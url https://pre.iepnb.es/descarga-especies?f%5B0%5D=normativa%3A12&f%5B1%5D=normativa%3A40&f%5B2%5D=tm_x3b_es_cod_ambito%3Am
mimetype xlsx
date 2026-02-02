--- v0 (2025-11-16)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="790">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="791">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -68,2094 +68,2097 @@
   <si>
     <t>Categoría de protección RD 139/2011</t>
   </si>
   <si>
     <t>Categoría de protección CEEEI</t>
   </si>
   <si>
     <t>Categoría de protección Lista de especies exóticas preocupantes para la UE</t>
   </si>
   <si>
     <t>Categoría de protección Directiva Hábitats</t>
   </si>
   <si>
     <t>Categoría de protección Listado de Especies Silvestres en Régimen de Protección Especial y CEEA</t>
   </si>
   <si>
     <t>Sinonimo</t>
   </si>
   <si>
     <t>parametros</t>
   </si>
   <si>
     <t>Bulweria bulwerii (Jardine &amp; Selby, 1828)</t>
   </si>
   <si>
-    <t>prueba_Petrel de Bulwer (Castellano), Bulwer gabaia (Euskera), Petrell de Bulwer (Catalán), Pardela de Bulwer (Gallego), Bulwer's Petrel (Inglés), Pétrel de Bulwer (Francés)</t>
+    <t>Petrel de Bulwer (Castellano), Bulwer gabaia (Euskera), Petrell de Bulwer (Catalán), Pardela de Bulwer (Gallego), Bulwer's Petrel (Inglés), Pétrel de Bulwer (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Canarias EN (En peligro),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Canarias, Mundial</t>
   </si>
   <si>
     <t>De tamaño intermedio entre los paíños y las pardelas, el petrel de Bulwer es un ave marina grácil, con larga cola y amplias y estrechas alas. Posee color marrón oscuro en todo el cuerpo, a excepción de una franja más clara formada por las plumas supracobertoras alares. No existen diferencias apreciables entre sexos ni edades. Tiene un vuelo ágil, con un batir de alas potente y planeos frecuentes.</t>
   </si>
   <si>
     <t>Marino</t>
   </si>
   <si>
     <t>Aves</t>
   </si>
   <si>
     <t>Directiva 2009/147/CE (Directiva Aves), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Anexo I</t>
   </si>
   <si>
     <t>Filtros:  normativa: 12  / normativa: 40  / Ámbito: Marino</t>
   </si>
   <si>
     <t>Puffinus baroli (Bonaparte, 1857)</t>
   </si>
   <si>
-    <t>prueba_Pardela chica (Castellano), Gabai txikia (Euskera), Baldriga petita (Catalán), Pardela pequena (Gallego), Macaronesian Shearwater (Inglés), Little Shearwater (Inglés), Puffin de Macaronésie (Francés)</t>
+    <t>Pardela chica (Castellano), Gabai txikia (Euskera), Baldriga petita (Catalán), Pardela pequena (Gallego), Macaronesian Shearwater (Inglés), Little Shearwater (Inglés), Puffin de Macaronésie (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Canarias CR (En peligro crítico),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Esta pardela, de pequeño tamaño, recuerda a la pardela pichoneta por su coloración, aunque exhibe una silueta marcadamente más compacta. Tiene la coloración de las zonas superiores oscura, con el borde posterior de las plumas de vuelo más claro y tenue. Por abajo es blanca, salvo por un fino borde negro presente en el contorno de las alas. El ojo aparece generalmente rodeado de blanco. Posee alas más cortas y redondeadas que la pardela pichoneta, además de cuello y pico más cortos. No existen diferencias apreciables entre sexos ni edades. En vuelo realiza batidos de alas numerosos, con aleteos más rápidos y series más largas que el resto de las pardelas, pudiendo recordar incluso al alca común. Además, a menudo vuela con las alas arqueadas y con la cabeza levantada.</t>
   </si>
   <si>
     <t>CEEA: Vulnerable</t>
   </si>
   <si>
     <t>Anexo I, Artículo I</t>
   </si>
   <si>
     <t>Puffinus assimilis Gould,1838, Puffinus assimilis subsp. baroli Gould, 1838</t>
   </si>
   <si>
     <t>Puffinus puffinus (Brünnich, 1764)</t>
   </si>
   <si>
-    <t>prueba_Pardela pichoneta (Castellano), Gabai arrunta (Euskera), Baldriga pufí (Catalán), Pardela furabuchos (Gallego), Manx Shearwater (Inglés), Puffin des Anglais (Francés)</t>
+    <t>Pardela pichoneta (Castellano), Gabai arrunta (Euskera), Baldriga pufí (Catalán), Pardela furabuchos (Gallego), Manx Shearwater (Inglés), Puffin des Anglais (Francés)</t>
   </si>
   <si>
     <t>Pardela de tamaño mediano, de aspecto muy similar a la pardela balear, aunque es uniformemente muy oscura, casi negra, por arriba, lo que produce un marcado contraste con sus partes inferiores, completamente blancas, a excepción de un estrecho borde en la parte posterior de las alas, también oscuro. Las patas no asoman tras la cola, por lo que esta termina en ángulo recto. Tiene cabeza pequeña, con pico fino y largo, y con una media luna blanca tras la mejilla oscura. No existen diferencias apreciables entre sexos ni edades. En vuelo alterna a partes iguales secuencias de planeo con secuencias de aleteo; pero si el viento es fuerte vuela casi exclusivamente planeando, remontando en ocasiones varios metros sobre la superficie del agua.</t>
   </si>
   <si>
     <t>Artículo I</t>
   </si>
   <si>
     <t>Bucephala clangula (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Porrón osculado (Castellano), Murgilari urrebegia (Euskera), Morell d´ulls grocs (Catalán), Common Goldeneye (Inglés), Goldeneye (Inglés)</t>
+    <t>Porrón osculado (Castellano), Murgilari urrebegia (Euskera), Morell d´ulls grocs (Catalán), Common Goldeneye (Inglés), Goldeneye (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Mundial</t>
   </si>
   <si>
     <t>Este pato buceador de cabeza bastante voluminosa suele mantener erizadas las plumas del píleo. El macho adulto es predominantemente blanco, con el dorso y la popa negros y la cabeza oscura con reflejos verdosos; en ella destaca vivamente una mancha blanca de forma redondeada en la base del pico, así como el iris, de un intenso color amarillo. La hembra es pardo-grisácea, con la cabeza de color herrumbre, la garganta pálida, el espejuelo blanco y el pico gris con el extremo rosado. El joven, por su parte, es similar a la hembra, pero más apagado y con el pico enteramente gris. En vuelo, el macho parece barrado longitudinalmente de blanco y negro, mientras que la hembra y el joven se ven muy grises, con paneles pálidos en el ala.</t>
   </si>
   <si>
     <t>Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>Posidonia oceanica (L.) Delile</t>
   </si>
   <si>
-    <t>prueba_alga de vidrieros (Castellano), alga marina (Castellano), Aceitunilla de mar (Castellano), Alga (Castellano), Broza (Castellano), Lijo (Castellano), Pelotas de los gallos (Castellano), Posidonia oceánica (Castellano), Aceitunillas de mar (Castellano), alga (Castellano), alga (Catalán), Bolla de la mar (Catalán), Posidònia (Catalán), Alga de fulla ampla (Catalán), Alga de vidriers (Catalán), Altina (Catalán), alga de vidrier (Catalán), algaza (Gallego), Species code: Po (Inglés), Mediterranean Tapeweed (Inglés), Neptune Grass (Inglés), Gallo (Altoaragonés), Gall d'alga (Mallorquín), L'altina (Mallorquín), Pilotes (Valenciano), Olives de mar (Valenciano)</t>
+    <t>alga de vidrieros (Castellano), alga marina (Castellano), Aceitunilla de mar (Castellano), Alga (Castellano), Broza (Castellano), Lijo (Castellano), Pelotas de los gallos (Castellano), Posidonia oceánica (Castellano), Aceitunillas de mar (Castellano), alga (Castellano), alga (Catalán), Bolla de la mar (Catalán), Posidònia (Catalán), Alga de fulla ampla (Catalán), Alga de vidriers (Catalán), Altina (Catalán), alga de vidrier (Catalán), algaza (Gallego), Species code: Po (Inglés), Mediterranean Tapeweed (Inglés), Neptune Grass (Inglés), Gallo (Altoaragonés), Gall d'alga (Mallorquín), L'altina (Mallorquín), Pilotes (Valenciano), Olives de mar (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Inglés, Inglés, Inglés, Altoaragonés, Mallorquín, Mallorquín, Valenciano, Valenciano</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Hierba perenne, hasta de 70 cm, rizomatosa, con rizomas pelosos, comprimidos lateralmente. Hojas de 40-70 x 1 cm, acintadas. Flores que nacen en el extremo de un pedúnculo, dispuestas en varias espigas, y formadas por un estambre con dos tecas y el conectivo ensanchado como un tépalo del que sobresale un apículo, y un ovario con estigma papiloso. Frutos en drupa de 3 cm, ovoides, carnosas.</t>
   </si>
   <si>
     <t>Plantas vasculares</t>
   </si>
   <si>
     <t>Larus audouinii Payraudeau, 1826</t>
   </si>
   <si>
-    <t>prueba_Gaviota de Audouin (Castellano), Audouin kaioa (Euskera), Gavina corsa (Catalán), Gaivota de Audouin (Gallego), Audouin's Gull (Inglés), Goéland d'Audouin (Francés)</t>
+    <t>Gaviota de Audouin (Castellano), Audouin kaioa (Euskera), Gavina corsa (Catalán), Gaivota de Audouin (Gallego), Audouin's Gull (Inglés), Goéland d'Audouin (Francés)</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>España, Mundial, Península</t>
   </si>
   <si>
     <t>Se trata de una gaviota de tamaño relativamente grande y forma estilizada, cuyos adultos en plumaje nupcial presentan las zonas dorsales de color gris claro, en tanto que las ventrales, la cabeza y el cuello, son completamente blancos. El pico, de colores rojo, negro y amarillo, resulta en conjunto bastante oscuro y constituye un carácter claramente distintivo respecto a otras gaviotas. Las patas son oliváceas y el anillo ocular rojo. En vuelo pueden observarse los extremos negros de las primarias, que resaltan vivamente sobre el resto, muy claro. No existen diferencias significativas en el plumaje de los adultos durante el periodo invernal en comparación con el estival. En los jóvenes, que tardan cuatro años en adquirir la librea definitiva, predominan los tonos parduzcos muy manchados.</t>
   </si>
   <si>
     <t>Ichthyaetus audouinii (Payraudeau, 1826)</t>
   </si>
   <si>
     <t>Larus marinus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Gavión (Castellano), Gavión atlántico (Castellano), Kaio beltza (Euskera), Gavinot (Catalán), Gaivoton (Gallego), Great Black-backed Gull (Inglés), Greater Black-backed Gull (Inglés), Goéland marin (Francés)</t>
+    <t>Gavión (Castellano), Gavión atlántico (Castellano), Kaio beltza (Euskera), Gavinot (Catalán), Gaivoton (Gallego), Great Black-backed Gull (Inglés), Greater Black-backed Gull (Inglés), Goéland marin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es la gaviota de mayor tamaño y de dorso más oscuro, prácticamente negro. Tiene las patas rosadas, diferentes a las de la gaviota sombría, de color amarillo. Realiza tres mudas en veranos sucesivos, hasta que en su cuarto año de vida adquiere su plumaje definitivo, tipo adulto; no obstante, algunos ejemplares aún pueden retener algún carácter inmaduro a esa edad.</t>
   </si>
   <si>
     <t>Anexo II</t>
   </si>
   <si>
     <t>Morus bassanus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Alacatraz atlántico (Castellano), Alcatraz común (Castellano), Alcatraz atlántico (Castellano), Alcatraz atlántico (Castellano), Zanga (Euskera), Mascarell (Catalán), Mascato (Gallego), Gannet (Inglés), Northern Gannet (Inglés), Fou de Bassan (Francés)</t>
+    <t>Alacatraz atlántico (Castellano), Alcatraz común (Castellano), Alcatraz atlántico (Castellano), Alcatraz atlántico (Castellano), Zanga (Euskera), Mascarell (Catalán), Mascato (Gallego), Gannet (Inglés), Northern Gannet (Inglés), Fou de Bassan (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Ave marina esbelta y de gran envergadura, una de las mayores que puede observarse en nuestras costas. De coloración general blanca, destacan los extremos negros de sus alas, aunque estos tienen menor extensión vistos desde abajo. La cabeza presenta una suave tonalidad amarillenta. El pico, gris, aparece recorrido por líneas negras que lo perfilan y que también rodean al ojo. En invierno, el amarillo se vuelve más tenue. En vuelo es grácil, de largas alas apuntadas, cuello medianamente largo y cola acuñada. Realiza vuelos con aleteos frecuentes, profundos y rápidos, que intercala con cortos planeos. A lo largo de su vida pasa por varios estadios de plumaje diferente, cambiando del tono general pardo grisáceo y vientre blanquecino, que muestra tras abandonar el nido, hasta el plumaje adulto antes descrito, que lucirá ya en su quinto invierno y durante el resto de su vida. Entre ambos plumajes pasa por una fase intermedia que recuerda a un dibujo ajedrezado de contrastes blancos y negros; a lo largo de dicho periodo va ganando progresivamente una coloración blanca, a la par que desaparecen las zonas oscuras. Los machos son ligeramente mayores que las hembras.</t>
   </si>
   <si>
     <t>Sula bassana</t>
   </si>
   <si>
     <t>Podiceps cristatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Somormujo lavanco (Castellano), Murgil handia (Euskera), Cabussó emplomallat (Catalán), Mergullón cristado (Gallego), Great Crested Grebe (Inglés), Grèbe huppé (Francés)</t>
+    <t>Somormujo lavanco (Castellano), Murgil handia (Euskera), Cabussó emplomallat (Catalán), Mergullón cristado (Gallego), Great Crested Grebe (Inglés), Grèbe huppé (Francés)</t>
   </si>
   <si>
     <t>El mayor de los somormujos y zampullines que pueden verse en España, con el tamaño de un ánade grande. Se trata de un ave elegante, de cuello estilizado, pico largo y apuntado, y cuerpo alargado. En verano luce un plumaje vistoso, con la parte superior de la cabeza negra, en la que destacan dos grupos de plumas a modo de penachos. De las mejillas salen plumas llamativas, alargadas, de tonos rojizos y negros. La zona que rodea los ojos es blanca, al igual que el cuello, el pecho y el vientre, lo que contrasta con el dorso oscuro y los flancos rojizos. En plumaje invernal llama mucho menos la atención, con un tono general oscuro en el dorso y los laterales, aunque presenta el cuello, la cabeza (excepto el píleo oscuro) y las partes inferiores de color blanco. Con cualquier plumaje, el largo cuello constituye un buen rasgo diagnóstico. En vuelo se observa su esbelta complexión, con su largo cuello estirado, y su batir rápido de alas hace ver las zonas alares blancas a modo de destellos. No existen diferencias entre sexos. Los juveniles resultan similares a los adultos en invierno, aunque poseen en la cara un dibujo de líneas negras que los distingue.</t>
   </si>
   <si>
     <t>Podiceps nigricollis Brehm, 1831</t>
   </si>
   <si>
-    <t>prueba_Zampullín cuellinegro (Castellano), Txilinporta lepabeltza (Euskera), Cabussó collnegre (Catalán), Mergullón de pescozo negro (Gallego), Eared Grebe (Inglés), Black-necked Grebe (Inglés), Grèbe à cou noir (Francés)</t>
+    <t>Zampullín cuellinegro (Castellano), Txilinporta lepabeltza (Euskera), Cabussó collnegre (Catalán), Mergullón de pescozo negro (Gallego), Eared Grebe (Inglés), Black-necked Grebe (Inglés), Grèbe à cou noir (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Zampullín pequeño, aunque algo mayor y más esbelto que el zampullín común. Tiene el pico fino y puntiagudo, ligeramente curvado hacia arriba. Visto de cerca llaman la atención sus ojos rojos. En plumaje nupcial presenta una coloración general negra, salvo en el vientre y los flancos, que son anaranjados. En la cara destacan unas plumas amarillas que parten de la zona auricular como penachos en forma de abanico. En invierno resulta poco llamativo, con coloración general negruzca, excepto en la garganta, las mejillas y los laterales de la nuca, que son blancos. El pecho y el vientre muestran un color gris ceniza. No existen diferencias entre sexos. Los juveniles se parecen a los adultos en invierno, aunque tienen la cabeza más redondeada y las partes blancas de su cabeza y cuello son de tonos crema.</t>
   </si>
   <si>
     <t>Puffinus mauretanicus Lowe, 1921</t>
   </si>
   <si>
-    <t>prueba_Pardela balear (Castellano), Baldriga balear (Catalán), Baldritja (Catalán), Virot (Catalán), Balearic Shearwater (Inglés), Puffin des baléares (Francés), Balearensturmtaucher (Alemán), Berta delle Baleari (Italiano), Pardela das Baleares (Portugués)</t>
+    <t>Pardela balear (Castellano), Baldriga balear (Catalán), Baldritja (Catalán), Virot (Catalán), Balearic Shearwater (Inglés), Puffin des baléares (Francés), Balearensturmtaucher (Alemán), Berta delle Baleari (Italiano), Pardela das Baleares (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Catalán, Catalán, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial CR (En peligro crítico),  Península CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Pardela de tamaño mediano, cabeza pequeña, pico fino y grisáceo, alas relativamente cortas y cola no muy larga, por lo que las patas suelen sobresalir ligeramente tras ella. Tiene las partes superiores de color pardo chocolate. Vista por abajo presenta el vientre y el interior de las alas de color crema, mientras que el borde externo de las alas, la zona de las axilas, la garganta y la parte final del vientre son de tonos pardos; existe cierta variación individual, observándose ejemplares con el vientre de tonos más blancos o más grises que el patrón normal. No hay diferencias apreciables entre sexos ni edades. Su vuelo suele constar de largas secuencias de rápidos aleteos, intercaladas con pocas secuencias de cortos planeos; normalmente no remonta mucho sobre el nivel del mar, rara vez por encima de los 10 metros de altura.  Pardela de tamaño mediano, cuya longitud oscila entre 34 y 38 cm y su envergadura entre 83 y 93 cm. Se caracteriza por tener una cabeza pequeña y pico fino y grisáceo, alas relativamente cortas y cola no muy larga, por lo que las patas suelen sobresalir ligeramente tras ella. Las partes superiores son de color pardo chocolate. El interior de las alas y la mayor parte del vientre son de color crema, mientras que la garganta, el borde externo de las alas, la zona de las axilas y la parte final del vientre son de tonalidad parda. Se puede apreciar cierta variación individual, observándose ejemplares con el vientre de tonos más blancos o más grises que el patrón normal. No existen diferencias apreciables entre sexos ni edades. Su vuelo está formado por largas secuencias de aleteos rápidos, intercaladas con pocas secuencias de planeos cortos. No suele remontar mucho sobre el nivel del mar, raramente por encima de los 10 m de altura.</t>
   </si>
   <si>
     <t>CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Puffinus yelkouan mauretanicus</t>
   </si>
   <si>
     <t>Puffinus yelkouan (Acerbi, 1827)</t>
   </si>
   <si>
-    <t>prueba_Pardela mediterránea (Castellano), Yelkouan Shearwater (Inglés)</t>
+    <t>Pardela mediterránea (Castellano), Yelkouan Shearwater (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial VU (Vulnerable),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Pardela de tamaño mediano, muy similar y difícil de distinguir de la pardela balear, hasta el punto de que han sido consideradas la misma especie hasta hace pocos años. En general presenta un patrón de coloración intermedio entre la pardela balear y la pardela pichoneta. En comparación con la pardela balear, es ligeramente más pequeña y algo más oscura y contrastada entre sus partes dorsales y ventrales. Además, el blanco del vientre se extiende más hacia los flancos y la cola. Las patas también asoman tras la cola cuando se observa en vuelo. No existen diferencias apreciables entre sexos ni edades.</t>
   </si>
   <si>
     <t>Puffinus yelkouan yelkouan (Acerbi, G 1827)</t>
   </si>
   <si>
     <t>Thalasseus sandvicensis (Latham, 1787)</t>
   </si>
   <si>
-    <t>prueba_Charrán patinegro (Castellano), Charrán patinegro (Castellano), Txenada hankabeltza (Euskera), Xatrac becllarg (Catalán), Carrán cristado (Gallego), Sandwich Tern (Inglés), Sterne caugek (Francés)</t>
+    <t>Charrán patinegro (Castellano), Charrán patinegro (Castellano), Txenada hankabeltza (Euskera), Xatrac becllarg (Catalán), Carrán cristado (Gallego), Sandwich Tern (Inglés), Sterne caugek (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Es un charrán de tamaño entre mediano y grande —casi como una gaviota reidora, aunque mucho más esbelto— comparado con sus congéneres, solo menor que la pagaza piquirroja y el charrán real. Presenta las partes inferiores blancas y las superiores de color gris pálido uniforme, excepto el obispillo y la cola, visiblemente blancos en los adultos y fuertemente escamados de gris oscuro en los pollos del año. Posee un pico largo de color negro con la punta amarilla, que resulta menos notable en los jóvenes. La forma de la cabeza es más plana y alargada que en los charranes más pequeños y en ella resalta el capirote negro con una cresta hirsuta y conspicua en las aves adultas reproductoras, mientras que en plumaje invernal y en aves jóvenes la frente y la parte superior de la cabeza, hasta la altura del ojo, son de color blanco. Las patas son negras en todas las edades. En vuelo, las alas se ven largas y puntiagudas y la cola no muy larga y ahorquillada. Su vuelo es potente, con batidos de ala profundos y regulares cuando se desplaza, y algo más errático mientras se alimenta, momento en el que realiza frecuentes giros y picados repentinos.</t>
   </si>
   <si>
     <t>Sterna sandvicensis Latham, 1787</t>
   </si>
   <si>
     <t>Balaenoptera musculus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Blue whale (Inglés), Baleine bleue (Francés), Blauwal (Alemán), Balenottera azzurra (Italiano), Baleia-azul (Portugués)</t>
+    <t>Blue whale (Inglés), Baleine bleue (Francés), Blauwal (Alemán), Balenottera azzurra (Italiano), Baleia-azul (Portugués)</t>
   </si>
   <si>
     <t>Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial EN (En peligro),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Atlántica, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>La ballena o rorcual azul (Balaenoptera musculus), es especialmente fácil de identificar por su gran tamaño, ya que la ballena azul es el animal más grande del planeta actualmente. Pueden ser confundidas con el rorcual común sobre todo si está situado a bastante distancia de ella, pero de cerca no deja lugar a dudas. Su tamaño oscila entre los 24-27 metros un individuo adulto, pero las crías al nacer alcanzan nada más y nada menos que los 7 metros de longitud. Se han registrado animales con longitudes superiores a los 33 metros. Pertenece al grupo de los misticetos que son los cetáceos con barbas.</t>
   </si>
   <si>
     <t>Mamíferos</t>
   </si>
   <si>
     <t>Balaena musculus Linnaeus, 1758, Sibbaldius musculus Kellogg, 1929</t>
   </si>
   <si>
     <t>Globicephala macrorhynchus Gray, 1846</t>
   </si>
   <si>
-    <t>prueba_Calderón tropical (Castellano), Caldrón Negro (Castellano), Calderón tropical o de aleta corta (Castellano), Cap d´olla tropical (Catalán), Caldeirón tropical (Gallego), Short-finned Pilot Whale (Inglés), Pacific Pilot Whale (Inglés), Globicéphale Tropical (Francés), Kurzflossen-Grindwal (Alemán), Globicefalo di Gray (Italiano), Baleia-piloto-de-aleta-curta (Portugués)</t>
+    <t>Calderón tropical (Castellano), Caldrón Negro (Castellano), Calderón tropical o de aleta corta (Castellano), Cap d´olla tropical (Catalán), Caldeirón tropical (Gallego), Short-finned Pilot Whale (Inglés), Pacific Pilot Whale (Inglés), Globicéphale Tropical (Francés), Kurzflossen-Grindwal (Alemán), Globicefalo di Gray (Italiano), Baleia-piloto-de-aleta-curta (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Catalán, Gallego, Inglés, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>El calderón tropical o calderón de aleta corta, es muy semejantes al calderón común respecto al aspecto general del cuerpo, la coloración y otras características. Cabeza gruesa y globosa, y perfil anterior uniformemente curvado en forma de hoz. En los machos más viejos el melón puede colgar por delante de la boca varios centímetros. Presenta de 7 a 9 pares de dientes puntiagudos en la zona frontal de cada mandíbula. La aleta dorsal es típica, muy ancha en la base y relativamente baja, situada en la mitad anterior del cuerpo, aproximadamente a un tercio del extremo de la cabeza. Las aletas pectorales, en forma de hoz, suavemente curvadas hacia atrás a lo largo del borde anterior, son más cortas que las del calderón, con una longitud equivalente entre 1/5 y 1/6 de la longitud total. El pedúnculo caudal, aplanado en la proximidad de la aleta caudal, presenta los lóbulos separados por una escotadura, siendo éstos ligeramente cóncavos a lo largo del borde posterior.
 La talla media de los adultos está entre 5 y 5,5 m para las hembras, siendo éstas de menor tamaño que los machos. Al nacer miden 1,4 m. Los machos adultos llegan a pesar hasta 4 tm y las crías menos de 60 kg. Los calderones tropicales son de color negro en el dorso, costados y vientre; este último presenta una figura gris característica en forma de ancla, de extensión e intensidad variables; otra similar en forma de silla de montar aparece detrás de la aleta dorsal, así como otras bandas paralelas de color gris que se extienden desde los ojos hasta la «silla de montar».</t>
   </si>
   <si>
     <t>Directiva 92/43/CEE (Directiva Hábitats), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>Anexo IV</t>
   </si>
   <si>
     <t>Globicephala indica Blyth, 1852, Globicephala macrorhyncha Fraser, 1950 , Globicephala sieboldii Gray, 1846, Globicephalus macrorhynchus Gray, 1846, Globicephalus scammonii Cope, 1869</t>
   </si>
   <si>
     <t>Balaenoptera physalus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Fin whale (Inglés), Rorqual commun (Francés), Finnwal (Alemán), Balenottera comune (Italiano), Baleia-comum (Portugués)</t>
+    <t>Fin whale (Inglés), Rorqual commun (Francés), Finnwal (Alemán), Balenottera comune (Italiano), Baleia-comum (Portugués)</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>El rorcual común (Balaenoptera physalus), en general presenta una coloración gris que varía en tonalidades en todo el cuerpo, pero siempre siendo la parte inferior de su cuerpo completamente blanca. En la cabeza aparece una mancha o dibujo irregular que varía también en las tonalidades de grises. Una de sus características principales es
 la presencia de barbas, en vez de dientes, que es lo que distingue a los odontocetos de los misticetos. Llegan a alcanzar un tamaño de 18-24 m (recién nacido 6-6,5 m). Pertenecen al grupo de los misticetos por la presencia de barbas.</t>
   </si>
   <si>
     <t>Balaena antiquorum Fischer, 1829, Balaena boops Linnaeus, 1758, Balaena physalus Linnaeus, 1758, Balaenoptera swinhoii Gray, 1866, Swinhoia chinensis Gray, 1868</t>
   </si>
   <si>
     <t>Caretta caretta (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tortuga boba (Castellano), Tortuga Cabezona (Castellano), Tortuga Careta (Castellano), Tortuga Comun (Castellano), Caguama (Castellano), Egiazko karete (Euskera), Tortuga careta ó babona (Catalán), Tartaruga mariña común (Gallego), Loggerhead Turtle (Inglés), Tortue caouanne (Francés), Unechte Karettschildkröte (Alemán), Tartaruga comune (Italiano), Tartaruga-careta (Portugués)</t>
+    <t>Tortuga boba (Castellano), Tortuga Cabezona (Castellano), Tortuga Careta (Castellano), Tortuga Comun (Castellano), Caguama (Castellano), Egiazko karete (Euskera), Tortuga careta ó babona (Catalán), Tartaruga mariña común (Gallego), Loggerhead Turtle (Inglés), Tortue caouanne (Francés), Unechte Karettschildkröte (Alemán), Tartaruga comune (Italiano), Tartaruga-careta (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Tortuga de tamaño medio, que puede llegar a alcanzar una longitud recta del caparazón de 120 cm y un peso de 200 Kg. Presenta una cabeza de gran tamaño con pico y cuello muy robustos. Coloración dorsal marrón con bordes rojizos o anaranjados y vientre blanquecino con tonos amarillo pálidos. Se caracteriza por tener dos pares de escamas prefrontales en la cabeza. El caparazón dorsal muestra 5 escamas vertebrales, 5 escamas costales, 11-13 marginales a cada lado y 2 escamas supracaudales; la escama nucal está en contacto con las dos primeras escamas costales, a diferencia de la tortuga verde o carey, si bien es frecuente la aparición de anomalías asimétricas en la disposición de las escamas. El pico queratinizado presenta bordes lisos. Las aletas delanteras y las extremidades posteriores, con forma de timón, presentan 2 uñas. Los machos adultos alcanzan un tamaño ligeramente superior al de las hembras y tienen una cola relativamente larga y robusta que puede superar los 30 cm de largo, mientras que en las hembras raramente asoma por fuera del espaldar. Estos caracteres sexuales secundarios externos no aparecen hasta la maduración sexual. Los recién nacidos tienen tonos grises oscuros y suelen presentar las escamas vertebrales imbricadas formando 2 ó 3 quillas dorsales, así como el borde del espaldar aserrado, rasgos que se pierden según se aproximan las tortugas a la madurez sexual. Adquieren los tonos marrones rojizos característicos de la especie en la etapa de juveniles jóvenes. En los individuos grandes es muy frecuente la presencia de variedad de organismos epibiontes asociados al caparazón dorsal -algas, gusanos tubícolas, balanos u otros crustáceos sésiles.</t>
   </si>
   <si>
     <t>Reptiles</t>
   </si>
   <si>
     <t>Anexo II - Prioritaria, Anexo IV</t>
   </si>
   <si>
     <t>Testudo caouana Lacépède, 1788, Thalassochelys corticata Girard, 1858</t>
   </si>
   <si>
     <t>Delphinus delphis Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Short-beaked common dolphin (Inglés), Dauphin commun (Francés), Gemeine Delfin (Alemán), Delfino comune (Italiano), Golfinho-comum (Portugués)</t>
+    <t>Short-beaked common dolphin (Inglés), Dauphin commun (Francés), Gemeine Delfin (Alemán), Delfino comune (Italiano), Golfinho-comum (Portugués)</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Los delfines comunes (Delphinus delphis) se identifican por una mancha amarilla característica, situada en los flancos anteriores del animal. Muchos dicen que presentan un dibujo lateral en forma de ocho, otros que tiene forma de reloj de arena y otros que en forma de cruz. La parte delantera de ese ocho tiene color amarillo, cuya tonalidad varía entre individuos; y la parte trasera presenta un color grisáceo que también varía su tonalidad. Parte superior del cuerpo y aletas pectorales de color oscuro; y parte inferior blanca. Suelen alcanzar un tamaño de 1,7-2,4 m (recién nacido 80-90 cm). Pertenecen al grupo de los odontocetos o cetáceos con dientes.</t>
   </si>
   <si>
     <t>CEEA: Vulnerable, LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Delphinus algeriensis Loche, 1860, Delphinus marginatus Lafont, 1868</t>
   </si>
   <si>
     <t>Dermochelys coriacea (Vandelli, 1761)</t>
   </si>
   <si>
-    <t>prueba_Tortuga laúd (Castellano), Tortuga laud (Castellano), Baula (Castellano), Canal (Castellano), Dorso de Cuero (Castellano), Galapagos (Castellano), Siete Lomos (Castellano), Siete Quillas (Castellano), Tinglada (Castellano), Tinglar (Castellano), Tortuga Caná (Castellano), Cardon (Castellano), Larruzco dortoka (Euskera), Tortuga llaüt (Catalán), Tora (Catalán), Tartaruga de coiro (Gallego), Trunkback Turtle (Inglés), Leatherback turtle (Inglés), Leatherback (Inglés), Leathery Turtle (Inglés), Luth (Inglés), Trunk Turtle (Inglés), Leatherback Sea Turtle (Inglés), Tortue luth (Francés), Lederschildkröte (Alemán), Tartaruga liuto (Italiano)</t>
+    <t>Tortuga laúd (Castellano), Tortuga laud (Castellano), Baula (Castellano), Canal (Castellano), Dorso de Cuero (Castellano), Galapagos (Castellano), Siete Lomos (Castellano), Siete Quillas (Castellano), Tinglada (Castellano), Tinglar (Castellano), Tortuga Caná (Castellano), Cardon (Castellano), Larruzco dortoka (Euskera), Tortuga llaüt (Catalán), Tora (Catalán), Tartaruga de coiro (Gallego), Trunkback Turtle (Inglés), Leatherback turtle (Inglés), Leatherback (Inglés), Leathery Turtle (Inglés), Luth (Inglés), Trunk Turtle (Inglés), Leatherback Sea Turtle (Inglés), Tortue luth (Francés), Lederschildkröte (Alemán), Tartaruga liuto (Italiano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Alemán, Italiano</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Tortuga marina de gran tamaño que puede llegar a alcanzar una longitud curva del caparazón de 256 cm. Se caracteriza por tener su caparazón óseo totalmente recubierto por un tejido blando con apariencia de cuero y sin grandes escamas, que forma en su dorso 7 quillas longitudinales y en el plastrón 5 quillas adicionales. Se caracteriza también por la gran longitud de sus aletas anteriores y no poseer uñas. Tiene una coloración dorsal oscura con numerosas manchas rosadas o blancas, color similar al que presentan las quillas y amplias zonas de la cabeza, cuello y extremidades. Masa corporal máxima, 916 kg.  Tortuga marina de gran tamaño que se caracteriza por presentar 7 quillas longitudinales cubiertas de una piel resistente con aspecto de cuero. Las aletas anteriores, le permiten grandes navegaciones transoceánicas. La coloración dorsal es negra con manchas rosadas y líneas del mismo color coincidentes con las quillas. El vientre es muy variable y suele tener coloraciones rosadas, blancas y negras. No presenta grandes escamas ni uñas en las extremidades. La cabeza no tiene escamas y el pico queratinizado es muy fuerte, presenta bordes lisos y tiene un extremo muy característico, en forma de W, adaptado para capturar presas. Su esqueleto es mayoritariamente cartilaginoso, asemejándose al diseño de cetáceos o sirénidos. Las tortugas laúd al nacer están cubiertas de pequeñas escamas negras y una hilera marginal de escamas blancas, y poseen unas aletas muy alargadas respecto al cuerpo. Cuando son adultos pueden alcanzar una longitud curva del caparazón mayor de 200 cm y hasta 916 kg. Nace con un peso corporal medio de unos 45 g, una longitud recta del espaldar de unos 55 cm, los juveniles crecen muy deprisa y podrían madurar antes que otras tortugas marinas. Se considera que el tamaño habitual de adquisición de madurez sexual en el Atlántico es de 145 cm de longitud dorsal, no obstante, tortugas menores de hasta incluso 105 cm pueden observarse en algunas playas de anidación. El tamaño habitual de adquisición de madurez sexual en el Pacífico parecen ser ligeramente menor que en el atlántico.</t>
   </si>
   <si>
     <t>Sphargis coriacea (Vandelli, 1761), Testudo coriacea Vandelli, 1761, Testudo lyra Lacépède, 1788</t>
   </si>
   <si>
     <t>Physeter macrocephalus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cachalote común (Castellano), Ballena Esperma (Castellano), Cachalote (Castellano), Katxalotea (Euskera), Catxalot (Catalán), Sperm Whale (Inglés), Spermacet Whale (Inglés), Cachelot (Inglés), Pot Whale (Inglés), Cachalot (Francés)</t>
+    <t>Cachalote común (Castellano), Ballena Esperma (Castellano), Cachalote (Castellano), Katxalotea (Euskera), Catxalot (Catalán), Sperm Whale (Inglés), Spermacet Whale (Inglés), Cachelot (Inglés), Pot Whale (Inglés), Cachalot (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Región Marina Atlántica FV (Favorable),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>El nombre científico de esta especie (macrocephalus) significa en griego "cabeza grande". Tiene la cabeza desproporcionadamente grande, sobre todo los machos. La piel que hay detrás de la cabeza suele estar arrugada. La mandíbula inferior es baja y estrecha; la boca es colgante y retraída, apenas visible de perfil. El aventador está muy adelantado y desplazado hacia la izquierda. Los cachalotes tienen de 2 a 10 surcos profundos en la graganta. La aleta dorsal es baja, gruesa y redondeadad u obtusa. La mayoría de las  hembras (el 75%) y algunos machos inmaduros (aprox. el 30%) presentan un área rugosa de piel cubierta de callosidades en la aleta dorsal, que nunca está presente en los machos adultos. La cresta, que se extiende desde la aleta dorsal hasta el pedúnculo caudal, está surcada de protuberancias y el pedúnculo caudal es recio. Las aletas pectorales son cortas y anchas con las puntas redondeadas, y las caudales son triangulares con los bordes posteriores rectos. Los machos son un tercio más largos que las hembras y dos veces más pesados. Hay de 10 a 16 pares de dientes cónicos en el maxilar inferior, que encajan en los alvéolos del maxilar superior. Su coloración es gris oscuro pero puede parecer marrón a la luz del sol. Los labios superiores y la porción lingual de la mandíbula inferior son blancos. Suelen tener manchas blancas en vientre y flancos.</t>
   </si>
   <si>
     <t>Physeter australasianus Desmoulins, 1822, Physeter catodon Linnaeus, 1758, Physeter microps Linnaeus, 1758, Physeter tursio Linnaeus, 1758</t>
   </si>
   <si>
     <t>Stenella coeruleoalba (Meyen, 1833)</t>
   </si>
   <si>
-    <t>prueba_Delfín Blanco Y Azul (Castellano), Delfín listado (Castellano), Dolfí llistat (Catalán), Golfiño riscado (Gallego), Euphrosyne Dolphin (Inglés), Striped Dolphin (Inglés), Dauphin Rayé (Francés), Dauphin Bleu et Blanc (Francés), Blau-Weiße Delfin (Alemán), Stenella striata (Italiano), Golfinho riscado (Portugués)</t>
+    <t>Delfín Blanco Y Azul (Castellano), Delfín listado (Castellano), Dolfí llistat (Catalán), Golfiño riscado (Gallego), Euphrosyne Dolphin (Inglés), Striped Dolphin (Inglés), Dauphin Rayé (Francés), Dauphin Bleu et Blanc (Francés), Blau-Weiße Delfin (Alemán), Stenella striata (Italiano), Golfinho riscado (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Catalán, Gallego, Inglés, Inglés, Francés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Los delfines listados (Stenella coeruleoalba) son animales que en general presentan colores grisazulados por todo el cuerpo, variando la intensidad del color en diferentes partes. La característica principal por la que se identifica esta especie, es la línea de color oscuro que parte del ojo y llega más allá de la mitad de la longitud del animal. Las características morfológicas de estos animales, muchas veces no son fáciles de observar a no ser que el animal salte en ese momento fuera del agua, por esto, los científicos cetólogos se guían muchas veces por el comportamiento que estos animales desarrollan.
 Su tamaño oscila entre 1,8-2,5 m (recién nacidos 1m).</t>
   </si>
   <si>
     <t>Delphinus coeruleoalbus Meyen, 1833, Delphinus euphrosyne Gray, 1846, Delphinus mediterraneus Loche, 1860, Delphinus styx Gray, 1846, Delphinus tethyos Gervais, 1853, Stenella caeruleoalbus Tomilin, 1957, Stenella styx Ellerman &amp; Morrison-Scott, 1951</t>
   </si>
   <si>
     <t>Tursiops truncatus (Montagu,1821)</t>
   </si>
   <si>
-    <t>prueba_Tursión (Castellano), Delfín mular (Castellano), Pez Mular (Castellano), Izurde handia (Euskera), Delfi mular (Catalán), Arroaz real (Gallego), Bottlenose Dolphin (Inglés), Bottle-nosed Dolphin (Inglés), Bottlenosed Dolphin (Inglés), Common Bottlenose Dolphin (Inglés), Souffleur (Francés), Dauphin souffleur (Francés), Grand dauphin (Francés), Großtümmler (Alemán), Tursiope troncato (Italiano), Roaz-corvineiro (Portugués), Tursiops (Latín)</t>
+    <t>Tursión (Castellano), Delfín mular (Castellano), Pez Mular (Castellano), Izurde handia (Euskera), Delfi mular (Catalán), Arroaz real (Gallego), Bottlenose Dolphin (Inglés), Bottle-nosed Dolphin (Inglés), Bottlenosed Dolphin (Inglés), Common Bottlenose Dolphin (Inglés), Souffleur (Francés), Dauphin souffleur (Francés), Grand dauphin (Francés), Großtümmler (Alemán), Tursiope troncato (Italiano), Roaz-corvineiro (Portugués), Tursiops (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Alemán, Italiano, Portugués, Latín</t>
   </si>
   <si>
     <t>Tursiops es un género politípico, que ha llegado a ser dividido hasta en 20 especies diferentes, aunque estas divisiones normalmente se han basado en muy pocos datos. Su tamaño medio es de 3 m (máximo 4 m) para los machos, y algo más pequeño para las hembras, que pueden alcanzar los 3.70 m. Pero estos tamaños tienen gran variabilidad, especialmente al comparar los dos morfotipos descritos: el costero y el pelágico, siendo por lo general el costero bastante más pequeño que el pelágico. Su coloración gris oscuro más o menos uniforme con vientre blanco y su aspecto es más bien robusto, sobretodo en comparación con otros pequeños delfínidos como el delfín común o el listado. Su ritmo respiratorio es de unos 5 a 20 seg., y la inmersión puede alcanzar hasta 10 min. La velocidad de crucero es de 5-6 nudos, pero puede alcanzar una velocidad máxima de 20 nudos.</t>
   </si>
   <si>
     <t>Anexo II - No prioritaria, Anexo IV</t>
   </si>
   <si>
     <t>Delphinus truncatus Montagu, 1821, Tursiops gilli Dall, 1873, Tursiops gillii Scammon, 1874</t>
   </si>
   <si>
     <t>Orcinus orca (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Orca (Castellano), Espadarte (Castellano), Orka (Euskera), Ezpalarta (Euskera), Candorca (Gallego), Killer Whale (Inglés), Orque (Francés), Epaulard (Francés), Schwertwal (Alemán)</t>
+    <t>Orca (Castellano), Espadarte (Castellano), Orka (Euskera), Ezpalarta (Euskera), Candorca (Gallego), Killer Whale (Inglés), Orque (Francés), Epaulard (Francés), Schwertwal (Alemán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Gallego, Inglés, Francés, Francés, Alemán</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial DD (Datos insuficientes),  Región Marina Atlántica FV (Favorable),  Región Marina Mediterránea FV (Favorable),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Atlántica, Región Marina Mediterránea, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>La orca es el delfínido de mayor tamaño, llegando a alcanzar los 9 m los machos y los 7,7 m las hembras. Su peso oscila entre los 3.500 kg. y los 6.000 kg. Además del tamaño corporal, los machos se diferencian de las hembras por poseer aletas de mayor envergadura, tanto las pectorales como la caudal y la dorsal, la cual, erguida, puede llegar a
 alcanzar los 1,8 m de longitud y es, sin duda, el rasgo más determinante para diferenciar ambos sexos. Los neonatos suelen medir entre 2 y 2,5 m y pesar alrededor de 200 kg.
 Una de las características más distintivas de la orca es su coloración parcheada. En general, la parte dorsal es negro azabache. Sobre los ojos presentan un parche ovalado de color blanco. Detrás de la aguda aleta dorsal, aparece un dibujo en forma de silla de montar de color gris blanquecino. El mentón y la garganta son de color blanco. A partir de
 ellos surge una amplia franja blanca que se extiende por el vientre y se ramifica en forma de tridente en la parte posterior del cuerpo. Las aletas pectorales son  ompletamente negras y la caudal es también negra en el dorso y blanca en el reverso. En la parte inferior de los flancos emerge un entrante blanco resultado de la expansión del tridente ventral. El cráneo de la orca es de gran tamaño, llegando a alcanzar hasta un metro de longitud; no posee un pico u hocico identificable. La fórmula dentaria es de 10-12 y 10-12 en ambos maxilares y mandíbulas respectivamente. Los dientes son grandes y se encuentran comprimidos en la raíz anteroposteriormente. La fórmula dentaria de la orca es de 10-12 y 10-12 en ambos maxilares y mandíbulas respectivamente. Los dientes son grandes y se encuentran comprimidos en la raíz anteroposteriormente. El esqueleto tiene la morfología básica de todos los delfínidos, pero es más grande y robusto en todos los aspectos. Tiene de cincuenta a cincuenta y cuatro vértebras y de once a trece pares de costillas, de las cuales seis hacen contacto directo con el esternón.</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial, CEEA: Vulnerable</t>
   </si>
   <si>
     <t>Delphinus gladiator Bonnaterre, 1789, Delphinus orca Linnaeus, 1758</t>
   </si>
   <si>
     <t>Chelonia mydas (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tortuga Blanca (Castellano), Tortuga verde (Castellano), Dortoka berdea (Euskera), Tortuga verda (Catalán), Tartaruga mariña verde (Gallego), Green Turtle (Inglés), Tortue franche (Francés), Tortue verte (Francés), Tortue comestible (Francés), Suppenschildkröte (Alemán), Tartaruga verde (Italiano)</t>
+    <t>Tortuga Blanca (Castellano), Tortuga verde (Castellano), Dortoka berdea (Euskera), Tortuga verda (Catalán), Tartaruga mariña verde (Gallego), Green Turtle (Inglés), Tortue franche (Francés), Tortue verte (Francés), Tortue comestible (Francés), Suppenschildkröte (Alemán), Tartaruga verde (Italiano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés, Francés, Francés, Alemán, Italiano</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial EN (En peligro),  Región Marina Macaronésica U1 (Desfavorable-inadecuado),  Región Marina Atlántica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Macaronésica, Región Marina Atlántica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Es la especie de mayor tamaño de la familia Cheloniidae. Se caracteriza por presentar una cabeza con cuello corto, un par de escamas frontales, y cuatro pares de escamas postorbitales. La morfología externa de esta especie no es uniforme geográficamente, si bien, en términos generales presenta un caparazón oval y aplanado dorsoventralmente, con 5 escudos vertebrales, 4 pares de escudos costales y 4 pares de escudos inframarginales. Los adultos tienen un tamaño medio de 120 cm de longitud recta del caparazón (71-153 cm), pudiendo llegar a pesar hasta 230 kg en el Atlántico y Pacífico, y algo menor en el Índico y Caribe. La mandíbula superior posee un borde ligeramente denticulado, mientras que en la inferior está más definido. Cada aleta presenta una uña, aunque en ocasiones pueden tener dos. Los machos adultos presentan una cola mucho mayor que las hembras para facilitar el apareamiento. El caparazón de las crías es predominantemente negro o gris oscuro, y el plastrón blanquecino, si bien a medida que crecen, el caparazón cambia a un color oscuro verde oliva. La coloración es bastante variable en individuos adultos, desde un caparazón manchado a rayado de tonos marrones, grises, negros, verdes. El nombre común de la especie deriva del color verde de su grasa corporal.</t>
   </si>
   <si>
     <t>Chelonia virgata Schweigger, 1812, Testudo viridis Schneider, 1783</t>
   </si>
   <si>
     <t>Monachus monachus (Hermann, 1779)</t>
   </si>
   <si>
-    <t>prueba_Foca Monje (Castellano), Foca monje del Mediterráneo (Castellano), Itsas txakur fraidea (Euskera), Vellmarí (Catalán), Vell marí (Catalán), Foca mediterránea (Gallego), Mediterranean Monk Seal (Inglés), Phoque-moine Méditerranéen (Francés), Mönchsrobbe (Alemán), Foca monaca (Italiano), Foca-monge (Portugués)</t>
+    <t>Foca Monje (Castellano), Foca monje del Mediterráneo (Castellano), Itsas txakur fraidea (Euskera), Vellmarí (Catalán), Vell marí (Catalán), Foca mediterránea (Gallego), Mediterranean Monk Seal (Inglés), Phoque-moine Méditerranéen (Francés), Mönchsrobbe (Alemán), Foca monaca (Italiano), Foca-monge (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Catalán, Gallego, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial VU (Vulnerable),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Es una las especies más grandes de fócidos. Presenta dimorfismo sexual, con machos ligeramente más grandes que las hembras. CC: 210-270 cm (machos de Cabo Blanco, Mauritania), 210-262 cm (hembras). Tres ejemplares de la colonia de Cabo Blanco pesaron 220 kg (macho), 335 kg (macho) y 300 kg (no sexado) y el peso máximo de un ejemplar adulto, no sexado, procedente del Adriático, fue de 360 kg. La longitud media de las crías recién nacidas es de 108 cm, con un peso que oscila entre 14 y 22 kg. El diseño corporal es fusiforme, con la parte dorsal de color oscuro y la parte ventral clara. Las aletas posteriores y ventrales están insertadas más lateralmente que en los Otáridos. La cabeza es redondeada con un hocico prominente. Las vibrisas mistaciales son de color amarillo claro a marrón. La aleta anterior es corta y con pelos, con una uña en cada uno de los cinco dedos. Los dedos están conectados por una membrana de piel. La cola es corta y ancha. Presenta dos pares de mamas, en contraste con la mayoría de los “pinnípedos” en los que sólo hay uno. Fórmula dentaria: 2.1.5/2.1.5. Tiene el pelo más corto de todos los pinnípedos, de sólo 5 mm en los adultos y no presenta pelaje secundario. Las hembras de la colonia de Cabo Blanco pueden mudar en cualquier mes del año, aunque con un máximo en el mes de marzo; sin embargo, los machos mudan entre abril y octubre, con un máximo en junio. Los adultos muestran dimorfismo sexual marcado en la coloración de su pelaje. Los adultos y subadultos presentan marcas notorias en la piel debida a la falta de pigmentación del pelo y a cicatrices en la epidermis, causadas probablemente por roces con el sustrato rocoso y peleas.</t>
   </si>
   <si>
     <t>Heliophoca atlantica Gray, 1854, Monachus mediterraneus Nilsson, 1838, Phoca albiventer Boddaert,1785, Phoca atlantica (Gray, 1854), Phoca bicolor Shaw, 1800, Phoca hermannii Lesson, 1828, Phoca leucogaster Péron &amp; Lesueur, 1816, Phoca monachus Hermann, 1779</t>
   </si>
   <si>
     <t>Globicephala melas (Traill, 1809)</t>
   </si>
   <si>
-    <t>prueba_Long-finned pilot whale (Inglés), Globicéphale noir (Francés), Grindwal (Alemán), Globicefalo (Italiano), Baleia-piloto (Portugués)</t>
+    <t>Long-finned pilot whale (Inglés), Globicéphale noir (Francés), Grindwal (Alemán), Globicefalo (Italiano), Baleia-piloto (Portugués)</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Región Marina Mediterránea U2 (Desfavorable-malo),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Mediterránea, Región Marina Atlántica, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>El calderón común o negro (Globicephala melas), es una especie fácil de identificar. Presentan color negro azabache muy brillante y la parte inferior completamente blanca, en la que tiene un curioso dibujo en forma de corazón o de W. Los calderones presentan una aleta pectoral, la que está justo detrás del espiráculo, mucho más redondeada. Otra característica identificativa de los calderones, es su cabeza en forma de "caldero", redonda, que además presenta un pequeño pico muy cortito, a diferencia de delfines comunes, listados y mulares, por ejemplo, en los que es mucho más largo. Alcanza un tamaño entre 3,8-6 m (recién nacidos 1,3-2 m). Tamaño de grupo: 10-100 individuos. Pertenece al grupo de los cetáceos odontocetos ya que tiene dientes.</t>
   </si>
   <si>
     <t>Delphinus globiceps G. Cuvier, 1812, Delphinus melas Traill, 1809, Globicephala melaena (Traill, 1809)</t>
   </si>
   <si>
     <t>Grampus griseus (G. Cuvier, 1812)</t>
   </si>
   <si>
-    <t>prueba_Calderón Gris (Castellano), Delfín gris (Castellano), Delfín de Risso (Castellano), Fabo Calderón (Castellano), Izurde muturmotza (Euskera), Cap d’olla gris (Catalán), Arroaz boto (Gallego), Grey Dolphin (Inglés), Risso's Dolphin (Inglés), Grampus (Francés), Dauphin de Risso (Francés), Rundkopfdelfin (Alemán), Delfino di Risso (Italiano), Golfinho-de-risso (Portugués)</t>
+    <t>Calderón Gris (Castellano), Delfín gris (Castellano), Delfín de Risso (Castellano), Fabo Calderón (Castellano), Izurde muturmotza (Euskera), Cap d’olla gris (Catalán), Arroaz boto (Gallego), Grey Dolphin (Inglés), Risso's Dolphin (Inglés), Grampus (Francés), Dauphin de Risso (Francés), Rundkopfdelfin (Alemán), Delfino di Risso (Italiano), Golfinho-de-risso (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Marina Mediterránea U1 (Desfavorable-inadecuado),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Calderón de tamaño más bien grande que se reconoce por su cabeza roma y por las abundantes marcas alargadas de color blanco que, aunque parecen cicatrices, ya se encuentran presentes en los recién nacidos. Su tamaño puede llegar a ser de entre 3,2 y 4,3 metros y pesar 680 kilogramos, sin existir un marcado dimorfismo sexual. Presenta un melón pronunciado, aunque no supera la vertical de la parte anterior de la boca, con un marcado surco frontal centrado y vertical. Las aletas pectorales son largas y  puntadas, la aleta dorsal alta y el pedúnculo caudal es estrecho. El patrón de color de esta especie es característico y muy variable a lo largo de la vida del ejemplar, estando sujeto a variación con la edad, por lo que puede ser motivo de confusión en la identificación de los ejemplares. Existen dos características comunes en la coloración a todas las edades, por un lado la conspicua mancha blanca ventral, que se sitúa en la zona pectoral ascendiendo lateralmente por delante de las aletas pectorales y que continúa en su
 parte central hacia atrás dirigiéndose a la zona abdominal donde es más ancha. Por otro, las rosetas claras y la aureola que rodea las numerosas marcas y cicatrices que están presentes por todo el cuerpo después del nacimiento y se acentúan con la edad. Se han definido distintos patrones de color según la edad de los individuos:
 - Los ejemplares recién nacidos y juveniles presentan color gris oscuro en el lomo, con color claro y canela en la cabeza, anterior al aventador.
 - Los ejemplares de 230 a 250 cm presentan un color marrón oscuro achocolatado, casi negro, en los que destacan la mancha blanca del pecho y la mancha genital.
 - Los ejemplares de 290 a 300 cm son grises con marcas blancas de cicatrices, manteniendo un gris uniforme algo más oscuro en el lomo y en las aletas.
 - Los ejemplares de más de 300 cm tienen un color blanquecino en la parte anterior del cuerpo y marcadas cicatrices, con tendencia a aclarar la cabeza totalmente, y manteniendo las aletas oscuras.
 El cráneo presenta un perfil superior plano, al contrario que los otros delfines que tienen un perfil cóncavo. Presenta dientes solo en los maxilares inferiores, en un número de 3 o 4. Ocasionalmente puede presentar dos pares de dientes en los maxilares superiores. En los adultos las alas laterales se prolongan poco dando un aspecto de T corta. El perfil de la primera pieza es de aspecto hexagonal y se caracteriza por ser muy plana.
 Emite sonidos variados en forma de pulsos y chasquidos que utiliza tanto para ecolocalización como para comunicación.</t>
   </si>
   <si>
     <t>Delphinus griseus G. Cuvier, 1812, Delphinus rissoanus Desmarest, 1822, Delphinus rissoi Gervais, 1859, Globicephalus rissii Hamilton, 1837, Grampus cuvieri Gray, 1846, Grampus sowerbianus Fischer, 1881</t>
   </si>
   <si>
     <t>Alca torda Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Alca común (Castellano), Alca (Castellano), Alca común (Castellano), Patorroa (Euskera), Gavot (Catalán), Arao romero (Gallego), Razorbill (Inglés), Petit Pingouin (Francés)</t>
+    <t>Alca común (Castellano), Alca (Castellano), Alca común (Castellano), Patorroa (Euskera), Gavot (Catalán), Arao romero (Gallego), Razorbill (Inglés), Petit Pingouin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Península, Mundial</t>
   </si>
   <si>
     <t>Como el resto de los componentes de la familia de los álcidos, el alca común presenta el cuerpo alargado y las patas en posición bastante retrasada, si bien se diferencia con facilidad por la cola, relativamente larga, y el pico robusto, de color negro y surcado por una delgada línea blanca. El diseño, que sigue el patrón típico de este grupo de aves, con las regiones dorsales negras y las ventrales blancas, es similar en ambos sexos, si bien varía según la edad y la época del año; así, durante el periodo reproductor muestra una tonalidad negra más intensa que se extiende por toda la cabeza hasta el cuello, y en el pico se dibujan tres líneas blancas. Los jóvenes son parecidos a los adultos durante el invierno, aunque el pico es algo menor y con la forma ligeramente distinta. Vuela muy cerca de la superficie del mar, propulsado por rápidos batidos de ala, a menudo agrupado en pequeños bandos o “trenes” de aves que se desplazan en fila.</t>
   </si>
   <si>
     <t>Chlidonias niger (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Fumarel común (Castellano), Itsas enara beltza (Euskera), Fumarell negre (Catalán), Carrán negro (Gallego), Black Tern (Inglés), Guifette noire (Francés)</t>
+    <t>Fumarel común (Castellano), Itsas enara beltza (Euskera), Fumarell negre (Catalán), Carrán negro (Gallego), Black Tern (Inglés), Guifette noire (Francés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Península CR (En peligro crítico),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Al igual que otros fumareles, se diferencia de los charranes principalmente por el vuelo más pausado y con más vaivenes laterales, las alas más cortas y anchas y la cola corta y poco ahorquillada. El adulto en plumaje de verano presenta la cabeza y el cuerpo negros (excepto las infracoberteras caudales y la parte final del vientre, en tonos grises). Las partes superiores, incluyendo el obispillo y la cola, son de color gris oscuro uniforme; el pico y las patas son igualmente oscuros. En invierno, las partes inferiores, el cuello, la cara y la frente son blancos, y el negro de la cabeza se reduce al capirote, que se extiende hacia la nuca y por detrás del ojo formando un diseño característico. Las partes superiores, en esa época, son de color gris claro. Asimismo, luce una mancha oscura en el pecho a modo de collar semicerrado y las patas más claras. Durante la muda manifiesta muchas variaciones, pero generalmente muestra la cabeza y las partes inferiores moteadas o manchadas de blanco. El joven es similar al adulto en plumaje invernal, pero posee el dorso y las coberteras alares escamadas de oscuro.</t>
   </si>
   <si>
     <t>Fratercula arctica (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Frailecillo (Castellano), Frailecillo atlántico (Castellano), Frailecillo atlántico (Castellano), Lanperna-musua (Euskera), Fraret (Catalán), Arao loro (Gallego), Puffin (Inglés), Atlantic Puffin (Inglés)</t>
+    <t>Frailecillo (Castellano), Frailecillo atlántico (Castellano), Frailecillo atlántico (Castellano), Lanperna-musua (Euskera), Fraret (Catalán), Arao loro (Gallego), Puffin (Inglés), Atlantic Puffin (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Península DD (Datos insuficientes),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Este pequeño álcido —con la coloración blanquinegra característica del grupo y las patas en posición retrasada— resulta inconfundible por su enorme pico de forma triangular y comprimido lateralmente. Durante el periodo nupcial, en la cara —que es blanca— resalta un fino anillo ocular rojizo, en tanto que el pico luce una llamativa coloración azul-grisácea en la base y roja intensa en la punta, con unas líneas amarillas. Finalizada la época de cría, las regiones dorsales se tornan más apagadas, la cara se vuelve grisácea, el tamaño del pico se reduce y el ave muestra una coloración mucho menos vistosa, en la que predominan los tonos grises y amarillos. Los jóvenes son bastante similares a los adultos en plumaje invernal, con el pico aún más fino que el de estos. En tierra, el frailecillo se muestra menos torpe que otros componentes del grupo y lo mismo ocurre a la hora de aterrizar o despegar; en el agua nada ágilmente y se zambulle con frecuencia.</t>
   </si>
   <si>
     <t>Fulmarus glacialis (Linnaeus, 1761)</t>
   </si>
   <si>
-    <t>prueba_Fulmar (Castellano), Fulmar boreal (Castellano), Fulmarra (Euskera), Northern Fulmar (Inglés)</t>
+    <t>Fulmar (Castellano), Fulmar boreal (Castellano), Fulmarra (Euskera), Northern Fulmar (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Inglés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Península NE (No evaluado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Tiene un aspecto similar al de una gaviota pequeña y compacta. Posee cabeza grande, cuello grueso y pico corto, con narinas patentes. Además, el extremo de sus alas es más romo que el de las gaviotas. Exhibe coloración general gris pálida en las partes superiores, donde destacan unas zonas más claras en las plumas primarias; visto desde abajo, el fulmar boreal puede mostrar una coloración clara o ligeramente grisácea, puesto que hay individuos con formas claras, oscuras e intermedias. Planea sobre el mar, con series alternadas de aleteos rígidos, poco profundos y rápidos, que recuerdan más a una pardela que a una gaviota. No existen diferencias apreciables entre sexos ni edades.</t>
   </si>
   <si>
     <t>Gavia arctica (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Colimbo ártico (Castellano), Colimboártico (Castellano), Colimbo ártico (Castellano), Aliota arktikoa (Euskera), Calábria agulla (Catalán), Can do mar (Gallego), Arctic Loon (Inglés), Black-throated Diver (Inglés), Black-throated Loon (Inglés)</t>
+    <t>Colimbo ártico (Castellano), Colimboártico (Castellano), Colimbo ártico (Castellano), Aliota arktikoa (Euskera), Calábria agulla (Catalán), Can do mar (Gallego), Arctic Loon (Inglés), Black-throated Diver (Inglés), Black-throated Loon (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Ave acuática esbelta, de cuello largo y grueso, y pico apuntado. En general luce un aspecto poco llamativo durante el invierno, cuando muestra un color gris oscuro en la zona superior del cuerpo, y un tono gris más claro en la mitad posterior, desde la frente hasta la nuca; las mejillas, la garganta y el resto de las partes inferiores son blancas. Además tiene el pico grisáceo y la frente levemente empinada, con un pequeño abultamiento a la altura del píleo. Por el contrario, durante la época reproductora exhibe un plumaje más vistoso, aunque con los mismos colores. La cabeza y la nuca adoptan una coloración gris ceniza, la garganta se torna de color negro brillante, y en los laterales del cuello y del pecho aparece un dibujo de líneas blancas y negras. La frente se vuelve redondeada. En el dorso, la zona central presenta también un patrón de franjas blancas y negras, pero dispuestas de forma perpendicular al cuerpo, y alrededor de esta zona central domina el color negro, con un ligero moteado blanco. En el agua resulta característica la ligera curvatura de su cuerpo. No existen diferencias apreciables entre sexos. Los juveniles poseen un plumaje muy similar al de los adultos en invierno, aunque más apagado; además carecen del abultamiento en la frente.</t>
   </si>
   <si>
     <t>Gavia stellata (Pontoppidan, 1763)</t>
   </si>
   <si>
-    <t>prueba_Colimbo chico (Castellano), Aliota txikia (Euskera), Calábria petita (Catalán), Patoula (Gallego), Red-throated Diver (Inglés), Red-throated Loon (Inglés), Plongeon catmarin (Francés)</t>
+    <t>Colimbo chico (Castellano), Aliota txikia (Euskera), Calábria petita (Catalán), Patoula (Gallego), Red-throated Diver (Inglés), Red-throated Loon (Inglés), Plongeon catmarin (Francés)</t>
   </si>
   <si>
     <t>Ave acuática, de complexión delgada, con el cuello del mismo grueso que la cabeza y con el pico apuntado. En general, durante el invierno tiene un aspecto poco llamativo, con las partes superiores de coloración grisácea y con un leve moteado blanco, mientras que las inferiores son blancas, color que se extiende por el cuello hacia los laterales y por encima del ojo. Por el contrario, el plumaje nupcial resulta más vistoso, pues los laterales de la cara y el cuello se vuelven de color gris lustroso, el cuello toma coloración rojiza, y desde la frente y el píleo nacen estrechas líneas blancas y negras que recorren la nuca hasta el dorso. El resto del cuerpo se muestra menos llamativo, con zonas superiores pardo-grisáceas e inferiores blanquecinas. En el agua mantiene la línea de flotación baja, y es característico que lleve el pico ligeramente inclinado hacia arriba. No existen diferencias apreciables entre sexos. El plumaje de los juveniles resulta muy similar al de los adultos en invierno, si bien la garganta, en lugar de ser blanca, presenta un difuminado color gris.</t>
   </si>
   <si>
     <t>Hydrocoloeus minutus (Pallas, 1776)</t>
   </si>
   <si>
-    <t>prueba_Gaviota enana (Castellano), Antxeta txikia (Euskera), Gavina menuda (Catalán), Gaivota pequena (Gallego), Little Gull (Inglés), Mouette pygmée (Francés)</t>
+    <t>Gaviota enana (Castellano), Antxeta txikia (Euskera), Gavina menuda (Catalán), Gaivota pequena (Gallego), Little Gull (Inglés), Mouette pygmée (Francés)</t>
   </si>
   <si>
     <t>Lo más significativo de la gaviota enana es su pequeño tamaño, a lo que se une la reducida longitud de las patas. En el diseño del adulto durante el periodo reproductor destaca la coloración intensamente negra de la cabeza y la parte superior del cuello, en tanto que el resto del cuello, las regiones ventrales y la cola son blancas; en las regiones dorsales luce una tonalidad gris pálida, al igual que en las plumas alares, en las que las puntas se tornan blancas. La coloración gris oscura de la parte inferior de las alas, rematada por unos bordes blancos, constituye un carácter distintivo de esta gaviota cuando se la observa en vuelo. Las patas y el pico exhiben en verano una tonalidad roja oscura. En invierno, la cabeza se vuelve blanca, salvo por unas manchas oscuras en el píleo y el cogote, en tanto que el pico adquiere un color negro. Los jóvenes carecen del intenso color negro de la cabeza, y en ellos las regiones dorsales resultan parduzcas; necesitarán dos años para adquirir el plumaje definitivo, tras lucir varios diseños intermedios similares al del adulto en invierno.</t>
   </si>
   <si>
     <t>Larus minutus</t>
   </si>
   <si>
     <t>Hydroprogne caspia (Pallas, 1770)</t>
   </si>
   <si>
-    <t>prueba_Pagaza piquirroja (Castellano), Txenada mokogorria (Euskera), Xatrac gros (Catalán), Carrán do Caspio (Gallego), Caspian Tern (Inglés), Sterne caspienne (Francés)</t>
+    <t>Pagaza piquirroja (Castellano), Txenada mokogorria (Euskera), Xatrac gros (Catalán), Carrán do Caspio (Gallego), Caspian Tern (Inglés), Sterne caspienne (Francés)</t>
   </si>
   <si>
     <t>Presenta la fisonomía típica de los charranes, aunque con proporciones muy superiores a las habituales. Cuando está posado, se percibe bastante mayor que la gaviota reidora y de tamaño similar al de la gaviota sombría. Posee el pico grande (de longitud igual a la cabeza) de color rojo —anaranjado en aves jóvenes y brillante en aves adultas— con la punta oscura, robusto y de base ancha, lo que lo hace muy conspicuo incluso a distancia. Los adultos lucen el dorso y las alas de color gris claro, en tanto que las partes inferiores, el obispillo y la cola —ligeramente ahorquillada— son blancos y las patas, negras. Exhibe un capirote negro, que acaba en una cresta apenas perceptible, que se extiende ligeramente por debajo del ojo. Las aves jóvenes son muy parecidas a los adultos, pero con el dorso escamado de marrón, las patas más claras y el capirote negro moteado de blanco. Durante el invierno, el capirote de los adultos se asemeja al de las aves jóvenes, aunque con la frente más blanca. El vuelo —diferente al típico de los charranes más pequeños—recuerda mucho al de las gaviotas, con aleteos potentes, lentos y pausados. Las alas son relativamente anchas y algo redondeadas y muestran, en todas las edades, una amplia extensión de color negruzco bajo las primarias.</t>
   </si>
   <si>
     <t>Sterna caspia, Sterna caspia caspia</t>
   </si>
   <si>
     <t>Larus canus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Gaviota cana (Castellano), Kaio mokohoria (Euskera), Gavia cendrosa (Catalán), Gaivota papoia (Gallego), Common Gull (Inglés), Mew Gull (Inglés), Goéland cendré (Francés)</t>
+    <t>Gaviota cana (Castellano), Kaio mokohoria (Euskera), Gavia cendrosa (Catalán), Gaivota papoia (Gallego), Common Gull (Inglés), Mew Gull (Inglés), Goéland cendré (Francés)</t>
   </si>
   <si>
     <t>Es una gaviota de mediano tamaño, intermedia por forma y tamaño entre una gaviota argéntea y una reidora. Tiene la cabeza más redondeada y el pico más débil que otras gaviotas. Su plumaje varía según la edad, hasta que después de la muda del segundo verano adquiere el típico aspecto de adulto. A diferencia de los individuos juveniles, en los que predomina el color marrón grisáceo, los adultos lucen dorso grisáceo claro, partes inferiores blancas, pico y patas amarillentos, y grandes “espejos” blancos en las puntas de las primarias externas.</t>
   </si>
   <si>
     <t>Larus melanocephalus Temminck, 1820</t>
   </si>
   <si>
-    <t>prueba_Gaviota cabecinegra (Castellano), Antxeta burubeltza (Euskera), Gavina capnegra (Catalán), Gaivota cabecinegra (Gallego), Mediterranean Gull (Inglés), Mouette mélanocéphale (Francés)</t>
+    <t>Gaviota cabecinegra (Castellano), Antxeta burubeltza (Euskera), Gavina capnegra (Catalán), Gaivota cabecinegra (Gallego), Mediterranean Gull (Inglés), Mouette mélanocéphale (Francés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Península NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es una gaviota de pequeño tamaño, con un característico capirote de color negro en la época reproductora. El plumaje varía según la edad: los individuos juveniles muestran un color gris claromarrón; después, estas aves pasan por un plumaje de segundo invierno, similar al del adulto, pero con marcas de color negro en las cinco primarias más externas; finalmente, tras la muda en su segundo verano, adquieren el plumaje de adulto, con las primarias totalmente blancas. La especie no presenta el capirote negro en la estación invernal, predominando en su cabeza el color blanco, con manchas negras por detrás de los ojos y en la nuca.</t>
   </si>
   <si>
     <t>Ichthyaetus melanocephalus (Temminck, 1820)</t>
   </si>
   <si>
     <t>Phalaropus fulicarius (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Falaropo picogrueso (Castellano), Faloropo picogrueso (Castellano), Mendebal-txori mokolodia (Euskera), Escuraflascons bec-gros (Catalán), Falaropo cincento (Gallego), Grey Phalarope (Inglés), Red Phalarope (Inglés), Phalarope à bec large (Francés)</t>
+    <t>Falaropo picogrueso (Castellano), Faloropo picogrueso (Castellano), Mendebal-txori mokolodia (Euskera), Escuraflascons bec-gros (Catalán), Falaropo cincento (Gallego), Grey Phalarope (Inglés), Red Phalarope (Inglés), Phalarope à bec large (Francés)</t>
   </si>
   <si>
     <t>Es una limícola nadadora de aspecto muy similar al del falaropo picofino, pero ligeramente mayor y con el pico más corto y grueso que este. La hembra en plumaje nupcial —mucho más vistoso que el del macho— presenta el píleo negro, en contraste con una ancha franja blanca que rodea el ojo y se extiende hacia la nuca; el cuello, la garganta y las regiones ventrales lucen un intenso color castaño rojizo, mientras que las plumas de las partes superiores son oscuras con márgenes claros. El pico es amarillo con la punta negra . El macho en época estival ostenta un plumaje más apagado y luce el píleo estriado de claro. El individuo no reproductor posee las partes superiores grises y con los bordes de las plumas poco destacados, lo que le otorga un aspecto más uniforme que el que exhibe el falaropo picofino en plumaje invernal. Los ejemplares juveniles, por su parte, presentan un tinte rosado en el cuello y las plumas de las zonas superiores en tonos oscuros con bordes ante.</t>
   </si>
   <si>
     <t>Phalaropus fulicaria (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Phalaropus lobatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Falaropo picofino (Castellano), Faloropo picofino (Castellano), Mendebal-txori mohomehea (Euskera), Escuraflacons bec-fi (Catalán), Falaropo mouro (Gallego), Red-necked Phalarope (Inglés), Phalarope à bec étroit (Francés)</t>
+    <t>Falaropo picofino (Castellano), Faloropo picofino (Castellano), Mendebal-txori mohomehea (Euskera), Escuraflacons bec-fi (Catalán), Falaropo mouro (Gallego), Red-necked Phalarope (Inglés), Phalarope à bec étroit (Francés)</t>
   </si>
   <si>
     <t>Esta limícola, al contrario que otros componentes de la familia, es una nadadora activa, que presenta la peculiaridad de que las hembras lucen un plumaje nupcial mucho más vistoso que el de los machos. La hembra en periodo reproductor presenta la cabeza y la cara de color gris oscuro, con una pequeña mancha blanca sobre el ojo, y la garganta blanca, bordeada de castaño rojizo por debajo y en los laterales del cuello; las partes superiores son de tono gris oscuro con dos franjas longitudinales color ante formadas por las escapulares y las plumas del manto. El macho en plumaje nupcial, sin embargo, es bastante menos vistoso, con el castaño del cuello más pálido. El individuo no reproductor muestra las partes superiores grises (también la cabeza), con los bordes blancos de las plumas superiores destacados, en tanto que las aves juveniles presentan un tinte anaranjado en el cuello y tonos marrones en las plumas de las partes superiores.</t>
   </si>
   <si>
     <t>Stercorarius parasiticus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Págalo parásito (Castellano), Págalo parasito (Castellano), Marikoi isatslaburra (Euskera), Párasit cuapunxegut (Catalán), Papamerda palanquín (Gallego), Arctic Skua (Inglés), Parasitic Jaeger (Inglés), Arctic Jaeger (Inglés), Labbe parasite (Francés)</t>
+    <t>Págalo parásito (Castellano), Págalo parasito (Castellano), Marikoi isatslaburra (Euskera), Párasit cuapunxegut (Catalán), Papamerda palanquín (Gallego), Arctic Skua (Inglés), Parasitic Jaeger (Inglés), Arctic Jaeger (Inglés), Labbe parasite (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Ave marina, parecida a una gaviota de tamaño mediano, con alas puntiagudas y coloración oscura. Los adultos pueden mostrar gran variedad de plumajes, existiendo plumajes en fase oscura, clara e intermedia, según la extensión de la coloración pardo-grisácea y blanca. El adulto en fase clara luce plumaje dorsal marrón-grisáceo; tiene la parte inferior del cuerpo blanca y con una franja pectoral gris, casi ausente en los individuos más pálidos; en la parte superior de la cabeza presenta un capirote negro, que alcanza la base del pico; exhibe color amarillo claro en mejillas y cuello; y posee garganta blanca. El adulto en fase oscura es completamente negruzco. En la cola de los adultos en plumaje nupcial llaman la atención dos plumas rectrices centrales largas y puntiagudas. Los juveniles tienen coloración variable, pero en general oscura, y lucen tonos marrones-rojizos, con barras en el cuerpo y la parte inferior de las alas. En todas las edades se observan manchas alares claras. El vuelo de esta ave, rápido y ágil, recuerda al de un halcón y es más ligero que el del págalo pomarino. Destacan sus largas alas, estrechas y puntiagudas.</t>
   </si>
   <si>
     <t>Stercorarius pomarinus (Temminck, 1815)</t>
   </si>
   <si>
-    <t>prueba_Págalo pomarino (Castellano), Marikoi isatsbihurra (Euskera), Pàrasit cuaample (Catalán), Papamerda palleiro (Gallego), Pomarine Skua (Inglés), Pomarine Jaeger (Inglés), Labbe pomarin (Francés)</t>
+    <t>Págalo pomarino (Castellano), Marikoi isatsbihurra (Euskera), Pàrasit cuaample (Catalán), Papamerda palleiro (Gallego), Pomarine Skua (Inglés), Pomarine Jaeger (Inglés), Labbe pomarin (Francés)</t>
   </si>
   <si>
     <t>Ave marina, parecida a una gaviota, generalmente de coloración oscura y alas puntiagudas. Los adultos en plumaje nupcial se caracterizan por lucir en la cola dos plumas centrales largas, retorcidas y en forma de cuchara. Existe una gran variación en la coloración del plumaje de los adultos, diferenciándose individuos en fase oscura, clara e intermedia, según la extensión de la coloración pardo-grisácea y blanca. El adulto en fase oscura se muestra completamente negruzco, con el cuello ligeramente amarillento. En fase clara presenta el dorso marróngrisáceo, y la parte inferior del cuerpo es de color blanco y con un collar pectoral gris, completo en las hembras; en la parte superior de la cabeza posee un capirote negro, que alcanza la mandíbula inferior; tiene el mentón, las mejillas y el cuello de color amarillo claro, y la garganta blanca. Los plumajes en fase intermedia son muy raros. El plumaje de los juveniles es oscuro, con tonos marrones-rojizos, y con franjas en el cuerpo y la parte inferior de las alas. Las manchas alares claras aparecen en todas las edades. El págalo pomarino exhibe un vuelo rápido, directo, poderoso, con aleteos regulares y más pesado que el del págalo parásito. Su tamaño en vuelo resulta similar al de una gaviota grande oscura, y destacan sus alas largas, bastante anchas y puntiagudas.</t>
   </si>
   <si>
     <t>Stercorarius skua (Brünnich, 1764)</t>
   </si>
   <si>
-    <t>prueba_Págalo grande (Castellano), Págalo grande (Castellano), Marikoi handia (Euskera), Parásit gros (Catalán), Papamerda real (Gallego), Great Skua (Inglés), Grand Labbe (Francés)</t>
+    <t>Págalo grande (Castellano), Págalo grande (Castellano), Marikoi handia (Euskera), Parásit gros (Catalán), Papamerda real (Gallego), Great Skua (Inglés), Grand Labbe (Francés)</t>
   </si>
   <si>
     <t>Ave marina parecida a una gaviota, pero con pico ganchudo, garras curvas, cuerpo robusto y coloración oscura. El adulto tiene cuerpo en forma de tonel, con cuello grueso, pico grande, cola corta, y alas anchas y cortas. Posee plumaje pardo, más o menos oscuro, y ligeramente moteado de manchas claras. Presenta conspicuas franjas blancas en la parte interior y exterior de las alas. Los juveniles son parecidos a los adultos, pero más rojizos y con franjas alares blancas menores. En vuelo muestra aspecto pesado (perfil de tonel), con aleteos poderosos y regulares. Puede volar a ras de la superficie o a bastante altura en el mar, y remonta más que otros págalos. Con frecuencia se posa en el agua.</t>
   </si>
   <si>
     <t>Catharacta skua Brunnich, 1764</t>
   </si>
   <si>
     <t>Sterna dougallii Montagu, 1813</t>
   </si>
   <si>
-    <t>prueba_Charrán rosado (Castellano), Charrán rosado (Castellano), Txenada gorrizta (Euskera), Xatrac rosat (Catalán), Carrán rosado (Gallego), Roseate Tern (Inglés), Sterne de Dougall (Francés)</t>
+    <t>Charrán rosado (Castellano), Charrán rosado (Castellano), Txenada gorrizta (Euskera), Xatrac rosat (Catalán), Carrán rosado (Gallego), Roseate Tern (Inglés), Sterne de Dougall (Francés)</t>
   </si>
   <si>
     <t>Es un charrán de mediano tamaño muy parecido a sus parientes común y ártico y el más escaso de los tres. Se distingue, principalmente, por su extrema palidez y por poseer la cabeza y el pico mayores, la cola más larga y las alas más cortas que las otras dos especies cercanas. Bate las alas con aleteos más rápidos y menos profundos, lo que induce a creer que su vuelo es más directo. El adulto en plumaje reproductor presenta el dorso y las alas de color gris muy claro, casi blanco, con el obispillo y la cola —muy larga y ahorquillada— de color blanco, en tanto que el pecho muestra un ligero matiz rosáceo. El capirote es negro en su totalidad; el pico, oscuro con la base roja y las patas, rojas. En invierno, sin embargo, la frente es blanca y el pico, negro. El joven se asemeja al charrán patinegro, con el dorso escamado y moteado de oscuro, pico y patas negruzcas, franja oscura en el borde del ala (banda carpal) y capirote casi completo de color marrón negruzco. Cuando está posado, puede observarse que la cola sobresale bastante del extremo de las alas, lo que facilita mucho su identificación respecto a los charranes común y ártico.</t>
   </si>
   <si>
     <t>Sterna hirundo Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Charrán común (Castellano), Charrán común (Castellano), Txenada arrunta (Euskera), Xatrac comdú (Catalán), Carrán común (Gallego), Common Tern (Inglés), Sterne pierregarin (Francés)</t>
+    <t>Charrán común (Castellano), Charrán común (Castellano), Txenada arrunta (Euskera), Xatrac comdú (Catalán), Carrán común (Gallego), Common Tern (Inglés), Sterne pierregarin (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Península NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Se trata de un charrán de mediano tamaño, muy parecido a los charranes ártico y rosado, de coloración general pálida, con el dorso y las alas de color gris claro, el obispillo blanco y la cola también blanca, bastante ahorquillada. El adulto en verano presenta el capirote negro en su totalidad (que se extiende hasta la nuca), el pico rojo con la punta negra y las patas rojas, mientras que en invierno la frente es blanca y el pico adquiere un color oscuro. El joven exhibe un tono ocre en el dorso —con un escamado marrón y blanco poco visible—, pico oscuro con la mandíbula inferior naranja y patas de color naranja pálido. Las aves de primer año presentan una franja oscura en el borde del ala (banda carpal) muy conspicua tanto posadas como en vuelo. Cuando está posado se puede observar que la cola del charrán común no excede en longitud al extremo de las alas, característica muy útil para distinguirlo del charrán ártico y del charrán rosado, ya que es el que posee la cola más corta de los tres. Su vuelo es algo más pesado y menos elástico que el de los charranes similares.</t>
   </si>
   <si>
     <t>Sterna paradisaea Pontoppidan, 1763</t>
   </si>
   <si>
-    <t>prueba_Charrán ártico (Castellano), Charránártico (Castellano), Gaviotín ártico (Castellano), Charrán ártico (Castellano), Ipar-txenada (Euskera), Xatrac artic (Catalán), Carrán ártico (Gallego), Arctic Tern (Inglés), Sterne arctique (Francés)</t>
+    <t>Charrán ártico (Castellano), Charránártico (Castellano), Gaviotín ártico (Castellano), Charrán ártico (Castellano), Ipar-txenada (Euskera), Xatrac artic (Catalán), Carrán ártico (Gallego), Arctic Tern (Inglés), Sterne arctique (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>El ártico es un charrán de mediano tamaño muy parecido a su pariente el rosado y, sobre todo, al común. Con un poco de práctica y a corta distancia no es difícil diferenciarlo, sobre todo, de este último, del que se distingue principalmente por el tamaño, algo menor; asimismo, posee una cola más larga, un pico más fino y corto, una cabeza más redondeada y un cuello corto que dan la impresión de que las alas parezcan adelantadas respecto al centro de gravedad del cuerpo. El adulto en época estival luce el dorso y las alas de color gris más oscuro que el charrán común. El obispillo y la cola, muy ahorquillada, son blancos, mientras que el capirote, que apenas se extiende hasta la nuca, es negro. El pico carece de la punta oscura que muestra su pariente y las patas son de color rojo sangre. En invierno, la frente y la parte delantera de la cabeza son blancas y el pico, negro. Las aves jóvenes poseen el dorso escamudo de blanco y negro con matices canela, el pico negruzco, las patas de color rojo anaranjado, y la franja oscura del borde del ala (banda carpal) resulta en ellos menos visible que en el charrán común. Cuando está posado, se puede observar que la cola excede ligeramente en longitud al extremo de las alas, detalle muy útil para distinguirlo de los charranes común y rosado. Su vuelo es elástico y directo, con batidos más lentos y menos profundos que en el charrán común.</t>
   </si>
   <si>
     <t>Sternula albifrons (Pallas, 1764)</t>
   </si>
   <si>
-    <t>prueba_Charrancito (Castellano), Charrancito común (Castellano), Charrancito común (Castellano), Txenada txikia (Euskera), Xatrac menut (Catalán), Carrán pequeño (Gallego), Little Tern (Inglés), Sterne naine (Francés)</t>
+    <t>Charrancito (Castellano), Charrancito común (Castellano), Charrancito común (Castellano), Txenada txikia (Euskera), Xatrac menut (Catalán), Carrán pequeño (Gallego), Little Tern (Inglés), Sterne naine (Francés)</t>
   </si>
   <si>
     <t>Su reducido tamaño —es casi la mitad de pequeño que el charrán común—, junto con el pálido aspecto general, la cabeza oscura y el pico amarillo con la punta negra, lo hacen prácticamente inconfundible. A diferencia de otros charranes, presenta la frente blanca a todas las edades. El adulto en plumaje reproductor luce en la cabeza un capirote negro sin cresta, que se extiende hasta la nuca y enlaza con dos líneas negras (bridas) desde el ojo hasta el pico. La espalda y las alas son de tono gris uniforme, salvo las tres primarias externas, negruzcas. El obispillo es blanco; la cola, corta y moderadamente ahorquillada, también blanca, y las patas, de color amarillo anaranjado. El adulto en plumaje invernal presenta las bridas blancas, la frente blanca más amplia, el pico negro y las patas más oscuras. Por su parte, los jóvenes poseen las patas claras, el pico negruzco —sobre todo en la punta— y el dorso con un dibujo de escamas oscuras. Su vuelo es también muy distintivo y activo, con un batir de alas muy rápido y profundo.</t>
   </si>
   <si>
     <t>Sterna albifrons Pallas,1764</t>
   </si>
   <si>
     <t>Thalasseus bengalensis (Lesson, 1831)</t>
   </si>
   <si>
-    <t>prueba_Charrán bengalí (Castellano), Charrán bengalí (Castellano), Lesser Crested-Tern (Inglés), Lesser Crested Tern (Inglés), Sterne voyageuse (Francés)</t>
+    <t>Charrán bengalí (Castellano), Charrán bengalí (Castellano), Lesser Crested-Tern (Inglés), Lesser Crested Tern (Inglés), Sterne voyageuse (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Se trata de un charrán de tamaño grande, aunque ligeramente menor que el charrán patinegro, al que se asemeja notablemente, excepto por el pico, de color naranja. Presenta las partes inferiores blancas, mientras que las superiores son de un color gris más oscuro que el del charrán patinegro, al igual que el obispillo y la cola, rasgos distintivos de esta especie. Luce un capirote negro con plumas largas en la nuca, que en las aves adultas reproductoras se continúa en una cresta. La frente y la parte delantera del píleo son de color blanco tanto en los adultos en plumaje invernal como en las aves jóvenes. El pico, fino y puntiagudo, ligeramente curvado hacia abajo, es casi tan largo como la cabeza y de color naranja pálido en jóvenes y naranja brillante —y generalmente con el extremo amarillento— en adultos. Las negras patas son algo más claras en los jóvenes. El charrán bengalí posee las alas más largas y la cola más ahorquillada que el charrán patinegro, al que también se parece mucho en la forma de volar</t>
   </si>
   <si>
     <t>Sterna bengalensis Lesson, 1831</t>
   </si>
   <si>
     <t>Uria aalge (Pontoppidan, 1763)</t>
   </si>
   <si>
-    <t>prueba_Arao común (Castellano), Arao común (Castellano), Martina arrunta (Euskera), Somorgollaire (Catalán), Arao dos cons (Gallego), Common Murre (Inglés), Guillemot (Inglés), Iberian guillemot (Inglés), Guillemot de Troïl (Francés)</t>
+    <t>Arao común (Castellano), Arao común (Castellano), Martina arrunta (Euskera), Somorgollaire (Catalán), Arao dos cons (Gallego), Common Murre (Inglés), Guillemot (Inglés), Iberian guillemot (Inglés), Guillemot de Troïl (Francés)</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Península CR (En peligro crítico),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es un ave marina de cuerpo alargado, pico fino y patas en posición retrasada. El plumaje, muy denso, presenta una coloración marrón oscura en las regiones dorsales y blancuzca en las ventrales; similar en ambos sexos, sufre algunas variaciones a lo largo del año y en los individuos juveniles. En plumaje invernal, la cabeza muestra las mejillas y la garganta de color blanco sobre el que destaca una tenue franja oscura que corre a partir del ojo. Algunas aves muestran un anillo ocular blanco, que resalta vivamente sobre el tono oscuro de la cabeza y que se prolonga en una delgada línea blanca por detrás del ojo. Los ejemplares que presentan este diseño reciben el nombre de araos bridados. Como otros álcidos, el arao desarrolla un vuelo muy directo mediante rápidos aleteos.</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial, CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Lepidochelys olivacea (Eschscholtz, 1829)</t>
   </si>
   <si>
-    <t>prueba_Tortuga olivácea (Castellano), Tortuga Manila (Castellano), Tortuga Mulato (Castellano), Tortuga Olivacea (Castellano), Tortuga Parlama (Castellano), Tortuga golfina (Castellano), Tortuga Carpintera (Castellano), Tortuga Guaraguá (Castellano), Tortuga Lora (Castellano), Olive Ridley (Inglés), Pacific Ridley (Inglés), Ridley du Pacifique (Francés), Tortue Bâtarde (Francés), Tortue de Ridley (Francés), Tortue Olivâtre (Francés)</t>
+    <t>Tortuga olivácea (Castellano), Tortuga Manila (Castellano), Tortuga Mulato (Castellano), Tortuga Olivacea (Castellano), Tortuga Parlama (Castellano), Tortuga golfina (Castellano), Tortuga Carpintera (Castellano), Tortuga Guaraguá (Castellano), Tortuga Lora (Castellano), Olive Ridley (Inglés), Pacific Ridley (Inglés), Ridley du Pacifique (Francés), Tortue Bâtarde (Francés), Tortue de Ridley (Francés), Tortue Olivâtre (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial</t>
   </si>
   <si>
     <t>Tortuga marina de tamaño pequeño que puede llegar a medir hasta 79 cm de longitud recta del caparazón. La coloración dorsal es gris oscura, marrón o verde oliva y la ventral, amarillo crema. La cabeza es relativamente grande, ligeramente triangular y con dos pares de escamas prefrontales. El caparazón es corto y ancho y presenta de cinco a nueve pares de escudos costales, frecuentemente seis o siete, y con configuración asimétrica, siendo ésta la característica principal que la suele diferenciar de la tortuga lora. Tiene un poro en cada uno de los cuatro pares de escudos inframarginales, lo que es característico de las dos especies de este género. Masa corporal, hasta 50 kg.</t>
   </si>
   <si>
     <t>Balaenoptera borealis Lesson, 1828</t>
   </si>
   <si>
-    <t>prueba_Rorcual boreal (Castellano), Sei whale (Inglés), Rorqual de Rudolphi (Francés), Seiwal (Alemán), Balenottera boreale (Italiano), Baleia-sardinheira (Portugués)</t>
+    <t>Rorcual boreal (Castellano), Sei whale (Inglés), Rorqual de Rudolphi (Francés), Seiwal (Alemán), Balenottera boreale (Italiano), Baleia-sardinheira (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>El rorcual boreal o norteño es un animal esbelto con aletas pectorales relativamente cortas (9-10% de la longitud total del cuerpo) y dorsal prominente y falcada, pueden medir hasta 16 m y pesar 30 t. La aleta caudal es relativamente pequeña y la dorsal bien definida y falciforme. Una sola carena central en la cabeza, que va desde el orificio respiratorio hasta el final del rostro, lo distingue del rorcual tropical, muy parecido en las demás características. Cuando emerge se distingue de los demás rorcuales, excepto del rorcual aliblanco, en que se le puede ver la aleta dorsal a la misma vez que el respiradero. Junto con el rorcual común son las especies más veloces de las grandes ballenas, pudiendo alcanzar hasta 25 nudos (45 km/h) en trayectos cortos. Se reconocen dos subespecies, una en el hemisferio norte (B. b. borealis) y otra de mayor tamaño en el hemisferio sur (B. b. schlegellii).</t>
   </si>
   <si>
     <t>Balaenoptera schlegellii Dabbene, 1902</t>
   </si>
   <si>
     <t>Eretmochelys imbricata (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Tortuga de Carey (Castellano), Tortuga carey (Castellano), Sasikareta (Euskera), Tortuga carei (Catalán), Tartaruga mariña carei (Gallego), Hawksbill Turtle (Inglés), Tortue imbriquée (Francés), Caret (Francés), Tortue à bec faucon (Francés), Tortue à écailles (Francés), Tortue Caret (Francés), Echte Karettschildkröte (Alemán), Embricata tartaruga (Italiano)</t>
+    <t>Tortuga de Carey (Castellano), Tortuga carey (Castellano), Sasikareta (Euskera), Tortuga carei (Catalán), Tartaruga mariña carei (Gallego), Hawksbill Turtle (Inglés), Tortue imbriquée (Francés), Caret (Francés), Tortue à bec faucon (Francés), Tortue à écailles (Francés), Tortue Caret (Francés), Echte Karettschildkröte (Alemán), Embricata tartaruga (Italiano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés, Francés, Francés, Francés, Francés, Alemán, Italiano</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  España DD (Datos insuficientes),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Tortuga de mediano tamaño, cuya característica más destacada es su caparazón alargado con escudos imbricados y borde aserrado. Estas características no son tan patentes en los neonatos, pues los escudos aparecen completamente imbricados en los caparazones de unos 15 cm de longitud. Presentan 5 escudos vertebrales, 4 pares de escudos laterales, un número variable de escudos marginales (&gt;10 pares) y dos escudos supracaudales de gran dureza. El escudo nucal no tiene contacto con los escudos laterales. El plastrón, está constituido por 4 pares de escudos inframarginales. La coloración del caparazón varía con la edad; los neonatos presentan una coloración marrón oscura tanto dorsal como ventral, mientras que a medida que las tortugas van creciendo, el caparazón desarrolla un patrón de coloración de los escudos característico, de manchas amarillas, marrones y negras, que se mantiene en la madurez. Ventralmente son de color amarillo claro y/o blanco, presentando en ocasiones manchas negras. La longitud recta de caparazón de las hembras adultas varía normalmente entre 60 y 90 cm, y la talla de los machos observados mide entre 71 y 85 cm. La cabeza está cubierta por escamas queratinizadas: dos pares prefrontales y tres pares postorbitales (que se mantienen estables en número y forma). Con el tiempo la cabeza se alarga, llegando a ser cerca del doble de larga que de ancha en individuos adultos. En inglés se las conoce como tortuga de pico de halcón (Hawksbill) debido a su característico pico, o ranfoteca, alargado y estrecho con bordes lisos muy afilados, y a su mandíbula superior que se proyecta hacia delante. Las aletas delanteras, de longitud mediana, están cubiertas por escamas y presentan dos uñas por aleta, al igual que las posteriores. En los individuos adultos existe dimorfismo sexual; los machos presentan una cola de mayor tamaño que las hembras, que sobresale del margen posterior del caparazón, y las uñas de las aletas son de mayor tamaño, más fuertes y curvadas, para sujetarse a las hembras durante la cópula.</t>
   </si>
   <si>
     <t>Caretta bissa Rüppell, 1835, Eretmochelys squamata Agassiz, 1857</t>
   </si>
   <si>
     <t>Balaenoptera acutorostrata Lacépède, 1804</t>
   </si>
   <si>
-    <t>prueba_Minke whale (Inglés), Petit rorqual (Francés), Zwergwal (Alemán), Balenottera minore (Italiano), Baleia-anã (Portugués)</t>
+    <t>Minke whale (Inglés), Petit rorqual (Francés), Zwergwal (Alemán), Balenottera minore (Italiano), Baleia-anã (Portugués)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>El rorcual aliblanco (Balaenoptera acutorostrata), presenta una coloración gris que varía en tonalidades en todo el cuerpo, siendo siempre la parte inferior de su cuerpo completamente blanca. El roncual aliblanco se distingue de otros rorcuales por la mancha blanca que presentan en las aletas pectorales, con una forma más o menos redondeada. Pertenece al grupo de los cetáceos misticetos ya que presentan barbas. Llegan a alcanzar un tamaño de 7-10 m (recién nacido 2,1 -2,8 m).</t>
   </si>
   <si>
     <t>Agaphelus gibbosus Cope, 1968, Balaena rostrata Fabricius, 1780, Balaenoptera eschrichtius Rasch, 1845, Balaenoptera rostrata (Fabricius, 1780)</t>
   </si>
   <si>
     <t>Phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+    <t>Marsopa (Castellano), Marsopa común (Castellano), Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica U1 (Desfavorable-inadecuado),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>La marsopa es la especie de cetáceo de menor tamaño en el Atlántico Norte. La longitud total varía generalmente entre 130-180 cm y el peso entre 25 y 90 kg. El tamaño de las hembras es mayor que el de los machos, aunque presenta grandes variaciones geográficas.
 Presentan una cabeza roma, sin el típico pico de algunos delfines. Las aletas pectorales tienen el extremo redondeado y la aleta dorsal se sitúa en la mitad del cuerpo, es baja y triangular, presentando una peculiaridad única en los cetáceos: la existencia en el borde anterior de la aleta dorsal, de algunos ejemplares, de tubérculos epidérmicos a modo de protuberancias que le dan un aspecto aserrado.
 El color dorsolateral es negro acastañado, y en la parte anterior de los flancos presenta un color ceniza que se difumina a blanco centralmente. Destacan las aletas pectorales negras con una línea que las une con la parte inferior de la boca, que es también oscura rodeando el labio inferior. La parte anterior de la cabeza es un poco más clara, haciendo una figura triangular que se abre hacia delante desde el aventador. A pesar de la variación de color individual, y de cierta asimetría bilateral, no se han encontrado diferencias en las distintas poblaciones del mundo. El cráneo es alargado aunque con rostro corto, el paladar es plano y presenta una marcada asimetría orientada a la izquierda general en los cetáceos odontocetos. Los dientes son espatulados, caso único entre los cetáceos en los
 que suelen ser cónicos. Cabe destacar el tamaño de los huesos pélvicos en esta especie que son mucho mayores y voluminosos que en los pequeños delfínidos, estando relacionado con el tamaño de los órganos sexuales, sobre todo en el caso de los machos.</t>
   </si>
   <si>
     <t>Delphinus phocoena Linnaeus, 1758, Phocaena communis Lesson, 1827, Phocaena phocaena Kleinenberg, 1956, Phocena phocena Gray, 1821</t>
   </si>
   <si>
     <t>Lepidochelys kempii (Garman, 1880)</t>
   </si>
   <si>
-    <t>prueba_Cotorra (Castellano), Tortuga Iora (Castellano), Tortuga Marina Bastarda (Castellano), Tortuga golfina (Castellano), Kemp's Ridley (Inglés), Atlantic Ridley (Inglés), Mexican Ridley (Inglés), Gulf Ridley (Inglés), Tortue de Kemp (Francés), Lépidochelyde de Kemp (Francés), Ridley de Kemp (Francés), Kemps Schildkröte (Alemán)</t>
+    <t>Cotorra (Castellano), Tortuga Iora (Castellano), Tortuga Marina Bastarda (Castellano), Tortuga golfina (Castellano), Kemp's Ridley (Inglés), Atlantic Ridley (Inglés), Mexican Ridley (Inglés), Gulf Ridley (Inglés), Tortue de Kemp (Francés), Lépidochelyde de Kemp (Francés), Ridley de Kemp (Francés), Kemps Schildkröte (Alemán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Alemán</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  España DD (Datos insuficientes),  Región Marina Atlántica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Tortuga marina de pequeño tamaño, es la tortuga más pequeña que puede encontrarse en el Atlántico, el tamaño medio del caparazón es de 646 mm. Pueden llegar a pesar 50 kg como máximo. Se caracteriza por presentar un caparazón de forma acorazonada o, a veces, casi circular. Las escamas están yuxtapuestas, no imbricadas.  Existen cinco grandes escamas vertebrales, que a veces pueden ser seis o más al presentarse otras escamas extravertebrales. Hay otras cinco placas costales a cada lado del caparazón, la más interior de las cuales está en contacto con la nucal. Tiene cuatro pares de escamas inframarginales, alargadas, cada una de las cuales está atravesada por un poro cerca de la sutura posterior. Aparecen cinco grandes escudos laterales dorsales en cada lado del caparazón. La escama supracaudal está dividida. Las escamas marginales se presentan en número variable, a menudo 12 en cada lado. La cabeza tiene un tamaño moderado y representa aproximadamente del 20 al 30% de la longitud del caparazón. La superficie externa de las mandíbulas es convexa. Existen dos pares de escamas prefrontales, a veces fraccionadas y una gran escama mandibular. El color del caparazón y de las partes superiores de los miembros y la cabeza es de un verde grisáceo uniforme; los bordes de los miembros anteriores presentan a veces tonalidades más claras. En cuanto al esqueleto indicar que los huesos del caparazón son moderadamente gruesos, muy osificados y casi sin fontanelas en los adultos. El hueso nucal es relativamente largo. Los neuronales son muy estrechos y variables en número. Ocasionalmente suelen presentar suturas longitudinales. El cráneo de esta especie muestra como característica unas órbitas muy grandes y dispuestas anterolateralmente.  Presentan dimorfismo sexual, los machos tienen una cola mucho más larga y gruesa que las hembras y las uñas de los márgenes anteriores de los miembros delanteros se hallan más desarrolladas.</t>
   </si>
   <si>
     <t>Lepidochelys olivacea subsp. kempii Schmidt, 1953, Thalassochelys kempii Boulenger 1889</t>
   </si>
   <si>
     <t>Mesoplodon europaeus (Gervais, 1855)</t>
   </si>
   <si>
-    <t>prueba_Ballena De Pico De Gervais (Castellano), Zifio de Gervais (Castellano), Gulf Stream Beaked Whale (Inglés), Gervais' Beaked Whale (Inglés), Mésoplodon De Gervais (Francés), Baleine à bec de Gervais (Francés), Gervais-Zweizahnwal (Alemán), Mesoplodonte di Gervais (Italiano), Baleia-bicuda-de-gervais (Portugués)</t>
+    <t>Ballena De Pico De Gervais (Castellano), Zifio de Gervais (Castellano), Gulf Stream Beaked Whale (Inglés), Gervais' Beaked Whale (Inglés), Mésoplodon De Gervais (Francés), Baleine à bec de Gervais (Francés), Gervais-Zweizahnwal (Alemán), Mesoplodonte di Gervais (Italiano), Baleia-bicuda-de-gervais (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, Región Marina Atlántica, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>El zifio de Gervais o Mesoplodon europaeus, es un animal de cuerpo delgado, fusiforme y algo comprimido lateralmente. La cabeza es extremadamente pequeña afilándose en un pico estrecho. Los machos tienen 2 dientes localizados a un tercio de la distancia entre el extremo del hocico y la comisura bucal que son visibles exteriormente con la boca cerrada. En las hembras y los jóvenes los dientes no son visibles.
 La línea de la boca es recta.Las aletas pectorales son pequeñas, aproximadamente un doceavo de la longitud total, situadas muy abajo en los lados del cuerpo y en una especie de depresiones en las que se alojan para quedar casi en el mismo plano que el resto del cuerpo. La aleta dorsal es pequeña, situada por detrás de la mitad de la espalda y su forma varia desde falciforme a triangular. La aleta caudal es menor de un quinto de la longitud total, carece de escotadura en su borde posterior y es redondeada en la punta.
 Pueden alcanzar una longitud de hasta 5,2 m las hembras y 4,5 m los machos, pesando de 1 a 2 tm. Al nacer pueden medir unos 2,1 m y pesar 50 kg.
 Es azul marino o gris oscuro en el dorso y los costados, y ligeramente más claro en el vientre, siendo éste blanco en los animales jóvenes. La aleta caudal es gris oscura en ambos lados. Puede presentar cicatrices blancas en su dorso y parte alta de los costados.</t>
   </si>
   <si>
     <t>Dioplodon europaeus Gervais, 1855, Dioplodon gervaisi Deslongchamps, 1866, Mesoplodon gervaisi Ellerman &amp; Morrison-Scott, 1951</t>
   </si>
   <si>
     <t>Mesoplodon mirus True, 1913</t>
   </si>
   <si>
-    <t>prueba_Ballena De Pico De True (Castellano), Zifio de True (Castellano), True's Beaked Whale (Inglés), Mésoplodon  De True (Francés), Mésoplodon De True (Francés), Baleine à bec de True (Francés), True-Wal (Alemán), Mesoplodonte di True (Italiano), Baleia-bicuda-de-true (Portugués)</t>
+    <t>Ballena De Pico De True (Castellano), Zifio de True (Castellano), True's Beaked Whale (Inglés), Mésoplodon  De True (Francés), Mésoplodon De True (Francés), Baleine à bec de True (Francés), True-Wal (Alemán), Mesoplodonte di True (Italiano), Baleia-bicuda-de-true (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Francés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Este zifio o ballena picuda es pequeño, tiene el cuerpo es rechoncho y comprimido lateralmente sobre todo en la parte posterior, presentando un «aquillamiento» dorso-ventral que partiendo de la aleta dorsal llega hasta la aleta caudal. La cabeza es pequeña con una ligera depresión en el área del espiráculo y una pequeña protuberancia en la frente, tiene un hocico puntiagudo de tamaño medio y dos surcos en su garganta que se van separando hacia atrás. Posee 2 dientes triangulares y aplanados, inclinados hacia adelante, situados en el extremo anterior de su mandíbula inferior que es blanca, y como en la mayoría de los zífios. Estos dientes solamente son visibles en los machos. Las aletas pectorales son pequeñas y estrechas, insertadas en una pequeña depresión de su cuerpo. La aleta dorsal es pequeña y falciforme, situada un poco más atrás de la mitad del cuerpo. La aleta caudal es ancha, carece de escotadura central y tiene sus bordes posteriores cóncavos.
 Su talla máxima es de 5 m y puede llegar a pesar unos 1.400 kg. Los recién nacidos miden probablemente entre 2 y 2,5 m, y pesan unos 1 30 kg. Es un animal de color ceniciento o negro, aclarándose por sus costados y blancos en el vientre, en el cual pueden aparecer tonalidades amarillo-violáceas con manchas negras. Las aletas pectorales y la caudal son negras por ambas caras. Suele tener numerosos arañazos y cicatrices en los costados. Es un odontoceto poco conocido.</t>
   </si>
   <si>
     <t>Mesoplodon mirum True, 1913</t>
   </si>
   <si>
     <t>Pseudorca crassidens (Owen, 1846)</t>
   </si>
   <si>
-    <t>prueba_Orca Falsa (Castellano), Falsa orca (Castellano), False Killer Whale (Inglés), Faux-orque (Francés), Kleine Schwertwal (Alemán), Falsa-orca (Portugués), Pseudorca (Latín)</t>
+    <t>Orca Falsa (Castellano), Falsa orca (Castellano), False Killer Whale (Inglés), Faux-orque (Francés), Kleine Schwertwal (Alemán), Falsa-orca (Portugués), Pseudorca (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Alemán, Portugués, Latín</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>La falsa orca u orca bastarda, es un odontoceto de cuerpo largo y esbelto. La cabeza es estrecha con una frente redondeada, sin trazas de pico. La boca es ancha; con 7 a 12 pares de dientes en cada una de sus mandíbulas superior e inferior; cada uno de ellos puede tener un diámetro de 2,5 cm. Son de sección circular y cónicos. La aleta dorsal es falciforme, con el extremo redondeado o puntiagudo, y dirigido hacia atrás, está ubicada justo detrás de la mitad del cuerpo y es de tamaño moderado. Las aletas pectorales están situadas muy adelante, son largas con una curvatura característica, en forma de S, en el margen anterior que permite el diagnóstico de la especie. La aleta caudal con escotadura en la mitad del borde posterior. El tamaño de los machos puede llegar hasta 6 m y las hembras son algo más pequeñas. Su peso es de 1 a 2tm. Las crías nacen con 1,5 a 2 m y pesan unos 80 kg. Es de gris oscuro a negro, excepto un parche gris en forma de ancla que se encuentra entre las aletas pectorales y, a veces, algunas manchas grises en la cabeza.</t>
   </si>
   <si>
     <t>Phocaena crassidens Owen, 1846</t>
   </si>
   <si>
     <t>Scyllarides latus (Latreille, 1803)</t>
   </si>
   <si>
-    <t>prueba_Cigarra (Castellano), Mediterranean Slipper Lobster (Inglés), Grandecigale (Francés)</t>
+    <t>Cigarra (Castellano), Mediterranean Slipper Lobster (Inglés), Grandecigale (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial DD (Datos insuficientes),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>La especie está reemplazada en el Atlántico sudoriental por S. herklosii (Herklots, 1851), especie muy próxima de la que se diferencia por: presentar los tubérculos del caparazón más altos y conspicuos; carenas abdominales dorsales definidas consistentes en una fila de tubérculos puntiagudos o romos; diente anterolateral del cuarto segmento antenal en gancho y torcido fuera del plano del segmento; y mancha dorsal central del primer somito abdominal redonda, separada de las laterales (triangulares con los márgenes internos cóncavos) por un estrecho anillo más claro, amarillento (Holthuis 1952, 1991).</t>
   </si>
   <si>
     <t>Invertebrados</t>
   </si>
   <si>
     <t>Directiva 92/43/CEE (Directiva Hábitats)</t>
   </si>
   <si>
     <t>Anexo V</t>
   </si>
   <si>
     <t>Ziphius cavirostris G. Cuvier, 1823</t>
   </si>
   <si>
-    <t>prueba_Ballenato de Cuvier (Castellano), Zifio de Cuvier (Castellano), Ziphio de Cuvier (Castellano), Ballena de Cuvier (Castellano), Zifio común (Castellano), Goose-beaked Whale (Inglés), Cuvier's Beaked Whale (Inglés), Goosebeak Whale (Inglés), Baleine de Cuvier (Francés), Cuvier-Schnabelwal (Alemán), Zifio (Italiano), Baleia-bicuda-de-cuvier (Portugués), Ziphius (Latín)</t>
+    <t>Ballenato de Cuvier (Castellano), Zifio de Cuvier (Castellano), Ziphio de Cuvier (Castellano), Ballena de Cuvier (Castellano), Zifio común (Castellano), Goose-beaked Whale (Inglés), Cuvier's Beaked Whale (Inglés), Goosebeak Whale (Inglés), Baleine de Cuvier (Francés), Cuvier-Schnabelwal (Alemán), Zifio (Italiano), Baleia-bicuda-de-cuvier (Portugués), Ziphius (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Alemán, Italiano, Portugués, Latín</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Cetáceo de tamaño medio que puede alcanzar los 7 m de longitud y un peso de 2.952,5 kg. Presentan dos surcos en la cabeza en posición ventral que convergen anteriormente sin llegar a unirse. Presenta una aleta dorsal falcada muy retrasada ubicada aproximadamente en los 2/3 de la longitud total, en la región lumbar, sus aletas pectorales son pequeñas y encajan en pequeñas depresiones laterales. Posee una pequeña concavidad en la parte superior de la cabeza. Su aleta caudal es ancha y no presenta ninguna muesca de separación entre los dos lóbulos. La mandíbula inferior se extiende por delante de la superior y el perfil de la boca está curvado hacia arriba. Ambos sexos presentan dos dientes en el extremo apical, uno en cada hemimandíbula que asoman externamente en los machos, que miden hasta 60 mm de longitud. Machos de color gris oscuro, hembras de coloración gris o marrón, aclarándose hacia la posición ventral. Los juveniles suelen presentar una coloración muy oscura. Con la edad, la cabeza se vuelve más clara, casi blanca, especialmente en los machos.</t>
   </si>
   <si>
     <t>Hyperoodon capensis Gray, 1865</t>
   </si>
   <si>
     <t>Balaenoptera edeni Anderson, 1879</t>
   </si>
   <si>
-    <t>prueba_Rorcual tropical (Castellano), Ballena de Bryde (Castellano), Rorcual de Bryde (Castellano), Bryde's Whale (Inglés), Tropical Whale (Inglés), Eden's Whale (Inglés), Pygmy Bryde's Whale (Inglés), Rorqual d'Eden (Francés), Baleinoptère de Bryde (Francés), Rorqual de Bryde (Francés), Rorqual Tropical (Francés), Baleine du Bryde (Francés), Edenwal (Alemán)</t>
+    <t>Rorcual tropical (Castellano), Ballena de Bryde (Castellano), Rorcual de Bryde (Castellano), Bryde's Whale (Inglés), Tropical Whale (Inglés), Eden's Whale (Inglés), Pygmy Bryde's Whale (Inglés), Rorqual d'Eden (Francés), Baleinoptère de Bryde (Francés), Rorqual de Bryde (Francés), Rorqual Tropical (Francés), Baleine du Bryde (Francés), Edenwal (Alemán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Alemán</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>El rorcual tropical o rorcual de Bryde (Balaenoptera edeni), es un cetáceo de cuerpo esbelto y tamaño medio. Tiene el dorso de color gris oscuro y la parte ventral gris o blanca, a veces con matices rosados. Tiene tres crestas longitudinales en la parte superior del rostrum, que son un rasgo distintivo de la especie (aunque hay algunos animales que carecen de ellas o las tienen muy poco marcadas).
 Las barbas constan de 250 a 370 láminas de color gris pizarra que difieren en longitud y grosor entre las variantes costera, de alta mar y pigmea. La aleta dorsal es prominente, marcadamente falciforme y a menudo tiene el borde posterior visiblemente cóncavo. Estos rorcuales presentan entre 40 y 50 pliegues ventrales que se extienden desde la barbilla hasta el ombligo. La forma pigmea es mucho menor y algunos especímenes tienen la garganta blanca o de color crema. Los rorcuales de Bryde suelen arquear la espalda al sumergirse, pero no sacan la cola fuera del agua. Su soplo puede ser ramificado o en forma de columna.</t>
   </si>
   <si>
     <t>Balaenoptera brydei</t>
   </si>
   <si>
     <t>Lagenodelphis hosei Fraser, 1956</t>
   </si>
   <si>
-    <t>prueba_Delfín De Borneo (Castellano), Delfín de Fraser (Castellano), Fraser's Dolphin (Inglés), Sarawak Dolphin (Inglés), Dauphin De Fraser (Francés), Borneodelfin (Alemán), Lagenodelfino (Italiano), Golfinho-de-fraser (Portugués), Lagenodelphis (Latín)</t>
+    <t>Delfín De Borneo (Castellano), Delfín de Fraser (Castellano), Fraser's Dolphin (Inglés), Sarawak Dolphin (Inglés), Dauphin De Fraser (Francés), Borneodelfin (Alemán), Lagenodelfino (Italiano), Golfinho-de-fraser (Portugués), Lagenodelphis (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés, Alemán, Italiano, Portugués, Latín</t>
   </si>
   <si>
     <t>El delfín de Fraser tiene el cuerpo robusto, el pico corto y las aletas pectorales y caudales muy pequeñas. Ubicada a media espalda, la aleta dorsal es pequeña y triangular, a menudo ligeramente falciforme; aparentemente es más erguida en los machos que en las hembras y su altura es considerablemente variable.Estos delfines tienen de 36 a 44 pares de dientes en el maxilar superior y de 34 a 44 en el inferior.
 La pigmentación no es demasiado compleja, aunque suele ser bastante vistosa. La capa dorsal es gris azulada, los costados gris claro y el vientre y la garganta blanquecinos (con un matiz crema o rosado). El rasgo más llamativo es una banda ancha oscura que une la cara y el ano (no está presente en todos). En la cara, se aprecia una franja oscura a la altura de los ojos que recuerda la forma de un antifaz. También hay una banda oscura y llamativa que une la aleta pectoral con la mandíbula inferior, fundiéndose con la banda oscura del costado. El tono oscuro de las bandas y la intensidad del contraste son muy variables. Generalmente, en un banco del tamaño suficiente, por los menos algunos individuos presentarán el dibujo contrastado claramente distintivo del delfín de Fraser.</t>
   </si>
   <si>
     <t>Stenella frontalis (G. Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_Delfín Pintado (Castellano), Delfín pintado o delfín manchado del Atlántico (Castellano), Delfín Manchado Del Atlántico (Castellano), Bridled Dolphin (Inglés), Atlantic Spotted Dolphin (Inglés), Dauphin Tacheté De L'Atlantique (Francés), Zügeldelfin (Alemán), Stenella maculata atlantica (Italiano), Golfinho-pintado-do-atlântico (Portugués)</t>
+    <t>Delfín Pintado (Castellano), Delfín pintado o delfín manchado del Atlántico (Castellano), Delfín Manchado Del Atlántico (Castellano), Bridled Dolphin (Inglés), Atlantic Spotted Dolphin (Inglés), Dauphin Tacheté De L'Atlantique (Francés), Zügeldelfin (Alemán), Stenella maculata atlantica (Italiano), Golfinho-pintado-do-atlântico (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>El delfín manchado del Atlántico o Stenella frontalis, es robusto en comparación con su homólogo tropical. Su pico tiene una longitud y un grosor medios. La aleta dorsal, ubicada a media espalda, es bastante enhiesta y muy falciforme. Tiene de 32 a 42 pares de dientes en el maxilar superior y de 30 a 40 en el inferior. Tiene una pigmentación tricolor: una capa dorsal de color gris oscuro, una zona gris más clara en los costados que cruza la espalda por delante de la parte media del pedúnculo caudal y el vientre blanco. También presenta una capa de color gris púrpura a la altura de los hombros por debajo de la parte anterior de la aleta dorsal. Suele tener la punta del pico blanca. Los adultos presentan un moteado oscuro en el vientre y claro en espalda y costados. La intensidad del moteado de los adultos varía mucho entre individuos. Las crías nacen sin manchas; las manchas oscuras empiezan a aparecer en la superficie ventral aproximadamente a la edad del destete. El moteado se va acentuando con el paso del tiempo.</t>
   </si>
   <si>
     <t>Delphinus fraenatus F. Cuvier, 1836, Delphinus froenatus F.Cuvier, 1836, Delphinus frontalis G. Cuvier, 1829</t>
   </si>
   <si>
     <t>Steno bredanensis (G. Cuvier, in Lesson, 1828)</t>
   </si>
   <si>
-    <t>prueba_Delfín de hocico estrecho o de dientes rugosos (Castellano), Delfín De Pico Largo (Castellano), Rough-toothed Dolphin (Inglés), Dauphin à bec étroit (Francés), Sténo (Francés), Rauzahndelfin (Alemán), Golfinho-de-dentes-rugosos (Portugués), Steno (Latín)</t>
+    <t>Delfín de hocico estrecho o de dientes rugosos (Castellano), Delfín De Pico Largo (Castellano), Rough-toothed Dolphin (Inglés), Dauphin à bec étroit (Francés), Sténo (Francés), Rauzahndelfin (Alemán), Golfinho-de-dentes-rugosos (Portugués), Steno (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Francés, Alemán, Portugués, Latín</t>
   </si>
   <si>
     <t>El delfín de hocico estrecho es fácil de distinguir de otros delfines oceánicos de pico largo por la forma de la cabeza, que no presenta ningún pliegue entre el pico y la frente. En lugar de ello, la frente desciende suavemente desde el aventador hasta el pico, que es largo y estrecho. La aleta dorsal, alta y erecta, está ubicada a media espalda y suele ser medianamente falciforme. Las aletas pectorales son relativamente grandes. Estos delfines tienen de 19 a 26 pares de dientes en el maxilar superior y de 19 a 28 pares en el inferior.
 La pigmentación del delfín de hocico estrecho es compleja y apagada. Tiene una capa dorsal oscura, que se estrecha considerablemente entre el aventador y la aleta dorsal y después se vuelve a ensanchar hacia la parte posterior del cuerpo. Los costados, de color gris más claro, dan paso a un vientre y una garganta blancos. Los delfines de hocico estrecho suelen presentar muchas manchas o puntos negros en los costados, garganta y vientre, lo que les confiere un aspecto moteado. Además, suelen presentar cicatrices blancas o amarillentas, producidas bien por los ataques de otros delfines de su especie o bien por los mordiscos de calamares de gran tamaño o tiburones cookie-cutter.
 Los labios son blancos, pero la superficie superior del pico es oscura (exceptuando la punta, que suele ser blanca). Los ojos presentan un sombreado oscuro. Una línea oscura une cada ojo con la aleta pectoral homolateral, pero, al no contrastar apenas con el color del fondo, apenas se ve.</t>
   </si>
   <si>
     <t>Delphinus bredanensis G. Cuvier in Lesson, 1828, Delphinus frontatus Cuvier, 1823, Delphinus rostratus Desmarest, 1817</t>
   </si>
   <si>
     <t>Rissa tridactyla (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Gaviota tridáctila (Castellano), Gaviota tridáctila (Castellano), Antxeta hankabeltza (Euskera), Gavineta de tres dits (Catalán), Gaivota tridáctila (Gallego), Kittiwake (Inglés), Black-legged Kittiwake (Inglés), Mouette tridactyle (Francés)</t>
+    <t>Gaviota tridáctila (Castellano), Gaviota tridáctila (Castellano), Antxeta hankabeltza (Euskera), Gavineta de tres dits (Catalán), Gaivota tridáctila (Gallego), Kittiwake (Inglés), Black-legged Kittiwake (Inglés), Mouette tridactyle (Francés)</t>
   </si>
   <si>
     <t>Península CR (En peligro crítico),  España VU (Vulnerable),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Península, España, Mundial</t>
   </si>
   <si>
     <t>Se trata de una gaviota de tamaño más bien pequeño y de hábitos muy pelágicos, que solo se ve en las costas durante el periodo reproductor. Apenas existen diferencias entre sexos, aunque los machos resultan ligeramente mayores. En el plumaje nupcial dominan los tonos gris claro en el dorso y el blanco en la cabeza, el pecho y el vientre; el pico y las patas son amarillos y el iris, negro. El adulto en plumaje invernal muestra la nuca grisácea y una mancha oscura en forma de medialuna en la zona auricular. Los ejemplares inmaduros lucen un característico plumaje en el que destaca de manera muy evidente un dibujo en forma de zigzag, de color negro, que les recorre el dorso de extremo a extremo de las alas; también poseen una mancha negra en la región occipital y, a diferencia de los adultos, una cola ligeramente ahorquillada y rematada por una banda oscura. Por lo demás, los jóvenes presentan el pico negro y un plumaje bastante pálido, grisáceo en el dorso y blanco en el resto del cuerpo; después de la muda del primer verano adquieren una librea casi idéntica a la de los adultos.</t>
   </si>
   <si>
     <t>Ardenna gravis (O'Reilly, 1818)</t>
   </si>
   <si>
-    <t>prueba_Pardela capirotada (Castellano), Gabai handia (Euskera), Baldriga capnegra (Catalán), Pardela soubeira (Gallego), Greater Shearwater (Inglés), Great Shearwater (Inglés), Puffin majeur (Francés)</t>
+    <t>Pardela capirotada (Castellano), Gabai handia (Euskera), Baldriga capnegra (Catalán), Pardela soubeira (Gallego), Greater Shearwater (Inglés), Great Shearwater (Inglés), Puffin majeur (Francés)</t>
   </si>
   <si>
     <t>Península NE (No evaluado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Península, Mundial</t>
   </si>
   <si>
     <t>Pardela grande, casi del tamaño de la pardela cenicienta, con la que se podría confundir. Vista desde arriba exhibe tonos grisáceos, en los que destacan las plumas caudales negras y las supracobertoras caudales blancas. Además tiene un collar blanco, que separa un capirote oscuro del resto del dorso. Muy clara en sus partes inferiores, presenta manchas difusas de tonos ocres a los lados del cuello y en la zona ventral, que llegan hasta el final de la cola. También posee franjas de motas grises en las axilas. El pico, oscuro, es menos robusto que el de la pardela cenicienta. En vuelo muestra unas alas largas y estrechas, que bate de forma más rígida y rápida que la pardela cenicienta. No existen diferencias apreciables entre sexos ni edades.</t>
   </si>
   <si>
     <t>Puffinus gravis O'Reilly, 1818</t>
   </si>
   <si>
     <t>Ardenna grisea (Gmelin, JF, 1789)</t>
   </si>
   <si>
-    <t>prueba_Pardela sombría (Castellano), Gabai iluna (Euskera), Baldriga grisá (Catalán), Curricacho (Gallego), Sooty Shearwater (Inglés), Puffin fuligineux (Francés)</t>
+    <t>Pardela sombría (Castellano), Gabai iluna (Euskera), Baldriga grisá (Catalán), Curricacho (Gallego), Sooty Shearwater (Inglés), Puffin fuligineux (Francés)</t>
   </si>
   <si>
     <t>Península NE (No evaluado),  Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Pardela mediana, de alas alargadas y puntiagudas. Muestra una coloración general oscura, tanto por arribacomo por abajo, aunque presenta áreas de color gris plateado en las partes inferiores de las alas. Sus patas asoman tras la cola cuando está volando. Tiene un vuelo potente y directo, durante el cual suele arquear las puntas de las alas hacia atrás a partir de las muñecas. Cuando vuela con viento cambia a menudo de trayectoria, elevándose de repente. No existen diferencias apreciables entre sexos ni edades.</t>
   </si>
   <si>
     <t>Puffinus griseus Gmelin, 1789</t>
   </si>
   <si>
     <t>Chlidonias leucopterus (Temminck, 1815)</t>
   </si>
   <si>
-    <t>prueba_Fumarel aliblanco (Castellano), Itsas enara hegalzuria (Euskera), Fumarell alablanc (Catalán), Carrá gaiviña (Gallego), White-winged Black Tern (Inglés), White-winged Tern (Inglés), Guifette leucoptère (Francés)</t>
+    <t>Fumarel aliblanco (Castellano), Itsas enara hegalzuria (Euskera), Fumarell alablanc (Catalán), Carrá gaiviña (Gallego), White-winged Black Tern (Inglés), White-winged Tern (Inglés), Guifette leucoptère (Francés)</t>
   </si>
   <si>
     <t>Posee un aspecto general ligeramente diferente al del fumarel común, con pico más corto, patas más largas, alas más cortas y anchas y cola casi cuadrada. El adulto en plumaje de verano luce el dorso, la cabeza, las infracoberteras alares y el cuerpo negros (excepto las infracoberteras caudales y la parte final del vientre, en tonos grises), mientras que el obispillo y la cola son blancos. Las alas son también de color blanco, salvo las tres o cuatro primarias más externas, de color gris oscuro. El pico es negro y las patas, anaranjadas. En invierno es muy pálido y se asemeja más al adulto en plumaje de invierno de fumarel cariblanco que al de fumarel común, pero con el obispillo blanco, las primarias externas oscuras (como el adulto en verano), el capirote poco notable listado de blanco y una mancha oscura detrás del ojo. Al igual que le ocurre al fumarel común, durante la muda presenta la cabeza, el cuerpo y el dorso moteados o manchados de blanco. El joven es muy parecido al de fumarel común pero posee el dorso oscuro y el obispillo blanco, y carece de la mancha oscura de ambos lados del pecho.</t>
   </si>
   <si>
     <t>Hydrobates leucorhous (Vieillot, 1818)</t>
   </si>
   <si>
-    <t>prueba_Paíño de Leach (Castellano), Paíño boreal (Castellano), Ekaitz-txori handia (Euskera), Petrell cuaforcat (Catalán), Paíño gallado (Gallego), Leach's Storm Petrel (Inglés), Leach's Storm-Petrel (Inglés), Pétrel cul-blanc (Francés)</t>
+    <t>Paíño de Leach (Castellano), Paíño boreal (Castellano), Ekaitz-txori handia (Euskera), Petrell cuaforcat (Catalán), Paíño gallado (Gallego), Leach's Storm Petrel (Inglés), Leach's Storm-Petrel (Inglés), Pétrel cul-blanc (Francés)</t>
   </si>
   <si>
     <t>Península NE (No evaluado),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Se trata de uno de los paíños de mayor tamaño presentes en nuestras aguas, con cabeza y pico pequeños y alas más alargadas que en el paíño europeo. Es también de coloración general oscura y con el obispillo blanco, aunque esta mancha es más pequeña que en otros paíños y aparece dividida por una tenue línea oscura. A diferencia del paíño europeo, no presenta las franjas blancas en la parte inferior de las alas, pero sí, en cambio, una ancha banda de tonos pardos sobre el dorso de éstas. Las patas no asoman tras la cola cuando vuela, y, visto de cerca o cuando quiebra el vuelo, se observa que esta es ligeramente ahorquillada. Su vuelo es errático, con constantes cambios de dirección y velocidad, a veces con planeos como los de una pardela.</t>
   </si>
   <si>
     <t>Oceanodroma leucorhoa (Vieillot, 1818)</t>
   </si>
   <si>
     <t>Podiceps auritus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Zampullín cuellirrojo (Castellano), Zampullín cuellirrojo (Castellano), Slavonian Grebe (Inglés), Horned Grebe (Inglés)</t>
+    <t>Zampullín cuellirrojo (Castellano), Zampullín cuellirrojo (Castellano), Slavonian Grebe (Inglés), Horned Grebe (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>Península DD (Datos insuficientes),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Este zampullín de pico recto y oscuro presenta un plumaje muy contrastado y llamativo durante el periodo reproductor, con las partes inferiores de color rojizo, el dorso oscuro y la negra cabeza surcada por un vistoso antifaz amarillo. En plumaje invernal resulta bastante parecido al muy similar zampullín cuellinegro, pero se diferencia de él por el perfil de la cabeza, que es más triangular y con la frente achatada —la cabeza del cuellinegro es más redondeada—, así como por el pico más pálido y por presentar una delimitación mucho más nítida entre los colores blanco y negro de la cabeza (que en el cuellinegro aparece difuminada). Además, la parte posterior del cuerpo, o popa, remata de forma más progresiva y no resulta tan empinada como en el zampullín cuellinegro. No existen diferencias entre sexos, y los juveniles son similares a los adultos en invierno, aunque su cabeza es más redondeada.</t>
   </si>
   <si>
     <t>Chlidonias hybrida (Pallas, 1811)</t>
   </si>
   <si>
-    <t>prueba_Fumarel cariblanco (Castellano), Itsas enara musuzuria (Euskera), Fumarell carablanc (Catalán), Carrán cariblanco (Gallego), Whiskered Tern (Inglés)</t>
+    <t>Fumarel cariblanco (Castellano), Itsas enara musuzuria (Euskera), Fumarell carablanc (Catalán), Carrán cariblanco (Gallego), Whiskered Tern (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>Península DD (Datos insuficientes),  Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Península, Mundial, España</t>
   </si>
   <si>
     <t>De tamaño ligeramente mayor que los fumareles común y aliblanco, el cariblanco presenta la silueta y las características propias de este género, aunque su pico es más robusto y su vuelo, menos ágil. El adulto en plumaje estival tiene el cuerpo —excepto las infracoberteras caudales— y las partes superiores, incluyendo obispillo y cola, de tonalidad gris ceniza. El pico y las patas son de color rojo oscuro, y el capirote, negro, se extiende hasta el dorso. La cara, blanca, resulta muy conspicua. En invierno muestra un aspecto general gris pálido, con las partes inferiores y la frente blancas y el resto del capirote listado de blanco. Los plumajes durante la muda no son tan llamativos como en los otros fumareles. El juvenil es similar al del fumarel común, pero con el obispillo blanco, las alas claras y el dorso escamado de oscuro con un tinte canela. Al igual que el joven de fumarel aliblanco, carece de la mancha oscura de ambos lados del pecho.</t>
   </si>
   <si>
     <t>Chlidonias hybridus (Pallas, 1811)</t>
   </si>
   <si>
     <t>Chroicocephalus genei (Brème, 1839)</t>
   </si>
   <si>
-    <t>prueba_Gaviota picofina (Castellano), Kaio mokozorrotza (Euskera), Gavina capblanca (Catalán), Gaivota biquistreita (Gallego), Slender-billed Gull (Inglés), Goéland railleur (Francés)</t>
+    <t>Gaviota picofina (Castellano), Kaio mokozorrotza (Euskera), Gavina capblanca (Catalán), Gaivota biquistreita (Gallego), Slender-billed Gull (Inglés), Goéland railleur (Francés)</t>
   </si>
   <si>
     <t>Península NT (Casi amenazado),  Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Se trata de una gaviota de mediano tamaño que, a pesar de estar encuadrada en el grupo de las gaviotas encapuchadas (como, por ejemplo, su pariente la reidora), carece del característico capirote oscuro. De aspecto parecido a la gaviota reidora —aunque ligeramente mayor y más estilizada—, la picofina es un lárido de largas alas y formas refinadas, que no presenta diferencias sexuales evidentes en lo que al tamaño y al plumaje se refiere. Los ejemplares adultos durante la estación reproductora exhiben una librea de color gris claro en el dorso y blanco —con sutiles matices rosados— en las regiones ventrales; el pico — largo y más apuntado que el de otras gaviotas— es de un intenso color rojizo oscuro que, a cierta distancia, da la impresión de ser negro. El iris es amarillo y aparece rodeado de un fino anillo ocular rojo. Los ejemplares juveniles, por su parte, lucen un plumaje algo diferente, con las regiones ventrales blancas (pero sin matices rosáceos), el dorso gris y una amplia banda alar más oscura, compuesta por las coberteras alares marrones y las rémiges terciarias negras; poseen el pico anaranjado y presentan una mancha auricular de color marrón. El plumaje de adulto se adquiere tras la muda del segundo verano.</t>
   </si>
   <si>
     <t>Larus genei Brème, 1839</t>
   </si>
   <si>
     <t>Gavia immer (Brünnich, 1764)</t>
   </si>
   <si>
-    <t>prueba_Colimbo grande (Castellano), Aliota handia (Euskera), Calábria grossa (Catalán), Mobella (Gallego), Great Northern Loon (Inglés), Great Northern Diver (Inglés), Common Loon (Inglés)</t>
+    <t>Colimbo grande (Castellano), Aliota handia (Euskera), Calábria grossa (Catalán), Mobella (Gallego), Great Northern Loon (Inglés), Great Northern Diver (Inglés), Common Loon (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Esta especie acuática, de aspecto robusto, recuerda a un cormorán de lejos. Tiene el cuello grueso, la cabeza robusta, y el pico apuntado, grueso y horizontal. Llama la atención su frente empinada. En invierno luce coloración general gris oscura, con partes inferiores blancas; en la base del cuello destaca un collar negro, que no se cierra por delante; y el pico es blanquecino, con la punta oscura. Para el periodo reproductor, el plumaje de los adultos se vuelve mucho más llamativo, adquiriendo una coloración negra brillante en la cabeza y en el cuello, y un diseño general ajedreza do en las partes superiores; también presenta estrechas franjas de líneas verticales blancas en los laterales del cuello y en la garganta. En vuelo muestra un cuello largo, que, junto con la cabeza, sobresale del cuerpo más que las patas y la cola. Además lleva la cabeza ligeramente baja respecto al cuerpo. En el agua mantiene la línea de flotación baja, y por eso deja ver una pequeña porción de las partes inferiores blancas, lo que llama la atención. La línea de flotación baja permite distinguir a este y otros colimbos de los cormoranes, que la llevan más alta. No existen diferencias apreciables entre sexos. El plumaje de los jóvenes resulta similar al de los adultos en invierno, aunque en la zona superior se aprecian en las plumas bordes claros, que generan un patrón escamado.</t>
   </si>
   <si>
     <t>Gelochelidon nilotica (Gmelin, 1789)</t>
   </si>
   <si>
-    <t>prueba_Pagaza piconegra (Castellano), Txenada mokobeltza (Euskera), Curroc (Catalán), Carrán mascateiro (Gallego), Carrán bicocurto (Gallego), Common Gull-billed Tern (Inglés), Gull-billed Tern (Inglés)</t>
+    <t>Pagaza piconegra (Castellano), Txenada mokobeltza (Euskera), Curroc (Catalán), Carrán mascateiro (Gallego), Carrán bicocurto (Gallego), Common Gull-billed Tern (Inglés), Gull-billed Tern (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>Este charrán de tamaño entre mediano y grande, de aspecto general pálido, a primera vista es muy similar al charrán patinegro, del que se distingue por tener el pico corto —de longitud igual a la mitad de la cabeza—, grueso y completamente negro. Las alas son largas y más anchas en la base, así como más redondeadas y menos nguladas. La cola, corta y ligeramente ahorquillada, es de color gris claro, al igual que el obispillo. Cuando está posado presenta, en todas las edades, la cabeza muy redondeada, con el pico corto y las patas bastante largas. En vuelo es elegante y de trayectoria más lineal que otros charranes, con batidos poco profundos, lentos y regulares. Su presencia en el interior, donde el charrán patinegro no se observa nunca, también lo distingue de este. Asimismo, desarrolla una conducta diferente para obtener el alimento, ya que no realiza picados o zambullidas, sino que caza insectos al vuelo o se abate para capturar presas en la superficie del agua o de la vegetación. En época de cría, los adultos lucen un capirote negro brillante, sin cresta, que se extiende bastante por la nuca hacia el dorso y que, durante el invierno, se reduce a una pequeña máscara oscura detrás del ojo que no sigue por la nuca. Los jóvenes presentan un aspecto más pálido, con un tono canela en cabeza, dorso y alas, sin apenas marcas distintivas.</t>
   </si>
   <si>
     <t>Sterna nilotica Gmelin,1789</t>
   </si>
   <si>
     <t>Hydrobates pelagicus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Paíño europeo (Castellano), Paiño comun (Castellano), Ekaitz-txori txikia (Euskera), Ocell de tempesta (Catalán), Paíño do mal tempo (Gallego), European Storm Petrel (Inglés), British Storm Petrel (Inglés), European Storm-Petrel (Inglés), Pétrel tempête (Francés)</t>
+    <t>Paíño europeo (Castellano), Paiño comun (Castellano), Ekaitz-txori txikia (Euskera), Ocell de tempesta (Catalán), Paíño do mal tempo (Gallego), European Storm Petrel (Inglés), British Storm Petrel (Inglés), European Storm-Petrel (Inglés), Pétrel tempête (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Se trata de una pequeña ave marina, del tamaño de un gorrión común, que presenta un aspecto delicado, con cabeza y pico pequeños, alas apuntadas y coloración general oscura. Sobre esta tonalidad destacan las partes blancas del ave, que se muestran en el obispillo —algo extendidas hacia los laterales— y en una ancha franja bajo las alas. Las patas no asoman tras la cola, de perfil recto. Su vuelo es rápido y errático, con aleteos débiles y cortos planeos, como de murciélago. Vuela a ras del agua, siguiendo el oleaje, y toca a menudo con las patas la superficie del mar. No existen diferencias apreciables entre sexos. Los juveniles con el plumaje nuevo, vistos desde arriba, presentan una estrecha banda clara en el contorno de las plumas coberteras mayores.</t>
   </si>
   <si>
     <t>Patella ferruginea Gmelin, 1791</t>
   </si>
   <si>
-    <t>prueba_Lapa ferruginea (Castellano), Lapa ferrugínea (Castellano), Lapa ferruginosa (Castellano), Lapa herrumbrosa (Castellano), Ribbed Mediterranean Limpet (Inglés), Arapède géante (Francés), Rótula ferrosa (Italiano)</t>
+    <t>Lapa ferruginea (Castellano), Lapa ferrugínea (Castellano), Lapa ferruginosa (Castellano), Lapa herrumbrosa (Castellano), Ribbed Mediterranean Limpet (Inglés), Arapède géante (Francés), Rótula ferrosa (Italiano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Francés, Italiano</t>
   </si>
   <si>
     <t>Región Marina Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Es una lapa llamativa por su gran tamaño y por sus gruesas costillas radiales. Puede superar los 10 cm de longitud, aunque lo normal es que mida hasta 7-8 cm. Se distingue claramente de las otras lapas mediterráneas por su concha grande, muy sólida y con gruesas y elevadas costillas radiales (entre 30 y 50), las cuales son a menudo nodulosas y algo irregulares. La concha suele estar erosionada y cubierta por otros organismos, como algas y bellotas de mar (crustáceos cirrípedos). La forma de la concha es algo variable. Los ejemplares que se sitúan en los niveles altos y en zonas poco batidas por el mar suelen tener una concha de perfil más elevado (más cónica). La concha de los juveniles de menos de 20 mm es muy característica: es muy aplanada y tiene un reducido número de costillas gruesas que se prolongan por el borde, confiriéndole un contorno estrellado. El color externo en los ejemplares limpios varía de ferruginoso a crema (en los jóvenes se aprecian anillos concéntricos irregulares más oscuros), y blanco marmóreo en su cara interna, con la zona central (impresión muscular) oscura y el borde interno pardo oscuro. Es la segunda lapa más grande del Mediterráneo, por detrás de la especie africana Patella nigra, solapándose la distribución de ambas en el mar de Alborán.</t>
   </si>
   <si>
     <t>Patella costosoplicata Mörch, 1853, Patella cypria Gmelin, 1791, Patella ferruginea f. ficarazzensis de Gregorio, 1884, Patella ferruginea f. percostata de Gregorio, 1884, Patella ferruginea var. imperatoria de Gregorio, 1884, Patella ferruginea var. sitta de Gregorio, 1884, Patella lamarckii Payraudeau, 1826, Patella lampedusensis de Gregorio, 1884, Patella luteola Lamarck, 1819, Patella medusa Röding, 1798, Patella pyramidata Lamarck, 1819, Patella rouxii Payraudeau, 1826, Patella stella Risso, 1826, Patella turtonia Risso, 1826, Patella vespertina Risso, 1826</t>
   </si>
   <si>
     <t>Lithophaga lithophaga (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Dátil de mar (Castellano)</t>
+    <t>Dátil de mar (Castellano)</t>
   </si>
   <si>
     <t>Castellano</t>
   </si>
   <si>
     <t>Región Marina Mediterránea FV (Favorable),  Región Marina Atlántica U1 (Desfavorable-inadecuado),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Región Marina Mediterránea, Región Marina Atlántica, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>La única especie que pudiera confundirse con el dátil de mar en nuestras costas es Myoforces aristatus (Dillwyn, 1917) (= Lithophaga aristata), que es una especie cosmopolita muy parecida y también perforadora. Aunque es muy parecida en forma y color al dátil de mar, se diferencia por su menor tamaño (siempre inferior a 50 mm) y por presentar ambas valvas un apéndice posterior.</t>
   </si>
   <si>
     <t>Balaenoptera acutorostrata acutorostrata Lacépède, 1804</t>
   </si>
   <si>
-    <t>prueba_Rorcual aliblanco (Castellano), Zere txikia (Euskera), Rorqual d’aleta blanca (Catalán), Rorcual alibranco (Gallego)</t>
+    <t>Rorcual aliblanco (Castellano), Zere txikia (Euskera), Rorqual d’aleta blanca (Catalán), Rorcual alibranco (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego</t>
   </si>
   <si>
     <t>España VU (Vulnerable)</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Balaenoptera borealis borealis Lesson, 1828</t>
   </si>
   <si>
-    <t>prueba_Rorcual norteño (Castellano), Ipar-zerea (Euskera), Rorqual del nord (Catalán), Rorcual de pintas (Gallego)</t>
+    <t>Rorcual norteño (Castellano), Ipar-zerea (Euskera), Rorqual del nord (Catalán), Rorcual de pintas (Gallego)</t>
   </si>
   <si>
     <t>Balaenoptera musculus musculus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Rorcual azul (Castellano), Zere (bale) urdina (Euskera), Rorqual blau (Catalán)</t>
+    <t>Rorcual azul (Castellano), Zere (bale) urdina (Euskera), Rorqual blau (Catalán)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán</t>
   </si>
   <si>
     <t>España EN (En peligro)</t>
   </si>
   <si>
     <t>Balaenoptera physalus physalus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Rorcual común (Castellano), Zere arrunta (Euskera), Rorqual comú (Catalán)</t>
+    <t>Rorcual común (Castellano), Zere arrunta (Euskera), Rorqual comú (Catalán)</t>
   </si>
   <si>
     <t>Calonectris diomedea diomedea Scopoli, 1769</t>
   </si>
   <si>
     <t>Globicephala melas melas (Trail, 1809)</t>
   </si>
   <si>
-    <t>prueba_Calderón común (Castellano), Izurde pilotua (Euskera), Cap d’olla comú (Catalán)</t>
+    <t>Calderón común (Castellano), Izurde pilotua (Euskera), Cap d’olla comú (Catalán)</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes)</t>
   </si>
   <si>
     <t>Hydrobates castro (Harcourt, 1851)</t>
   </si>
   <si>
-    <t>prueba_Paíño de Madeira (Castellano), Petrell de Madeira (Catalán), Paíño madeirense (Gallego), Band-rumped Storm Petrel (Inglés), Band-rumped Storm-Petrel (Inglés), Pétrel de Castro (Francés)</t>
+    <t>Paíño de Madeira (Castellano), Petrell de Madeira (Catalán), Paíño madeirense (Gallego), Band-rumped Storm Petrel (Inglés), Band-rumped Storm-Petrel (Inglés), Pétrel de Castro (Francés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Oceanodroma castro (Harcourt, 1851)</t>
   </si>
   <si>
     <t>Eubalaena glacialis (Müller, 1776)</t>
   </si>
   <si>
-    <t>prueba_Ballena vasca (Castellano), Ballena (Castellano), Ballena vasca o Ballena franca (Castellano), Ballena Franca Del Norte (Castellano), Ballenga (Castellano), Ballena de los Vascos (Castellano), North Pacific Right Whale (Inglés), Northern Right Whale (Inglés), Right Whale (Inglés), Black Right Whale (Inglés), North Atlantic Right Whale (Inglés), Baleine franche noire (Francés), Baleine De Biscaye (Francés), Baleine Des Basques (Francés)</t>
+    <t>Ballena vasca (Castellano), Ballena (Castellano), Ballena vasca o Ballena franca (Castellano), Ballena Franca Del Norte (Castellano), Ballenga (Castellano), Ballena de los Vascos (Castellano), North Pacific Right Whale (Inglés), Northern Right Whale (Inglés), Right Whale (Inglés), Black Right Whale (Inglés), North Atlantic Right Whale (Inglés), Baleine franche noire (Francés), Baleine De Biscaye (Francés), Baleine Des Basques (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>España EX (Extinto),  Mundial CR (En peligro crítico),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Megaptera novaeangliae (Borowski, 1781)</t>
   </si>
   <si>
-    <t>prueba_Yubarta (Castellano), Ballena Jorobada (Castellano), Rorcual Jorobado (Castellano), Jorobada (Castellano), Gubarte (Castellano), Xbarta (balea) (Euskera), Iubarta (Catalán), Rorcual xibarte (Gallego), Bunch (Inglés), Humpback Whale (Inglés), Hump Whale (Inglés), Hunchbacked Whale (Inglés), Mégaptère (Francés), Baleine à taquet (Francés), Baleine à bosse (Francés), Jubarte (Francés), Rorqual à bosse (Francés), Rorqual du Cap (Francés)</t>
+    <t>Yubarta (Castellano), Ballena Jorobada (Castellano), Rorcual Jorobado (Castellano), Jorobada (Castellano), Gubarte (Castellano), Xbarta (balea) (Euskera), Iubarta (Catalán), Rorcual xibarte (Gallego), Bunch (Inglés), Humpback Whale (Inglés), Hump Whale (Inglés), Hunchbacked Whale (Inglés), Mégaptère (Francés), Baleine à taquet (Francés), Baleine à bosse (Francés), Jubarte (Francés), Rorqual à bosse (Francés), Rorqual du Cap (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial LC (Preocupación menor),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Aetomylaeus bovinus (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Pez obispo (Castellano), Raya toro (Castellano), Bullray (Inglés), Duckbill (Inglés)</t>
+    <t>Pez obispo (Castellano), Raya toro (Castellano), Bullray (Inglés), Duckbill (Inglés)</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Peces</t>
   </si>
   <si>
     <t>Pteromylaeus bovinus (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
     <t>Alopias superciliosus Lowe, 1841</t>
   </si>
   <si>
-    <t>prueba_Zorro Ojón (Castellano), Bigeye Thresher Shark (Inglés), False Thresher (Inglés), Renard à Gros Yeux (Francés)</t>
+    <t>Zorro Ojón (Castellano), Bigeye Thresher Shark (Inglés), False Thresher (Inglés), Renard à Gros Yeux (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Alopias vulpinus (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Zorro (Castellano), Common Thresher Shark (Inglés), Renard (Francés)</t>
+    <t>Zorro (Castellano), Common Thresher Shark (Inglés), Renard (Francés)</t>
   </si>
   <si>
     <t>Carcharias taurus Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Tiburón toro bacota (Castellano), Toro Bacota (Castellano), Tiburón toro (Castellano), Sand Tiger Shark (Inglés), Spotted Ragged-tooth Shark (Inglés), Grey Nurse Shark (Inglés), Requin Taureau (Francés)</t>
+    <t>Tiburón toro bacota (Castellano), Toro Bacota (Castellano), Tiburón toro (Castellano), Sand Tiger Shark (Inglés), Spotted Ragged-tooth Shark (Inglés), Grey Nurse Shark (Inglés), Requin Taureau (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Carcharodon carcharias (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tiburón blanco (Castellano), Great White Shark (Inglés)</t>
+    <t>Tiburón blanco (Castellano), Great White Shark (Inglés)</t>
   </si>
   <si>
     <t>Cetorhinus maximus (Gunnerus, 1765)</t>
   </si>
   <si>
-    <t>prueba_Tiburón peregrino (Castellano), Peregrino (Castellano), Basking Shark (Inglés), Pelerin (Francés), Requin pèlerin (Francés)</t>
+    <t>Tiburón peregrino (Castellano), Peregrino (Castellano), Basking Shark (Inglés), Pelerin (Francés), Requin pèlerin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Mundial EN (En peligro)</t>
   </si>
   <si>
     <t>Chilomycterus reticulatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tamboril espinoso (Castellano), Guanábana (Castellano), Pez Erizo Enano (Castellano), Peje clavo (Castellano), Pez erizo del Pacífico (Castellano), Puercoespín del Pacífico (Castellano), Tamborillo (Castellano), Spotted Burrfish (Inglés), Spottedfin Burrfish (Inglés), Porcupinefish (Inglés), Porcupine Fish (Inglés), Few-spined Porcupinefish (Inglés), Spotfin Porcupinefish (Inglés), Lanternfish (Inglés), Spotfin Burrfish (Inglés), Diodon (Francés), Poisson-hérisson ponctué (Francés)</t>
+    <t>Tamboril espinoso (Castellano), Guanábana (Castellano), Pez Erizo Enano (Castellano), Peje clavo (Castellano), Pez erizo del Pacífico (Castellano), Puercoespín del Pacífico (Castellano), Tamborillo (Castellano), Spotted Burrfish (Inglés), Spottedfin Burrfish (Inglés), Porcupinefish (Inglés), Porcupine Fish (Inglés), Few-spined Porcupinefish (Inglés), Spotfin Porcupinefish (Inglés), Lanternfish (Inglés), Spotfin Burrfish (Inglés), Diodon (Francés), Poisson-hérisson ponctué (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Chilomycterus atringa</t>
   </si>
   <si>
     <t>Cladocora caespitosa (Linnaeus, 1767)</t>
   </si>
   <si>
-    <t>prueba_Madrépora Mediterránea (Castellano), Mediterranean Pillow Coral (Inglés), Thin Tube Coral (Inglés), Bushy Coral (Inglés)</t>
+    <t>Madrépora Mediterránea (Castellano), Mediterranean Pillow Coral (Inglés), Thin Tube Coral (Inglés), Bushy Coral (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Dasyatis pastinaca (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Chucho (Castellano), Raya látigo común (Castellano), Common Stingray (Inglés)</t>
+    <t>Chucho (Castellano), Raya látigo común (Castellano), Common Stingray (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Dipturus batis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Raya Noruega (Castellano), Noriega (Castellano), Blue Skate (Inglés), Common Skate (Inglés), Flapper Skate (Inglés), Grey Skate (Inglés), Flotte (Francés), Pocheteau Gris (Francés), Pochette (Francés)</t>
+    <t>Raya Noruega (Castellano), Noriega (Castellano), Blue Skate (Inglés), Common Skate (Inglés), Flapper Skate (Inglés), Grey Skate (Inglés), Flotte (Francés), Pocheteau Gris (Francés), Pochette (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Raja batis Linnaeus, 1758</t>
   </si>
   <si>
     <t>Galeorhinus galeus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cazón (Castellano), Bosti (Castellano), Bostrich (Castellano), Cacao (Castellano), Ca Marí (Castellano), Cassó (Castellano), Gat (Castellano), Musola (Castellano), Musola Carallo (Castellano), Pez Calzón (Castellano), Pez Peine (Castellano), Tiburón Trompa De Cristal (Castellano), Tiburón Vitamínico (Castellano), Oil Shark (Inglés), Rig (Inglés), School Shark (Inglés), Snapper Shark (Inglés), Soupfin (Inglés), Soupie (Inglés), Southern Tope (Inglés), Sweet William (Inglés), Tiburon (Inglés), Liver-oil Shark (Inglés), Toper (Inglés), Tope Shark (Inglés), Vitamin Shark (Inglés), Whithound (Inglés), Miller's Dog (Inglés), Tope (Inglés), Penny Dog (Inglés), Cagnot (Francés), Canicule (Francés), Haut (Francés), Milandré (Francés), Palloun (Francés), Requin-hâ (Francés), Tchi (Francés), Touille (Francés), Chien De Mer (Francés)</t>
+    <t>Cazón (Castellano), Bosti (Castellano), Bostrich (Castellano), Cacao (Castellano), Ca Marí (Castellano), Cassó (Castellano), Gat (Castellano), Musola (Castellano), Musola Carallo (Castellano), Pez Calzón (Castellano), Pez Peine (Castellano), Tiburón Trompa De Cristal (Castellano), Tiburón Vitamínico (Castellano), Oil Shark (Inglés), Rig (Inglés), School Shark (Inglés), Snapper Shark (Inglés), Soupfin (Inglés), Soupie (Inglés), Southern Tope (Inglés), Sweet William (Inglés), Tiburon (Inglés), Liver-oil Shark (Inglés), Toper (Inglés), Tope Shark (Inglés), Vitamin Shark (Inglés), Whithound (Inglés), Miller's Dog (Inglés), Tope (Inglés), Penny Dog (Inglés), Cagnot (Francés), Canicule (Francés), Haut (Francés), Milandré (Francés), Palloun (Francés), Requin-hâ (Francés), Tchi (Francés), Touille (Francés), Chien De Mer (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Glaucostegus cemiculus (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Guitarra barbanegra (Castellano), Guitarra común (Castellano), Guitarró (Castellano), Blackchin Guitarfish (Inglés), Guitarre De Mer Fouisseuse (Francés)</t>
+    <t>Guitarra barbanegra (Castellano), Guitarra común (Castellano), Guitarró (Castellano), Blackchin Guitarfish (Inglés), Guitarre De Mer Fouisseuse (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Rhinobatos cemiculus Geoffroy Saint-Hilaire, 1817</t>
   </si>
   <si>
     <t>Gymnura altavela (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Raya mariposa (Castellano), Mantellina (Castellano), Spiny Butterfly Ray (Inglés)</t>
+    <t>Raya mariposa (Castellano), Mantellina (Castellano), Spiny Butterfly Ray (Inglés)</t>
   </si>
   <si>
     <t>Hippocampus guttulatus Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Caballito de mar (Castellano), Long-snouted Seahorse (Inglés), Seahorse (Inglés), Cheval Marin (Francés), Hippocampe Moucheté (Francés), Cheval de mer (hippocampe) à long bec (Francés)</t>
+    <t>Caballito de mar (Castellano), Long-snouted Seahorse (Inglés), Seahorse (Inglés), Cheval Marin (Francés), Hippocampe Moucheté (Francés), Cheval de mer (hippocampe) à long bec (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Mundial DD (Datos insuficientes)</t>
   </si>
   <si>
     <t>Hippocampus ramulosus Leach, 1814</t>
   </si>
   <si>
     <t>Hippocampus hippocampus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cabalo de Mar (Castellano), Caballito de mar (Castellano), Caballo Marino (Castellano), Short Snouted Seahorse (Inglés), Sea Horse (Inglés), Short-snouted Seahorse (Inglés), Cheval de mer (hippocampe) à museau court (Francés), Hippocampe (Francés), Cheval de Mer (Francés), Hippocampe à Museau Court (Francés)</t>
+    <t>Cabalo de Mar (Castellano), Caballito de mar (Castellano), Caballo Marino (Castellano), Short Snouted Seahorse (Inglés), Sea Horse (Inglés), Short-snouted Seahorse (Inglés), Cheval de mer (hippocampe) à museau court (Francés), Hippocampe (Francés), Cheval de Mer (Francés), Hippocampe à Museau Court (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Isurus oxyrinchus Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Marrajo común (Castellano), Shortfin Mako (Inglés)</t>
+    <t>Marrajo común (Castellano), Shortfin Mako (Inglés)</t>
   </si>
   <si>
     <t>Lamna nasus (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Tiburón Sardinero (Castellano), Marrajo Sardinero (Castellano), Cailón (Castellano), Porbeagle (Inglés), Requin-taupe Commun (Francés), Requin taupe (Francés), Tintorera (Valenciano)</t>
+    <t>Tiburón Sardinero (Castellano), Marrajo Sardinero (Castellano), Cailón (Castellano), Porbeagle (Inglés), Requin-taupe Commun (Francés), Requin taupe (Francés), Tintorera (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Francés, Francés, Valenciano</t>
   </si>
   <si>
     <t>Leucoraja circularis (Couch, 1838)</t>
   </si>
   <si>
-    <t>prueba_Raya falsa vela (Castellano), Sandy Skate (Inglés)</t>
+    <t>Raya falsa vela (Castellano), Sandy Skate (Inglés)</t>
   </si>
   <si>
     <t>Raja circularis Couch, 1838</t>
   </si>
   <si>
     <t>Leucoraja melitensis (Clark, 1926)</t>
   </si>
   <si>
-    <t>prueba_Raya de Malta (Castellano), Maltese Skate (Inglés), Maltese Ray (Inglés), Raie De Malte (Francés)</t>
+    <t>Raya de Malta (Castellano), Maltese Skate (Inglés), Maltese Ray (Inglés), Raie De Malte (Francés)</t>
   </si>
   <si>
     <t>Mobula mobular (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Manta (Castellano), Giant Devil Ray (Inglés), Mante (Francés)</t>
+    <t>Manta (Castellano), Giant Devil Ray (Inglés), Mante (Francés)</t>
   </si>
   <si>
     <t>Odontaspis ferox (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Solrayo (Castellano), Small-tooth Sand Tiger Shark (Inglés), Herbst's Nurse Shark (Inglés), Sand Shark (Inglés), Ragged-tooth Shark (Inglés), Requin Feroce (Francés)</t>
+    <t>Solrayo (Castellano), Small-tooth Sand Tiger Shark (Inglés), Herbst's Nurse Shark (Inglés), Sand Shark (Inglés), Ragged-tooth Shark (Inglés), Requin Feroce (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Oxynotus centrina (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cerdo marino (Castellano), Angular Rough Shark (Inglés), Centrine Commune (Francés)</t>
+    <t>Cerdo marino (Castellano), Angular Rough Shark (Inglés), Centrine Commune (Francés)</t>
   </si>
   <si>
     <t>Panulirus echinatus Smith, 1869</t>
   </si>
   <si>
-    <t>prueba_Langosta herreña (Castellano), Langosta Marrón (Castellano), Brown Spiny Lobster (Inglés), Langouste Brune (Francés)</t>
+    <t>Langosta herreña (Castellano), Langosta Marrón (Castellano), Brown Spiny Lobster (Inglés), Langouste Brune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Palinurus echinatus Smith, 1869</t>
   </si>
   <si>
     <t>Pristis pectinata Latham, 1794</t>
   </si>
   <si>
-    <t>prueba_Sayyafah (Castellano), Pejepeine (Castellano), Pez sierra (Castellano), Sayyaf (Castellano), Smalltooth Sawfish (Inglés), Wide Sawfish (Inglés), Poisson-scie (Francés)</t>
+    <t>Sayyafah (Castellano), Pejepeine (Castellano), Pez sierra (Castellano), Sayyaf (Castellano), Smalltooth Sawfish (Inglés), Wide Sawfish (Inglés), Poisson-scie (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Pristis pristis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pez sierra (Castellano), Pejesierra (Castellano), Largetooth Sawfish (Inglés)</t>
+    <t>Pez sierra (Castellano), Pejesierra (Castellano), Largetooth Sawfish (Inglés)</t>
   </si>
   <si>
     <t>Rhinobatos rhinobatos (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Guitarra barbanegra (Castellano), Guitarra (Castellano), Guitarró (Castellano), Guitarra Comùn (Castellano), Violinfish (Inglés), Common Guitarfish (Inglés), Guitare De Mer Commune (Francés), Guitarra (Latín)</t>
+    <t>Guitarra barbanegra (Castellano), Guitarra (Castellano), Guitarró (Castellano), Guitarra Comùn (Castellano), Violinfish (Inglés), Common Guitarfish (Inglés), Guitare De Mer Commune (Francés), Guitarra (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Latín</t>
   </si>
   <si>
     <t>Rhinoptera marginata (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Gavilán lusitánico (Castellano), Pez arzobispo (Castellano), Lusitanian Cownose Ray (Inglés)</t>
+    <t>Gavilán lusitánico (Castellano), Pez arzobispo (Castellano), Lusitanian Cownose Ray (Inglés)</t>
   </si>
   <si>
     <t>Rostroraja alba (Lacepède, 1803)</t>
   </si>
   <si>
-    <t>prueba_Raya Bramante (Castellano), Raya blanca (Castellano), Spearnose Skate (Inglés), White Skate (Inglés), Bottlenose Skate (Inglés), Raie Blanche (Francés), Raie à bec pointu (Francés)</t>
+    <t>Raya Bramante (Castellano), Raya blanca (Castellano), Spearnose Skate (Inglés), White Skate (Inglés), Bottlenose Skate (Inglés), Raie Blanche (Francés), Raie à bec pointu (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Sphyrna lewini (Griffith &amp; Smith, 1834)</t>
   </si>
   <si>
-    <t>prueba_Scalloped Hammerhead (Inglés)</t>
+    <t>Scalloped Hammerhead (Inglés)</t>
   </si>
   <si>
     <t>Inglés</t>
   </si>
   <si>
     <t>Sphyrna mokarran (Rüppell, 1837)</t>
   </si>
   <si>
-    <t>prueba_Cornuda (Castellano), Guardia Civil (Castellano), El Tiburon (Castellano), Pez Martillo (Castellano), Tiburon (Inglés), Great Hammerhead (Inglés), Squat-headed Hammerhead Shark (Inglés), Hammerhead Shark (Inglés), Grand Requin-marteau (Francés), Poisson Pantouflier (Francés), Sorosena (Francés), Marieau Millet (Francés)</t>
+    <t>Cornuda (Castellano), Guardia Civil (Castellano), El Tiburon (Castellano), Pez Martillo (Castellano), Tiburon (Inglés), Great Hammerhead (Inglés), Squat-headed Hammerhead Shark (Inglés), Hammerhead Shark (Inglés), Grand Requin-marteau (Francés), Poisson Pantouflier (Francés), Sorosena (Francés), Marieau Millet (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Sphyrna tudes (Valenciennes, 1822)</t>
   </si>
   <si>
-    <t>prueba_Cornuda Ojichica (Castellano), Tiburón (Castellano), Curry Shark (Inglés), Golden Hammerhead (Inglés), Smalleye Hammerhead Shark (Inglés), Requin-marteau À Petits Yeux (Francés)</t>
+    <t>Cornuda Ojichica (Castellano), Tiburón (Castellano), Curry Shark (Inglés), Golden Hammerhead (Inglés), Smalleye Hammerhead Shark (Inglés), Requin-marteau À Petits Yeux (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Sphyrna zygaena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Smooth Hammerhead (Inglés), Requin-marteau commun (Francés), Requin marteau lisse (Francés)</t>
+    <t>Smooth Hammerhead (Inglés), Requin-marteau commun (Francés), Requin marteau lisse (Francés)</t>
   </si>
   <si>
     <t>Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Squatina aculeata Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Angelote espinoso (Castellano), Angelote manchado (Castellano), Angelote Espinudo (Castellano), Sawback Angelshark (Inglés), Spiny Angelshark (Inglés), Monkfish (Inglés), Ange De Mer Épineux (Francés)</t>
+    <t>Angelote espinoso (Castellano), Angelote manchado (Castellano), Angelote Espinudo (Castellano), Sawback Angelshark (Inglés), Spiny Angelshark (Inglés), Monkfish (Inglés), Ange De Mer Épineux (Francés)</t>
   </si>
   <si>
     <t>Squatina oculata Bonaparte, 1840</t>
   </si>
   <si>
-    <t>prueba_Angelote manchado (Castellano), Angelote (Castellano), Pez Angel (Castellano), Monkfish (Inglés), Smoothback Angel Shark (Inglés), Ange De Mer De Bonaparte (Francés), Ange De Mer Ocellé (Francés), Ange De Mer Jaune (Francés)</t>
+    <t>Angelote manchado (Castellano), Angelote (Castellano), Pez Angel (Castellano), Monkfish (Inglés), Smoothback Angel Shark (Inglés), Ange De Mer De Bonaparte (Francés), Ange De Mer Ocellé (Francés), Ange De Mer Jaune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>CEEA: En peligro de extinción, LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Squatina squatina (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Angelote (Castellano), Mermejuela (Castellano), Pez Angel (Castellano), Pardon (Castellano), Angelshark (Inglés), Angel Shark (Inglés), Ange De Mer (Francés), Angel (Francés), Antjou (Francés), Bourgeois (Francés), L'anelot (Francés), L'ange (Francés), Martrame (Francés), Mordacle (Francés), Squatine Occelee (Francés), Bourget (Francés), Ange (Francés)</t>
+    <t>Angelote (Castellano), Mermejuela (Castellano), Pez Angel (Castellano), Pardon (Castellano), Angelshark (Inglés), Angel Shark (Inglés), Ange De Mer (Francés), Angel (Francés), Antjou (Francés), Bourgeois (Francés), L'anelot (Francés), L'ange (Francés), Martrame (Francés), Mordacle (Francés), Squatine Occelee (Francés), Bourget (Francés), Ange (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Cymodocea nodosa (Ucria) Asch.</t>
   </si>
   <si>
-    <t>prueba_Grama de mar (Castellano), Sebadal (Castellano), alga marina (Castellano), Alga (Castellano), Seba (Castellano), algueró (Catalán), Slender Seagrass (Inglés)</t>
+    <t>Grama de mar (Castellano), Sebadal (Castellano), alga marina (Castellano), Alga (Castellano), Seba (Castellano), algueró (Catalán), Slender Seagrass (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Inglés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial, España</t>
   </si>
   <si>
     <t>Zostera marina L.</t>
   </si>
   <si>
-    <t>prueba_Seba (Castellano), Seda de mar ancha (Castellano), sebas de mar (Castellano), alga de mar (Catalán), golfe (Gallego), Eelgrass (Inglés)</t>
+    <t>Seba (Castellano), Seda de mar ancha (Castellano), sebas de mar (Castellano), alga de mar (Catalán), golfe (Gallego), Eelgrass (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>Calonectris borealis (Cory, 1881)</t>
   </si>
   <si>
-    <t>prueba_Pardela cenicienta atlántica (Castellano), Pardela cenicienta (Castellano), Pardela atlántica (Castellano)</t>
+    <t>Pardela cenicienta atlántica (Castellano), Pardela cenicienta (Castellano), Pardela atlántica (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial, España, Península</t>
   </si>
   <si>
     <t>Calonectris diomedea borealis Cory, 1881</t>
   </si>
   <si>
     <t>Kogia breviceps (Blainville, 1838)</t>
   </si>
   <si>
-    <t>prueba_Cachalote Cabeza Chica (Castellano), Cachalote pigmeo (Castellano), Katxalote pigmeoa (Euskera), Catxalot pigmeu (Catalán), Cachalote pequeño (Gallego), Pygmy Sperm Whale (Inglés), Cachalot Pygmée (Francés)</t>
+    <t>Cachalote Cabeza Chica (Castellano), Cachalote pigmeo (Castellano), Katxalote pigmeoa (Euskera), Catxalot pigmeu (Catalán), Cachalote pequeño (Gallego), Pygmy Sperm Whale (Inglés), Cachalot Pygmée (Francés)</t>
   </si>
   <si>
     <t>Kogia sima (Owen, 1866)</t>
   </si>
   <si>
-    <t>prueba_Cachalote enano (Castellano), Dwarf Sperm Whale (Inglés), Cachalot Nain (Francés)</t>
+    <t>Cachalote enano (Castellano), Dwarf Sperm Whale (Inglés), Cachalot Nain (Francés)</t>
   </si>
   <si>
     <t>Kogia simus (Owen, 1866)</t>
   </si>
   <si>
     <t>Mesoplodon densirostris (Blainville, 1817)</t>
   </si>
   <si>
-    <t>prueba_Zifio de Blainville (Castellano), Ballena De Pico De Blainville (Castellano), Blainville's Beaked Whale (Inglés), Mésoplodon De Blainville (Francés)</t>
+    <t>Zifio de Blainville (Castellano), Ballena De Pico De Blainville (Castellano), Blainville's Beaked Whale (Inglés), Mésoplodon De Blainville (Francés)</t>
   </si>
   <si>
     <t>Hyperoodon ampullatus (Forster, 1770)</t>
   </si>
   <si>
-    <t>prueba_Calderón de hocico boreal (Castellano), Zifio calderón septentrional (Castellano), Ballena Hocico De Botella Del Norte (Castellano), Ballena Nariz De Botella Del Norte (Castellano), Northern Bottlenose Whale (Inglés), Bottlehead (Inglés), North Atlantic Bottlenose Whale (Inglés), Hyperoodon Boréal (Francés)</t>
+    <t>Calderón de hocico boreal (Castellano), Zifio calderón septentrional (Castellano), Ballena Hocico De Botella Del Norte (Castellano), Ballena Nariz De Botella Del Norte (Castellano), Northern Bottlenose Whale (Inglés), Bottlehead (Inglés), North Atlantic Bottlenose Whale (Inglés), Hyperoodon Boréal (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Pinna nobilis Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Nacra (Castellano), Nácar (Castellano), Nacra común (Castellano)</t>
+    <t>Nacra (Castellano), Nácar (Castellano), Nacra común (Castellano)</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  Región Marina Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Centrostephanus longispinus (Philippi, 1845)</t>
   </si>
   <si>
-    <t>prueba_Puerco espín marino (Castellano), Puercoespín marino mediterráneo (Castellano)</t>
+    <t>Puerco espín marino (Castellano), Puercoespín marino mediterráneo (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano</t>
   </si>
   <si>
     <t>Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Phymatolithon calcareum (Pallas) Adey et McKibbin</t>
   </si>
   <si>
     <t>Región Marina Atlántica FV (Favorable),  Región Marina Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>Región Marina Atlántica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Algas</t>
   </si>
   <si>
     <t>Corallium rubrum (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Región Marina Atlántica U2 (Desfavorable-malo),  Región Marina Mediterránea U2 (Desfavorable-malo),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Región Marina Atlántica, Región Marina Mediterránea, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>Lithothamnion corallioides (P.L. Crouan et H.M. Crouan) P.L. Crouan et H.M. Crouan</t>
   </si>
   <si>
     <t>Región Marina Mediterránea FV (Favorable),  Región Marina Atlántica U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Región Marina Mediterránea, Región Marina Atlántica</t>
   </si>
   <si>
     <t>Lithothamnium coralloides</t>
   </si>
   <si>
     <t>Antipathella subpinnata (Ellis &amp; Solander, 1786)</t>
   </si>
   <si>
-    <t>prueba_Coral negro (Castellano)</t>
+    <t>Coral negro (Castellano)</t>
   </si>
   <si>
     <t>Antipathes subpinnata Ellis &amp; Solander, 1786</t>
   </si>
   <si>
     <t>Antipathes dichotoma Pallas, 1766</t>
   </si>
   <si>
-    <t>prueba_Coral negro ramificado (Castellano)</t>
+    <t>Coral negro ramificado (Castellano)</t>
   </si>
   <si>
     <t>Aplysina aerophoba (Nardo, 1833)</t>
   </si>
   <si>
     <t>Aplysina cavernicola (Vacelet, 1959)</t>
   </si>
   <si>
     <t>Asterina pancerii (Gasco, 1870)</t>
   </si>
   <si>
-    <t>prueba_Estrella del capitán pequeña (Castellano)</t>
+    <t>Estrella del capitán pequeña (Castellano)</t>
   </si>
   <si>
     <t>Astroides calycularis (Pallas, 1766)</t>
   </si>
   <si>
-    <t>prueba_Coral naranja (Castellano)</t>
+    <t>Coral naranja (Castellano)</t>
   </si>
   <si>
     <t>Axinella cannabina (Esper, 1794)</t>
   </si>
   <si>
     <t>Axinella polypoides Schmidt, 1862</t>
   </si>
   <si>
     <t>Bathytoshia lata (Garman, 1880)</t>
   </si>
   <si>
-    <t>prueba_Raya marrón (Castellano)</t>
+    <t>Raya marrón (Castellano)</t>
   </si>
   <si>
     <t>Callogorgia verticillata (Pallas, 1766)</t>
   </si>
   <si>
-    <t>prueba_Gorgonia abanico (Castellano)</t>
+    <t>Gorgonia abanico (Castellano)</t>
   </si>
   <si>
     <t>Carpodesmia amentacea (C. Agardh) S. Orellana &amp; M. Sansón</t>
   </si>
   <si>
     <t>Cromistas y Bacterias</t>
   </si>
   <si>
     <t>Cystoseira amentacea</t>
   </si>
   <si>
     <t>Caulerpa prolifera (Forsskål) J.V. Lamouroux</t>
   </si>
   <si>
     <t>Caulerpa ollivieri Dostál</t>
   </si>
   <si>
     <t>Charonia lampas (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Caracola (Castellano), Bocina o tritón marino (Castellano)</t>
+    <t>Caracola (Castellano), Bocina o tritón marino (Castellano)</t>
   </si>
   <si>
     <t>Charonia lampas lampas (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Charonia variegata (Lamarck, 1816)</t>
   </si>
   <si>
-    <t>prueba_Bucio (Castellano)</t>
+    <t>Bucio (Castellano)</t>
   </si>
   <si>
     <t>Charonia tritonis variegata</t>
   </si>
   <si>
     <t>Cladocora debilis Milne Edwards &amp; Haime, 1849</t>
   </si>
   <si>
-    <t>prueba_Coralito débil (Castellano)</t>
+    <t>Coralito débil (Castellano)</t>
   </si>
   <si>
     <t>Cymbula safiana (Lamarck, 1819)</t>
   </si>
   <si>
     <t>Cymbula nigra, Patella nigra da Costa, 1771</t>
   </si>
   <si>
     <t>Cystoseira aurantia Kützing</t>
   </si>
   <si>
     <t>Cystoseira foeniculacea (Linnaeus) Greville</t>
   </si>
   <si>
-    <t>prueba_Herba de picar (Mallorquín), Herba de salpes (Mallorquín)</t>
+    <t>Herba de picar (Mallorquín), Herba de salpes (Mallorquín)</t>
   </si>
   <si>
     <t>Mallorquín, Mallorquín</t>
   </si>
   <si>
     <t>Cystoseira abrotanifolia</t>
   </si>
   <si>
     <t>Cystoseira humilis Schousboe ex Kützing</t>
   </si>
   <si>
     <t>Cystoseira wildpretii Nizamuddin, 1995</t>
   </si>
   <si>
     <t>Delphinus delphis delphis Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Delfín común (Castellano), Izurde arrunta (Euskera), Dolfi comú (Catalán), Golfiño común (Gallego)</t>
+    <t>Delfín común (Castellano), Izurde arrunta (Euskera), Dolfi comú (Catalán), Golfiño común (Gallego)</t>
   </si>
   <si>
     <t>Delphinus pomeegra Owen, 1800</t>
   </si>
   <si>
     <t>Dendrophyllia cornigera (Lamarck, 1816)</t>
   </si>
   <si>
-    <t>prueba_Coral amarillo (Castellano)</t>
+    <t>Coral amarillo (Castellano)</t>
   </si>
   <si>
     <t>Dendrophyllia ramea (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Coral árbol (Castellano)</t>
+    <t>Coral árbol (Castellano)</t>
   </si>
   <si>
     <t>Dendropoma lebeche Templado, Richter &amp; Calvo, 2016</t>
   </si>
   <si>
     <t>Dendropoma petraeum</t>
   </si>
   <si>
     <t>Desmophyllum dianthus (Esper, 1794)</t>
   </si>
   <si>
-    <t>prueba_Coral cresta de gallo (Castellano)</t>
+    <t>Coral cresta de gallo (Castellano)</t>
   </si>
   <si>
     <t>Desmophyllum cristagalli Milne Edwards &amp; Haime, 1848</t>
   </si>
   <si>
     <t>Desmophyllum pertusum (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Coral blanco duro (Castellano)</t>
+    <t>Coral blanco duro (Castellano)</t>
   </si>
   <si>
     <t>Lophelia pertusa (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Ellisella paraplexauroides Stiasny, 1936</t>
   </si>
   <si>
-    <t>prueba_Gorgonia candelabro (Castellano)</t>
+    <t>Gorgonia candelabro (Castellano)</t>
   </si>
   <si>
     <t>Episcomitra zonata (Marryat, 1819)</t>
   </si>
   <si>
     <t>Mitra zonata Marryat, 1818</t>
   </si>
   <si>
     <t>Ericaria brachycarpa (J.Agardh) Molinari &amp; Guiry 2020</t>
   </si>
   <si>
     <t>Cystoseira brachycarpa J. Agardh</t>
   </si>
   <si>
     <t>Ericaria crinita (Duby) Molinari &amp; Guiry 2020</t>
   </si>
   <si>
     <t>Cystoseira crinita Duby</t>
   </si>
   <si>
     <t>Ericaria funkii (Gerloff &amp; Nizamuddin) Molinari &amp; Guiry 2020</t>
   </si>
   <si>
     <t>Cystoseira funkii Schiffner ex Gerloff et Nizamuddin</t>
   </si>
   <si>
     <t>Ericaria mediterranea (Sauvageau) Molinari &amp; Guiry 2020</t>
   </si>
   <si>
-    <t>prueba_Alga pi (Mallorquín), Herba pi (Mallorquín)</t>
+    <t>Alga pi (Mallorquín), Herba pi (Mallorquín)</t>
   </si>
   <si>
     <t>Cystoseira mediterranea Sauvageau</t>
   </si>
   <si>
     <t>Ericaria selaginoides (Linnaeus) Molinari &amp; Guiry 2020</t>
   </si>
   <si>
     <t>Carpodesmia tamariscifolia (Hudson) S. Orellana &amp; M. Sansón, Cystoseira tamariscifolia (Hudson) Papenfuss</t>
   </si>
   <si>
     <t>Ericaria zosteroides (C.Agardh) Molinari &amp; Guiry 2020</t>
   </si>
   <si>
     <t>Cystoseira zosteroides C. Agardh</t>
   </si>
   <si>
     <t>Errina aspera (Linnaeus, 1767)</t>
   </si>
   <si>
     <t>Gelidium arbusculum Bory de Saint-Vincent ex Børgesen</t>
   </si>
   <si>
-    <t>prueba_Gelidio rojo (Castellano), Mujo rojo (Castellano)</t>
+    <t>Gelidio rojo (Castellano), Mujo rojo (Castellano)</t>
   </si>
   <si>
     <t>Gelidium canariense (Grunow) Seoane-Camba ex Haroun, Gil-Rodríguez, Díaz de Castro et Prud´homme van Reine</t>
   </si>
   <si>
-    <t>prueba_Gelidio negro (Castellano), Mujo negro (Castellano)</t>
+    <t>Gelidio negro (Castellano), Mujo negro (Castellano)</t>
   </si>
   <si>
     <t>Geodia cydonium (Linnaeus, 1767)</t>
   </si>
   <si>
     <t>Gongolaria abies-marina (S.G.Gmelin) Kuntze 1891</t>
   </si>
   <si>
-    <t>prueba_Mujo amarillento espinoso (Castellano)</t>
+    <t>Mujo amarillento espinoso (Castellano)</t>
   </si>
   <si>
     <t>Cystoseira abies-marina (S.G. Gmelin) C. Agardh, Treptacantha abies-marina (S.G. Gmelin) Kützing</t>
   </si>
   <si>
     <t>Gongolaria algeriensis (Feldmann) Molinari &amp; Guiry 2020</t>
   </si>
   <si>
     <t>Cystoseira algeriensis J. Feldmann, Treptacantha algeriensis (J. Feldmann) S. Orellana &amp; M. Sansón</t>
   </si>
   <si>
     <t>Gongolaria baccata (S.G.Gmelin) Molinari &amp; Guiry 2020</t>
   </si>
   <si>
     <t>Cystoseira baccata (S.G. Gmelin) P.C. Silva, Treptacantha baccata (S.G. Gmelin) S. Orellana &amp; M. Sansón</t>
   </si>
   <si>
     <t>Gongolaria barbata (Stackhouse) Kuntze 1891</t>
   </si>
   <si>
     <t>Cystoseira barbata (Stackhouse) C. Agardh, Treptacantha barbata (Stackhouse) S. Orellana &amp; M. Sansón</t>
   </si>
   <si>
     <t>Gongolaria elegans (Sauvageau) Molinari &amp; Guiry 2020</t>
   </si>
@@ -2186,264 +2189,264 @@
   <si>
     <t>Cystoseira sauvageauana G. Hamel, Treptacantha sauvageauana (Hamel) S. Orellana &amp; M. Sansón</t>
   </si>
   <si>
     <t>Gongolaria squarrosa (De Notaris) Kuntze, 1891</t>
   </si>
   <si>
     <t>Cystoseira squarrosa</t>
   </si>
   <si>
     <t>Gongolaria usneoides (Linnaeus) Molinari &amp; Guiry 2020</t>
   </si>
   <si>
     <t>Cystoseira usneoides (Linnaeus) M. Roberts, Treptacantha usneoides (Linnaeus) S. Orellana &amp; M. Sansón</t>
   </si>
   <si>
     <t>Gymnogongrus crenulatus (Turner) J. Agardh</t>
   </si>
   <si>
     <t>Hornera lichenoides (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Isidella elongata (Esper, 1788)</t>
   </si>
   <si>
-    <t>prueba_Coral bambú (Castellano), Gorgonia articulada (Castellano)</t>
+    <t>Coral bambú (Castellano), Gorgonia articulada (Castellano)</t>
   </si>
   <si>
     <t>Kallymenia spathulata (J. Agardh) Codomier ex Parkinson</t>
   </si>
   <si>
     <t>Laminaria rodriguezii Bornet</t>
   </si>
   <si>
-    <t>prueba_Herba col (Catalán), Alga col (Mallorquín), Fulla col (Mallorquín), Fulla de col (Mallorquín), Col (Valenciano)</t>
+    <t>Herba col (Catalán), Alga col (Mallorquín), Fulla col (Mallorquín), Fulla de col (Mallorquín), Col (Valenciano)</t>
   </si>
   <si>
     <t>Catalán, Mallorquín, Mallorquín, Mallorquín, Valenciano</t>
   </si>
   <si>
     <t>Leiopathes glaberrima (Esper, 1792)</t>
   </si>
   <si>
-    <t>prueba_Coral negro anaranjado (Castellano)</t>
+    <t>Coral negro anaranjado (Castellano)</t>
   </si>
   <si>
     <t>Lithophyllum byssoides (Lamarck) Foslie</t>
   </si>
   <si>
     <t>Lithophyllum lichenoides Philippi, 1837</t>
   </si>
   <si>
     <t>Luria lurida (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Lycopodina hypogea (Vacelet &amp; Boury-Esnault, 1996)</t>
   </si>
   <si>
     <t>Asbestopluma hypogea</t>
   </si>
   <si>
     <t>Madrepora oculata Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Coral blanco frágil (Castellano)</t>
+    <t>Coral blanco frágil (Castellano)</t>
   </si>
   <si>
     <t>Morlockia ondinae García-Valdecasas, 1984</t>
   </si>
   <si>
-    <t>prueba_Remípedo de los jameos (Castellano)</t>
+    <t>Remípedo de los jameos (Castellano)</t>
   </si>
   <si>
     <t>Speleonectes ondinae</t>
   </si>
   <si>
     <t>Munidopsis polymorpha Koelbel, 1892</t>
   </si>
   <si>
-    <t>prueba_Jameíto (Castellano), Cangrejo ciego (Castellano)</t>
+    <t>Jameíto (Castellano), Cangrejo ciego (Castellano)</t>
   </si>
   <si>
     <t>Naria spurca (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Erosaria spurca (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Nucella lapillus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Dog whelk (Inglés), Pourpre petite pierre (Francés)</t>
+    <t>Dog whelk (Inglés), Pourpre petite pierre (Francés)</t>
   </si>
   <si>
     <t>Inglés, Francés</t>
   </si>
   <si>
     <t>Ocypode cursor (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Ophidiaster ophidianus (Lamarck, 1816)</t>
   </si>
   <si>
-    <t>prueba_Estrella púrpura (Castellano)</t>
+    <t>Estrella púrpura (Castellano)</t>
   </si>
   <si>
     <t>Pachylasma giganteum (Philippi, 1836)</t>
   </si>
   <si>
     <t>Parantipathes larix (Esper, 1790)</t>
   </si>
   <si>
-    <t>prueba_Coral negro mediterráneo (Castellano)</t>
+    <t>Coral negro mediterráneo (Castellano)</t>
   </si>
   <si>
     <t>Patella aspera Röding, 1798</t>
   </si>
   <si>
-    <t>prueba_Azorean limpet (Inglés), Patelle des Azores (Francés)</t>
+    <t>Azorean limpet (Inglés), Patelle des Azores (Francés)</t>
   </si>
   <si>
     <t>Patella ulyssiponensis aspera</t>
   </si>
   <si>
     <t>Patella candei candei D' Orbigny, 1840</t>
   </si>
   <si>
     <t>Petrobiona massiliana Vacelet &amp; Lévi, 1958</t>
   </si>
   <si>
     <t>Phaethon aethereus mesonauta Peters, J.L.,1930</t>
   </si>
   <si>
     <t>Phocoena phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Mazopa (Euskera), Toniña (Gallego)</t>
+    <t>Marsopa (Castellano), Marsopa común (Castellano), Mazopa (Euskera), Toniña (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Gallego</t>
   </si>
   <si>
     <t>Anexo IV, Anexo II - No prioritaria</t>
   </si>
   <si>
     <t>Pholas dactylus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Pinna rudis Linnaeus, 1758</t>
   </si>
   <si>
     <t>Ptilophora dentata (Kützing) Alongi, Cormaci &amp; G. Furnari</t>
   </si>
   <si>
     <t>Ptilophora mediterranea</t>
   </si>
   <si>
     <t>Ranella olearium (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Argobuccinum olearium (Linnaeus, 1758), Ranella olearia (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Sarcotragus foetidus Schmidt, 1862</t>
   </si>
   <si>
-    <t>prueba_Esponja negra (Castellano)</t>
+    <t>Esponja negra (Castellano)</t>
   </si>
   <si>
     <t>Ircinia muscarum Schimdt, 1862, Sarcotragus muscarum Schmidt, 1864</t>
   </si>
   <si>
     <t>Sarcotragus pipetta (Schmidt, 1868)</t>
   </si>
   <si>
     <t>Sargassum acinarium (Linnaeus) Setchell</t>
   </si>
   <si>
     <t>Sargassum linifolium</t>
   </si>
   <si>
     <t>Sargassum flavifolium Kützing</t>
   </si>
   <si>
     <t>Sargassum hornschuchii C. Agardh</t>
   </si>
   <si>
     <t>Sargassum trichocarpum J. Agardh</t>
   </si>
   <si>
     <t>Savalia savaglia (Bertoloni, 1819)</t>
   </si>
   <si>
     <t>Schilderia achatidea (Gray in G. B. Sowerby I, 1837)</t>
   </si>
   <si>
     <t>Schimmelmannia schousboei (J. Agardh) J. Agardh</t>
   </si>
   <si>
     <t>Sphaerococcus rhizophylloides J.J. Rodríguez y Femenías</t>
   </si>
   <si>
     <t>Sphyrna couardi Cadenat, 1951</t>
   </si>
   <si>
     <t>Steromphala nivosa (A. Adams, 1853)</t>
   </si>
   <si>
     <t>Gibbula nivosa</t>
   </si>
   <si>
     <t>Tenarea tortuosa (Esper) Me.Lemoine, 1910</t>
   </si>
   <si>
-    <t>prueba_Agrenc (Mallorquín), Grenc (Mallorquín)</t>
+    <t>Agrenc (Mallorquín), Grenc (Mallorquín)</t>
   </si>
   <si>
     <t>Lithophyllum tortuosum (Esper) Foslie</t>
   </si>
   <si>
     <t>Tethya aurantium (Pallas, 1766)</t>
   </si>
   <si>
     <t>Tethya citrina Sarà y Melone, 1965</t>
   </si>
   <si>
     <t>Tethya irregularis Sarà &amp; Bavestrello, 1998</t>
   </si>
   <si>
     <t>Titanoderma ramosissimum (Heydrich) Bressan et Cabioch</t>
   </si>
   <si>
     <t>Titanoderma trochanter (Bory) Benhissoune, Boudouresque, Perret-Boudouresque &amp; Verlaque</t>
   </si>
   <si>
     <t>Tonna galea (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tonel (Castellano)</t>
+    <t>Tonel (Castellano)</t>
   </si>
   <si>
     <t>Tritia tingitana (Pallary, 1901)</t>
   </si>
   <si>
     <t>Zonaria pyrum (Gmelin, 1791)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -2763,51 +2766,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q230"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="126.112" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="992.044" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="983.76" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="438.75" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="249.939" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2505.531" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="671.122" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="69.554" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5206,6858 +5209,6858 @@
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53" t="s">
         <v>300</v>
       </c>
       <c r="Q53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
         <v>32181</v>
       </c>
       <c r="B54" t="s">
         <v>301</v>
       </c>
       <c r="C54" t="s">
         <v>302</v>
       </c>
       <c r="D54" t="s">
-        <v>99</v>
+        <v>303</v>
       </c>
       <c r="E54" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F54" t="s">
         <v>298</v>
       </c>
       <c r="G54" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H54" t="s">
         <v>23</v>
       </c>
       <c r="I54" t="s">
         <v>103</v>
       </c>
       <c r="J54" t="s">
         <v>47</v>
       </c>
       <c r="K54" t="s">
         <v>83</v>
       </c>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="Q54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
         <v>11545</v>
       </c>
       <c r="B55" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C55" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D55" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E55" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F55" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="G55" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H55" t="s">
         <v>23</v>
       </c>
       <c r="I55" t="s">
         <v>124</v>
       </c>
       <c r="J55" t="s">
         <v>110</v>
       </c>
       <c r="K55" t="s">
         <v>26</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55" t="s">
         <v>111</v>
       </c>
       <c r="O55"/>
       <c r="P55" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="Q55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
         <v>20096</v>
       </c>
       <c r="B56" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C56" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D56" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E56" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F56" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="G56" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56" t="s">
         <v>103</v>
       </c>
       <c r="J56" t="s">
         <v>110</v>
       </c>
       <c r="K56" t="s">
         <v>26</v>
       </c>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56" t="s">
         <v>111</v>
       </c>
       <c r="O56"/>
       <c r="P56" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="Q56" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
         <v>20098</v>
       </c>
       <c r="B57" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C57" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D57" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E57" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F57" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="G57" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
         <v>103</v>
       </c>
       <c r="J57" t="s">
         <v>110</v>
       </c>
       <c r="K57" t="s">
         <v>26</v>
       </c>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57" t="s">
         <v>111</v>
       </c>
       <c r="O57"/>
       <c r="P57" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="Q57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
         <v>20080</v>
       </c>
       <c r="B58" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C58" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D58" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E58" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F58" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G58" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H58" t="s">
         <v>23</v>
       </c>
       <c r="I58" t="s">
         <v>103</v>
       </c>
       <c r="J58" t="s">
         <v>110</v>
       </c>
       <c r="K58" t="s">
         <v>26</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" t="s">
         <v>111</v>
       </c>
       <c r="O58"/>
       <c r="P58" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="Q58" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
         <v>19246</v>
       </c>
       <c r="B59" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C59" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D59" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E59" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F59" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G59" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H59" t="s">
         <v>23</v>
       </c>
       <c r="I59" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J59" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
         <v>20099</v>
       </c>
       <c r="B60" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C60" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D60" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E60" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F60" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G60" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
         <v>103</v>
       </c>
       <c r="J60" t="s">
         <v>110</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>111</v>
       </c>
       <c r="O60"/>
       <c r="P60" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="Q60" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
         <v>20066</v>
       </c>
       <c r="B61" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C61" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D61" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E61" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F61" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G61" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H61" t="s">
         <v>23</v>
       </c>
       <c r="I61" t="s">
         <v>103</v>
       </c>
       <c r="J61" t="s">
         <v>110</v>
       </c>
       <c r="K61" t="s">
         <v>26</v>
       </c>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61" t="s">
         <v>111</v>
       </c>
       <c r="O61"/>
       <c r="P61" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="Q61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
         <v>20076</v>
       </c>
       <c r="B62" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C62" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D62" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E62" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F62" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G62" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62" t="s">
         <v>103</v>
       </c>
       <c r="J62" t="s">
         <v>110</v>
       </c>
       <c r="K62" t="s">
         <v>26</v>
       </c>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62" t="s">
         <v>111</v>
       </c>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
         <v>20083</v>
       </c>
       <c r="B63" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C63" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D63" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E63" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F63" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G63" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
         <v>103</v>
       </c>
       <c r="J63" t="s">
         <v>110</v>
       </c>
       <c r="K63" t="s">
         <v>26</v>
       </c>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>111</v>
       </c>
       <c r="O63"/>
       <c r="P63" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="Q63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
         <v>20085</v>
       </c>
       <c r="B64" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C64" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D64" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E64" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F64" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G64" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
         <v>103</v>
       </c>
       <c r="J64" t="s">
         <v>110</v>
       </c>
       <c r="K64" t="s">
         <v>26</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
         <v>111</v>
       </c>
       <c r="O64"/>
       <c r="P64" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="Q64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
         <v>14069</v>
       </c>
       <c r="B65" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C65" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D65" t="s">
         <v>62</v>
       </c>
       <c r="E65" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F65" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="G65" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
         <v>24</v>
       </c>
       <c r="J65" t="s">
         <v>25</v>
       </c>
       <c r="K65" t="s">
         <v>26</v>
       </c>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
       <c r="O65" t="s">
         <v>40</v>
       </c>
       <c r="P65"/>
       <c r="Q65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
         <v>33031</v>
       </c>
       <c r="B66" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C66" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D66" t="s">
         <v>31</v>
       </c>
       <c r="E66" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F66" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G66" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66" t="s">
         <v>24</v>
       </c>
       <c r="J66" t="s">
         <v>47</v>
       </c>
       <c r="K66" t="s">
         <v>26</v>
       </c>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="Q66" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
         <v>33032</v>
       </c>
       <c r="B67" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C67" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D67" t="s">
         <v>19</v>
       </c>
       <c r="E67" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F67" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G67" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
         <v>24</v>
       </c>
       <c r="J67" t="s">
         <v>47</v>
       </c>
       <c r="K67" t="s">
         <v>26</v>
       </c>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="Q67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
         <v>14087</v>
       </c>
       <c r="B68" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C68" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D68" t="s">
         <v>31</v>
       </c>
       <c r="E68" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F68" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G68" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
         <v>24</v>
       </c>
       <c r="J68" t="s">
         <v>47</v>
       </c>
       <c r="K68" t="s">
         <v>26</v>
       </c>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
         <v>33149</v>
       </c>
       <c r="B69" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C69" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D69" t="s">
         <v>62</v>
       </c>
       <c r="E69" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="F69" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G69" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
         <v>24</v>
       </c>
       <c r="J69" t="s">
         <v>47</v>
       </c>
       <c r="K69" t="s">
         <v>26</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="Q69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
         <v>14003</v>
       </c>
       <c r="B70" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C70" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D70" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E70" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F70" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G70" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
         <v>24</v>
       </c>
       <c r="J70" t="s">
         <v>25</v>
       </c>
       <c r="K70" t="s">
         <v>26</v>
       </c>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
       <c r="O70" t="s">
         <v>27</v>
       </c>
       <c r="P70"/>
       <c r="Q70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
         <v>14085</v>
       </c>
       <c r="B71" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C71" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D71" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E71" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F71" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G71" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
         <v>24</v>
       </c>
       <c r="J71" t="s">
         <v>25</v>
       </c>
       <c r="K71" t="s">
         <v>26</v>
       </c>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71" t="s">
         <v>27</v>
       </c>
       <c r="P71" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="Q71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
         <v>16358</v>
       </c>
       <c r="B72" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D72" t="s">
         <v>19</v>
       </c>
       <c r="E72" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F72" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G72" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
         <v>24</v>
       </c>
       <c r="J72" t="s">
         <v>25</v>
       </c>
       <c r="K72" t="s">
         <v>26</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
       <c r="O72" t="s">
         <v>27</v>
       </c>
       <c r="P72" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="Q72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
         <v>14000</v>
       </c>
       <c r="B73" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C73" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D73" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E73" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F73" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G73" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="H73" t="s">
         <v>23</v>
       </c>
       <c r="I73" t="s">
         <v>24</v>
       </c>
       <c r="J73" t="s">
         <v>25</v>
       </c>
       <c r="K73" t="s">
         <v>26</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
       <c r="O73" t="s">
         <v>27</v>
       </c>
       <c r="P73"/>
       <c r="Q73" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
         <v>14072</v>
       </c>
       <c r="B74" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C74" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D74" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E74" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F74" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G74" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
         <v>24</v>
       </c>
       <c r="J74" t="s">
         <v>25</v>
       </c>
       <c r="K74" t="s">
         <v>26</v>
       </c>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
       <c r="O74" t="s">
         <v>27</v>
       </c>
       <c r="P74" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="Q74" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
         <v>14023</v>
       </c>
       <c r="B75" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C75" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D75" t="s">
         <v>242</v>
       </c>
       <c r="E75" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F75" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G75" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
         <v>24</v>
       </c>
       <c r="J75" t="s">
         <v>25</v>
       </c>
       <c r="K75" t="s">
         <v>26</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
       <c r="O75" t="s">
         <v>27</v>
       </c>
       <c r="P75"/>
       <c r="Q75" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
         <v>22057</v>
       </c>
       <c r="B76" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C76" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D76" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E76" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F76" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="G76" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H76" t="s">
         <v>23</v>
       </c>
       <c r="I76" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J76" t="s">
         <v>110</v>
       </c>
       <c r="K76" t="s">
         <v>83</v>
       </c>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76" t="s">
         <v>111</v>
       </c>
       <c r="O76"/>
       <c r="P76" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="Q76" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
         <v>21351</v>
       </c>
       <c r="B77" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C77" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D77" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E77" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F77" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="G77" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H77" t="s">
         <v>23</v>
       </c>
       <c r="I77" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J77" t="s">
         <v>110</v>
       </c>
       <c r="K77" t="s">
         <v>26</v>
       </c>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77" t="s">
         <v>111</v>
       </c>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
         <v>20064</v>
       </c>
       <c r="B78" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C78" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D78" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E78" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F78" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>23</v>
       </c>
       <c r="I78" t="s">
         <v>103</v>
       </c>
       <c r="J78" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78" t="s">
         <v>111</v>
       </c>
       <c r="O78"/>
       <c r="P78"/>
       <c r="Q78" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
         <v>20065</v>
       </c>
       <c r="B79" t="s">
+        <v>440</v>
+      </c>
+      <c r="C79" t="s">
+        <v>441</v>
+      </c>
+      <c r="D79" t="s">
+        <v>437</v>
+      </c>
+      <c r="E79" t="s">
+        <v>438</v>
+      </c>
+      <c r="F79" t="s">
         <v>439</v>
-      </c>
-[...10 lines deleted...]
-        <v>438</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
         <v>103</v>
       </c>
       <c r="J79" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K79"/>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79" t="s">
         <v>111</v>
       </c>
       <c r="O79"/>
       <c r="P79"/>
       <c r="Q79" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
         <v>20067</v>
       </c>
       <c r="B80" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C80" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D80" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E80" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F80" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
         <v>103</v>
       </c>
       <c r="J80" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80" t="s">
         <v>111</v>
       </c>
       <c r="O80"/>
       <c r="P80"/>
       <c r="Q80" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
         <v>20068</v>
       </c>
       <c r="B81" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C81" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D81" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E81" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F81" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>23</v>
       </c>
       <c r="I81" t="s">
         <v>103</v>
       </c>
       <c r="J81" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K81"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81" t="s">
         <v>111</v>
       </c>
       <c r="O81"/>
       <c r="P81"/>
       <c r="Q81" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
         <v>14011</v>
       </c>
       <c r="B82" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F82" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>23</v>
       </c>
       <c r="I82" t="s">
         <v>24</v>
       </c>
       <c r="J82" t="s">
         <v>47</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82"/>
       <c r="Q82" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
         <v>20074</v>
       </c>
       <c r="B83" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C83" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D83" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E83" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F83" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
         <v>103</v>
       </c>
       <c r="J83" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83" t="s">
         <v>111</v>
       </c>
       <c r="O83"/>
       <c r="P83"/>
       <c r="Q83" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
         <v>33016</v>
       </c>
       <c r="B84" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C84" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D84" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
         <v>24</v>
       </c>
       <c r="J84" t="s">
         <v>47</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="Q84" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
         <v>20063</v>
       </c>
       <c r="B85" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C85" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D85" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E85" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="F85" t="s">
         <v>101</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>23</v>
       </c>
       <c r="I85" t="s">
         <v>103</v>
       </c>
       <c r="J85" t="s">
         <v>110</v>
       </c>
       <c r="K85" t="s">
         <v>83</v>
       </c>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85" t="s">
         <v>111</v>
       </c>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
         <v>20069</v>
       </c>
       <c r="B86" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C86" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D86" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E86" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F86" t="s">
         <v>116</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
         <v>103</v>
       </c>
       <c r="J86" t="s">
         <v>110</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86" t="s">
         <v>111</v>
       </c>
       <c r="O86"/>
       <c r="P86"/>
       <c r="Q86" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
         <v>34255</v>
       </c>
       <c r="B87" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C87" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D87" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E87" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F87" t="s">
         <v>280</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J87" t="s">
         <v>47</v>
       </c>
       <c r="K87" t="s">
         <v>26</v>
       </c>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="Q87" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
         <v>15991</v>
       </c>
       <c r="B88" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C88" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D88" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E88" t="s">
         <v>279</v>
       </c>
       <c r="F88" t="s">
         <v>280</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J88" t="s">
         <v>47</v>
       </c>
       <c r="K88" t="s">
         <v>26</v>
       </c>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
         <v>15992</v>
       </c>
       <c r="B89" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C89" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D89" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E89" t="s">
         <v>279</v>
       </c>
       <c r="F89" t="s">
         <v>280</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J89" t="s">
         <v>47</v>
       </c>
       <c r="K89" t="s">
         <v>26</v>
       </c>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89"/>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
         <v>15999</v>
       </c>
       <c r="B90" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C90" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D90" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="E90" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F90" t="s">
         <v>280</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J90" t="s">
         <v>47</v>
       </c>
       <c r="K90" t="s">
         <v>26</v>
       </c>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90"/>
       <c r="Q90" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
         <v>15994</v>
       </c>
       <c r="B91" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C91" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D91" t="s">
         <v>87</v>
       </c>
       <c r="E91" t="s">
         <v>279</v>
       </c>
       <c r="F91" t="s">
         <v>280</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J91" t="s">
         <v>47</v>
       </c>
       <c r="K91" t="s">
         <v>26</v>
       </c>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91"/>
       <c r="Q91" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
         <v>15993</v>
       </c>
       <c r="B92" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C92" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D92" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E92" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F92" t="s">
         <v>280</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>23</v>
       </c>
       <c r="I92" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J92" t="s">
         <v>47</v>
       </c>
       <c r="K92" t="s">
         <v>26</v>
       </c>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92"/>
       <c r="Q92" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
         <v>15932</v>
       </c>
       <c r="B93" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C93" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D93" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="E93" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="F93" t="s">
         <v>280</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>23</v>
       </c>
       <c r="I93" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J93" t="s">
         <v>47</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="Q93" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
         <v>20374</v>
       </c>
       <c r="B94" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C94" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D94" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E94" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F94" t="s">
         <v>280</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>23</v>
       </c>
       <c r="I94" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J94" t="s">
         <v>47</v>
       </c>
       <c r="K94" t="s">
         <v>26</v>
       </c>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94"/>
       <c r="Q94" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
         <v>16003</v>
       </c>
       <c r="B95" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C95" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D95" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E95" t="s">
         <v>279</v>
       </c>
       <c r="F95" t="s">
         <v>280</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>23</v>
       </c>
       <c r="I95" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J95" t="s">
         <v>47</v>
       </c>
       <c r="K95" t="s">
         <v>26</v>
       </c>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95"/>
       <c r="O95"/>
       <c r="P95"/>
       <c r="Q95" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
         <v>16020</v>
       </c>
       <c r="B96" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C96" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D96" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E96" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F96" t="s">
         <v>280</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
         <v>23</v>
       </c>
       <c r="I96" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J96" t="s">
         <v>47</v>
       </c>
       <c r="K96" t="s">
         <v>26</v>
       </c>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96"/>
       <c r="O96"/>
       <c r="P96" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="Q96" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
         <v>15982</v>
       </c>
       <c r="B97" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C97" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D97" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E97" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F97" t="s">
         <v>280</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
         <v>23</v>
       </c>
       <c r="I97" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J97" t="s">
         <v>47</v>
       </c>
       <c r="K97" t="s">
         <v>26</v>
       </c>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97"/>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
         <v>79268</v>
       </c>
       <c r="B98" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C98" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D98" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E98" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F98" t="s">
         <v>280</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>23</v>
       </c>
       <c r="I98" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J98" t="s">
         <v>47</v>
       </c>
       <c r="K98" t="s">
         <v>26</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98"/>
       <c r="O98"/>
       <c r="P98" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="Q98" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
         <v>16007</v>
       </c>
       <c r="B99" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C99" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D99" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E99" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F99" t="s">
         <v>280</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J99" t="s">
         <v>47</v>
       </c>
       <c r="K99" t="s">
         <v>26</v>
       </c>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
       <c r="O99"/>
       <c r="P99"/>
       <c r="Q99" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
         <v>15916</v>
       </c>
       <c r="B100" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C100" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D100" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="E100" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F100" t="s">
         <v>280</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>23</v>
       </c>
       <c r="I100" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J100" t="s">
         <v>47</v>
       </c>
       <c r="K100" t="s">
         <v>26</v>
       </c>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100"/>
       <c r="O100"/>
       <c r="P100" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="Q100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
         <v>15917</v>
       </c>
       <c r="B101" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C101" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D101" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E101" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F101" t="s">
         <v>280</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J101" t="s">
         <v>47</v>
       </c>
       <c r="K101" t="s">
         <v>26</v>
       </c>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
         <v>15995</v>
       </c>
       <c r="B102" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C102" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D102" t="s">
         <v>87</v>
       </c>
       <c r="E102" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F102" t="s">
         <v>280</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J102" t="s">
         <v>47</v>
       </c>
       <c r="K102" t="s">
         <v>26</v>
       </c>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102"/>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
         <v>15997</v>
       </c>
       <c r="B103" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C103" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D103" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E103" t="s">
         <v>279</v>
       </c>
       <c r="F103" t="s">
         <v>280</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J103" t="s">
         <v>47</v>
       </c>
       <c r="K103" t="s">
         <v>26</v>
       </c>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103"/>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
         <v>16023</v>
       </c>
       <c r="B104" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C104" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D104" t="s">
         <v>87</v>
       </c>
       <c r="E104" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F104" t="s">
         <v>280</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>23</v>
       </c>
       <c r="I104" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J104" t="s">
         <v>47</v>
       </c>
       <c r="K104" t="s">
         <v>26</v>
       </c>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104"/>
       <c r="O104"/>
       <c r="P104" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="Q104" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
         <v>24250</v>
       </c>
       <c r="B105" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C105" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D105" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E105" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F105" t="s">
         <v>280</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>23</v>
       </c>
       <c r="I105" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J105" t="s">
         <v>47</v>
       </c>
       <c r="K105" t="s">
         <v>26</v>
       </c>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105"/>
       <c r="O105"/>
       <c r="P105"/>
       <c r="Q105" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
         <v>16010</v>
       </c>
       <c r="B106" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C106" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D106" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E106" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F106" t="s">
         <v>280</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J106" t="s">
         <v>47</v>
       </c>
       <c r="K106" t="s">
         <v>26</v>
       </c>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106"/>
       <c r="O106"/>
       <c r="P106"/>
       <c r="Q106" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
         <v>16000</v>
       </c>
       <c r="B107" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C107" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D107" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E107" t="s">
         <v>279</v>
       </c>
       <c r="F107" t="s">
         <v>280</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>23</v>
       </c>
       <c r="I107" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J107" t="s">
         <v>47</v>
       </c>
       <c r="K107" t="s">
         <v>26</v>
       </c>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107"/>
       <c r="O107"/>
       <c r="P107"/>
       <c r="Q107" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
         <v>16060</v>
       </c>
       <c r="B108" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C108" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D108" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E108" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F108" t="s">
         <v>280</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
         <v>23</v>
       </c>
       <c r="I108" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J108" t="s">
         <v>47</v>
       </c>
       <c r="K108" t="s">
         <v>26</v>
       </c>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108"/>
       <c r="O108"/>
       <c r="P108"/>
       <c r="Q108" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
         <v>19131</v>
       </c>
       <c r="B109" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C109" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D109" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E109" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="F109" t="s">
         <v>280</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
         <v>23</v>
       </c>
       <c r="I109" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J109" t="s">
         <v>47</v>
       </c>
       <c r="K109" t="s">
         <v>83</v>
       </c>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109"/>
       <c r="O109"/>
       <c r="P109" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="Q109" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
         <v>16017</v>
       </c>
       <c r="B110" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C110" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D110" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E110" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F110" t="s">
         <v>280</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
         <v>23</v>
       </c>
       <c r="I110" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J110" t="s">
         <v>47</v>
       </c>
       <c r="K110" t="s">
         <v>26</v>
       </c>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110"/>
       <c r="O110"/>
       <c r="P110"/>
       <c r="Q110" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
         <v>16018</v>
       </c>
       <c r="B111" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C111" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D111" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E111" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F111" t="s">
         <v>280</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
         <v>23</v>
       </c>
       <c r="I111" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J111" t="s">
         <v>47</v>
       </c>
       <c r="K111" t="s">
         <v>26</v>
       </c>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111"/>
       <c r="O111"/>
       <c r="P111"/>
       <c r="Q111" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
         <v>16045</v>
       </c>
       <c r="B112" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C112" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D112" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E112" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F112" t="s">
         <v>280</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>23</v>
       </c>
       <c r="I112" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J112" t="s">
         <v>47</v>
       </c>
       <c r="K112" t="s">
         <v>26</v>
       </c>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112"/>
       <c r="O112"/>
       <c r="P112"/>
       <c r="Q112" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
         <v>16014</v>
       </c>
       <c r="B113" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C113" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D113" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E113" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F113" t="s">
         <v>280</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
         <v>23</v>
       </c>
       <c r="I113" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J113" t="s">
         <v>47</v>
       </c>
       <c r="K113" t="s">
         <v>26</v>
       </c>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113"/>
       <c r="O113"/>
       <c r="P113"/>
       <c r="Q113" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
         <v>16043</v>
       </c>
       <c r="B114" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C114" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D114" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="E114" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F114" t="s">
         <v>280</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
         <v>23</v>
       </c>
       <c r="I114" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J114" t="s">
         <v>47</v>
       </c>
       <c r="K114" t="s">
         <v>26</v>
       </c>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114"/>
       <c r="O114"/>
       <c r="P114"/>
       <c r="Q114" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
         <v>15978</v>
       </c>
       <c r="B115" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C115" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D115" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="E115" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F115" t="s">
         <v>280</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
         <v>23</v>
       </c>
       <c r="I115" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J115" t="s">
         <v>47</v>
       </c>
       <c r="K115" t="s">
         <v>26</v>
       </c>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115"/>
       <c r="O115"/>
       <c r="P115"/>
       <c r="Q115" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
         <v>15979</v>
       </c>
       <c r="B116" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C116" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D116" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E116" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F116" t="s">
         <v>280</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>23</v>
       </c>
       <c r="I116" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J116" t="s">
         <v>47</v>
       </c>
       <c r="K116" t="s">
         <v>26</v>
       </c>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116"/>
       <c r="O116"/>
       <c r="P116"/>
       <c r="Q116" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
         <v>15980</v>
       </c>
       <c r="B117" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C117" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D117" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E117" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F117" t="s">
         <v>280</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>23</v>
       </c>
       <c r="I117" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J117" t="s">
         <v>47</v>
       </c>
       <c r="K117" t="s">
         <v>26</v>
       </c>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117"/>
       <c r="O117"/>
       <c r="P117"/>
       <c r="Q117" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
         <v>15981</v>
       </c>
       <c r="B118" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C118" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D118" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E118" t="s">
         <v>279</v>
       </c>
       <c r="F118" t="s">
         <v>280</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>23</v>
       </c>
       <c r="I118" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J118" t="s">
         <v>47</v>
       </c>
       <c r="K118" t="s">
         <v>26</v>
       </c>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118"/>
       <c r="O118"/>
       <c r="P118"/>
       <c r="Q118" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
         <v>16072</v>
       </c>
       <c r="B119" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C119" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D119" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="E119" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F119" t="s">
         <v>280</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>23</v>
       </c>
       <c r="I119" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J119" t="s">
         <v>47</v>
       </c>
       <c r="K119" t="s">
         <v>275</v>
       </c>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119"/>
       <c r="O119"/>
       <c r="P119"/>
       <c r="Q119" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
         <v>20053</v>
       </c>
       <c r="B120" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C120" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D120" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E120" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F120" t="s">
         <v>280</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>23</v>
       </c>
       <c r="I120" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J120" t="s">
         <v>47</v>
       </c>
       <c r="K120" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120"/>
       <c r="O120"/>
       <c r="P120"/>
       <c r="Q120" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
         <v>16073</v>
       </c>
       <c r="B121" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C121" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D121" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E121" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F121" t="s">
         <v>280</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
         <v>23</v>
       </c>
       <c r="I121" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J121" t="s">
         <v>47</v>
       </c>
       <c r="K121" t="s">
         <v>275</v>
       </c>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121"/>
       <c r="O121"/>
       <c r="P121"/>
       <c r="Q121" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
         <v>3911</v>
       </c>
       <c r="B122" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C122" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D122" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E122" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F122" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>23</v>
       </c>
       <c r="I122" t="s">
         <v>53</v>
       </c>
       <c r="J122" t="s">
         <v>47</v>
       </c>
       <c r="K122" t="s">
         <v>131</v>
       </c>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122"/>
       <c r="O122"/>
       <c r="P122"/>
       <c r="Q122" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
         <v>9444</v>
       </c>
       <c r="B123" t="s">
+        <v>575</v>
+      </c>
+      <c r="C123" t="s">
+        <v>576</v>
+      </c>
+      <c r="D123" t="s">
+        <v>577</v>
+      </c>
+      <c r="E123" t="s">
+        <v>573</v>
+      </c>
+      <c r="F123" t="s">
         <v>574</v>
-      </c>
-[...10 lines deleted...]
-        <v>573</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>23</v>
       </c>
       <c r="I123" t="s">
         <v>53</v>
       </c>
       <c r="J123" t="s">
         <v>47</v>
       </c>
       <c r="K123" t="s">
         <v>26</v>
       </c>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123"/>
       <c r="O123"/>
       <c r="P123"/>
       <c r="Q123" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124">
         <v>32348</v>
       </c>
       <c r="B124" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C124" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D124" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E124" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="F124" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>23</v>
       </c>
       <c r="I124" t="s">
         <v>24</v>
       </c>
       <c r="J124" t="s">
         <v>47</v>
       </c>
       <c r="K124" t="s">
         <v>26</v>
       </c>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124"/>
       <c r="O124"/>
       <c r="P124" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="Q124" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
         <v>20089</v>
       </c>
       <c r="B125" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C125" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D125" t="s">
         <v>93</v>
       </c>
       <c r="E125" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F125" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
         <v>23</v>
       </c>
       <c r="I125" t="s">
         <v>103</v>
       </c>
       <c r="J125" t="s">
         <v>110</v>
       </c>
       <c r="K125" t="s">
         <v>26</v>
       </c>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125" t="s">
         <v>111</v>
       </c>
       <c r="O125"/>
       <c r="P125"/>
       <c r="Q125" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
         <v>20090</v>
       </c>
       <c r="B126" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C126" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D126" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E126" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F126" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
         <v>23</v>
       </c>
       <c r="I126" t="s">
         <v>103</v>
       </c>
       <c r="J126" t="s">
         <v>110</v>
       </c>
       <c r="K126" t="s">
         <v>26</v>
       </c>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126" t="s">
         <v>111</v>
       </c>
       <c r="O126"/>
       <c r="P126" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="Q126" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
         <v>20095</v>
       </c>
       <c r="B127" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C127" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D127" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E127" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F127" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>23</v>
       </c>
       <c r="I127" t="s">
         <v>103</v>
       </c>
       <c r="J127" t="s">
         <v>110</v>
       </c>
       <c r="K127" t="s">
         <v>26</v>
       </c>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127" t="s">
         <v>111</v>
       </c>
       <c r="O127"/>
       <c r="P127"/>
       <c r="Q127" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
         <v>20093</v>
       </c>
       <c r="B128" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C128" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D128" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="E128" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F128" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>23</v>
       </c>
       <c r="I128" t="s">
         <v>103</v>
       </c>
       <c r="J128" t="s">
         <v>110</v>
       </c>
       <c r="K128" t="s">
         <v>26</v>
       </c>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128" t="s">
         <v>111</v>
       </c>
       <c r="O128"/>
       <c r="P128"/>
       <c r="Q128" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
         <v>21446</v>
       </c>
       <c r="B129" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C129" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D129" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E129" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="F129" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>23</v>
       </c>
       <c r="I129" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J129" t="s">
         <v>110</v>
       </c>
       <c r="K129" t="s">
         <v>83</v>
       </c>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129" t="s">
         <v>111</v>
       </c>
       <c r="O129"/>
       <c r="P129"/>
       <c r="Q129" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
         <v>20931</v>
       </c>
       <c r="B130" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C130" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D130" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="E130" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F130" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>23</v>
       </c>
       <c r="I130" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J130" t="s">
         <v>110</v>
       </c>
       <c r="K130" t="s">
         <v>26</v>
       </c>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130" t="s">
         <v>111</v>
       </c>
       <c r="O130"/>
       <c r="P130"/>
       <c r="Q130" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
         <v>13359</v>
       </c>
       <c r="B131" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C131"/>
       <c r="D131"/>
       <c r="E131" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F131" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>23</v>
       </c>
       <c r="I131" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J131" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K131"/>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="O131"/>
       <c r="P131"/>
       <c r="Q131" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
         <v>20213</v>
       </c>
       <c r="B132" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C132"/>
       <c r="D132"/>
       <c r="E132" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="F132" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>23</v>
       </c>
       <c r="I132" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J132" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K132"/>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="O132"/>
       <c r="P132"/>
       <c r="Q132" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
         <v>13341</v>
       </c>
       <c r="B133" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C133"/>
       <c r="D133"/>
       <c r="E133" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F133" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>23</v>
       </c>
       <c r="I133" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J133" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K133"/>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="O133"/>
       <c r="P133" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="Q133" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
         <v>20276</v>
       </c>
       <c r="B134" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C134" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D134" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>23</v>
       </c>
       <c r="I134" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J134" t="s">
         <v>47</v>
       </c>
       <c r="K134" t="s">
         <v>26</v>
       </c>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
       <c r="O134"/>
       <c r="P134" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="Q134" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
         <v>20266</v>
       </c>
       <c r="B135" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C135" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D135" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E135"/>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>23</v>
       </c>
       <c r="I135" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J135" t="s">
         <v>47</v>
       </c>
       <c r="K135" t="s">
         <v>26</v>
       </c>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135"/>
       <c r="O135"/>
       <c r="P135"/>
       <c r="Q135" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136">
         <v>28224</v>
       </c>
       <c r="B136" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C136"/>
       <c r="D136"/>
       <c r="E136"/>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>23</v>
       </c>
       <c r="I136" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J136" t="s">
         <v>47</v>
       </c>
       <c r="K136" t="s">
         <v>26</v>
       </c>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136"/>
       <c r="O136"/>
       <c r="P136"/>
       <c r="Q136" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137">
         <v>34205</v>
       </c>
       <c r="B137" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C137"/>
       <c r="D137"/>
       <c r="E137"/>
       <c r="F137"/>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>23</v>
       </c>
       <c r="I137" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J137" t="s">
         <v>47</v>
       </c>
       <c r="K137" t="s">
         <v>26</v>
       </c>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
       <c r="O137"/>
       <c r="P137"/>
       <c r="Q137" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138">
         <v>20864</v>
       </c>
       <c r="B138" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C138" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D138" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E138"/>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138" t="s">
         <v>23</v>
       </c>
       <c r="I138" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J138" t="s">
         <v>47</v>
       </c>
       <c r="K138" t="s">
         <v>26</v>
       </c>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138"/>
       <c r="O138"/>
       <c r="P138"/>
       <c r="Q138" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139">
         <v>20350</v>
       </c>
       <c r="B139" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C139" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D139" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E139"/>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>23</v>
       </c>
       <c r="I139" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J139" t="s">
         <v>47</v>
       </c>
       <c r="K139" t="s">
         <v>34</v>
       </c>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139"/>
       <c r="O139"/>
       <c r="P139"/>
       <c r="Q139" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140">
         <v>24224</v>
       </c>
       <c r="B140" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>23</v>
       </c>
       <c r="I140" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J140" t="s">
         <v>47</v>
       </c>
       <c r="K140" t="s">
         <v>26</v>
       </c>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140"/>
       <c r="O140"/>
       <c r="P140"/>
       <c r="Q140" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141">
         <v>24225</v>
       </c>
       <c r="B141" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C141"/>
       <c r="D141"/>
       <c r="E141"/>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141" t="s">
         <v>23</v>
       </c>
       <c r="I141" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J141" t="s">
         <v>47</v>
       </c>
       <c r="K141" t="s">
         <v>26</v>
       </c>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141"/>
       <c r="O141"/>
       <c r="P141"/>
       <c r="Q141" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142">
         <v>95551</v>
       </c>
       <c r="B142" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C142" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D142" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142" t="s">
         <v>23</v>
       </c>
       <c r="I142" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J142" t="s">
         <v>47</v>
       </c>
       <c r="K142" t="s">
         <v>26</v>
       </c>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142"/>
       <c r="Q142" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143">
         <v>20259</v>
       </c>
       <c r="B143" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C143" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D143" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E143"/>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143" t="s">
         <v>23</v>
       </c>
       <c r="I143" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J143" t="s">
         <v>47</v>
       </c>
       <c r="K143" t="s">
         <v>26</v>
       </c>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143"/>
       <c r="Q143" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144">
         <v>34542</v>
       </c>
       <c r="B144" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C144"/>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144" t="s">
         <v>23</v>
       </c>
       <c r="I144" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J144" t="s">
         <v>47</v>
       </c>
       <c r="K144" t="s">
         <v>26</v>
       </c>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="Q144" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145">
         <v>12471</v>
       </c>
       <c r="B145" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C145"/>
       <c r="D145"/>
       <c r="E145"/>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145" t="s">
         <v>23</v>
       </c>
       <c r="I145" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J145" t="s">
         <v>47</v>
       </c>
       <c r="K145" t="s">
         <v>26</v>
       </c>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="Q145" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146">
         <v>22589</v>
       </c>
       <c r="B146" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C146" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D146" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146" t="s">
         <v>23</v>
       </c>
       <c r="I146" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J146" t="s">
         <v>47</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="Q146" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147">
         <v>22590</v>
       </c>
       <c r="B147" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C147" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D147" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E147"/>
       <c r="F147"/>
       <c r="G147"/>
       <c r="H147" t="s">
         <v>23</v>
       </c>
       <c r="I147" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J147" t="s">
         <v>47</v>
       </c>
       <c r="K147" t="s">
         <v>26</v>
       </c>
       <c r="L147"/>
       <c r="M147"/>
       <c r="N147"/>
       <c r="O147"/>
       <c r="P147" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="Q147" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148">
         <v>20375</v>
       </c>
       <c r="B148" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C148" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D148" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E148"/>
       <c r="F148"/>
       <c r="G148"/>
       <c r="H148" t="s">
         <v>23</v>
       </c>
       <c r="I148" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J148" t="s">
         <v>47</v>
       </c>
       <c r="K148" t="s">
         <v>26</v>
       </c>
       <c r="L148"/>
       <c r="M148"/>
       <c r="N148"/>
       <c r="O148"/>
       <c r="P148"/>
       <c r="Q148" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149">
         <v>22052</v>
       </c>
       <c r="B149" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C149"/>
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149"/>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>23</v>
       </c>
       <c r="I149" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J149" t="s">
         <v>47</v>
       </c>
       <c r="K149" t="s">
         <v>26</v>
       </c>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
       <c r="O149"/>
       <c r="P149" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="Q149" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150">
         <v>34206</v>
       </c>
       <c r="B150" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150"/>
       <c r="G150"/>
       <c r="H150" t="s">
         <v>23</v>
       </c>
       <c r="I150" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J150" t="s">
         <v>47</v>
       </c>
       <c r="K150" t="s">
         <v>26</v>
       </c>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
       <c r="O150"/>
       <c r="P150"/>
       <c r="Q150" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151">
         <v>13099</v>
       </c>
       <c r="B151" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C151" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D151" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E151"/>
       <c r="F151"/>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>23</v>
       </c>
       <c r="I151" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J151" t="s">
         <v>47</v>
       </c>
       <c r="K151" t="s">
         <v>26</v>
       </c>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
       <c r="O151"/>
       <c r="P151" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="Q151" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
         <v>13103</v>
       </c>
       <c r="B152" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C152"/>
       <c r="D152"/>
       <c r="E152"/>
       <c r="F152"/>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>23</v>
       </c>
       <c r="I152" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J152" t="s">
         <v>47</v>
       </c>
       <c r="K152" t="s">
         <v>26</v>
       </c>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
       <c r="O152"/>
       <c r="P152"/>
       <c r="Q152" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
         <v>13113</v>
       </c>
       <c r="B153" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C153"/>
       <c r="D153"/>
       <c r="E153"/>
       <c r="F153"/>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>23</v>
       </c>
       <c r="I153" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J153" t="s">
         <v>47</v>
       </c>
       <c r="K153" t="s">
         <v>26</v>
       </c>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
       <c r="O153"/>
       <c r="P153"/>
       <c r="Q153" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
         <v>20071</v>
       </c>
       <c r="B154" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C154" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D154" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E154"/>
       <c r="F154"/>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>23</v>
       </c>
       <c r="I154" t="s">
         <v>103</v>
       </c>
       <c r="J154" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K154"/>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154" t="s">
         <v>111</v>
       </c>
       <c r="O154"/>
       <c r="P154" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="Q154" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
         <v>20356</v>
       </c>
       <c r="B155" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C155" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D155" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E155"/>
       <c r="F155"/>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>23</v>
       </c>
       <c r="I155" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J155" t="s">
         <v>47</v>
       </c>
       <c r="K155" t="s">
         <v>26</v>
       </c>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155"/>
       <c r="Q155" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
         <v>20358</v>
       </c>
       <c r="B156" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C156" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D156" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E156"/>
       <c r="F156"/>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>23</v>
       </c>
       <c r="I156" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J156" t="s">
         <v>47</v>
       </c>
       <c r="K156" t="s">
         <v>26</v>
       </c>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156"/>
       <c r="Q156" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
         <v>22785</v>
       </c>
       <c r="B157" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C157"/>
       <c r="D157"/>
       <c r="E157"/>
       <c r="F157"/>
       <c r="G157"/>
       <c r="H157" t="s">
         <v>23</v>
       </c>
       <c r="I157" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J157" t="s">
         <v>47</v>
       </c>
       <c r="K157" t="s">
         <v>34</v>
       </c>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="Q157" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158">
         <v>27476</v>
       </c>
       <c r="B158" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C158" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D158" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E158"/>
       <c r="F158"/>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>23</v>
       </c>
       <c r="I158" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J158" t="s">
         <v>47</v>
       </c>
       <c r="K158" t="s">
         <v>26</v>
       </c>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
       <c r="O158"/>
       <c r="P158" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="Q158" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159">
         <v>34803</v>
       </c>
       <c r="B159" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C159" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D159" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E159"/>
       <c r="F159"/>
       <c r="G159"/>
       <c r="H159" t="s">
         <v>23</v>
       </c>
       <c r="I159" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J159" t="s">
         <v>47</v>
       </c>
       <c r="K159" t="s">
         <v>26</v>
       </c>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="Q159" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160">
         <v>20219</v>
       </c>
       <c r="B160" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C160" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D160" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E160"/>
       <c r="F160"/>
       <c r="G160"/>
       <c r="H160" t="s">
         <v>23</v>
       </c>
       <c r="I160" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J160" t="s">
         <v>47</v>
       </c>
       <c r="K160" t="s">
         <v>26</v>
       </c>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160"/>
       <c r="Q160" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161">
         <v>34207</v>
       </c>
       <c r="B161" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C161"/>
       <c r="D161"/>
       <c r="E161"/>
       <c r="F161"/>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>23</v>
       </c>
       <c r="I161" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J161" t="s">
         <v>47</v>
       </c>
       <c r="K161" t="s">
         <v>26</v>
       </c>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
       <c r="O161"/>
       <c r="P161" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="Q161" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162">
         <v>79324</v>
       </c>
       <c r="B162" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C162"/>
       <c r="D162"/>
       <c r="E162"/>
       <c r="F162"/>
       <c r="G162"/>
       <c r="H162" t="s">
         <v>23</v>
       </c>
       <c r="I162" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J162" t="s">
         <v>47</v>
       </c>
       <c r="K162" t="s">
         <v>26</v>
       </c>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
       <c r="O162"/>
       <c r="P162" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="Q162" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163">
         <v>79325</v>
       </c>
       <c r="B163" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C163"/>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163"/>
       <c r="G163"/>
       <c r="H163" t="s">
         <v>23</v>
       </c>
       <c r="I163" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J163" t="s">
         <v>47</v>
       </c>
       <c r="K163" t="s">
         <v>26</v>
       </c>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="Q163" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164">
         <v>79326</v>
       </c>
       <c r="B164" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164" t="s">
         <v>23</v>
       </c>
       <c r="I164" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J164" t="s">
         <v>47</v>
       </c>
       <c r="K164" t="s">
         <v>26</v>
       </c>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="Q164" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165">
         <v>79327</v>
       </c>
       <c r="B165" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C165" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D165" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E165"/>
       <c r="F165"/>
       <c r="G165"/>
       <c r="H165" t="s">
         <v>23</v>
       </c>
       <c r="I165" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J165" t="s">
         <v>47</v>
       </c>
       <c r="K165" t="s">
         <v>26</v>
       </c>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="Q165" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166">
         <v>79323</v>
       </c>
       <c r="B166" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C166"/>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>23</v>
       </c>
       <c r="I166" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J166" t="s">
         <v>47</v>
       </c>
       <c r="K166" t="s">
         <v>26</v>
       </c>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
       <c r="O166"/>
       <c r="P166" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="Q166" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167">
         <v>79328</v>
       </c>
       <c r="B167" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C167"/>
       <c r="D167"/>
       <c r="E167"/>
       <c r="F167"/>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>23</v>
       </c>
       <c r="I167" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J167" t="s">
         <v>47</v>
       </c>
       <c r="K167" t="s">
         <v>26</v>
       </c>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="Q167" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168">
         <v>20480</v>
       </c>
       <c r="B168" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C168"/>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168"/>
       <c r="G168"/>
       <c r="H168" t="s">
         <v>23</v>
       </c>
       <c r="I168" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J168" t="s">
         <v>47</v>
       </c>
       <c r="K168" t="s">
         <v>26</v>
       </c>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
       <c r="O168"/>
       <c r="P168"/>
       <c r="Q168" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169">
         <v>13719</v>
       </c>
       <c r="B169" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C169" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D169" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="E169"/>
       <c r="F169"/>
       <c r="G169"/>
       <c r="H169" t="s">
         <v>23</v>
       </c>
       <c r="I169" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J169" t="s">
         <v>47</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
       <c r="O169"/>
       <c r="P169"/>
       <c r="Q169" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170">
         <v>13721</v>
       </c>
       <c r="B170" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C170" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D170" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="E170"/>
       <c r="F170"/>
       <c r="G170"/>
       <c r="H170" t="s">
         <v>23</v>
       </c>
       <c r="I170" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J170" t="s">
         <v>47</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
       <c r="O170"/>
       <c r="P170"/>
       <c r="Q170" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171">
         <v>24241</v>
       </c>
       <c r="B171" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C171"/>
       <c r="D171"/>
       <c r="E171"/>
       <c r="F171"/>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>23</v>
       </c>
       <c r="I171" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J171" t="s">
         <v>47</v>
       </c>
       <c r="K171" t="s">
         <v>26</v>
       </c>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
       <c r="O171"/>
       <c r="P171"/>
       <c r="Q171" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172">
         <v>79301</v>
       </c>
       <c r="B172" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C172" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D172" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E172"/>
       <c r="F172"/>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>23</v>
       </c>
       <c r="I172" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J172" t="s">
         <v>47</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="Q172" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173">
         <v>79315</v>
       </c>
       <c r="B173" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C173"/>
       <c r="D173"/>
       <c r="E173"/>
       <c r="F173"/>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>23</v>
       </c>
       <c r="I173" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J173" t="s">
         <v>47</v>
       </c>
       <c r="K173" t="s">
         <v>26</v>
       </c>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
       <c r="O173"/>
       <c r="P173" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="Q173" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174">
         <v>79316</v>
       </c>
       <c r="B174" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C174"/>
       <c r="D174"/>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174" t="s">
         <v>23</v>
       </c>
       <c r="I174" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J174" t="s">
         <v>47</v>
       </c>
       <c r="K174" t="s">
         <v>26</v>
       </c>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
       <c r="O174"/>
       <c r="P174" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="Q174" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175">
         <v>79317</v>
       </c>
       <c r="B175" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C175"/>
       <c r="D175"/>
       <c r="E175"/>
       <c r="F175"/>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>23</v>
       </c>
       <c r="I175" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J175" t="s">
         <v>47</v>
       </c>
       <c r="K175" t="s">
         <v>26</v>
       </c>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="Q175" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176">
         <v>79318</v>
       </c>
       <c r="B176" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C176"/>
       <c r="D176"/>
       <c r="E176"/>
       <c r="F176"/>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>23</v>
       </c>
       <c r="I176" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J176" t="s">
         <v>47</v>
       </c>
       <c r="K176" t="s">
         <v>26</v>
       </c>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="Q176" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177">
         <v>79329</v>
       </c>
       <c r="B177" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C177"/>
       <c r="D177"/>
       <c r="E177"/>
       <c r="F177"/>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>23</v>
       </c>
       <c r="I177" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J177" t="s">
         <v>47</v>
       </c>
       <c r="K177" t="s">
         <v>26</v>
       </c>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="Q177" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178">
         <v>79321</v>
       </c>
       <c r="B178" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C178"/>
       <c r="D178"/>
       <c r="E178"/>
       <c r="F178"/>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>23</v>
       </c>
       <c r="I178" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J178" t="s">
         <v>47</v>
       </c>
       <c r="K178" t="s">
         <v>26</v>
       </c>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="Q178" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179">
         <v>79319</v>
       </c>
       <c r="B179" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C179"/>
       <c r="D179"/>
       <c r="E179"/>
       <c r="F179"/>
       <c r="G179"/>
       <c r="H179" t="s">
         <v>23</v>
       </c>
       <c r="I179" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J179" t="s">
         <v>47</v>
       </c>
       <c r="K179" t="s">
         <v>26</v>
       </c>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="Q179" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180">
         <v>79320</v>
       </c>
       <c r="B180" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C180"/>
       <c r="D180"/>
       <c r="E180"/>
       <c r="F180"/>
       <c r="G180"/>
       <c r="H180" t="s">
         <v>23</v>
       </c>
       <c r="I180" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J180" t="s">
         <v>47</v>
       </c>
       <c r="K180" t="s">
         <v>26</v>
       </c>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="Q180" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181">
         <v>93566</v>
       </c>
       <c r="B181" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C181"/>
       <c r="D181"/>
       <c r="E181"/>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>23</v>
       </c>
       <c r="I181" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J181" t="s">
         <v>47</v>
       </c>
       <c r="K181" t="s">
         <v>26</v>
       </c>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="Q181" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182">
         <v>79322</v>
       </c>
       <c r="B182" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C182"/>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>23</v>
       </c>
       <c r="I182" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J182" t="s">
         <v>47</v>
       </c>
       <c r="K182" t="s">
         <v>26</v>
       </c>
       <c r="L182"/>
       <c r="M182"/>
       <c r="N182"/>
       <c r="O182"/>
       <c r="P182" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="Q182" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183">
         <v>13796</v>
       </c>
       <c r="B183" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C183"/>
       <c r="D183"/>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>23</v>
       </c>
       <c r="I183" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J183" t="s">
         <v>47</v>
       </c>
       <c r="K183" t="s">
         <v>26</v>
       </c>
       <c r="L183"/>
       <c r="M183"/>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183"/>
       <c r="Q183" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184">
         <v>14608</v>
       </c>
       <c r="B184" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C184"/>
       <c r="D184"/>
       <c r="E184"/>
       <c r="F184"/>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>23</v>
       </c>
       <c r="I184" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J184" t="s">
         <v>47</v>
       </c>
       <c r="K184" t="s">
         <v>26</v>
       </c>
       <c r="L184"/>
       <c r="M184"/>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184"/>
       <c r="Q184" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185">
         <v>20235</v>
       </c>
       <c r="B185" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C185" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D185" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="E185"/>
       <c r="F185"/>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>23</v>
       </c>
       <c r="I185" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J185" t="s">
         <v>47</v>
       </c>
       <c r="K185" t="s">
         <v>26</v>
       </c>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185"/>
       <c r="O185"/>
       <c r="P185"/>
       <c r="Q185" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186">
         <v>13789</v>
       </c>
       <c r="B186" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C186"/>
       <c r="D186"/>
       <c r="E186"/>
       <c r="F186"/>
       <c r="G186"/>
       <c r="H186" t="s">
         <v>23</v>
       </c>
       <c r="I186" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J186" t="s">
         <v>47</v>
       </c>
       <c r="K186" t="s">
         <v>26</v>
       </c>
       <c r="L186"/>
       <c r="M186"/>
       <c r="N186"/>
       <c r="O186"/>
       <c r="P186"/>
       <c r="Q186" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187">
         <v>13132</v>
       </c>
       <c r="B187" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C187" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D187" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E187"/>
       <c r="F187"/>
       <c r="G187"/>
       <c r="H187" t="s">
         <v>23</v>
       </c>
       <c r="I187" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J187" t="s">
         <v>47</v>
       </c>
       <c r="K187" t="s">
         <v>26</v>
       </c>
       <c r="L187"/>
       <c r="M187"/>
       <c r="N187"/>
       <c r="O187"/>
       <c r="P187"/>
       <c r="Q187" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188">
         <v>20274</v>
       </c>
       <c r="B188" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C188" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="D188" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E188"/>
       <c r="F188"/>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>23</v>
       </c>
       <c r="I188" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J188" t="s">
         <v>47</v>
       </c>
       <c r="K188" t="s">
         <v>26</v>
       </c>
       <c r="L188"/>
       <c r="M188"/>
       <c r="N188"/>
       <c r="O188"/>
       <c r="P188"/>
       <c r="Q188" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189">
         <v>13296</v>
       </c>
       <c r="B189" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C189"/>
       <c r="D189"/>
       <c r="E189"/>
       <c r="F189"/>
       <c r="G189"/>
       <c r="H189" t="s">
         <v>23</v>
       </c>
       <c r="I189" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J189" t="s">
         <v>47</v>
       </c>
       <c r="K189" t="s">
         <v>26</v>
       </c>
       <c r="L189"/>
       <c r="M189"/>
       <c r="N189"/>
       <c r="O189"/>
       <c r="P189" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="Q189" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190">
         <v>22520</v>
       </c>
       <c r="B190" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C190"/>
       <c r="D190"/>
       <c r="E190"/>
       <c r="F190"/>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>23</v>
       </c>
       <c r="I190" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J190" t="s">
         <v>47</v>
       </c>
       <c r="K190" t="s">
         <v>26</v>
       </c>
       <c r="L190"/>
       <c r="M190"/>
       <c r="N190"/>
       <c r="O190"/>
       <c r="P190"/>
       <c r="Q190" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191">
         <v>34208</v>
       </c>
       <c r="B191" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C191"/>
       <c r="D191"/>
       <c r="E191"/>
       <c r="F191"/>
       <c r="G191"/>
       <c r="H191" t="s">
         <v>23</v>
       </c>
       <c r="I191" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J191" t="s">
         <v>47</v>
       </c>
       <c r="K191" t="s">
         <v>26</v>
       </c>
       <c r="L191"/>
       <c r="M191"/>
       <c r="N191"/>
       <c r="O191"/>
       <c r="P191" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="Q191" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192">
         <v>20372</v>
       </c>
       <c r="B192" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C192" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D192" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E192"/>
       <c r="F192"/>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>23</v>
       </c>
       <c r="I192" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J192" t="s">
         <v>47</v>
       </c>
       <c r="K192" t="s">
         <v>26</v>
       </c>
       <c r="L192"/>
       <c r="M192"/>
       <c r="N192"/>
       <c r="O192"/>
       <c r="P192"/>
       <c r="Q192" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193">
         <v>32282</v>
       </c>
       <c r="B193" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C193" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D193" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E193"/>
       <c r="F193"/>
       <c r="G193"/>
       <c r="H193" t="s">
         <v>23</v>
       </c>
       <c r="I193" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J193" t="s">
         <v>47</v>
       </c>
       <c r="K193" t="s">
         <v>83</v>
       </c>
       <c r="L193"/>
       <c r="M193"/>
       <c r="N193"/>
       <c r="O193"/>
       <c r="P193" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="Q193" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194">
         <v>19049</v>
       </c>
       <c r="B194" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C194" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D194" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="E194"/>
       <c r="F194"/>
       <c r="G194"/>
       <c r="H194" t="s">
         <v>23</v>
       </c>
       <c r="I194" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J194" t="s">
         <v>47</v>
       </c>
       <c r="K194" t="s">
         <v>83</v>
       </c>
       <c r="L194"/>
       <c r="M194"/>
       <c r="N194"/>
       <c r="O194"/>
       <c r="P194"/>
       <c r="Q194" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195">
         <v>33102</v>
       </c>
       <c r="B195" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C195"/>
       <c r="D195"/>
       <c r="E195"/>
       <c r="F195"/>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>23</v>
       </c>
       <c r="I195" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J195" t="s">
         <v>47</v>
       </c>
       <c r="K195" t="s">
         <v>26</v>
       </c>
       <c r="L195"/>
       <c r="M195"/>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="Q195" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
         <v>23019</v>
       </c>
       <c r="B196" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C196" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D196" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E196"/>
       <c r="F196"/>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>23</v>
       </c>
       <c r="I196" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J196" t="s">
         <v>47</v>
       </c>
       <c r="K196" t="s">
         <v>26</v>
       </c>
       <c r="L196"/>
       <c r="M196"/>
       <c r="N196"/>
       <c r="O196"/>
       <c r="P196"/>
       <c r="Q196" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
         <v>24259</v>
       </c>
       <c r="B197" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C197"/>
       <c r="D197"/>
       <c r="E197"/>
       <c r="F197"/>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>23</v>
       </c>
       <c r="I197" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J197" t="s">
         <v>47</v>
       </c>
       <c r="K197" t="s">
         <v>26</v>
       </c>
       <c r="L197"/>
       <c r="M197"/>
       <c r="N197"/>
       <c r="O197"/>
       <c r="P197"/>
       <c r="Q197" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
         <v>20878</v>
       </c>
       <c r="B198" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C198" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D198" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E198"/>
       <c r="F198"/>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>23</v>
       </c>
       <c r="I198" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J198" t="s">
         <v>47</v>
       </c>
       <c r="K198" t="s">
         <v>26</v>
       </c>
       <c r="L198"/>
       <c r="M198"/>
       <c r="N198"/>
       <c r="O198"/>
       <c r="P198"/>
       <c r="Q198" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199">
         <v>24265</v>
       </c>
       <c r="B199" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C199"/>
       <c r="D199"/>
       <c r="E199"/>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>23</v>
       </c>
       <c r="I199" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J199" t="s">
         <v>47</v>
       </c>
       <c r="K199" t="s">
         <v>26</v>
       </c>
       <c r="L199"/>
       <c r="M199"/>
       <c r="N199"/>
       <c r="O199"/>
       <c r="P199"/>
       <c r="Q199" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200">
         <v>20283</v>
       </c>
       <c r="B200" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C200" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D200" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E200"/>
       <c r="F200"/>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>23</v>
       </c>
       <c r="I200" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J200" t="s">
         <v>47</v>
       </c>
       <c r="K200" t="s">
         <v>26</v>
       </c>
       <c r="L200"/>
       <c r="M200"/>
       <c r="N200"/>
       <c r="O200"/>
       <c r="P200"/>
       <c r="Q200" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201">
         <v>22053</v>
       </c>
       <c r="B201" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C201" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D201" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E201"/>
       <c r="F201"/>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>23</v>
       </c>
       <c r="I201" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J201" t="s">
         <v>47</v>
       </c>
       <c r="K201" t="s">
         <v>26</v>
       </c>
       <c r="L201"/>
       <c r="M201"/>
       <c r="N201"/>
       <c r="O201"/>
       <c r="P201" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="Q201" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
         <v>70515</v>
       </c>
       <c r="B202" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C202"/>
       <c r="D202"/>
       <c r="E202"/>
       <c r="F202"/>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>23</v>
       </c>
       <c r="I202" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J202" t="s">
         <v>47</v>
       </c>
       <c r="K202" t="s">
         <v>83</v>
       </c>
       <c r="L202"/>
       <c r="M202"/>
       <c r="N202"/>
       <c r="O202"/>
       <c r="P202"/>
       <c r="Q202" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
         <v>24267</v>
       </c>
       <c r="B203" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C203"/>
       <c r="D203"/>
       <c r="E203"/>
       <c r="F203"/>
       <c r="G203"/>
       <c r="H203" t="s">
         <v>23</v>
       </c>
       <c r="I203" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J203" t="s">
         <v>47</v>
       </c>
       <c r="K203" t="s">
         <v>26</v>
       </c>
       <c r="L203"/>
       <c r="M203"/>
       <c r="N203"/>
       <c r="O203"/>
       <c r="P203"/>
       <c r="Q203" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204">
         <v>79207</v>
       </c>
       <c r="B204" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C204"/>
       <c r="D204"/>
       <c r="E204"/>
       <c r="F204"/>
       <c r="G204"/>
       <c r="H204" t="s">
         <v>23</v>
       </c>
       <c r="I204" t="s">
         <v>24</v>
       </c>
       <c r="J204" t="s">
         <v>47</v>
       </c>
       <c r="K204" t="s">
         <v>26</v>
       </c>
       <c r="L204"/>
       <c r="M204"/>
       <c r="N204"/>
       <c r="O204"/>
       <c r="P204"/>
       <c r="Q204" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205">
         <v>20091</v>
       </c>
       <c r="B205" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C205" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D205" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="E205"/>
       <c r="F205"/>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>23</v>
       </c>
       <c r="I205" t="s">
         <v>103</v>
       </c>
       <c r="J205" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K205"/>
       <c r="L205"/>
       <c r="M205"/>
       <c r="N205" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="O205"/>
       <c r="P205"/>
       <c r="Q205" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
         <v>21325</v>
       </c>
       <c r="B206" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206"/>
       <c r="G206"/>
       <c r="H206" t="s">
         <v>23</v>
       </c>
       <c r="I206" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J206" t="s">
         <v>47</v>
       </c>
       <c r="K206" t="s">
         <v>26</v>
       </c>
       <c r="L206"/>
       <c r="M206"/>
       <c r="N206"/>
       <c r="O206"/>
       <c r="P206"/>
       <c r="Q206" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207">
         <v>21447</v>
       </c>
       <c r="B207" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C207"/>
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207"/>
       <c r="G207"/>
       <c r="H207" t="s">
         <v>23</v>
       </c>
       <c r="I207" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J207" t="s">
         <v>47</v>
       </c>
       <c r="K207" t="s">
         <v>26</v>
       </c>
       <c r="L207"/>
       <c r="M207"/>
       <c r="N207"/>
       <c r="O207"/>
       <c r="P207"/>
       <c r="Q207" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208">
         <v>36627</v>
       </c>
       <c r="B208" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208"/>
       <c r="F208"/>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>23</v>
       </c>
       <c r="I208" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J208" t="s">
         <v>47</v>
       </c>
       <c r="K208" t="s">
         <v>26</v>
       </c>
       <c r="L208"/>
       <c r="M208"/>
       <c r="N208"/>
       <c r="O208"/>
       <c r="P208" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="Q208" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209">
         <v>22603</v>
       </c>
       <c r="B209" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C209"/>
       <c r="D209"/>
       <c r="E209"/>
       <c r="F209"/>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>23</v>
       </c>
       <c r="I209" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J209" t="s">
         <v>47</v>
       </c>
       <c r="K209" t="s">
         <v>26</v>
       </c>
       <c r="L209"/>
       <c r="M209"/>
       <c r="N209"/>
       <c r="O209"/>
       <c r="P209" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="Q209" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210">
         <v>32347</v>
       </c>
       <c r="B210" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C210" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D210" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E210"/>
       <c r="F210"/>
       <c r="G210"/>
       <c r="H210" t="s">
         <v>23</v>
       </c>
       <c r="I210" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J210" t="s">
         <v>47</v>
       </c>
       <c r="K210" t="s">
         <v>26</v>
       </c>
       <c r="L210"/>
       <c r="M210"/>
       <c r="N210"/>
       <c r="O210"/>
       <c r="P210" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="Q210" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
         <v>24280</v>
       </c>
       <c r="B211" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C211"/>
       <c r="D211"/>
       <c r="E211"/>
       <c r="F211"/>
       <c r="G211"/>
       <c r="H211" t="s">
         <v>23</v>
       </c>
       <c r="I211" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J211" t="s">
         <v>47</v>
       </c>
       <c r="K211" t="s">
         <v>26</v>
       </c>
       <c r="L211"/>
       <c r="M211"/>
       <c r="N211"/>
       <c r="O211"/>
       <c r="P211"/>
       <c r="Q211" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
         <v>13116</v>
       </c>
       <c r="B212" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212"/>
       <c r="F212"/>
       <c r="G212"/>
       <c r="H212" t="s">
         <v>23</v>
       </c>
       <c r="I212" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J212" t="s">
         <v>47</v>
       </c>
       <c r="K212" t="s">
         <v>26</v>
       </c>
       <c r="L212"/>
       <c r="M212"/>
       <c r="N212"/>
       <c r="O212"/>
       <c r="P212" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="Q212" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
         <v>13120</v>
       </c>
       <c r="B213" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C213"/>
       <c r="D213"/>
       <c r="E213"/>
       <c r="F213"/>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>23</v>
       </c>
       <c r="I213" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J213" t="s">
         <v>47</v>
       </c>
       <c r="K213" t="s">
         <v>26</v>
       </c>
       <c r="L213"/>
       <c r="M213"/>
       <c r="N213"/>
       <c r="O213"/>
       <c r="P213"/>
       <c r="Q213" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
         <v>13122</v>
       </c>
       <c r="B214" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C214"/>
       <c r="D214"/>
       <c r="E214"/>
       <c r="F214"/>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>23</v>
       </c>
       <c r="I214" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J214" t="s">
         <v>47</v>
       </c>
       <c r="K214" t="s">
         <v>26</v>
       </c>
       <c r="L214"/>
       <c r="M214"/>
       <c r="N214"/>
       <c r="O214"/>
       <c r="P214"/>
       <c r="Q214" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
         <v>13126</v>
       </c>
       <c r="B215" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C215"/>
       <c r="D215"/>
       <c r="E215"/>
       <c r="F215"/>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>23</v>
       </c>
       <c r="I215" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J215" t="s">
         <v>47</v>
       </c>
       <c r="K215" t="s">
         <v>26</v>
       </c>
       <c r="L215"/>
       <c r="M215"/>
       <c r="N215"/>
       <c r="O215"/>
       <c r="P215"/>
       <c r="Q215" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
         <v>20394</v>
       </c>
       <c r="B216" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C216"/>
       <c r="D216"/>
       <c r="E216"/>
       <c r="F216"/>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>23</v>
       </c>
       <c r="I216" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J216" t="s">
         <v>47</v>
       </c>
       <c r="K216" t="s">
         <v>26</v>
       </c>
       <c r="L216"/>
       <c r="M216"/>
       <c r="N216"/>
       <c r="O216"/>
       <c r="P216"/>
       <c r="Q216" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217">
         <v>22521</v>
       </c>
       <c r="B217" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C217"/>
       <c r="D217"/>
       <c r="E217"/>
       <c r="F217"/>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>23</v>
       </c>
       <c r="I217" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J217" t="s">
         <v>47</v>
       </c>
       <c r="K217" t="s">
         <v>26</v>
       </c>
       <c r="L217"/>
       <c r="M217"/>
       <c r="N217"/>
       <c r="O217"/>
       <c r="P217"/>
       <c r="Q217" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:17">
       <c r="A218">
         <v>13366</v>
       </c>
       <c r="B218" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C218"/>
       <c r="D218"/>
       <c r="E218"/>
       <c r="F218"/>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>23</v>
       </c>
       <c r="I218" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J218" t="s">
         <v>47</v>
       </c>
       <c r="K218" t="s">
         <v>26</v>
       </c>
       <c r="L218"/>
       <c r="M218"/>
       <c r="N218"/>
       <c r="O218"/>
       <c r="P218"/>
       <c r="Q218" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:17">
       <c r="A219">
         <v>13821</v>
       </c>
       <c r="B219" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C219"/>
       <c r="D219"/>
       <c r="E219"/>
       <c r="F219"/>
       <c r="G219"/>
       <c r="H219" t="s">
         <v>23</v>
       </c>
       <c r="I219" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J219" t="s">
         <v>47</v>
       </c>
       <c r="K219" t="s">
         <v>26</v>
       </c>
       <c r="L219"/>
       <c r="M219"/>
       <c r="N219"/>
       <c r="O219"/>
       <c r="P219"/>
       <c r="Q219" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:17">
       <c r="A220">
         <v>15977</v>
       </c>
       <c r="B220" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C220"/>
       <c r="D220"/>
       <c r="E220"/>
       <c r="F220"/>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>23</v>
       </c>
       <c r="I220" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J220" t="s">
         <v>47</v>
       </c>
       <c r="K220" t="s">
         <v>26</v>
       </c>
       <c r="L220"/>
       <c r="M220"/>
       <c r="N220"/>
       <c r="O220"/>
       <c r="P220"/>
       <c r="Q220" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="221" spans="1:17">
       <c r="A221">
         <v>36631</v>
       </c>
       <c r="B221" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C221"/>
       <c r="D221"/>
       <c r="E221"/>
       <c r="F221"/>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>23</v>
       </c>
       <c r="I221" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J221" t="s">
         <v>47</v>
       </c>
       <c r="K221" t="s">
         <v>26</v>
       </c>
       <c r="L221"/>
       <c r="M221"/>
       <c r="N221"/>
       <c r="O221"/>
       <c r="P221" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="Q221" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:17">
       <c r="A222">
         <v>24290</v>
       </c>
       <c r="B222" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C222" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D222" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E222"/>
       <c r="F222"/>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>23</v>
       </c>
       <c r="I222" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J222" t="s">
         <v>47</v>
       </c>
       <c r="K222" t="s">
         <v>26</v>
       </c>
       <c r="L222"/>
       <c r="M222"/>
       <c r="N222"/>
       <c r="O222"/>
       <c r="P222" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="Q222" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:17">
       <c r="A223">
         <v>32946</v>
       </c>
       <c r="B223" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C223"/>
       <c r="D223"/>
       <c r="E223"/>
       <c r="F223"/>
       <c r="G223"/>
       <c r="H223" t="s">
         <v>23</v>
       </c>
       <c r="I223" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J223" t="s">
         <v>47</v>
       </c>
       <c r="K223" t="s">
         <v>26</v>
       </c>
       <c r="L223"/>
       <c r="M223"/>
       <c r="N223"/>
       <c r="O223"/>
       <c r="P223"/>
       <c r="Q223" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:17">
       <c r="A224">
         <v>34209</v>
       </c>
       <c r="B224" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C224"/>
       <c r="D224"/>
       <c r="E224"/>
       <c r="F224"/>
       <c r="G224"/>
       <c r="H224" t="s">
         <v>23</v>
       </c>
       <c r="I224" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J224" t="s">
         <v>47</v>
       </c>
       <c r="K224" t="s">
         <v>26</v>
       </c>
       <c r="L224"/>
       <c r="M224"/>
       <c r="N224"/>
       <c r="O224"/>
       <c r="P224"/>
       <c r="Q224" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:17">
       <c r="A225">
         <v>36333</v>
       </c>
       <c r="B225" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C225"/>
       <c r="D225"/>
       <c r="E225"/>
       <c r="F225"/>
       <c r="G225"/>
       <c r="H225" t="s">
         <v>23</v>
       </c>
       <c r="I225" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J225" t="s">
         <v>47</v>
       </c>
       <c r="K225" t="s">
         <v>26</v>
       </c>
       <c r="L225"/>
       <c r="M225"/>
       <c r="N225"/>
       <c r="O225"/>
       <c r="P225"/>
       <c r="Q225" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:17">
       <c r="A226">
         <v>13337</v>
       </c>
       <c r="B226" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C226"/>
       <c r="D226"/>
       <c r="E226"/>
       <c r="F226"/>
       <c r="G226"/>
       <c r="H226" t="s">
         <v>23</v>
       </c>
       <c r="I226" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J226" t="s">
         <v>47</v>
       </c>
       <c r="K226" t="s">
         <v>26</v>
       </c>
       <c r="L226"/>
       <c r="M226"/>
       <c r="N226"/>
       <c r="O226"/>
       <c r="P226"/>
       <c r="Q226" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:17">
       <c r="A227">
         <v>24293</v>
       </c>
       <c r="B227" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C227"/>
       <c r="D227"/>
       <c r="E227"/>
       <c r="F227"/>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>23</v>
       </c>
       <c r="I227" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J227" t="s">
         <v>47</v>
       </c>
       <c r="K227" t="s">
         <v>26</v>
       </c>
       <c r="L227"/>
       <c r="M227"/>
       <c r="N227"/>
       <c r="O227"/>
       <c r="P227"/>
       <c r="Q227" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:17">
       <c r="A228">
         <v>22763</v>
       </c>
       <c r="B228" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C228" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D228" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E228"/>
       <c r="F228"/>
       <c r="G228"/>
       <c r="H228" t="s">
         <v>23</v>
       </c>
       <c r="I228" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J228" t="s">
         <v>47</v>
       </c>
       <c r="K228" t="s">
         <v>26</v>
       </c>
       <c r="L228"/>
       <c r="M228"/>
       <c r="N228"/>
       <c r="O228"/>
       <c r="P228"/>
       <c r="Q228" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:17">
       <c r="A229">
         <v>36475</v>
       </c>
       <c r="B229" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C229"/>
       <c r="D229"/>
       <c r="E229"/>
       <c r="F229"/>
       <c r="G229"/>
       <c r="H229" t="s">
         <v>23</v>
       </c>
       <c r="I229" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J229" t="s">
         <v>47</v>
       </c>
       <c r="K229" t="s">
         <v>34</v>
       </c>
       <c r="L229"/>
       <c r="M229"/>
       <c r="N229"/>
       <c r="O229"/>
       <c r="P229"/>
       <c r="Q229" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:17">
       <c r="A230">
         <v>22522</v>
       </c>
       <c r="B230" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C230"/>
       <c r="D230"/>
       <c r="E230"/>
       <c r="F230"/>
       <c r="G230"/>
       <c r="H230" t="s">
         <v>23</v>
       </c>
       <c r="I230" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J230" t="s">
         <v>47</v>
       </c>
       <c r="K230" t="s">
         <v>26</v>
       </c>
       <c r="L230"/>
       <c r="M230"/>
       <c r="N230"/>
       <c r="O230"/>
       <c r="P230"/>
       <c r="Q230" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>