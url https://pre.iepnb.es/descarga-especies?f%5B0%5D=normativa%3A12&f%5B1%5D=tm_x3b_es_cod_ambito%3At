--- v0 (2025-10-20)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3037">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3036">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -9038,53 +9038,50 @@
     <t>prueba_Centaurea (Castellano), Clavellina (Castellano), Centaura (Castellano), Clavelina del campo (Castellano), Clavellina de monte (Castellano), Hiel (Castellano), Hiel de la tierra (Castellano), Hies de la tierra (Castellano), Monita (Castellano), Sed de la tierra (Castellano), Té de la tierra (Castellano), Yel de la tierra (Castellano), Yerba amarga (Castellano), Centaura (Valenciano), Fel de terra (Valenciano), Pericó roig (Valenciano), Santaura (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Valenciano, Valenciano, Valenciano, Valenciano</t>
   </si>
   <si>
     <t>Región Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Región Mediterránea</t>
   </si>
   <si>
     <t>Centaurium quadrifolium subsp. barrelieri (Dufour) G. López, Centaurium rigualii</t>
   </si>
   <si>
     <t>Dianthus rupicola Biv.</t>
   </si>
   <si>
     <t>prueba_Clavell de penyal (Mallorquín)</t>
   </si>
   <si>
     <t>Mallorquín</t>
   </si>
   <si>
     <t>Región Mediterránea U2 (Desfavorable-malo)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dianthus rupicola Biv. subsp. rupicola, Dianthus rupicola subsp. hermaeensis (Coss.) O. Bolòs &amp; Vigo</t>
   </si>
   <si>
     <t>Androcymbium hierrense A. Santos</t>
   </si>
   <si>
     <t>prueba_Cebollín (Castellano), Cebollin (Castellano), Cebollín estrellado (Castellano)</t>
   </si>
   <si>
     <t>Burhinus oedicnemus oedicnemus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Candelacypris aragonica (Brehm &amp; Margalef, 1948)</t>
   </si>
   <si>
     <t>Carabus riffensis</t>
   </si>
   <si>
     <t>Chasmatopterus zonatus Escalera, 1925</t>
   </si>
   <si>
     <t>Gadoria falukei Güemes &amp; Mota</t>
   </si>
   <si>
     <t>prueba_Dragoncito de la Sierra de Gádor (Castellano)</t>
   </si>
@@ -43309,569 +43306,567 @@
       <c r="E760" t="s">
         <v>3006</v>
       </c>
       <c r="F760" t="s">
         <v>3001</v>
       </c>
       <c r="G760"/>
       <c r="H760" t="s">
         <v>23</v>
       </c>
       <c r="I760" t="s">
         <v>35</v>
       </c>
       <c r="J760" t="s">
         <v>247</v>
       </c>
       <c r="K760" t="s">
         <v>26</v>
       </c>
       <c r="L760"/>
       <c r="M760"/>
       <c r="N760" t="s">
         <v>1016</v>
       </c>
       <c r="O760"/>
-      <c r="P760" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P760"/>
       <c r="Q760" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="761" spans="1:17">
       <c r="A761">
         <v>2138</v>
       </c>
       <c r="B761" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C761" t="s">
         <v>3008</v>
-      </c>
-[...1 lines deleted...]
-        <v>3009</v>
       </c>
       <c r="D761" t="s">
         <v>108</v>
       </c>
       <c r="E761"/>
       <c r="F761"/>
       <c r="G761"/>
       <c r="H761" t="s">
         <v>23</v>
       </c>
       <c r="I761" t="s">
         <v>35</v>
       </c>
       <c r="J761" t="s">
         <v>25</v>
       </c>
       <c r="K761" t="s">
         <v>36</v>
       </c>
       <c r="L761"/>
       <c r="M761"/>
       <c r="N761"/>
       <c r="O761"/>
       <c r="P761"/>
       <c r="Q761" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="762" spans="1:17">
       <c r="A762">
         <v>28443</v>
       </c>
       <c r="B762" t="s">
-        <v>3010</v>
+        <v>3009</v>
       </c>
       <c r="C762"/>
       <c r="D762"/>
       <c r="E762"/>
       <c r="F762"/>
       <c r="G762"/>
       <c r="H762" t="s">
         <v>23</v>
       </c>
       <c r="I762" t="s">
         <v>24</v>
       </c>
       <c r="J762" t="s">
         <v>25</v>
       </c>
       <c r="K762" t="s">
         <v>26</v>
       </c>
       <c r="L762"/>
       <c r="M762"/>
       <c r="N762"/>
       <c r="O762"/>
       <c r="P762"/>
       <c r="Q762" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="763" spans="1:17">
       <c r="A763">
         <v>24226</v>
       </c>
       <c r="B763" t="s">
-        <v>3011</v>
+        <v>3010</v>
       </c>
       <c r="C763"/>
       <c r="D763"/>
       <c r="E763"/>
       <c r="F763"/>
       <c r="G763"/>
       <c r="H763" t="s">
         <v>23</v>
       </c>
       <c r="I763" t="s">
         <v>154</v>
       </c>
       <c r="J763" t="s">
         <v>25</v>
       </c>
       <c r="K763" t="s">
         <v>91</v>
       </c>
       <c r="L763"/>
       <c r="M763"/>
       <c r="N763"/>
       <c r="O763"/>
       <c r="P763"/>
       <c r="Q763" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="764" spans="1:17">
       <c r="A764">
         <v>24227</v>
       </c>
       <c r="B764" t="s">
-        <v>3012</v>
+        <v>3011</v>
       </c>
       <c r="C764"/>
       <c r="D764"/>
       <c r="E764"/>
       <c r="F764"/>
       <c r="G764"/>
       <c r="H764" t="s">
         <v>23</v>
       </c>
       <c r="I764" t="s">
         <v>154</v>
       </c>
       <c r="J764" t="s">
         <v>25</v>
       </c>
       <c r="K764" t="s">
         <v>91</v>
       </c>
       <c r="L764"/>
       <c r="M764"/>
       <c r="N764"/>
       <c r="O764"/>
       <c r="P764"/>
       <c r="Q764" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="765" spans="1:17">
       <c r="A765">
         <v>24231</v>
       </c>
       <c r="B765" t="s">
-        <v>3013</v>
+        <v>3012</v>
       </c>
       <c r="C765"/>
       <c r="D765"/>
       <c r="E765"/>
       <c r="F765"/>
       <c r="G765"/>
       <c r="H765" t="s">
         <v>23</v>
       </c>
       <c r="I765" t="s">
         <v>154</v>
       </c>
       <c r="J765" t="s">
         <v>25</v>
       </c>
       <c r="K765" t="s">
         <v>91</v>
       </c>
       <c r="L765"/>
       <c r="M765"/>
       <c r="N765"/>
       <c r="O765"/>
       <c r="P765"/>
       <c r="Q765" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="766" spans="1:17">
       <c r="A766">
         <v>37475</v>
       </c>
       <c r="B766" t="s">
+        <v>3013</v>
+      </c>
+      <c r="C766" t="s">
         <v>3014</v>
-      </c>
-[...1 lines deleted...]
-        <v>3015</v>
       </c>
       <c r="D766" t="s">
         <v>87</v>
       </c>
       <c r="E766"/>
       <c r="F766"/>
       <c r="G766"/>
       <c r="H766" t="s">
         <v>23</v>
       </c>
       <c r="I766" t="s">
         <v>35</v>
       </c>
       <c r="J766" t="s">
         <v>25</v>
       </c>
       <c r="K766" t="s">
         <v>36</v>
       </c>
       <c r="L766"/>
       <c r="M766"/>
       <c r="N766"/>
       <c r="O766"/>
       <c r="P766"/>
       <c r="Q766" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="767" spans="1:17">
       <c r="A767">
         <v>1520</v>
       </c>
       <c r="B767" t="s">
+        <v>3015</v>
+      </c>
+      <c r="C767" t="s">
         <v>3016</v>
-      </c>
-[...1 lines deleted...]
-        <v>3017</v>
       </c>
       <c r="D767" t="s">
         <v>81</v>
       </c>
       <c r="E767"/>
       <c r="F767"/>
       <c r="G767"/>
       <c r="H767" t="s">
         <v>23</v>
       </c>
       <c r="I767" t="s">
         <v>35</v>
       </c>
       <c r="J767" t="s">
         <v>25</v>
       </c>
       <c r="K767" t="s">
         <v>26</v>
       </c>
       <c r="L767"/>
       <c r="M767"/>
       <c r="N767"/>
       <c r="O767"/>
       <c r="P767"/>
       <c r="Q767" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="768" spans="1:17">
       <c r="A768">
         <v>24243</v>
       </c>
       <c r="B768" t="s">
+        <v>3017</v>
+      </c>
+      <c r="C768" t="s">
         <v>3018</v>
-      </c>
-[...1 lines deleted...]
-        <v>3019</v>
       </c>
       <c r="D768" t="s">
         <v>87</v>
       </c>
       <c r="E768"/>
       <c r="F768"/>
       <c r="G768"/>
       <c r="H768" t="s">
         <v>23</v>
       </c>
       <c r="I768" t="s">
         <v>154</v>
       </c>
       <c r="J768" t="s">
         <v>25</v>
       </c>
       <c r="K768" t="s">
-        <v>3020</v>
+        <v>3019</v>
       </c>
       <c r="L768"/>
       <c r="M768"/>
       <c r="N768"/>
       <c r="O768"/>
       <c r="P768"/>
       <c r="Q768" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="769" spans="1:17">
       <c r="A769">
         <v>5843</v>
       </c>
       <c r="B769" t="s">
+        <v>3020</v>
+      </c>
+      <c r="C769" t="s">
         <v>3021</v>
-      </c>
-[...1 lines deleted...]
-        <v>3022</v>
       </c>
       <c r="D769" t="s">
         <v>87</v>
       </c>
       <c r="E769"/>
       <c r="F769"/>
       <c r="G769"/>
       <c r="H769" t="s">
         <v>23</v>
       </c>
       <c r="I769" t="s">
         <v>35</v>
       </c>
       <c r="J769" t="s">
         <v>25</v>
       </c>
       <c r="K769" t="s">
         <v>26</v>
       </c>
       <c r="L769"/>
       <c r="M769"/>
       <c r="N769"/>
       <c r="O769"/>
       <c r="P769" t="s">
-        <v>3023</v>
+        <v>3022</v>
       </c>
       <c r="Q769" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="770" spans="1:17">
       <c r="A770">
         <v>37538</v>
       </c>
       <c r="B770" t="s">
+        <v>3023</v>
+      </c>
+      <c r="C770" t="s">
         <v>3024</v>
-      </c>
-[...1 lines deleted...]
-        <v>3025</v>
       </c>
       <c r="D770" t="s">
         <v>87</v>
       </c>
       <c r="E770"/>
       <c r="F770"/>
       <c r="G770"/>
       <c r="H770" t="s">
         <v>23</v>
       </c>
       <c r="I770" t="s">
         <v>35</v>
       </c>
       <c r="J770" t="s">
         <v>25</v>
       </c>
       <c r="K770" t="s">
         <v>36</v>
       </c>
       <c r="L770"/>
       <c r="M770"/>
       <c r="N770"/>
       <c r="O770"/>
       <c r="P770"/>
       <c r="Q770" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="771" spans="1:17">
       <c r="A771">
         <v>36629</v>
       </c>
       <c r="B771" t="s">
-        <v>3026</v>
+        <v>3025</v>
       </c>
       <c r="C771"/>
       <c r="D771"/>
       <c r="E771"/>
       <c r="F771"/>
       <c r="G771"/>
       <c r="H771" t="s">
         <v>23</v>
       </c>
       <c r="I771" t="s">
         <v>154</v>
       </c>
       <c r="J771" t="s">
         <v>25</v>
       </c>
       <c r="K771" t="s">
         <v>26</v>
       </c>
       <c r="L771"/>
       <c r="M771"/>
       <c r="N771"/>
       <c r="O771"/>
       <c r="P771" t="s">
-        <v>3027</v>
+        <v>3026</v>
       </c>
       <c r="Q771" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="772" spans="1:17">
       <c r="A772">
         <v>1391</v>
       </c>
       <c r="B772" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C772" t="s">
         <v>3028</v>
-      </c>
-[...1 lines deleted...]
-        <v>3029</v>
       </c>
       <c r="D772" t="s">
         <v>1255</v>
       </c>
       <c r="E772"/>
       <c r="F772"/>
       <c r="G772"/>
       <c r="H772" t="s">
         <v>23</v>
       </c>
       <c r="I772" t="s">
         <v>35</v>
       </c>
       <c r="J772" t="s">
         <v>25</v>
       </c>
       <c r="K772" t="s">
         <v>36</v>
       </c>
       <c r="L772"/>
       <c r="M772"/>
       <c r="N772"/>
       <c r="O772"/>
       <c r="P772" t="s">
-        <v>3030</v>
+        <v>3029</v>
       </c>
       <c r="Q772" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="773" spans="1:17">
       <c r="A773">
         <v>1427</v>
       </c>
       <c r="B773" t="s">
+        <v>3030</v>
+      </c>
+      <c r="C773" t="s">
         <v>3031</v>
-      </c>
-[...1 lines deleted...]
-        <v>3032</v>
       </c>
       <c r="D773" t="s">
         <v>87</v>
       </c>
       <c r="E773"/>
       <c r="F773"/>
       <c r="G773"/>
       <c r="H773" t="s">
         <v>23</v>
       </c>
       <c r="I773" t="s">
         <v>35</v>
       </c>
       <c r="J773" t="s">
         <v>25</v>
       </c>
       <c r="K773" t="s">
         <v>36</v>
       </c>
       <c r="L773"/>
       <c r="M773"/>
       <c r="N773"/>
       <c r="O773"/>
       <c r="P773"/>
       <c r="Q773" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="774" spans="1:17">
       <c r="A774">
         <v>68797</v>
       </c>
       <c r="B774" t="s">
+        <v>3032</v>
+      </c>
+      <c r="C774" t="s">
         <v>3033</v>
-      </c>
-[...1 lines deleted...]
-        <v>3034</v>
       </c>
       <c r="D774" t="s">
         <v>87</v>
       </c>
       <c r="E774"/>
       <c r="F774"/>
       <c r="G774"/>
       <c r="H774" t="s">
         <v>23</v>
       </c>
       <c r="I774" t="s">
         <v>154</v>
       </c>
       <c r="J774" t="s">
         <v>25</v>
       </c>
       <c r="K774" t="s">
         <v>36</v>
       </c>
       <c r="L774"/>
       <c r="M774"/>
       <c r="N774"/>
       <c r="O774"/>
       <c r="P774" t="s">
-        <v>3035</v>
+        <v>3034</v>
       </c>
       <c r="Q774" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="775" spans="1:17">
       <c r="A775">
         <v>36632</v>
       </c>
       <c r="B775" t="s">
-        <v>3036</v>
+        <v>3035</v>
       </c>
       <c r="C775"/>
       <c r="D775"/>
       <c r="E775"/>
       <c r="F775"/>
       <c r="G775"/>
       <c r="H775" t="s">
         <v>23</v>
       </c>
       <c r="I775" t="s">
         <v>24</v>
       </c>
       <c r="J775" t="s">
         <v>25</v>
       </c>
       <c r="K775" t="s">
         <v>26</v>
       </c>
       <c r="L775"/>
       <c r="M775"/>
       <c r="N775"/>
       <c r="O775"/>
       <c r="P775"/>
       <c r="Q775" t="s">
         <v>28</v>