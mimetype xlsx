--- v0 (2025-11-14)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1773">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1774">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -4202,51 +4202,54 @@
   <si>
     <t>Trichomanes speciosum Willd.</t>
   </si>
   <si>
     <t>Balaenoptera acutorostrata Lacépède, 1804</t>
   </si>
   <si>
     <t>prueba_Minke whale (Inglés), Petit rorqual (Francés), Zwergwal (Alemán), Balenottera minore (Italiano), Baleia-anã (Portugués)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>El rorcual aliblanco (Balaenoptera acutorostrata), presenta una coloración gris que varía en tonalidades en todo el cuerpo, siendo siempre la parte inferior de su cuerpo completamente blanca. El roncual aliblanco se distingue de otros rorcuales por la mancha blanca que presentan en las aletas pectorales, con una forma más o menos redondeada. Pertenece al grupo de los cetáceos misticetos ya que presentan barbas. Llegan a alcanzar un tamaño de 7-10 m (recién nacido 2,1 -2,8 m).</t>
   </si>
   <si>
     <t>Agaphelus gibbosus Cope, 1968, Balaena rostrata Fabricius, 1780, Balaenoptera eschrichtius Rasch, 1845, Balaenoptera rostrata (Fabricius, 1780)</t>
   </si>
   <si>
     <t>Phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+    <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica U1 (Desfavorable-inadecuado),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>La marsopa es la especie de cetáceo de menor tamaño en el Atlántico Norte. La longitud total varía generalmente entre 130-180 cm y el peso entre 25 y 90 kg. El tamaño de las hembras es mayor que el de los machos, aunque presenta grandes variaciones geográficas.
 Presentan una cabeza roma, sin el típico pico de algunos delfines. Las aletas pectorales tienen el extremo redondeado y la aleta dorsal se sitúa en la mitad del cuerpo, es baja y triangular, presentando una peculiaridad única en los cetáceos: la existencia en el borde anterior de la aleta dorsal, de algunos ejemplares, de tubérculos epidérmicos a modo de protuberancias que le dan un aspecto aserrado.
 El color dorsolateral es negro acastañado, y en la parte anterior de los flancos presenta un color ceniza que se difumina a blanco centralmente. Destacan las aletas pectorales negras con una línea que las une con la parte inferior de la boca, que es también oscura rodeando el labio inferior. La parte anterior de la cabeza es un poco más clara, haciendo una figura triangular que se abre hacia delante desde el aventador. A pesar de la variación de color individual, y de cierta asimetría bilateral, no se han encontrado diferencias en las distintas poblaciones del mundo. El cráneo es alargado aunque con rostro corto, el paladar es plano y presenta una marcada asimetría orientada a la izquierda general en los cetáceos odontocetos. Los dientes son espatulados, caso único entre los cetáceos en los
 que suelen ser cónicos. Cabe destacar el tamaño de los huesos pélvicos en esta especie que son mucho mayores y voluminosos que en los pequeños delfínidos, estando relacionado con el tamaño de los órganos sexuales, sobre todo en el caso de los machos.</t>
   </si>
   <si>
     <t>Delphinus phocoena Linnaeus, 1758, Phocaena communis Lesson, 1827, Phocaena phocaena Kleinenberg, 1956, Phocena phocena Gray, 1821</t>
   </si>
   <si>
     <t>Allium grosii Font Quer</t>
   </si>
   <si>
     <t>prueba_Ajo (Castellano), All (Catalán)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, España, Región Mediterránea</t>
   </si>
@@ -20804,4131 +20807,4131 @@
       <c r="K334" t="s">
         <v>64</v>
       </c>
       <c r="L334"/>
       <c r="M334"/>
       <c r="N334"/>
       <c r="O334"/>
       <c r="P334" t="s">
         <v>1391</v>
       </c>
       <c r="Q334" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="335" spans="1:17">
       <c r="A335">
         <v>32181</v>
       </c>
       <c r="B335" t="s">
         <v>1392</v>
       </c>
       <c r="C335" t="s">
         <v>1393</v>
       </c>
       <c r="D335" t="s">
-        <v>874</v>
+        <v>1394</v>
       </c>
       <c r="E335" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="F335" t="s">
         <v>1389</v>
       </c>
       <c r="G335" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="H335" t="s">
         <v>50</v>
       </c>
       <c r="I335" t="s">
         <v>91</v>
       </c>
       <c r="J335" t="s">
         <v>25</v>
       </c>
       <c r="K335" t="s">
         <v>36</v>
       </c>
       <c r="L335"/>
       <c r="M335"/>
       <c r="N335"/>
       <c r="O335"/>
       <c r="P335" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="Q335" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="336" spans="1:17">
       <c r="A336">
         <v>1719</v>
       </c>
       <c r="B336" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="C336" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="D336" t="s">
         <v>31</v>
       </c>
       <c r="E336" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="F336" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="G336" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="H336" t="s">
         <v>23</v>
       </c>
       <c r="I336" t="s">
         <v>35</v>
       </c>
       <c r="J336" t="s">
         <v>82</v>
       </c>
       <c r="K336" t="s">
         <v>26</v>
       </c>
       <c r="L336"/>
       <c r="M336"/>
       <c r="N336" t="s">
         <v>653</v>
       </c>
       <c r="O336"/>
       <c r="P336"/>
       <c r="Q336" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="337" spans="1:17">
       <c r="A337">
         <v>10742</v>
       </c>
       <c r="B337" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="C337" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="D337" t="s">
         <v>1365</v>
       </c>
       <c r="E337" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="F337" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="G337" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="H337" t="s">
         <v>23</v>
       </c>
       <c r="I337" t="s">
         <v>206</v>
       </c>
       <c r="J337" t="s">
         <v>82</v>
       </c>
       <c r="K337" t="s">
         <v>26</v>
       </c>
       <c r="L337"/>
       <c r="M337"/>
       <c r="N337" t="s">
         <v>679</v>
       </c>
       <c r="O337"/>
       <c r="P337"/>
       <c r="Q337" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="338" spans="1:17">
       <c r="A338">
         <v>16220</v>
       </c>
       <c r="B338" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="C338" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="D338" t="s">
         <v>60</v>
       </c>
       <c r="E338" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="F338" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="G338" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="H338" t="s">
         <v>23</v>
       </c>
       <c r="I338" t="s">
         <v>81</v>
       </c>
       <c r="J338" t="s">
         <v>82</v>
       </c>
       <c r="K338" t="s">
         <v>26</v>
       </c>
       <c r="L338"/>
       <c r="M338"/>
       <c r="N338" t="s">
         <v>83</v>
       </c>
       <c r="O338"/>
       <c r="P338" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="Q338" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="339" spans="1:17">
       <c r="A339">
         <v>4118</v>
       </c>
       <c r="B339" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="C339" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="D339" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="E339" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="F339" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="G339" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="H339" t="s">
         <v>23</v>
       </c>
       <c r="I339" t="s">
         <v>35</v>
       </c>
       <c r="J339" t="s">
         <v>82</v>
       </c>
       <c r="K339" t="s">
         <v>26</v>
       </c>
       <c r="L339"/>
       <c r="M339"/>
       <c r="N339" t="s">
         <v>679</v>
       </c>
       <c r="O339"/>
       <c r="P339"/>
       <c r="Q339" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="340" spans="1:17">
       <c r="A340">
         <v>8063</v>
       </c>
       <c r="B340" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="C340" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="D340" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="E340" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="F340" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="G340" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="H340" t="s">
         <v>23</v>
       </c>
       <c r="I340" t="s">
         <v>35</v>
       </c>
       <c r="J340" t="s">
         <v>82</v>
       </c>
       <c r="K340" t="s">
         <v>26</v>
       </c>
       <c r="L340"/>
       <c r="M340"/>
       <c r="N340" t="s">
         <v>83</v>
       </c>
       <c r="O340"/>
       <c r="P340"/>
       <c r="Q340" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="341" spans="1:17">
       <c r="A341">
         <v>32074</v>
       </c>
       <c r="B341" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="C341" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="D341" t="s">
         <v>941</v>
       </c>
       <c r="E341" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="F341" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="G341" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="H341" t="s">
         <v>23</v>
       </c>
       <c r="I341" t="s">
         <v>35</v>
       </c>
       <c r="J341" t="s">
         <v>82</v>
       </c>
       <c r="K341" t="s">
         <v>26</v>
       </c>
       <c r="L341"/>
       <c r="M341"/>
       <c r="N341" t="s">
         <v>653</v>
       </c>
       <c r="O341"/>
       <c r="P341" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="Q341" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="342" spans="1:17">
       <c r="A342">
         <v>11903</v>
       </c>
       <c r="B342" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="C342" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="D342" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="E342" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="F342" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="G342" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="H342" t="s">
         <v>23</v>
       </c>
       <c r="I342" t="s">
         <v>105</v>
       </c>
       <c r="J342" t="s">
         <v>82</v>
       </c>
       <c r="K342" t="s">
         <v>64</v>
       </c>
       <c r="L342"/>
       <c r="M342"/>
       <c r="N342" t="s">
         <v>653</v>
       </c>
       <c r="O342"/>
       <c r="P342"/>
       <c r="Q342" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="343" spans="1:17">
       <c r="A343">
         <v>33112</v>
       </c>
       <c r="B343" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="C343" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="D343" t="s">
         <v>236</v>
       </c>
       <c r="E343" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="F343" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="G343" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="H343" t="s">
         <v>23</v>
       </c>
       <c r="I343" t="s">
         <v>206</v>
       </c>
       <c r="J343" t="s">
         <v>82</v>
       </c>
       <c r="K343" t="s">
         <v>26</v>
       </c>
       <c r="L343"/>
       <c r="M343"/>
       <c r="N343" t="s">
         <v>83</v>
       </c>
       <c r="O343"/>
       <c r="P343" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="Q343" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="344" spans="1:17">
       <c r="A344">
         <v>11519</v>
       </c>
       <c r="B344" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="C344" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="D344" t="s">
         <v>346</v>
       </c>
       <c r="E344" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="F344" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="G344" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="H344" t="s">
         <v>23</v>
       </c>
       <c r="I344" t="s">
         <v>24</v>
       </c>
       <c r="J344" t="s">
         <v>51</v>
       </c>
       <c r="K344" t="s">
         <v>26</v>
       </c>
       <c r="L344"/>
       <c r="M344"/>
       <c r="N344"/>
       <c r="O344" t="s">
         <v>74</v>
       </c>
       <c r="P344"/>
       <c r="Q344" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="345" spans="1:17">
       <c r="A345">
         <v>11649</v>
       </c>
       <c r="B345" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="C345" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="D345" t="s">
         <v>229</v>
       </c>
       <c r="E345" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="F345" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="G345" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="H345" t="s">
         <v>23</v>
       </c>
       <c r="I345" t="s">
         <v>24</v>
       </c>
       <c r="J345" t="s">
         <v>51</v>
       </c>
       <c r="K345" t="s">
         <v>26</v>
       </c>
       <c r="L345"/>
       <c r="M345"/>
       <c r="N345"/>
       <c r="O345" t="s">
         <v>74</v>
       </c>
       <c r="P345" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="Q345" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="346" spans="1:17">
       <c r="A346">
         <v>80933</v>
       </c>
       <c r="B346" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="C346" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="D346" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="E346" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="F346" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="G346" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="H346" t="s">
         <v>63</v>
       </c>
       <c r="I346" t="s">
         <v>24</v>
       </c>
       <c r="J346" t="s">
         <v>25</v>
       </c>
       <c r="K346" t="s">
         <v>64</v>
       </c>
       <c r="L346"/>
       <c r="M346"/>
       <c r="N346"/>
       <c r="O346"/>
       <c r="P346" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="Q346" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="347" spans="1:17">
       <c r="A347">
         <v>11365</v>
       </c>
       <c r="B347" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="C347" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D347" t="s">
         <v>19</v>
       </c>
       <c r="E347" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="F347" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="G347" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="H347" t="s">
         <v>23</v>
       </c>
       <c r="I347" t="s">
         <v>24</v>
       </c>
       <c r="J347" t="s">
         <v>51</v>
       </c>
       <c r="K347" t="s">
         <v>26</v>
       </c>
       <c r="L347"/>
       <c r="M347"/>
       <c r="N347"/>
       <c r="O347" t="s">
         <v>52</v>
       </c>
       <c r="P347" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="Q347" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="348" spans="1:17">
       <c r="A348">
         <v>11849</v>
       </c>
       <c r="B348" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="C348" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="D348" t="s">
         <v>999</v>
       </c>
       <c r="E348" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="F348" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="G348" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="H348" t="s">
         <v>23</v>
       </c>
       <c r="I348" t="s">
         <v>24</v>
       </c>
       <c r="J348" t="s">
         <v>25</v>
       </c>
       <c r="K348" t="s">
         <v>26</v>
       </c>
       <c r="L348"/>
       <c r="M348"/>
       <c r="N348"/>
       <c r="O348"/>
       <c r="P348"/>
       <c r="Q348" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="349" spans="1:17">
       <c r="A349">
         <v>10734</v>
       </c>
       <c r="B349" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="C349" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="D349" t="s">
         <v>67</v>
       </c>
       <c r="E349" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="F349" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="G349" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="H349" t="s">
         <v>23</v>
       </c>
       <c r="I349" t="s">
         <v>24</v>
       </c>
       <c r="J349" t="s">
         <v>51</v>
       </c>
       <c r="K349" t="s">
         <v>26</v>
       </c>
       <c r="L349"/>
       <c r="M349"/>
       <c r="N349"/>
       <c r="O349" t="s">
         <v>52</v>
       </c>
       <c r="P349"/>
       <c r="Q349" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="350" spans="1:17">
       <c r="A350">
         <v>11977</v>
       </c>
       <c r="B350" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="C350" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="D350" t="s">
         <v>67</v>
       </c>
       <c r="E350" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="F350" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="G350" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="H350" t="s">
         <v>23</v>
       </c>
       <c r="I350" t="s">
         <v>24</v>
       </c>
       <c r="J350" t="s">
         <v>51</v>
       </c>
       <c r="K350" t="s">
         <v>64</v>
       </c>
       <c r="L350"/>
       <c r="M350"/>
       <c r="N350"/>
       <c r="O350" t="s">
         <v>74</v>
       </c>
       <c r="P350"/>
       <c r="Q350" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="351" spans="1:17">
       <c r="A351">
         <v>16315</v>
       </c>
       <c r="B351" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="C351" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="D351" t="s">
         <v>400</v>
       </c>
       <c r="E351" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="F351" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="G351" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="H351" t="s">
         <v>23</v>
       </c>
       <c r="I351" t="s">
         <v>24</v>
       </c>
       <c r="J351" t="s">
         <v>51</v>
       </c>
       <c r="K351" t="s">
         <v>26</v>
       </c>
       <c r="L351"/>
       <c r="M351"/>
       <c r="N351"/>
       <c r="O351" t="s">
         <v>52</v>
       </c>
       <c r="P351"/>
       <c r="Q351" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="352" spans="1:17">
       <c r="A352">
         <v>11590</v>
       </c>
       <c r="B352" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="C352" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="D352" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="E352" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="F352" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="G352" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="H352" t="s">
         <v>23</v>
       </c>
       <c r="I352" t="s">
         <v>24</v>
       </c>
       <c r="J352" t="s">
         <v>51</v>
       </c>
       <c r="K352" t="s">
         <v>26</v>
       </c>
       <c r="L352"/>
       <c r="M352"/>
       <c r="N352"/>
       <c r="O352" t="s">
         <v>74</v>
       </c>
       <c r="P352"/>
       <c r="Q352" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="353" spans="1:17">
       <c r="A353">
         <v>20096</v>
       </c>
       <c r="B353" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="C353" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="D353" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="E353" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="F353" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="G353" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="H353" t="s">
         <v>50</v>
       </c>
       <c r="I353" t="s">
         <v>91</v>
       </c>
       <c r="J353" t="s">
         <v>82</v>
       </c>
       <c r="K353" t="s">
         <v>26</v>
       </c>
       <c r="L353"/>
       <c r="M353"/>
       <c r="N353" t="s">
         <v>83</v>
       </c>
       <c r="O353"/>
       <c r="P353" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="Q353" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="354" spans="1:17">
       <c r="A354">
         <v>20098</v>
       </c>
       <c r="B354" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="C354" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="D354" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="E354" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="F354" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="G354" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="H354" t="s">
         <v>50</v>
       </c>
       <c r="I354" t="s">
         <v>91</v>
       </c>
       <c r="J354" t="s">
         <v>82</v>
       </c>
       <c r="K354" t="s">
         <v>26</v>
       </c>
       <c r="L354"/>
       <c r="M354"/>
       <c r="N354" t="s">
         <v>83</v>
       </c>
       <c r="O354"/>
       <c r="P354" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="Q354" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="355" spans="1:17">
       <c r="A355">
         <v>20099</v>
       </c>
       <c r="B355" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="C355" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="D355" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="E355" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="F355" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="G355" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="H355" t="s">
         <v>50</v>
       </c>
       <c r="I355" t="s">
         <v>91</v>
       </c>
       <c r="J355" t="s">
         <v>82</v>
       </c>
       <c r="K355" t="s">
         <v>64</v>
       </c>
       <c r="L355"/>
       <c r="M355"/>
       <c r="N355" t="s">
         <v>83</v>
       </c>
       <c r="O355"/>
       <c r="P355" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="Q355" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="356" spans="1:17">
       <c r="A356">
         <v>20066</v>
       </c>
       <c r="B356" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="C356" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="D356" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="E356" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="F356" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="G356" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="H356" t="s">
         <v>50</v>
       </c>
       <c r="I356" t="s">
         <v>91</v>
       </c>
       <c r="J356" t="s">
         <v>82</v>
       </c>
       <c r="K356" t="s">
         <v>26</v>
       </c>
       <c r="L356"/>
       <c r="M356"/>
       <c r="N356" t="s">
         <v>83</v>
       </c>
       <c r="O356"/>
       <c r="P356" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="Q356" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="357" spans="1:17">
       <c r="A357">
         <v>20076</v>
       </c>
       <c r="B357" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="C357" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D357" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="E357" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="F357" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="G357" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="H357" t="s">
         <v>50</v>
       </c>
       <c r="I357" t="s">
         <v>91</v>
       </c>
       <c r="J357" t="s">
         <v>82</v>
       </c>
       <c r="K357" t="s">
         <v>26</v>
       </c>
       <c r="L357"/>
       <c r="M357"/>
       <c r="N357" t="s">
         <v>83</v>
       </c>
       <c r="O357"/>
       <c r="P357"/>
       <c r="Q357" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="358" spans="1:17">
       <c r="A358">
         <v>20083</v>
       </c>
       <c r="B358" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="C358" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D358" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="E358" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="F358" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="G358" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="H358" t="s">
         <v>50</v>
       </c>
       <c r="I358" t="s">
         <v>91</v>
       </c>
       <c r="J358" t="s">
         <v>82</v>
       </c>
       <c r="K358" t="s">
         <v>26</v>
       </c>
       <c r="L358"/>
       <c r="M358"/>
       <c r="N358" t="s">
         <v>83</v>
       </c>
       <c r="O358"/>
       <c r="P358" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="Q358" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="359" spans="1:17">
       <c r="A359">
         <v>20085</v>
       </c>
       <c r="B359" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="C359" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="D359" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="E359" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="F359" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="G359" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="H359" t="s">
         <v>50</v>
       </c>
       <c r="I359" t="s">
         <v>91</v>
       </c>
       <c r="J359" t="s">
         <v>82</v>
       </c>
       <c r="K359" t="s">
         <v>26</v>
       </c>
       <c r="L359"/>
       <c r="M359"/>
       <c r="N359" t="s">
         <v>83</v>
       </c>
       <c r="O359"/>
       <c r="P359" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="Q359" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="360" spans="1:17">
       <c r="A360">
         <v>16387</v>
       </c>
       <c r="B360" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="C360" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="D360" t="s">
         <v>236</v>
       </c>
       <c r="E360" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="F360" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="G360" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="H360" t="s">
         <v>23</v>
       </c>
       <c r="I360" t="s">
         <v>24</v>
       </c>
       <c r="J360" t="s">
         <v>25</v>
       </c>
       <c r="K360" t="s">
         <v>26</v>
       </c>
       <c r="L360"/>
       <c r="M360"/>
       <c r="N360"/>
       <c r="O360"/>
       <c r="P360" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="Q360" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="361" spans="1:17">
       <c r="A361">
         <v>10794</v>
       </c>
       <c r="B361" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="C361" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="D361" t="s">
         <v>290</v>
       </c>
       <c r="E361" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="F361" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G361" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="H361" t="s">
         <v>23</v>
       </c>
       <c r="I361" t="s">
         <v>24</v>
       </c>
       <c r="J361" t="s">
         <v>51</v>
       </c>
       <c r="K361" t="s">
         <v>26</v>
       </c>
       <c r="L361"/>
       <c r="M361"/>
       <c r="N361"/>
       <c r="O361" t="s">
         <v>52</v>
       </c>
       <c r="P361"/>
       <c r="Q361" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="362" spans="1:17">
       <c r="A362">
         <v>12041</v>
       </c>
       <c r="B362" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="C362" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="D362" t="s">
         <v>170</v>
       </c>
       <c r="E362" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="F362" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G362" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="H362" t="s">
         <v>23</v>
       </c>
       <c r="I362" t="s">
         <v>24</v>
       </c>
       <c r="J362" t="s">
         <v>51</v>
       </c>
       <c r="K362" t="s">
         <v>26</v>
       </c>
       <c r="L362"/>
       <c r="M362"/>
       <c r="N362"/>
       <c r="O362" t="s">
         <v>478</v>
       </c>
       <c r="P362"/>
       <c r="Q362" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="363" spans="1:17">
       <c r="A363">
         <v>16333</v>
       </c>
       <c r="B363" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="C363" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="D363" t="s">
         <v>19</v>
       </c>
       <c r="E363" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="F363" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G363" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="H363" t="s">
         <v>23</v>
       </c>
       <c r="I363" t="s">
         <v>24</v>
       </c>
       <c r="J363" t="s">
         <v>25</v>
       </c>
       <c r="K363" t="s">
         <v>26</v>
       </c>
       <c r="L363"/>
       <c r="M363"/>
       <c r="N363"/>
       <c r="O363"/>
       <c r="P363"/>
       <c r="Q363" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="364" spans="1:17">
       <c r="A364">
         <v>11120</v>
       </c>
       <c r="B364" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C364" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="D364" t="s">
         <v>189</v>
       </c>
       <c r="E364" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="F364" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G364" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="H364" t="s">
         <v>23</v>
       </c>
       <c r="I364" t="s">
         <v>24</v>
       </c>
       <c r="J364" t="s">
         <v>51</v>
       </c>
       <c r="K364" t="s">
         <v>26</v>
       </c>
       <c r="L364"/>
       <c r="M364"/>
       <c r="N364"/>
       <c r="O364" t="s">
         <v>52</v>
       </c>
       <c r="P364"/>
       <c r="Q364" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="365" spans="1:17">
       <c r="A365">
         <v>16310</v>
       </c>
       <c r="B365" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="C365" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="D365" t="s">
         <v>400</v>
       </c>
       <c r="E365" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="F365" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G365" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="H365" t="s">
         <v>23</v>
       </c>
       <c r="I365" t="s">
         <v>24</v>
       </c>
       <c r="J365" t="s">
         <v>51</v>
       </c>
       <c r="K365" t="s">
         <v>26</v>
       </c>
       <c r="L365"/>
       <c r="M365"/>
       <c r="N365"/>
       <c r="O365" t="s">
         <v>52</v>
       </c>
       <c r="P365"/>
       <c r="Q365" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="366" spans="1:17">
       <c r="A366">
         <v>10911</v>
       </c>
       <c r="B366" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C366" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="D366" t="s">
         <v>101</v>
       </c>
       <c r="E366" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="F366" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G366" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="H366" t="s">
         <v>23</v>
       </c>
       <c r="I366" t="s">
         <v>24</v>
       </c>
       <c r="J366" t="s">
         <v>51</v>
       </c>
       <c r="K366" t="s">
         <v>26</v>
       </c>
       <c r="L366"/>
       <c r="M366"/>
       <c r="N366"/>
       <c r="O366" t="s">
         <v>74</v>
       </c>
       <c r="P366"/>
       <c r="Q366" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="367" spans="1:17">
       <c r="A367">
         <v>12262</v>
       </c>
       <c r="B367" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="C367" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="D367" t="s">
         <v>290</v>
       </c>
       <c r="E367" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="F367" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G367" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="H367" t="s">
         <v>23</v>
       </c>
       <c r="I367" t="s">
         <v>24</v>
       </c>
       <c r="J367" t="s">
         <v>51</v>
       </c>
       <c r="K367" t="s">
         <v>26</v>
       </c>
       <c r="L367"/>
       <c r="M367"/>
       <c r="N367"/>
       <c r="O367" t="s">
         <v>74</v>
       </c>
       <c r="P367"/>
       <c r="Q367" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="368" spans="1:17">
       <c r="A368">
         <v>12321</v>
       </c>
       <c r="B368" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="C368" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="D368" t="s">
         <v>290</v>
       </c>
       <c r="E368" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="F368" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G368" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="H368" t="s">
         <v>23</v>
       </c>
       <c r="I368" t="s">
         <v>24</v>
       </c>
       <c r="J368" t="s">
         <v>51</v>
       </c>
       <c r="K368" t="s">
         <v>26</v>
       </c>
       <c r="L368"/>
       <c r="M368"/>
       <c r="N368"/>
       <c r="O368" t="s">
         <v>74</v>
       </c>
       <c r="P368"/>
       <c r="Q368" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="369" spans="1:17">
       <c r="A369">
         <v>16402</v>
       </c>
       <c r="B369" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="C369" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D369" t="s">
         <v>1199</v>
       </c>
       <c r="E369" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="F369" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G369" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="H369" t="s">
         <v>23</v>
       </c>
       <c r="I369" t="s">
         <v>24</v>
       </c>
       <c r="J369" t="s">
         <v>25</v>
       </c>
       <c r="K369" t="s">
         <v>26</v>
       </c>
       <c r="L369"/>
       <c r="M369"/>
       <c r="N369"/>
       <c r="O369"/>
       <c r="P369"/>
       <c r="Q369" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="370" spans="1:17">
       <c r="A370">
         <v>11421</v>
       </c>
       <c r="B370" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C370" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="D370" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="E370" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="F370" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G370" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="H370" t="s">
         <v>23</v>
       </c>
       <c r="I370" t="s">
         <v>24</v>
       </c>
       <c r="J370" t="s">
         <v>51</v>
       </c>
       <c r="K370" t="s">
         <v>64</v>
       </c>
       <c r="L370"/>
       <c r="M370"/>
       <c r="N370"/>
       <c r="O370" t="s">
         <v>52</v>
       </c>
       <c r="P370"/>
       <c r="Q370" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="371" spans="1:17">
       <c r="A371">
         <v>10739</v>
       </c>
       <c r="B371" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="C371" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="D371" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="E371" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="F371" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G371" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="H371" t="s">
         <v>23</v>
       </c>
       <c r="I371" t="s">
         <v>24</v>
       </c>
       <c r="J371" t="s">
         <v>51</v>
       </c>
       <c r="K371" t="s">
         <v>26</v>
       </c>
       <c r="L371"/>
       <c r="M371"/>
       <c r="N371"/>
       <c r="O371" t="s">
         <v>52</v>
       </c>
       <c r="P371"/>
       <c r="Q371" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="372" spans="1:17">
       <c r="A372">
         <v>11917</v>
       </c>
       <c r="B372" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="C372" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="D372" t="s">
         <v>213</v>
       </c>
       <c r="E372" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="F372" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="G372" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="H372" t="s">
         <v>23</v>
       </c>
       <c r="I372" t="s">
         <v>24</v>
       </c>
       <c r="J372" t="s">
         <v>51</v>
       </c>
       <c r="K372" t="s">
         <v>26</v>
       </c>
       <c r="L372"/>
       <c r="M372"/>
       <c r="N372"/>
       <c r="O372" t="s">
         <v>335</v>
       </c>
       <c r="P372"/>
       <c r="Q372" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="373" spans="1:17">
       <c r="A373">
         <v>33031</v>
       </c>
       <c r="B373" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="C373" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="D373" t="s">
         <v>67</v>
       </c>
       <c r="E373" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="F373" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="G373" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="H373" t="s">
         <v>50</v>
       </c>
       <c r="I373" t="s">
         <v>24</v>
       </c>
       <c r="J373" t="s">
         <v>25</v>
       </c>
       <c r="K373" t="s">
         <v>26</v>
       </c>
       <c r="L373"/>
       <c r="M373"/>
       <c r="N373"/>
       <c r="O373"/>
       <c r="P373" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="Q373" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="374" spans="1:17">
       <c r="A374">
         <v>14087</v>
       </c>
       <c r="B374" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="C374" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="D374" t="s">
         <v>67</v>
       </c>
       <c r="E374" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="F374" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="G374" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="H374" t="s">
         <v>50</v>
       </c>
       <c r="I374" t="s">
         <v>24</v>
       </c>
       <c r="J374" t="s">
         <v>25</v>
       </c>
       <c r="K374" t="s">
         <v>26</v>
       </c>
       <c r="L374"/>
       <c r="M374"/>
       <c r="N374"/>
       <c r="O374"/>
       <c r="P374"/>
       <c r="Q374" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="375" spans="1:17">
       <c r="A375">
         <v>80946</v>
       </c>
       <c r="B375" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="C375" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="D375" t="s">
         <v>551</v>
       </c>
       <c r="E375" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="F375" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="G375" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="H375" t="s">
         <v>23</v>
       </c>
       <c r="I375" t="s">
         <v>24</v>
       </c>
       <c r="J375" t="s">
         <v>25</v>
       </c>
       <c r="K375" t="s">
         <v>26</v>
       </c>
       <c r="L375"/>
       <c r="M375"/>
       <c r="N375"/>
       <c r="O375"/>
       <c r="P375" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="Q375" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="376" spans="1:17">
       <c r="A376">
         <v>12065</v>
       </c>
       <c r="B376" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="C376" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="D376" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="E376" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="F376" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="G376" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="H376" t="s">
         <v>23</v>
       </c>
       <c r="I376" t="s">
         <v>24</v>
       </c>
       <c r="J376" t="s">
         <v>51</v>
       </c>
       <c r="K376" t="s">
         <v>26</v>
       </c>
       <c r="L376"/>
       <c r="M376"/>
       <c r="N376"/>
       <c r="O376" t="s">
         <v>52</v>
       </c>
       <c r="P376"/>
       <c r="Q376" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="377" spans="1:17">
       <c r="A377">
         <v>10935</v>
       </c>
       <c r="B377" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="C377" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D377" t="s">
         <v>67</v>
       </c>
       <c r="E377" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="F377" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G377" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="H377" t="s">
         <v>23</v>
       </c>
       <c r="I377" t="s">
         <v>24</v>
       </c>
       <c r="J377" t="s">
         <v>51</v>
       </c>
       <c r="K377" t="s">
         <v>26</v>
       </c>
       <c r="L377"/>
       <c r="M377"/>
       <c r="N377"/>
       <c r="O377" t="s">
         <v>52</v>
       </c>
       <c r="P377"/>
       <c r="Q377" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="378" spans="1:17">
       <c r="A378">
         <v>10664</v>
       </c>
       <c r="B378" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="C378" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="D378" t="s">
         <v>503</v>
       </c>
       <c r="E378" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="F378" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G378" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="H378" t="s">
         <v>23</v>
       </c>
       <c r="I378" t="s">
         <v>24</v>
       </c>
       <c r="J378" t="s">
         <v>51</v>
       </c>
       <c r="K378" t="s">
         <v>878</v>
       </c>
       <c r="L378"/>
       <c r="M378"/>
       <c r="N378"/>
       <c r="O378" t="s">
         <v>74</v>
       </c>
       <c r="P378"/>
       <c r="Q378" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="379" spans="1:17">
       <c r="A379">
         <v>14085</v>
       </c>
       <c r="B379" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="C379" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="D379" t="s">
         <v>101</v>
       </c>
       <c r="E379" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="F379" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G379" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="H379" t="s">
         <v>50</v>
       </c>
       <c r="I379" t="s">
         <v>24</v>
       </c>
       <c r="J379" t="s">
         <v>51</v>
       </c>
       <c r="K379" t="s">
         <v>26</v>
       </c>
       <c r="L379"/>
       <c r="M379"/>
       <c r="N379"/>
       <c r="O379" t="s">
         <v>52</v>
       </c>
       <c r="P379" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="Q379" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="380" spans="1:17">
       <c r="A380">
         <v>16358</v>
       </c>
       <c r="B380" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="C380" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="D380" t="s">
         <v>19</v>
       </c>
       <c r="E380" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="F380" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G380" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="H380" t="s">
         <v>50</v>
       </c>
       <c r="I380" t="s">
         <v>24</v>
       </c>
       <c r="J380" t="s">
         <v>51</v>
       </c>
       <c r="K380" t="s">
         <v>26</v>
       </c>
       <c r="L380"/>
       <c r="M380"/>
       <c r="N380"/>
       <c r="O380" t="s">
         <v>52</v>
       </c>
       <c r="P380" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="Q380" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="381" spans="1:17">
       <c r="A381">
         <v>11339</v>
       </c>
       <c r="B381" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="C381" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="D381" t="s">
         <v>400</v>
       </c>
       <c r="E381" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="F381" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G381" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="H381" t="s">
         <v>23</v>
       </c>
       <c r="I381" t="s">
         <v>24</v>
       </c>
       <c r="J381" t="s">
         <v>51</v>
       </c>
       <c r="K381" t="s">
         <v>26</v>
       </c>
       <c r="L381"/>
       <c r="M381"/>
       <c r="N381"/>
       <c r="O381" t="s">
         <v>52</v>
       </c>
       <c r="P381"/>
       <c r="Q381" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="382" spans="1:17">
       <c r="A382">
         <v>11307</v>
       </c>
       <c r="B382" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="C382" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="D382" t="s">
         <v>236</v>
       </c>
       <c r="E382" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="F382" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G382" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="H382" t="s">
         <v>23</v>
       </c>
       <c r="I382" t="s">
         <v>24</v>
       </c>
       <c r="J382" t="s">
         <v>51</v>
       </c>
       <c r="K382" t="s">
         <v>26</v>
       </c>
       <c r="L382"/>
       <c r="M382"/>
       <c r="N382"/>
       <c r="O382" t="s">
         <v>335</v>
       </c>
       <c r="P382"/>
       <c r="Q382" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="383" spans="1:17">
       <c r="A383">
         <v>11591</v>
       </c>
       <c r="B383" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="C383" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="D383" t="s">
         <v>101</v>
       </c>
       <c r="E383" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="F383" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G383" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="H383" t="s">
         <v>23</v>
       </c>
       <c r="I383" t="s">
         <v>24</v>
       </c>
       <c r="J383" t="s">
         <v>51</v>
       </c>
       <c r="K383" t="s">
         <v>36</v>
       </c>
       <c r="L383"/>
       <c r="M383"/>
       <c r="N383"/>
       <c r="O383" t="s">
         <v>52</v>
       </c>
       <c r="P383"/>
       <c r="Q383" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="384" spans="1:17">
       <c r="A384">
         <v>14000</v>
       </c>
       <c r="B384" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="C384" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="D384" t="s">
         <v>55</v>
       </c>
       <c r="E384" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="F384" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G384" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="H384" t="s">
         <v>50</v>
       </c>
       <c r="I384" t="s">
         <v>24</v>
       </c>
       <c r="J384" t="s">
         <v>51</v>
       </c>
       <c r="K384" t="s">
         <v>26</v>
       </c>
       <c r="L384"/>
       <c r="M384"/>
       <c r="N384"/>
       <c r="O384" t="s">
         <v>52</v>
       </c>
       <c r="P384"/>
       <c r="Q384" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="385" spans="1:17">
       <c r="A385">
         <v>14072</v>
       </c>
       <c r="B385" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="C385" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="D385" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="E385" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="F385" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G385" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="H385" t="s">
         <v>50</v>
       </c>
       <c r="I385" t="s">
         <v>24</v>
       </c>
       <c r="J385" t="s">
         <v>51</v>
       </c>
       <c r="K385" t="s">
         <v>26</v>
       </c>
       <c r="L385"/>
       <c r="M385"/>
       <c r="N385"/>
       <c r="O385" t="s">
         <v>52</v>
       </c>
       <c r="P385" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="Q385" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="386" spans="1:17">
       <c r="A386">
         <v>14023</v>
       </c>
       <c r="B386" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="C386" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="D386" t="s">
         <v>290</v>
       </c>
       <c r="E386" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="F386" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G386" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="H386" t="s">
         <v>50</v>
       </c>
       <c r="I386" t="s">
         <v>24</v>
       </c>
       <c r="J386" t="s">
         <v>51</v>
       </c>
       <c r="K386" t="s">
         <v>26</v>
       </c>
       <c r="L386"/>
       <c r="M386"/>
       <c r="N386"/>
       <c r="O386" t="s">
         <v>52</v>
       </c>
       <c r="P386"/>
       <c r="Q386" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="387" spans="1:17">
       <c r="A387">
         <v>12372</v>
       </c>
       <c r="B387" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="C387" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="D387" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="E387" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="F387" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G387" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="H387" t="s">
         <v>23</v>
       </c>
       <c r="I387" t="s">
         <v>24</v>
       </c>
       <c r="J387" t="s">
         <v>25</v>
       </c>
       <c r="K387" t="s">
         <v>36</v>
       </c>
       <c r="L387"/>
       <c r="M387"/>
       <c r="N387"/>
       <c r="O387"/>
       <c r="P387"/>
       <c r="Q387" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="388" spans="1:17">
       <c r="A388">
         <v>11909</v>
       </c>
       <c r="B388" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="C388" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="D388" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="E388" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="F388" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="G388" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="H388" t="s">
         <v>23</v>
       </c>
       <c r="I388" t="s">
         <v>24</v>
       </c>
       <c r="J388" t="s">
         <v>51</v>
       </c>
       <c r="K388" t="s">
         <v>64</v>
       </c>
       <c r="L388"/>
       <c r="M388"/>
       <c r="N388"/>
       <c r="O388" t="s">
         <v>52</v>
       </c>
       <c r="P388"/>
       <c r="Q388" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="389" spans="1:17">
       <c r="A389">
         <v>11247</v>
       </c>
       <c r="B389" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="C389" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="D389" t="s">
         <v>170</v>
       </c>
       <c r="E389" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="F389" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="G389" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="H389" t="s">
         <v>23</v>
       </c>
       <c r="I389" t="s">
         <v>24</v>
       </c>
       <c r="J389" t="s">
         <v>51</v>
       </c>
       <c r="K389" t="s">
         <v>26</v>
       </c>
       <c r="L389"/>
       <c r="M389"/>
       <c r="N389"/>
       <c r="O389" t="s">
         <v>52</v>
       </c>
       <c r="P389"/>
       <c r="Q389" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="390" spans="1:17">
       <c r="A390">
         <v>12329</v>
       </c>
       <c r="B390" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="C390" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="D390" t="s">
         <v>60</v>
       </c>
       <c r="E390" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="F390" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="G390" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="H390" t="s">
         <v>23</v>
       </c>
       <c r="I390" t="s">
         <v>24</v>
       </c>
       <c r="J390" t="s">
         <v>51</v>
       </c>
       <c r="K390" t="s">
         <v>26</v>
       </c>
       <c r="L390"/>
       <c r="M390"/>
       <c r="N390"/>
       <c r="O390" t="s">
         <v>335</v>
       </c>
       <c r="P390"/>
       <c r="Q390" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="391" spans="1:17">
       <c r="A391">
         <v>12107</v>
       </c>
       <c r="B391" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="C391" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="D391" t="s">
         <v>833</v>
       </c>
       <c r="E391" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="F391" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="G391" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="H391" t="s">
         <v>23</v>
       </c>
       <c r="I391" t="s">
         <v>24</v>
       </c>
       <c r="J391" t="s">
         <v>51</v>
       </c>
       <c r="K391" t="s">
         <v>26</v>
       </c>
       <c r="L391"/>
       <c r="M391"/>
       <c r="N391"/>
       <c r="O391" t="s">
         <v>74</v>
       </c>
       <c r="P391"/>
       <c r="Q391" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="392" spans="1:17">
       <c r="A392">
         <v>11582</v>
       </c>
       <c r="B392" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="C392" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="D392" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="E392" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="F392" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="G392" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="H392" t="s">
         <v>23</v>
       </c>
       <c r="I392" t="s">
         <v>105</v>
       </c>
       <c r="J392" t="s">
         <v>25</v>
       </c>
       <c r="K392" t="s">
         <v>26</v>
       </c>
       <c r="L392"/>
       <c r="M392"/>
       <c r="N392"/>
       <c r="O392"/>
       <c r="P392" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="Q392" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="393" spans="1:17">
       <c r="A393">
         <v>33016</v>
       </c>
       <c r="B393" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="C393" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="D393" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="E393" t="s">
         <v>47</v>
       </c>
       <c r="F393" t="s">
         <v>48</v>
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
         <v>50</v>
       </c>
       <c r="I393" t="s">
         <v>24</v>
       </c>
       <c r="J393" t="s">
         <v>25</v>
       </c>
       <c r="K393" t="s">
         <v>64</v>
       </c>
       <c r="L393"/>
       <c r="M393"/>
       <c r="N393"/>
       <c r="O393"/>
       <c r="P393" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="Q393" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="394" spans="1:17">
       <c r="A394">
         <v>4539</v>
       </c>
       <c r="B394" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="C394"/>
       <c r="D394"/>
       <c r="E394" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="F394" t="s">
         <v>103</v>
       </c>
       <c r="G394"/>
       <c r="H394" t="s">
         <v>23</v>
       </c>
       <c r="I394" t="s">
         <v>35</v>
       </c>
       <c r="J394" t="s">
         <v>25</v>
       </c>
       <c r="K394" t="s">
         <v>26</v>
       </c>
       <c r="L394"/>
       <c r="M394"/>
       <c r="N394"/>
       <c r="O394"/>
       <c r="P394"/>
       <c r="Q394" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="395" spans="1:17">
       <c r="A395">
         <v>12291</v>
       </c>
       <c r="B395" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="C395" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="D395" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="E395" t="s">
         <v>181</v>
       </c>
       <c r="F395" t="s">
         <v>103</v>
       </c>
       <c r="G395"/>
       <c r="H395" t="s">
         <v>23</v>
       </c>
       <c r="I395" t="s">
         <v>105</v>
       </c>
       <c r="J395" t="s">
         <v>25</v>
       </c>
       <c r="K395" t="s">
         <v>26</v>
       </c>
       <c r="L395"/>
       <c r="M395"/>
       <c r="N395"/>
       <c r="O395"/>
       <c r="P395" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="Q395" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="396" spans="1:17">
       <c r="A396">
         <v>80935</v>
       </c>
       <c r="B396" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="C396" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="D396" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="E396" t="s">
         <v>266</v>
       </c>
       <c r="F396" t="s">
         <v>267</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
         <v>23</v>
       </c>
       <c r="I396" t="s">
         <v>24</v>
       </c>
       <c r="J396" t="s">
         <v>25</v>
       </c>
       <c r="K396" t="s">
         <v>26</v>
       </c>
       <c r="L396"/>
       <c r="M396"/>
       <c r="N396"/>
       <c r="O396"/>
       <c r="P396" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="Q396" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="397" spans="1:17">
       <c r="A397">
         <v>2155</v>
       </c>
       <c r="B397" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="C397" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="D397" t="s">
         <v>251</v>
       </c>
       <c r="E397" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="F397" t="s">
         <v>646</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
         <v>23</v>
       </c>
       <c r="I397" t="s">
         <v>35</v>
       </c>
       <c r="J397" t="s">
         <v>82</v>
       </c>
       <c r="K397" t="s">
         <v>64</v>
       </c>
       <c r="L397"/>
       <c r="M397"/>
       <c r="N397" t="s">
         <v>653</v>
       </c>
       <c r="O397"/>
       <c r="P397"/>
       <c r="Q397" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="398" spans="1:17">
       <c r="A398">
         <v>4179</v>
       </c>
       <c r="B398" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="C398" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="D398" t="s">
         <v>136</v>
       </c>
       <c r="E398" t="s">
         <v>677</v>
       </c>
       <c r="F398" t="s">
         <v>672</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
         <v>23</v>
       </c>
       <c r="I398" t="s">
         <v>35</v>
       </c>
       <c r="J398" t="s">
         <v>82</v>
       </c>
       <c r="K398" t="s">
         <v>26</v>
       </c>
       <c r="L398"/>
       <c r="M398"/>
       <c r="N398" t="s">
         <v>92</v>
       </c>
       <c r="O398"/>
       <c r="P398"/>
       <c r="Q398" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="399" spans="1:17">
       <c r="A399">
         <v>12079</v>
       </c>
       <c r="B399" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="C399" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="D399" t="s">
         <v>1365</v>
       </c>
       <c r="E399" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="F399" t="s">
         <v>808</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
         <v>23</v>
       </c>
       <c r="I399" t="s">
         <v>206</v>
       </c>
       <c r="J399" t="s">
         <v>82</v>
       </c>
       <c r="K399" t="s">
         <v>26</v>
       </c>
       <c r="L399"/>
       <c r="M399"/>
       <c r="N399" t="s">
         <v>679</v>
       </c>
       <c r="O399"/>
       <c r="P399"/>
       <c r="Q399" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="400" spans="1:17">
       <c r="A400">
         <v>20069</v>
       </c>
       <c r="B400" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="C400" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="D400" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="E400" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="F400" t="s">
         <v>876</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>50</v>
       </c>
       <c r="I400" t="s">
         <v>91</v>
       </c>
       <c r="J400" t="s">
         <v>82</v>
       </c>
       <c r="K400" t="s">
         <v>64</v>
       </c>
       <c r="L400"/>
       <c r="M400"/>
       <c r="N400" t="s">
         <v>83</v>
       </c>
       <c r="O400"/>
       <c r="P400"/>
       <c r="Q400" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="401" spans="1:17">
       <c r="A401">
         <v>2051</v>
       </c>
       <c r="B401" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="C401" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="D401" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="E401" t="s">
         <v>909</v>
       </c>
       <c r="F401" t="s">
         <v>905</v>
       </c>
       <c r="G401"/>
       <c r="H401" t="s">
         <v>23</v>
       </c>
       <c r="I401" t="s">
         <v>35</v>
       </c>
       <c r="J401" t="s">
         <v>82</v>
       </c>
       <c r="K401" t="s">
         <v>26</v>
       </c>
       <c r="L401"/>
       <c r="M401"/>
       <c r="N401" t="s">
         <v>679</v>
       </c>
       <c r="O401"/>
       <c r="P401"/>
       <c r="Q401" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="402" spans="1:17">
       <c r="A402">
         <v>10679</v>
       </c>
       <c r="B402" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="C402" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="D402" t="s">
         <v>839</v>
       </c>
       <c r="E402" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="F402" t="s">
         <v>952</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
         <v>23</v>
       </c>
       <c r="I402" t="s">
         <v>206</v>
       </c>
       <c r="J402" t="s">
         <v>82</v>
       </c>
       <c r="K402" t="s">
         <v>26</v>
       </c>
       <c r="L402"/>
       <c r="M402"/>
       <c r="N402" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="O402"/>
       <c r="P402"/>
       <c r="Q402" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="403" spans="1:17">
       <c r="A403">
         <v>33010</v>
       </c>
       <c r="B403" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="C403" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="D403" t="s">
         <v>136</v>
       </c>
       <c r="E403" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="F403" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
         <v>23</v>
       </c>
       <c r="I403" t="s">
         <v>206</v>
       </c>
       <c r="J403" t="s">
         <v>82</v>
       </c>
       <c r="K403" t="s">
         <v>26</v>
       </c>
       <c r="L403"/>
       <c r="M403"/>
       <c r="N403" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="O403"/>
       <c r="P403" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="Q403" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="404" spans="1:17">
       <c r="A404">
         <v>11002</v>
       </c>
       <c r="B404" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="C404" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="D404" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="E404" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="F404" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
         <v>23</v>
       </c>
       <c r="I404" t="s">
         <v>206</v>
       </c>
       <c r="J404" t="s">
         <v>82</v>
       </c>
       <c r="K404" t="s">
         <v>26</v>
       </c>
       <c r="L404"/>
       <c r="M404"/>
       <c r="N404" t="s">
         <v>675</v>
       </c>
       <c r="O404"/>
       <c r="P404"/>
       <c r="Q404" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="405" spans="1:17">
       <c r="A405">
         <v>15932</v>
       </c>
       <c r="B405" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="C405" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="D405" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="E405" t="s">
         <v>1251</v>
       </c>
       <c r="F405" t="s">
         <v>1252</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
         <v>50</v>
       </c>
       <c r="I405" t="s">
         <v>674</v>
       </c>
       <c r="J405" t="s">
         <v>25</v>
       </c>
       <c r="K405" t="s">
         <v>64</v>
       </c>
       <c r="L405"/>
       <c r="M405"/>
       <c r="N405"/>
       <c r="O405"/>
       <c r="P405" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="Q405" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="406" spans="1:17">
       <c r="A406">
         <v>9837</v>
       </c>
       <c r="B406" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="C406" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="D406" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="E406" t="s">
         <v>1251</v>
       </c>
       <c r="F406" t="s">
         <v>1252</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
         <v>23</v>
       </c>
       <c r="I406" t="s">
         <v>35</v>
       </c>
       <c r="J406" t="s">
         <v>25</v>
       </c>
       <c r="K406" t="s">
         <v>36</v>
       </c>
       <c r="L406"/>
       <c r="M406"/>
       <c r="N406"/>
       <c r="O406"/>
       <c r="P406" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="Q406" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="407" spans="1:17">
       <c r="A407">
         <v>32345</v>
       </c>
       <c r="B407" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="C407" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="D407" t="s">
         <v>941</v>
       </c>
       <c r="E407" t="s">
         <v>1251</v>
       </c>
       <c r="F407" t="s">
         <v>1252</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
         <v>23</v>
       </c>
       <c r="I407" t="s">
         <v>206</v>
       </c>
       <c r="J407" t="s">
         <v>25</v>
       </c>
       <c r="K407" t="s">
         <v>36</v>
       </c>
       <c r="L407"/>
       <c r="M407"/>
       <c r="N407"/>
       <c r="O407"/>
       <c r="P407"/>
       <c r="Q407" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="408" spans="1:17">
       <c r="A408">
         <v>65546</v>
       </c>
       <c r="B408" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="C408" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="D408" t="s">
         <v>136</v>
       </c>
       <c r="E408" t="s">
         <v>1251</v>
       </c>
       <c r="F408" t="s">
         <v>1252</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
         <v>23</v>
       </c>
       <c r="I408" t="s">
         <v>206</v>
       </c>
       <c r="J408" t="s">
         <v>25</v>
       </c>
       <c r="K408" t="s">
         <v>36</v>
       </c>
       <c r="L408"/>
       <c r="M408"/>
       <c r="N408"/>
       <c r="O408"/>
       <c r="P408"/>
       <c r="Q408" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="409" spans="1:17">
       <c r="A409">
         <v>33081</v>
       </c>
       <c r="B409" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="C409" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="D409" t="s">
         <v>136</v>
       </c>
       <c r="E409" t="s">
         <v>1251</v>
       </c>
       <c r="F409" t="s">
         <v>1252</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
         <v>23</v>
       </c>
       <c r="I409" t="s">
         <v>24</v>
       </c>
       <c r="J409" t="s">
         <v>25</v>
       </c>
       <c r="K409" t="s">
         <v>26</v>
       </c>
       <c r="L409"/>
       <c r="M409"/>
       <c r="N409"/>
       <c r="O409"/>
       <c r="P409"/>
       <c r="Q409" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="410" spans="1:17">
       <c r="A410">
         <v>24257</v>
       </c>
       <c r="B410" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="C410" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="D410" t="s">
         <v>136</v>
       </c>
       <c r="E410" t="s">
         <v>1251</v>
       </c>
       <c r="F410" t="s">
         <v>1252</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
         <v>23</v>
       </c>
       <c r="I410" t="s">
         <v>35</v>
       </c>
       <c r="J410" t="s">
         <v>82</v>
       </c>
       <c r="K410" t="s">
         <v>26</v>
       </c>
       <c r="L410"/>
       <c r="M410"/>
       <c r="N410" t="s">
         <v>653</v>
       </c>
       <c r="O410"/>
       <c r="P410" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="Q410" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="411" spans="1:17">
       <c r="A411">
         <v>24263</v>
       </c>
       <c r="B411" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="C411" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="D411" t="s">
         <v>217</v>
       </c>
       <c r="E411" t="s">
         <v>1251</v>
       </c>
       <c r="F411" t="s">
         <v>1252</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
         <v>23</v>
       </c>
       <c r="I411" t="s">
         <v>206</v>
       </c>
       <c r="J411" t="s">
         <v>82</v>
       </c>
       <c r="K411" t="s">
         <v>36</v>
       </c>
       <c r="L411"/>
       <c r="M411"/>
       <c r="N411" t="s">
         <v>653</v>
       </c>
       <c r="O411"/>
       <c r="P411"/>
       <c r="Q411" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="412" spans="1:17">
       <c r="A412">
         <v>19131</v>
       </c>
       <c r="B412" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="C412" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="D412" t="s">
         <v>917</v>
       </c>
       <c r="E412" t="s">
         <v>1251</v>
       </c>
       <c r="F412" t="s">
         <v>1252</v>
       </c>
       <c r="G412"/>
       <c r="H412" t="s">
         <v>50</v>
       </c>
       <c r="I412" t="s">
         <v>206</v>
       </c>
       <c r="J412" t="s">
         <v>25</v>
       </c>
       <c r="K412" t="s">
         <v>36</v>
       </c>
       <c r="L412"/>
       <c r="M412"/>
       <c r="N412"/>
       <c r="O412"/>
       <c r="P412" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="Q412" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="413" spans="1:17">
       <c r="A413">
         <v>3911</v>
       </c>
       <c r="B413" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="C413" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="D413" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="E413" t="s">
         <v>1266</v>
       </c>
       <c r="F413" t="s">
         <v>1267</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
         <v>50</v>
       </c>
       <c r="I413" t="s">
         <v>35</v>
       </c>
       <c r="J413" t="s">
         <v>25</v>
       </c>
       <c r="K413" t="s">
         <v>878</v>
       </c>
       <c r="L413"/>
       <c r="M413"/>
       <c r="N413"/>
       <c r="O413"/>
       <c r="P413"/>
       <c r="Q413" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="414" spans="1:17">
       <c r="A414">
         <v>9445</v>
       </c>
       <c r="B414" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="C414" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="D414" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="E414" t="s">
         <v>1266</v>
       </c>
       <c r="F414" t="s">
         <v>1267</v>
       </c>
       <c r="G414"/>
       <c r="H414" t="s">
         <v>63</v>
       </c>
       <c r="I414" t="s">
         <v>35</v>
       </c>
       <c r="J414" t="s">
         <v>25</v>
       </c>
       <c r="K414" t="s">
         <v>878</v>
       </c>
       <c r="L414"/>
       <c r="M414"/>
       <c r="N414"/>
       <c r="O414"/>
       <c r="P414" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="Q414" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="415" spans="1:17">
       <c r="A415">
         <v>8758</v>
       </c>
       <c r="B415" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="C415" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="D415" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="E415" t="s">
         <v>1266</v>
       </c>
       <c r="F415" t="s">
         <v>1267</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
         <v>23</v>
       </c>
       <c r="I415" t="s">
         <v>35</v>
       </c>
       <c r="J415" t="s">
         <v>25</v>
       </c>
       <c r="K415" t="s">
         <v>26</v>
       </c>
       <c r="L415"/>
       <c r="M415"/>
       <c r="N415"/>
       <c r="O415"/>
       <c r="P415"/>
       <c r="Q415" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="416" spans="1:17">
       <c r="A416">
         <v>9444</v>
       </c>
       <c r="B416" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="C416" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="D416" t="s">
         <v>936</v>
       </c>
       <c r="E416" t="s">
         <v>1266</v>
       </c>
       <c r="F416" t="s">
         <v>1267</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
         <v>50</v>
       </c>
       <c r="I416" t="s">
         <v>35</v>
       </c>
       <c r="J416" t="s">
         <v>25</v>
       </c>
       <c r="K416" t="s">
         <v>26</v>
       </c>
       <c r="L416"/>
       <c r="M416"/>
       <c r="N416"/>
       <c r="O416"/>
       <c r="P416"/>
       <c r="Q416" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="417" spans="1:17">
       <c r="A417">
         <v>32348</v>
       </c>
       <c r="B417" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="C417" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="D417" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="E417" t="s">
         <v>1302</v>
       </c>
       <c r="F417" t="s">
         <v>1303</v>
       </c>
       <c r="G417"/>
       <c r="H417" t="s">
         <v>50</v>
       </c>
       <c r="I417" t="s">
         <v>24</v>
       </c>
       <c r="J417" t="s">
         <v>25</v>
       </c>
       <c r="K417" t="s">
         <v>26</v>
       </c>
       <c r="L417"/>
       <c r="M417"/>
       <c r="N417"/>
       <c r="O417"/>
       <c r="P417" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="Q417" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="418" spans="1:17">
       <c r="A418">
         <v>12023</v>
       </c>
       <c r="B418" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="C418" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="D418" t="s">
         <v>236</v>
       </c>
       <c r="E418" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="F418" t="s">
         <v>1335</v>
       </c>
       <c r="G418"/>
       <c r="H418" t="s">
         <v>23</v>
       </c>
       <c r="I418" t="s">
         <v>206</v>
       </c>
       <c r="J418" t="s">
         <v>82</v>
       </c>
       <c r="K418" t="s">
         <v>26</v>
       </c>
       <c r="L418"/>
       <c r="M418"/>
       <c r="N418" t="s">
         <v>83</v>
       </c>
       <c r="O418"/>
       <c r="P418"/>
       <c r="Q418" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="419" spans="1:17">
       <c r="A419">
         <v>2144</v>
       </c>
       <c r="B419" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="C419" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="D419" t="s">
         <v>251</v>
       </c>
       <c r="E419" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="F419" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="G419"/>
       <c r="H419" t="s">
         <v>23</v>
       </c>
       <c r="I419" t="s">
         <v>35</v>
       </c>
       <c r="J419" t="s">
         <v>82</v>
       </c>
       <c r="K419" t="s">
         <v>26</v>
       </c>
       <c r="L419"/>
       <c r="M419"/>
       <c r="N419" t="s">
         <v>83</v>
       </c>
       <c r="O419"/>
       <c r="P419"/>
       <c r="Q419" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="420" spans="1:17">
       <c r="A420">
         <v>6524</v>
       </c>
       <c r="B420" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="C420" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="D420" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="E420" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="F420" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
         <v>23</v>
       </c>
       <c r="I420" t="s">
         <v>35</v>
       </c>
       <c r="J420" t="s">
         <v>82</v>
       </c>
       <c r="K420" t="s">
         <v>26</v>
       </c>
       <c r="L420"/>
       <c r="M420"/>
       <c r="N420" t="s">
         <v>653</v>
       </c>
       <c r="O420"/>
       <c r="P420" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="Q420" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="421" spans="1:17">
       <c r="A421">
         <v>16233</v>
       </c>
       <c r="B421" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="C421" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="D421" t="s">
         <v>217</v>
       </c>
       <c r="E421" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="F421" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
         <v>23</v>
       </c>
       <c r="I421" t="s">
         <v>91</v>
       </c>
       <c r="J421" t="s">
         <v>82</v>
       </c>
       <c r="K421" t="s">
         <v>26</v>
       </c>
       <c r="L421"/>
       <c r="M421"/>
       <c r="N421" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="O421"/>
       <c r="P421"/>
       <c r="Q421" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="422" spans="1:17">
       <c r="A422">
         <v>24278</v>
       </c>
       <c r="B422" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="C422"/>
       <c r="D422"/>
       <c r="E422" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="F422" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
         <v>23</v>
       </c>
       <c r="I422" t="s">
         <v>35</v>
       </c>
       <c r="J422" t="s">
         <v>82</v>
       </c>
       <c r="K422" t="s">
         <v>26</v>
       </c>
       <c r="L422"/>
       <c r="M422"/>
       <c r="N422" t="s">
         <v>679</v>
       </c>
       <c r="O422"/>
       <c r="P422"/>
       <c r="Q422" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="423" spans="1:17">
       <c r="A423">
         <v>20089</v>
       </c>
       <c r="B423" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="C423" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="D423" t="s">
         <v>170</v>
       </c>
       <c r="E423" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="F423" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="G423"/>
       <c r="H423" t="s">
         <v>50</v>
       </c>
       <c r="I423" t="s">
         <v>91</v>
       </c>
       <c r="J423" t="s">
         <v>82</v>
       </c>
       <c r="K423" t="s">
         <v>26</v>
       </c>
       <c r="L423"/>
       <c r="M423"/>
       <c r="N423" t="s">
         <v>83</v>
       </c>
       <c r="O423"/>
       <c r="P423"/>
       <c r="Q423" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="424" spans="1:17">
       <c r="A424">
         <v>20090</v>
       </c>
       <c r="B424" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="C424" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="D424" t="s">
         <v>217</v>
       </c>
       <c r="E424" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="F424" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="G424"/>
       <c r="H424" t="s">
         <v>50</v>
       </c>
       <c r="I424" t="s">
         <v>91</v>
       </c>
       <c r="J424" t="s">
         <v>82</v>
       </c>
       <c r="K424" t="s">
         <v>26</v>
       </c>
       <c r="L424"/>
       <c r="M424"/>
       <c r="N424" t="s">
         <v>83</v>
       </c>
       <c r="O424"/>
       <c r="P424" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="Q424" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="425" spans="1:17">
       <c r="A425">
         <v>20095</v>
       </c>
       <c r="B425" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="C425" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="D425" t="s">
         <v>917</v>
       </c>
       <c r="E425" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="F425" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="G425"/>
       <c r="H425" t="s">
         <v>50</v>
       </c>
       <c r="I425" t="s">
         <v>91</v>
       </c>
       <c r="J425" t="s">
         <v>82</v>
       </c>
       <c r="K425" t="s">
         <v>26</v>
       </c>
       <c r="L425"/>
       <c r="M425"/>
       <c r="N425" t="s">
         <v>83</v>
       </c>
       <c r="O425"/>
       <c r="P425"/>
       <c r="Q425" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="426" spans="1:17">
       <c r="A426">
         <v>16225</v>
       </c>
       <c r="B426" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="C426" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="D426" t="s">
         <v>136</v>
       </c>
       <c r="E426" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="F426" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
         <v>23</v>
       </c>
       <c r="I426" t="s">
         <v>91</v>
       </c>
       <c r="J426" t="s">
         <v>25</v>
       </c>
       <c r="K426" t="s">
         <v>26</v>
       </c>
       <c r="L426"/>
       <c r="M426"/>
       <c r="N426"/>
       <c r="O426"/>
       <c r="P426"/>
       <c r="Q426" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="427" spans="1:17">
       <c r="A427">
         <v>16377</v>
       </c>
       <c r="B427" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="C427" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="D427" t="s">
         <v>1199</v>
       </c>
       <c r="E427" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="F427" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
         <v>23</v>
       </c>
       <c r="I427" t="s">
         <v>24</v>
       </c>
       <c r="J427" t="s">
         <v>25</v>
       </c>
       <c r="K427" t="s">
         <v>26</v>
       </c>
       <c r="L427"/>
       <c r="M427"/>
       <c r="N427"/>
       <c r="O427"/>
       <c r="P427"/>
       <c r="Q427" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>