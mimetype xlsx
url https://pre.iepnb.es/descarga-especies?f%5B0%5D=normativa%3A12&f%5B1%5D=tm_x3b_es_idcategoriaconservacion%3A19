--- v0 (2025-11-08)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1004">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1005">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -1953,51 +1953,54 @@
   <si>
     <t>Balaenoptera schlegellii Dabbene, 1902</t>
   </si>
   <si>
     <t>Balaenoptera acutorostrata Lacépède, 1804</t>
   </si>
   <si>
     <t>prueba_Minke whale (Inglés), Petit rorqual (Francés), Zwergwal (Alemán), Balenottera minore (Italiano), Baleia-anã (Portugués)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>El rorcual aliblanco (Balaenoptera acutorostrata), presenta una coloración gris que varía en tonalidades en todo el cuerpo, siendo siempre la parte inferior de su cuerpo completamente blanca. El roncual aliblanco se distingue de otros rorcuales por la mancha blanca que presentan en las aletas pectorales, con una forma más o menos redondeada. Pertenece al grupo de los cetáceos misticetos ya que presentan barbas. Llegan a alcanzar un tamaño de 7-10 m (recién nacido 2,1 -2,8 m).</t>
   </si>
   <si>
     <t>Agaphelus gibbosus Cope, 1968, Balaena rostrata Fabricius, 1780, Balaenoptera eschrichtius Rasch, 1845, Balaenoptera rostrata (Fabricius, 1780)</t>
   </si>
   <si>
     <t>Phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+    <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Common Porpoise (Inglés), Marsouin (Francés), Schweinswal (Alemán), Focena (Italiano), Bôto (Portugués)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Marina Atlántica U1 (Desfavorable-inadecuado),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>La marsopa es la especie de cetáceo de menor tamaño en el Atlántico Norte. La longitud total varía generalmente entre 130-180 cm y el peso entre 25 y 90 kg. El tamaño de las hembras es mayor que el de los machos, aunque presenta grandes variaciones geográficas.
 Presentan una cabeza roma, sin el típico pico de algunos delfines. Las aletas pectorales tienen el extremo redondeado y la aleta dorsal se sitúa en la mitad del cuerpo, es baja y triangular, presentando una peculiaridad única en los cetáceos: la existencia en el borde anterior de la aleta dorsal, de algunos ejemplares, de tubérculos epidérmicos a modo de protuberancias que le dan un aspecto aserrado.
 El color dorsolateral es negro acastañado, y en la parte anterior de los flancos presenta un color ceniza que se difumina a blanco centralmente. Destacan las aletas pectorales negras con una línea que las une con la parte inferior de la boca, que es también oscura rodeando el labio inferior. La parte anterior de la cabeza es un poco más clara, haciendo una figura triangular que se abre hacia delante desde el aventador. A pesar de la variación de color individual, y de cierta asimetría bilateral, no se han encontrado diferencias en las distintas poblaciones del mundo. El cráneo es alargado aunque con rostro corto, el paladar es plano y presenta una marcada asimetría orientada a la izquierda general en los cetáceos odontocetos. Los dientes son espatulados, caso único entre los cetáceos en los
 que suelen ser cónicos. Cabe destacar el tamaño de los huesos pélvicos en esta especie que son mucho mayores y voluminosos que en los pequeños delfínidos, estando relacionado con el tamaño de los órganos sexuales, sobre todo en el caso de los machos.</t>
   </si>
   <si>
     <t>Delphinus phocoena Linnaeus, 1758, Phocaena communis Lesson, 1827, Phocaena phocaena Kleinenberg, 1956, Phocena phocena Gray, 1821</t>
   </si>
   <si>
     <t>Algyroides hidalgoi Boscá, 1916</t>
   </si>
   <si>
     <t>prueba_Lagartija de Valverde (Castellano), Lagartija de Boscá (Castellano), Valverde algiroidea (Euskera), Sargantana de Valverde (Catalán), Spanish Algyroides (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
@@ -9114,4186 +9117,4186 @@
       <c r="K126" t="s">
         <v>36</v>
       </c>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126"/>
       <c r="O126"/>
       <c r="P126" t="s">
         <v>643</v>
       </c>
       <c r="Q126" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
         <v>32181</v>
       </c>
       <c r="B127" t="s">
         <v>644</v>
       </c>
       <c r="C127" t="s">
         <v>645</v>
       </c>
       <c r="D127" t="s">
-        <v>288</v>
+        <v>646</v>
       </c>
       <c r="E127" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="F127" t="s">
         <v>641</v>
       </c>
       <c r="G127" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="H127" t="s">
         <v>162</v>
       </c>
       <c r="I127" t="s">
         <v>214</v>
       </c>
       <c r="J127" t="s">
         <v>25</v>
       </c>
       <c r="K127" t="s">
         <v>33</v>
       </c>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127"/>
       <c r="O127"/>
       <c r="P127" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="Q127" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
         <v>11660</v>
       </c>
       <c r="B128" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C128" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D128" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="E128" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F128" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G128" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="H128" t="s">
         <v>23</v>
       </c>
       <c r="I128" t="s">
         <v>96</v>
       </c>
       <c r="J128" t="s">
         <v>186</v>
       </c>
       <c r="K128" t="s">
         <v>36</v>
       </c>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128" t="s">
         <v>220</v>
       </c>
       <c r="O128"/>
       <c r="P128" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="Q128" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
         <v>1719</v>
       </c>
       <c r="B129" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C129" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D129" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="E129" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F129" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G129" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H129" t="s">
         <v>23</v>
       </c>
       <c r="I129" t="s">
         <v>24</v>
       </c>
       <c r="J129" t="s">
         <v>186</v>
       </c>
       <c r="K129" t="s">
         <v>26</v>
       </c>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129" t="s">
         <v>187</v>
       </c>
       <c r="O129"/>
       <c r="P129"/>
       <c r="Q129" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
         <v>11158</v>
       </c>
       <c r="B130" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C130" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D130" t="s">
         <v>173</v>
       </c>
       <c r="E130" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F130" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G130" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="H130" t="s">
         <v>23</v>
       </c>
       <c r="I130" t="s">
         <v>90</v>
       </c>
       <c r="J130" t="s">
         <v>25</v>
       </c>
       <c r="K130" t="s">
         <v>36</v>
       </c>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130"/>
       <c r="O130"/>
       <c r="P130"/>
       <c r="Q130" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
         <v>10742</v>
       </c>
       <c r="B131" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C131" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D131" t="s">
         <v>191</v>
       </c>
       <c r="E131" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F131" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G131" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H131" t="s">
         <v>23</v>
       </c>
       <c r="I131" t="s">
         <v>43</v>
       </c>
       <c r="J131" t="s">
         <v>186</v>
       </c>
       <c r="K131" t="s">
         <v>26</v>
       </c>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131" t="s">
         <v>201</v>
       </c>
       <c r="O131"/>
       <c r="P131"/>
       <c r="Q131" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
         <v>12373</v>
       </c>
       <c r="B132" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C132"/>
       <c r="D132"/>
       <c r="E132" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F132" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G132" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="H132" t="s">
         <v>23</v>
       </c>
       <c r="I132" t="s">
         <v>43</v>
       </c>
       <c r="J132" t="s">
         <v>186</v>
       </c>
       <c r="K132" t="s">
         <v>36</v>
       </c>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132" t="s">
         <v>201</v>
       </c>
       <c r="O132"/>
       <c r="P132"/>
       <c r="Q132" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
         <v>16220</v>
       </c>
       <c r="B133" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C133" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D133" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E133" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F133" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G133" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="H133" t="s">
         <v>23</v>
       </c>
       <c r="I133" t="s">
         <v>90</v>
       </c>
       <c r="J133" t="s">
         <v>186</v>
       </c>
       <c r="K133" t="s">
         <v>26</v>
       </c>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133" t="s">
         <v>220</v>
       </c>
       <c r="O133"/>
       <c r="P133" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="Q133" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
         <v>12235</v>
       </c>
       <c r="B134" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C134" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D134" t="s">
         <v>191</v>
       </c>
       <c r="E134" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F134" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G134" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="H134" t="s">
         <v>23</v>
       </c>
       <c r="I134" t="s">
         <v>43</v>
       </c>
       <c r="J134" t="s">
         <v>186</v>
       </c>
       <c r="K134" t="s">
         <v>36</v>
       </c>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134" t="s">
         <v>201</v>
       </c>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
         <v>2137</v>
       </c>
       <c r="B135" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C135" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D135" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="E135" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F135" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G135" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="H135" t="s">
         <v>23</v>
       </c>
       <c r="I135" t="s">
         <v>24</v>
       </c>
       <c r="J135" t="s">
         <v>186</v>
       </c>
       <c r="K135" t="s">
         <v>26</v>
       </c>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135" t="s">
         <v>220</v>
       </c>
       <c r="O135"/>
       <c r="P135" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="Q135" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136">
         <v>3969</v>
       </c>
       <c r="B136" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C136" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D136" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="E136" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F136" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G136" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H136" t="s">
         <v>23</v>
       </c>
       <c r="I136" t="s">
         <v>24</v>
       </c>
       <c r="J136" t="s">
         <v>186</v>
       </c>
       <c r="K136" t="s">
         <v>36</v>
       </c>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136" t="s">
         <v>259</v>
       </c>
       <c r="O136"/>
       <c r="P136"/>
       <c r="Q136" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137">
         <v>11123</v>
       </c>
       <c r="B137" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C137" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D137" t="s">
         <v>31</v>
       </c>
       <c r="E137" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F137" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G137" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="H137" t="s">
         <v>23</v>
       </c>
       <c r="I137" t="s">
         <v>96</v>
       </c>
       <c r="J137" t="s">
         <v>25</v>
       </c>
       <c r="K137" t="s">
         <v>26</v>
       </c>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
       <c r="O137"/>
       <c r="P137" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="Q137" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138">
         <v>16235</v>
       </c>
       <c r="B138" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C138" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D138" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="E138" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="F138" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G138" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H138" t="s">
         <v>23</v>
       </c>
       <c r="I138" t="s">
         <v>214</v>
       </c>
       <c r="J138" t="s">
         <v>186</v>
       </c>
       <c r="K138" t="s">
         <v>36</v>
       </c>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138" t="s">
         <v>187</v>
       </c>
       <c r="O138"/>
       <c r="P138" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="Q138" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139">
         <v>7040</v>
       </c>
       <c r="B139" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C139"/>
       <c r="D139"/>
       <c r="E139" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="F139" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G139" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="H139" t="s">
         <v>23</v>
       </c>
       <c r="I139" t="s">
         <v>24</v>
       </c>
       <c r="J139" t="s">
         <v>186</v>
       </c>
       <c r="K139" t="s">
         <v>26</v>
       </c>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139" t="s">
         <v>201</v>
       </c>
       <c r="O139"/>
       <c r="P139"/>
       <c r="Q139" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140">
         <v>661</v>
       </c>
       <c r="B140" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C140" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D140" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="E140" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="F140" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G140" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H140" t="s">
         <v>23</v>
       </c>
       <c r="I140" t="s">
         <v>24</v>
       </c>
       <c r="J140" t="s">
         <v>186</v>
       </c>
       <c r="K140" t="s">
         <v>26</v>
       </c>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140" t="s">
         <v>220</v>
       </c>
       <c r="O140"/>
       <c r="P140"/>
       <c r="Q140" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141">
         <v>8396</v>
       </c>
       <c r="B141" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C141" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D141" t="s">
         <v>65</v>
       </c>
       <c r="E141" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F141" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G141" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H141" t="s">
         <v>23</v>
       </c>
       <c r="I141" t="s">
         <v>24</v>
       </c>
       <c r="J141" t="s">
         <v>186</v>
       </c>
       <c r="K141" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141" t="s">
         <v>187</v>
       </c>
       <c r="O141"/>
       <c r="P141" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="Q141" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142">
         <v>12051</v>
       </c>
       <c r="B142" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C142" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D142" t="s">
         <v>173</v>
       </c>
       <c r="E142" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F142" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G142" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="H142" t="s">
         <v>23</v>
       </c>
       <c r="I142" t="s">
         <v>90</v>
       </c>
       <c r="J142" t="s">
         <v>25</v>
       </c>
       <c r="K142" t="s">
         <v>26</v>
       </c>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142"/>
       <c r="Q142" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143">
         <v>12350</v>
       </c>
       <c r="B143" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C143" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D143" t="s">
         <v>31</v>
       </c>
       <c r="E143" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F143" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G143" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="H143" t="s">
         <v>23</v>
       </c>
       <c r="I143" t="s">
         <v>43</v>
       </c>
       <c r="J143" t="s">
         <v>186</v>
       </c>
       <c r="K143" t="s">
         <v>36</v>
       </c>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143" t="s">
         <v>187</v>
       </c>
       <c r="O143"/>
       <c r="P143" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="Q143" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144">
         <v>9336</v>
       </c>
       <c r="B144" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C144" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D144" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E144" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F144" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="G144" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="H144" t="s">
         <v>23</v>
       </c>
       <c r="I144" t="s">
         <v>24</v>
       </c>
       <c r="J144" t="s">
         <v>186</v>
       </c>
       <c r="K144" t="s">
         <v>26</v>
       </c>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144" t="s">
         <v>187</v>
       </c>
       <c r="O144"/>
       <c r="P144" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="Q144" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145">
         <v>11903</v>
       </c>
       <c r="B145" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C145" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D145" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="E145" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="F145" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="G145" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="H145" t="s">
         <v>23</v>
       </c>
       <c r="I145" t="s">
         <v>96</v>
       </c>
       <c r="J145" t="s">
         <v>186</v>
       </c>
       <c r="K145" t="s">
         <v>36</v>
       </c>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145" t="s">
         <v>187</v>
       </c>
       <c r="O145"/>
       <c r="P145"/>
       <c r="Q145" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146">
         <v>80933</v>
       </c>
       <c r="B146" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C146" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D146" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="E146" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F146" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="G146" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H146" t="s">
         <v>600</v>
       </c>
       <c r="I146" t="s">
         <v>60</v>
       </c>
       <c r="J146" t="s">
         <v>25</v>
       </c>
       <c r="K146" t="s">
         <v>36</v>
       </c>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="Q146" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147">
         <v>11365</v>
       </c>
       <c r="B147" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C147" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D147" t="s">
         <v>111</v>
       </c>
       <c r="E147" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="F147" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="G147" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H147" t="s">
         <v>23</v>
       </c>
       <c r="I147" t="s">
         <v>60</v>
       </c>
       <c r="J147" t="s">
         <v>61</v>
       </c>
       <c r="K147" t="s">
         <v>26</v>
       </c>
       <c r="L147"/>
       <c r="M147"/>
       <c r="N147"/>
       <c r="O147" t="s">
         <v>62</v>
       </c>
       <c r="P147" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="Q147" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148">
         <v>11849</v>
       </c>
       <c r="B148" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C148" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D148" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="E148" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="F148" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G148" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="H148" t="s">
         <v>23</v>
       </c>
       <c r="I148" t="s">
         <v>60</v>
       </c>
       <c r="J148" t="s">
         <v>25</v>
       </c>
       <c r="K148" t="s">
         <v>26</v>
       </c>
       <c r="L148"/>
       <c r="M148"/>
       <c r="N148"/>
       <c r="O148"/>
       <c r="P148"/>
       <c r="Q148" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149">
         <v>11768</v>
       </c>
       <c r="B149" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C149" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D149" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="E149" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="F149" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G149" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="H149" t="s">
         <v>23</v>
       </c>
       <c r="I149" t="s">
         <v>60</v>
       </c>
       <c r="J149" t="s">
         <v>61</v>
       </c>
       <c r="K149" t="s">
         <v>36</v>
       </c>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
       <c r="O149" t="s">
         <v>62</v>
       </c>
       <c r="P149"/>
       <c r="Q149" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150">
         <v>10734</v>
       </c>
       <c r="B150" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C150" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D150" t="s">
         <v>144</v>
       </c>
       <c r="E150" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="F150" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G150" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="H150" t="s">
         <v>23</v>
       </c>
       <c r="I150" t="s">
         <v>60</v>
       </c>
       <c r="J150" t="s">
         <v>61</v>
       </c>
       <c r="K150" t="s">
         <v>26</v>
       </c>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
       <c r="O150" t="s">
         <v>62</v>
       </c>
       <c r="P150"/>
       <c r="Q150" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151">
         <v>12292</v>
       </c>
       <c r="B151" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C151" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D151" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="E151" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="F151" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G151" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="H151" t="s">
         <v>23</v>
       </c>
       <c r="I151" t="s">
         <v>60</v>
       </c>
       <c r="J151" t="s">
         <v>61</v>
       </c>
       <c r="K151" t="s">
         <v>26</v>
       </c>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
       <c r="O151" t="s">
         <v>62</v>
       </c>
       <c r="P151"/>
       <c r="Q151" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
         <v>11977</v>
       </c>
       <c r="B152" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C152" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D152" t="s">
         <v>144</v>
       </c>
       <c r="E152" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="F152" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G152" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H152" t="s">
         <v>23</v>
       </c>
       <c r="I152" t="s">
         <v>60</v>
       </c>
       <c r="J152" t="s">
         <v>61</v>
       </c>
       <c r="K152" t="s">
         <v>36</v>
       </c>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
       <c r="O152" t="s">
         <v>131</v>
       </c>
       <c r="P152"/>
       <c r="Q152" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
         <v>11590</v>
       </c>
       <c r="B153" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C153" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D153" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="E153" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="F153" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="G153" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="H153" t="s">
         <v>23</v>
       </c>
       <c r="I153" t="s">
         <v>60</v>
       </c>
       <c r="J153" t="s">
         <v>61</v>
       </c>
       <c r="K153" t="s">
         <v>26</v>
       </c>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
       <c r="O153" t="s">
         <v>131</v>
       </c>
       <c r="P153"/>
       <c r="Q153" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
         <v>11932</v>
       </c>
       <c r="B154" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C154" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D154" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="E154" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="F154" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="G154" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="H154" t="s">
         <v>23</v>
       </c>
       <c r="I154" t="s">
         <v>60</v>
       </c>
       <c r="J154" t="s">
         <v>61</v>
       </c>
       <c r="K154" t="s">
         <v>26</v>
       </c>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154"/>
       <c r="O154" t="s">
         <v>62</v>
       </c>
       <c r="P154"/>
       <c r="Q154" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
         <v>16426</v>
       </c>
       <c r="B155" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C155" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D155" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E155" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F155" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="G155" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="H155" t="s">
         <v>23</v>
       </c>
       <c r="I155" t="s">
         <v>60</v>
       </c>
       <c r="J155" t="s">
         <v>61</v>
       </c>
       <c r="K155" t="s">
         <v>26</v>
       </c>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
       <c r="O155" t="s">
         <v>131</v>
       </c>
       <c r="P155" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="Q155" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
         <v>14069</v>
       </c>
       <c r="B156" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C156" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D156" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="E156" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="F156" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="G156" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="H156" t="s">
         <v>162</v>
       </c>
       <c r="I156" t="s">
         <v>60</v>
       </c>
       <c r="J156" t="s">
         <v>61</v>
       </c>
       <c r="K156" t="s">
         <v>26</v>
       </c>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
       <c r="O156" t="s">
         <v>131</v>
       </c>
       <c r="P156"/>
       <c r="Q156" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
         <v>33149</v>
       </c>
       <c r="B157" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C157" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D157" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="E157" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="F157" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="G157" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="H157" t="s">
         <v>162</v>
       </c>
       <c r="I157" t="s">
         <v>60</v>
       </c>
       <c r="J157" t="s">
         <v>25</v>
       </c>
       <c r="K157" t="s">
         <v>26</v>
       </c>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="Q157" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158">
         <v>14003</v>
       </c>
       <c r="B158" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C158" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D158" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="E158" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="F158" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="G158" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="H158" t="s">
         <v>162</v>
       </c>
       <c r="I158" t="s">
         <v>60</v>
       </c>
       <c r="J158" t="s">
         <v>61</v>
       </c>
       <c r="K158" t="s">
         <v>26</v>
       </c>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
       <c r="O158" t="s">
         <v>62</v>
       </c>
       <c r="P158"/>
       <c r="Q158" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159">
         <v>10935</v>
       </c>
       <c r="B159" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C159" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="D159" t="s">
         <v>144</v>
       </c>
       <c r="E159" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="F159" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G159" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="H159" t="s">
         <v>23</v>
       </c>
       <c r="I159" t="s">
         <v>60</v>
       </c>
       <c r="J159" t="s">
         <v>61</v>
       </c>
       <c r="K159" t="s">
         <v>26</v>
       </c>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
       <c r="O159" t="s">
         <v>62</v>
       </c>
       <c r="P159"/>
       <c r="Q159" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160">
         <v>10664</v>
       </c>
       <c r="B160" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C160" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D160" t="s">
         <v>116</v>
       </c>
       <c r="E160" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F160" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G160" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="H160" t="s">
         <v>23</v>
       </c>
       <c r="I160" t="s">
         <v>60</v>
       </c>
       <c r="J160" t="s">
         <v>61</v>
       </c>
       <c r="K160" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
       <c r="O160" t="s">
         <v>131</v>
       </c>
       <c r="P160"/>
       <c r="Q160" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161">
         <v>14085</v>
       </c>
       <c r="B161" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C161" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D161" t="s">
         <v>249</v>
       </c>
       <c r="E161" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F161" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G161" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="H161" t="s">
         <v>162</v>
       </c>
       <c r="I161" t="s">
         <v>60</v>
       </c>
       <c r="J161" t="s">
         <v>61</v>
       </c>
       <c r="K161" t="s">
         <v>26</v>
       </c>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
       <c r="O161" t="s">
         <v>62</v>
       </c>
       <c r="P161" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="Q161" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162">
         <v>16358</v>
       </c>
       <c r="B162" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C162" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D162" t="s">
         <v>111</v>
       </c>
       <c r="E162" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="F162" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G162" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="H162" t="s">
         <v>162</v>
       </c>
       <c r="I162" t="s">
         <v>60</v>
       </c>
       <c r="J162" t="s">
         <v>61</v>
       </c>
       <c r="K162" t="s">
         <v>26</v>
       </c>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
       <c r="O162" t="s">
         <v>62</v>
       </c>
       <c r="P162" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="Q162" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163">
         <v>11339</v>
       </c>
       <c r="B163" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C163" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="D163" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="E163" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F163" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G163" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="H163" t="s">
         <v>23</v>
       </c>
       <c r="I163" t="s">
         <v>60</v>
       </c>
       <c r="J163" t="s">
         <v>61</v>
       </c>
       <c r="K163" t="s">
         <v>26</v>
       </c>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
       <c r="O163" t="s">
         <v>62</v>
       </c>
       <c r="P163"/>
       <c r="Q163" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164">
         <v>11307</v>
       </c>
       <c r="B164" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C164" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D164" t="s">
         <v>173</v>
       </c>
       <c r="E164" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F164" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G164" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="H164" t="s">
         <v>23</v>
       </c>
       <c r="I164" t="s">
         <v>60</v>
       </c>
       <c r="J164" t="s">
         <v>61</v>
       </c>
       <c r="K164" t="s">
         <v>26</v>
       </c>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
       <c r="O164" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="P164"/>
       <c r="Q164" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165">
         <v>11591</v>
       </c>
       <c r="B165" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C165" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D165" t="s">
         <v>249</v>
       </c>
       <c r="E165" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F165" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G165" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H165" t="s">
         <v>23</v>
       </c>
       <c r="I165" t="s">
         <v>60</v>
       </c>
       <c r="J165" t="s">
         <v>61</v>
       </c>
       <c r="K165" t="s">
         <v>33</v>
       </c>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
       <c r="O165" t="s">
         <v>62</v>
       </c>
       <c r="P165"/>
       <c r="Q165" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166">
         <v>14000</v>
       </c>
       <c r="B166" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C166" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D166" t="s">
         <v>169</v>
       </c>
       <c r="E166" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="F166" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G166" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H166" t="s">
         <v>162</v>
       </c>
       <c r="I166" t="s">
         <v>60</v>
       </c>
       <c r="J166" t="s">
         <v>61</v>
       </c>
       <c r="K166" t="s">
         <v>26</v>
       </c>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
       <c r="O166" t="s">
         <v>62</v>
       </c>
       <c r="P166"/>
       <c r="Q166" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167">
         <v>14072</v>
       </c>
       <c r="B167" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C167" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D167" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E167" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F167" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G167" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="H167" t="s">
         <v>162</v>
       </c>
       <c r="I167" t="s">
         <v>60</v>
       </c>
       <c r="J167" t="s">
         <v>61</v>
       </c>
       <c r="K167" t="s">
         <v>26</v>
       </c>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
       <c r="O167" t="s">
         <v>62</v>
       </c>
       <c r="P167" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="Q167" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168">
         <v>14023</v>
       </c>
       <c r="B168" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C168" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D168" t="s">
         <v>128</v>
       </c>
       <c r="E168" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F168" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G168" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H168" t="s">
         <v>162</v>
       </c>
       <c r="I168" t="s">
         <v>60</v>
       </c>
       <c r="J168" t="s">
         <v>61</v>
       </c>
       <c r="K168" t="s">
         <v>26</v>
       </c>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
       <c r="O168" t="s">
         <v>62</v>
       </c>
       <c r="P168"/>
       <c r="Q168" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169">
         <v>12372</v>
       </c>
       <c r="B169" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C169" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D169" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="E169" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="F169" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G169" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="H169" t="s">
         <v>23</v>
       </c>
       <c r="I169" t="s">
         <v>60</v>
       </c>
       <c r="J169" t="s">
         <v>25</v>
       </c>
       <c r="K169" t="s">
         <v>33</v>
       </c>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
       <c r="O169"/>
       <c r="P169"/>
       <c r="Q169" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170">
         <v>12312</v>
       </c>
       <c r="B170" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C170" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D170" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="E170" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="F170" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="G170" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="H170" t="s">
         <v>23</v>
       </c>
       <c r="I170" t="s">
         <v>60</v>
       </c>
       <c r="J170" t="s">
         <v>61</v>
       </c>
       <c r="K170" t="s">
         <v>33</v>
       </c>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
       <c r="O170" t="s">
         <v>446</v>
       </c>
       <c r="P170" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="Q170" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171">
         <v>11909</v>
       </c>
       <c r="B171" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C171" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D171" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E171" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="F171" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="G171" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H171" t="s">
         <v>23</v>
       </c>
       <c r="I171" t="s">
         <v>60</v>
       </c>
       <c r="J171" t="s">
         <v>61</v>
       </c>
       <c r="K171" t="s">
         <v>36</v>
       </c>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
       <c r="O171" t="s">
         <v>62</v>
       </c>
       <c r="P171"/>
       <c r="Q171" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172">
         <v>11600</v>
       </c>
       <c r="B172" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C172" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D172" t="s">
         <v>111</v>
       </c>
       <c r="E172" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="F172" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="G172" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="H172" t="s">
         <v>23</v>
       </c>
       <c r="I172" t="s">
         <v>60</v>
       </c>
       <c r="J172" t="s">
         <v>61</v>
       </c>
       <c r="K172" t="s">
         <v>26</v>
       </c>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
       <c r="O172" t="s">
         <v>131</v>
       </c>
       <c r="P172"/>
       <c r="Q172" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173">
         <v>11247</v>
       </c>
       <c r="B173" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C173" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D173" t="s">
         <v>134</v>
       </c>
       <c r="E173" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="F173" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="G173" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="H173" t="s">
         <v>23</v>
       </c>
       <c r="I173" t="s">
         <v>60</v>
       </c>
       <c r="J173" t="s">
         <v>61</v>
       </c>
       <c r="K173" t="s">
         <v>26</v>
       </c>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
       <c r="O173" t="s">
         <v>62</v>
       </c>
       <c r="P173"/>
       <c r="Q173" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174">
         <v>12329</v>
       </c>
       <c r="B174" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C174" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D174" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E174" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="F174" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="G174" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="H174" t="s">
         <v>23</v>
       </c>
       <c r="I174" t="s">
         <v>60</v>
       </c>
       <c r="J174" t="s">
         <v>61</v>
       </c>
       <c r="K174" t="s">
         <v>26</v>
       </c>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
       <c r="O174" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="P174"/>
       <c r="Q174" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175">
         <v>11582</v>
       </c>
       <c r="B175" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C175" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D175" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="E175" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="F175" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="G175" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H175" t="s">
         <v>23</v>
       </c>
       <c r="I175" t="s">
         <v>96</v>
       </c>
       <c r="J175" t="s">
         <v>25</v>
       </c>
       <c r="K175" t="s">
         <v>26</v>
       </c>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="Q175" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176">
         <v>4031</v>
       </c>
       <c r="B176" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C176" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D176" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>23</v>
       </c>
       <c r="I176" t="s">
         <v>24</v>
       </c>
       <c r="J176" t="s">
         <v>25</v>
       </c>
       <c r="K176" t="s">
         <v>36</v>
       </c>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="Q176" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177">
         <v>12162</v>
       </c>
       <c r="B177" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C177" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D177" t="s">
         <v>31</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>23</v>
       </c>
       <c r="I177" t="s">
         <v>60</v>
       </c>
       <c r="J177" t="s">
         <v>25</v>
       </c>
       <c r="K177" t="s">
         <v>26</v>
       </c>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177"/>
       <c r="Q177" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178">
         <v>4987</v>
       </c>
       <c r="B178" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C178" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D178" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>21</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>23</v>
       </c>
       <c r="I178" t="s">
         <v>24</v>
       </c>
       <c r="J178" t="s">
         <v>25</v>
       </c>
       <c r="K178" t="s">
         <v>36</v>
       </c>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="Q178" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179">
         <v>6953</v>
       </c>
       <c r="B179" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C179" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D179" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
         <v>23</v>
       </c>
       <c r="I179" t="s">
         <v>24</v>
       </c>
       <c r="J179" t="s">
         <v>25</v>
       </c>
       <c r="K179" t="s">
         <v>36</v>
       </c>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="Q179" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180">
         <v>7208</v>
       </c>
       <c r="B180" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C180"/>
       <c r="D180"/>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
         <v>21</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
         <v>23</v>
       </c>
       <c r="I180" t="s">
         <v>24</v>
       </c>
       <c r="J180" t="s">
         <v>25</v>
       </c>
       <c r="K180" t="s">
         <v>36</v>
       </c>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="Q180" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181">
         <v>1509</v>
       </c>
       <c r="B181" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C181" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D181" t="s">
         <v>31</v>
       </c>
       <c r="E181" t="s">
         <v>20</v>
       </c>
       <c r="F181" t="s">
         <v>21</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>23</v>
       </c>
       <c r="I181" t="s">
         <v>24</v>
       </c>
       <c r="J181" t="s">
         <v>25</v>
       </c>
       <c r="K181" t="s">
         <v>26</v>
       </c>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181"/>
       <c r="Q181" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182">
         <v>33040</v>
       </c>
       <c r="B182" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C182" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D182" t="s">
         <v>41</v>
       </c>
       <c r="E182" t="s">
         <v>66</v>
       </c>
       <c r="F182" t="s">
         <v>67</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>23</v>
       </c>
       <c r="I182" t="s">
         <v>24</v>
       </c>
       <c r="J182" t="s">
         <v>25</v>
       </c>
       <c r="K182" t="s">
         <v>26</v>
       </c>
       <c r="L182"/>
       <c r="M182"/>
       <c r="N182"/>
       <c r="O182"/>
       <c r="P182" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Q182" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183">
         <v>1030</v>
       </c>
       <c r="B183" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C183" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="D183" t="s">
         <v>41</v>
       </c>
       <c r="E183" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="F183" t="s">
         <v>67</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>23</v>
       </c>
       <c r="I183" t="s">
         <v>24</v>
       </c>
       <c r="J183" t="s">
         <v>25</v>
       </c>
       <c r="K183" t="s">
         <v>26</v>
       </c>
       <c r="L183"/>
       <c r="M183"/>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183"/>
       <c r="Q183" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184">
         <v>8895</v>
       </c>
       <c r="B184" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="C184" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D184" t="s">
         <v>71</v>
       </c>
       <c r="E184" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="F184" t="s">
         <v>67</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>23</v>
       </c>
       <c r="I184" t="s">
         <v>24</v>
       </c>
       <c r="J184" t="s">
         <v>25</v>
       </c>
       <c r="K184" t="s">
         <v>33</v>
       </c>
       <c r="L184"/>
       <c r="M184"/>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184"/>
       <c r="Q184" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185">
         <v>1163</v>
       </c>
       <c r="B185" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C185" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D185" t="s">
         <v>31</v>
       </c>
       <c r="E185" t="s">
         <v>275</v>
       </c>
       <c r="F185" t="s">
         <v>257</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>23</v>
       </c>
       <c r="I185" t="s">
         <v>24</v>
       </c>
       <c r="J185" t="s">
         <v>186</v>
       </c>
       <c r="K185" t="s">
         <v>26</v>
       </c>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185" t="s">
         <v>187</v>
       </c>
       <c r="O185"/>
       <c r="P185"/>
       <c r="Q185" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186">
         <v>1278</v>
       </c>
       <c r="B186" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C186" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D186" t="s">
         <v>41</v>
       </c>
       <c r="E186" t="s">
         <v>275</v>
       </c>
       <c r="F186" t="s">
         <v>257</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
         <v>23</v>
       </c>
       <c r="I186" t="s">
         <v>24</v>
       </c>
       <c r="J186" t="s">
         <v>186</v>
       </c>
       <c r="K186" t="s">
         <v>26</v>
       </c>
       <c r="L186"/>
       <c r="M186"/>
       <c r="N186" t="s">
         <v>259</v>
       </c>
       <c r="O186"/>
       <c r="P186"/>
       <c r="Q186" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187">
         <v>1308</v>
       </c>
       <c r="B187" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C187" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D187" t="s">
         <v>65</v>
       </c>
       <c r="E187" t="s">
         <v>256</v>
       </c>
       <c r="F187" t="s">
         <v>257</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
         <v>23</v>
       </c>
       <c r="I187" t="s">
         <v>24</v>
       </c>
       <c r="J187" t="s">
         <v>186</v>
       </c>
       <c r="K187" t="s">
         <v>26</v>
       </c>
       <c r="L187"/>
       <c r="M187"/>
       <c r="N187" t="s">
         <v>187</v>
       </c>
       <c r="O187"/>
       <c r="P187"/>
       <c r="Q187" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188">
         <v>1331</v>
       </c>
       <c r="B188" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C188" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D188" t="s">
         <v>41</v>
       </c>
       <c r="E188" t="s">
         <v>256</v>
       </c>
       <c r="F188" t="s">
         <v>257</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>23</v>
       </c>
       <c r="I188" t="s">
         <v>24</v>
       </c>
       <c r="J188" t="s">
         <v>186</v>
       </c>
       <c r="K188" t="s">
         <v>26</v>
       </c>
       <c r="L188"/>
       <c r="M188"/>
       <c r="N188" t="s">
         <v>201</v>
       </c>
       <c r="O188"/>
       <c r="P188"/>
       <c r="Q188" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189">
         <v>1382</v>
       </c>
       <c r="B189" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C189" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D189" t="s">
         <v>71</v>
       </c>
       <c r="E189" t="s">
         <v>256</v>
       </c>
       <c r="F189" t="s">
         <v>257</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
         <v>23</v>
       </c>
       <c r="I189" t="s">
         <v>24</v>
       </c>
       <c r="J189" t="s">
         <v>186</v>
       </c>
       <c r="K189" t="s">
         <v>26</v>
       </c>
       <c r="L189"/>
       <c r="M189"/>
       <c r="N189" t="s">
         <v>259</v>
       </c>
       <c r="O189"/>
       <c r="P189"/>
       <c r="Q189" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190">
         <v>3326</v>
       </c>
       <c r="B190" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C190" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D190" t="s">
         <v>31</v>
       </c>
       <c r="E190" t="s">
         <v>328</v>
       </c>
       <c r="F190" t="s">
         <v>323</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>23</v>
       </c>
       <c r="I190" t="s">
         <v>24</v>
       </c>
       <c r="J190" t="s">
         <v>186</v>
       </c>
       <c r="K190" t="s">
         <v>26</v>
       </c>
       <c r="L190"/>
       <c r="M190"/>
       <c r="N190" t="s">
         <v>187</v>
       </c>
       <c r="O190"/>
       <c r="P190"/>
       <c r="Q190" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191">
         <v>7576</v>
       </c>
       <c r="B191" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C191" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D191" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="E191" t="s">
         <v>328</v>
       </c>
       <c r="F191" t="s">
         <v>323</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
         <v>23</v>
       </c>
       <c r="I191" t="s">
         <v>24</v>
       </c>
       <c r="J191" t="s">
         <v>186</v>
       </c>
       <c r="K191" t="s">
         <v>36</v>
       </c>
       <c r="L191"/>
       <c r="M191"/>
       <c r="N191" t="s">
         <v>259</v>
       </c>
       <c r="O191"/>
       <c r="P191"/>
       <c r="Q191" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192">
         <v>11952</v>
       </c>
       <c r="B192" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C192" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D192" t="s">
         <v>191</v>
       </c>
       <c r="E192" t="s">
         <v>368</v>
       </c>
       <c r="F192" t="s">
         <v>323</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>23</v>
       </c>
       <c r="I192" t="s">
         <v>43</v>
       </c>
       <c r="J192" t="s">
         <v>186</v>
       </c>
       <c r="K192" t="s">
         <v>26</v>
       </c>
       <c r="L192"/>
       <c r="M192"/>
       <c r="N192" t="s">
         <v>220</v>
       </c>
       <c r="O192"/>
       <c r="P192"/>
       <c r="Q192" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193">
         <v>8845</v>
       </c>
       <c r="B193" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C193"/>
       <c r="D193"/>
       <c r="E193" t="s">
         <v>342</v>
       </c>
       <c r="F193" t="s">
         <v>323</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
         <v>23</v>
       </c>
       <c r="I193" t="s">
         <v>24</v>
       </c>
       <c r="J193" t="s">
         <v>186</v>
       </c>
       <c r="K193" t="s">
         <v>26</v>
       </c>
       <c r="L193"/>
       <c r="M193"/>
       <c r="N193" t="s">
         <v>187</v>
       </c>
       <c r="O193"/>
       <c r="P193"/>
       <c r="Q193" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194">
         <v>10679</v>
       </c>
       <c r="B194" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C194" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D194" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="E194" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="F194" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
         <v>23</v>
       </c>
       <c r="I194" t="s">
         <v>43</v>
       </c>
       <c r="J194" t="s">
         <v>186</v>
       </c>
       <c r="K194" t="s">
         <v>26</v>
       </c>
       <c r="L194"/>
       <c r="M194"/>
       <c r="N194" t="s">
         <v>298</v>
       </c>
       <c r="O194"/>
       <c r="P194"/>
       <c r="Q194" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195">
         <v>23853</v>
       </c>
       <c r="B195" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C195"/>
       <c r="D195"/>
       <c r="E195" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="F195" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>23</v>
       </c>
       <c r="I195" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J195" t="s">
         <v>186</v>
       </c>
       <c r="K195" t="s">
         <v>36</v>
       </c>
       <c r="L195"/>
       <c r="M195"/>
       <c r="N195" t="s">
         <v>194</v>
       </c>
       <c r="O195"/>
       <c r="P195"/>
       <c r="Q195" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
         <v>1208</v>
       </c>
       <c r="B196" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C196" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D196" t="s">
         <v>31</v>
       </c>
       <c r="E196" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="F196" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>23</v>
       </c>
       <c r="I196" t="s">
         <v>24</v>
       </c>
       <c r="J196" t="s">
         <v>186</v>
       </c>
       <c r="K196" t="s">
         <v>26</v>
       </c>
       <c r="L196"/>
       <c r="M196"/>
       <c r="N196" t="s">
         <v>187</v>
       </c>
       <c r="O196"/>
       <c r="P196" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="Q196" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
         <v>9873</v>
       </c>
       <c r="B197" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C197"/>
       <c r="D197"/>
       <c r="E197" t="s">
         <v>423</v>
       </c>
       <c r="F197" t="s">
         <v>424</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>23</v>
       </c>
       <c r="I197" t="s">
         <v>24</v>
       </c>
       <c r="J197" t="s">
         <v>186</v>
       </c>
       <c r="K197" t="s">
         <v>26</v>
       </c>
       <c r="L197"/>
       <c r="M197"/>
       <c r="N197" t="s">
         <v>201</v>
       </c>
       <c r="O197"/>
       <c r="P197"/>
       <c r="Q197" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
         <v>5984</v>
       </c>
       <c r="B198" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C198"/>
       <c r="D198"/>
       <c r="E198" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="F198" t="s">
         <v>424</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>23</v>
       </c>
       <c r="I198" t="s">
         <v>24</v>
       </c>
       <c r="J198" t="s">
         <v>186</v>
       </c>
       <c r="K198" t="s">
         <v>36</v>
       </c>
       <c r="L198"/>
       <c r="M198"/>
       <c r="N198" t="s">
         <v>298</v>
       </c>
       <c r="O198"/>
       <c r="P198"/>
       <c r="Q198" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199">
         <v>24131</v>
       </c>
       <c r="B199" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="C199"/>
       <c r="D199"/>
       <c r="E199" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="F199" t="s">
         <v>424</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>23</v>
       </c>
       <c r="I199" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J199" t="s">
         <v>186</v>
       </c>
       <c r="K199" t="s">
         <v>26</v>
       </c>
       <c r="L199"/>
       <c r="M199"/>
       <c r="N199" t="s">
         <v>194</v>
       </c>
       <c r="O199"/>
       <c r="P199"/>
       <c r="Q199" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200">
         <v>740</v>
       </c>
       <c r="B200" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C200"/>
       <c r="D200"/>
       <c r="E200" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="F200" t="s">
         <v>424</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>23</v>
       </c>
       <c r="I200" t="s">
         <v>24</v>
       </c>
       <c r="J200" t="s">
         <v>186</v>
       </c>
       <c r="K200" t="s">
         <v>26</v>
       </c>
       <c r="L200"/>
       <c r="M200"/>
       <c r="N200" t="s">
         <v>187</v>
       </c>
       <c r="O200"/>
       <c r="P200"/>
       <c r="Q200" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201">
         <v>9390</v>
       </c>
       <c r="B201" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C201" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D201" t="s">
         <v>31</v>
       </c>
       <c r="E201" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="F201" t="s">
         <v>424</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>23</v>
       </c>
       <c r="I201" t="s">
         <v>24</v>
       </c>
       <c r="J201" t="s">
         <v>186</v>
       </c>
       <c r="K201" t="s">
         <v>26</v>
       </c>
       <c r="L201"/>
       <c r="M201"/>
       <c r="N201" t="s">
         <v>220</v>
       </c>
       <c r="O201"/>
       <c r="P201"/>
       <c r="Q201" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
         <v>15991</v>
       </c>
       <c r="B202" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="C202" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D202" t="s">
         <v>239</v>
       </c>
       <c r="E202" t="s">
         <v>437</v>
       </c>
       <c r="F202" t="s">
         <v>438</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>162</v>
       </c>
       <c r="I202" t="s">
         <v>208</v>
       </c>
       <c r="J202" t="s">
         <v>25</v>
       </c>
       <c r="K202" t="s">
         <v>26</v>
       </c>
       <c r="L202"/>
       <c r="M202"/>
       <c r="N202"/>
       <c r="O202"/>
       <c r="P202"/>
       <c r="Q202" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
         <v>15992</v>
       </c>
       <c r="B203" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C203" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D203" t="s">
         <v>197</v>
       </c>
       <c r="E203" t="s">
         <v>437</v>
       </c>
       <c r="F203" t="s">
         <v>438</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
         <v>162</v>
       </c>
       <c r="I203" t="s">
         <v>208</v>
       </c>
       <c r="J203" t="s">
         <v>25</v>
       </c>
       <c r="K203" t="s">
         <v>26</v>
       </c>
       <c r="L203"/>
       <c r="M203"/>
       <c r="N203"/>
       <c r="O203"/>
       <c r="P203"/>
       <c r="Q203" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204">
         <v>15994</v>
       </c>
       <c r="B204" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C204" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D204" t="s">
         <v>173</v>
       </c>
       <c r="E204" t="s">
         <v>437</v>
       </c>
       <c r="F204" t="s">
         <v>438</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
         <v>162</v>
       </c>
       <c r="I204" t="s">
         <v>208</v>
       </c>
       <c r="J204" t="s">
         <v>25</v>
       </c>
       <c r="K204" t="s">
         <v>26</v>
       </c>
       <c r="L204"/>
       <c r="M204"/>
       <c r="N204"/>
       <c r="O204"/>
       <c r="P204"/>
       <c r="Q204" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205">
         <v>16003</v>
       </c>
       <c r="B205" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="C205" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D205" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E205" t="s">
         <v>437</v>
       </c>
       <c r="F205" t="s">
         <v>438</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>162</v>
       </c>
       <c r="I205" t="s">
         <v>208</v>
       </c>
       <c r="J205" t="s">
         <v>25</v>
       </c>
       <c r="K205" t="s">
         <v>26</v>
       </c>
       <c r="L205"/>
       <c r="M205"/>
       <c r="N205"/>
       <c r="O205"/>
       <c r="P205"/>
       <c r="Q205" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
         <v>15997</v>
       </c>
       <c r="B206" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C206" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D206" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="E206" t="s">
         <v>437</v>
       </c>
       <c r="F206" t="s">
         <v>438</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
         <v>162</v>
       </c>
       <c r="I206" t="s">
         <v>208</v>
       </c>
       <c r="J206" t="s">
         <v>25</v>
       </c>
       <c r="K206" t="s">
         <v>26</v>
       </c>
       <c r="L206"/>
       <c r="M206"/>
       <c r="N206"/>
       <c r="O206"/>
       <c r="P206"/>
       <c r="Q206" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207">
         <v>24254</v>
       </c>
       <c r="B207" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C207"/>
       <c r="D207"/>
       <c r="E207" t="s">
         <v>437</v>
       </c>
       <c r="F207" t="s">
         <v>438</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
         <v>23</v>
       </c>
       <c r="I207" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J207" t="s">
         <v>186</v>
       </c>
       <c r="K207" t="s">
         <v>26</v>
       </c>
       <c r="L207"/>
       <c r="M207"/>
       <c r="N207" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="O207"/>
       <c r="P207"/>
       <c r="Q207" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208">
         <v>16000</v>
       </c>
       <c r="B208" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C208" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D208" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="E208" t="s">
         <v>437</v>
       </c>
       <c r="F208" t="s">
         <v>438</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>162</v>
       </c>
       <c r="I208" t="s">
         <v>208</v>
       </c>
       <c r="J208" t="s">
         <v>25</v>
       </c>
       <c r="K208" t="s">
         <v>26</v>
       </c>
       <c r="L208"/>
       <c r="M208"/>
       <c r="N208"/>
       <c r="O208"/>
       <c r="P208"/>
       <c r="Q208" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209">
         <v>15981</v>
       </c>
       <c r="B209" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C209" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D209" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="E209" t="s">
         <v>437</v>
       </c>
       <c r="F209" t="s">
         <v>438</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>162</v>
       </c>
       <c r="I209" t="s">
         <v>208</v>
       </c>
       <c r="J209" t="s">
         <v>25</v>
       </c>
       <c r="K209" t="s">
         <v>26</v>
       </c>
       <c r="L209"/>
       <c r="M209"/>
       <c r="N209"/>
       <c r="O209"/>
       <c r="P209"/>
       <c r="Q209" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210">
         <v>3218</v>
       </c>
       <c r="B210" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C210" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D210" t="s">
         <v>31</v>
       </c>
       <c r="E210" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F210" t="s">
         <v>452</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
         <v>23</v>
       </c>
       <c r="I210" t="s">
         <v>24</v>
       </c>
       <c r="J210" t="s">
         <v>25</v>
       </c>
       <c r="K210" t="s">
         <v>26</v>
       </c>
       <c r="L210"/>
       <c r="M210"/>
       <c r="N210"/>
       <c r="O210"/>
       <c r="P210"/>
       <c r="Q210" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
         <v>3911</v>
       </c>
       <c r="B211" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C211" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D211" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="E211" t="s">
         <v>451</v>
       </c>
       <c r="F211" t="s">
         <v>452</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
         <v>162</v>
       </c>
       <c r="I211" t="s">
         <v>24</v>
       </c>
       <c r="J211" t="s">
         <v>25</v>
       </c>
       <c r="K211" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="L211"/>
       <c r="M211"/>
       <c r="N211"/>
       <c r="O211"/>
       <c r="P211"/>
       <c r="Q211" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
         <v>4245</v>
       </c>
       <c r="B212" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C212" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D212" t="s">
         <v>31</v>
       </c>
       <c r="E212" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F212" t="s">
         <v>452</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
         <v>23</v>
       </c>
       <c r="I212" t="s">
         <v>24</v>
       </c>
       <c r="J212" t="s">
         <v>25</v>
       </c>
       <c r="K212" t="s">
         <v>26</v>
       </c>
       <c r="L212"/>
       <c r="M212"/>
       <c r="N212"/>
       <c r="O212"/>
       <c r="P212"/>
       <c r="Q212" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
         <v>1019</v>
       </c>
       <c r="B213" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C213" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D213" t="s">
         <v>93</v>
       </c>
       <c r="E213" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F213" t="s">
         <v>452</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>23</v>
       </c>
       <c r="I213" t="s">
         <v>24</v>
       </c>
       <c r="J213" t="s">
         <v>25</v>
       </c>
       <c r="K213" t="s">
         <v>36</v>
       </c>
       <c r="L213"/>
       <c r="M213"/>
       <c r="N213"/>
       <c r="O213"/>
       <c r="P213" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="Q213" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
         <v>9445</v>
       </c>
       <c r="B214" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C214" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D214" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="E214" t="s">
         <v>451</v>
       </c>
       <c r="F214" t="s">
         <v>452</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>600</v>
       </c>
       <c r="I214" t="s">
         <v>24</v>
       </c>
       <c r="J214" t="s">
         <v>25</v>
       </c>
       <c r="K214" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="L214"/>
       <c r="M214"/>
       <c r="N214"/>
       <c r="O214"/>
       <c r="P214" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="Q214" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
         <v>8758</v>
       </c>
       <c r="B215" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C215" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D215" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="E215" t="s">
         <v>451</v>
       </c>
       <c r="F215" t="s">
         <v>452</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>23</v>
       </c>
       <c r="I215" t="s">
         <v>24</v>
       </c>
       <c r="J215" t="s">
         <v>25</v>
       </c>
       <c r="K215" t="s">
         <v>26</v>
       </c>
       <c r="L215"/>
       <c r="M215"/>
       <c r="N215"/>
       <c r="O215"/>
       <c r="P215"/>
       <c r="Q215" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
         <v>9444</v>
       </c>
       <c r="B216" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C216" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D216" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="E216" t="s">
         <v>451</v>
       </c>
       <c r="F216" t="s">
         <v>452</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>162</v>
       </c>
       <c r="I216" t="s">
         <v>24</v>
       </c>
       <c r="J216" t="s">
         <v>25</v>
       </c>
       <c r="K216" t="s">
         <v>26</v>
       </c>
       <c r="L216"/>
       <c r="M216"/>
       <c r="N216"/>
       <c r="O216"/>
       <c r="P216"/>
       <c r="Q216" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217">
         <v>32348</v>
       </c>
       <c r="B217" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C217" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D217" t="s">
         <v>71</v>
       </c>
       <c r="E217" t="s">
         <v>487</v>
       </c>
       <c r="F217" t="s">
         <v>488</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>162</v>
       </c>
       <c r="I217" t="s">
         <v>60</v>
       </c>
       <c r="J217" t="s">
         <v>25</v>
       </c>
       <c r="K217" t="s">
         <v>26</v>
       </c>
       <c r="L217"/>
       <c r="M217"/>
       <c r="N217"/>
       <c r="O217"/>
       <c r="P217" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="Q217" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:17">
       <c r="A218">
         <v>2896</v>
       </c>
       <c r="B218" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C218" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D218" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E218" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F218" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>23</v>
       </c>
       <c r="I218" t="s">
         <v>24</v>
       </c>
       <c r="J218" t="s">
         <v>186</v>
       </c>
       <c r="K218" t="s">
         <v>36</v>
       </c>
       <c r="L218"/>
       <c r="M218"/>
       <c r="N218" t="s">
         <v>298</v>
       </c>
       <c r="O218"/>
       <c r="P218" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="Q218" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:17">
       <c r="A219">
         <v>6546</v>
       </c>
       <c r="B219" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C219"/>
       <c r="D219"/>
       <c r="E219" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="F219" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
         <v>23</v>
       </c>
       <c r="I219" t="s">
         <v>24</v>
       </c>
       <c r="J219" t="s">
         <v>186</v>
       </c>
       <c r="K219" t="s">
         <v>26</v>
       </c>
       <c r="L219"/>
       <c r="M219"/>
       <c r="N219" t="s">
         <v>201</v>
       </c>
       <c r="O219"/>
       <c r="P219"/>
       <c r="Q219" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:17">
       <c r="A220">
         <v>282</v>
       </c>
       <c r="B220" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C220" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D220" t="s">
         <v>31</v>
       </c>
       <c r="E220" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="F220" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>23</v>
       </c>
       <c r="I220" t="s">
         <v>24</v>
       </c>
       <c r="J220" t="s">
         <v>186</v>
       </c>
       <c r="K220" t="s">
         <v>26</v>
       </c>
       <c r="L220"/>
       <c r="M220"/>
       <c r="N220" t="s">
         <v>201</v>
       </c>
       <c r="O220"/>
       <c r="P220"/>
       <c r="Q220" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="221" spans="1:17">
       <c r="A221">
         <v>24319</v>
       </c>
       <c r="B221" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C221" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D221" t="s">
         <v>358</v>
       </c>
       <c r="E221" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="F221" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>23</v>
       </c>
       <c r="I221" t="s">
         <v>43</v>
       </c>
       <c r="J221" t="s">
         <v>186</v>
       </c>
       <c r="K221" t="s">
         <v>26</v>
       </c>
       <c r="L221"/>
       <c r="M221"/>
       <c r="N221" t="s">
         <v>187</v>
       </c>
       <c r="O221"/>
       <c r="P221"/>
       <c r="Q221" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:17">
       <c r="A222">
         <v>4884</v>
       </c>
       <c r="B222" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C222" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D222" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E222" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F222" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>23</v>
       </c>
       <c r="I222" t="s">
         <v>24</v>
       </c>
       <c r="J222" t="s">
         <v>186</v>
       </c>
       <c r="K222" t="s">
         <v>26</v>
       </c>
       <c r="L222"/>
       <c r="M222"/>
       <c r="N222" t="s">
         <v>201</v>
       </c>
       <c r="O222"/>
       <c r="P222"/>
       <c r="Q222" t="s">
         <v>28</v>
       </c>
     </row>