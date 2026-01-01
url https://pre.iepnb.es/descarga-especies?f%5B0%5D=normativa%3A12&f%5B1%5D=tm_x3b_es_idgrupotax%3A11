--- v0 (2025-10-19)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1253">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -3726,53 +3726,50 @@
     <t>prueba_Centaurea (Castellano), Clavellina (Castellano), Centaura (Castellano), Clavelina del campo (Castellano), Clavellina de monte (Castellano), Hiel (Castellano), Hiel de la tierra (Castellano), Hies de la tierra (Castellano), Monita (Castellano), Sed de la tierra (Castellano), Té de la tierra (Castellano), Yel de la tierra (Castellano), Yerba amarga (Castellano), Centaura (Valenciano), Fel de terra (Valenciano), Pericó roig (Valenciano), Santaura (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Valenciano, Valenciano, Valenciano, Valenciano</t>
   </si>
   <si>
     <t>Región Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Región Mediterránea</t>
   </si>
   <si>
     <t>Centaurium quadrifolium subsp. barrelieri (Dufour) G. López, Centaurium rigualii</t>
   </si>
   <si>
     <t>Dianthus rupicola Biv.</t>
   </si>
   <si>
     <t>prueba_Clavell de penyal (Mallorquín)</t>
   </si>
   <si>
     <t>Mallorquín</t>
   </si>
   <si>
     <t>Región Mediterránea U2 (Desfavorable-malo)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dianthus rupicola Biv. subsp. rupicola, Dianthus rupicola subsp. hermaeensis (Coss.) O. Bolòs &amp; Vigo</t>
   </si>
   <si>
     <t>Androcymbium hierrense A. Santos</t>
   </si>
   <si>
     <t>prueba_Cebollín (Castellano), Cebollin (Castellano), Cebollín estrellado (Castellano)</t>
   </si>
   <si>
     <t>Gadoria falukei Güemes &amp; Mota</t>
   </si>
   <si>
     <t>prueba_Dragoncito de la Sierra de Gádor (Castellano)</t>
   </si>
   <si>
     <t>Gymnosporia cryptopetala Reyes-Bet. &amp; A. Santos</t>
   </si>
   <si>
     <t>prueba_Peralillo espino (Castellano), Peralillo africano (Castellano), Artisco (Castellano), peralillo del senegal (Castellano)</t>
   </si>
   <si>
     <t>Limonium majoricum Pignatti</t>
   </si>
   <si>
     <t>prueba_Siempreviva (Castellano)</t>
   </si>
@@ -17949,292 +17946,290 @@
       <c r="E313" t="s">
         <v>1236</v>
       </c>
       <c r="F313" t="s">
         <v>1231</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
         <v>23</v>
       </c>
       <c r="I313" t="s">
         <v>24</v>
       </c>
       <c r="J313" t="s">
         <v>354</v>
       </c>
       <c r="K313" t="s">
         <v>51</v>
       </c>
       <c r="L313"/>
       <c r="M313"/>
       <c r="N313" t="s">
         <v>383</v>
       </c>
       <c r="O313"/>
-      <c r="P313" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P313"/>
       <c r="Q313" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="314" spans="1:17">
       <c r="A314">
         <v>2138</v>
       </c>
       <c r="B314" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C314" t="s">
         <v>1238</v>
-      </c>
-[...1 lines deleted...]
-        <v>1239</v>
       </c>
       <c r="D314" t="s">
         <v>100</v>
       </c>
       <c r="E314"/>
       <c r="F314"/>
       <c r="G314"/>
       <c r="H314" t="s">
         <v>23</v>
       </c>
       <c r="I314" t="s">
         <v>24</v>
       </c>
       <c r="J314" t="s">
         <v>25</v>
       </c>
       <c r="K314" t="s">
         <v>26</v>
       </c>
       <c r="L314"/>
       <c r="M314"/>
       <c r="N314"/>
       <c r="O314"/>
       <c r="P314"/>
       <c r="Q314" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="315" spans="1:17">
       <c r="A315">
         <v>37475</v>
       </c>
       <c r="B315" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C315" t="s">
         <v>1240</v>
-      </c>
-[...1 lines deleted...]
-        <v>1241</v>
       </c>
       <c r="D315" t="s">
         <v>79</v>
       </c>
       <c r="E315"/>
       <c r="F315"/>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>23</v>
       </c>
       <c r="I315" t="s">
         <v>24</v>
       </c>
       <c r="J315" t="s">
         <v>25</v>
       </c>
       <c r="K315" t="s">
         <v>26</v>
       </c>
       <c r="L315"/>
       <c r="M315"/>
       <c r="N315"/>
       <c r="O315"/>
       <c r="P315"/>
       <c r="Q315" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="316" spans="1:17">
       <c r="A316">
         <v>1520</v>
       </c>
       <c r="B316" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C316" t="s">
         <v>1242</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
       <c r="D316" t="s">
         <v>73</v>
       </c>
       <c r="E316"/>
       <c r="F316"/>
       <c r="G316"/>
       <c r="H316" t="s">
         <v>23</v>
       </c>
       <c r="I316" t="s">
         <v>24</v>
       </c>
       <c r="J316" t="s">
         <v>25</v>
       </c>
       <c r="K316" t="s">
         <v>51</v>
       </c>
       <c r="L316"/>
       <c r="M316"/>
       <c r="N316"/>
       <c r="O316"/>
       <c r="P316"/>
       <c r="Q316" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="317" spans="1:17">
       <c r="A317">
         <v>5843</v>
       </c>
       <c r="B317" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C317" t="s">
         <v>1244</v>
-      </c>
-[...1 lines deleted...]
-        <v>1245</v>
       </c>
       <c r="D317" t="s">
         <v>79</v>
       </c>
       <c r="E317"/>
       <c r="F317"/>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>23</v>
       </c>
       <c r="I317" t="s">
         <v>24</v>
       </c>
       <c r="J317" t="s">
         <v>25</v>
       </c>
       <c r="K317" t="s">
         <v>51</v>
       </c>
       <c r="L317"/>
       <c r="M317"/>
       <c r="N317"/>
       <c r="O317"/>
       <c r="P317" t="s">
-        <v>1246</v>
+        <v>1245</v>
       </c>
       <c r="Q317" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="318" spans="1:17">
       <c r="A318">
         <v>37538</v>
       </c>
       <c r="B318" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C318" t="s">
         <v>1247</v>
-      </c>
-[...1 lines deleted...]
-        <v>1248</v>
       </c>
       <c r="D318" t="s">
         <v>79</v>
       </c>
       <c r="E318"/>
       <c r="F318"/>
       <c r="G318"/>
       <c r="H318" t="s">
         <v>23</v>
       </c>
       <c r="I318" t="s">
         <v>24</v>
       </c>
       <c r="J318" t="s">
         <v>25</v>
       </c>
       <c r="K318" t="s">
         <v>26</v>
       </c>
       <c r="L318"/>
       <c r="M318"/>
       <c r="N318"/>
       <c r="O318"/>
       <c r="P318"/>
       <c r="Q318" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="319" spans="1:17">
       <c r="A319">
         <v>1391</v>
       </c>
       <c r="B319" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C319" t="s">
         <v>1249</v>
-      </c>
-[...1 lines deleted...]
-        <v>1250</v>
       </c>
       <c r="D319" t="s">
         <v>422</v>
       </c>
       <c r="E319"/>
       <c r="F319"/>
       <c r="G319"/>
       <c r="H319" t="s">
         <v>23</v>
       </c>
       <c r="I319" t="s">
         <v>24</v>
       </c>
       <c r="J319" t="s">
         <v>25</v>
       </c>
       <c r="K319" t="s">
         <v>26</v>
       </c>
       <c r="L319"/>
       <c r="M319"/>
       <c r="N319"/>
       <c r="O319"/>
       <c r="P319" t="s">
-        <v>1251</v>
+        <v>1250</v>
       </c>
       <c r="Q319" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="320" spans="1:17">
       <c r="A320">
         <v>1427</v>
       </c>
       <c r="B320" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C320" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="D320" t="s">
         <v>79</v>
       </c>
       <c r="E320"/>
       <c r="F320"/>
       <c r="G320"/>
       <c r="H320" t="s">
         <v>23</v>
       </c>
       <c r="I320" t="s">
         <v>24</v>
       </c>
       <c r="J320" t="s">
         <v>25</v>
       </c>
       <c r="K320" t="s">
         <v>26</v>
       </c>
       <c r="L320"/>
       <c r="M320"/>
       <c r="N320"/>
       <c r="O320"/>
       <c r="P320"/>
       <c r="Q320" t="s">