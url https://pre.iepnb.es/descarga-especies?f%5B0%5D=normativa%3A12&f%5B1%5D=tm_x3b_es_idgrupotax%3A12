--- v0 (2025-11-14)
+++ v1 (2026-02-01)
@@ -68,1077 +68,1077 @@
   <si>
     <t>Categoría de protección RD 139/2011</t>
   </si>
   <si>
     <t>Categoría de protección CEEEI</t>
   </si>
   <si>
     <t>Categoría de protección Lista de especies exóticas preocupantes para la UE</t>
   </si>
   <si>
     <t>Categoría de protección Directiva Hábitats</t>
   </si>
   <si>
     <t>Categoría de protección Listado de Especies Silvestres en Régimen de Protección Especial y CEEA</t>
   </si>
   <si>
     <t>Sinonimo</t>
   </si>
   <si>
     <t>parametros</t>
   </si>
   <si>
     <t>Acanthodactylus erythrurus (Schinz, 1833)</t>
   </si>
   <si>
-    <t>prueba_Lagartija colirroja (Castellano), Sugandila buztangorria (Euskera), Sargantana cua-roja (Catalán), Lagartixa dos areais (Gallego), Spiny-footed Lizard (Inglés)</t>
+    <t>Lagartija colirroja (Castellano), Sugandila buztangorria (Euskera), Sargantana cua-roja (Catalán), Lagartixa dos areais (Gallego), Spiny-footed Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Mundial</t>
   </si>
   <si>
     <t>Lagartija de tamaño medio, que puede alcanzar 80 mm de longitud cabeza y cuerpo y 230 de longitud total. Cuerpo robusto, dedos largos y uñas conspicuas. Diseño dorsal típicamente rayado, con bandas claras y oscuras contrastadas en los juveniles y menos definidas en los adultos. Cola rojiza en los jóvenes y en las hembras en celo, ensanchada en su base en los machos.</t>
   </si>
   <si>
     <t>Terrestre</t>
   </si>
   <si>
     <t>Reptiles</t>
   </si>
   <si>
     <t>Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Filtros:  normativa: 12  / Taxonomía: Reptiles</t>
   </si>
   <si>
     <t>Anguis fragilis Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Lución (Castellano), Zirauna (Euskera), Vidriol (Catalán), Escáncer común (Gallego)</t>
+    <t>Lución (Castellano), Zirauna (Euskera), Vidriol (Catalán), Escáncer común (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego</t>
   </si>
   <si>
     <t>Saurio sin patas y con escamas del cuerpo lisas y brillantes. Los recién nacidos son de color pardo dorado, plateado o amarillento, con los costados y el vientre negros. Poseen una pequeña mancha negra parietal que se continúa en una línea también negra y estrecha a lo largo del dorso y la cola. Los machos adultos poseen el dorso y los costados de color uniforme, pardo, grisáceo, castaño o bronceado. Algunos machos tienen manchas marrones que se vuelven azuladas en el dorso y los costados. Las hembras pueden o no retener la línea dorsal y presentan una banda pardusca o negruzca en el costado.</t>
   </si>
   <si>
     <t>Blanus cinereus (Vandelli, 1797)</t>
   </si>
   <si>
-    <t>prueba_Culebrilla ciega común (Castellano), Culebrilla ciega del Suroeste Ibérico (Castellano), Culebrilla ciega (Castellano), Lurpeko sugea (Euskera), Serpeta cega (Catalán), Escáncer cego (Gallego), Iberian Worm Lizard (Inglés)</t>
+    <t>Culebrilla ciega común (Castellano), Culebrilla ciega del Suroeste Ibérico (Castellano), Culebrilla ciega (Castellano), Lurpeko sugea (Euskera), Serpeta cega (Catalán), Escáncer cego (Gallego), Iberian Worm Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>Reptiles estrictamente adaptados a la vida subterránea, especializados en cavar túneles y en la localización de presas bajo tierra. Cuerpo cilíndrico y alargado cubierto de escamas cuadrangulares que se alinean en forma de anillos. Segmentos dorsales entre 14 y 18 y ventrales entre 14 y 20. No presenta extremidades. Cabeza de pequeño tamaño, poco diferenciada del cuerpo, con el hocico redondeado. La visión es vestigial mientras que el olfato y el oído están desarrollados. Cola muy corta, Presenta poros precloacales. Coloración de fondo variable entre violácea y marrón. Sin dimorfismo sexual. Los machos alcanzan una longitud de cabeza y cuerpo de 254 mm y las hembras de 235 mm.</t>
   </si>
   <si>
     <t>Blanus mariae Albert &amp; Fernández, 2009</t>
   </si>
   <si>
     <t>Chalcides striatus (Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_Eslizón tridáctilo del Atlas (Castellano), Eslizón tridáctilo (Castellano), Eslizón tridáctilo ibérico (Castellano), Eskinko hruhatza (Euskera), Lludrió llistat (Catalán), Esgonzo común (Gallego), Western Three-toed Skink (Inglés)</t>
+    <t>Eslizón tridáctilo del Atlas (Castellano), Eslizón tridáctilo (Castellano), Eslizón tridáctilo ibérico (Castellano), Eskinko hruhatza (Euskera), Lludrió llistat (Catalán), Esgonzo común (Gallego), Western Three-toed Skink (Inglés)</t>
   </si>
   <si>
     <t>Aspecto serpentiforme con la cabeza ancha, de forma triangular, apenas diferenciada del cuello, y hocico redondeado. Los ojos pequeños tienen párpados móviles y el orificio auditivo es grande, mayor que la narina. El cuerpo es alargado, cilíndrico, presenta extremidades muy pequeñas de 4-7 mm con únicamente tres dedos. Ambos sexos son similares, sin embargo las hembras presentan mayor longitud y grosor que los machos. Las escamas del cuerpo son grandes y lisas, se hallan dispuestas en 20-26 hileras en el centro del cuerpo. Presenta una coloración dorsal del fondo del cuerpo y de la cola pardusca, olivácea o bronceada, en ocasiones grisácea, el vientre es mucho más claro, con tonalidades uniformes blanquecinas o grisáceas. Tiene nueve, a veces once líneas dorsales longitudinales marrones, a lo largo de todo el cuerpo, borrosas en ocasiones y delimitadas con series de puntos o rayitas negras. Este diseño es mayoritario tanto en la Península Ibérica, como en el sur de Francia y el noroeste de Italia, aunque en el sur de la Península Ibérica hay ejemplares con una coloración homogénea y sin diseño dorsal.</t>
   </si>
   <si>
     <t>Coronella girondica (Daudin, 1803)</t>
   </si>
   <si>
-    <t>prueba_Culebra lisa meridional (Castellano), Hegoaldeko suge leuna (Euskera), Serp llisa meridional (Catalán), Cobra lagarteira meridional (Gallego), Southern Smooth Snake (Inglés)</t>
+    <t>Culebra lisa meridional (Castellano), Hegoaldeko suge leuna (Euskera), Serp llisa meridional (Catalán), Cobra lagarteira meridional (Gallego), Southern Smooth Snake (Inglés)</t>
   </si>
   <si>
     <t>La culebra lisa meridional Coronella girondica es de pequeño tamaño, cabeza pequeña y cola relativamente corta. En general hay 21 hileras de dorsales aunque es frecuente observar 19 hileras en ejemplares de las cordilleras béticas. Dorso y flancos generalmente de color pardo o gris, con una hilera de manchas transversales por el dorso. En el vientre destacan unas manchas cuadradas oscuras en un diseño ajedrezado. En la parte dorsal de la cabeza hay una gran mancha en forma de U, y a ambos lados de la cabeza, una brida oscura que atraviesa el ojo y se prolonga por delante de la placa frontal uniendo las manchas de ambos lados. No hay dimorfismo sexual en la longitud cabeza-cloaca ni en la folidosis cefálica. En cambio se aprecian ligeras diferencias en el número de dorsales (19 hileras más frecuente en machos) y ventrales (más en hembras), pero sobre todo en la cola (mayor longitud relativa y mayor número de subcaudales en machos). No hay subespecies descritas, pero se aprecian diferencias poblacionales en el número de ventrales. En machos, se observa una clina latitudinal en la longitud de hocico-cloaca y número de ventrales, siendo mayores los ejemplares más septentrionales. Longitud total máxima en la Península Ibérica, 800 mm.</t>
   </si>
   <si>
     <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>CEEEI: Incluido</t>
   </si>
   <si>
     <t>Gallotia bravoana Hutterer, 1985</t>
   </si>
   <si>
-    <t>prueba_Lagarto gigante de La Gomera (Castellano), La Gomera Giant Lizard (Inglés)</t>
+    <t>Lagarto gigante de La Gomera (Castellano), La Gomera Giant Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Lagarto de gran tamaño, la longitud de cabeza y cuerpo varía en machos entre 135 y 190 mm y en hembras entre 150 y 155 mm. La longitud total varía en machos entre 337 y 490 mm y en hembras entre 295 y 450 mm. Escamas temporales grandes, en número de 21 a 27. Masetérica grande. Supratemporales grandes, en número de 3 – 4. Escama timpánica pequeña. Escamas ventrales dispuestas en 16 – 18 series longitudinales. Coloración pardo oscura o negruzca con dos series de pequeños ocelos azules en el costado. Submaxilares y región gular de color blanco marfil. Vientre y partes inferiores de las patas de color blanquecino.</t>
   </si>
   <si>
     <t>CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Gallotia gomerana</t>
   </si>
   <si>
     <t>Gallotia intermedia Hernández, Nogales &amp; Martín, 2000</t>
   </si>
   <si>
-    <t>prueba_Lagarto gigante de Tenerife (Castellano), Lagarto moteado canario (Castellano), Lagarto Canario Moteado (Castellano), Tenerife Speckled Lizard (Inglés)</t>
+    <t>Lagarto gigante de Tenerife (Castellano), Lagarto moteado canario (Castellano), Lagarto Canario Moteado (Castellano), Tenerife Speckled Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Lagarto de talla mediana con escamas temporales pequeñas (38-90), 3-5 supratemporales y 14-18 series longitudinales de ventrales. Dorso de color pardo negruzco reticulado con pequeñas manchas de color amarillo, azul o pardo y garganta de color gris pálido.</t>
   </si>
   <si>
     <t>Hemidactylus turcicus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Salamanquesa rosada (Castellano), Dragó rosat (Catalán), Osga turca (Gallego), Turkish Gecko (Inglés), Hémidactyle turc (Francés)</t>
+    <t>Salamanquesa rosada (Castellano), Dragó rosat (Catalán), Osga turca (Gallego), Turkish Gecko (Inglés), Hémidactyle turc (Francés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Gecónido que alcanza una longitud media de cabeza-cuerpo de 50-53 mm y que raramente puede superar los 120 mm de longitud total. Presenta un cuerpo deprimido y una cabeza estrecha y corta. De aspecto translúcido y con una coloración que puede ser rosada, blanquecina, ocre muy claro, amarillenta o de una tonalidad de arena, con anillos claros y oscuros que alternan en la cola. El dorso presenta bandas oscuras transversales, que dan lugar a un dibujo anillado, manchas oscuras irregulares o líneas de grandes manchas.</t>
   </si>
   <si>
     <t>Hemidactylus turcicus spinalis Buchholz, 1954</t>
   </si>
   <si>
     <t>Macroprotodon mauritanicus Guichenot, 1850</t>
   </si>
   <si>
-    <t>prueba_Culebra de cogulla argelina (Castellano)</t>
+    <t>Culebra de cogulla argelina (Castellano)</t>
   </si>
   <si>
     <t>Castellano</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es el ofidio de menor tamaño en las islas Baleares, con longitud hocico-cloaca media de 329 mm. Cabeza corta, deprimida, con ojos relativamente pequeños, de pupila redonda o verticalmente oval, iris anaranjado o rojizo y cola relativamente corta. Normalmente posee nueve escamas supralabiales, la cuarta y quinta en contacto con el ojo, y la sexta alta, normalmente en contacto con la parietal, con una supralabial extra posteriormente, más pequeña, en forma de cuña. Escamas dorsales lisas, siempre en 19 rangos en mitad del cuerpo. Cabeza con color de fondo gris, con banda oscura disruptiva del ojo, cuya porción postorbital es pequeña; tras la cabeza hay un collar pálido seguido de uno oscuro, dividido en una porción medio dorsal y dos laterales. Coloración de fondo del cuerpo grisácea, que tiende a marrón cuando los individuos han mudado recientemente.</t>
   </si>
   <si>
     <t>Macroprotodon cucullatus mauritanicus Busack &amp; Mccoy, 1990</t>
   </si>
   <si>
     <t>Natrix maura (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Culebra viperina (Castellano), Culebra de agua (Castellano), Suge biperakara (Euskera), Serp d'aigua (Catalán), Cobra viperina (Gallego), Viperine Snake (Inglés), Couleuvre vipérine (Francés)</t>
+    <t>Culebra viperina (Castellano), Culebra de agua (Castellano), Suge biperakara (Euskera), Serp d'aigua (Catalán), Cobra viperina (Gallego), Viperine Snake (Inglés), Couleuvre vipérine (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Serpiente de tamaño medio, cola corta y cabeza ensanchada y bien delimitada respecto al resto del cuerpo. Generalmente hay dos escamas preoculares y dos postoculares, 7 escamas supralabiales y 9 escamas infralabiales. Dorsales claramente carenadas. El diseño es muy llamativo pues se trata de una amplia banda en forma de zig zag que recorre todo el cuerpo en posición dorsal. Existe un patrón alternativo que consiste en dos líneas longitudinales y paralelas, de colores claros, de recorrido también dorsal. El diseño rayado es más frecuente hacia el sur de la península y la costa mediterránea, aunque poblaciones muy cercanas pueden tener frecuencias muy dispares. La coloración corporal de fondo es variable aunque destacan los tonos verdosos, pardos y oliváceos. El vientre es generalmente gris amarillento con manchas oscuras en forma de diseño ajedrezado. Las hembras son mayores pero la longitud de cola y el número de subcaudales son mayores en machos. Longitud total máxima en la Península Ibérica, 910 mm.</t>
   </si>
   <si>
     <t>Psammodromus algirus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Lagartija colilarga (Castellano), Txaradi-sugandila (Euskera), Sargantaner gros (Catalán), Lagartixa rabuda (Gallego), Algerian Psammodromus (Inglés), Large Psammodromus (Inglés)</t>
+    <t>Lagartija colilarga (Castellano), Txaradi-sugandila (Euskera), Sargantaner gros (Catalán), Lagartixa rabuda (Gallego), Algerian Psammodromus (Inglés), Large Psammodromus (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>Lagartija de tamaño grande cuya longitud de cabeza y cuerpo mide hasta 95 mm y cola relativamente muy larga, cuya longitud puede alcanzar 230 mm. Escamas dorsales muy grandes, similares a las de los costados, planas, imbricadas, terminadas en punta y fuertemente aquilladas, en número de 30-36 en un anillo en el centro del cuerpo. Escamas posteriores al oído aquilladas. Sin collar. Con ocelos azulados en los costados. Coloración del dorso pardo clara, pardo cobriza u olivácea. Presenta dos líneas supraciliares y otras dos supralabiales blancuzcas o amarillentas. Entre la supraciliar y la supralabial de cada lado se dispone una banda oscura. En poblaciones del este peninsular se distingue una línea vertebral oscura con una línea clara a cada lado. También hay ejemplares en los que el diseño falta por completo. A cada lado del cuerpo dispone de ocelos axilares de color azulado, de tamaño decreciente hacia la parte posterior del cuerpo. Inferiormente son blancuzcos. Los machos grandes presentan en primavera los lados de la cabeza y la garganta de color naranja y/o amarillo. Las hembras en celo muestran color amarillento en la garganta.</t>
   </si>
   <si>
     <t>Psammodromus jeanneae Busack, Salvador &amp; Lawson, 2006</t>
   </si>
   <si>
     <t>Psammodromus hispanicus Fitzinger, 1826</t>
   </si>
   <si>
-    <t>prueba_Lagartija cenicienta (Castellano), Espartzudi-sugandila (Euskera), Sargantane petit (Catalán), Lagartixa cinsenta (Gallego), Spanish Psammodromus (Inglés)</t>
+    <t>Lagartija cenicienta (Castellano), Espartzudi-sugandila (Euskera), Sargantane petit (Catalán), Lagartixa cinsenta (Gallego), Spanish Psammodromus (Inglés)</t>
   </si>
   <si>
     <t>Se puede distinguir de Psammodromus edwardsianus por la falta de una escama supralabial debajo de la subocular. En comparación con Psammodromus edwardsianus y Psammodromus occidentalis, Psammodromus hispanicus tiene menos ocelos, menos poros femorales, menos escamas gulares, y un hocico más redondo. En Psammodromus hispanicus la longitud del hocico hasta la escama anal (LHA), la masa corporal, el número de hileras de escamas ventrales, el número de escamas del collar, la razón de cabeza (anchura de la cabeza/longitud de la cabeza), y la extensión de la coloración nupcial son mayores y la razón LHA/longitud total es menor que en Psammodromus edwardsianus. Tiene color grisáceo a pardo claro y presenta cuatro líneas dorsales de un color blanco crema a gris. El vientre es en general de color blanco. Tiene una coloración nupcial amarilla – verde bastante llamativa.</t>
   </si>
   <si>
     <t>Psammodromus hispanicus hispanicus Fitzinger, 1826</t>
   </si>
   <si>
     <t>Tarentola mauritanica (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Salamanquesa común (Castellano), Salamanquesa (Castellano), Santernoster (Castellano), Dragoitxo arrunta (Euskera), Dragó comú (Catalán), Osga (Gallego), Moorish Gecko (Inglés), Common Wall Gecko (Inglés)</t>
+    <t>Salamanquesa común (Castellano), Salamanquesa (Castellano), Santernoster (Castellano), Dragoitxo arrunta (Euskera), Dragó comú (Catalán), Osga (Gallego), Moorish Gecko (Inglés), Common Wall Gecko (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>Salamanquesa grande y robusta. Pupila vertical. Parte inferior de los dedos con laminillas adhesivas no divididas por el centro. Dedos con uñas bien visibles en sólo dos dedos. Dorso cubierto con hileras de grandes tubérculos. Coloración parda o gris. La longitud de cabeza y cuerpo mide hasta 86 mm y la longitud total puede alcanzar 190 mm.</t>
   </si>
   <si>
     <t>Trogonophis wiegmanni Kaup, 1830</t>
   </si>
   <si>
-    <t>prueba_Culebrilla mora (Castellano), Checkerboard Worm Lizard (Inglés), Trogonophis (Francés)</t>
+    <t>Culebrilla mora (Castellano), Checkerboard Worm Lizard (Inglés), Trogonophis (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Presenta caracteres morfológicos típicos de especies adaptadas a medios subterráneos. El cuerpo es alargado y robusto, con ausencia de extremidades externas y terminado en una cola corta y cónica. Posee un marcado surco lateral. Las escamas del cuerpo son cuadrangulares y lisas, dispuestas formando alrededor de 170 anillos transversales (Mateo et al., 2003). Cabeza poco diferenciada del cuerpo, relativamente cónica y algo comprimida dorsoventralmente. No presenta apertura timpánica y los ojos se encuentran protegidos bajo la piel, pero fácilmente visibles. Escamas cefálicas caracterizadas por ser mayores que las corporales. La escama rostral es grande, triangular y se introduce entre las nasales; el par de escamas frontales, de mayor tamaño, tienen aspecto cuadrangular, mientras que el par de escamas postfrontales son menores y triangulares. Presenta escama loreal normalmente separada de la ocular. La escama ocular, que cubre el ojo, se encuentra rodeada por 5-8 escamas perioculares. Las escamas supralabiales varían entre 4 y 5, de las cuales la tercera es de mayor tamaño, mientras que el número de escamas infralabiales se sitúa entorno a 3-4, siendo la segunda de ellas la de mayor tamaño. Escama mental pentagonal y la postmental triangular. ( Scheilch et al., 1996).</t>
   </si>
   <si>
     <t>Vipera latastei Boscá, 1878</t>
   </si>
   <si>
-    <t>prueba_Víbora (Castellano), Víbora de Lataste (Castellano), Víbora hocicuda (Castellano), Lataste's Viper (Inglés)</t>
+    <t>Víbora (Castellano), Víbora de Lataste (Castellano), Víbora hocicuda (Castellano), Lataste's Viper (Inglés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Se caracteriza por su cuerpo grueso y corto, cola pequeña, tamaño variable pero inferior a 60 cm, cabeza de aspecto triangular y bien diferenciada del cuerpo con un apéndice nasal elevado hacia arriba, escamas cefálicas muy fragmentadas, pupila vertical, y patrón de coloración dorsal generalmente con una banda negra en zigzag sobre fondo ceniciento.</t>
   </si>
   <si>
     <t>Zamenis scalaris (Schinz, 1822)</t>
   </si>
   <si>
-    <t>prueba_Bicha (Castellano), Culebra de escalera (Castellano), Culebra (Castellano), Eiskalera-sugea (Euskera), Serp blanca (Catalán), Serpe riscada (Gallego), Ladder Snake (Inglés)</t>
+    <t>Bicha (Castellano), Culebra de escalera (Castellano), Culebra (Castellano), Eiskalera-sugea (Euskera), Serp blanca (Catalán), Serpe riscada (Gallego), Ladder Snake (Inglés)</t>
   </si>
   <si>
     <t>Longitud hocico-cloaca media de 720 mm (rango 233-1.385 mm), cola relativamente corta. Cabeza algo pequeña, con hocico agudo, que sobrepasa netamente el extremo anterior de la mandíbula. 27 rangos de escamas dorsales. Color de fondo amarillento, con diseño de manchas dorsales en escalera en los ejemplares pequeños, y dos líneas dorsolaterales en los ejemplares de mayor tamaño. Longitud total máxima, 1.650 mm.</t>
   </si>
   <si>
     <t>Elaphe scalaris Kahl Et Al., 1980, Rhinechis scalaris (Schinz, 1822)</t>
   </si>
   <si>
     <t>Zootoca vivipara (Jacquin, 1787)</t>
   </si>
   <si>
-    <t>prueba_Lagartija vivípara (Castellano), Lagartija de turbera (Castellano), Sugandila bizierrulea (Euskera), Sargantana vivípara (Catalán), Lagartixa das brañas (Gallego), Common Lizard (Inglés), Viviparous Lizard (Inglés)</t>
+    <t>Lagartija vivípara (Castellano), Lagartija de turbera (Castellano), Sugandila bizierrulea (Euskera), Sargantana vivípara (Catalán), Lagartixa das brañas (Gallego), Common Lizard (Inglés), Viviparous Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Lagartija de pequeño tamaño, con una longitud de cabeza y cuerpo entre 41 y 64 mm, con escamas dorsales granulares y cuerpo de sección aproximadamente cilíndrica. La cabeza es pequeña, corta y de forma cónica con el hocico romo. Presenta patas delanteras y traseras relativamente cortas. La cola es relativamente gruesa. El collar es aserrado en su parte inferior. Posee una postnasal, 1-2 preocupares y 2-4 postoculares. La timpánica está diferenciada y falta la masetérica. El dorso es pardo o pardo-rojizo, uniforme, con o sin línea vertebral negruzca o pardo oscura; el píleo es pardo o pardo oliváceo, moteado de negruzco. Presenta el vientre de color amarillento, blanquecino, anaranjado o rojizo y más o menos pigmentado con manchas grisáceas o negruzcas. Los juveniles tienen la zona ventral profusamente moteada de gris oscuro o son casi uniformemente negruzcos y con diseño apenas visible.</t>
   </si>
   <si>
     <t>Lacerta vivipara Jacquin, 1787</t>
   </si>
   <si>
     <t>Macroprotodon brevis (Günther, 1862)</t>
   </si>
   <si>
-    <t>prueba_Culebra de cogulla occidental (Castellano), False Smooth Snake (Inglés), Couleuvre à Capuchon Occidentale (Francés)</t>
+    <t>Culebra de cogulla occidental (Castellano), False Smooth Snake (Inglés), Couleuvre à Capuchon Occidentale (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial NT (Casi amenazado),  España LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Mundial, España</t>
   </si>
   <si>
     <t>Es el ofidio más pequeño que habita la Península Ibérica. Cabeza corta, aplastada, con ojos relativamente pequeños, de pupila redonda o verticalmente oval, e iris anaranjado o rojizo. Cola corta, pues en promedio representa el 14,9% de la longitud total. Normalmente posee siete supralabiales, la cuarta y quinta en contacto con el ojo, y la sexta alta y en contacto o muy próxima a la parietal. Por lo general, 21 rangos de dorsales en el centro del cuerpo. Coloración de fondo en cabeza y cuerpo gris, que tiende a marrón cuando ha mudado recientemente. El diseño de la cabeza se caracteriza porque en el píleo se encuentra el vértice de una figura en forma de V que tiene dos ramas curvas, convexas, mientras recorre las parietales. Posteriormente a la cabeza collar nucal oscuro. Longitud total máxima, 598 mm.</t>
   </si>
   <si>
     <t>Macroprotodon cucullatus brevis, Macroprotodon cucullatus ibericus Busack &amp; McCoy, 1990</t>
   </si>
   <si>
     <t>Iberolacerta aurelioi (Arribas, 1994)</t>
   </si>
   <si>
-    <t>prueba_Lagartija pallaresa (Castellano), Sargantana pallaresa (Catalán), Aurelio's Rock Lizard (Inglés)</t>
+    <t>Lagartija pallaresa (Castellano), Sargantana pallaresa (Catalán), Aurelio's Rock Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial EN (En peligro),  Región Alpina U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>España, Mundial, Región Alpina</t>
   </si>
   <si>
     <t>Lagartija pequeña con el dorso de color de fondo pardo muy claro, a veces de tonos oliváceos. Sobre este fondo aparecen dos bandas costales oscuras en los costados, y numerosas manchas oscuras de tamaño moderado a pequeño Diseño oscuro ventral muy marcado en el borde de las escamas, generalmente sobre fondo amarillo.al está frecuentemente moteada de negro en los rebordes anteriores de las escamas, especialmente en los machos.</t>
   </si>
   <si>
     <t>Directiva 92/43/CEE (Directiva Hábitats), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>Anexo IV, Anexo II - No prioritaria</t>
   </si>
   <si>
     <t>Lacerta aurelioi Arribas, 1994</t>
   </si>
   <si>
     <t>Lacerta agilis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Lagarto ágil (Castellano), Sand Lizard (Inglés), Lezard des Souches (Francés)</t>
+    <t>Lagarto ágil (Castellano), Sand Lizard (Inglés), Lezard des Souches (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Alpina U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Lagarto pequeño de aspecto robusto y compacto. La cabeza es corta, ancha, no aplanada y de perfil redondeado. Las extremidades son relativamente cortas. Ventrales imbricadas, dispuestas en seis series longitudinales. La especie difiere de coloración sexualmente. Así, los machos muestran el área dorsal del tronco y la cola de color marrón con manchas negras y ocelos blancos y las áreas laterales y ventrales son verdosas. Las hembras y los juveniles muestran la misma banda dorsal, pero el resto del cuerpo es de color marrón claro con el vientre blanco.</t>
   </si>
   <si>
     <t>Anexo IV</t>
   </si>
   <si>
     <t>Lacerta bilineata (Daudin, 1802)</t>
   </si>
   <si>
-    <t>prueba_Lagartos (Castellano), Lagarto verde occidental (Castellano), Lagarto verde (Castellano), Musker berdea (Euskera), Lluert (Catalán), Lagarto arual (Gallego), Western Green Lizard (Inglés)</t>
+    <t>Lagartos (Castellano), Lagarto verde occidental (Castellano), Lagarto verde (Castellano), Musker berdea (Euskera), Lluert (Catalán), Lagarto arual (Gallego), Western Green Lizard (Inglés)</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica XX (Desconocido),  Región Alpina XX (Desconocido),  Región Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Alpina, Región Mediterránea</t>
   </si>
   <si>
     <t>Lagarto de mediano tamaño, con longitud de la cabeza más el cuerpo que puede sobrepasar los 130 mm. Las hembras son ligeramente mayores que los machos, aunque poseen una cabeza menor. El diseño dorsolateral es un punteado verde, negro y amarillo en los machos, mientras que en las hembras es verde uniforme con manchas negras dispersas, presentando con frecuencia líneas blanquecinas recorriendo longitudinalmente el dorso y los flancos.</t>
   </si>
   <si>
     <t>Lacerta viridis</t>
   </si>
   <si>
     <t>Podarcis muralis (Laurenti, 1768)</t>
   </si>
   <si>
-    <t>prueba_Lagartija roquera (Castellano), Horma-sugandila (Euskera), Sargantana roquera (Catalán), Lagartixa dos muros (Gallego), Common Wall Lizard (Inglés)</t>
+    <t>Lagartija roquera (Castellano), Horma-sugandila (Euskera), Sargantana roquera (Catalán), Lagartixa dos muros (Gallego), Common Wall Lizard (Inglés)</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Lagartija de pequeño tamaño, con una longitud cabeza-cuerpo entre 48 y 69 mm. Coloración dorsal parda o pardo verdosa, pudiendo presentar un reticulado negruzco en la zona central. Los costados presentan una coloración negra o parda muy oscura y generalmente uniforme. Vientre blancuzco, grisáceo, crema o rojizo, con pequeñas machas negras. Garganta con manchas grisáceas o ferruginosas de contornos mal definidos. La coloración ventral rojiza suele ser especialmente intensa en los machos, al igual que el reticulado de la garganta.</t>
   </si>
   <si>
     <t>Zamenis longissimus (Laurenti, 1768)</t>
   </si>
   <si>
-    <t>prueba_Culebra de Esculapio (Castellano), Eskulapioren sugea (Euskera), Serp d'Esculapi (Catalán), Cobra-de-Esculapio (Gallego), Aesculapean Snake (Inglés), Aesculapian Ratsnake (Inglés), Couleuvre d'Esculape (Francés)</t>
+    <t>Culebra de Esculapio (Castellano), Eskulapioren sugea (Euskera), Serp d'Esculapi (Catalán), Cobra-de-Esculapio (Gallego), Aesculapean Snake (Inglés), Aesculapian Ratsnake (Inglés), Couleuvre d'Esculape (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Culebra de gran tamaño, de aspecto esbelto y estilizado, con cabeza estrecha y alargada. Puede alcanzar los 2.000 mm de longitud, aunque raramente supera los 1.500. La coloración dorsal es marrón o pardo-olivácea, con la parte anterior del cuerpo algo más clara. Frecuentemente numerosas escamas presentan manchas claras. Las labiales y los lados del cuello son de color amarillo claro y suele haber una banda oscura difusa por detrás del ojo. El vientre es de color amarillento claro. Los jóvenes presentan el dorso gris o pardo-verduzco, con pequeñas hileras de manchas oscuras, generalmente 4. Una línea oscura lateral comienza antes del ojo y entra en la sien, y a ella le sigue una mancha blanquecina o amarilla brillante a ambos lados del cuello, a modo de collar. Los machos son mayores que las hembras, con colas relativamente más largas.</t>
   </si>
   <si>
     <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Directiva 92/43/CEE (Directiva Hábitats), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>Elaphe longissima</t>
   </si>
   <si>
     <t>Chalcides bedriagai (Boscá, 1880)</t>
   </si>
   <si>
-    <t>prueba_Eslizón ibérico (Castellano), Eskinko bostatza (Euskera), Lludrió iberic (Catalán), Esgonzo ibérico (Gallego), Bedriaga's Skink (Inglés)</t>
+    <t>Eslizón ibérico (Castellano), Eskinko bostatza (Euskera), Lludrió iberic (Catalán), Esgonzo ibérico (Gallego), Bedriaga's Skink (Inglés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial NT (Casi amenazado),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Mediterránea</t>
   </si>
   <si>
     <t>Especie de pequeño tamaño, las hembras alcanzan mayor longitud que los machos. Cuerpo corto y grueso de sección redondeada o cuadrangular, recubierto de escamas lisas y brillantes, extremidades pequeñas pentadáctilas. Coloración dorsal generalmente pardo amarillenta u olivácea presenta una banda vertebral oscura, los costados tienen bandas oscuras, separadas de la vertebral por una línea más clara, el vientre tiene coloración blanquecina o amarillenta, en ocasiones con reflejos azulados.</t>
   </si>
   <si>
     <t>Iberolacerta monticola (Boulenger, 1905)</t>
   </si>
   <si>
-    <t>prueba_Lagartija serrana (Castellano), Mendi-sugandila (Euskera), Lagartixa da serra (Gallego), Iberian Rock Lizard (Inglés)</t>
+    <t>Lagartija serrana (Castellano), Mendi-sugandila (Euskera), Lagartixa da serra (Gallego), Iberian Rock Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Gallego, Inglés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Lagartija de talla mediana, robusta. Cabeza relativamente aplastada. Collar de borde liso. Coloración dorsal pardusca o verde brillante con reticulado negruzco. Machos con uno o dos ocelos azules en la parte anterior del costado. Vientre blancuzco, azulado o verdoso amarillento, con puntos negros. Garganta generalmente sin ninguna pigmentación.</t>
   </si>
   <si>
     <t>Anexo II - No prioritaria, Anexo IV</t>
   </si>
   <si>
     <t>Lacerta monticola, Lacerta monticola cantabrica (Mertens, 1929)</t>
   </si>
   <si>
     <t>Coronella austriaca Laurenti, 1768</t>
   </si>
   <si>
-    <t>prueba_Culebra lisa europea (Castellano), Iparraldeko suge leuna (Euskera), Serp llisa septentrional (Catalán), Cobra lagarteira común (Gallego)</t>
+    <t>Culebra lisa europea (Castellano), Iparraldeko suge leuna (Euskera), Serp llisa septentrional (Catalán), Cobra lagarteira común (Gallego)</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Alpina XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Mediterránea, Región Alpina</t>
   </si>
   <si>
     <t>Culebra de tamaño pequeño. En la cabeza, la placa rostral tiene una forma puntiaguda en situación posterior y se dispone entre las internasales a manera de una cuña que penetrara entre ellas. Las escamas del cuerpo son lisas, disponiéndose las dorsales normalmente en 19 hileras en el centro del cuerpo. La 3ª y 4ª escamas supralabiales en contacto con el ojo. Su coloración dorsal varía desde el pardorrojizo hasta el gris humo, con manchas oscuras irregulares. Inferiormente la coloración puede ser negruzca, grisácea o pardorrojiza más o menos uniforme. Poseen una banda oscura, parda o negra, que recorre ambos lados de la cabeza (como un "antifaz") y que se inicia en los orificios nasales, bordea inferiormente el ojo y se prolonga hasta el cuello. Longitud total máxima en la Península Ibérica, 750 mm.</t>
   </si>
   <si>
     <t>Chalcides sexlineatus Steindachner, 1891</t>
   </si>
   <si>
-    <t>prueba_Lisa variable (Castellano), Lisa Grancanaria (Castellano), Lisa de Gran Canaria (Castellano), Gran Canaria Skink (Inglés)</t>
+    <t>Lisa variable (Castellano), Lisa Grancanaria (Castellano), Lisa de Gran Canaria (Castellano), Gran Canaria Skink (Inglés)</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Macaronésica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>España, Mundial, Región Macaronésica</t>
   </si>
   <si>
     <t>Especie de atractiva coloración, especialmente aquellas que se sitúan al sur de la isla de Gran Canaria.</t>
   </si>
   <si>
     <t>Chalcides viridanus (Gravenhorst, 1851)</t>
   </si>
   <si>
-    <t>prueba_Lisa común (Castellano), Lisa (Castellano), Lisa dorada (Castellano), Lisa de Tenerife (Castellano), West Canary Skink (Inglés)</t>
+    <t>Lisa común (Castellano), Lisa (Castellano), Lisa dorada (Castellano), Lisa de Tenerife (Castellano), West Canary Skink (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Escíncido de cinco dedos y extremidades cortas, estrechamente emparentado con otras lisas del mismo género de Canarias (C. sexlineatus) y Marruecos (C. manueli y C. lanzai).</t>
   </si>
   <si>
     <t>Chalcides viridianus</t>
   </si>
   <si>
     <t>Gallotia atlantica (Peters &amp; Doria, 1882)</t>
   </si>
   <si>
-    <t>prueba_Lagarto atlántico (Castellano), Lagarto de Haria (Castellano), Atlantic Lizard (Inglés)</t>
+    <t>Lagarto atlántico (Castellano), Lagarto de Haria (Castellano), Atlantic Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Lagarto pequeño, con escamas dorsales grandes, de forma rectangular y aquilladas. Temporales pequeñas. Timpánica presente. Generalmente 3 – 4 supratemporales, de ellas la posterior de mayor tamaño. Con escamas en el borde anterior del oído dirigidas hacia atrás. Ventrales dispuestas en 10 series longitudinales. Dorso gris, ocre, pardo, verde grisáceo o negruzco. Los machos poseen dos hileras de ocelos azules en cada costado.</t>
   </si>
   <si>
     <t>Gallotia atlantica delibesi Castroviejo, Mateo &amp; Collado, 1985, Gallotia atlantica  ibagnezi Castroviejo, Mateo &amp; Collado, 1985</t>
   </si>
   <si>
     <t>Gallotia simonyi (Steindachner, 1889)</t>
   </si>
   <si>
-    <t>prueba_Lagarto gigante de El Hierro (Castellano), El Hierro Giant Lizard (Inglés), Hierro Giant Lizard (Inglés), Lézard De Simony (Francés)</t>
+    <t>Lagarto gigante de El Hierro (Castellano), El Hierro Giant Lizard (Inglés), Hierro Giant Lizard (Inglés), Lézard De Simony (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial CR (En peligro crítico),  Región Macaronésica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Lagarto de talla grande, de color pardo negruzco con ocelos amarillentos en el costado en adultos. Escamas temporales grandes, con masetérica presente y timpánica pequeña. Posee dos supratemporales grandes. Ventrales dispuestas en 18 – 22 series longitudinales.</t>
   </si>
   <si>
     <t>Anexo II - Prioritaria, Anexo IV</t>
   </si>
   <si>
     <t>Chalcides occidentalis, Gallotia simonyi machadoi López-Jurado, 1989</t>
   </si>
   <si>
     <t>Gallotia stehlini (Schenkel, 1901)</t>
   </si>
   <si>
-    <t>prueba_Lagarto de Gran Canaria (Castellano), Lagarto gigante de Gran Canaria (Castellano), Gran Canaria Giant Lizard (Inglés)</t>
+    <t>Lagarto de Gran Canaria (Castellano), Lagarto gigante de Gran Canaria (Castellano), Gran Canaria Giant Lizard (Inglés)</t>
   </si>
   <si>
     <t>Lagarto grande, con el dorso pardo grisáceo y garganta anaranjada. Escamas dorsales pequeñas. Timpánica ausente. Masetérica presente. Ventrales dispuestas en 16 – 20 series longitudinales.</t>
   </si>
   <si>
     <t>Tarentola angustimentalis Steindachner, 1891</t>
   </si>
   <si>
-    <t>prueba_Perenquén majorero (Castellano), East Canary Gecko (Inglés)</t>
+    <t>Perenquén majorero (Castellano), East Canary Gecko (Inglés)</t>
   </si>
   <si>
     <t>Cuerpo robusto y aplastado. Tubérculos dorsales rodeados de tubérculos menores excepto en el centro del dorso, normalmente con una quilla y a veces con varias, dispuestos en 10 a 12 hileras. El color del dorso es gris claro con una línea clara longitudinal, más definida en su parte anterior. En el dorso hay cinco bandas oscuras transversales. Iris dorado o pardo.</t>
   </si>
   <si>
     <t>Tarentola boettgeri Steindachner, 1891</t>
   </si>
   <si>
-    <t>prueba_Perenquén de Boettger (Castellano), Perenquén de Gran Canaria (Castellano), Boettger's Wall Gecko (Inglés), Gran Canaria Gecko (Inglés)</t>
+    <t>Perenquén de Boettger (Castellano), Perenquén de Gran Canaria (Castellano), Boettger's Wall Gecko (Inglés), Gran Canaria Gecko (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>Perenquén pequeño que posee una banda longitudinal clara a lo largo del centro del dorso. Ojos de color gris azulado claro. Tiene 13 a 19 hileras de tubérculos dorsales pequeños, lisos en el dorso y débilmente aquillados en la región sacra.</t>
   </si>
   <si>
     <t>Tarentola delalandii (Duméril &amp; Bibron, 1836)</t>
   </si>
   <si>
-    <t>prueba_perenquén de Delalande (Castellano), Perinquén común (Castellano), Perenquén común (Castellano), Praquén Común (Castellano), Tenerife Wall Gecko (Inglés), São Nicolau Wall Gecko (Inglés), São Vicente Wall Gecko (Inglés), Tenerife Gecko (Inglés)</t>
+    <t>perenquén de Delalande (Castellano), Perinquén común (Castellano), Perenquén común (Castellano), Praquén Común (Castellano), Tenerife Wall Gecko (Inglés), São Nicolau Wall Gecko (Inglés), São Vicente Wall Gecko (Inglés), Tenerife Gecko (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Perenquén grande y robusto. Sin línea clara dorsal. Tubérculos dorsales poco aquillados.</t>
   </si>
   <si>
     <t>Tarentola gomerensis Joger &amp; Bischoff, 1983</t>
   </si>
   <si>
-    <t>prueba_Perenquén Gomero (Castellano), Perenquén gomero ó Pracan (Castellano), Pracan (Castellano), perenquén de La Gomera (Castellano), Gomero Wall Gecko (Inglés), La Gomera Gecko (Inglés)</t>
+    <t>Perenquén Gomero (Castellano), Perenquén gomero ó Pracan (Castellano), Pracan (Castellano), perenquén de La Gomera (Castellano), Gomero Wall Gecko (Inglés), La Gomera Gecko (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Macaronésica FV (Favorable)</t>
   </si>
   <si>
     <t>Perenquén de tamaño medio, caracterizado por tener el dorso de color gris oscuro con seis bandas transversales oscuras poco marcadas en el dorso y manchas blancas sobre los tubérculos. Posee un número relativamente elevado de escamas labiales y de laminillas subdigitales.</t>
   </si>
   <si>
     <t>Caretta caretta (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tortuga boba (Castellano), Tortuga Cabezona (Castellano), Tortuga Careta (Castellano), Tortuga Comun (Castellano), Caguama (Castellano), Egiazko karete (Euskera), Tortuga careta ó babona (Catalán), Tartaruga mariña común (Gallego), Loggerhead Turtle (Inglés), Tortue caouanne (Francés), Unechte Karettschildkröte (Alemán), Tartaruga comune (Italiano), Tartaruga-careta (Portugués)</t>
+    <t>Tortuga boba (Castellano), Tortuga Cabezona (Castellano), Tortuga Careta (Castellano), Tortuga Comun (Castellano), Caguama (Castellano), Egiazko karete (Euskera), Tortuga careta ó babona (Catalán), Tartaruga mariña común (Gallego), Loggerhead Turtle (Inglés), Tortue caouanne (Francés), Unechte Karettschildkröte (Alemán), Tartaruga comune (Italiano), Tartaruga-careta (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Atlántica, Región Marina Macaronésica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Tortuga de tamaño medio, que puede llegar a alcanzar una longitud recta del caparazón de 120 cm y un peso de 200 Kg. Presenta una cabeza de gran tamaño con pico y cuello muy robustos. Coloración dorsal marrón con bordes rojizos o anaranjados y vientre blanquecino con tonos amarillo pálidos. Se caracteriza por tener dos pares de escamas prefrontales en la cabeza. El caparazón dorsal muestra 5 escamas vertebrales, 5 escamas costales, 11-13 marginales a cada lado y 2 escamas supracaudales; la escama nucal está en contacto con las dos primeras escamas costales, a diferencia de la tortuga verde o carey, si bien es frecuente la aparición de anomalías asimétricas en la disposición de las escamas. El pico queratinizado presenta bordes lisos. Las aletas delanteras y las extremidades posteriores, con forma de timón, presentan 2 uñas. Los machos adultos alcanzan un tamaño ligeramente superior al de las hembras y tienen una cola relativamente larga y robusta que puede superar los 30 cm de largo, mientras que en las hembras raramente asoma por fuera del espaldar. Estos caracteres sexuales secundarios externos no aparecen hasta la maduración sexual. Los recién nacidos tienen tonos grises oscuros y suelen presentar las escamas vertebrales imbricadas formando 2 ó 3 quillas dorsales, así como el borde del espaldar aserrado, rasgos que se pierden según se aproximan las tortugas a la madurez sexual. Adquieren los tonos marrones rojizos característicos de la especie en la etapa de juveniles jóvenes. En los individuos grandes es muy frecuente la presencia de variedad de organismos epibiontes asociados al caparazón dorsal -algas, gusanos tubícolas, balanos u otros crustáceos sésiles.</t>
   </si>
   <si>
     <t>Marino</t>
   </si>
   <si>
     <t>CEEA: Vulnerable</t>
   </si>
   <si>
     <t>Testudo caouana Lacépède, 1788, Thalassochelys corticata Girard, 1858</t>
   </si>
   <si>
     <t>Dermochelys coriacea (Vandelli, 1761)</t>
   </si>
   <si>
-    <t>prueba_Tortuga laúd (Castellano), Tortuga laud (Castellano), Baula (Castellano), Canal (Castellano), Dorso de Cuero (Castellano), Galapagos (Castellano), Siete Lomos (Castellano), Siete Quillas (Castellano), Tinglada (Castellano), Tinglar (Castellano), Tortuga Caná (Castellano), Cardon (Castellano), Larruzco dortoka (Euskera), Tortuga llaüt (Catalán), Tora (Catalán), Tartaruga de coiro (Gallego), Trunkback Turtle (Inglés), Leatherback turtle (Inglés), Leatherback (Inglés), Leathery Turtle (Inglés), Luth (Inglés), Trunk Turtle (Inglés), Leatherback Sea Turtle (Inglés), Tortue luth (Francés), Lederschildkröte (Alemán), Tartaruga liuto (Italiano)</t>
+    <t>Tortuga laúd (Castellano), Tortuga laud (Castellano), Baula (Castellano), Canal (Castellano), Dorso de Cuero (Castellano), Galapagos (Castellano), Siete Lomos (Castellano), Siete Quillas (Castellano), Tinglada (Castellano), Tinglar (Castellano), Tortuga Caná (Castellano), Cardon (Castellano), Larruzco dortoka (Euskera), Tortuga llaüt (Catalán), Tora (Catalán), Tartaruga de coiro (Gallego), Trunkback Turtle (Inglés), Leatherback turtle (Inglés), Leatherback (Inglés), Leathery Turtle (Inglés), Luth (Inglés), Trunk Turtle (Inglés), Leatherback Sea Turtle (Inglés), Tortue luth (Francés), Lederschildkröte (Alemán), Tartaruga liuto (Italiano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Alemán, Italiano</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial VU (Vulnerable),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Tortuga marina de gran tamaño que puede llegar a alcanzar una longitud curva del caparazón de 256 cm. Se caracteriza por tener su caparazón óseo totalmente recubierto por un tejido blando con apariencia de cuero y sin grandes escamas, que forma en su dorso 7 quillas longitudinales y en el plastrón 5 quillas adicionales. Se caracteriza también por la gran longitud de sus aletas anteriores y no poseer uñas. Tiene una coloración dorsal oscura con numerosas manchas rosadas o blancas, color similar al que presentan las quillas y amplias zonas de la cabeza, cuello y extremidades. Masa corporal máxima, 916 kg.  Tortuga marina de gran tamaño que se caracteriza por presentar 7 quillas longitudinales cubiertas de una piel resistente con aspecto de cuero. Las aletas anteriores, le permiten grandes navegaciones transoceánicas. La coloración dorsal es negra con manchas rosadas y líneas del mismo color coincidentes con las quillas. El vientre es muy variable y suele tener coloraciones rosadas, blancas y negras. No presenta grandes escamas ni uñas en las extremidades. La cabeza no tiene escamas y el pico queratinizado es muy fuerte, presenta bordes lisos y tiene un extremo muy característico, en forma de W, adaptado para capturar presas. Su esqueleto es mayoritariamente cartilaginoso, asemejándose al diseño de cetáceos o sirénidos. Las tortugas laúd al nacer están cubiertas de pequeñas escamas negras y una hilera marginal de escamas blancas, y poseen unas aletas muy alargadas respecto al cuerpo. Cuando son adultos pueden alcanzar una longitud curva del caparazón mayor de 200 cm y hasta 916 kg. Nace con un peso corporal medio de unos 45 g, una longitud recta del espaldar de unos 55 cm, los juveniles crecen muy deprisa y podrían madurar antes que otras tortugas marinas. Se considera que el tamaño habitual de adquisición de madurez sexual en el Atlántico es de 145 cm de longitud dorsal, no obstante, tortugas menores de hasta incluso 105 cm pueden observarse en algunas playas de anidación. El tamaño habitual de adquisición de madurez sexual en el Pacífico parecen ser ligeramente menor que en el atlántico.</t>
   </si>
   <si>
     <t>Sphargis coriacea (Vandelli, 1761), Testudo coriacea Vandelli, 1761, Testudo lyra Lacépède, 1788</t>
   </si>
   <si>
     <t>Chelonia mydas (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tortuga Blanca (Castellano), Tortuga verde (Castellano), Dortoka berdea (Euskera), Tortuga verda (Catalán), Tartaruga mariña verde (Gallego), Green Turtle (Inglés), Tortue franche (Francés), Tortue verte (Francés), Tortue comestible (Francés), Suppenschildkröte (Alemán), Tartaruga verde (Italiano)</t>
+    <t>Tortuga Blanca (Castellano), Tortuga verde (Castellano), Dortoka berdea (Euskera), Tortuga verda (Catalán), Tartaruga mariña verde (Gallego), Green Turtle (Inglés), Tortue franche (Francés), Tortue verte (Francés), Tortue comestible (Francés), Suppenschildkröte (Alemán), Tartaruga verde (Italiano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés, Francés, Francés, Alemán, Italiano</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial EN (En peligro),  Región Marina Macaronésica U1 (Desfavorable-inadecuado),  Región Marina Atlántica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Marina Macaronésica, Región Marina Atlántica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Es la especie de mayor tamaño de la familia Cheloniidae. Se caracteriza por presentar una cabeza con cuello corto, un par de escamas frontales, y cuatro pares de escamas postorbitales. La morfología externa de esta especie no es uniforme geográficamente, si bien, en términos generales presenta un caparazón oval y aplanado dorsoventralmente, con 5 escudos vertebrales, 4 pares de escudos costales y 4 pares de escudos inframarginales. Los adultos tienen un tamaño medio de 120 cm de longitud recta del caparazón (71-153 cm), pudiendo llegar a pesar hasta 230 kg en el Atlántico y Pacífico, y algo menor en el Índico y Caribe. La mandíbula superior posee un borde ligeramente denticulado, mientras que en la inferior está más definido. Cada aleta presenta una uña, aunque en ocasiones pueden tener dos. Los machos adultos presentan una cola mucho mayor que las hembras para facilitar el apareamiento. El caparazón de las crías es predominantemente negro o gris oscuro, y el plastrón blanquecino, si bien a medida que crecen, el caparazón cambia a un color oscuro verde oliva. La coloración es bastante variable en individuos adultos, desde un caparazón manchado a rayado de tonos marrones, grises, negros, verdes. El nombre común de la especie deriva del color verde de su grasa corporal.</t>
   </si>
   <si>
     <t>Chelonia virgata Schweigger, 1812, Testudo viridis Schneider, 1783</t>
   </si>
   <si>
     <t>Chamaeleo chamaeleon (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Camaleón común (Castellano), Kamalehoi arrunta (Euskera), Camaleó (Catalán), Camaleón (Gallego), Mediterranean Chameleon (Inglés)</t>
+    <t>Camaleón común (Castellano), Kamalehoi arrunta (Euskera), Camaleó (Catalán), Camaleón (Gallego), Mediterranean Chameleon (Inglés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Especie de aspecto inconfundible: cuerpo aplanado lateralmente, ojos prominentes, cabeza con casco llamativo, cola prensil, escamas granulares y dedos distribuidos en disposición 3+2. Se registra dicromatismo sexual con un patrón de coloración corporal (o librea) muy complejo y relacionado con el sexo, estado reproductor y las necesidades de termorregulación. Longitud total máxima de 282 mm en machos y 301 en hembras.</t>
   </si>
   <si>
     <t>Hemorrhois hippocrepis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Asperomarín (Castellano), Culebra de herradura (Castellano), Serp de ferradura (Catalán), Horseshoe Whip Snake (Inglés)</t>
+    <t>Asperomarín (Castellano), Culebra de herradura (Castellano), Serp de ferradura (Catalán), Horseshoe Whip Snake (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Catalán, Inglés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>Cabeza ligeramente deprimida, ovalada en vista dorsal y bien diferenciada del cuerpo, que es largo y delgado, al igual que la cola. Escamas supralabiales separadas del ojo por una hilera de 2 a 4 escamas suboculares (a veces una supralabial, generalmente la quinta, contacta con el ojo). Es frecuente observar de 1 a 3 escamas intersticiales entre la loreal, preocular, subocular anterior y una labial superior. Las dorsales son lisas y normalmente se encuentran en hileras de 25 ( a veces 23 o 29) en mitad del cuerpo. El diseño corporal se caracteriza por una serie de 60 a 65 manchas oscuras subcirculares en situación mediodorsal de extensión decreciente hacia la cola. Longitud total máxima, 1.850 mm.</t>
   </si>
   <si>
     <t>Coluber hippocrepis</t>
   </si>
   <si>
     <t>Podarcis lilfordi (Günther, 1874)</t>
   </si>
   <si>
-    <t>prueba_Lagartija balear (Castellano), Sugandila balearra (Euskera), Sargantana balear (Catalán), Lilford's Wall Lizard (Inglés), Lézard Des Baléares (Francés), Lézard De Lilford (Francés)</t>
+    <t>Lagartija balear (Castellano), Sugandila balearra (Euskera), Sargantana balear (Catalán), Lilford's Wall Lizard (Inglés), Lézard Des Baléares (Francés), Lézard De Lilford (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial EN (En peligro),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Lagartija con escamas dorsales granulares, redondas u ovaladas, planas, en número de 59 a 91 contadas en un anillo en el centro del cuerpo. Talla y coloración muy variable entre poblaciones, con numerosas poblaciones con tendencia al color negruzco. Los machos son más grandes y robustos que las hembras.</t>
   </si>
   <si>
     <t>Podarcis pityusensis (Boscá, 1883)</t>
   </si>
   <si>
-    <t>prueba_Lagartija de las Pitiusas (Castellano), Lagartija ibicenca (Castellano), Ibizako sugandila (Euskera), Sargantana de ses Pitiüses (Catalán), Ibiza Wall Lizard (Inglés), Lézard Des Pityuses (Francés)</t>
+    <t>Lagartija de las Pitiusas (Castellano), Lagartija ibicenca (Castellano), Ibizako sugandila (Euskera), Sargantana de ses Pitiüses (Catalán), Ibiza Wall Lizard (Inglés), Lézard Des Pityuses (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial NT (Casi amenazado),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Única especie de lagartija que vive en las islas Pitiusas. Especie grande y robusta, con cabeza alta. Los machos son mayores que las hembras. Dorso verdoso o verde pardusco, con diseño oscuro dorsal más o menos patente. Costados pardos o grisáceos. Hay gran variación entre las poblaciones insulares de esta especie en la talla y coloración.</t>
   </si>
   <si>
     <t>Testudo graeca Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Tortuga mora (Castellano), Dortoka greziarra (Euskera), Tortaruga mora (Gallego), Spur-thighed Tortoise (Inglés), Greek Tortoise (Inglés), Common Tortoise (Inglés), Moorish Tortoise (Inglés), Tortue Mauresque (Francés)</t>
+    <t>Tortuga mora (Castellano), Dortoka greziarra (Euskera), Tortaruga mora (Gallego), Spur-thighed Tortoise (Inglés), Greek Tortoise (Inglés), Common Tortoise (Inglés), Moorish Tortoise (Inglés), Tortue Mauresque (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Es un quelonio de caparazón abombado cuyo espaldar es de color amarillento, verde oliva pálido o pardusco, en el que las placas presentan generalmente una mancha central y los bordes de color oscuro o negro. El peto es amarillento, con manchas irregulares negras. En las poblaciones ibéricas, los individuos no suelen sobrepasar los 200 mm de longitud de espaldar, con un tamaño medio, de machos y hembras respectivamente, en Doñana, de 146 y 173 mm y en el sureste ibérico de 113 y 134 mm.</t>
   </si>
   <si>
     <t>Testudo hermanni (Gmelin, 1789)</t>
   </si>
   <si>
-    <t>prueba_Tortuga mediterranea (Castellano), Tortuga mediterránea (Castellano), Hermann dortoka (Euskera), Tortuga mediterrania (Catalán), Tortaruga mediterránea (Gallego), Hermann's Tortoise (Inglés), Tortue D'Hermann (Francés)</t>
+    <t>Tortuga mediterranea (Castellano), Tortuga mediterránea (Castellano), Hermann dortoka (Euskera), Tortuga mediterrania (Catalán), Tortaruga mediterránea (Gallego), Hermann's Tortoise (Inglés), Tortue D'Hermann (Francés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial NT (Casi amenazado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Tortuga terrestre de caparazón bastante redondeado por encima y de una coloración básicamente negra y amarilla. Las manchas negras del caparazón presentan bordes bien definidos, mientras que el fondo amarillo puede variar en tonalidades que van desde los anaranjados hasta los ligeramente verdosos. En el plastrón de las poblaciones ibéricas las manchas negras forman dos bandas longitudinales continuas y paralelas. La placa supracaudal está dividida en dos y en el extremo de la cola presentan una uña córnea. En la cara presentan una mancha subocular amarilla, que se oscurece con la edad. Los machos son más pequeños que las hembras con longitudes máximas de caparazón en ejemplares salvajes de España de 166 mm en machos y 201 mm en hembras. Los machos se caracterizan también por el mayor tamaño de su cola, el plastrón, que es cóncavo, y la forma de las placas supracaudales y anales.</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial, CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Lacerta schreiberi Bedriaga, 1878</t>
   </si>
   <si>
-    <t>prueba_Lagarto verdinegro (Castellano), Schreiber muskerra (Euskera), Lagarto das silvas (Gallego), Iberian Emerald Lizard (Inglés), Schreiber's Green Lizard (Inglés)</t>
+    <t>Lagarto verdinegro (Castellano), Schreiber muskerra (Euskera), Lagarto das silvas (Gallego), Iberian Emerald Lizard (Inglés), Schreiber's Green Lizard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial NT (Casi amenazado),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Mediterránea, Región Atlántica</t>
   </si>
   <si>
     <t>Lagarto robusto de tamaño medio con una longitud de cabeza y cuerpo máxima de 131 mm y cola intacta de 1,5 a 2 veces la longitud de la cabeza y cuerpo. Los machos adultos tienen el dorso verde finamente punteado de negro y durante el celo adquieren una coloración azul muy intensa en la cabeza. El dorso de las hembras adultas puede ser verde o pardo y suele tener manchas negras grandes con ocelos blancos en los costados. Collar de borde aserrado y 8-10 filas longitudinales de escamas ventrales.</t>
   </si>
   <si>
     <t>Hierophis viridiflavus (Lacépède, 1789)</t>
   </si>
   <si>
-    <t>prueba_Culebra verdiamarilla (Castellano), Suge berde-horia (Euskera), Serp verd groga (Catalán), Green Whip Snake (Inglés), Western Whip Snake (Inglés)</t>
+    <t>Culebra verdiamarilla (Castellano), Suge berde-horia (Euskera), Serp verd groga (Catalán), Green Whip Snake (Inglés), Western Whip Snake (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica XX (Desconocido),  Región Alpina XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Mediterránea, Región Atlántica, Región Alpina</t>
   </si>
   <si>
     <t>La culebra verdiamarilla es un ofidio de tamaño medio que alcanza entre 1.000 y 1.500 mm de longitud total cabeza – cloaca. El cuerpo es largo y esbelto, igual que la cola, hecho que le confiere una notable agilidad. La coloración dorsal es negra o verde oscura con pequeñas manchas amarillas en el píleo y parte anterior del cuerpo. El vientre y los flancos son claros: amarillos, verdosos o blanquecinos. Algunos ejemplares son mucho más oscuros o melánicos. En los juveniles destaca la presencia de un manifiesto contraste en la cabeza con machas oscuras y bien delimitadas por gruesas líneas amarillas que dibujan un diseño muy simétrico a ambos lados de la cabeza. Los machos son mayores que las hembras aunque presentan un número de escamas ventrales menor. Los machos también tienen mayor número de escamas subcaudales debido a la presencia de los hemipenes y músculos retractores en la base de la cola.</t>
   </si>
   <si>
     <t>Coluber viridiflavus</t>
   </si>
   <si>
     <t>Mauremys leprosa (Schweigger, 1812)</t>
   </si>
   <si>
-    <t>prueba_Galápago (Castellano), Tortuga (Castellano), Galápago leproso (Castellano), Apoarmatu korrontazalea (Euskera)</t>
+    <t>Galápago (Castellano), Tortuga (Castellano), Galápago leproso (Castellano), Apoarmatu korrontazalea (Euskera)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Región Atlántica, Región Mediterránea</t>
   </si>
   <si>
     <t>Quelonio con caparazón alargado y deprimido dorso-ventralmente, con el borde liso y de color entre verde oliváceo y pardo con manchas pardo rojizas. El peto es amarillo o crema y está fuertemente unido al espaldar por un ancho puente óseo. El cuello presenta rayas anaranjadas sobre fondo verdoso en juveniles y adultos jóvenes. Entre el ojo y el tímpano presenta una mancha circular naranja o amarilla. Estas rayas y manchas son muy conspicuas en los animales jóvenes pero desaparecen o se difuminan con la edad. La longitud del espaldar medido en línea recta varía en la mayoría de los adultos entre los 100 y los 180 mm, con tallas máximas que superan los 200 mm.</t>
   </si>
   <si>
     <t>Lepidochelys olivacea (Eschscholtz, 1829)</t>
   </si>
   <si>
-    <t>prueba_Tortuga olivácea (Castellano), Tortuga Manila (Castellano), Tortuga Mulato (Castellano), Tortuga Olivacea (Castellano), Tortuga Parlama (Castellano), Tortuga golfina (Castellano), Tortuga Carpintera (Castellano), Tortuga Guaraguá (Castellano), Tortuga Lora (Castellano), Olive Ridley (Inglés), Pacific Ridley (Inglés), Ridley du Pacifique (Francés), Tortue Bâtarde (Francés), Tortue de Ridley (Francés), Tortue Olivâtre (Francés)</t>
+    <t>Tortuga olivácea (Castellano), Tortuga Manila (Castellano), Tortuga Mulato (Castellano), Tortuga Olivacea (Castellano), Tortuga Parlama (Castellano), Tortuga golfina (Castellano), Tortuga Carpintera (Castellano), Tortuga Guaraguá (Castellano), Tortuga Lora (Castellano), Olive Ridley (Inglés), Pacific Ridley (Inglés), Ridley du Pacifique (Francés), Tortue Bâtarde (Francés), Tortue de Ridley (Francés), Tortue Olivâtre (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial</t>
   </si>
   <si>
     <t>Tortuga marina de tamaño pequeño que puede llegar a medir hasta 79 cm de longitud recta del caparazón. La coloración dorsal es gris oscura, marrón o verde oliva y la ventral, amarillo crema. La cabeza es relativamente grande, ligeramente triangular y con dos pares de escamas prefrontales. El caparazón es corto y ancho y presenta de cinco a nueve pares de escudos costales, frecuentemente seis o siete, y con configuración asimétrica, siendo ésta la característica principal que la suele diferenciar de la tortuga lora. Tiene un poro en cada uno de los cuatro pares de escudos inframarginales, lo que es característico de las dos especies de este género. Masa corporal, hasta 50 kg.</t>
   </si>
   <si>
     <t>Podarcis vaucheri (Boulenger, 1905)</t>
   </si>
   <si>
-    <t>prueba_Lagartija andaluza (Castellano)</t>
+    <t>Lagartija andaluza (Castellano)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Alcanza 60 mm de longitud de cabeza y cuerpo. Cabeza algo deprimida. Parietales relativamente cortos. Serie completa de gránulos entre supraoculares y superciliares. Parietales en contacto con la postocular superior. Masetérica reducida y/o fragmentada . Escamas dorsales granulares y aquilladas, en número de 52 – 71 series en el centro del cuerpo. Posee 9 - 16 escamas del collar, 23 – 33 escamas ventrales, 12 – 22 poros femorales y 14 – 20 laminillas subdigitales. Dorso gris oliváceo o de color verde con pequeñas manchas negras o reticulado. Tiene una banda lateral oscura más o menos definida, bordeada por encima con una banda blanca o una serie de puntos blancos. Parte superior de la cabeza con manchas negras. Vientre blanco o naranja pálido, con algunas manchas negras en las ventrales externas. Garganta con pequeñas manchas negras.</t>
   </si>
   <si>
     <t>Blanus tingitanus Busack, 1988</t>
   </si>
   <si>
-    <t>prueba_Culebrilla ciega de Tánger (Castellano), Amphisbène cendré du nord du Maroc (Francés)</t>
+    <t>Culebrilla ciega de Tánger (Castellano), Amphisbène cendré du nord du Maroc (Francés)</t>
   </si>
   <si>
     <t>Castellano, Francés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial, España</t>
   </si>
   <si>
     <t>Reptil de aspecto vermiforme, que a primera vista recuerda a una lombriz de tierra, por su tonalidad, su cuerpo cilíndrico, muy alargado y sin extremidades. Cabeza poco diferenciada del cuerpo, por un leve surco transversal y en la folidosis. Esta se compone de grandes placas regulares hasta el hocico, que es corto y redondeado, adaptado a la excavación. Los ojos, muy poco desarrollados, de visión vestigial, se ubican bajo la piel, aunque son fácilmente apreciables. Orificios nasales pequeños. La boca es ancha y posee una mandíbula muy robusta con dientes finos pero bien desarrollados. No posee oído externo.</t>
   </si>
   <si>
     <t>Chalcides colosii Lanza, 1957</t>
   </si>
   <si>
-    <t>prueba_Eslizón rifeño (Castellano), Riffian Skink (Inglés), Seps Rifain (Francés)</t>
+    <t>Eslizón rifeño (Castellano), Riffian Skink (Inglés), Seps Rifain (Francés)</t>
   </si>
   <si>
     <t>Eslizón de pequeño a mediano tamaño, con una longitud cabeza-cuerpo entre 64 y 114 mm, siendo la media unos 85 mm (Schleich et al., 1996; Mateo et al., 2003). Extremidades pequeñas y pentadáctilas. Cabeza ancha con hocico redondeado. Escamas dorsales lisas y brillantes, en un número comprendido entre 30 y 33 alrededor del cuerpo (Mateo et al., 2003). Folidosis cefálica similar al resto de especies del complejo ocellatus, con escama frontal grande y 4 supralabiales anteriores a la infraocular. Coloración dorsal parda, presentando dos bandas longitudinales de color negro a ambos lados del cuerpo que van de la cabeza a las extremidades posteriores. Entre estas y el dorso aparece otra banda de color más claro, con frecuencia de un tono dorado apagado. Extremidades normalmente más oscuras que el dorso. Presenta por lo general las escamas labiales manchadas de blanco en mayor o menor medida, extendiéndose estas manchas hacia la cavidad timpánica. Los individuos jóvenes pueden presentar ocelos más o menos patentes. En las poblaciones más orientales se observa una tendencia a la coloración uniforme, apareciendo individuos que carecen de las bandas laterales negras, o en las que estas se reducen a la cabeza y el cuello (Mateo et al., 2003).</t>
   </si>
   <si>
     <t>Chalcides pseudostriatus Caputo, 1993</t>
   </si>
   <si>
-    <t>prueba_Eslizón tridáctilo del Atlas (Castellano), Moroccan Three-toed Skink (Inglés), Seps Strié Du Maroc (Francés)</t>
+    <t>Eslizón tridáctilo del Atlas (Castellano), Moroccan Three-toed Skink (Inglés), Seps Strié Du Maroc (Francés)</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Especie de mayor tamaño que las demás del complejo de los eslizones de tres dedos.</t>
   </si>
   <si>
     <t>Iberolacerta aranica (Arribas, 1993)</t>
   </si>
   <si>
-    <t>prueba_Lagartija aranesa (Castellano), Sargantana aranesa (Catalán), Aran Rock Lizard (Inglés)</t>
+    <t>Lagartija aranesa (Castellano), Sargantana aranesa (Catalán), Aran Rock Lizard (Inglés)</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España CR (En peligro crítico),  Región Alpina U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Región Alpina</t>
   </si>
   <si>
     <t>Lagartija pequeña con las escamas rostral e internasal están siempre en amplio contacto, la escama postocular y la parietal se encuentran usualmente en contacto, así como la supranasal y loreal. Usualmente sólo existe una escama entre la masetérica y la timpànica. Posee 0 a 9 gránulos supraciliares, 18 a 27 escamas gulares, 7 a 14 escamas en el collar y 35 a 48 escamas dorsales. Coloración dorsal de tono pardogrisáceo, ocasionalmente con un reflejo oliváceo claro. Algunos machos presentan el dorso de color verde malaquita (un tono verdeazulado). A lo largo del dorso, dos bandas paravertebrales oscuras. Pecho y vientre sin pigmento de color, habitualmente en diversos tonos de blanco, ocasionalmente con un reflejo verdoso o azulado. La región ventral está frecuentemente moteada de negro en los rebordes anteriores de las escamas, especialmente en los machos.</t>
   </si>
   <si>
     <t>Lacerta aranica Arribas, 1993</t>
   </si>
   <si>
     <t>Iberolacerta bonnali (Lantz, 1927)</t>
   </si>
   <si>
-    <t>prueba_Lagartija pirenaica (Castellano), Sargantana pirinenca (Catalán), Pyrenean Rock Lizard (Inglés)</t>
+    <t>Lagartija pirenaica (Castellano), Sargantana pirinenca (Catalán), Pyrenean Rock Lizard (Inglés)</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España VU (Vulnerable),  Región Alpina U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Lagartija pequeña con escamas rostral e internasal generalmente en contacto, postocular y parietal generalmente en contacto, al igual que ocurre entre supranasal y loreal. Generalmente más de una escama entre masetérica y timpánica. Entre 0 y 17 gránulos supraciliares, de 17 a 27 gularia, 5 a 15 collaria, 36 a 48 dorsalia; 25 a 31 escamas ventrales, 9 a 18 poros femorales, 20 a 31 (26,10) lamellae bajo el cuarto dedo del pié y 6 a 15 escamas circumanales. Dorso de color grisáceo o grisáceo-parduzco (pero nunca claramente marrón como en I. aurelioi), ocasionalmente con reflejos oliváceos. Bandas laterales (costales o temporales) de color pardo muy oscuro y generalmente uniforme. Partes inferiores siempre blancas (blanco hueso), con pocas manchas oscuras. Puntos azules en las ventrales externas muy raros.</t>
   </si>
   <si>
     <t>Lacerta bonnali</t>
   </si>
   <si>
     <t>Chalcides simonyi Steindachner, 1891</t>
   </si>
   <si>
-    <t>prueba_Lisneja (Castellano)</t>
+    <t>Lisneja (Castellano)</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España VU (Vulnerable),  Región Macaronésica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Región Macaronésica</t>
   </si>
   <si>
     <t>Cabeza y cuerpo muy robustos. Orificio nasal situado un poco por delante de la sutura entre la rostral y la primera supralabial. La quinta supralabial se sitúa bajo el ojo y la postnasal entre la primera y la segunda supralabial. Dorso pardo amarillento, gris amarillento, pardo oscuro o pardo negro. Sin diseño o con 6-8 líneas o series de puntos claros en el dorso. La longitud total alcanza 235 mm.</t>
   </si>
   <si>
     <t>Eretmochelys imbricata (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Tortuga de Carey (Castellano), Tortuga carey (Castellano), Sasikareta (Euskera), Tortuga carei (Catalán), Tartaruga mariña carei (Gallego), Hawksbill Turtle (Inglés), Tortue imbriquée (Francés), Caret (Francés), Tortue à bec faucon (Francés), Tortue à écailles (Francés), Tortue Caret (Francés), Echte Karettschildkröte (Alemán), Embricata tartaruga (Italiano)</t>
+    <t>Tortuga de Carey (Castellano), Tortuga carey (Castellano), Sasikareta (Euskera), Tortuga carei (Catalán), Tartaruga mariña carei (Gallego), Hawksbill Turtle (Inglés), Tortue imbriquée (Francés), Caret (Francés), Tortue à bec faucon (Francés), Tortue à écailles (Francés), Tortue Caret (Francés), Echte Karettschildkröte (Alemán), Embricata tartaruga (Italiano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés, Francés, Francés, Francés, Francés, Alemán, Italiano</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  España DD (Datos insuficientes),  Región Marina Atlántica XX (Desconocido),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>Tortuga de mediano tamaño, cuya característica más destacada es su caparazón alargado con escudos imbricados y borde aserrado. Estas características no son tan patentes en los neonatos, pues los escudos aparecen completamente imbricados en los caparazones de unos 15 cm de longitud. Presentan 5 escudos vertebrales, 4 pares de escudos laterales, un número variable de escudos marginales (&gt;10 pares) y dos escudos supracaudales de gran dureza. El escudo nucal no tiene contacto con los escudos laterales. El plastrón, está constituido por 4 pares de escudos inframarginales. La coloración del caparazón varía con la edad; los neonatos presentan una coloración marrón oscura tanto dorsal como ventral, mientras que a medida que las tortugas van creciendo, el caparazón desarrolla un patrón de coloración de los escudos característico, de manchas amarillas, marrones y negras, que se mantiene en la madurez. Ventralmente son de color amarillo claro y/o blanco, presentando en ocasiones manchas negras. La longitud recta de caparazón de las hembras adultas varía normalmente entre 60 y 90 cm, y la talla de los machos observados mide entre 71 y 85 cm. La cabeza está cubierta por escamas queratinizadas: dos pares prefrontales y tres pares postorbitales (que se mantienen estables en número y forma). Con el tiempo la cabeza se alarga, llegando a ser cerca del doble de larga que de ancha en individuos adultos. En inglés se las conoce como tortuga de pico de halcón (Hawksbill) debido a su característico pico, o ranfoteca, alargado y estrecho con bordes lisos muy afilados, y a su mandíbula superior que se proyecta hacia delante. Las aletas delanteras, de longitud mediana, están cubiertas por escamas y presentan dos uñas por aleta, al igual que las posteriores. En los individuos adultos existe dimorfismo sexual; los machos presentan una cola de mayor tamaño que las hembras, que sobresale del margen posterior del caparazón, y las uñas de las aletas son de mayor tamaño, más fuertes y curvadas, para sujetarse a las hembras durante la cópula.</t>
   </si>
   <si>
     <t>Caretta bissa Rüppell, 1835, Eretmochelys squamata Agassiz, 1857</t>
   </si>
   <si>
     <t>Lepidochelys kempii (Garman, 1880)</t>
   </si>
   <si>
-    <t>prueba_Cotorra (Castellano), Tortuga Iora (Castellano), Tortuga Marina Bastarda (Castellano), Tortuga golfina (Castellano), Kemp's Ridley (Inglés), Atlantic Ridley (Inglés), Mexican Ridley (Inglés), Gulf Ridley (Inglés), Tortue de Kemp (Francés), Lépidochelyde de Kemp (Francés), Ridley de Kemp (Francés), Kemps Schildkröte (Alemán)</t>
+    <t>Cotorra (Castellano), Tortuga Iora (Castellano), Tortuga Marina Bastarda (Castellano), Tortuga golfina (Castellano), Kemp's Ridley (Inglés), Atlantic Ridley (Inglés), Mexican Ridley (Inglés), Gulf Ridley (Inglés), Tortue de Kemp (Francés), Lépidochelyde de Kemp (Francés), Ridley de Kemp (Francés), Kemps Schildkröte (Alemán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Alemán</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  España DD (Datos insuficientes),  Región Marina Atlántica XX (Desconocido),  Región Marina Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, España, Región Marina Atlántica, Región Marina Mediterránea</t>
   </si>
   <si>
     <t>Tortuga marina de pequeño tamaño, es la tortuga más pequeña que puede encontrarse en el Atlántico, el tamaño medio del caparazón es de 646 mm. Pueden llegar a pesar 50 kg como máximo. Se caracteriza por presentar un caparazón de forma acorazonada o, a veces, casi circular. Las escamas están yuxtapuestas, no imbricadas.  Existen cinco grandes escamas vertebrales, que a veces pueden ser seis o más al presentarse otras escamas extravertebrales. Hay otras cinco placas costales a cada lado del caparazón, la más interior de las cuales está en contacto con la nucal. Tiene cuatro pares de escamas inframarginales, alargadas, cada una de las cuales está atravesada por un poro cerca de la sutura posterior. Aparecen cinco grandes escudos laterales dorsales en cada lado del caparazón. La escama supracaudal está dividida. Las escamas marginales se presentan en número variable, a menudo 12 en cada lado. La cabeza tiene un tamaño moderado y representa aproximadamente del 20 al 30% de la longitud del caparazón. La superficie externa de las mandíbulas es convexa. Existen dos pares de escamas prefrontales, a veces fraccionadas y una gran escama mandibular. El color del caparazón y de las partes superiores de los miembros y la cabeza es de un verde grisáceo uniforme; los bordes de los miembros anteriores presentan a veces tonalidades más claras. En cuanto al esqueleto indicar que los huesos del caparazón son moderadamente gruesos, muy osificados y casi sin fontanelas en los adultos. El hueso nucal es relativamente largo. Los neuronales son muy estrechos y variables en número. Ocasionalmente suelen presentar suturas longitudinales. El cráneo de esta especie muestra como característica unas órbitas muy grandes y dispuestas anterolateralmente.  Presentan dimorfismo sexual, los machos tienen una cola mucho más larga y gruesa que las hembras y las uñas de los márgenes anteriores de los miembros delanteros se hallan más desarrolladas.</t>
   </si>
   <si>
     <t>Lepidochelys olivacea subsp. kempii Schmidt, 1953, Thalassochelys kempii Boulenger 1889</t>
   </si>
   <si>
     <t>Algyroides hidalgoi Boscá, 1916</t>
   </si>
   <si>
-    <t>prueba_Lagartija de Valverde (Castellano), Lagartija de Boscá (Castellano), Valverde algiroidea (Euskera), Sargantana de Valverde (Catalán), Spanish Algyroides (Inglés)</t>
+    <t>Lagartija de Valverde (Castellano), Lagartija de Boscá (Castellano), Valverde algiroidea (Euskera), Sargantana de Valverde (Catalán), Spanish Algyroides (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, España, Región Mediterránea</t>
   </si>
   <si>
     <t>Lagartija de pequeño tamaño y de proporciones esbeltas, con cabeza y cuerpo más aplanados que en el resto de las lagartijas ibéricas. Las escamas dorsales con disposición imbricada destacan por su gran tamaño y forma poligonal, marcadamente carenadas en orientación diagonal. Contrastan de forma destacada con las de los costados, que son pequeñas y granulares, rasgo este distintivo del género. Coloración dorsal variable; los adultos varían desde el parduzco grisáceo a tonalidades broncíneas e incluso café, en ocasiones con matices oliváceos. Costados oscuros muy contrastados, con coloraciones pardo-oscuras hasta casi negras. Ventralmente presenta un tono blanquecino o amarillento, que puede tornar hacia coloraciones vivas amarillentas o verdosas brillantes en los machos durante el celo.</t>
   </si>
   <si>
     <t>Algyroides marchi Valverde, 1958</t>
   </si>
   <si>
     <t>Iberolacerta cyreni (Müller &amp; Hellmich, 1937)</t>
   </si>
   <si>
-    <t>prueba_Lagartija carpetana (Castellano)</t>
+    <t>Lagartija carpetana (Castellano)</t>
   </si>
   <si>
     <t>Lagartija de talla mediana, robusta. Cabeza relativamente aplastada. Collar de borde liso. Coloración dorsal pardusca o verde brillante con reticulado negruzco. Vientre blancuzco o azulado. Garganta sin ninguna pigmentación.</t>
   </si>
   <si>
     <t>Lacerta monticola cyreni L. Muller &amp; Hellmich, 1937</t>
   </si>
   <si>
     <t>Emys orbicularis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Galápago (Castellano), Tortuga (Castellano), Galápago europeo (Castellano), Apoarmatu istilzalea (Euskera), European Pond Turtle (Inglés), Cistude d'Europe (Francés)</t>
+    <t>Galápago (Castellano), Tortuga (Castellano), Galápago europeo (Castellano), Apoarmatu istilzalea (Euskera), European Pond Turtle (Inglés), Cistude d'Europe (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, Mundial, España, Región Atlántica, Región Mediterránea</t>
   </si>
   <si>
     <t>Caparazón ligeramente abombado, sin quillas visibles en los adultos, cuyo espaldar suele presentar un fondo oscuro con líneas o puntos amarillos, aunque existen individuos con el patrón inverso de coloración. El peto presenta mayor variabilidad, con individuos completamente claros a otros completamente oscuros, pasando por todo grado de coloración. Longitud del caparazón hasta 163 mm.</t>
   </si>
   <si>
     <t>Iberolacerta galani Arribas, Carranza &amp; Odierna, 2006</t>
   </si>
   <si>
-    <t>prueba_Lagartija leonesa (Castellano)</t>
+    <t>Lagartija leonesa (Castellano)</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  Región Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Especie grande de Iberolacerta, con patas anteriores y posteriores comparativamente cortas. Numerosos ocelos axilares azules. Contacto entre las escamas supranasal y loreal relativamente frecuente. Además, tiene una frecuencia relativamente baja de contacto rostral-internasal en los machos (33 %) pero relativamente más alto en las hembras (58 %), mayor número de collaria, dorsalia y ventralia y menor de circumanalia en comparación con otras Iberolacerta. Escamas postocular y parietal separadas. Escama supernumeraria (“azygos”) entre las prefrontales rara (en un 13 % de los ejemplares).</t>
   </si>
   <si>
     <t>Iberolacerta martinezricai (Arribas, 1996)</t>
   </si>
   <si>
-    <t>prueba_Lagartija batueca (Castellano)</t>
+    <t>Lagartija batueca (Castellano)</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Iberolacerta martinezricai difiere de I. cyreni y de I. monticola principalmente en el diámetro de la placa masetérica y el bajo porcentaje de contacto rostral-internasal. Además difiere en su diseño (muy reticulado en machos) con un ocelo azul muy visible en la zona axilar y su color de fondo casi siempre pardo. Alcanza hasta 68,1 mm de longitud cabeza-cloaca en los machos y 68,8 mm en las hembras. Los machos son usualmente reticulados, no sólo las bandas costales sino todo el dorsol. Todo este diseño los hace parecer muy similares a los machos de Podarcis muralis. Color de fondo usualmente marrón, muy raramente verdoso o grisáceo claro. Normalmente un ocelo azul bien visible en la zona axilar, que en algun macho viejo los ocelos azules pueden extenderse por la parte baja de todo el reticulado costal. Vientre blanco, muy ligeramente verdoso o ligeramente azulado (ejemplares fuera de la época de celo). Las hembras presentan las bandas costales uniformes, con su reborde superior irregular, y el dorso con una o dos hileras irregulares de manchas alineadas en el centro del dorso. Dorso de color marrón. Vientre blanco o ligeramente verdoso, especialmente hacia la garganta. El 70% de los ejemplares tienen un ocelo azul en la zona axilar. Frecuentemente sólo las dos filas más externas de escamas ventrales presentan puntuación oscura (en juveniles puede haber cuatro filas bastante pigmentadas). Juveniles semejantes a los adultos pero con la cola de color verdoso.</t>
   </si>
   <si>
     <t>Timon lepidus (Daudin, 1802)</t>
   </si>
   <si>
-    <t>prueba_Lagarto ocelado ibérico (Castellano), Jardacho (Castellano), Lagarto (Castellano), Lagarto ocelado (Castellano), Ardacho (Castellano), Gardatxoa (Euskera), Ocellated Lizard (Inglés), Lezard ocelle (Francés)</t>
+    <t>Lagarto ocelado ibérico (Castellano), Jardacho (Castellano), Lagarto (Castellano), Lagarto ocelado (Castellano), Ardacho (Castellano), Gardatxoa (Euskera), Ocellated Lizard (Inglés), Lezard ocelle (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial, España, España</t>
   </si>
   <si>
     <t>Lagarto robusto, generalmente muy vistoso y de gran tamaño, que en ocasiones llega a superar los 240 mm entre el hocico y la cloaca, y los 700 mm de longitud total. La gran anchura de la placa occipital es característica, y suele ser por lo general más ancha que la frontal. Las escamas dorsales son granulares y ligeramente carenadas; por el contrario, las ventrales son anchas, se imbrican unas sobre otras y se disponen 8 ó 10 series longitudinales. La coloración y el diseño varían con la edad y la procedencia geográfica, aunque en la mayor parte del área de distribución los adultos presentan el dorso recubierto de escamas amarillas y negras que pueden formar ocelos. En el sureste de la Península Ibérica los lagartos presentan una coloración grisácea característica, mientras que en el noroeste suelen presentar coloraciones más contrastadas y verdosas. Los flancos presentan manchas azules., Es el lagarto más grande y vistoso de la Península Ibérica, hasta de 25 cm hocico-cloaca. Cabeza prominente y robusta; aspecto general macizo, con patas fuertes y bien desarrolladas. Cola muy larga, hasta dos veces la longitud del cuerpo. Dorso verde amarillento con jaspeado oscuro. Flancos con 3-4 filas de manchas azules u ocelos, a veces rodeadas de negro. La zona ventral posee un color generalmente blanco uniforme o amarillento, sin manchas. Presenta dimorfismo sexual. La cabeza de los machos es considerablemente más voluminosa, mientras que las hembras tienen un cuerpo más estilizado, con una longitud relativa del cuerpo mayor, y un colorido menos vistoso, sin los ocelos laterales tan marcados o en menor número. Los machos presentan, además, poros femorales muy desarrollados en la época de reproducción.</t>
   </si>
   <si>
     <t>Lacerta lepida Daudin, 1802, Lacerta lepida iberica López Seoane, 1884, Lacerta lepida lepida Daudin, 1802, Lacerta lepida oteroi (Castroviejo y Mateo, 1998)</t>
   </si>
   <si>
     <t>Timon tangitanus (Boulenger, 1887)</t>
   </si>
   <si>
-    <t>prueba_Lagarto ocelado del Atlas (Castellano), Lagarto tangerino (Castellano), Lagarto ocelado africano (Castellano), Lézard Ocellé du Atlas (Francés)</t>
+    <t>Lagarto ocelado del Atlas (Castellano), Lagarto tangerino (Castellano), Lagarto ocelado africano (Castellano), Lézard Ocellé du Atlas (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Francés</t>
   </si>
   <si>
     <t>Lacerta tangitana Boulenger, 1881</t>
   </si>
   <si>
     <t>Gallotia galloti insulanagae Martin 1985</t>
   </si>
   <si>
-    <t>prueba_Lagarto tizón del Roque de Fuera de Anaga (Castellano), Lagarto tizón (Castellano), Lagarto de El Roque (Castellano)</t>
+    <t>Lagarto tizón del Roque de Fuera de Anaga (Castellano), Lagarto tizón (Castellano), Lagarto de El Roque (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Región Macaronésica FV (Favorable)</t>
   </si>
   <si>
     <t>España, Región Macaronésica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1461,51 +1461,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="769.098" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="760.814" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="232.229" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2505.531" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="266.506" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="55.272" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>