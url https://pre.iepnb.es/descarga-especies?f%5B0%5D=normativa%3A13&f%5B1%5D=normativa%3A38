--- v0 (2025-11-14)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1031">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1040">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -68,1145 +68,1145 @@
   <si>
     <t>Categoría de protección RD 139/2011</t>
   </si>
   <si>
     <t>Categoría de protección CEEEI</t>
   </si>
   <si>
     <t>Categoría de protección Lista de especies exóticas preocupantes para la UE</t>
   </si>
   <si>
     <t>Categoría de protección Directiva Hábitats</t>
   </si>
   <si>
     <t>Categoría de protección Listado de Especies Silvestres en Régimen de Protección Especial y CEEA</t>
   </si>
   <si>
     <t>Sinonimo</t>
   </si>
   <si>
     <t>parametros</t>
   </si>
   <si>
     <t>Oncorhynchus mykiss (Walbaum, 1792)</t>
   </si>
   <si>
-    <t>prueba_Trucha arcoiris (Castellano), Trucha arco-Iris (Castellano)</t>
+    <t>prueba_Trucha arcoiris (Castellano), Trucha arco-Iris (Castellano), Trucha arco íris (Castellano), Trucha arcoíris (Castellano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado)</t>
+  </si>
+  <si>
+    <t>España</t>
+  </si>
+  <si>
+    <t>Especie de cuerpo fusiforme, un poco comprimido lateralmente y de unos 60 cm de longitud, con la cabeza relativamente más pequeña que la trucha común (Salmo trutta) (Doadrio, 2001). El individuo de mayor tamaño registrado, de 11 años de edad, era de 122 cm y 25,4 kg (Froese &amp; Pauly, 2019). Presenta dos aletas dorsales, la segunda adiposa, y 19 radios en la aleta caudal. La coloración varía con el hábitat, tamaño y condición sexual. Es de azul a verde oliva, con la parte ventral blanquecina, una banda de color rosa irisado en los flancos, a lo largo de la línea lateral, y pequeños puntos negros por todo el cuerpo excepto el vientre, a diferencia de otros salmónidos ibéricos. Los individuos reproductores y los que habitan en corrientes suelen tener colores más intensos y oscuros, mientras que los que habitan en lagos son más claros y plateados.</t>
+  </si>
+  <si>
+    <t>Terrestre</t>
+  </si>
+  <si>
+    <t>Peces</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013)</t>
+  </si>
+  <si>
+    <t>CEEEI: Incluido</t>
+  </si>
+  <si>
+    <t>Fario gairdneri (Richardson, 1836), Onchorhynchus mykiss (Walbaum, 1792), Onchorrhynchus mykiss (Walbaum, 1792), Oncorhynchus kamloops Jordan, 1892, Oncorhynchus mykiss nelson Evermann, 1908, Parasalmo mykiss (Walbaum, 1972), Salmo gairdnerii gairdnerii Richardson, 1836, Salmo gairdnerii irideus Gibbons, 1855, Salmo gairdnerii Richardson, 1836, Salmo gairdneri irideus Gibbons, 1855, Salmo gairdneri Richardson, 1836, Salmo gairdneri shasta Jordan, 1894, Salmo gilberti Jordan, 1894, Salmo iridea Gibbons, 1855, Salmo irideus argentatus Bajkov, 1927, Salmo irideus Gibbons, 1855, Salmo kamloops (Jordan, 1892), Salmo kamloops whitehousei Dymond, 1931, Salmo masoni Suckley, 1860, Salmo mykiss Walbaum, 1792, Salmo nelsoni Evermann, 1908, Salmo purpuratus Pallas, 1814, Salmo rivularis Ayres, 1855, Salmo rivularis kamloops (Jordan, 1892), Salmo stellatus (Girard, 1856), Salmo truncatus Suckley, 1859</t>
+  </si>
+  <si>
+    <t>Filtros:  normativa: 13  / normativa: 38</t>
+  </si>
+  <si>
+    <t>Alburnus alburnus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Alburno (Castellano), Alburnoa (Euskera), Alburn (Catalán), Ablet (Catalán), Bleak (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>España, Mundial</t>
+  </si>
+  <si>
+    <t>Pez dulceacuícola de pequeño tamaño, que no suele superar los 15 cm de longitud ni los 100 gramos de peso. El cuerpo es fusiforme, alargado y comprimido lateralmente, y terminado en un pedúnculo caudal largo y estrecho. La boca es súpera y la mandíbula prominente, de forma que la hendidura bucal está muy inclinada. Las escamas, que se desprenden con facilidad, son grandes e irisadas, dando al alburno un aspecto plateado y brillante, con el lomo azulado o verdoso. La boca es súpera, muy pronunciada hacia arriba. El número de escamas de la línea lateral oscila entre 47 y 54. Presenta una sola aleta dorsal, corta, con 2-4 espinas duras y entre 7 y 9 radios blandos ramificados, y situada por detrás del inicio de las ventrales, y más próxima al comienzo de la caudal que al hocico. La aleta caudal tiene 19 radios blandos y está hendida en su parte central. La aleta anal es larga y más alta que la dorsal, tiene 3 espinas y 14-20 radios blandos ramificados. Entre la aleta dorsal y las ventrales aparece una serie de escamas carenadas que forman una quilla ventral.</t>
+  </si>
+  <si>
+    <t>Ameiurus melas (Rafinésque, 1820)</t>
+  </si>
+  <si>
+    <t>prueba_Pez gato negro (Castellano), Katu beltz arraina (Euskera), Peix gat negre (Catalán), Black bullhead (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Pez dulceacuícola de tamaño medio, que no suele superar los 40 cm de longitud, aunque ocasionalmente llega a los 60 cm y los 3 kg de peso. La cabeza es ancha y deprimida, con la boca horizontal, corta y amplia, con labios carnosos. Los dientes son finos, cónicos y dispuestos de forma irregular en varias series. Los ojos son pequeños, prominentes, redondeados y distantes entre sí. Presenta 4 pares de barbillones negruzcos: 1 en los orificios nasales, 1 en la mandíbula superior y 2 en la inferior. La piel, de color negruzco, es lisa, sin escamas, y está recubierta de mucosidad. Su cuerpo es compacto y robusto, cilíndrico en su parte anterior y comprimido en la parte posterior. El color varía de pardo a marrón oscuro en el lomo, con tonalidades gris-verdosas o amarillentas; el vientre es más claro (blanco o amarillento) y las aletas son pardas o grises, con los radios más oscuros; la cabeza suele ser de color sólido y oscuro. Sobre el pedúnculo caudal presenta una banda vertical de color más claro. La aleta caudal es redonda o cuadrada, con el margen ligeramente convexo, no profundamente bifurcado. Los radios anteriores de la dorsal y pectorales son espiniformes y protegen al pez de eventuales depredadores, conteniendo incluso un veneno suave. Presenta una pequeña aleta adiposa, sujeta a la parte inferior del dorso, libre en su extremo posterior.</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo</t>
+  </si>
+  <si>
+    <t>Incluido</t>
+  </si>
+  <si>
+    <t>Ammotragus lervia (Pallas, 1777)</t>
+  </si>
+  <si>
+    <t>prueba_Arruí (Castellano), Arrui (Castellano), Muflón del Atlas (Castellano), Be de Berberia (Catalán), Be de Berbería (Catalán), Uaddan (Inglés), Aoudad (Inglés), Barbary sheep (Inglés), Mouflon À Manchettes (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Catalán, Catalán, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>El arruí es parecido a una cabra robusta, con la cara alargada y el pelaje corto, de un color rojizo o arena, más claro en la parte inferior del cuerpo. Las extremidades son cortas y macizas, y la cola lanosa relativamente larga (alcanza los 20 cm de largo). Los machos llegan a superar el metro y medio de largo y alcanzan los 110 cm de altura sobre los hombros, con un peso de hasta 145 kg. Las hembras son más pequeñas, y no suelen superar los 65 kg de peso. Tanto los machos como las hembras presentan cuernos con una sola inflexión, curvados hacia arriba y hacia atrás, más grande en machos.</t>
+  </si>
+  <si>
+    <t>Mamíferos</t>
+  </si>
+  <si>
+    <t>Atlantoxerus getulus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Ardilla moruna (Castellano), Esquirol africà (Catalán), Barbary Ground Squirrel (Inglés), North African Ground Squirrel (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Se trata de una ardilla terrestre cuyo aspecto es muy semejante al de la mayoría de las ardillas de suelo. Su cuerpo y cola están recorridos longitudinalmente por cuatro bandas negras y dos blancas. El pelo es corto, salvo la cola que es muy poblada, de pelo largo y denso, y con bandas longitudinales de colores pardo y oscuro. La cabeza de color pardo-rojiza resulta proporcionalmente grande en relación al resto del cuerpo. El hocico es oscuro y las mandíbulas casi blancas, mientras que las orejas son pequeñas, casi inexistentes, y no poseen penachos. Las hembras presentan cuatro pares de mamas que se reparten desde la zona genital hasta cubrir las tres cuartas partes de la distancia entre las extremidades posteriores y las anteriores. Los machos son algo mayores que las hembras, CC: 170,0-200,0 mm; C: 130,0 -140,0 mm; P: 45,0-48,0 mm; Ps: 232,0-280,0 g (machos), 209,0-250,0 g (hembras). Fórmula dentaria: 1.0.2.3/1.0.1.3. Número de cromosomas (2n) = 38.</t>
+  </si>
+  <si>
+    <t>Coronella girondica (Daudin, 1803)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra lisa meridional (Castellano), Hegoaldeko suge leuna (Euskera), Serp llisa meridional (Catalán), Cobra lagarteira meridional (Gallego), Southern Smooth Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>La culebra lisa meridional Coronella girondica es de pequeño tamaño, cabeza pequeña y cola relativamente corta. En general hay 21 hileras de dorsales aunque es frecuente observar 19 hileras en ejemplares de las cordilleras béticas. Dorso y flancos generalmente de color pardo o gris, con una hilera de manchas transversales por el dorso. En el vientre destacan unas manchas cuadradas oscuras en un diseño ajedrezado. En la parte dorsal de la cabeza hay una gran mancha en forma de U, y a ambos lados de la cabeza, una brida oscura que atraviesa el ojo y se prolonga por delante de la placa frontal uniendo las manchas de ambos lados. No hay dimorfismo sexual en la longitud cabeza-cloaca ni en la folidosis cefálica. En cambio se aprecian ligeras diferencias en el número de dorsales (19 hileras más frecuente en machos) y ventrales (más en hembras), pero sobre todo en la cola (mayor longitud relativa y mayor número de subcaudales en machos). No hay subespecies descritas, pero se aprecian diferencias poblacionales en el número de ventrales. En machos, se observa una clina latitudinal en la longitud de hocico-cloaca y número de ventrales, siendo mayores los ejemplares más septentrionales. Longitud total máxima en la Península Ibérica, 800 mm.</t>
+  </si>
+  <si>
+    <t>Reptiles</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
+  </si>
+  <si>
+    <t>LESRPE: En régimen de protección especial</t>
+  </si>
+  <si>
+    <t>Cyprinus carpio Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Carpa común (Castellano), Pez común (Castellano), Zamo arrunta (Euskera), Carpa (Catalán), Wild Common Carp (Inglés), Common carp (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Es un pez de gran tamaño, unos 30 cm de longitud y 0,5-4 kg de peso, aunque el mayor ejemplar encontrado era de 120 cm y 40 kg (Froese &amp; Pauly, 2019; Chumchal, 2002). Boca terminal y protráctil, con dos pares de barbillones a los lados que diferencian a esta especie de otros ciprínidos, además de una aleta dorsal larga y con un primer radio espinoso aserrado, aleta anal también con un radio aserrado y aleta caudal muy escotada. Línea lateral muy visible, con 33-40 escamas. Escamas grandes y color generalmente dorado por los flancos, más oscuro por el dorso, vientre blanquecino y aletas con tonos rojizos (Doadrio, 2001). La coloración, forma, proporciones, escamas y desarrollo de las aletas son muy variables, existiendo razas como la “carpa cuero”, sin apenas escamas; la “carpa koi”, con escamas desiguales y multicolor; etc.</t>
+  </si>
+  <si>
+    <t>Carpio vulgaris Rapp, 1854 , Cyprinus atrovirens Richardson, 1846 , Cyprinus bithynicus Richardson, 1857, Cyprinus carpio anatolicus Hankó, 1925, Cyprinus carpio carpio Linnaeus, 1758, Cyprinus carpio caspicus Walbaum, 1792, Cyprinus carpio elongatus Walecki, 1863, Cyprinus carpio fluviatilis Pravdin, 1945, Cyprinus carpio lacustris Fitzinger, 1832, Cyprinus carpio monstrosus Walecki, 1863, Cyprinus carpio oblongus Antipa, 1909, Cyprinus carpio specularis Lacepède, 1803, Cyprinus chinensis Basilewsky, 1855, Cyprinus conirostris Temminck &amp; Schlegel, 1846, Cyprinus coriaceus Lacepède, 1803 , Cyprinus elatus Bonaparte, 1836 , Cyprinus hungaricus Heckel, 1837, Cyprinus macrolepidotus Meidinger, 1794 , Cyprinus mahuensis Liu &amp; Ding, 1982, Cyprinus melanotus Temminck &amp; Schlegel, 1846, Cyprinus nordmannii Valenciennes, 1842, Cyprinus nudus Bloch, 1784, Cyprinus regina Bonaparte, 1836, Cyprinus regius Nau, 1791 , Cyprinus rexcyprinorum Bloch, 1782, Cyprinus rex Walbaum, 1792, Cyprinus rondeletii Shaw, 1802, Cyprinus specularis Lacepède, 1803 , Cyprinus viridescens Lacepède, 1803, Cyprinus vittatus Valenciennes, 1842</t>
+  </si>
+  <si>
+    <t>Esox lucius Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Lucio (Castellano), Lutxoa (Euskera), Lluç de riu (Catalán), Northern Pike (Inglés)</t>
+  </si>
+  <si>
+    <t>Pez de agua dulce de gran tamaño, pudiendo llegar al metro de longitud y a los 10 kg de peso. El cuerpo es alargado y comprimido, de aspecto cilíndrico, con la cabeza grande y una boca ancha y aplanada, terminal, con la mandíbula inferior prominente provista de grandes y afilados dientes. Destacan 3 grandes dientes a cada lado de la mandíbula inferior, más grandes que el resto. La línea lateral posee entre 110 y 130 escamas pequeñas. Su colorido es críptico, con la parte dorsal verdosa o azulada y un diseño barrado amarillento, mientras que el vientre tiene una coloración más blanquecina. Las aletas son redondeadas a excepción de la caudal que está escotada. Las aletas dorsal y anal se encuentran a la misma altura, opuestas y muy atrasadas. La aleta dorsal se encuentra en la parte posterior del cuerpo, cercana a la caudal y opuesta a la anal. Las aletas dorsal, caudal y anal presentan manchas oscuras.</t>
+  </si>
+  <si>
+    <t>Gambusia holbrooki (Girard, 1859)</t>
+  </si>
+  <si>
+    <t>prueba_Gambúsia (Catalán), Eastern Mosquitofish (Inglés), Gambusia (Latín)</t>
+  </si>
+  <si>
+    <t>Catalán, Inglés, Latín</t>
+  </si>
+  <si>
+    <t>Pez de pequeño tamaño, de aspecto fusiforme, con dimorfismo sexual, no superando los 35 mm de longitud los machos, mientras que las hembras llegan a los 6 cm de largo y tienen el vientre mucho más dilatado. La cabeza es grande, deprimida dorsalmente, con una boca pequeña dotada de dientecillos, y se abre en posición oblicua y súpera. Los ojos son relativamente grandes. El cuerpo aparece “dividido” en dos partes claramente diferenciadas: la anterior es gruesa y abultada mientras que la posterior es recta y estrecha. La coloración es variable, generalmente con el cuerpo grisáceo, con zonas en los laterales que producen irisaciones de tonos azules, amarillos y violetas. El vientre es plateado. Las aletas son traslúcidas, con filas transversales de puntos negros. El cuerpo está cubierto de grandes escamas que le confieren un aspecto reticulado con pequeñas motas oscuras. Tienen entre 26 y 30 escamas en la línea longitudinal máxima. Las aletas son redondeadas, estando la dorsal situada en posición ligeramente retrasada respecto a las anales. Carecen de aleta adiposa. El pedúnculo caudal es bastante largo y la cola, grande, tiene el perfil redondeado.</t>
+  </si>
+  <si>
+    <t>Gambusia affinis holbrocki, Gambusia affinis holbrooki (Girard, 1859)</t>
+  </si>
+  <si>
+    <t>Lepomis gibbosus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Pez sol (Castellano), Percasol (Castellano), Perca sol (Castellano), Eguzki arraina (Euskera), Mirallet (Catalán), Pumpkinseed fish (Inglés), Pumpkinseed (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Pez de agua dulce pequeño tamaño, con el cuerpo aplanado lateralmente y un característico aspecto giboso visto de perfil. No suele superar los 25 cm de longitud. La coloración es muy vistosa, presentando bandas irisadas azules que van desde la cabeza a los flancos, el vientre de tonalidades anaranjadas, y una característica mancha negra con una orla parcial roja en el extremo posterior de los opérculos. La boca es pequeña. La aleta dorsal está bien desarrollada, con la parte anterior con 10 radios espinosos y rígidos y la posterior con 10-12 radios blandos de borde redondeado. La aleta anal es grande con radios rígidos, siendo los delanteros espinosos. La aleta caudal está ligeramente escotada. Las aletas pectorales son largas y puntiagudas.</t>
+  </si>
+  <si>
+    <t>Macroprotodon mauritanicus Guichenot, 1850</t>
+  </si>
+  <si>
+    <t>prueba_Culebra de cogulla argelina (Castellano)</t>
+  </si>
+  <si>
+    <t>Castellano</t>
+  </si>
+  <si>
+    <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Es el ofidio de menor tamaño en las islas Baleares, con longitud hocico-cloaca media de 329 mm. Cabeza corta, deprimida, con ojos relativamente pequeños, de pupila redonda o verticalmente oval, iris anaranjado o rojizo y cola relativamente corta. Normalmente posee nueve escamas supralabiales, la cuarta y quinta en contacto con el ojo, y la sexta alta, normalmente en contacto con la parietal, con una supralabial extra posteriormente, más pequeña, en forma de cuña. Escamas dorsales lisas, siempre en 19 rangos en mitad del cuerpo. Cabeza con color de fondo gris, con banda oscura disruptiva del ojo, cuya porción postorbital es pequeña; tras la cabeza hay un collar pálido seguido de uno oscuro, dividido en una porción medio dorsal y dos laterales. Coloración de fondo del cuerpo grisácea, que tiende a marrón cuando los individuos han mudado recientemente.</t>
+  </si>
+  <si>
+    <t>Macroprotodon cucullatus mauritanicus Busack &amp; Mccoy, 1990</t>
+  </si>
+  <si>
+    <t>Malpolon monspessulanus (Hermann, 1804)</t>
+  </si>
+  <si>
+    <t>prueba_Bicha (Castellano), Culebra (Castellano), Culebra bastarda (Castellano), Montpellierko sugea (Euskera), Montpellier Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Inglés</t>
+  </si>
+  <si>
+    <t>Cabeza alta, estrecha, con hocico agudo. Escamas supraoculares y borde superior agudo de las preoculares, de modo que forman a modo de una visera, bajo la cual quedaría el ojo protegido. En la cabeza la placa frontal es mitad de ancha que las supraoculares y aparecen dos loreales a cada lado. En animales jóvenes y hembras, el diseño del cuerpo es un rico variegado de negros, blancos, grises y marrones, con un claro fin críptico. En machos adultos el diseño es uniforme, con un color de fondo entre marrón y verdoso, y una mancha negra en el dorso, detrás del cuello. Longitud total máxima, 2.290 mm.</t>
+  </si>
+  <si>
+    <t>Marmota marmota (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Marmota alpina (Castellano), Marmota alpetarra (Euskera), Alpine Marmot (Inglés), Marmotte Des Alpes (Francés), Marmota (Latín)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Inglés, Francés, Latín</t>
+  </si>
+  <si>
+    <t>Es un roedor de gran tamaño. Cabeza y orejas cortas. Extremidades anteriores fuertes con cuatro dedos y adaptadas a la excavación. Cinco dedos en las extremidades posteriores. Medidas corporales, CC: 50-60 cm; C: 15 cm; Ps: 3,4-5,7 kg. Las hembras presentan de cuatro a cinco pares de mamas abdominales y torácicas. Adulto con cabeza y espalda de color pardo oscuro, nariz grisácea y vientre amarillo. Tercio distal de la cola negro o muy oscuro. Crías hasta los tres meses de color gris. Tienen una sola muda anual, entre junio y agosto, en la que muestran abundante alopecia en forma de calvas. Dimorfismo sexual apreciable sólo por la distancia ano-genital (machos: 4,0-4,8 cm; hembras: 1,7-2,2 cm), o las mamas conspicuas durante la lactancia. Fórmula dentaria: 1.0.2.3/1.0.1.3. Número de cromosomas (2n) = 38.</t>
+  </si>
+  <si>
+    <t>CEEEI: Excluido</t>
+  </si>
+  <si>
+    <t>Micropterus salmoides (Lacepède, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Black bass (Castellano), Perca atruchada (Castellano), Perca americana (Castellano), American Black Bass (Inglés), Largemouth Bass (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Pez de tamaño medio, que no suele superar los 40 cm de longitud. El cuerpo es compacto y robusto, y está comprimido lateralmente. La coloración es variable en función de las aguas en las que habita (en aguas claras se oscurece), de gris verdosa a oliva, con irisaciones ocres en el dorso mientras que la parte inferior es blanquecina. Presenta una conspicua franja oscura que recorre los costados. La cabeza es grande con la boca terminal oblicua muy amplia y provista de numerosos dientes, tanto en la mandíbula como en el vómer, y en la lengua. Manifiesta un acusado prognatismo, con la mandíbula inferior prominente. El borde posterior del maxilar supera claramente el borde superior del ojo. Los ojos son relativamente grandes. El opérculo acaba en una fuerte espina. Presenta 60-68 escamas en la línea lateral, que es completa. Tiene dos aletas dorsales conectadas en la base; la primera presenta 9-10 radios rígidos mientras que la segunda tiene 11-13 radios blandos, más grandes y de contorno redondeado. La aleta anal es relativamente grande y redondeada, y presenta 3 radios rígidos seguidos de 10-12 radios blandos. La aleta caudal está ligeramente escotada, y sólo tiene radios blandos.</t>
+  </si>
+  <si>
+    <t>Myocastor coypus (Molina, 1782)</t>
+  </si>
+  <si>
+    <t>prueba_Coipo (Castellano), Falsa nutria (Castellano), Coipú (Castellano), Nutria (Castellano), Quiyá (Castellano), Nutria roedora (Castellano), Koipua (Euskera), Coypu (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Inglés</t>
+  </si>
+  <si>
+    <t>El coipú es un roedor similar a una rata grande de pequeñas orejas, con el extremo del hocico y las mejillas de color blanco, con largas vibrisas (“bigotes”) blancas, y unos característicos incisivos de color anaranjado de gran tamaño, siempre visibles. El cuerpo es robusto y arqueado, con el pelaje de color pardo y una larga cola cilíndrica y sin pelo. Los machos pueden superar los 60 cm de longitud y llegar a los 6 kilos y medio de peso. Las extremidades posteriores tienen 5 dedos unidos por una membrana, salvo el meñique, mientras que las anteriores, que son más pequeñas, tienen 4 dedos largos, no unidos y un pulgar vestigial; las uñas son cortas, fuertes y afiladas.</t>
+  </si>
+  <si>
+    <t>Natrix maura (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra viperina (Castellano), Culebra de agua (Castellano), Suge biperakara (Euskera), Serp d'aigua (Catalán), Cobra viperina (Gallego), Viperine Snake (Inglés), Couleuvre vipérine (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Serpiente de tamaño medio, cola corta y cabeza ensanchada y bien delimitada respecto al resto del cuerpo. Generalmente hay dos escamas preoculares y dos postoculares, 7 escamas supralabiales y 9 escamas infralabiales. Dorsales claramente carenadas. El diseño es muy llamativo pues se trata de una amplia banda en forma de zig zag que recorre todo el cuerpo en posición dorsal. Existe un patrón alternativo que consiste en dos líneas longitudinales y paralelas, de colores claros, de recorrido también dorsal. El diseño rayado es más frecuente hacia el sur de la península y la costa mediterránea, aunque poblaciones muy cercanas pueden tener frecuencias muy dispares. La coloración corporal de fondo es variable aunque destacan los tonos verdosos, pardos y oliváceos. El vientre es generalmente gris amarillento con manchas oscuras en forma de diseño ajedrezado. Las hembras son mayores pero la longitud de cola y el número de subcaudales son mayores en machos. Longitud total máxima en la Península Ibérica, 910 mm.</t>
+  </si>
+  <si>
+    <t>Neogale vison (Schreber, 1777)</t>
+  </si>
+  <si>
+    <t>prueba_Visón americano (Castellano), Bisoi amerikarra (Euskera), Visó americà (Catalán), American mink (Inglés)</t>
+  </si>
+  <si>
+    <t>Es un mustélido de tamaño medio, de piel lustrosa marrón oscura, casi negra. Su cuerpo es alargado y delgado, con miembros proporcionalmente robustos y cortos. La cola es larga y tupida. La cabeza es relativamente pequeña, con orejas pequeñas y redondeadas. Normalmente tienen cierto número de manchas blancas en la zona ventral, particularmente en la barbilla y labio inferior, y a veces en abdomen e ingles. Presenta cierto dimorfismo sexual. Medidas corporales, CC: 330-450 mm (machos), 300- 370 mm (hembras); C: 150-220 mm (machos), 130-190 mm (hembras); P: 50-70 mm; Ps: 800-1.800 g (machos), 500-900 g (hembras). Existen también algunas diferencias sexuales en el cráneo, con una cresta sagital más marcada en el caso de los machos. Las hembras presentan de cinco a ocho mamas. Puede ser confundido con el visón europeo (Mustela lutreola) aunque éste es algo menor y presenta en el labio superior una gran mancha blanca de la que generalmente carece el visón americano. También puede confundirse fácilmente con el turón (Mustela putorius), si bien éste posee un antifaz blanquecino en la cara y una línea blanca en las orejas. También puede confundirse con la garduña (Martes foina) y la marta (Martes martes), aunque ambas son algo más grandes y presentan un babero, blanco y amarillo respectivamente, muy característico. Fórmula dentaria: 3.1.3.1/ 3.1.3.2. Número de cromosomas (2n) = 30. Introducido en la Península Ibérica a finales de los 50 del siglo pasado, a partir de los escapes de las primeras granjas peleteras instaladas en Segovia y Pontevedra. A finales de la década de los 80 existían tres poblaciones: Galicia, Cataluña, y Sistema Central. Actualmente en España se pueden distinguir cinco núcleos distintos de visón americano, todos ellos en pleno proceso de expansión: Galicia, País Vasco, Meseta Norte, Cataluña y Teruel-Comunidad Valenciana (Lecis et al., 2008; Melero y Palazón 2011).</t>
+  </si>
+  <si>
+    <t>Mustela (Neovison) vison Schreber, 1777, Neovison vison (Schreber, 1777)</t>
+  </si>
+  <si>
+    <t>Ondatra zibethicus (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Rata azmilclera (Castellano), Rata almizclera (Castellano), Rata almizclada (Castellano), Musketadun arratoia (Euskera), Rata mesquera (Catalán), Muskrat (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Es un roedor de cuerpo robusto, de hasta 2 kg de peso, que puede llegar a medir hasta 70 cm de largo, siendo la mitad de esta longitud la cola. La cabeza es grande y ancha, con orejas cortas y redondeadas, casi invisibles debajo del pelaje y ojos pequeños. La cola, de color negro, carece de pelos y está cubierta de escamas; la forma es muy característica, pues está ligeramente aplanada lateralmente lo que les ayuda al nadar siendo su principal “motor” de propulsión. El pelaje es corto, espeso, de color marrón oscuro o negro, con el vientre un poco más claro; a medida que envejece, el pelo se vuelve más grisáceo. Las patas son cortas y las traseras están palmeadas.</t>
+  </si>
+  <si>
+    <t>Ovis aries Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Muflón (Castellano), Oveja (Castellano), Mufloia (Euskera), Mufló (Catalán), Mouflon (Inglés), Sheep (feral) (Inglés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial NT (Casi amenazado)</t>
+  </si>
+  <si>
+    <t>Mamífero herbívoro relativamente pequeño; su alzada a la cruz es de unos 75 cm, con una longitud total de cabeza y tronco entre los 120 y 140 cm, y un peso de 40 kg. El cuerpo es robusto, con largas y delgadas patas acabadas en unas pequeñas pezuñas. El pelaje es pardo-rojizo o chocolate, dependiendo de la estación, con el hocico, vientre y parte inferior de las patas de color blanco; la parte superior de las patas presenta pelos negros. Los machos son más robustos, con el pelo largo en el cuello, pecho y parte anterior de las patas, y lucen una característica mancha blanquecina en invierno (la “silla de montar”) en el lateral del cuerpo; las hembras son más claras y no suelen tener la citada mancha. La cola es corta y negra, con el escudo anal blanco y bien marcado. Tanto los machos como las hembras presentan cuernos sin ramificar, mucho más desarrollados en los machos, curvados hacia atrás en forma de espiral; los cuernos de las hembras son más pequeños, ligeramente curvados hacia atrás, y a veces carecen de ellos.</t>
+  </si>
+  <si>
+    <t>Ovis gmelini Blyth, 1841, Ovis musimon Pallas, 1762</t>
+  </si>
+  <si>
+    <t>Rattus norvegicus (Berkenhout, 1769)</t>
+  </si>
+  <si>
+    <t>prueba_Rata parda (Castellano), Rata marrón (Castellano), Rata gris (Castellano), Rata de alcantarilla (Castellano), Arratoi arrunta (Euskera), Marroi arratoi (Euskera), Rata comuna (Catalán), Rata traginera (Catalán), Rata común (Gallego), Brown rat (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Inglés</t>
+  </si>
+  <si>
+    <t>Mayor que la rata negra (Rattus rattus), presenta un hocico redondeado, ojos relativamente más pequeños y orejas de menor tamaño que al ser estiradas nunca alcanzan el borde del ojo. Los ejemplares de medios urbanos alcanzan dimensiones mayores y las hembras son ligeramente más pequeñas que los machos. Los juveniles presentan una coloración homogénea gris oscura, mientras que los adultos son algo más claros, con una coloración dorsal gris pardusca y el vientre de amarillento a gris sucio. Se diferencia fácilmente de R. rattus por la longitud relativa de la cola, que es menor que la del cuerpo, así como por las dimensiones de las orejas. Las hembras poseen seis pares de mamas: tres pectorales y tres inguinales. El cráneo es fuerte y la caja craneana más estrecha que en R. rattus, con crestas temporales y occipitales poco marcadas y que discurren casi paralelas, lo que confiere al cráneo un aspecto casi rectangular. La mandíbula presenta una hendidura posterior de perfil ovalado. Fórmula dentaria: 1.0.0.3/1.0.0.3. Número de cromosomas (2n) = 42 (Rojas &amp; Palomo, 2007).</t>
+  </si>
+  <si>
+    <t>Rattus rattus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Rata negra (Castellano), Arratoi beltza (Euskera), Rata traginera (Catalán), Rata cincenta (Gallego), Ship rat (Inglés), House Rat (Inglés), Roof Rat (Inglés), Black Rat (Inglés), Rat Noir (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Rata de tamaño medio, con el cuerpo alargado, hocico puntiagudo y relativamente largas orejas que alcanzan el borde del ojo al estirarlas hacia delante. La cola es casi siempre más larga que el cuerpo. Los adultos suelen tener el pelaje de color gris casi negro o pardo rojizo oscuro, con el vientre más claro, variando del gris al blanco amarillento. Las hembras poseen 5-6 pares de mamas.</t>
+  </si>
+  <si>
+    <t>Rutilus rutilus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Rutilo (Castellano), Errotiloa (Euskera), Madrilleta vera (Catalán), Rutil (Catalán), Roach (Inglés)</t>
+  </si>
+  <si>
+    <t>Pez de tamaño mediano, de entre 30 y 40 cm de longitud. El cuerpo es alargado, alto, robusto, comprimido lateralmente, y con una cabeza pequeña en proporción con el tamaño del cuerpo. Los ojos son de color anaranjado. La boca es pequeña, ligeramente oblicua y en posición casi terminal, y carece de dientes mandibulares y maxilares; los dientes faríngeos (en número de 5-5) están dispuestos en una sola hilera a cada lado. Las escamas son grandes, con 40-45 en la línea lateral; por encima de la línea lateral tiene de 7 a 10 filas de escamas, y por debajo entre 3 y 5. La coloración es variable, generalmente con la parte dorsal parda con tonalidades verdosas o grisáceas; los flancos son más claros y de color plateado con reflejos dorados o azulados. La aleta dorsal es alta, corta y de perfil cóncavo, y presenta 9-11 radios blandos. La aleta anal es larga, con 9-11 radios blandos. Las ventrales se insertan ligeramente antes que la dorsal. La aleta caudal está escotada y tiene 18-19 radios. Carece de aleta adiposa.</t>
+  </si>
+  <si>
+    <t>Sander lucioperca (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Lucioperca (Castellano), Amuarrian kanadiarra (Euskera), Luciperca (Catalán), Sandra (Catalán), Zander (Inglés), Pike-perch (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Pez dulceacuícola de cuerpo alargado, fusiforme, provisto de una cabeza grande con la boca en posición terminal, dotada de dientes fuertes y cónicos (destacan 6 de mayor tamaño denominados caninos), tanto en la mandíbula superior como en la inferior. De tamaño medio, puede llegar a alcanzar una longitud de 1 metro y los 10 kg de peso, aunque generalmente no sobrepasan los 70 cm y los 2 kg de peso. El cuerpo está recubierto de pequeñas escamas incluso en el opérculo. La línea lateral está marcada, y cuenta con 80-95 pequeñas escamas. La parte dorsal es verde oscuro, con 8-12 bandas transversales anchas en los costados; los flancos son más claros. Cuenta con 2 aletas dorsales, la primera con 13-15 radios espinosos y la segunda con 19-23 radios blandos. La aleta anal es relativamente larga y cuenta con 11-13 radios blandos. Las aletas pélvicas son de color claro. La aleta caudal es escotada. Carecen de aleta adiposa. El cuerpo está cubierto de pequeñas escamas, y su perfil superior presenta una joroba característica, afilada hacia la cabeza. Su coloración es plateada en la zona dorsal, con tonalidades azules o verdosas, y con 8 a 12 bandas transversales verde oscuro. Las aletas dorsales tienen un llamativo patrón barrado azul, y las inferiores son también azuladas. El pedúnculo caudal es irisado con tonalidades metálicas azules o verdes.</t>
+  </si>
+  <si>
+    <t>Stizostedion lucioperca (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Silurus glanis Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Siluro (Castellano), Silurua (Euskera), Siluro (Euskera), Silur (Catalán), Wels catfish (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Euskera, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Es un pez dulceacuícola que puede llegar a alcanzar un gran tamaño (de hecho es el pez dulceacuícola de mayor talla de Europa), superando los dos metros de longitud y los 100 kg de peso. El cuerpo es alargado, comprimido lateralmente en la parte posterior. La piel carece de escamas y está recubierta de mucosidad. La cabeza es grande, ancha y aplanada dorsoventralmente, con 6 barbillones peribucales (2 más largos y móviles en la mandíbula superior y 4 más pequeños en la mandíbula inferior). Los ojos son muy pequeños. Presentan línea lateral completa, pero no es visible. El color suele ser oscuro (pardo, verdoso o azulado), más intenso en la cabeza y con los laterales claros y moteados, y el vientre blanco con reflejos rojizos. Existen ejemplares albinos. Las aletas pectorales son fuertes, con 18 radios (el primero duro y aserrado), y se insertan directamente detrás de los opérculos. Las ventrales tienen un radio duro y entre 10 y 12 radios blandos. La aleta anal es muy larga, con 90-92 radios blandos y 73-106 radios robustos, y está separada de la caudal (con 17-19 radios blandos) por una escotadura. La aleta caudal es redondeada y aparenta estar acortada en el extremo. La aleta dorsal es muy pequeña, con 3-5 radios blandos ramificados, con el primer radio duro y aserrado, y se sitúa al final del primer tercio del cuerpo. Carece de aleta adiposa.</t>
+  </si>
+  <si>
+    <t>Zamenis scalaris (Schinz, 1822)</t>
+  </si>
+  <si>
+    <t>prueba_Bicha (Castellano), Culebra de escalera (Castellano), Culebra (Castellano), Eiskalera-sugea (Euskera), Serp blanca (Catalán), Serpe riscada (Gallego), Ladder Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
+  </si>
+  <si>
+    <t>Longitud hocico-cloaca media de 720 mm (rango 233-1.385 mm), cola relativamente corta. Cabeza algo pequeña, con hocico agudo, que sobrepasa netamente el extremo anterior de la mandíbula. 27 rangos de escamas dorsales. Color de fondo amarillento, con diseño de manchas dorsales en escalera en los ejemplares pequeños, y dos líneas dorsolaterales en los ejemplares de mayor tamaño. Longitud total máxima, 1.650 mm.</t>
+  </si>
+  <si>
+    <t>Elaphe scalaris Kahl Et Al., 1980, Rhinechis scalaris (Schinz, 1822)</t>
+  </si>
+  <si>
+    <t>Macroprotodon brevis (Günther, 1862)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra de cogulla occidental (Castellano), False Smooth Snake (Inglés), Couleuvre à Capuchon Occidentale (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España NT (Casi amenazado),  Mundial NT (Casi amenazado),  España LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>España, Mundial, España</t>
+  </si>
+  <si>
+    <t>Es el ofidio más pequeño que habita la Península Ibérica. Cabeza corta, aplastada, con ojos relativamente pequeños, de pupila redonda o verticalmente oval, e iris anaranjado o rojizo. Cola corta, pues en promedio representa el 14,9% de la longitud total. Normalmente posee siete supralabiales, la cuarta y quinta en contacto con el ojo, y la sexta alta y en contacto o muy próxima a la parietal. Por lo general, 21 rangos de dorsales en el centro del cuerpo. Coloración de fondo en cabeza y cuerpo gris, que tiende a marrón cuando ha mudado recientemente. El diseño de la cabeza se caracteriza porque en el píleo se encuentra el vértice de una figura en forma de V que tiene dos ramas curvas, convexas, mientras recorre las parietales. Posteriormente a la cabeza collar nucal oscuro. Longitud total máxima, 598 mm.</t>
+  </si>
+  <si>
+    <t>Macroprotodon cucullatus brevis, Macroprotodon cucullatus ibericus Busack &amp; McCoy, 1990</t>
+  </si>
+  <si>
+    <t>Zamenis longissimus (Laurenti, 1768)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra de Esculapio (Castellano), Eskulapioren sugea (Euskera), Serp d'Esculapi (Catalán), Cobra-de-Esculapio (Gallego), Aesculapean Snake (Inglés), Aesculapian Ratsnake (Inglés), Couleuvre d'Esculape (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea XX (Desconocido)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Región Atlántica, Región Alpina, Región Mediterránea</t>
+  </si>
+  <si>
+    <t>Culebra de gran tamaño, de aspecto esbelto y estilizado, con cabeza estrecha y alargada. Puede alcanzar los 2.000 mm de longitud, aunque raramente supera los 1.500. La coloración dorsal es marrón o pardo-olivácea, con la parte anterior del cuerpo algo más clara. Frecuentemente numerosas escamas presentan manchas claras. Las labiales y los lados del cuello son de color amarillo claro y suele haber una banda oscura difusa por detrás del ojo. El vientre es de color amarillento claro. Los jóvenes presentan el dorso gris o pardo-verduzco, con pequeñas hileras de manchas oscuras, generalmente 4. Una línea oscura lateral comienza antes del ojo y entra en la sien, y a ella le sigue una mancha blanquecina o amarilla brillante a ambos lados del cuello, a modo de collar. Los machos son mayores que las hembras, con colas relativamente más largas.</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Directiva 92/43/CEE (Directiva Hábitats), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
+  </si>
+  <si>
+    <t>Anexo IV</t>
+  </si>
+  <si>
+    <t>Elaphe longissima</t>
+  </si>
+  <si>
+    <t>Coronella austriaca Laurenti, 1768</t>
+  </si>
+  <si>
+    <t>prueba_Culebra lisa europea (Castellano), Iparraldeko suge leuna (Euskera), Serp llisa septentrional (Catalán), Cobra lagarteira común (Gallego)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Alpina XX (Desconocido)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Región Atlántica, Región Mediterránea, Región Alpina</t>
+  </si>
+  <si>
+    <t>Culebra de tamaño pequeño. En la cabeza, la placa rostral tiene una forma puntiaguda en situación posterior y se dispone entre las internasales a manera de una cuña que penetrara entre ellas. Las escamas del cuerpo son lisas, disponiéndose las dorsales normalmente en 19 hileras en el centro del cuerpo. La 3ª y 4ª escamas supralabiales en contacto con el ojo. Su coloración dorsal varía desde el pardorrojizo hasta el gris humo, con manchas oscuras irregulares. Inferiormente la coloración puede ser negruzca, grisácea o pardorrojiza más o menos uniforme. Poseen una banda oscura, parda o negra, que recorre ambos lados de la cabeza (como un "antifaz") y que se inicia en los orificios nasales, bordea inferiormente el ojo y se prolonga hasta el cuello. Longitud total máxima en la Península Ibérica, 750 mm.</t>
+  </si>
+  <si>
+    <t>Hemorrhois hippocrepis (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Asperomarín (Castellano), Culebra de herradura (Castellano), Serp de ferradura (Catalán), Horseshoe Whip Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea FV (Favorable)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Región Mediterránea</t>
+  </si>
+  <si>
+    <t>Cabeza ligeramente deprimida, ovalada en vista dorsal y bien diferenciada del cuerpo, que es largo y delgado, al igual que la cola. Escamas supralabiales separadas del ojo por una hilera de 2 a 4 escamas suboculares (a veces una supralabial, generalmente la quinta, contacta con el ojo). Es frecuente observar de 1 a 3 escamas intersticiales entre la loreal, preocular, subocular anterior y una labial superior. Las dorsales son lisas y normalmente se encuentran en hileras de 25 ( a veces 23 o 29) en mitad del cuerpo. El diseño corporal se caracteriza por una serie de 60 a 65 manchas oscuras subcirculares en situación mediodorsal de extensión decreciente hacia la cola. Longitud total máxima, 1.850 mm.</t>
+  </si>
+  <si>
+    <t>Coluber hippocrepis</t>
+  </si>
+  <si>
+    <t>Hierophis viridiflavus (Lacépède, 1789)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra verdiamarilla (Castellano), Suge berde-horia (Euskera), Serp verd groga (Catalán), Green Whip Snake (Inglés), Western Whip Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica XX (Desconocido),  Región Alpina XX (Desconocido)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Región Mediterránea, Región Atlántica, Región Alpina</t>
+  </si>
+  <si>
+    <t>La culebra verdiamarilla es un ofidio de tamaño medio que alcanza entre 1.000 y 1.500 mm de longitud total cabeza – cloaca. El cuerpo es largo y esbelto, igual que la cola, hecho que le confiere una notable agilidad. La coloración dorsal es negra o verde oscura con pequeñas manchas amarillas en el píleo y parte anterior del cuerpo. El vientre y los flancos son claros: amarillos, verdosos o blanquecinos. Algunos ejemplares son mucho más oscuros o melánicos. En los juveniles destaca la presencia de un manifiesto contraste en la cabeza con machas oscuras y bien delimitadas por gruesas líneas amarillas que dibujan un diseño muy simétrico a ambos lados de la cabeza. Los machos son mayores que las hembras aunque presentan un número de escamas ventrales menor. Los machos también tienen mayor número de escamas subcaudales debido a la presencia de los hemipenes y músculos retractores en la base de la cola.</t>
+  </si>
+  <si>
+    <t>Coluber viridiflavus</t>
+  </si>
+  <si>
+    <t>Acacia dealbata Link</t>
+  </si>
+  <si>
+    <t>prueba_Acacia dealbata (Castellano), Acacia (Castellano), Acacia de hoja azul (Castellano), Mimosal (Castellano), Mimoso (Castellano), Acacia francesa (Castellano), Alcarcia (Castellano), Alcacia (Castellano), Arkazia (Euskera), Mimosa (Catalán), Alcazia (Gallego)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego</t>
+  </si>
+  <si>
+    <t>Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Mundial</t>
+  </si>
+  <si>
+    <t>Árbol perennifolio erecto, de 2-15 m de altura, aunque puede alcanzar los 30 m. El tronco es liso o algo agrietado, de color marrón grisáceo a gris oscuro; los tallos jóvenes tienen el color más suave. Las hojas son compuestas, de color verde plateado, bipinnadas, de hasta 10 cm de largo, con 7-26 pares de pinnas de 15-30 mm de largo, cada una de las cuales presenta entre 20 y 50 pares de pínulas lineares de 2-5 mm de longitud. Tiene una glándula prominente en la inserción de cada par de pinnas y en el peciolo. Las inflorescencias son muy características, en glomérulos globosos amarillo dorado o amarillo limón de unos 5 mm de diámetro, olorosos y agrupados en racimos o panículas. Las flores presentan el cáliz y la corola en forma de campana; tienen largos estambres que sobresalen de la corola. El fruto es una legumbre comprimida, dehiscente, con constricciones entre las semillas, de color verde, azulado glauco o pardo rojizo, de 4 a 10 cm de longitud. Las semillas son oscuras, de 4-5 mm, en forma de elipse comprimida y se disponen longitudinalmente en la vaina.</t>
+  </si>
+  <si>
+    <t>Plantas vasculares</t>
+  </si>
+  <si>
+    <t>Acacia farnesiana (L.) Willd.</t>
+  </si>
+  <si>
+    <t>prueba_Carambuco (Castellano), Acacia (Castellano), Aromero (Castellano), Aromo (Castellano), Mimosa (Catalán), Aromer (Mallorquín)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Catalán, Mallorquín</t>
+  </si>
+  <si>
+    <t>Es un arbusto o árbol pequeño espinoso, perennifolio o subcaducifolio, de copa redondeada y con varios tallos delgados que crecen desde el suelo. El tronco es corto y delgado, muy ramificado desde la base. La corteza de los ejemplares jóvenes es lisa, y se agrieta con la edad, de color gris plomizo a pardo grisáceo, con abundantes lenticelas. La corteza interna es amarilla o de color crema, fibrosa con olor y sabor a ajo. Los tallos son ligeramente rugosos, con múltiples espinas rectas, no engrosadas en la base. Las glándulas de las ramas son muy pequeñas. Las hojas son alternas, de un suave color verde, bipinnadas, con 2-8 pares de pinnas opuestas y 10-25 pares de pínulas. Las flores aparecen en glomérulos amarillos, que salen en las axilas de las estípulas espinosas, solitarias o en grupos de 2 o 3, muy perfumadas. El fruto es una legumbre pardo-rojiza, dura, terminada en una punta aguda, con las valvas coriáceas, lisas o estriadas, de aspecto cilíndrico. No son dehiscentes o lo son tardíamente. Las semillas tienen forma de riñón, lisas, de color castaño.</t>
+  </si>
+  <si>
+    <t>Vachellia farnesiana (L.) Wight &amp; Arn.</t>
+  </si>
+  <si>
+    <t>Acacia salicina Lindl.</t>
+  </si>
+  <si>
+    <t>prueba_Acacia de hoja de sauce (Castellano)</t>
+  </si>
+  <si>
+    <t>Árbol perennifolio de mediano porte (no suele superar los 4-6 metros de altura), con la copa extendida y las ramas colgantes (semejantes a un sauce), algo angulosas. El tronco, de corteza oscura, la presenta fisurada en la base. Los filodios (tallos modificados con aspecto de hoja) son finos y delgados, de color verde grisáceo (a veces glaucos), glabros, de 4-16 cm de largo, curvados o falcados, con el ápice agudo u obtuso, con un mucrón corto y el nervio medio prominente (los restantes poco aparentes). Presentan una pequeña glándula basal, y a veces aparece una segunda en el ápice y de 1 a 3 en los márgenes. Las inflorescencias, axilares, tienen de 2 a 6 capítulos globosos de color amarillo pálido sobre pedúnculos escamosos de 5 a 15 cm de largo. Las flores son pentámeras. El fruto es una legumbre linear, oscura, leñosa y glauca, de 4 a 12 cm de largo; las vainas son ricas en saponina; las semillas son elípticas de color negro con un prominente arilo rojo.</t>
+  </si>
+  <si>
+    <t>Acacia saligna (Labill.) H.L.Wendl.</t>
+  </si>
+  <si>
+    <t>prueba_Arcacia (Castellano), Acacia azul (Castellano), Acacia de hoja azul (Castellano), Acacia de hoja de sauce (Castellano), Alcacia (Castellano), Mimosa (Catalán), Acàcia de fulla blau (Catalán)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Catalán</t>
+  </si>
+  <si>
+    <t>Arbolillo perennifolio de hasta 10 m de altura, con las hojas reducidas a filodios linear-lanceolados o lanceolados que pueden alcanzar 30 cm de longitud. Inflorescencias en cabezuelas de 8-15 cm de diámetro dispuestas, a su vez, en racimos axilares. Flores de color amarillo o anaranjado. Fruto en legumbre aplanada, recta o curvada, constreñida entre las semillas, más o menos retorcida, de color pardo. Semillas elipsoidales, comprimidas, de color marrón oscuro.</t>
+  </si>
+  <si>
+    <t>Lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo</t>
+  </si>
+  <si>
+    <t>Acacia cyanophylla Lindl.</t>
+  </si>
+  <si>
+    <t>Agave americana L.</t>
+  </si>
+  <si>
+    <t>prueba_Alcimarón (Castellano), Maguey (Castellano), Captus (Castellano), Címbara (Castellano), Javila (Castellano), Maguén (Castellano), Pino de pitera (Castellano), Pino pitera (Castellano), Pitaca (Castellano), Pitacón (Castellano), Pitera pino (Castellano), Piteras (Castellano), Pitero (Castellano), Sábila (Castellano), Santa maría (Castellano), Yerba mora (Castellano), Zábila (Castellano), Zabilla (Castellano), Magüey (Castellano), Pitaco (Castellano), Acibara (Castellano), Ágave (Castellano), Alcibara (Castellano), Alcibarón (Castellano), Alcimara (Castellano), Pitera común (Castellano), Alzabara (Castellano), Alzavara (Castellano), Agabe mexicar (Euskera), Umore bedarra (Euskera), Enplastu bedarra (Euskera), Xeremec (Catalán), Figuerasses grosses (Catalán), Atzavara (Catalán), Punyalera (Catalán), Donarda (Catalán), Figuerassa (Catalán), Figuerasses de marge (Catalán), Piteira (Gallego), Pitrera (Mallorquín), Pitra (Mallorquín), Pita (Mallorquín), Pitera (Valenciano), Platanera borda (Valenciano), Fil-i-agulla (Valenciano), Pitera borda (Valenciano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano</t>
+  </si>
+  <si>
+    <t>Es una planta perenne, de porte robusto y rizomatosa. El tronco es casi inexistente o bien está ausente. Las hojas (que pueden medir hasta 2 metros de largo y 25 cm de ancho) crecen desde el suelo formando grandes rosetas, dispuestas hacia arriba y llegando a curvarse en el extremo hacia el suelo; son carnosas, robustas, en forma de lanza, y con espinas de casi 2 cm (muy agudas y finas, dando al margen un aspecto aserrado) en los márgenes y ápice (de unos 5 cm); su color es verde azulado o gris azulado. Las flores, grandes (6-10 cm), aparecen a partir de los 10 años de edad de la planta en una panícula en el extremo de uno de los tallos (a 5-8 m de altura, verdosos con brácteas dispuestas de forma alterna) y son de color amarillo pálido algo verdoso; están formadas por 6 “pétalos” fusionados en la base formando un tubo corto; tienen 6 estambres muy prominentes. La planta, una vez que ha florecido, muere, siendo sustituida por pequeños retoños que crecen alrededor de su base. El fruto es una cápsula alargada y trígona (3 compartimentos), de color verde que va cambiando a marrón y negruzco con el tiempo, con el ápice en pico y numerosas semillas aplanadas de color negro brillante.</t>
+  </si>
+  <si>
+    <t>Alopochen aegyptiaca (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Ganso del Nilo (Castellano), Egyptian goose (Inglés), Oie d'Egypte (Francés)</t>
+  </si>
+  <si>
+    <t>Ave de unos 70 cm de longitud, 2-2,5 kg de peso y una envergadura alar de hasta 1,5 metros. Casi sin dimorfismo sexual, salvo que los machos son ligeramente más grandes que las hembras. El plumaje es marrón rojizo en el dorso y alas; el pecho es castaño rojizo o beige finamente vermiculado de color gris parduzco. Los flancos son de color gris claro finamente vermiculado de color gris parduzco. La base del cuello presenta una franja estrecha castaño rojizo oscuro, a modo de collar. El vientre es claro salvo la zona caudal inferior que es beige. El píleo es gris blanquecino. La cara y cuello son de color gris-crema claro, con unas características manchas grandes alrededor de los ojos de color pardo rojizo. El pico es rosáceo o rojizo con la base y la punta negruzca y un gran orificio nasal oscuro en el centro. Los ojos son amarillos con una gran pupila negra. Cola corta, ancha y de color negro. Las alas son grandes, de color pardo rojizo con una gran zona blanca en las coberteras; las plumas primarias son negras mientras que las secundarias son negras pero con una mancha verde metalizado en la mitad anterior. Las patas son robustas, rosáceas o rojizas, y con los dedos palmeados. Los juveniles carecen de la mancha oscura que presentan los adultos en el pecho y en los ojos; la cabeza tiene un capirote pardo siendo el resto de la cara de color blanquecino con una mancha pardo grisácea en las mejillas; el pico es gris oscuro, los ojos marrones y las patas de color carne grisáceo.</t>
+  </si>
+  <si>
+    <t>Aves</t>
+  </si>
+  <si>
+    <t>Alopochen aegyptiacus (Linnaeus, 1766), Alopochen aegyptiacus (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>Amandava amandava (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Bengalí rojo (Castellano), Múnia roig (Catalán), Red Avadavat (Inglés), Bengali amandava (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Catalán, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Son aves de pequeño tamaño, de unos 10 cm de longitud y 10 gramos de peso. Durante la temporada de cría los machos ostentan un plumaje llamativo, de color rojo intenso con tintes verdosos en la corona y la espalda y con rayas blancas debajo de los ojos (que son de color rojo). El pico, igualmente rojo, es fuerte, grueso y cónico, con una zona negruzca en la base del culmen. Los lados de la cabeza, garganta y parte ventral son de color escarlata. Las alas y flancos, de color rojo oscuro, presentan puntos blancos. La cola es corta y redondeada, con las plumas negras. Las hembras, en la época de reproducción, lucen el pecho y vientre de color amarillo anaranjado brillante. Fuera de la temporada de cría, los machos y hembras son similares; las hembras tienen el dorso marrón liso, el vientre de color amarillo, pardo grisáceo o bronceado crema, obispillo rojo, pico rojo apagado y rayas negras debajo de los ojos a modo de antifaz; las alas y los flancos puede estar salpicado de manchas blancas. Las hembras, fuera de la temporada de reproducción, son similares a los machos, aunque con las manchas blancas más pequeñas y menos numerosas. Los juveniles son similares a las hembras, pero carecen del color rojo en el obispillo y el pico es negro.</t>
+  </si>
+  <si>
+    <t>Arbutus unedo L.</t>
+  </si>
+  <si>
+    <t>prueba_Agarullo (Castellano), Borto (Castellano), Burrubiote (Castellano), Campanita (Castellano), Madroña (Castellano), Madroñal (Castellano), Madroñera (Castellano), Madroños (Castellano), Mairoñera (Castellano), Modrollera (Castellano), Modroño (Castellano), Abis (Castellano), Madroño (Castellano), Alboriu (Castellano), Albornial (Castellano), Alborniu (Castellano), Alborza (Castellano), Alborzas (Castellano), Alborzera (Castellano), Arbetón (Castellano), Árbol de los borrachinos (Castellano), Armoniu (Castellano), Bordo (Castellano), Borrachinal (Castellano), Burbuxe (Euskera), Purpuxea (Euskera), aagorri (Euskera), burbuxa (Euskera), Arbousier (Catalán), Cirera d'arboiç (Catalán), Cireres d'arboc (Catalán), Cireres d'arboiç (Catalán), Çireretes de arboç (Catalán), Llipoter (Catalán), cirerer de llop (Catalán), Arbocera (Catalán), Arboiç (Catalán), Erbedo (Gallego), Ameixois (Gallego), Érbedos (Gallego), Meisueiro (Gallego), albedro (Gallego), érbedo (Gallego), Arboça (Mallorquín), Arbocer vermell (Mallorquín), Arbocer blau (Mallorquín), Alborsos (Valenciano), Alborzo (Valenciano), Arboç (Valenciano), Arbocer (Valenciano), Arborçer (Valenciano), Arborsos (Valenciano), Arborzo (Valenciano), Auborc (Valenciano), Auborcer (Valenciano), Boç (Valenciano), Borç (Valenciano), Borser (Valenciano), Bosser (Valenciano), Hierba alborçera (Valenciano), Hierba arborçera (Valenciano), Madronyer (Valenciano), Madronyera (Valenciano), Madronyo (Valenciano), Madroñero (Valenciano), Madroño (Valenciano), Alboç (Valenciano), Alborç (Valenciano), Albocer (Valenciano), Alborcer (Valenciano), Alborçer (Valenciano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Gallego, Gallego, Gallego, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano</t>
+  </si>
+  <si>
+    <t>Arbolillo perennifolio, generalmente de porte arbustivo pero que llega a los 4-5 metros de altura, con el tronco de corteza delgada, pardo-rojiza y agrietada; tiende a ramificarse desde la base o a poca altura del suelo. Las ramas jóvenes son a menudo pilosas. La copa es densa y redondeada. Las hojas son lanceoladas o elípticas, de color verde oscuro brillante por el haz y más pálidas por el envés, con el ápice agudo y el margen serrado, coriáceas, pecioladas (peciolo corto y rojizo de 0,2-1 cm de largo) y dispuestas de forma alterna. Las inflorescencias, con flores pentámeras en forma de campanilla (la corola se divide en 5 pequeños lóbulos con la punta revoluta), de color crema o blanco rosadas, aparecen en panículas bracteadas colgantes y terminales. Presentan pedúnculos rojos. El fruto (madroño) es una baya esférica y tuberculada, de color amarillento que torna a rojizo al madurar, con semillas pequeñas, pardas y angulosas, dispuestas en el centro del fruto.</t>
+  </si>
+  <si>
+    <t>Arundo donax L.</t>
+  </si>
+  <si>
+    <t>prueba_Licera (Castellano), Lisera (Castellano), Carda (Castellano), Jopo (Castellano), Caña silvestre (Castellano), Huiro verde (Castellano), Raíz de caña (Castellano), Bardiza (Castellano), Caña común (Castellano), Caña licera (Castellano), Caña rueca (Castellano), Cañales (Castellano), Cañas (Castellano), Cañavera (Castellano), Cañera (Castellano), Cañero (Castellano), Cañiz (Castellano), Cañizo (Castellano), Gomilla (Castellano), Kañabera (Euskera), Cana (Euskera), Canabela (Euskera), Canaberra (Euskera), Garritz (Euskera), Garriza (Euskera), Kana (Euskera), Canyer (Catalán), Canyes (Catalán), Canya verda (Catalán), Canya mallorquina (Catalán), Canya de torrent (Catalán), Canya (Catalán), Canivela (Gallego), Canavela (Gallego), Canaveira (Gallego), Giant reed (Inglés), Canne de Provence (Francés), Canya blanca (Mallorquín), Canyís (Mallorquín), Canyeta (Mallorquín), Canya de riu (Mallorquín), Plomall (Valenciano), Caña (Valenciano), Xim (Valenciano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Euskera, Euskera, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Inglés, Francés, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano</t>
+  </si>
+  <si>
+    <t>Planta herbácea, perenne, erecta, con raíces fuertes y carnosas. Tiene el tallo grueso y robusto, hueco; alcanza los 2-6 metros de altura y hasta 4 cm de diámetro. Es suave y glabro, brillante, simple o algo ramificado en los nudos; las cañas se dividen por tabiques en los nudos (como el bambú). Las hojas son largas y acintadas (similares a las del maíz), azul-verdosas, dispuestas en dos filas conspicuamente opuestas a lo largo del tallo, al que “abrazan”; tienen en la base mechones de pelos; llegan a medir unos 60 centímetros de largo y 6 de ancho. Los márgenes son afilados al tacto, pudiendo llegar a cortar. Las flores nacen en grandes panículas apicales, de 30-65 dm de largo. Las espiguillas, comprimidas lateralmente, presentan tonos violáceos o amarillentos, generalmente, con tres flores bisexuales. Las glumas son subiguales y membranosas; la lema es bífida y pelosa en su parte dorsal, y más larga que la pálea. El fruto es una cariópside oblanceolada y estriada, que no parece producir semillas viables fuera de su rango nativo de distribución. El embrión ocupa más o menos un tercio de la longitud.</t>
+  </si>
+  <si>
+    <t>Atelerix albiventris (Wagner, 1841)</t>
+  </si>
+  <si>
+    <t>prueba_Erizo pigmeo africano (Castellano), Erizo africano de vientre blanco (Castellano), Erizo de vientre blanco (Castellano), Eriçó de panxa blanca (Catalán), Four-toed Hedgehog (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Pequeño erizo de entre 15 y 25 cm de longitud y un peso que oscila entre los 350 y los 700 gramos, aunque lo más normal es que ronde los 350. El hocico es puntiagudo, las orejas grandes y los ojos pequeños y negros. Las patas son cortas y peludas. De coloración variable, la más común es marrón o gris con las púas blancas o de color crema, siendo el rostro más oscuro (gris o negro) y el vientre blanco.</t>
+  </si>
+  <si>
+    <t>Australoheros facetus (Jenyns, 1842)</t>
+  </si>
+  <si>
+    <t>prueba_Chanchito (Castellano), Chameleon cichlid (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés</t>
+  </si>
+  <si>
+    <t>Pez de tamaño medio que no suele superar los 18 cm de longitud, aunque algunos ejemplares han llegado a los 30 cm de largo. El cuerpo es robusto, de aspecto redondeado, de perfil alto, comprimido lateralmente y relativamente corto. El pedúnculo caudal es corto y la aleta caudal es ancha en su base, con el perfil casi recto. Presenta 26-28 escamas en la línea longitudinal. La coloración es variable, generalmente con el fondo amarillento, verde oliva, grisáceo, pardo o rojizo, con 6-7 barras verticales oscuras en el cuerpo (6-7 en el cuerpo, 2 en la frente, 2 en el cuello, 1 en la base de la cola). En el pedúnculo caudal, cerca de la cola, presentan una mancha oscura. En la época de cría presentan las bandas casi negras sobre un fondo naranja. Cuando se muestran agresivos, oscurecen su color. Las aletas tienen los contornos redondeados. La aleta dorsal es larga, de base muy ancha, con 15-17 radios espinosos y 9-11 radios blandos. La aleta anal es larga, con 5-7 radios espinosos y 7-10 radios blandos. La aleta dorsal, anal y pélvicas (que se extienden más allá del origen de la aleta anal) terminan en punta. La aleta caudal tiene un perfil prácticamente recto. Posee 13 vértebras caudales.Ardilla gris (Sciurus carolinensis): ardilla de tamaño mediano, de color gris canoso, pudiendo tener ciertos tonos canela en la cabeza, pies y caderas. La cola es gris claro o blanca, al igual que el vientre.</t>
+  </si>
+  <si>
+    <t>Cichlasoma facetum (Jenyns, 1842), Herichthys facetum (Jenyns, 1842)</t>
+  </si>
+  <si>
+    <t>Baccharis halimifolia L.</t>
+  </si>
+  <si>
+    <t>prueba_Bácaris (Castellano), Carqueja (Castellano), Chilca (Castellano), Chilca de hoja de orzaga (Castellano)</t>
+  </si>
+  <si>
+    <t>Arbusto caducifolio dioico, de 1 a 4 m de altura, a veces de tallo único desde la base, pero más a menudo densamente ramificado. El tronco puede llegar a los 25 cm de diámetro, y es de color marrón con la corteza profundamente fisurada. Las hojas son elípticas o romboidales y gruesas, de color verde brillante a grisáceo y en disposición alterna; carecen de peciolo o éste es muy corto; miden de 2 a 6 cm de largo, con la base cuneada y el margen liso o con 1-3 pares de gruesos dientes. Tanto el haz como el envés son glabros, y presentan glándulas visibles al trasluz. Las flores están estrechamente agrupadas en cabezas rodeadas por brácteas involucrales. Están agrupadas en frondosas inflorescencias terminales o axilares. Los capítulos masculinos presentan flores tubulares amarillentas mientras que los femeninos son de color blanco. El fruto (aquenios en cipsela) es casi cilíndrico, de 1,3-1,8 mm, formado por una semilla coronada con un vilano blanco plateado de hasta 12 mm de longitud.</t>
+  </si>
+  <si>
+    <t>Branta canadensis (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Barnacla canadiense (Castellano), Barnacla canadiense grande (Castellano), Branta kanadarra (Euskera), Oca del Canadà (Catalán), Ganso do Canadá (Gallego), Canada goose (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
+  </si>
+  <si>
+    <t>Anátida de gran tamaño que pesa de media 6.4 kg, con una altura de 76-110 cm y una envergadura que oscila entre 1.3 y 1.7 metros. Son muy característicos la cabeza y el largo cuello negros con las mejillas blancas. El plumaje del cuerpo, aunque de color marrón, presenta diferentes tonalidades pardas y grisáceas, con el vientre de color crema o blanco. La cola es corta, y el pico y las patas negras. Los machos son ligeramente más grandes que las hembras. Los jóvenes son amarillos con plumas de color gris-verdoso en el dorso y cabeza, y nacen con las patas negras.</t>
+  </si>
+  <si>
+    <t>Calotropis procera (Aiton) W.T.Aiton</t>
+  </si>
+  <si>
+    <t>prueba_Algodón de seda (Castellano)</t>
+  </si>
+  <si>
+    <t>Es un pequeño árbol siempre verde. Los tallos y hojas tienen apariencia cerosa y contienen un látex lechoso blanquecino. El tronco es más o menos erecto, ramificado desde la base. Los tallos jóvenes son de color verde grisáceo, de textura suave, cubiertos de pelos blanquecinos. Los tallos maduros están profundamente fisurados, con apariencia de corcho, con la corteza de color marrón claro o amarillo grisáceo. Las hojas son grandes, de 5-30 cm de largo y 4-15 cm de ancho, sésiles o con peciolos muy cortos (3-4 mm), coriáceas, redondeadas u ovadas, y opuestas en pares. Su color es verde grisáceo, y los bordes son enteros. El haz es glabro mientras que el envés puede estar densamente cubierto de minúsculos pelos blancos o bien con un mechón de pelos rígidos en la base del nervio central. Las flores nacen en racimos de 3-15 flores, en las horquillas de las hojas superiores (inflorescencias axilares). El pedúnculo de las inflorescencias es de 20-55 mm de largo y cada flor tiene un pedicelo de 15-25 mm. Tienen 5 pétalos relativamente cortos y anchos (7-10 mm de largo y 6-10 mm de ancho), blancos o rosados, con puntas de color púrpura. Los frutos son grandes folículos inflados de color verde grisáceo. La piel es gruesa y esponjosa. Cada fruto contiene numerosas semillas aplanadas rematadas por un penacho de pelos blancos, sedosos y largos.</t>
+  </si>
+  <si>
+    <t>Cenchrus setaceus (Forssk.) Morrone</t>
+  </si>
+  <si>
+    <t>prueba_Pasto de elefante (Castellano), Rabo de gato (Castellano), Rabogato (Castellano), Plumero (Castellano)</t>
+  </si>
+  <si>
+    <t>Es una hierba perenne de hasta 130 cm de alto que crece formando densas macollas. Los tallos florales son erectos (o ligeramente caídos), no ramificados o, en el caso, muy poco. Estos tallos surgen de la base de la planta, junto con las hojas. Las hojas tienen el limbo enrollado, son largas, acintadas, ásperas al tacto, y miden hasta 30 cm x 3 mm. En su mayoría son glabras, pero a veces tienen algunos pelos hacia la base. La lígula que aparece entre la vaina de la hoja y la lámina es ciliada. Tienen una costilla notoria en el haz. Las espigas de semillas son de 6-30 cm de largo, plumosas, de color rojizo, rosado o púrpura. Cada espiguilla floral está rodeada por numerosas cerdas plumosas, de 12 a 26 mm de largo, y con una cerda significativamente más larga que las demás (16-40 mm). El raquis es angular. Las espigas maduras se vuelven de color pajizo, y las semillas se desprenden con las cerdas plumosas rodeándolas.</t>
+  </si>
+  <si>
+    <t>Incluido, Incluido</t>
+  </si>
+  <si>
+    <t>Pennisetum setaceum (Forssk.) Chiov.</t>
+  </si>
+  <si>
+    <t>Cherax destructor Clark, 1936</t>
+  </si>
+  <si>
+    <t>prueba_Yabbie (Castellano), Yabby (Inglés)</t>
+  </si>
+  <si>
+    <t>Mundial VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Cangrejo de río de caparazón suave, con un par de crestas post-orbitales. El rostro es convergente, sin cresta central con los bordes no desarrollados y no espinosos. Carece de espinas postcervicales. Cefalotórax liso. Carece de sutura longitudinal y de pleópodos en el primer segmento subabdominal. Coloración variable, desde gris azulado a verdoso o marrón, dependiendo del hábitat en el que se encuentre. Puede llegar a los 15-20 cm de longitud con un peso de hasta 320 gramos. Tiene grandes y gruesas pinzas de bordes lisos, sin espolón en el carpopodito, muy apuntadas y con tonalidades rojizas en la base; la parte ventral de las quelas suele ser de color blanquecino o gris, mientras que la superior es del mismo color que el resto del cuerpo.</t>
+  </si>
+  <si>
+    <t>Invertebrados</t>
+  </si>
+  <si>
+    <t>Chrysemys picta (Schneider, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Tortuga pintada (Castellano), Black-spectacled Toad (Inglés), Painted Turtle (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Galápago semiacuático de tamaño medio, pudiendo alcanzar los 25 cm. El caparazón es liso y ovalado, oscuro con bordes amarillos y/o rojos a los largo de las “suturas” de los escudos, y dibujos rojos en los escudos marginales. Algunos individuos pueden presentar una línea media dorsal amarilla o roja. El plastrón es amarillo o rojizo con manchas negras, aunque esta coloración puede variar en función de la subespecie de la que se trate. La cabeza, cuello, patas y cola son de color oliva o negro, y presentan rayas amarillas y/o rojas.</t>
+  </si>
+  <si>
+    <t>Corbicula fluminea (Muller, 1774)</t>
+  </si>
+  <si>
+    <t>prueba_Almeja de río asiática (Castellano), Txirla asiarra (Euskera), Cloïsa asiàtica (Catalán), Asiatic clam (Inglés), Golden Freshwater Clam (Inglés)</t>
+  </si>
+  <si>
+    <t>Pequeña almeja, generalmente de 25 mm pero que puede llegar a los 4-5 cm de largo, con la concha sólida, robusta, de contorno triangular o redondo, con aspecto de cesto (“inflada”) y umbos prominentes. Tiene una escultura muy marcada, con costillas regulares y concéntricas características, en número de 7a14 por centímetro. El periostraco (“cáscara”) es brillante, de color marrón amarillento (a veces amarillo) o verdoso, ocasionalmente negruzco, casi negro. El interior (nácar) varía del color blanco al salmón o púrpura. El ligamento es corto, visible desde el exterior, y sobrepasa el margen dorsal. La charnela es robusta y muy arqueada. Tiene 3 dientes cardinales muy desarrollados en cada valva y 2 dientes laterales robustos y con estrías finas.</t>
+  </si>
+  <si>
+    <t>Coturnix japonica Temminck &amp; Schlegel, 1849</t>
+  </si>
+  <si>
+    <t>prueba_Codorniz japonesa (Castellano), Guatlla japonesa (Catalán), Japanese Quail (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Mundial NT (Casi amenazado)</t>
+  </si>
+  <si>
+    <t>Ave rechoncha de color marrón oscuro con manchas más claras en el dorso, y el vientre marrón más claro, aunque hay variaciones en el plumaje (marrón muy oscuro, castaño, moteado…). Tiene una raya de color blanquecino encima de los ojos a los lados de la cabeza. El pico es gris rosáceo. Las plumas del pecho de las hembras presentan manchas oscuras entre plumas generalmente pálidas, mientras que en los machos tienen un color marrón rojizo oscuro uniforme. Las mejillas de los machos son también de color marrón rojizo mientras que en las hembras son de color crema. Las patas son gris anaranjado o rosáceas. La cola es corta. Los huevos son de color marrón moteado, a menudo con un tono azulado, aunque en algunos casos pueden ser totalmente blancos. Los polluelos al nacer son marrones con rayas amarillas. Aunque el colorido indicado es típico de las poblaciones silvestres, la domesticación y cría selectiva se ha traducido en numerosas variedades de patrón y color del plumaje.</t>
+  </si>
+  <si>
+    <t>Cylindropuntia imbricata (Haw.) F.M. Knuth</t>
+  </si>
+  <si>
+    <t>prueba_Chumbera retorcida (Castellano), Cholla (Castellano), Cacto imbricado (Castellano), Figuera de moro (Catalán), Palera chumba (Catalán), Tuna (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Catalán, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Arbusto suculento, a veces arborescente, de hasta 3 m de altura, aunque no suele sobrepasar de 1,20, a menudo con un corto tronco bien diferenciado. Profusamente ramificado, con las ramas o palas cilíndricas, provistas de costillas longitudinales prominentes muy características, de color verde grisáceo, de 8-25 x 1,5-4 cm. Aréolas con tomento lanudo amarillento oscuro. Gloquidias de color amarillo pálido, de 0,5-3 mm de longitud. Espinas presentes en la mayoría de las aréolas, muy fuertes, de color plateado, amarillento, rojizo o pálido, con la sección redonda o a veces aplanada en la parte basal, derechas o recurvadas, envueltas en una vaina de plateada a amarilla, de hasta 2 cm de longitud. Flores de color rojizo, rosa oscuro o púrpura. Frutos ovoides, jugosos, amarillentos, inermes, de 2,4-4,5 x 2-4 cm.</t>
+  </si>
+  <si>
+    <t>Opuntia imbricata (Haw.) DC.</t>
+  </si>
+  <si>
+    <t>Cylindropuntia rosea (DC.) Backeb.</t>
+  </si>
+  <si>
+    <t>prueba_Cardo (Castellano), Cholla (Castellano), Cardenche (Castellano), Figuera de moro (Catalán), Tuna (Inglés)</t>
+  </si>
+  <si>
+    <t>Mundial DD (Datos insuficientes)</t>
+  </si>
+  <si>
+    <t>Arbusto suculento, de 20-50 cm de altura, ocasionalmente hasta 1,50 m, profusamente ramificado desde la base, con las ramas ascendentes y umbeliformes. Artejos cilíndricos, de color verde grisáceo, provistos de tubérculos longitudinales prominentes muy características, de 10- 15 x 1,6-2,5 (5) cm. Aréolas con tomento lanudo amarillento oscuro. Gloquidias de color amarillo, de 2-5 mm de longitud. Espinas 4-9 por aréola, a veces sólo una, muy punzantes, de color amarillento, rojizo o gris, de 1-4 cm de longitud, recurvadas en la punta, envueltas por una vaina papirácea plateada o blanquecina, aunque no en toda su longitud. Flores de color rosa, de 3,8-4 cm de longitud. Frutos de obcónicos a ovoides, amarillentos, espinosos, de 1,6-1,8 x 1,1-1,4 cm, tuberculados. Difiere de Cylindropuntia imbricata por su hábito más almohadillado, compacto y bajo, por su ramificación más profusa, por su mayor densidad de espinas de color argentado y por sus flores de color rosa suave. El género Cylindropuntia se ha separado de Opuntia para reunir a las especies con los artejos cilíndricos, provistas de una vaina papirácea que envuelve a las espinas y originarias de América del Norte y Central. Posteriores estudios genéticos y citogenéticos han puesto de manifiesto la clara separación de estas especies con respecto al resto de las especies de Opuntia con artejos planos o bien con artejos cilíndricos originarias de América del Sur.</t>
+  </si>
+  <si>
+    <t>Cylindropuntia spinosior (Engelm.) F.M. Knuth</t>
+  </si>
+  <si>
+    <t>prueba_Chumbera verrugosa (Castellano), Cholla (Castellano), Figuera de moro (Catalán), Cane Cholla (Inglés), Tuna (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Arbusto suculento compacto, a veces arborescente, de 0,4-2 m de altura, con las ramas verticiladas. Segmentos caulinares cilíndricos, de color verde o ligeramente purpúreo, de 5-23 x 1,3-3,5 cm, cubiertos de tubérculos ovales prominentes. Aréolas con tomento pardusco o amarillento, a menudo elípticas. Gloquidias inconspicuas, amarillas o pardas, de 1-2 mm de longitud. Espinas 1-24 por aréola, de color crema a pardorojizo, entrelazadas, cubiertas por una vaina blanquecina y holgada. Flores de color rosa a rojo-púrpura, amarillo o blanco. Frutos anchamente cilíndricos, jugosos, fuertemente tuberculados, de color verde amarillento teñido de púrpura en la madurez, de 2,5-5 x 1,7-3 cm.</t>
+  </si>
+  <si>
+    <t>Dreissena bugensis Andrusov, 1897</t>
+  </si>
+  <si>
+    <t>prueba_Mejillón quagga (Castellano), Quagga Mussel (Inglés), Zebra mussel (Inglés)</t>
+  </si>
+  <si>
+    <t>Molusco bivalvo con una concha de aspecto triangular, de unos 4 cm de longitud. La parte ventral es fuertemente convexa, sin carina o cresta ventrolateral. El margen dorsal de la concha es redondeado y presenta a menudo una extensión en forma de ala. Las valvas son claramente asimétricas: la parte anterior de la valva derecha está curvada a lo largo de la línea medio ventral; la parte más gruesa y antigua, el umbo, es puntiaguda y se sitúa en la parte anterior. El patrón de color va desde el marrón amarillento al negro, con un patrón de color rayado y/o en zig-zag, incluyendo formas intermedias con rayas de distintos tamaños y formas. La parte anterior interna de la valva está cubierta con una pequeña estructura llamada tabique, que sirve como zona de fijación de los músculos anteriores del pie. A lo largo de los bordes dorsales del interior de las valvas hay dos cicatrices alargadas donde se unen los músculos posteriores. Las valvas se unen entre sí a través de un ligamento en su porción dorsal anterior. En la bisagra presenta dientes vestigiales.</t>
+  </si>
+  <si>
+    <t>Dreissena polymorpha (Pallas, 1771)</t>
+  </si>
+  <si>
+    <t>prueba_Mejillón cebra (Castellano), Wandering Mussel (Inglés), Zebra mussel (Inglés)</t>
+  </si>
+  <si>
+    <t>Molusco bivalvo que puede llegar a medir 3 cm de longitud, aunque por lo general es más pequeño. “Polymorpha” deriva de las muchas variaciones en color, patrón y forma de la concha. Ésta es triangular con umbos agudos y el borde externo romo, con un patrón irregular de bandas negras y blancas en zig-zag, aunque en ocasiones puede ser lisa. El periostraco (cubierta externa de la concha) está bien pulido. El mióforo (estructura en forma de placa o varilla sobre la cara interna de la concha sobre la que se fija el músculo retractor) es amplio y bien desarrollado, sin dientes laterales. Las valvas aparecen “infladas” en la parte posterior, aplanándose a lo largo de los márgenes ventral y anterior; una cresta aguda recorre los umbos hasta la parte posterior del margen ventral, formando un característico “hombro”; las valvas se unen por un ligamento situado en posición posterior a los umbos.</t>
+  </si>
+  <si>
+    <t>Duttaphrynus melanostictus (Schneider, 1799)</t>
+  </si>
+  <si>
+    <t>prueba_Sapo común asiático (Castellano), Asian Common Toad (Inglés), Asian Toad (Inglés), Common Sunda Toad (Inglés), Asian spined toad (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Sapo de tamaño medio, que llega a medir hasta 85 mm de longitud. Su cuerpo es robusto con la cabeza de pequeño tamaño y las patas cortas, con el primer dedo generalmente más largo que el segundo. Los dedos de las extremidades posteriores están palmeados. Su hocico es corto y romo. El tímpano es muy patente, ancho, al menos como dos tercios del diámetro del ojo. La coloración es variable, aunque el más común es el color amarillento o marrón, marcado con vetas más oscuras y manchas. La espalda está cubierta de verrugas espinosas, que suelen ser de color negro. El vientre es de color blanco sucio y carece de manchas. Los machos reproductores tienen la garganta de color amarillo-naranja brillante. Las glándulas parótidas son prominentes, con forma de riñón u ovalada. La piel es seca y presenta varias crestas óseas en la parte superior de la cabeza, una a lo largo del borde del hocico (cresta cantal), en frente del ojo (pre-orbitales), sobre el ojo (supra-orbitales), detrás del ojo (post-orbitales) y otra más corta entre el ojo y el oído (órbito-timpánica). Los juveniles presentan una banda negra en la garganta, carecen de verrugas y tienen el tímpano pequeño. Los renacuajos son pequeños, con el dorso negro y generalmente el vientre oscuro.</t>
+  </si>
+  <si>
+    <t>Anfibios</t>
+  </si>
+  <si>
+    <t>Elodea canadensis Michx.</t>
+  </si>
+  <si>
+    <t>prueba_Broza del Canadá (Castellano), Peste de agua (Castellano), Elodea (Catalán), American waterweed (Inglés)</t>
+  </si>
+  <si>
+    <t>Es una planta herbácea acuática, sumergida, perenne, dioica, con raíces blancas, no ramificadas y filiformes. Los tallos son alargados y flexibles, de 20 a 30 cm de largo, ramificados y muy densos. Los entrenudos son largos y las articulaciones (nodos) frágiles. Las hojas se presentan en verticilos de 3 (en la porción inferior del tallo pueden aparecer opuestas), son sésiles, oblongo-lineales, de color verde oscuro translúcido, con el margen muy finamente dentado. Son rígidas pero su textura no es cerosa. Las hojas medias y altas son elípticas, de 2-5 mm de ancho, y una longitud de la hoja en proporción a la anchura de 3:1. El tallo de la flor femenina es de unos 2-15 cm de largo, filiforme; los sépalos y pétalos de unos 2-3 mm de longitud. Los pétalos son blancos o de un púrpura muy pálido, y aparecen en la superficie del agua. Las flores masculinas, pedunculadas, están ausentes en Europa. Los frutos son una cápsula ovoide de menos de 1 cm de largo y 3 mm de ancho que contiene semillas glabras.</t>
+  </si>
+  <si>
+    <t>Elodea nuttallii (Planch.) H. St. John</t>
+  </si>
+  <si>
+    <t>prueba_Broza del Canadá (Castellano), Peste de agua (Castellano), Nutall's water-weed (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés</t>
+  </si>
+  <si>
+    <t>Es una planta herbácea acuática, sumergida, perenne, dioica, con raíces blancas, no ramifi- cadas y filiformes. Los tallos son alargados y flexibles, redondos en sección transversal, de 20 a 30 cm de largo, ramificados y muy densos. Los entrenudos son largos y las articulaciones (nodos) frágiles. Las hojas, de color verde pálido, se presentan en verticilos de 3 (a veces de 4; en la porción inferior del tallo pueden aparecer opuestas), son sésiles, lineales o estrechamente lanceoladas, a menudo con los márgenes recurvados, de 6-13 mm de largo y 0,7-1,5 mm de ancho, con el ápice agudo, con el margen muy finamente dentado. Son rígidas pero su textura no es cerosa. Las hojas medias y altas son elípticas, de 2-5 mm de ancho, y una longitud de la hoja en proporción a la anchura de 6:1. La flor es pequeña (no más de 8 mm de diámetro), con las flores blancas cerosas producidas sobre pedicelos largos y filiformes; tienen 3 sépalos y 3 pétalos. Las flores masculinas, sésiles, están ausentes en Europa. Los frutos son una cápsula de ovoide a fusiforme de 5-7 mm de largo, que contiene semillas fusiformes con pelos largos en la base.</t>
+  </si>
+  <si>
+    <t>Estrilda astrild (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Estrilda común (Castellano), Pico de coral (astrild) (Castellano), Common Waxbill (Inglés)</t>
+  </si>
+  <si>
+    <t>Se caracteriza por su diminuto tamaño y su peculiar morfología, con cabeza pequeña, alas redondeadas muy cortas y cola en cuña. El plumaje del macho adulto en todas las épocas presenta color pardo mate en las zonas superiores y ocre en las inferiores, aunque ambas partes están finamente franjeadas en pardo oscuro. Tiene la garganta lisa, la parte inferior de la cola negra y la zona central del vientre roja. En la cara destacan su pico y un pequeño antifaz, ambos de un rojo intenso. La hembra, muy similar al macho, está menos rayada en el pecho, que es casi liso; además exhibe color rojo tenue en el antifaz y el pico, y carece de rojo en el vientre. El joven muestra la parte inferior de la cola blanca, posee pico amarillento, tiene el antifaz rojo muy reducido y carece de rayas en el cuerpo. La presencia de grupos compactos de pájaros muy pequeños, con vuelos muy rápidos y directos, súbitos despegues y tendencia a moverse a saltitos en el suelo, resulta muy característica de esta especie. Podría confundirse con otros congéneres similares frecuentes en cautividad y proclives a escapes (Estrilda troglodytes, E. rhodopyga, E. melpoda).</t>
+  </si>
+  <si>
+    <t>Fundulus heteroclitus (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Pez momia (Castellano), Fúndulo (Castellano), Fúndul (Catalán), Mummichog (Inglés)</t>
+  </si>
+  <si>
+    <t>Especie de pequeño tamaño, que puede alcanzar los 10 cm de longitud. El cuerpo es alargado y cilíndrico. La boca es súpera, con dientes unicúspides dispuestos irregularmente en varias hileras. La línea lateral presenta entre 37 y 42 escamas. Tienen un fuerte dimorfismo sexual, siendo las hembras más grandes que los machos; los machos presentan gruesas bandas transversales a los costados, mientras que las hembras, de color gris, sólo presentan algunas bandas verticales. Fuera de la época de reproducción, los machos presentan el dorso de color azul acero o verdoso, con manchas blancas y amarillas, con barras plateadas irregulares en los laterales o motas formadas por una serie de puntos; el vientre es blanco, amarillo pálido o anaranjado. Las aletas dorsal, anal y caudal suelen ser de color verde oscuro o bien oscuras con motas pálidas; los bordes de la aleta anal y ventrales son amarillos. A veces presentan una pequeña mancha pálida en la parte posterior de la aleta dorsal. En el momento de la reproducción, el colorido se intensifica. Las hembras, por su parte, tienen un colorido más uniforme, verdoso o grisáceo, con los laterales a veces con un suave barrado vertical. Los alevines presentan barras trasversales oscuras en los costados. La aleta dorsal tiene entre 11 y 14 radios, y la anal entre 10 y 11, ambas situadas a la misma altura. La aleta caudal tiene el contorno redondeado, como el resto de las aletas de esta especie, y el pedúnculo caudal es corto.</t>
+  </si>
+  <si>
+    <t>Helianthus tuberosus L.</t>
+  </si>
+  <si>
+    <t>prueba_Papa real (Castellano), Aguaturma (Castellano), Bataca (Castellano), Canarias (Castellano), Canarios (Castellano), Castaña de tierra (Castellano), Chufera (Castellano), Papa de caña (Castellano), Papa de sierra (Castellano), Tupinambo (Castellano), Pataca (Castellano), Patacas (Castellano), Pataquera (Castellano), Patata (Castellano), Patata de tierra (Castellano), Patatas dulces (Castellano), Petacas (Castellano), Trunja canaria (Castellano), Alcachofa de Jerusalén (Castellano), Patata de caña (Castellano), Patata de palo (Castellano), Turma de agua (Castellano), Margarita grande (Castellano), Tupinabo (Castellano), Topiñamorr (Euskera), Nyapes (Catalán), Ramons (Catalán), Trumfa nyama (Catalán), Trumfes nyames (Catalán), Nyàmeres (Catalán), Nyàmara (Catalán), Patata de canya (Catalán), Herba pudent (Catalán), Girasol de patata (Catalán), Miqueler (Catalán), Nyama (Catalán), Batata tupinamba (Gallego), Girasole (Inglés), Jerusalem artichoke (Inglés), Earth apple (Inglés), Jerusalem sunflower (Inglés), Fusichoke (Inglés), Canada potato (Inglés), Sunroot (Inglés), Topinambur (Inglés), Sunchoke (Inglés), Patata burba (Mallorquín), Patata de málaga (Mallorquín), Patata moruna (Mallorquín), Setembres (Mallorquín), Patata anglesa (Mallorquín), Dimonis (Mallorquín), Patata bruna (Mallorquín), Patata burgesa (Mallorquín)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín</t>
+  </si>
+  <si>
+    <t>Es una herbácea perenne, hirsuta, robusta, que puede crecer hasta 3 m en una estación. Posee hojas ovo-lanceoladas, de borde aserrado, opuestas en la parte baja del tallo y más pequeñas y alternas en la parte superior, de 10-20 cm de largo y con un peciolo de 2-4 cm. Raíces rizomatosas que pueden alcanzar más de 1 m de longitud y desarrollan tubérculos carnosos en los ápices. En condiciones óptimas una planta madura puede producir 75-200 tubérculos cada estación. Las inflorescencias son pseudantios de 5-11 cm de diámetro, con flores fértiles y pequeñas de corola tubular, rodeadas por flores estériles liguladas de color amarillo brillante. A veces produce semillas encapsuladas en una cáscara dura en forma de cuña de 5-7 mm (CABI, 2020; Pacanoski &amp; Mehmeti, 2020). Es una especie muy próxima al girasol (H. annuus), del que se diferencia por ser perenne y ramificada, por sus capítulos más pequeños y brácteas lanceoladas y por tener la mayoría de hojas opuestas. El tiempo de floración, forma y color de los tubérculos, forma de las hojas y vellosidad varían considerablemente en H. tuberosus. Las variedades cultivadas generalmente tienen tubérculos redondeados y gruesos, las invasoras en Europa y las salvajes en Norteamérica tienen tubérculos estrechos y elongados (Wagenitz, 1980).</t>
+  </si>
+  <si>
+    <t>Helianthus esculentus Warsz., Helianthus serotinus Tausch, Helianthus spathulatus Ell., Helianthus strumosus subesp. tomentosus (Michx) Anashchenko, Helianthus subcanescens E.E. Watson, Helianthus tomentosus Michx., Helianthus tuberosus f. moldenkeanus F.W. Oswald, Helianthus tuberosus f. oswaldiae F.W. Oswald, Helianthus tuberosus var. subcanescens A. Gray</t>
+  </si>
+  <si>
+    <t>Hemiechinus auritus (Gmelin, 1770)</t>
+  </si>
+  <si>
+    <t>prueba_Erizo egipcio u orejudo (Castellano), Erizo Orejudo (Castellano), Erizo de orejas largas dorado (Castellano), Long-eared Hedgehog (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Inglés</t>
+  </si>
+  <si>
+    <t>Erizo de menor tamaño que el europeo, variando su tamaño entre 12 y 27 cm de longitud y un peso que oscila entre los 250 y los 400 gramos. La cara es pálida, de un tono blanco amarillento, con el hocico largo y puntiagudo, que llega a medir hasta 4,5 cm de largo. Presenta unas características orejas grandes y redondeadas, ligeramente apuntadas, flexibles y móviles, cubiertas de pequeños pelos blanquecinos, que le sirven para autorregular su temperatura corporal. El vientre y las patas son de color blanquecino. (A pesar del colorido indicado, a través de la selección se están consiguiendo ejemplares tanto claros como oscuros). Presenta las espinas dorsales con la punta blanca o amarillenta, con una banda más oscura a continuación. Las patas presentan cinco dedos, tanto las anteriores como las posteriores. Las crías al nacer están desnudas, con suaves púas dispersas por el cuerpo. A las dos semanas de vida, las crías ya están totalmente cubiertas de púas.</t>
+  </si>
+  <si>
+    <t>Heracleum mantegazzianum Somm. &amp; Lev.</t>
+  </si>
+  <si>
+    <t>prueba_Perejil gigante (Castellano), Giant hogweed (Inglés), Mantegazzi's Cow-Parsnip (Inglés)</t>
+  </si>
+  <si>
+    <t>Herbácea perenne que alcanza un gran tamaño, de 2 a 6 metros de altura. Tiene una gruesa raíz principal de color amarillo. Las hojas son alternas, profundamente divididas e irregularmente dentadas. Antes de florecer presenta una roseta de hojas que aumentan de tamaño cada año, alternas, de hasta 3 metros de largo y 1,7 de ancho. Las hojas superiores del tallo floral van disminuyendo en tamaño. El haz es glabro pero el peciolo y el envés son pubescentes. El tallo floral llega a los 5 metros de alto y 10 cm de diámetro, es hueco, estriado, con manchas de color rojizo-púrpura, con cerdas afiladas que producen una savia fototóxica al tocarlas. La inflorescencia es una umbela principal de gran tamaño (hasta 80 cm de diámetro). con hasta 8 umbelas satélite, más pequeñas. Las flores se disponen sobre pedicelos de 10-20 mm de largo, son blancas o rosadas, con pétalos de hasta 12 mm de largo. Los frutos son numerosos, elípticos y aplanados, de 6-18 mm de largo por 4-10 de ancho, con finas crestas dorsales y crestas laterales aladas; el endospermo es graso y los frutos maduros tienen un fuerte olor a resina. Tienen uncas distintivas rayas oscuras (oleoductos), 2 en un lado y 4 en el reverso. Una vez que florece (a los 3-5 años), la planta muere.</t>
+  </si>
+  <si>
+    <t>Herpestes javanicus (É. Geoffroy Saint-Hilaire, 1818)</t>
+  </si>
+  <si>
+    <t>prueba_Mangosta pequeña asiática (Castellano), Mangosta de Java (Catalán), Small Indian mongoose (Inglés), Javan Mongoose (Inglés)</t>
+  </si>
+  <si>
+    <t>Tiene un cuerpo delgado con patas cortas. La cabeza es alargada con un hocico punteado. La cola es robusta. La longitud de la cabeza es de 509-671 mm. Las orejas son cortas y se aprecian solo ligeramente a través del pelaje. Los pies tienen 5 dedos con garras largas y afiladas no retráctiles. El pelo es corto. El pelaje es suave, desde pálido a marrón oscuro moteado con puntos dorados. La parte inferior es más clara que el resto del cuerpo. Los ojos son ámbar/marrones pero son azules verdosos en las crías. Hay dimorfismo sexual. Las hembras tienen una longitud de 509-578 mm con una media de 540 mm. Los machos tienen una cabeza más ancha y el cuerpo más robusto con una longitud de 544-671 mm con una media de 591 mm.</t>
+  </si>
+  <si>
+    <t>Hydrocotyle ranunculoides L. f.</t>
+  </si>
+  <si>
+    <t>prueba_Redondita de agua (Castellano), Water pennywort (Inglés)</t>
+  </si>
+  <si>
+    <t>Planta acuática de tallos rastreros y carnosos, rizomatosos y estoloníferos, de finos a robustos, glabros, con nodos en intervalos de 40-150 mm en los que se producen raíces filiformes. Hay tallos acuáticos flotantes pero también rastreros en suelos encharcados. Las hojas son emergentes, alternas, no peltadas, con peciolos delgados, redondeadas o en forma de riñón, con 3-7 lóbulos (las divisiones de los lóbulos se extienden hasta aproximadamente la mitad de la hoja; los lóbulos marginales están superpuestos), no esclerófilas, de menos de 1 mm de espesor, con 5 a 7 nervios. Pueden medir desde 20 a 45 mm a 100 hasta 150 mm, dependiendo de la disponibilidad de nitrato y tienen los bordes estrechamente lobulados. Las estípulas están presentes, son cóncavas, enteras, orbiculares, con estrías pardas. Los escapos (tallos sin hojas con flores en el ápice) son glabros, de 15 a 45 mm de largo, opuestos a las hojas. Las flores son muy pequeñas, poco visibles, de unos 3 mm de diámetro, de color amarillo cremoso, y se presentan en umbelas simples de 4 a 12 flores, con pedicelos de 1-2 mm ascendentes, debajo del dosel de hojas. El involucro tiene brácteas de 1-2 mm de largo con el ápice obtuso. El fruto es suborbicular aplanado dorsalmente, con la base emarginada, de castaño amarillento a pardo rojizo; mericarpos con 3 costillas subiguales.</t>
+  </si>
+  <si>
+    <t>Ictalurus punctatus (Rafinesque, 1818)</t>
+  </si>
+  <si>
+    <t>prueba_Bagre de canal (Castellano), Pez gato punteado (Castellano), Peix gat americà (Catalán), Channel Catfish (Inglés)</t>
+  </si>
+  <si>
+    <t>Especie de gran tamaño, de cuerpo robusto y cilíndrico, que puede llegar al metro y medio de longitud y los 25 kg de peso. El cuerpo carece de escamas. La coloración es variable, y parece ser dependiente del agua en la que habita; es azul, oliva, gris o negro por el dorso, con numerosas manchas conspicuas oscuras en los flancos (aunque en los individuos muy grandes o muy pequeños pueden carecer de ellas) y el vientre blanco. La cabeza es ancha y aplanada con una gran boca terminal, en la cual la mandíbula superior sobresale más que la inferior. Tiene 8 barbillones largos y desiguales alrededor de la boca; 4 están en la barbilla, 2 en el hocico y uno en cada esquina de la boca. La aleta dorsal anterior, las pectorales y las ventrales presentan espinas duras. La aleta dorsal posterior es adiposa y se sitúa cercana al inicio de la caudal. La aleta caudal está fuertemente ahorquillada. La aleta anal es rectangular y presenta 25-29 radios blandos.</t>
+  </si>
+  <si>
+    <t>Leiothrix lutea (Scopoli, 1786)</t>
+  </si>
+  <si>
+    <t>prueba_Ruiseñor del Japón (Castellano), Leiotrix piquirrojo (Castellano), Rossinyol del Japó (Catalán), Pekin Robin (Inglés), Red-billed Leiothrix (Inglés)</t>
+  </si>
+  <si>
+    <t>Es un pequeño paseriforme de atractivos colores, de 15 cm de largo, con la cabeza grande, el pico estrecho y una corta cola. La corona, nuca y espalda son de color verde oliva opaco, el cuerpo es grisáceo y verde oliva, con el vientre gris y la cola azulada; la garganta es amarilla, el pecho anaranjado o rojizo, y las alas amarillas, rojas y negras. El pico es de color rojo vivo. La cola es negra y está profundamente bifurcada; las coberteras sub-caudales son amarillas. Ambos sexos son muy similares en apariencia, aunque los tonos de las hembras suelen ser algo más apagados. Los juveniles tienen las manchas rojas y amarillas de las alas más apagadas, la garganta de color amarillo con bandas de color óxido en el pecho, y el dorso de color gris pizarra.</t>
+  </si>
+  <si>
+    <t>Linepithema humile (Mayr, 1868)</t>
+  </si>
+  <si>
+    <t>prueba_Hormiga argentina (Castellano), Argentine ant (Inglés)</t>
+  </si>
+  <si>
+    <t>Las obreras, de color marrón, son de pequeño tamaño, monomórficos, con una longitud entre los 2.2 y 2.8 mm. La superficie del cuerpo es lisa, brillante, y carece de pelos en el dorso de cabeza y tórax. Las antenas tienen 12 segmentos, con el escapo más corto que el 1.5 de la longitud de la cabeza. Cabeza en forma de lágrima, con la parte más ancha muy por encima de los ojos, los cuales están posicionados relativamente bajos en la cabeza (por debajo de la línea media de la cara). El margen frontal del clípeo tiene una amplia concavidad, poco profunda. Pelos en el margen frontal del clípeo rectos. Las mandíbulas tienen entre 5 y 8 dientes grandes, con 5-13 dentículos pequeños. El primer diente apical es mucho más largo que el segundo. El peciolo es pequeño, en posición vertical, y está compuesto por un único segmento. Cara superior del propodeo generalmente de la misma longitud o más larga que la trasera. Puede tener el abdomen de color miel cuando lo tiene distendido al almacenar líquido. Los machos son pequeños, entre 2.8 y 3 mm de longitud, de color marrón oscuro, alados, con un tórax robusto y elíptico, más grande que la cabeza. Las reinas son más grandes, miden entre 4 y 6 mm., de color marrón oscuro con un gran tórax. Los huevos son elípticos y delicados, de color blanco nacarado, de unos 0.3 mm de largo y 0.2 mm de ancho. La pupa de las obreras es blanca, tornando a color crema y marrón oscuro a medida que se desarrolla; la pupa de los machos es un 50% más grande que la de las obreras, mientras que la de la reina es más del doble del tamaño de la pupa de las obreras.</t>
+  </si>
+  <si>
+    <t>Lithobates catesbeianus (Shaw, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Rana toro (Castellano), Rana toro americana (Castellano), Granota toro (Catalán), American Bullfrog (Inglés), Bullfrog (Inglés), Common Bullfrog (Inglés), Grenouille-taureau (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Es una rana de gran tamaño, con una longitud media de 10-17 cm, pudiendo llegar a superar los 40 cm de largo y el kilogramo de peso. La piel es lisa, sin verrugas, picos o arrugas. El cuerpo es robusto de coloración es variable, desde tonos café a distintos tonos de verde, con manchas más oscuras en el dorso, cabeza de color verde más claro y patas posteriores con bandas o manchas oscuras. El vientre es de color blanquecino, con algunas manchas grises. La cabeza es ancha y plana, con un pliegue de piel a cada lado que va desde detrás del ojo hasta el tímpano, visible, al que bordea. En los machos el tímpano es muy grande, varias veces mayor que el diámetro del ojo, con un borde oscuro, mientras que en las hembras no supera el tamaño del ojo. Los dedos de las patas posteriores, excepto el 4º, presentan membranas interdigitales Los renacuajos son excepcionalmente grandes, midiendo entre los 15 y los 18 cm de largo (el cuerpo puede llegar a tener el tamaño de una pelota de golf), de color marrón o verde oliva con pequeños puntos negros en el dorso. Los huevos son muy pequeños, de color negro, a veces con la parte inferior ligeramente más clara.</t>
+  </si>
+  <si>
+    <t>Rana catesbeiana Shaw, 1802</t>
+  </si>
+  <si>
+    <t>Melanoides tuberculatus (Muller, 1774)</t>
+  </si>
+  <si>
+    <t>prueba_Caracol trompeta (Castellano)</t>
+  </si>
+  <si>
+    <t>Caracol que mide entre 20 y 40 mm, aunque puede llegar hasta los 8 cm. La concha tiene forma de torre, con espirales redondeadas con las suturas bien marcadas, liras notorias y generalmente con bordes transversales sobre las vueltas de la espira. El color suele ser marrón oscuro o verdoso con franjas rojizas en zigzag hasta las primeras vueltas, donde se vuelve más blancuzca. Sin embargo, las características de la concha (tanto la forma general, como el color de fondo o la ornamentación) pueden variar. La abertura es ovalada y el opérculo es paucispiral (con pocas espirales), con el núcleo cerca de la base. La cabeza se parece a una lengüeta, y está constreñida en su parte ventral para dar lugar al pie. Los tentáculos surgen justo por encima de esta área estrecha, siendo largos y delgados.</t>
+  </si>
+  <si>
+    <t>Misgurnus anguillicaudatus (Cantor, 1842)</t>
+  </si>
+  <si>
+    <t>prueba_Misgurno (Castellano), Dojo (Castellano), Weatherfish (Inglés), Dojo loach (Inglés), Weather loach (Inglés), Pond loach (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Especie dulceacuícola de tamaño medio, con aspecto que recuerda al de una anguila, alargado y cilíndrico, y que no suele superar los 28 cm de longitud. La coloración es muy variable, pero generalmente el dorso es marrón claro, con tonalidades amarillentas-verdosas y manchas negras. El vientre es de color marrón grisáceo. La boca es pequeña, estrecha y en posición sub-inferior, presenta labios gruesos, y está rodeada por 6 barbillones largos. La línea lateral es muy corta, no superando la longitud de la aleta pectoral. Posee una fuerte espina suborbital. La aleta dorsal está en posición algo adelantada respecto a las pélvicas, tiene la base corta, y cuenta con 9 radios. Las aletas pectorales son de forma triangular en vez de redondeada, y presentan un radio robusto. Presenta crestas adiposas alargadas y visibles a lo largo de las líneas medias dorsal y ventral del pedúnculo caudal. Las aletas pélvicas tienen entre 6 y 7 radios, y las anales entre 7 y 8. La aleta caudal es redondeada.</t>
+  </si>
+  <si>
+    <t>Misgurnus fossilis</t>
+  </si>
+  <si>
+    <t>Myiopsitta monachus (Boddaert, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Cotorra argentina (Castellano), Papagai argentinarra (Euskera), Cotorreta de pit gris (Catalán), Cata da Argentina (Gallego), Monk Parakeet (Inglés)</t>
+  </si>
+  <si>
+    <t>Robusta cotorra de tamaño medio, de unos 30 cm de longitud total, una envergadura de unos 53 cm y un peso que oscila entre los 90 y los 120 gramos. El color del cuerpo es principalmente verde brillante, con las alas verde azuladas, y la cara, mejillas, garganta y pecho de color gris o blanquecino. Las plumas de cuello y abdomen están bordeadas de un gris más claro, dándole un aspecto festoneado o escamoso. Las plumas del abdomen son de color verde, convirtiéndose en amarillentas en la parte inferior, patas y debajo de la cola. La cola es larga y puntiaguda, con las plumas de color verde. En las alas presenta plumas de color azul-negro. Los ojos son marrones, el pico marrón rosado claro, y las patas de color gris. Los juveniles presentan un colorido similar, con la salvedad de presentar una coloración gris verdosa en la frente.</t>
+  </si>
+  <si>
+    <t>Mytilopsis leucophaeata (Conrad, 1831)</t>
+  </si>
+  <si>
+    <t>prueba_Mejillón de agua salobre (Castellano), Dark False Mussel (Inglés), Conrad's False Mussel (Inglés)</t>
+  </si>
+  <si>
+    <t>Molusco bivalvo de 22 a 25 mm de largo, con la concha curvada y alargada estrechándose en el umbo, y su borde anterior deprimido. La concha es más o menos elíptica en la parte posterior, con un pico curvado que termina en una perilla redondeada. La valva derecha es mayor que la izquierda. El periostraco de la concha es muy grueso y rugoso, de color marrón oscuro en adultos y crema en los ejemplares jóvenes, con líneas concéntricas de rugosidad media o fina. Los ejemplares jóvenes suelen mostrar un patrón a rayas en zig-zag similar al mejillón cebra. El interior de la concha suele ser de color gris o blanco, algo nacarado. Presenta un tabique cerca del umbo, en parte cubierto por el mióforo (estructura en forma de placa o varilla sobre la cara interna de la concha sobre la que se fija el músculo retractor) en forma de pequeño diente triangular, que aparece en la esquina dorsal del tabique en el interior del pico de la concha. La placa de la bisagra es baja y ancha, con el margen excavado y los dientes obsoletos. La línea paleal ventral está ligeramente curvada hacia adentro, formando un seno paleal superficial (ausente en Dreissena).</t>
+  </si>
+  <si>
+    <t>Marino</t>
+  </si>
+  <si>
+    <t>Nyctereutes procyonoides (Gray, 1834)</t>
+  </si>
+  <si>
+    <t>prueba_Perro mapache (Castellano), Gos viverrí (Catalán), Racoon dog (Inglés), Raccoon Dog (Inglés), Chien Viverrin (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Catalán, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>De tamaño similar al de un zorro, este cánido tiene el cuerpo alargado y robusto, cola corta, con una cabeza pequeña y el hocico corto y puntiagudo. Las orejas son cortas y de perfil redondeado. Las patas son cortas, con garras curvas. El pelaje, denso y suave, varía de amarillento a gris o rojizo. La cara presenta una máscara negra que le cubre los ojos y las mejillas, con el pelo de las mejillas largo; el hocico es blanco. El pecho, garganta, patas y pies son de color marrón negruzco. El vientre es de color marrón claro a bronceado. Presenta pelos negros en el lomo, hombros y parte dorsal de la cola. La cola es gruesa y peluda, negra en la parte dorsal y amarilla en la ventral, con la punta negra.</t>
+  </si>
+  <si>
+    <t>Opuntia maxima Mill.</t>
+  </si>
+  <si>
+    <t>prueba_Higochumbo (Castellano), Chumbera (Castellano), Nopal de Castilla (Castellano), Higuera (Castellano), Bardo (Castellano), Chumba (Castellano), Chumbo (Castellano), Chumbos (Castellano), Figues de pala (Castellano), Higo chumbo (Castellano), Higo de pala (Castellano), Higo pico (Castellano), Higuera chumba (Castellano), Higuera chumbera (Castellano), Higuera chumbo (Castellano), Higuera del infierno (Castellano), Jigos chumbos (Castellano), Jiguera chumba (Castellano), Muladar (Castellano), Nopalitos (Castellano), Pala chumba (Castellano), Palas (Castellano), Penca (Castellano), Penca blanca (Castellano), Penca bruja (Castellano), Penca de tunera (Castellano), Penca rabiosa (Castellano), Pencas (Castellano), Porreta (Castellano), Semilla (Castellano), Tunera (Castellano), Tunera blanca (Castellano), Tunera salvaje (Castellano), Tuneras (Castellano), Tuno (Castellano), Indiapico (Euskera), Indipikondoa (Euskera), Figueres de moro (Catalán), Figuera de moro (Catalán), Fulla de moro (Catalán), Figues de moro (Catalán), Figueral (Catalán), Figueral de moro (Catalán), Figuera d'índies (Catalán), Figa de moro (Catalán), Chumbeira (Gallego), Tuna (Inglés), Tuna Cactus (Inglés), Indian-fig (Inglés), Opuntia (Latín), Figa morada (Mallorquín), Figuera de pic (Mallorquín), Figa borda (Mallorquín), Figa de cap blanc (Mallorquín), Figa de moro blanca (Mallorquín), Figa de sang (Mallorquín), Figa groga (Mallorquín), Figa vermella (Mallorquín), Nopal (Valenciano), Palera (Valenciano), Figa de pala (Valenciano), Figa palera (Valenciano), Figuera de pala (Valenciano), Figuera de xumbos (Valenciano), Figuera palera (Valenciano), Figueres de pala (Valenciano), Higos chumbos (Valenciano), Nopalera (Valenciano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Inglés, Inglés, Inglés, Latín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano</t>
+  </si>
+  <si>
+    <t>Arbusto suculento con un tronco bien desarrollado, de hasta 6 metros de alto, con los tallos transformados en cladodios (palas) carnosos de 30-50 cm, suculentos, estrechamente obovados u oblongos, aplanados, verde-grisáceos. Aréolas evidentes dispersas por las palas, con numerosos gloquidios (pequeñas espinas con ganchitos en su extremo) y espinas; las espinas varían en densidad (de 0 a 6) y en tamaño (de 2 a 40 mm), y son delgadas, rectas y blanquecinas. Las flores son de color amarillo o naranja brillante, grandes, de 5-10 cm de diámetro. Los frutos son pseudo-bayas en forma de tonel, verdes, naranjas o rojos, provistos de gloquidias y a veces de espinas, de 6 a 10 cm de largo, profundamente umbilicados en el ápice (son los higos chumbos), con la pulpa anaranjada comestible. Las semillas, abundantes.</t>
+  </si>
+  <si>
+    <t>Opuntia ficus-indica (L.) Mill.</t>
+  </si>
+  <si>
+    <t>Opuntia stricta (Haw.) Haw.</t>
+  </si>
+  <si>
+    <t>prueba_Chumbera (Castellano), Nopal Estricto (Castellano), Chumbera apretada (Castellano), Pera espinosa (Castellano), Figuera de moro (Catalán), Erect Pricklypear (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Arbusto suculento de hasta 2 metros de alto, al principio erecto pero con tendencia a achaparrarse. Los tallos, transformados en cladodios (palas), son de color verde o verde azulado, aplanados, de 10-25 cm de largo y 7,5-15 cm de ancho, glabros, cubiertos de aréolas. Las aréolas (pequeñas protuberancias) presentan gloquidios (pequeñas cerdas espinosas) y pueden tener de 0 a 2 espinas afiladas largas, de 2 a 4 cm de largo. Las flores son de color amarillo brillante, a menudo con marcas rosadas en los “pétalos” exteriores, y aparecen en los márgenes de los cladodios. El fruto tiene forma de pera, más o menos esférico, de color morado en la madurez, con la superficie externa lisa y sin espinas, con la excepción de algunos gloquidios incrustados en las pequeñas aréolas. La pulpa es de color púrpura y sabor agrio, y contiene unas 60 semillas con un revestimiento duro.</t>
+  </si>
+  <si>
+    <t>Opuntia subulata (Muehlenpf.) Engelm.</t>
+  </si>
+  <si>
+    <t>prueba_Cacto alesnado (Castellano), Cinamomo (Castellano), Opuntia alesnada (Castellano), Eve's Pin (Inglés)</t>
+  </si>
+  <si>
+    <t>Arbusto o arbolillo de hasta 4 o 5 m de altura, aunque no suele sobrepasar los 2 m, muy ramificado, con los tallos cilíndricos, carnosos, suculentos, de hasta 50 cm de longitud, tuberculados, más bien frágiles. Hojas aleznadas, persistentes, de hasta 12 cm de longitud. Aréolas situadas en la parte superior de los tubérculos. Espinas 1-4 por aréola, erectas, fuertes, rectas, de color blanco grisáceo, de hasta 8 cm de longitud, desprovistas de vaina. Flores de color rojo, de hasta 6 cm de longitud, poco abiertas en la antesis, de hasta 6 cm en la antesis. Pericarpelos alargados, tuberculados, aleznados, con escamas erectas de hasta 2 cm de longitud. Frutos de ovoides a oblongos, de aspecto muy parecido a los tallos, persistentes, algo espinosos, de hasta 10 cm de longitud, a veces prolíferos dando flores al año siguiente lo que hace que entonces se dispongan en cadena. Semillas subtetraédricas, abundantes.</t>
+  </si>
+  <si>
+    <t>CEEEI: Incluido, CEEEI: Incluido</t>
+  </si>
+  <si>
+    <t>Austrocylindropuntia subulata (Mühlenpfordt) Backeb.</t>
+  </si>
+  <si>
+    <t>Orconectes limosus (Rafinesque, 1817)</t>
+  </si>
+  <si>
+    <t>prueba_Cangrejo de los canales (Castellano), Spinyvheek crayfish (Inglés), Spinycheek Crayfish (Inglés)</t>
+  </si>
+  <si>
+    <t>Oxyura jamaicensis (Gmelin, JF, 1789)</t>
+  </si>
+  <si>
+    <t>prueba_Malvasía canela (Castellano), Ahate (Euskera), Ànec de Jamaica (Catalán), Ruddy duck (Inglés)</t>
+  </si>
+  <si>
+    <t>Pato no muy grande, de aspecto robusto, con una longitud de 35-43 cm y un peso que oscila entre los 550 y 800 gramos en machos y de 300 a 600 en hembras. El pico es de perfil cóncavo, muy abultado en su base. La cola es plana y larga, y generalmente la mantienen levantada. Presenta dimorfismo sexual. Los machos tienen un plumaje castaño rojizo (óxido rojo), y un pico de color azul muy vivo, sobre todo en la época de cría. La parte superior de la cabeza (píleo) está coronada por un capirote negro que llega hasta el ojo. En las mejillas lucen una mancha blanca. El cuello, patas y cola son de color negro. Las hembras tienen la cabeza más marrón, y la mancha de la mejilla dividida por una raya horizontal de color marrón. El cuerpo es de color castaño grisáceo, el vientre marrón claro, el pico gris negruzco, y la garganta y cuello blanco grisáceos con finas bandas oscuras. Los inmaduros son similares a las hembras, con las alas de color marrón uniforme en vuelo.</t>
+  </si>
+  <si>
+    <t>Pacifastacus leniusculus (Dana, 1852)</t>
+  </si>
+  <si>
+    <t>prueba_Cangrejo señal (Castellano), Cangrejo de California (Castellano), Cangrejo del Pacífico (Castellano), Karramarro seinaleduna (Euskera), Cranc senyal (Catalán), Siganal crayfish (Inglés), Signal Crayfish (Inglés), Klamath Signal Crayfish (Inglés), Columbia River Signal Crayfish (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Cangrejo de río que llega a alcanzar los 16 cm de longitud y superar los 100 gramos de peso. El caparazón es liso, de color marrón verdoso uniforme o ligeramente azulado, y el abdomen es bastante grueso. Presenta dos pares de crestas postorbitales con una espina apical en el par anterior. El rostro tiene los bordes casi paralelos, bastante rectangular, con un escalón pronunciado hacia la punta. Las suturas o surcos longitudinales del cefalotórax están separadas, al igual que en el cangrejo de río autóctono. Las pinzas están muy desarrolladas, son lisas y de color rojizo en la parte ventral. El nombre de la especie se debe a la mancha blancuzco-turquesa que aparece en la unión de los dedos fijos con los móviles de las pinzas.</t>
+  </si>
+  <si>
+    <t>Pantherophis guttatus Smith, Chiszar, Staley &amp; Tepedelen, 1994</t>
+  </si>
+  <si>
+    <t>prueba_Culebra del maizal (Castellano), Serpiente del maíz (Castellano), Serp del blat de moro (Catalán)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán</t>
+  </si>
+  <si>
+    <t>Culebra de tamaño moderado que puede llegar a superar el metro y medio de longitud, de cuerpo fino aunque robusto, cabeza bien diferenciada del cuerpo, de hocico corto y redondeado, con ojos grandes y pupila redonda, y grandes escamas sobre la cabeza. Las escamas dorsales son lisas, mientras que las ventrales presentan una quilla pronunciada. Su patrón de color es muy variable, aunque la coloración más común es color naranja o marrón-amarillo, con manchas ligeramente triangulares rojas con bordes negros, aunque también las hay más pardas, grises, amarillentas, anaranjadas e incluso albinas, con manchas rojizas de intensidad variable. La marca dorsal de la cabeza se afina en una punta (en forma de lanza), y suele presentar una franja roja que atraviesa el hocico pasando por ambos ojos. El vientre es blanco o de color crema, normalmente con marcas negras alternas que le dan un aspecto de tablero de ajedrez, a veces moteadas con naranjas o rojos. La parte inferior de la cola presenta dos rayas negras. Los jóvenes tienen un aspecto similar a los adultos, aunque su colorido suele ser más parduzco.</t>
+  </si>
+  <si>
+    <t>Elaphe guttata (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>Pennisetum clandestinum Hochst. ex Chiov.</t>
+  </si>
+  <si>
+    <t>prueba_Quicuyo (Castellano), Peu de gall gruixat (Mallorquín)</t>
+  </si>
+  <si>
+    <t>Castellano, Mallorquín</t>
+  </si>
+  <si>
+    <t>Herbácea perenne que crece en forma de césped, formando un denso entramado de tallos.Tiene entrenudos a intervalos de unos 5 cm, cada uno con una sola vaina foliar y la cuchilla foliar. La hoja es verde brillante, corta, de 3-4 mm de ancho, glabras o suavemente peludas, volviéndose de textura gruesa con la edad. Entre la vaina y la cuchilla está una lígula, corta y ciliada. Las inflorescencias son muy poco visibles, casi totalmente encerradas dentro de las vainas de las hojas, con 2-4 espiguillas.</t>
+  </si>
+  <si>
+    <t>Pennisetum purpureum Schumach.</t>
+  </si>
+  <si>
+    <t>prueba_Pasto elefante (Castellano), Hierba bruja (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano</t>
   </si>
   <si>
-    <t>España NE (No evaluado)</t>
-[...1087 lines deleted...]
-  <si>
     <t>Hierba muy grande y robusta, perenne, con tallos de 2-6 metros de alto, ramificados, con numerosos entrenudos azulados; los nudos jóvenes tienen pelos blancos, volviéndose glabros con el tiempo. Las vainas de las hojas son glabras, más cortas que los entrenudos. La lígula es estrecha, con densos flecos de pelos largos y blancos. Las láminas de las hojas son estrechas, planas, verdes o azuladas, de 1 metro de largo y 3 cm de ancho, pilosas cerca de la base, especialmente en los márgenes. Tienen un nervio medio robusto, blanquecino. La inflorescencia es una espiga terminal, linear, densa, de 7-30 cm de largo y de color verdoso, amarillento o violáceo. El raquis de la semilla es cilíndrico y no es alado. Las espiguillas se agrupan en número de 1-5, encerradas en un involucro de numerosas cerdas ciliadas relativamente largas (8-40 mm). La lema superior tiene el ápice membranoso. Las anteras tienen un mechón de pelos en el ápice.</t>
   </si>
   <si>
     <t>Perca fluviatilis Linnaeus, 1758</t>
   </si>
   <si>
     <t>prueba_Perca de río (Castellano), Perca europea (Castellano), Perca de riu (Catalán), Perch (Inglés)</t>
   </si>
   <si>
     <t>Pez de agua dulce de tamaño medio, que no suele superar los 30 cm de longitud y 1,2 kg de peso, aunque puede alcanzar los 50 cm y casi los 5 kg. El cuerpo es alto y comprimido lateralmente (los ejemplares grandes desarrollan una protuberancia detrás de la cabeza), cubierto de escamas pequeñas, y áspero al tacto. La coloración depende del hábitat en el que viven; en zonas poco profundas tienden a ser oscuras mientras que en zonas poco iluminadas y sin vegetación están ligeramente coloreados. A veces, por los carotenoides derivados de los crustáceos de su dieta, pueden ser de un color amarillo rojizo. La superficie dorsal suele ser de color verde brillante a oliva con 5-9 bandas estrechas oscuras que no alcanzan el vientre, los flancos amarillos o amarillo-verdosos y el vientre gris o blanquecino. Los ojos son verdes o amarillos, al igual que las aletas caudal y dorsales. En la línea lateral presenta entre 57-62 escamas. La boca es grande y con dientes. El maxilar es largo y su borde posterior está situado a la misma altura que el ojo. El opérculo es grande, alargado en la parte posterior, siendo su borde posterior muy afilado. Presenta dos aletas dorsales, la primera con 13-15 radios espinosos y la segunda con 13-14 radios blandos. La primera espina de la aleta dorsal suele ser negra, al igual que la membrana entre las espinas 1 y 2. La parte posterior de la primera aleta dorsal tiene una mancha oscura. Las aletas pectorales son de color ámbar y translúcidas mientras que las pélvicas y anales son de color plata a amarillo opaco. El pedúnculo caudal es estrecho.</t>
   </si>
   <si>
     <t>Pistia stratiotes L.</t>
   </si>
   <si>
     <t>prueba_Lechuga de agua (Castellano), Lechuguilla de Agua (Castellano), Repollo de Agua (Castellano), Water Lettuce (Inglés), Tropical duck-weed (Inglés), Laitue d'Eau (Francés), Pistie (Francés), Salade du Nil (Francés), Lletuga d'aigo (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés, Mallorquín</t>
   </si>
   <si>
     <t>Monocotiledónea perenne, de flotación libre, con estolones y raíces plumosas sumergidas que cuelgan de una roseta de hojas. Las hojas son de color verde pálido, sin peciolos, gruesas y suaves, que forman una roseta superponiéndose entre sí (como una lechuga). Llegan a alcanzar los 14 cm de longitud y su forma es variable, por lo general de espatuladas a ampliamente obovadas con el ápice redondeado. Presentan de 7 a 15 venas prominentes que irradian en forma de abanico desde la base. Tanto el haz como el envés están cubiertos por una densa capa de pelos cortos lanosos blancos, que atrapan burbujas de aire. La inflorescencia es axilar, solitaria, ascendente y blanquecina. Las flores se agrupan en pequeños tallos carnosos casi escondidos en las axilas de las hojas, con una única flor femenina en la parte baja y verticilos de flores masculinas más arriba. El fruto es una baya verde delgada con numerosas semillas cilíndricas.</t>
   </si>
   <si>
     <t>Potamopyrgus antipodarum (J.E.Gray, 1853)</t>
@@ -1385,54 +1385,54 @@
   <si>
     <t>Marino y Terrestre</t>
   </si>
   <si>
     <t>Streptopelia roseogrisea (Sundevall, 1857)</t>
   </si>
   <si>
     <t>prueba_Tórtola rosígris (Castellano), Usapal lepokoduna (Euskera), Tórtora domèstica (Catalán), Lula da colar (Gallego), Ringed Turtle-Dove (Inglés), African Collared Dove (Inglés), African Collared-dove (Inglés), Barbary Dove (Inglés), Tourterelle rieuse (Francés)</t>
   </si>
   <si>
     <t>Tórtola con una longitud de unos 26-28 cm y un peso de unos 150 gramos. El plumaje puede variar del blanco al crema pálido o presentar tonalidades oscuras. Tiene un característico semi-collar estrecho de color negro ribeteado de blanco en el cuello. La cabeza es de color crema ligeramente rosada, el pecho de color crema rosado o blanco, cola crema grisácea por el dorso, con la punta y los bordes blancos por debajo y una ancha banda terminal blanca. El dorso y gran parte del ala es de color marrón arena pálido. Bajo las alas la coloración es blanquecina. El ojo es de color rojo oscuro, el pico es grisáceo o negro, y las patas rojizas o gris oscuro. Los juveniles son similares a los adultos, aunque más pálidos, con el collar no tan evidente como en los adultos, el ojo marrón amarillento pálido y las patas marrón grisáceo.</t>
   </si>
   <si>
     <t>Threskiornis aethiopicus (Latham, 1790)</t>
   </si>
   <si>
     <t>prueba_Ibis sagrado (Castellano), Ibis sakratu (Euskera), Ibis sagrat (Catalán), African Sacred Ibis (Inglés), Sacred Ibis (Inglés)</t>
   </si>
   <si>
     <t>Ave de buen tamaño, con una longitud de 65 a 89 cm, una envergadura de 112-124 cm y un peso de aproximadamente 1,5 kg. Las hembras son algo más pequeñas que los machos. El plumaje del cuerpo es muy blanco, contrastando con la cabeza y cuello que son negros y sin plumas. El pico es largo, muy curvado hacia abajo, ancho en la base y de color negro. La punta de las plumas primarias y secundarias de las alas es negra. La cola es corta, y en el dorso cuelga una falsa cola formada por unas largas plumas ornamentales negras. Las patas son negras con tintes rojizos. Los jóvenes carecen de las plumas ornamentales negras, y tienen la garganta y la parte anterior del cuello de color blanco.</t>
   </si>
   <si>
     <t>Trachemys scripta Schoepff, 1792</t>
   </si>
   <si>
-    <t>prueba_Tortuga pintada (Castellano), Galápago americano o de Florida (Castellano), Jicotea elegante (Castellano), Tortuga japonesa o de orejas rojas (Castellano), Apoarmatu (Euskera), Tortuga d'orelles grogues (Catalán), Red-eared Slider Turtle (Inglés), Red-eared slider (Inglés), Slider (Inglés), Cumberland Slider Turtle (Inglés), Yellow-bellied Slider Turtle (Inglés)</t>
-[...2 lines deleted...]
-    <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés</t>
+    <t>prueba_Tortuga pintada (Castellano), Galápago americano o de Florida (Castellano), Jicotea elegante (Castellano), Tortuga japonesa o de orejas rojas (Castellano), Galápago de florida (Castellano), Apoarmatu (Euskera), Tortuga d'orelles grogues (Catalán), Cumberland Slider Turtle (Inglés), Yellow-bellied Slider Turtle (Inglés), Red-eared slider (Inglés), Slider (Inglés), Red-eared Slider Turtle (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Galápago de tamaño mediano, con una mancha prominente a cada lado de la cabeza, cuyo colorido difiere según las subespecies (roja en T. s. elegans, y amarilla en T. s. scripta y T. s. troosti). El color de la piel, tanto de la cabeza como del cuerpo, varía del verde oliváceo al marrón, con numerosas líneas amarillas. En la zona prefrontal se observa un dibujo en forma de flecha formado por la unión de las líneas amarillas supratemporales que convergen con la línea sagital sobre el hocico. El cuello también posee numerosas líneas amarillas que bajo la boca se unen formando una Y. Las patas son también de color oscuro con numerosas líneas amarillas. El caparazón, en los individuos juveniles, es verdoso, con manchas y dibujos amarillos; en los adultos toma un color verde oscuro con líneas amarillas o pardas. La parte ventral (plastrón) es de color amarillento, generalmente con manchas verde oscuro. Su tamaño máximo puede variar entre los 20 y los 60 cm en función de la subespecie. (1) T.s. scripta: presenta una mancha amarilla que recorre la mejilla detrás de los ojos, la cual con frecuencia llega hasta el cuello. En la escama pleural del espaldar tiene una banda transversal amarilla y en los escudos anteriores del plastrón, un ocelo negro. (2) T.s. elegans: su característica banda ancha roja, se extiende desde el ojo hasta la parte superior del tímpano, y las líneas amarillas van desde el mentón al cuello. En la escama pleural tiene una banda transversal amarilla y en cada escudo del plastrón un ocelo negro. (3) T.s. troostii: exhibe una mancha amarilla alargada detrás del ojo, que no está conectada a ninguna línea. En la escama pleural tiene una banda transversal amarilla y en el plastrón pequeños ocelos negros.</t>
   </si>
   <si>
     <t>Chrysemys troostii Boulenger, 1889, Crysemys grayi Fritz &amp; Bienert, 1981, Crysemys scripta Fritz &amp; Bienert, 1981, Emys cumberlandensis Holbrook, 1840, Emys elegans Wied, 1838, Emys holbrooki Gray, 1844, Emys sanguinolenta Gray, 1855, Emys troosti Holbrook, 1836, Emys vittata Gray, 1831, Pseudemys elegans Force, 1928, Pseudemys grayi, Pseudemys scripta Carr, 1937, Testudo scripta Thunberg in Schoepff, 1792, Testudo serrata Daudin, 1802, Trachemys lineata Gray, 1873, Trachemys troosti Gray, 1863</t>
   </si>
   <si>
     <t>Ulex europaeus L.</t>
   </si>
   <si>
     <t>prueba_Aliaga (Castellano), Árguma (Castellano), Aulaga (Castellano), Tojo (Castellano), Otia (Euskera), ota (Euskera), Otea (Euskera), Gatosa (Catalán), toxo arnal (Gallego), Argoma (Gallego), Toixo (Gallego), Toxo (Gallego), Toxo arnaio (Gallego), Toxo arnelo (Gallego), Toxo macho (Gallego), Gorse (Inglés), Common Gorse (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Catalán, Gallego, Gallego, Gallego, Gallego, Gallego, Gallego, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>Arbusto leñoso y muy espinoso, de hasta 2,5 m de altura, generalmente ascendente (a veces postrado), muy ramificado y enmarañado. Tiene raíces laterales poco profundas, a menudo con muchos nódulos. Los tallos jóvenes tienen una capa de cera y suelen terminar en una espina. Las ramas son de color verde oscuro, asurcadas (con generalmente 8 costillas longitudinales), entrelazadas unas con otras formando una maraña espinosa. Las hojas como tales no existen, pues en las plantas adultas se sustituyen por filodios (acículas espinosas) de sección triangular (las hojas de las plantas jóvenes son generalmente trifoliadas). A medida que el tallo comienza a crecer, se forman espinas primarias en las axilas de las hojas reducidas. Posteriormente aparecen espinas secundarias y terciarias, normalmente formadas en la primaria. Las flores son amarillas, amariposadas, de 12-21 mm, individuales o dispuestas en pequeños racimos en las axilas de las acículas. El cáliz es grande, aplanado lateralmente, por lo general cubierto de pelos y hendido hasta la base en 2 lóbulos rematados en 2-3 dientecillos. Tiene 2 bractéolas redondeadas u ovado-lanceoladas de 2-7,5 mm de anchura. La corola tiene un estandarte oval o redondeado, lampiño por el dorso y generalmente escotado hacia el ápice. Los frutos son legumbres inicialmente verdes y pubescentes, y se vuelven negras al madurar. Las semillas, de 1 a 8 por vaina, son de color marrón oscuro, lisas, brillantes, casi redondas, con un aril amarillo.</t>
   </si>
   <si>
     <t>Xenopus laevis (Daudin, 1802)</t>
   </si>
   <si>
     <t>prueba_Rana de uñas africana (Castellano), Platanna (Inglés), Common Clawed Toad (Inglés), Clawed Frog (Inglés), Clawed Toad (Inglés), Common Clawed Frog (Inglés), African Clawed Toad (Inglés), Common Platanna (Inglés), Smooth Clawed Frog (Inglés), African clawed frog (Inglés)</t>
   </si>
@@ -1560,51 +1560,51 @@
   <si>
     <t>Araujia sericifera Brot.</t>
   </si>
   <si>
     <t>prueba_Planta cruel (Castellano), Miraguà (Mallorquín), Miraguano (Mallorquín), Pebrot (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Mallorquín, Mallorquín, Mallorquín</t>
   </si>
   <si>
     <t>Planta trepadora perenne, robusta, con tallos flexibles, finamente vellosos, de color verde o gris, que contienen una savia lechosa tóxica. Las hojas son alargadas y más o menos triangulares, relativamente gruesas, de bordes enteros y acabadas en punta; tienen de 3-12 cm de largo y 1-6 cm de ancho, el haz glabro de color verde oscuro y el envés blanquecino y densamente peludo. Se disponen de forma opuesta y están pedunculadas. Las flores son de color blanco, crema o rosa pálido, a veces con rayas más oscuras de color rosa; tienen forma de campana, con 5 sépalos de 8-13 mm de largo y 5 pétalos de 18-20 mm de longitud que se fusionan en la base. Se presentan en grupos de dos a cuatro, y pueden atrapar y matar insectos. El fruto es grande, en forma de pera, profundamente acanalado, de 6 a 12 cm de largo y 3-7 cm de ancho, de color verde azulado o verde grisáceo. Cuando maduran se vuelven leñosos y de color marrón; se divide longitudinalmente para liberar numerosas semillas de color negruzco, de 4 a 8 mm de largo, y terminadas con un mechón de largos pelos blancos sedosos.</t>
   </si>
   <si>
     <t>Armadillidium vulgare (Latreille, 1804)</t>
   </si>
   <si>
     <t>prueba_Cochinita común (Castellano)</t>
   </si>
   <si>
     <t>Es un isópodo de buen tamaño, llegando a alcanzar los 18 mm de longitud. Como el resto de las “cochinillas”, es de forma ovalada, moderadamente aplanada por su parte dorsal, con el cuerpo aproximadamente el doble de largo que de ancho. La mayoría de los individuos presentan una coloración gris oscuro no brillante (gris pizarra), aunque a veces puede presentar pigmentaciones marrones o rojizas. El escutelo es amplio, pero no se proyecta por encima de la cabeza. Presenta dos pares de antenas, aunque uno de ellos es casi inapreciable. El tórax se divide en 7 segmentos visibles, con siete pares de patas.</t>
   </si>
   <si>
     <t>Asparagopsis armata Harvey, 1855</t>
   </si>
   <si>
-    <t>prueba_Harpoon weed (Inglés)</t>
+    <t>prueba_Didymo (Castellano), Moco de roca (Castellano), Harpoon weed (Inglés)</t>
   </si>
   <si>
     <t>Especie anual, que cuenta con dos fases de diferente aspecto: una esporofítica (fase asexual productora de esporas) y una gametofítica (fase sexual productora de gametos). Ambas fases pueden reproducirse vegetativamente. La fase gametofítica es un alga de color rojo pálido de hasta 30 cm de longitud, anual, que se fija al substrato gracias a una maraña de rizoides. Sus estolones principales, delgados, cilíndricos y lisos (1mm de ancho, 200mm de largo) se ramifican de forma irregular. Las ramas presentan multitud de ramitas pequeñas dispuestas en espiral, otorgándole un aspecto cónico. Las ramillas inferiores no están ramificadas, son largas y afiladas, con ganchos similares a arpones. En otros casos, las ramas presentan barbas, espinas o cuernos alternos muy característicos. La fase esporofítica es conocida como Falkenbergia rufolanosa, es de color rosado, y está formada por una maraña de filamentos muy ramificados que forman masas esféricas de hasta 3 cm de diámetro. Estas masas pueden aparecer flotando o bien estar adheridas al substrato por finos rizoides.</t>
   </si>
   <si>
     <t>Asparagopsis taxiformis (Delile) Trevisan, 1845</t>
   </si>
   <si>
     <t>prueba_Supreme Limu (Inglés)</t>
   </si>
   <si>
     <t>Especie anual, que cuenta con dos fases de diferente aspecto: una esporofítica (fase asexual productora de esporas) y una gametofítica (fase sexual productora de gametos). Ambas fases pueden reproducirse vegetativamente. Se fija al sustrato por medio de estolones basales y de rizoides. La fase gametofítica llega a medir 30 cm de longitud. Presenta estolones rastreros en la base. La coloración es rojo púrpura o violácea, pálida, con un eje del que surgen multitud de ramitas espesas dispuestas en espiral. El eje, cilíndrico, mide hasta 1 mm de ancho por 200 mm de largo, y emerge de estolones reptantes, lisos. Las ramillas se estrechan, con la parte final en forma de punta lisa. La fase esporofítica, conocida como Falkenbergia hillebrandii, es de color rojo rosado, filamentosas, de unos 15 mm de diámetro y con multitud de ramificaciones, formando una especie de alfombras de aspecto algodonoso. Es prácticamente indistinguible de F. rufolanosa.</t>
   </si>
   <si>
     <t>Asparagus asparagoides (L.) Druce</t>
   </si>
   <si>
     <t>prueba_Esparraguera africana (Castellano), Espàrec (Catalán), Espareguera de fulla ampla (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Mallorquín</t>
   </si>
   <si>
     <t>Arbusto erecto o decumbente, que produce brotes delgados, nervudos que se enroscan, ligeramente leñosos en la base y hasta de 6 metros de largo cuando tienen un soporte. Presenta falsas hojas (cladodios: tallos modificados aplanados) amplias (de 10 a 70 mm de largo y 4-30 mm de ancho), correosas, ovaladas, sésiles, dispuestas alternativamente, de color verde brillante y con varias vetas paralelas. Las hojas reales se reducen a unas pequeñas brácteas parecidas a escamas en la base de los cladodios. Las inflorescencias son umbelas axilares con 1-3 (a veces 4) flores acampanuladas, perfumadas, con 6 tépalos blanco-verdosos fusionados en un tubo en su mitad inferior, con una mancha verde abaxial, de 1-1,5 mm. Nacen en pedicelos ligeramente doblados axilares (emanan de la base de los cladodios). El fruto es una baya globosa al principio verde y roja al madurar, de 6-8 mm, que contiene de 0 a 4 semillas negras, brillantes, esféricas u ovoides. Genera mucha biomasa subterránea consistente en un rizoma cilíndrico y delgado, de unos 5 mm de ancho, con ramificaciones que crecen en paralelo con la superficie del suelo, y con numerosos tubérculos carnosos. Los rizomas y tubérculos se entrelazan formando una densa capa de hasta 10 cm de espesor.</t>
   </si>
@@ -1713,51 +1713,51 @@
   <si>
     <t>Centranthus ruber (L.) DC. in Lam. &amp; DC.</t>
   </si>
   <si>
     <t>prueba_Alfeñiques (Castellano), Buena mujer (Castellano), Lágrimas de la virgen (Castellano), Milamores (Castellano), Sopas en vino (Castellano), Valeriana roja (Castellano), Hierba de San Jorge (Castellano), Diana (Catalán), Herba de montserrat (Catalán), Milamors (Catalán), Rosa d'espanya (Catalán), Valeriana de jardí (Catalán), Fava borda (Catalán), Alfinete (Gallego), Herba dos muros (Gallego), Valeriana roxa (Gallego), Valeriana (Latín), Herba de bou (Valenciano), Favera borda (Valenciano), Favera (Valenciano), Favar bord (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Latín, Valenciano, Valenciano, Valenciano, Valenciano</t>
   </si>
   <si>
     <t>Hemicriptófito. Herbácea perenne de 30 a 80 cm. glabra. Tallos erectos simples o ramificados, lisos. Hojas ovales o elípticolanceolada de 8 a 12 cm. de largo y de 2 a 4 de ancho, enteras o un poco dentada, opuestas. Las inferiores pecioladas y las superiores sésiles. Flores muy numerosas, rojas o blancas con espolón, dispuestas en corimbos apretados que se alargan en panícula tricótoma. Fruto en aquenio glabro.</t>
   </si>
   <si>
     <t>Codium fragile (Suringar) Hariot, 1889</t>
   </si>
   <si>
     <t>prueba_Dedos verdes de mar (Castellano), Green sea fingers (Inglés)</t>
   </si>
   <si>
     <t>Alga grande, perenne, de coloración verde oscuro, con frondes erectos de unos 15-20 cm de alto, con abundantes ramas cilíndricas, distribuidas en forma dicotómica o fastigiada. La superficie es vellosa. Se fijan al sustrato por medio de un ancho disco basal esponjoso. Las ramas cilíndricas tienen un diámetro de 0,3-1 cm. Al tacto es un alga blanda y esponjosa.</t>
   </si>
   <si>
     <t>Cordylophora caspia (Pallas, 1771)</t>
   </si>
   <si>
-    <t>prueba_Hidroide esturialino (Castellano)</t>
+    <t>prueba_Hidroide esturiano (Castellano), Hidroide esturialino (Castellano)</t>
   </si>
   <si>
     <t>Es un hidroide colonial de color marrón claro o amarillento, cuyas colonias son filamentosas, erectas y pueden alcanzar los 12 cm de alto, ramificándose de vez en cuando en lados alternos (pueden tener un aspecto parecido al musgo o a un pequeño arbusto). Presenta anillos cerca de la base de los tallos y ramas. Las colonias se componen de pólipos, los cuales son de aproximadamente 1 mm de largo y de color blanco o rosa pálido, en forma de huso cuando están relajados y ovoides cuando se contraen; tienen de 12 a 16 tentáculos incoloros repartidos irregularmente sobre la superficie. La boca nace en una probóscide cónica pero truncada. Las ramas están redondeadas en su base y cada una tiene de 1 a 3 órganos reproductivos en forma de pera.</t>
   </si>
   <si>
     <t>Cortaderia selloana (Schult. &amp; Schult.f.) Asch. &amp; Graebn.</t>
   </si>
   <si>
     <t>prueba_Hierba de la Pampa (Castellano), Plumacho (Castellano), Plumero (Castellano), Carrizo de la Pampa (Castellano), Panpa-lezca (Euskera), Plumeros (Catalán), Plomes (Catalán), Gineri (Catalán), Plomalls (Catalán), Herba de la Pampa (Catalán), Càrritx de jardí (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Mallorquín</t>
   </si>
   <si>
     <t>Planta herbácea perenne, graminoide, de hasta 3 m de altura, provista de robustas macollas. Hojas planas, laminares, coriáceas, con los bordes aserrados y de tacto áspero, de 1-3 m, glaucas. Lígula reducida a una hilera de pelos. Inflorescencias en panículas de gran tamaño, de (30) 50-100 cm, con un característico color plateado, soportadas por largos pedúnculos, con las ramas erectopatentes en los individuos masculinos y patentes en los femeninos. Espiguillas comprimidas lateralmente, de hasta 15 mm incluida la arista, con las glumas lanceoladas, desiguales y membranosas. Lema membranosa, vellosa, trinerviada, con arista terminal. Raquilla vellosa, desarticulándose en la madurez por encima de las glumas y justo por encima de cada flor. Morfológicamente se trata de una especie ginodioica, es decir, existen plantas con flores hermafroditas y femeninas, pero funcionalmente es dioica, de manera que para la reproducción es preciso que ambos tipos de plantas se encuentren relativamente próximas.</t>
   </si>
   <si>
     <t>Cotula coronopifolia L.</t>
   </si>
   <si>
     <t>prueba_Cotula (Castellano), Santalina de auga (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Gallego</t>
   </si>
@@ -1830,51 +1830,54 @@
   <si>
     <t>Anfípodo de agua dulce de buen tamaño, que puede llegar a medir 30 mm de longitud. El cuerpo está arqueado, comprimido lateralmente y es semi-transparente. Tiene dos pares de antenas. La coloración es variable, con rayas, manchas o bandas uniformes. Sus mandíbulas son grandes y poderosas, haciendo de él un eficaz depredador. Presenta largas y densas setas en el flagelo, pero no en otras partes de la antena II. Presenta tubérculos dorsales en los segmentos I y II del urosoma (últimos 3 somitos o segmentos abdominales que llevan apéndices modificados), con 3-5 espinas. Los juveniles son como los adultos, pero mucho más pequeños; por ello su identificación es más difícil, ya que la mayoría de las características morfológicas específicas están poco desarrolladas.</t>
   </si>
   <si>
     <t>Dysdera crocata C. L. Koch, 1838</t>
   </si>
   <si>
     <t>prueba_Araña roja (Castellano), Disdera invasora (Castellano)</t>
   </si>
   <si>
     <t>Araña de tamaño medio, que oscila entre los 10 y los 15 mm en machos, y los 15-30 mm en las hembras. Tienen 6 ojos agrupados en un estrecho semicírculo. Los quelíceros son desproporcionadamente grandes en relación a su tamaño, y siempre están visibles; los colmillos terminales son casi tan largos como los quelíceros. El cefalotórax y abdomen son prácticamente del mismo tamaño, y ambos brillantes. El abdomen es alargado, ligeramente ovalado. Las patas son delgadas, y cada tarso tiene dos garras y un mechón de pelos que le sirven de ayuda para “escalar”. Tanto las patas como el cefalotórax y los quelíceros son de color rojo oscuro o marrón anaranjado, mientras que el abdomen es de un tono amarillo-marrón brillante (a veces grisáceo o blanquecino) y carece de pelos.</t>
   </si>
   <si>
     <t>Dyspanopeus sayi (Smith, 1869)</t>
   </si>
   <si>
     <t>prueba_Cangrejo marino americano (Castellano), Say's mud crab (Inglés)</t>
   </si>
   <si>
     <t>Pequeño cangrejo que no suele superar un máximo de 2 cm de anchura de caparazón, muy convexo y de forma hexagonal, más ancho que largo. La superficie está finamente granulada, con una ligera capa de pelo, principalmente en la frente y los laterales. El color varía desde el verde oliva al marrón. Las puntas de las uñas son de color negro. Las pinzas son grandes y gruesas, asimétricas, siendo la izquierda más estrecha que la derecha. Tiene un marcado dimorfismo sexual, siendo los machos más grandes que las hembras.</t>
   </si>
   <si>
     <t>Egeria densa Planch.</t>
   </si>
   <si>
-    <t>prueba_Egera (Castellano), Maleza acuática brasileña (Castellano), Elodea (Catalán), Broza del Brasil ()</t>
+    <t>prueba_Egera (Castellano), Maleza acuática brasileña (Castellano), Elodea (Catalán), Egeria (Latín), Broza del Brasil ()</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Latín</t>
   </si>
   <si>
     <t>Herbácea acuática sumergida, enraizada en el fondo o de libre flotación, con tallos poco ramificados, con entrenudos cortos, delicados y muy foliosos, de hasta 2 metros de largo. Las hojas se disponen regularmente en verticilos; son sésiles, lanceoladas, de 1-4 cm de largo y 2-5 mm de ancho, translúcidas, con el margen algo ondulado, de color verde intenso al recibir luz natural, más pálido en los acuarios. Normalmente presenta 4 hojas por verticilo, pero puede presentar 5 o 6 (normalmente las hojas más bajas son opuestas o en verticilos de 3, mientras que las medias y altas están en verticilos de 4 a 8). La planta está sumergida totalmente excepto las flores, que son de color blanco o púrpura, axilares, con 3 pétalos, dispuestas al final de un largo pedúnculo de 2 a 6 cm de largo. Las flores masculinas se presentan en grupos de 2 a 4, con el periantio formado por un cáliz de 3 sépalos verdes, la corola con 3 pétalos blancos de 10-15 mm de largo y 9 estambres. Las femeninas aparecen solitarias, con el periantio como las masculinas y un ovario tricarpelar. El fruto es una cápsula oblonga de 7-8 mm de largo y 3 mm de ancho, con el pericarpio membranoso y transparente. Las semillas son numerosas, fusiformes con un filamento al final.</t>
   </si>
   <si>
     <t>Eriocheir sinensis H. Milne-Edwards, 1853</t>
   </si>
   <si>
     <t>prueba_Cangrejo chino (Castellano)</t>
   </si>
   <si>
     <t>Cangrejo de coloración variable, desde el amarillo al marrón, muy raramente púrpura. El caparazón es liso y ligeramente cuadrado, con cuatro espinas laterales, siendo la cuarta más pequeña que el resto. Los adultos llegan a tener una anchura de caparazón de 10 cm, siendo lo más común entre los 5 y los 7 cm. Las patas suelen tener una longitud dos veces mayor que el caparazón, y son de color marrón claro. Presenta densos parches de pelos en sus pinzas a modo de mitones.</t>
   </si>
   <si>
     <t>Eschscholzia californica Cham. in Nees</t>
   </si>
   <si>
     <t>prueba_Amapola de California (Castellano), Rosella de Califòrnia (Catalán), Flor de califòrnia (Mallorquín)</t>
   </si>
   <si>
     <t>Hierba de 20-60 cm de altura, con cierta pubescencia, erecta o decumbente, y que secreta un látex acuoso. Las hojas están largamente pecioladas, son de color verde azulado (glauco), con tres lóbulos finamente divididos y casi glabras. Las flores son solitarias, axilares o terminales, grandes, de 5-8 cm de diámetro, hermafroditas, actinomorfas, con 4 pétalos largos y anchos de color amarillo-naranja, con forma de copa y de textura sedosa (satinados), a veces con una mancha oscura en la base, fugaces. Tienen un aroma picante. Responden a los bajos niveles de luz, cerrándose. El cáliz presenta 2 sépalos soldados en forma de capuchón, caedizas dejando un reborde irregular que se mantiene tras caer los pétalos. Los pedicelos son de 1 a 8 cm. El fruto es una cápsula dehiscente estrecha y alargada, de 8 a 10 cm de largo, glabra, con nervios prominentes, que contiene numerosas semillas globosas, de color marrón oscuro o negro, con la superficie reticulada o punteada.</t>
   </si>
   <si>
     <t>Fallopia baldschuanica (Regel) Holub</t>
   </si>
@@ -2031,51 +2034,51 @@
   <si>
     <t>Hierba perenne de hasta 120 cm de alto. Presenta un cepellón compacto con las hojas basales planas y acanaladas, de hasta 40 cm. Las hojas caulinares miden hasta 20 cm, y tienen una lígula casi ausente (solapa membranosa con mechones de pelos a ambos lados). Son anchas, planas y fuertemente nervadas en el haz, con los bordes ásperos al tacto. La inflorescencia es una panoja ramificada, laxa, con espiguillas de flores. Las espiguillas de flores son relativamente grandes (de 10 a 22 mm de largo), están largamente pedunculadas, de 14-18 mm de largo. Las glumas (brácteas) son lanceoladas, hialinas, profundamente teñidas de púrpura o de color violáceo, la inferior de 11-22 mm y la superior de 10-19mm. La lema, peluda y con callo punzante (afilada punta), es de 7,5 a 14,5 mm; las aristas, relativamente largas, tienen una columna pubescente y el limbo escábrido, con una corona de pelos alrededor de la base.</t>
   </si>
   <si>
     <t>Stipa neesiana Trin. &amp; Rupr.</t>
   </si>
   <si>
     <t>Nicotiana glauca Graham</t>
   </si>
   <si>
     <t>prueba_Tabaco moruno (Castellano), Chupera (Castellano), Artabaca (Castellano), Bobo (Castellano), Calentón (Castellano), Calenturero (Castellano), Galán (Castellano), Gigante (Castellano), Hediondo (Castellano), Jediondo (Castellano), Leñero (Castellano), Mimo (Castellano), Rebusto (Castellano), Venenario (Castellano), Venenero (Castellano), Venenillo (Castellano), Venenón (Castellano), Tabaco moro (Castellano), Tabaco negro (Castellano), Aciculito (Castellano), Arboltonto (Castellano), Tabac de jardí (Catalán), Tabac moro (Catalán), Curalotodo (Catalán), Tabac fulla d'espasa (Catalán), Tobacco plant (Inglés), Tobacco bush (Inglés), Tree tobacco (Inglés), Mustard tree (Inglés), Wild tobacco (Inglés), Tobacco tree (Inglés), Tabac d'espasa (Mallorquín), Tabac d'alger (Mallorquín), Mostassa (Mallorquín), Tabaquera (Valenciano), Curatodo (Valenciano), Gandul (Valenciano), Tabaco (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Catalán, Catalán, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano</t>
   </si>
   <si>
     <t>Arbusto o pequeño árbol perennifolio generalmente de unos 3 m, aunque puede alcanzar hasta 7 m de altura. Es completamente glabro (no pubescente), con hojas gruesas de forma ovada a lanceolada de 5-25 cm de longitud, margen entero y color verde glauco, pecioladas y en disposición alterna. Las flores son amarillas y tubulares, de 3-4 cm de longitud, en panícula terminal. Frutos en cápsula de dos valvas, ovoides, de 7-10 mm de longitud. Producen numerosas semillas muy pequeñas, de color negro (Sanz et al., 2004, Ntelios et al., 2013, Swearingen &amp; Bargeron, 2016; Lusweti et al., 2011; GISD, 2020, CABI, 2020). Pertenece al mismo género que la planta del tabaco (N. tabacum), de la que se distingue por sus hojas glabras y sus flores amarillas (Ntelios et al., 2013; Bogdanovic et al., 2006, CABI, 2020). Todas sus partes son extremadamente venenosas y se han descrito numerosos usos medicinales, antifúngicos e insecticidas (Ntelios et al., 2013, Swearingen &amp; Bargeron, 2016; Rinez et al., 2012; Steenkamp et al., 2002). Es una popular planta ornamental (Ollerton et al., 2012) y tiene potencial para ser usada como biocombustible (Mortimer et al., 2012) y en fitorremediación, ya que puede crecer en tierra contaminada y acumular metales pesados (Barazani et al., 2004). Sin embargo, estos usos no pueden compensar los impactos negativos de la planta (Lusweti et al., 2011).</t>
   </si>
   <si>
     <t>Nicotiana glauca f. lateritia Lillo, Nicotiana glauca var. angustifolia Comes, Nicotiana glauca var. decurrens Comes, Nicotiana glauca var. grandiflora Comes, Nicotidendron glauca (Graham) Griseb., Siphaulax glabra Raf.</t>
   </si>
   <si>
     <t>Nymphaea mexicana Zucc.</t>
   </si>
   <si>
-    <t>prueba_Lirio Amarillo (Castellano)</t>
+    <t>prueba_Lirio Amarillo (Castellano), Nenúfar mejicano (Castellano)</t>
   </si>
   <si>
     <t>Planta acuática flotante con espesos y gruesos rizomas, y largos y esponjosos estolones que soportan pequeños racimos de raíces curvas, carnosas y amarillas, parecidas a plátanos en miniatura. Tiene grandes hojas flotantes, de hasta 25 cm de largo, verdes y planas, glabras, de ovadas a elípticas, con un patrón púrpura o marrón. Tienen una capa cerosa gruesa, el margen es entero o sinuoso y los nervios irradian del centro. Nacen de rizomas erectos y cilíndricos. Las flores de loto son solitarias, y tienen de 12 a 30 pétalos amarillos lanceolados o estrechamente elípticos, numerosos estambres amarillos y sépalos amarillo-verdosos (a veces algo teñidos de rojo). Los frutos son unas bayas verdes que crecen bajo el agua y que contienen las semillas (aunque no suelen producirse fuera de su área de distribución natural).</t>
   </si>
   <si>
     <t>Ommatoiulus moreletii (Lucas, 1860)</t>
   </si>
   <si>
     <t>prueba_Milpiés portugués (Castellano), Milpiés cardador (Castellano), Milpiés invasor (Castellano)</t>
   </si>
   <si>
     <t>Miriápodo robusto, de cuerpo cilíndrico y alargado, de color negro o gris negruzco, de 20-45 mm de largo, con el cuerpo compuesto de numerosos segmentos con dos pares de patas cada uno (unos 50 segmentos en estado maduro), aunque los primeros segmentos pueden portar sólo un par de patas. Huevos de color blanco amarillento. Los juveniles solo poseen 3 pares de patas, aumentado en cada muda el número de segmentos y pares de patas, de color marrón claro o grises, y con una línea lateral oscura a cada lado.</t>
   </si>
   <si>
     <t>Opuntia dillenii (Ker Gawl.) Haw.</t>
   </si>
   <si>
     <t>prueba_Higo del mar (Castellano), Tuna brava (Castellano), Higo pico (Castellano), Higo tinto (Castellano), Higos machos (Castellano), Higos tintos (Castellano), Penca (Castellano), Penca bruja (Castellano), Penca rabiosa (Castellano), Penca tinta (Castellano), Pencas tintas (Castellano), Tunera de indias (Castellano), Tunera picona (Castellano), Tunera salvaje (Castellano), Chumbera (Castellano), Tuna (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Arbusto de hasta 3 metros de alto (aunque no suele superar el metro), algo achaparrado, muy ramificado, con los tallos transformados en cladodios (palas), carnosos, suculentos, a menudo con los márgenes ondulados, de color verde-azulado, a veces gris verdoso. Miden de 7 a 40 cm de largo y de 6 a 9 de grosor. Las aréolas (pequeñas protuberancias) son numerosas y llamativas, ligeramente elevadas, con gloquidios (pequeñas cerdas espinosas) de color amarillo. Tienen entre 1 y 5 grandes espinas de hasta 5 cm de largo, aunque a veces pueden faltar. Las flores son variables, de color amarillo limón a naranja, e incluso rojizas, con numerosos “pétalos” y estambres, y se sitúan en los márgenes de los cladodios. Los frutos son piriformes o casi globosos, con una depresión poco profunda en la parte superior, de color púrpura, sin espinas pero con gloquidios, jugosos y comestibles, con la pulpa rojiza. Las semillas son abundantes, de color amarillo o marrón pálido, y en forma de disco.</t>
   </si>
@@ -2187,54 +2190,54 @@
   <si>
     <t>Pequeño cangrejo que suele alcanzar los 23 mm de longitud de ancho de caparazón. El caparazón es plano, cuadrangular, con la parte frontal casi recta, algo dentada (muescas) y con una acanaladura frontal transversal (parece doble cuando se observa por la parte delantera). Tiene 4 espinas anterolaterales alineadas a los lados, poco prominentes, entre los pedúnculos y la parte más ancha del caparazón, estando fusionadas la primera y la segunda. Las pinzas son asimétricas, con el diente superior móvil, curvado y alargado, y el inferior fijo y robusto. El carpo (muñeca) tiene un diente interno moderadamente desarrollado. Las pinzas presentan líneas y son más granulosas en los juveniles, mientras que en los adultos son casi lisas. Las patas marchadoras son largas, delgadas, comprimidas y algo peludas, de colores claros respecto al cuerpo, que presenta tonos desde el marrón al verde oliva.</t>
   </si>
   <si>
     <t>Rhopilema nomadica Galil, 1990</t>
   </si>
   <si>
     <t>prueba_Medusa del mar rojo (Castellano), Nomad jellyfish (Inglés)</t>
   </si>
   <si>
     <t>Medusa de tamaño mediano, cuya umbela es semiesférica, más gruesa en el centro; puede medir entre 10 y 90 cm de diámetro, aunque normalmente oscila entre os 40 y 60 cm. Es de color azul claro, con gránulos pequeños en la umbela. El margen de la umbela se divide en 64 orejeras velares redondeadas. Del centro salen 8 brazos orales, grandes, divididos a la mitad de su longitud en dos ramificaciones con numerosos filamentos largos. El extremo inferior tiene un apéndice vermicular que termina en un delgado filamento. La cavidad del estómago es casi octogonal.</t>
   </si>
   <si>
     <t>Rhynchophorus ferrugineus Olivier, 1790</t>
   </si>
   <si>
     <t>prueba_Picudo rojo (Castellano), Gorgojo de las palmeras (Castellano), Red palm weevil (Inglés)</t>
   </si>
   <si>
     <t>Huevos de color blanco cremoso o amarillento, ovalado, brillante, de unos 2.6 mm de largo y 1.12 mm de ancho. Antes de que eclosionen, es posible ver a través de la cáscara las mandíbulas marrones de las larvas. Las larvas son piriformes, ápodas, blancas o blanco cremoso, con la cápsula cefálica marrón rojizo oscuro; miden hasta 35 mm de largo; su cuerpo está compuesto por 13 segmentos y aparece ligeramente curvado; las piezas bucales están bien desarrolladas y quitinizadas. El capullo es ovalado, de entre 4-6 cm de longitud, formado por fibras de la palmera. Las pupas son de color crema al principio, volviéndose marrones con el tiempo, con la superficie brillante, arrugada y reticulada. Los adultos tienen el cuerpo ovalado, de unos 19-42 mm de largo y de 8 a 16 mm de ancho, con un rostro largo y curvado que en los machos está cubierto por un cepillo de setas mientras que en las hembras es liso. El submentón está encorvado. Presenta manchas oscuras en la parte superior del cuerpo. La coloración es variable, desde pardo anaranjado claro a rojo ferruginoso, opaco o brillante, con o sin manchas negras en el pronoto, de forma y número variable.</t>
   </si>
   <si>
     <t>Ricinus communis L.</t>
   </si>
   <si>
-    <t>prueba_Venenero (Castellano), Catapucia mayor (Castellano), Tartaguero (Castellano), Árbol del demonio (Castellano), Hiera del demonio (Castellano), Tartago (Castellano), Tártago (Castellano), Higuerillo (Castellano), Higuera del demonio (Castellano), Higuera del infierno (Castellano), Mosquitera (Castellano), Rezino (Castellano), Ricina (Castellano), Ricino (Castellano), Errizinu (Euskera), Akain-belar (Euskera), Mugera (Catalán), Ricí (Catalán), Gallaret (Catalán), Olàde regina (Catalán), Oli de ricina (Catalán), Oli de ricino (Catalán), Resiner (Catalán), Figuera del diable (Catalán), Riciner (Catalán), Rícino (Gallego), Figuira do inferno (Gallego), Bafureira (Gallego), Catapúcia (Gallego), Mongeta d'enfiter (Mallorquín), Enfit (Mallorquín), Enfiter (Mallorquín), Mongeta d'enfit (Mallorquín), Figuera borda (Valenciano), Ricino (Valenciano), Higuera infernal (Valenciano), Cagamutxo (Valenciano)</t>
-[...2 lines deleted...]
-    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Gallego, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano</t>
+    <t>prueba_Tartaguero (Castellano), Catapucia mayor (Castellano), Árbol del demonio (Castellano), Hiera del demonio (Castellano), Higuera del demonio (Castellano), Higuera del infierno (Castellano), Mosquitera (Castellano), Rezino (Castellano), Ricina (Castellano), Ricino (Castellano), Tartago (Castellano), Tártago (Castellano), Venenero (Castellano), Higuerillo (Castellano), Tartero (Castellano), Errizinu (Euskera), Akain-belar (Euskera), Olàde regina (Catalán), Oli de ricina (Catalán), Oli de ricino (Catalán), Resiner (Catalán), Mugera (Catalán), Gallaret (Catalán), Ricí (Catalán), Figuera del diable (Catalán), Riciner (Catalán), Rícino (Gallego), Figuira do inferno (Gallego), Bafureira (Gallego), Catapúcia (Gallego), Enfiter (Mallorquín), Mongeta d'enfit (Mallorquín), Mongeta d'enfiter (Mallorquín), Enfit (Mallorquín), Cagamutxo (Valenciano), Ricino (Valenciano), Higuera infernal (Valenciano), Figuera borda (Valenciano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Gallego, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano</t>
   </si>
   <si>
     <t>Arbusto o pequeño arbolillo robusto, glabro, de hasta 3 metros de alto, con el tallo hueco, generalmente glauco o de color púrpura, cubierto de pruína. Las hojas son grandes, de 10-50 cm de diámetro, de color verde oscuro o glaucas (cuando son jóvenes suelen ser de color rojo oscuro), glabras, palmeadas, con (5)7-9 lóbulos desiguales de bordes irregularmente dentados con el ápice agudo. Cada lóbulo tiene un nervio centra prominente. Los peciolos son rojizos, y tienen glándulas apicales de unos 2 mm. Las inflorescencias aparecen en cimas bracteadas reunidas en panículas terminales. Las flores son unisexuales, las masculinas con 5 tépalos soldados de color amarillento, situadas en la parte inferior de la inflorescencia, y las femeninas, en la parte superior, con 3 o 5 tépalos linear-lanceolados de color rojizo. El fruto es una cápsula globosa trilobulada, de color verdoso que se torna a rojo al madurar, cubierta de abundantes espinas romas y suaves, glabra, que contiene las semillas elipsoidales, lisas, lustrosas y jaspeadas, provistas de una excrecencia apical.</t>
   </si>
   <si>
     <t>Salvelinus fontinalis (Mitchill, 1814)</t>
   </si>
   <si>
     <t>prueba_Salvelino (Castellano), Salvelino o trucha de arroyo (Castellano), Trucha de arroyo (Castellano), Amuarrian (Euskera), Amuarrian kanadiarra (Euskera), Truita de fontana (Catalán), Salvelí (Catalán), American brook trout (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Inglés</t>
   </si>
   <si>
     <t>El salvelino es un pez dulceacuícola de tamaño mediano, parecido a una trucha, que no suele superar los 20-35 cm de longitud, ni el medio kilogramo de peso. La cabeza está provista de una potente boca con dientes curvos; es muy particular el epitelio de la cavidad bucal que es de color negruzco. Las mandíbulas se ensamblan sobrepasando el premaxilar la parte posterior del ojo. El vómer (hueso situado en la parte delantera del paladar) es corto y grueso. Tiene dos aletas dorsales, la primera provista de 10-14 radios, mientras que la segunda es adiposa. La aleta anal cuenta con 9-13 radios. La aleta caudal es amplia, muy escotada en los jóvenes y sólo ligeramente cóncava en adultos. La parte externa de las aletas inferiores es de color blanco ribeteadas en negro, al igual que la aleta caudal. El cuerpo está cubierto de pequeñas escamas con unas 230 en la línea lateral. La parte dorsal es de color verde oliva (a veces azul grisáceo o marrón oscuro) con manchas blancas sinuosas muy características. Los flancos son más claros, con muchas manchas rojizas que en ocasiones presentan ocelos (“halos” azules). El vientre es de tonalidades claras, color crema o rosado. Durante la temporada de cría, los machos adquieren un vistoso color rojo-naranja a lo largo de los flancos.</t>
   </si>
   <si>
     <t>Sargassum muticum (Yendo) Fensholt, 1955</t>
   </si>
   <si>
     <t>prueba_Sargado (Castellano), Japweed (Inglés), Wireweed (Inglés)</t>
   </si>
   <si>
     <t>Alga parda, pseudoperenne, de gran tamaño, pudiendo alcanzar los 2 metros de altura. El color varía del marrón amarillento al verde oliva. La parte más baja presenta un disco basal adhesivo, con el cual se fija al sustrato, y del que salen generalmente un corto tallo principal (a veces varios). Las ramas principales se disponen en espiral, con ramificación alterna, formando una intrincada maraña. Las hojas son pequeñas, de bordes lisos o dentados (en este caso, se asemejan a pequeñas hojas de acebo). Los órganos reproductores tienen forma de maza. Presenta pequeñas y numerosas vesículas esféricas de flotación de 2-3 mm.</t>
   </si>
@@ -2524,170 +2527,191 @@
   <si>
     <t>Euplectes franciscanus (Isert, 1789)</t>
   </si>
   <si>
     <t>Euplectes hordeaceus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Euplectes nigroventris Cassin, 1848</t>
   </si>
   <si>
     <t>Euplectes orix (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Red Bishop (Inglés), Southern Red Bishop (Inglés), Ignicolore (Francés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Eutamias sibiricus</t>
   </si>
   <si>
     <t>Gambusia affinis (Baird &amp; Girard, 1853)</t>
   </si>
   <si>
+    <t>prueba_Gambusia del este (Castellano)</t>
+  </si>
+  <si>
     <t>Hakea sericea (Schrad. y J. C. Wendl.)</t>
   </si>
   <si>
     <t>Hakea acicularis (Sm. ex Vent.) Knight</t>
   </si>
   <si>
     <t>Helogale parvula (Sundevall, 1847)</t>
   </si>
   <si>
     <t>Heterodon nasicus Baird &amp; Girard, 1852</t>
   </si>
   <si>
     <t>Hypostomus plecostomus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Pleco (Castellano)</t>
   </si>
   <si>
     <t>Lagarosiphon major (Ridley) Moss</t>
   </si>
   <si>
+    <t>prueba_Elodea africana (Castellano)</t>
+  </si>
+  <si>
     <t>Lampropeltis californiae (Blainville, 1855)</t>
   </si>
   <si>
     <t>prueba_Serpiente rey de California (Castellano), Culebra real de California (Castellano)</t>
   </si>
   <si>
     <t>Lampropeltis getula (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Lampropeltis holbrooki Stejneger, 1902</t>
   </si>
   <si>
     <t>Lampropeltis mexicana Webb, 1961</t>
   </si>
   <si>
     <t>Lampropeltis pyromelana Tanner, 1953</t>
   </si>
   <si>
     <t>Lampropeltis ruthveni Blanchard, 1920</t>
   </si>
   <si>
     <t>Lampropeltis splendida (Baird &amp; Girard, 1853)</t>
   </si>
   <si>
     <t>Lampropeltis triangulum (Lacépède, 1789)</t>
   </si>
   <si>
     <t>Langaha madagascariensis Bonaterre, 1790</t>
   </si>
   <si>
     <t>Leioheterodon madagascariensis (Duméril &amp; Bibron, 1854)</t>
   </si>
   <si>
     <t>Lespedeza cuneata (Dum.Cours.) G.Don</t>
   </si>
   <si>
     <t>Limnoperna fortunei (Dunker, 1857)</t>
   </si>
   <si>
     <t>Ludwigia repens J.R.Forst.</t>
   </si>
   <si>
+    <t>prueba_Duraznillo de agua (Castellano)</t>
+  </si>
+  <si>
     <t>Lysichiton americanus Hultén y St. John</t>
   </si>
   <si>
+    <t>prueba_Aro de agua (Castellano), Col de mofeta amarilla (Castellano)</t>
+  </si>
+  <si>
     <t>Mauremys annamensis (Siebenrock, 1903)</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Annamemys annamensis Savage, 1953, Annamemys merkleni Bourret, 1939, Cyclemys annamensis Siebenrock, 1903</t>
   </si>
   <si>
     <t>Mauremys mutica (Cantor, 1842)</t>
   </si>
   <si>
     <t>Annamemys grochovskiae Tien, 1957, Cathaiemys mutica Lindholm, 1932, Clemmys mutica Siebenrock, 1910, Clemmys nigricans Strauch, 1862, Clemmys schmackeri Boettger, 1894, Damonia mutica Boulenger, 1889, Emys mutica Gray, 1844, Emys muticus Cantor, 1842, Geoclemmys mutica Siebenrock, 1909, Mauremys guangxiensis Obst, 2003, Mauremys mutica Mcdowell, 1964</t>
   </si>
   <si>
     <t>Mauremys sinensis (Gray, 1834)</t>
   </si>
   <si>
     <t>Emys bennettii Gray, 1844, Emys chinensis Gray, 1870, Emys sinensis Gray, 1834, Ocadia sinensis Tao, 1988, Testudo anyangensis Ping, 1930</t>
   </si>
   <si>
     <t>Morone americana (Gmelin, 1789)</t>
   </si>
   <si>
+    <t>prueba_Lubina blanca (Castellano)</t>
+  </si>
+  <si>
     <t>Mungos mungo (Gmelin, 1788)</t>
   </si>
   <si>
     <t>Muntiacus reevesi (Ogilby, 1839)</t>
   </si>
   <si>
     <t>Myriophyllum heterophyllum Michx.</t>
   </si>
   <si>
     <t>Nasua narica (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>prueba_Coatí de nariz blanca (Castellano)</t>
   </si>
   <si>
     <t>Nasua nasua (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>prueba_Coatí rojo (Castellano), Coatí de cola anillada (Castellano)</t>
   </si>
   <si>
     <t>Orconectes virilis Hagen, 1870</t>
   </si>
   <si>
     <t>Paramisgurnus dabryanus Dabry de Thiersant, 1872</t>
   </si>
   <si>
+    <t>prueba_Locha china (Castellano)</t>
+  </si>
+  <si>
     <t>Perccottus glenii Dybowski, 1877</t>
   </si>
   <si>
+    <t>prueba_Durmiente chino (Castellano)</t>
+  </si>
+  <si>
     <t>Percottus glenii Dybowskii, 1877</t>
   </si>
   <si>
     <t>Pituophis melanoleucus Stebbins, 1985</t>
   </si>
   <si>
     <t>Ploceus cucullatus (Müller, 1776)</t>
   </si>
   <si>
     <t>prueba_Village Weaver (Inglés), Tisserin gendarme (Francés)</t>
   </si>
   <si>
     <t>Ploceus jacksoni Shelley, 1888</t>
   </si>
   <si>
     <t>Ploceus melanocephalus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Tejedor cabecinegro (Castellano)</t>
   </si>
   <si>
     <t>Ploceus velatus Vieillot, 1819</t>
   </si>
   <si>
     <t>Pomacea bridgesii (Reeve, 1856)</t>
@@ -2801,50 +2825,53 @@
     <t>Acacia mearnsii De Wild.</t>
   </si>
   <si>
     <t>Acridotheres cristatellus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Arthurdendyus triangulatus (Dendy, 1894) Jones y Gerard (1999)</t>
   </si>
   <si>
     <t>Asclepias syriaca L.</t>
   </si>
   <si>
     <t>Asterias amurensis Lutken, 1871</t>
   </si>
   <si>
     <t>Azolla caroliniana Willd.</t>
   </si>
   <si>
     <t>prueba_Arzolla (Castellano), Falguera d'aigo (Mallorquín), Verdet d'aigo (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Mallorquín, Mallorquín</t>
   </si>
   <si>
     <t>Batrachochytrium dendrobatidis Longcore, Pessier &amp; D.K. Nichols</t>
+  </si>
+  <si>
+    <t>prueba_Quitridio (Castellano)</t>
   </si>
   <si>
     <t>Hongos</t>
   </si>
   <si>
     <t>Bipalium kewense Moseley, 1878</t>
   </si>
   <si>
     <t>Brachyponera chinensis (Emery, 1895)</t>
   </si>
   <si>
     <t>Broussonetia papyrifera (L.) L'Hér ex Vent.</t>
   </si>
   <si>
     <t>Callosciurus prevostii rafflesii (Vigors and Horsfield, 1828)</t>
   </si>
   <si>
     <t>Cardiospermum grandiflorum Sw.</t>
   </si>
   <si>
     <t>prueba_Enredadera (Altoaragonés)</t>
   </si>
   <si>
     <t>Altoaragonés</t>
   </si>
@@ -4347,580 +4374,580 @@
       <c r="K19"/>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>40</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
         <v>16237</v>
       </c>
       <c r="B20" t="s">
         <v>111</v>
       </c>
       <c r="C20" t="s">
         <v>112</v>
       </c>
       <c r="D20" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F20" t="s">
         <v>33</v>
       </c>
       <c r="G20" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H20" t="s">
         <v>23</v>
       </c>
       <c r="I20" t="s">
         <v>46</v>
       </c>
       <c r="J20" t="s">
         <v>25</v>
       </c>
       <c r="K20"/>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="Q20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
         <v>10593</v>
       </c>
       <c r="B21" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21" t="s">
         <v>117</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" t="s">
         <v>33</v>
       </c>
       <c r="G21" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="H21" t="s">
         <v>23</v>
       </c>
       <c r="I21" t="s">
         <v>46</v>
       </c>
       <c r="J21" t="s">
         <v>25</v>
       </c>
       <c r="K21"/>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
         <v>10594</v>
       </c>
       <c r="B22" t="s">
+        <v>120</v>
+      </c>
+      <c r="C22" t="s">
         <v>121</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E22" t="s">
         <v>54</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="G22" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H22" t="s">
         <v>23</v>
       </c>
       <c r="I22" t="s">
         <v>46</v>
       </c>
       <c r="J22" t="s">
         <v>25</v>
       </c>
       <c r="K22"/>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
         <v>10599</v>
       </c>
       <c r="B23" t="s">
+        <v>124</v>
+      </c>
+      <c r="C23" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D23" t="s">
         <v>31</v>
       </c>
       <c r="E23" t="s">
         <v>32</v>
       </c>
       <c r="F23" t="s">
         <v>33</v>
       </c>
       <c r="G23" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H23" t="s">
         <v>23</v>
       </c>
       <c r="I23" t="s">
         <v>24</v>
       </c>
       <c r="J23" t="s">
         <v>25</v>
       </c>
       <c r="K23"/>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
         <v>10602</v>
       </c>
       <c r="B24" t="s">
+        <v>127</v>
+      </c>
+      <c r="C24" t="s">
         <v>128</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E24" t="s">
         <v>32</v>
       </c>
       <c r="F24" t="s">
         <v>33</v>
       </c>
       <c r="G24" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H24" t="s">
         <v>23</v>
       </c>
       <c r="I24" t="s">
         <v>24</v>
       </c>
       <c r="J24" t="s">
         <v>25</v>
       </c>
       <c r="K24"/>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="Q24" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
         <v>10606</v>
       </c>
       <c r="B25" t="s">
+        <v>132</v>
+      </c>
+      <c r="C25" t="s">
         <v>133</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E25" t="s">
         <v>32</v>
       </c>
       <c r="F25" t="s">
         <v>33</v>
       </c>
       <c r="G25" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H25" t="s">
         <v>23</v>
       </c>
       <c r="I25" t="s">
         <v>24</v>
       </c>
       <c r="J25" t="s">
         <v>25</v>
       </c>
       <c r="K25"/>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
         <v>33095</v>
       </c>
       <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
         <v>137</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26" t="s">
         <v>33</v>
       </c>
       <c r="G26" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H26" t="s">
         <v>23</v>
       </c>
       <c r="I26" t="s">
         <v>56</v>
       </c>
       <c r="J26" t="s">
         <v>57</v>
       </c>
       <c r="K26" t="s">
         <v>58</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Q26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
         <v>10913</v>
       </c>
       <c r="B27" t="s">
+        <v>141</v>
+      </c>
+      <c r="C27" t="s">
         <v>142</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>143</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>144</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
         <v>145</v>
       </c>
-      <c r="F27" t="s">
+      <c r="G27" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="H27" t="s">
         <v>23</v>
       </c>
       <c r="I27" t="s">
         <v>56</v>
       </c>
       <c r="J27" t="s">
         <v>57</v>
       </c>
       <c r="K27" t="s">
         <v>58</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="Q27" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
         <v>11616</v>
       </c>
       <c r="B28" t="s">
+        <v>148</v>
+      </c>
+      <c r="C28" t="s">
         <v>149</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>150</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>151</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>152</v>
       </c>
-      <c r="F28" t="s">
+      <c r="G28" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="H28" t="s">
         <v>23</v>
       </c>
       <c r="I28" t="s">
         <v>56</v>
       </c>
       <c r="J28" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K28" t="s">
         <v>58</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28"/>
       <c r="N28" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="O28"/>
       <c r="P28" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="Q28" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
         <v>10718</v>
       </c>
       <c r="B29" t="s">
+        <v>157</v>
+      </c>
+      <c r="C29" t="s">
         <v>158</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>159</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>160</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>161</v>
       </c>
-      <c r="F29" t="s">
+      <c r="G29" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="H29" t="s">
         <v>23</v>
       </c>
       <c r="I29" t="s">
         <v>56</v>
       </c>
       <c r="J29" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K29" t="s">
         <v>58</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29"/>
       <c r="N29" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
         <v>11448</v>
       </c>
       <c r="B30" t="s">
+        <v>163</v>
+      </c>
+      <c r="C30" t="s">
         <v>164</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>165</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>166</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>167</v>
       </c>
-      <c r="F30" t="s">
+      <c r="G30" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="H30" t="s">
         <v>23</v>
       </c>
       <c r="I30" t="s">
         <v>56</v>
       </c>
       <c r="J30" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K30" t="s">
         <v>58</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30"/>
       <c r="N30" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="O30"/>
       <c r="P30" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="Q30" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
         <v>12402</v>
       </c>
       <c r="B31" t="s">
+        <v>170</v>
+      </c>
+      <c r="C31" t="s">
         <v>171</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E31" t="s">
         <v>173</v>
       </c>
       <c r="F31" t="s">
         <v>174</v>
       </c>
       <c r="G31" t="s">
         <v>175</v>
       </c>
       <c r="H31" t="s">
         <v>23</v>
       </c>
       <c r="I31" t="s">
         <v>56</v>
       </c>
       <c r="J31" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K31" t="s">
         <v>58</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31"/>
       <c r="N31" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="O31"/>
       <c r="P31" t="s">
         <v>176</v>
       </c>
       <c r="Q31" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
         <v>1906</v>
       </c>
       <c r="B32" t="s">
         <v>177</v>
       </c>
       <c r="C32" t="s">
         <v>178</v>
       </c>
       <c r="D32" t="s">
         <v>179</v>
       </c>
       <c r="E32" t="s">
         <v>180</v>
       </c>
@@ -5116,51 +5143,51 @@
         <v>25</v>
       </c>
       <c r="K36"/>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
         <v>11017</v>
       </c>
       <c r="B37" t="s">
         <v>202</v>
       </c>
       <c r="C37" t="s">
         <v>203</v>
       </c>
       <c r="D37" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E37" t="s">
         <v>180</v>
       </c>
       <c r="F37" t="s">
         <v>181</v>
       </c>
       <c r="G37" t="s">
         <v>204</v>
       </c>
       <c r="H37" t="s">
         <v>23</v>
       </c>
       <c r="I37" t="s">
         <v>205</v>
       </c>
       <c r="J37" t="s">
         <v>39</v>
       </c>
       <c r="K37"/>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>40</v>
@@ -5380,1858 +5407,1858 @@
       <c r="K42"/>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42" t="s">
         <v>227</v>
       </c>
       <c r="Q42" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
         <v>1078</v>
       </c>
       <c r="B43" t="s">
         <v>228</v>
       </c>
       <c r="C43" t="s">
         <v>229</v>
       </c>
       <c r="D43" t="s">
-        <v>230</v>
+        <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>180</v>
       </c>
       <c r="F43" t="s">
         <v>181</v>
       </c>
       <c r="G43" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="H43" t="s">
         <v>23</v>
       </c>
       <c r="I43" t="s">
         <v>183</v>
       </c>
       <c r="J43" t="s">
         <v>39</v>
       </c>
       <c r="K43"/>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>40</v>
       </c>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
         <v>10489</v>
       </c>
       <c r="B44" t="s">
+        <v>231</v>
+      </c>
+      <c r="C44" t="s">
         <v>232</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="E44" t="s">
         <v>180</v>
       </c>
       <c r="F44" t="s">
         <v>181</v>
       </c>
       <c r="G44" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="H44" t="s">
         <v>23</v>
       </c>
       <c r="I44" t="s">
         <v>205</v>
       </c>
       <c r="J44" t="s">
         <v>25</v>
       </c>
       <c r="K44"/>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
         <v>1523</v>
       </c>
       <c r="B45" t="s">
+        <v>235</v>
+      </c>
+      <c r="C45" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="D45" t="s">
         <v>78</v>
       </c>
       <c r="E45" t="s">
         <v>180</v>
       </c>
       <c r="F45" t="s">
         <v>181</v>
       </c>
       <c r="G45" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H45" t="s">
         <v>23</v>
       </c>
       <c r="I45" t="s">
         <v>183</v>
       </c>
       <c r="J45" t="s">
         <v>25</v>
       </c>
       <c r="K45"/>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
         <v>10093</v>
       </c>
       <c r="B46" t="s">
+        <v>238</v>
+      </c>
+      <c r="C46" t="s">
         <v>239</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>230</v>
+        <v>19</v>
       </c>
       <c r="E46" t="s">
         <v>180</v>
       </c>
       <c r="F46" t="s">
         <v>181</v>
       </c>
       <c r="G46" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H46" t="s">
         <v>23</v>
       </c>
       <c r="I46" t="s">
         <v>183</v>
       </c>
       <c r="J46" t="s">
         <v>39</v>
       </c>
       <c r="K46"/>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="Q46" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
         <v>10501</v>
       </c>
       <c r="B47" t="s">
+        <v>243</v>
+      </c>
+      <c r="C47" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D47" t="s">
         <v>225</v>
       </c>
       <c r="E47" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="F47" t="s">
         <v>181</v>
       </c>
       <c r="G47" t="s">
+        <v>246</v>
+      </c>
+      <c r="H47" t="s">
+        <v>23</v>
+      </c>
+      <c r="I47" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
       <c r="J47" t="s">
         <v>39</v>
       </c>
       <c r="K47"/>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>40</v>
       </c>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
         <v>10502</v>
       </c>
       <c r="B48" t="s">
+        <v>248</v>
+      </c>
+      <c r="C48" t="s">
         <v>249</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E48" t="s">
         <v>180</v>
       </c>
       <c r="F48" t="s">
         <v>181</v>
       </c>
       <c r="G48" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="H48" t="s">
         <v>23</v>
       </c>
       <c r="I48" t="s">
         <v>56</v>
       </c>
       <c r="J48" t="s">
         <v>25</v>
       </c>
       <c r="K48"/>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
         <v>10504</v>
       </c>
       <c r="B49" t="s">
+        <v>252</v>
+      </c>
+      <c r="C49" t="s">
         <v>253</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>61</v>
+        <v>172</v>
       </c>
       <c r="E49" t="s">
         <v>180</v>
       </c>
       <c r="F49" t="s">
         <v>181</v>
       </c>
       <c r="G49" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="H49" t="s">
         <v>23</v>
       </c>
       <c r="I49" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J49" t="s">
         <v>25</v>
       </c>
       <c r="K49"/>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49"/>
       <c r="N49"/>
       <c r="O49"/>
       <c r="P49"/>
       <c r="Q49" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
         <v>10507</v>
       </c>
       <c r="B50" t="s">
+        <v>255</v>
+      </c>
+      <c r="C50" t="s">
         <v>256</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>257</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F50" t="s">
         <v>181</v>
       </c>
       <c r="G50" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H50" t="s">
         <v>23</v>
       </c>
       <c r="I50" t="s">
         <v>205</v>
       </c>
       <c r="J50" t="s">
         <v>25</v>
       </c>
       <c r="K50"/>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
         <v>16240</v>
       </c>
       <c r="B51" t="s">
+        <v>260</v>
+      </c>
+      <c r="C51" t="s">
         <v>261</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E51" t="s">
         <v>180</v>
       </c>
       <c r="F51" t="s">
         <v>181</v>
       </c>
       <c r="G51" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="H51" t="s">
         <v>23</v>
       </c>
       <c r="I51" t="s">
         <v>183</v>
       </c>
       <c r="J51" t="s">
         <v>25</v>
       </c>
       <c r="K51"/>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51"/>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="Q51" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
         <v>16241</v>
       </c>
       <c r="B52" t="s">
+        <v>265</v>
+      </c>
+      <c r="C52" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="D52" t="s">
         <v>221</v>
       </c>
       <c r="E52" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="F52" t="s">
         <v>181</v>
       </c>
       <c r="G52" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="H52" t="s">
         <v>23</v>
       </c>
       <c r="I52" t="s">
         <v>183</v>
       </c>
       <c r="J52" t="s">
         <v>25</v>
       </c>
       <c r="K52"/>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
         <v>16242</v>
       </c>
       <c r="B53" t="s">
+        <v>269</v>
+      </c>
+      <c r="C53" t="s">
         <v>270</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E53" t="s">
         <v>180</v>
       </c>
       <c r="F53" t="s">
         <v>181</v>
       </c>
       <c r="G53" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="H53" t="s">
         <v>23</v>
       </c>
       <c r="I53" t="s">
         <v>183</v>
       </c>
       <c r="J53" t="s">
         <v>25</v>
       </c>
       <c r="K53"/>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53"/>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53"/>
       <c r="Q53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
         <v>10513</v>
       </c>
       <c r="B54" t="s">
+        <v>273</v>
+      </c>
+      <c r="C54" t="s">
         <v>274</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E54" t="s">
         <v>180</v>
       </c>
       <c r="F54" t="s">
         <v>181</v>
       </c>
       <c r="G54" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="H54" t="s">
         <v>23</v>
       </c>
       <c r="I54" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J54" t="s">
         <v>25</v>
       </c>
       <c r="K54"/>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54"/>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54"/>
       <c r="Q54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
         <v>10514</v>
       </c>
       <c r="B55" t="s">
+        <v>276</v>
+      </c>
+      <c r="C55" t="s">
         <v>277</v>
       </c>
-      <c r="C55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E55" t="s">
         <v>180</v>
       </c>
       <c r="F55" t="s">
         <v>181</v>
       </c>
       <c r="G55" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H55" t="s">
         <v>23</v>
       </c>
       <c r="I55" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J55" t="s">
         <v>25</v>
       </c>
       <c r="K55"/>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55"/>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
         <v>10515</v>
       </c>
       <c r="B56" t="s">
+        <v>279</v>
+      </c>
+      <c r="C56" t="s">
         <v>280</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="E56" t="s">
         <v>180</v>
       </c>
       <c r="F56" t="s">
         <v>181</v>
       </c>
       <c r="G56" t="s">
+        <v>282</v>
+      </c>
+      <c r="H56" t="s">
+        <v>23</v>
+      </c>
+      <c r="I56" t="s">
         <v>283</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="J56" t="s">
         <v>25</v>
       </c>
       <c r="K56"/>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56"/>
       <c r="N56"/>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
         <v>4292</v>
       </c>
       <c r="B57" t="s">
+        <v>284</v>
+      </c>
+      <c r="C57" t="s">
         <v>285</v>
       </c>
-      <c r="C57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E57" t="s">
         <v>180</v>
       </c>
       <c r="F57" t="s">
         <v>181</v>
       </c>
       <c r="G57" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
         <v>183</v>
       </c>
       <c r="J57" t="s">
         <v>25</v>
       </c>
       <c r="K57"/>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57"/>
       <c r="N57"/>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
         <v>10520</v>
       </c>
       <c r="B58" t="s">
+        <v>287</v>
+      </c>
+      <c r="C58" t="s">
         <v>288</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="E58" t="s">
         <v>180</v>
       </c>
       <c r="F58" t="s">
         <v>181</v>
       </c>
       <c r="G58" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="H58" t="s">
         <v>23</v>
       </c>
       <c r="I58" t="s">
         <v>183</v>
       </c>
       <c r="J58" t="s">
         <v>39</v>
       </c>
       <c r="K58"/>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>40</v>
       </c>
       <c r="N58"/>
       <c r="O58"/>
       <c r="P58"/>
       <c r="Q58" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
         <v>10775</v>
       </c>
       <c r="B59" t="s">
+        <v>291</v>
+      </c>
+      <c r="C59" t="s">
         <v>292</v>
       </c>
-      <c r="C59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="E59" t="s">
         <v>180</v>
       </c>
       <c r="F59" t="s">
         <v>181</v>
       </c>
       <c r="G59" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="H59" t="s">
         <v>23</v>
       </c>
       <c r="I59" t="s">
         <v>205</v>
       </c>
       <c r="J59" t="s">
         <v>25</v>
       </c>
       <c r="K59"/>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59"/>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
         <v>10530</v>
       </c>
       <c r="B60" t="s">
+        <v>294</v>
+      </c>
+      <c r="C60" t="s">
         <v>295</v>
       </c>
-      <c r="C60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E60" t="s">
         <v>180</v>
       </c>
       <c r="F60" t="s">
         <v>181</v>
       </c>
       <c r="G60" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
         <v>24</v>
       </c>
       <c r="J60" t="s">
         <v>39</v>
       </c>
       <c r="K60"/>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>40</v>
       </c>
       <c r="N60"/>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
         <v>1090</v>
       </c>
       <c r="B61" t="s">
+        <v>297</v>
+      </c>
+      <c r="C61" t="s">
         <v>298</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="E61" t="s">
         <v>180</v>
       </c>
       <c r="F61" t="s">
         <v>181</v>
       </c>
       <c r="G61" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="H61" t="s">
         <v>23</v>
       </c>
       <c r="I61" t="s">
         <v>183</v>
       </c>
       <c r="J61" t="s">
         <v>25</v>
       </c>
       <c r="K61"/>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61"/>
       <c r="N61"/>
       <c r="O61"/>
       <c r="P61" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="Q61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
         <v>10536</v>
       </c>
       <c r="B62" t="s">
+        <v>302</v>
+      </c>
+      <c r="C62" t="s">
         <v>303</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E62" t="s">
         <v>180</v>
       </c>
       <c r="F62" t="s">
         <v>181</v>
       </c>
       <c r="G62" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62" t="s">
         <v>46</v>
       </c>
       <c r="J62" t="s">
         <v>25</v>
       </c>
       <c r="K62"/>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62"/>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
         <v>10537</v>
       </c>
       <c r="B63" t="s">
+        <v>306</v>
+      </c>
+      <c r="C63" t="s">
         <v>307</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E63" t="s">
         <v>180</v>
       </c>
       <c r="F63" t="s">
         <v>181</v>
       </c>
       <c r="G63" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
         <v>183</v>
       </c>
       <c r="J63" t="s">
         <v>39</v>
       </c>
       <c r="K63"/>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>40</v>
       </c>
       <c r="N63"/>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
         <v>10538</v>
       </c>
       <c r="B64" t="s">
+        <v>309</v>
+      </c>
+      <c r="C64" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="D64" t="s">
         <v>49</v>
       </c>
       <c r="E64" t="s">
         <v>180</v>
       </c>
       <c r="F64" t="s">
         <v>181</v>
       </c>
       <c r="G64" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
         <v>46</v>
       </c>
       <c r="J64" t="s">
         <v>39</v>
       </c>
       <c r="K64"/>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>40</v>
       </c>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
         <v>10539</v>
       </c>
       <c r="B65" t="s">
+        <v>312</v>
+      </c>
+      <c r="C65" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="D65" t="s">
         <v>225</v>
       </c>
       <c r="E65" t="s">
         <v>180</v>
       </c>
       <c r="F65" t="s">
         <v>181</v>
       </c>
       <c r="G65" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
         <v>183</v>
       </c>
       <c r="J65" t="s">
         <v>39</v>
       </c>
       <c r="K65"/>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>40</v>
       </c>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
         <v>10540</v>
       </c>
       <c r="B66" t="s">
+        <v>315</v>
+      </c>
+      <c r="C66" t="s">
         <v>316</v>
       </c>
-      <c r="C66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E66" t="s">
         <v>180</v>
       </c>
       <c r="F66" t="s">
         <v>181</v>
       </c>
       <c r="G66" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66" t="s">
         <v>24</v>
       </c>
       <c r="J66" t="s">
         <v>25</v>
       </c>
       <c r="K66"/>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
         <v>10543</v>
       </c>
       <c r="B67" t="s">
+        <v>318</v>
+      </c>
+      <c r="C67" t="s">
         <v>319</v>
       </c>
-      <c r="C67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="E67" t="s">
         <v>180</v>
       </c>
       <c r="F67" t="s">
         <v>181</v>
       </c>
       <c r="G67" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
         <v>205</v>
       </c>
       <c r="J67" t="s">
         <v>25</v>
       </c>
       <c r="K67"/>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
         <v>10547</v>
       </c>
       <c r="B68" t="s">
+        <v>321</v>
+      </c>
+      <c r="C68" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="D68" t="s">
         <v>225</v>
       </c>
       <c r="E68" t="s">
         <v>180</v>
       </c>
       <c r="F68" t="s">
         <v>181</v>
       </c>
       <c r="G68" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J68" t="s">
         <v>25</v>
       </c>
       <c r="K68"/>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68"/>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
         <v>10548</v>
       </c>
       <c r="B69" t="s">
+        <v>324</v>
+      </c>
+      <c r="C69" t="s">
         <v>325</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="E69" t="s">
         <v>180</v>
       </c>
       <c r="F69" t="s">
         <v>181</v>
       </c>
       <c r="G69" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J69" t="s">
         <v>39</v>
       </c>
       <c r="K69"/>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
         <v>40</v>
       </c>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="Q69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
         <v>10552</v>
       </c>
       <c r="B70" t="s">
+        <v>329</v>
+      </c>
+      <c r="C70" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="D70" t="s">
         <v>78</v>
       </c>
       <c r="E70" t="s">
         <v>180</v>
       </c>
       <c r="F70" t="s">
         <v>181</v>
       </c>
       <c r="G70" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J70" t="s">
         <v>25</v>
       </c>
       <c r="K70"/>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70"/>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70"/>
       <c r="Q70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
         <v>10554</v>
       </c>
       <c r="B71" t="s">
+        <v>332</v>
+      </c>
+      <c r="C71" t="s">
         <v>333</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="E71" t="s">
         <v>180</v>
       </c>
       <c r="F71" t="s">
         <v>181</v>
       </c>
       <c r="G71" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
         <v>24</v>
       </c>
       <c r="J71" t="s">
         <v>39</v>
       </c>
       <c r="K71"/>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>40</v>
       </c>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="Q71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
         <v>10468</v>
       </c>
       <c r="B72" t="s">
+        <v>337</v>
+      </c>
+      <c r="C72" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="D72" t="s">
         <v>53</v>
       </c>
       <c r="E72" t="s">
         <v>180</v>
       </c>
       <c r="F72" t="s">
         <v>181</v>
       </c>
       <c r="G72" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
         <v>205</v>
       </c>
       <c r="J72" t="s">
         <v>25</v>
       </c>
       <c r="K72"/>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72"/>
       <c r="N72"/>
       <c r="O72"/>
       <c r="P72"/>
       <c r="Q72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
         <v>10561</v>
       </c>
       <c r="B73" t="s">
+        <v>340</v>
+      </c>
+      <c r="C73" t="s">
         <v>341</v>
       </c>
-      <c r="C73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E73" t="s">
         <v>180</v>
       </c>
       <c r="F73" t="s">
         <v>181</v>
       </c>
       <c r="G73" t="s">
+        <v>342</v>
+      </c>
+      <c r="H73" t="s">
         <v>343</v>
       </c>
-      <c r="H73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I73" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J73" t="s">
         <v>25</v>
       </c>
       <c r="K73"/>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73"/>
       <c r="N73"/>
       <c r="O73"/>
       <c r="P73"/>
       <c r="Q73" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
         <v>10564</v>
       </c>
       <c r="B74" t="s">
+        <v>344</v>
+      </c>
+      <c r="C74" t="s">
         <v>345</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="E74" t="s">
         <v>180</v>
       </c>
       <c r="F74" t="s">
         <v>181</v>
       </c>
       <c r="G74" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
         <v>46</v>
       </c>
       <c r="J74" t="s">
         <v>39</v>
       </c>
       <c r="K74"/>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
         <v>40</v>
       </c>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
         <v>6759</v>
       </c>
       <c r="B75" t="s">
+        <v>348</v>
+      </c>
+      <c r="C75" t="s">
         <v>349</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>350</v>
       </c>
-      <c r="D75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="F75" t="s">
         <v>181</v>
       </c>
       <c r="G75" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
         <v>183</v>
       </c>
       <c r="J75" t="s">
         <v>25</v>
       </c>
       <c r="K75"/>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75"/>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="Q75" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
         <v>6761</v>
       </c>
       <c r="B76" t="s">
+        <v>353</v>
+      </c>
+      <c r="C76" t="s">
         <v>354</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="E76" t="s">
         <v>180</v>
       </c>
       <c r="F76" t="s">
         <v>181</v>
       </c>
       <c r="G76" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="H76" t="s">
         <v>23</v>
       </c>
       <c r="I76" t="s">
         <v>183</v>
       </c>
       <c r="J76" t="s">
         <v>25</v>
       </c>
       <c r="K76"/>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76"/>
       <c r="N76"/>
       <c r="O76"/>
       <c r="P76"/>
       <c r="Q76" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
         <v>6762</v>
       </c>
       <c r="B77" t="s">
+        <v>357</v>
+      </c>
+      <c r="C77" t="s">
         <v>358</v>
       </c>
-      <c r="C77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D77" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="E77" t="s">
         <v>180</v>
       </c>
       <c r="F77" t="s">
         <v>181</v>
       </c>
       <c r="G77" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="H77" t="s">
         <v>23</v>
       </c>
       <c r="I77" t="s">
         <v>183</v>
       </c>
       <c r="J77" t="s">
         <v>25</v>
       </c>
       <c r="K77"/>
       <c r="L77" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="M77"/>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q77" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
         <v>10570</v>
       </c>
       <c r="B78" t="s">
+        <v>362</v>
+      </c>
+      <c r="C78" t="s">
         <v>363</v>
       </c>
-      <c r="C78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D78" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E78" t="s">
         <v>180</v>
       </c>
       <c r="F78" t="s">
         <v>181</v>
       </c>
       <c r="G78" t="s">
         <v>110</v>
       </c>
       <c r="H78" t="s">
         <v>23</v>
       </c>
       <c r="I78" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J78" t="s">
         <v>39</v>
       </c>
       <c r="K78"/>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
         <v>40</v>
       </c>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78"/>
       <c r="Q78" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
         <v>10572</v>
       </c>
       <c r="B79" t="s">
+        <v>364</v>
+      </c>
+      <c r="C79" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="D79" t="s">
         <v>37</v>
       </c>
       <c r="E79" t="s">
         <v>180</v>
       </c>
       <c r="F79" t="s">
         <v>181</v>
       </c>
       <c r="G79" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
         <v>205</v>
       </c>
       <c r="J79" t="s">
         <v>39</v>
       </c>
       <c r="K79"/>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>40</v>
       </c>
       <c r="N79"/>
       <c r="O79"/>
       <c r="P79"/>
       <c r="Q79" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
         <v>10573</v>
       </c>
       <c r="B80" t="s">
+        <v>367</v>
+      </c>
+      <c r="C80" t="s">
         <v>368</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="E80" t="s">
         <v>180</v>
       </c>
       <c r="F80" t="s">
         <v>181</v>
       </c>
       <c r="G80" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J80" t="s">
         <v>39</v>
       </c>
       <c r="K80"/>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
         <v>40</v>
       </c>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80"/>
       <c r="Q80" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
         <v>29658</v>
       </c>
       <c r="B81" t="s">
+        <v>371</v>
+      </c>
+      <c r="C81" t="s">
         <v>372</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="E81" t="s">
         <v>180</v>
       </c>
       <c r="F81" t="s">
         <v>181</v>
       </c>
       <c r="G81" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="H81" t="s">
         <v>23</v>
       </c>
       <c r="I81" t="s">
         <v>56</v>
       </c>
       <c r="J81" t="s">
         <v>25</v>
       </c>
       <c r="K81"/>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81"/>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="Q81" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
         <v>10576</v>
       </c>
       <c r="B82" t="s">
+        <v>376</v>
+      </c>
+      <c r="C82" t="s">
         <v>377</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="E82" t="s">
         <v>180</v>
       </c>
       <c r="F82" t="s">
         <v>181</v>
       </c>
       <c r="G82" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="H82" t="s">
         <v>23</v>
       </c>
       <c r="I82" t="s">
         <v>183</v>
       </c>
       <c r="J82" t="s">
         <v>25</v>
       </c>
       <c r="K82"/>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82"/>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82"/>
       <c r="Q82" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
         <v>9652</v>
       </c>
       <c r="B83" t="s">
+        <v>380</v>
+      </c>
+      <c r="C83" t="s">
         <v>381</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E83" t="s">
         <v>180</v>
       </c>
       <c r="F83" t="s">
         <v>181</v>
       </c>
       <c r="G83" t="s">
         <v>383</v>
       </c>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
         <v>183</v>
       </c>
       <c r="J83" t="s">
         <v>25</v>
       </c>
       <c r="K83"/>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83"/>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83"/>
       <c r="Q83" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
         <v>10579</v>
       </c>
       <c r="B84" t="s">
         <v>384</v>
       </c>
       <c r="C84" t="s">
         <v>385</v>
       </c>
       <c r="D84" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E84" t="s">
         <v>180</v>
       </c>
       <c r="F84" t="s">
         <v>181</v>
       </c>
       <c r="G84" t="s">
         <v>386</v>
       </c>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
         <v>24</v>
       </c>
       <c r="J84" t="s">
         <v>25</v>
       </c>
       <c r="K84"/>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84"/>
       <c r="N84"/>
@@ -7275,109 +7302,109 @@
       <c r="K85"/>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>40</v>
       </c>
       <c r="N85"/>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
         <v>10584</v>
       </c>
       <c r="B86" t="s">
         <v>391</v>
       </c>
       <c r="C86" t="s">
         <v>392</v>
       </c>
       <c r="D86" t="s">
-        <v>61</v>
+        <v>172</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>181</v>
       </c>
       <c r="G86" t="s">
         <v>393</v>
       </c>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J86" t="s">
         <v>25</v>
       </c>
       <c r="K86"/>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86"/>
       <c r="N86"/>
       <c r="O86"/>
       <c r="P86"/>
       <c r="Q86" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
         <v>10585</v>
       </c>
       <c r="B87" t="s">
         <v>394</v>
       </c>
       <c r="C87" t="s">
         <v>395</v>
       </c>
       <c r="D87" t="s">
         <v>396</v>
       </c>
       <c r="E87" t="s">
         <v>180</v>
       </c>
       <c r="F87" t="s">
         <v>181</v>
       </c>
       <c r="G87" t="s">
         <v>397</v>
       </c>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J87" t="s">
         <v>39</v>
       </c>
       <c r="K87"/>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>40</v>
       </c>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
         <v>10586</v>
       </c>
       <c r="B88" t="s">
         <v>398</v>
       </c>
@@ -7408,51 +7435,51 @@
       <c r="K88"/>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>40</v>
       </c>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
         <v>12167</v>
       </c>
       <c r="B89" t="s">
         <v>402</v>
       </c>
       <c r="C89" t="s">
         <v>403</v>
       </c>
       <c r="D89" t="s">
-        <v>19</v>
+        <v>382</v>
       </c>
       <c r="E89" t="s">
         <v>180</v>
       </c>
       <c r="F89" t="s">
         <v>181</v>
       </c>
       <c r="G89" t="s">
         <v>404</v>
       </c>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
         <v>56</v>
       </c>
       <c r="J89" t="s">
         <v>25</v>
       </c>
       <c r="K89"/>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89"/>
       <c r="N89"/>
@@ -7539,63 +7566,63 @@
         <v>25</v>
       </c>
       <c r="K91"/>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91"/>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91"/>
       <c r="Q91" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
         <v>10589</v>
       </c>
       <c r="B92" t="s">
         <v>413</v>
       </c>
       <c r="C92" t="s">
         <v>414</v>
       </c>
       <c r="D92" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="E92" t="s">
         <v>180</v>
       </c>
       <c r="F92" t="s">
         <v>181</v>
       </c>
       <c r="G92" t="s">
         <v>415</v>
       </c>
       <c r="H92" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I92" t="s">
         <v>24</v>
       </c>
       <c r="J92" t="s">
         <v>25</v>
       </c>
       <c r="K92"/>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92"/>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92"/>
       <c r="Q92" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
         <v>10590</v>
       </c>
       <c r="B93" t="s">
         <v>416</v>
@@ -7675,51 +7702,51 @@
       </c>
       <c r="M94" t="s">
         <v>40</v>
       </c>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94"/>
       <c r="Q94" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
         <v>29985</v>
       </c>
       <c r="B95" t="s">
         <v>423</v>
       </c>
       <c r="C95" t="s">
         <v>424</v>
       </c>
       <c r="D95" t="s">
         <v>425</v>
       </c>
       <c r="E95" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F95" t="s">
         <v>181</v>
       </c>
       <c r="G95" t="s">
         <v>426</v>
       </c>
       <c r="H95" t="s">
         <v>23</v>
       </c>
       <c r="I95" t="s">
         <v>56</v>
       </c>
       <c r="J95" t="s">
         <v>25</v>
       </c>
       <c r="K95"/>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95"/>
       <c r="N95"/>
       <c r="O95"/>
       <c r="P95" t="s">
         <v>427</v>
@@ -7775,124 +7802,124 @@
       <c r="A97">
         <v>24210</v>
       </c>
       <c r="B97" t="s">
         <v>431</v>
       </c>
       <c r="C97" t="s">
         <v>432</v>
       </c>
       <c r="D97" t="s">
         <v>433</v>
       </c>
       <c r="E97" t="s">
         <v>180</v>
       </c>
       <c r="F97" t="s">
         <v>181</v>
       </c>
       <c r="G97" t="s">
         <v>434</v>
       </c>
       <c r="H97" t="s">
         <v>23</v>
       </c>
       <c r="I97" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J97" t="s">
         <v>25</v>
       </c>
       <c r="K97"/>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97"/>
       <c r="N97"/>
       <c r="O97"/>
       <c r="P97" t="s">
         <v>435</v>
       </c>
       <c r="Q97" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
         <v>10598</v>
       </c>
       <c r="B98" t="s">
         <v>436</v>
       </c>
       <c r="C98" t="s">
         <v>437</v>
       </c>
       <c r="D98" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="E98" t="s">
         <v>180</v>
       </c>
       <c r="F98" t="s">
         <v>181</v>
       </c>
       <c r="G98" t="s">
         <v>438</v>
       </c>
       <c r="H98" t="s">
         <v>23</v>
       </c>
       <c r="I98" t="s">
         <v>46</v>
       </c>
       <c r="J98" t="s">
         <v>25</v>
       </c>
       <c r="K98"/>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98"/>
       <c r="N98"/>
       <c r="O98"/>
       <c r="P98"/>
       <c r="Q98" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
         <v>10604</v>
       </c>
       <c r="B99" t="s">
         <v>439</v>
       </c>
       <c r="C99" t="s">
         <v>440</v>
       </c>
       <c r="D99" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E99" t="s">
         <v>180</v>
       </c>
       <c r="F99" t="s">
         <v>181</v>
       </c>
       <c r="G99" t="s">
         <v>441</v>
       </c>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
         <v>24</v>
       </c>
       <c r="J99" t="s">
         <v>25</v>
       </c>
       <c r="K99"/>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99"/>
       <c r="N99"/>
@@ -7908,51 +7935,51 @@
       <c r="A100">
         <v>10607</v>
       </c>
       <c r="B100" t="s">
         <v>443</v>
       </c>
       <c r="C100" t="s">
         <v>444</v>
       </c>
       <c r="D100" t="s">
         <v>225</v>
       </c>
       <c r="E100" t="s">
         <v>180</v>
       </c>
       <c r="F100" t="s">
         <v>181</v>
       </c>
       <c r="G100" t="s">
         <v>445</v>
       </c>
       <c r="H100" t="s">
         <v>23</v>
       </c>
       <c r="I100" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J100" t="s">
         <v>25</v>
       </c>
       <c r="K100"/>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100"/>
       <c r="N100"/>
       <c r="O100"/>
       <c r="P100"/>
       <c r="Q100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
         <v>989</v>
       </c>
       <c r="B101" t="s">
         <v>446</v>
       </c>
       <c r="C101" t="s">
         <v>447</v>
@@ -7979,94 +8006,94 @@
         <v>25</v>
       </c>
       <c r="K101"/>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101"/>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
         <v>10601</v>
       </c>
       <c r="B102" t="s">
         <v>450</v>
       </c>
       <c r="C102" t="s">
         <v>451</v>
       </c>
       <c r="D102" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E102" t="s">
         <v>180</v>
       </c>
       <c r="F102" t="s">
         <v>181</v>
       </c>
       <c r="G102" t="s">
         <v>452</v>
       </c>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
         <v>205</v>
       </c>
       <c r="J102" t="s">
         <v>25</v>
       </c>
       <c r="K102"/>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102"/>
       <c r="N102"/>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
         <v>10510</v>
       </c>
       <c r="B103" t="s">
         <v>453</v>
       </c>
       <c r="C103" t="s">
         <v>454</v>
       </c>
       <c r="D103" t="s">
-        <v>61</v>
+        <v>172</v>
       </c>
       <c r="E103" t="s">
         <v>180</v>
       </c>
       <c r="F103" t="s">
         <v>181</v>
       </c>
       <c r="G103" t="s">
         <v>455</v>
       </c>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
         <v>205</v>
       </c>
       <c r="J103" t="s">
         <v>39</v>
       </c>
       <c r="K103"/>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>40</v>
@@ -8172,51 +8199,51 @@
       <c r="A106">
         <v>10471</v>
       </c>
       <c r="B106" t="s">
         <v>465</v>
       </c>
       <c r="C106" t="s">
         <v>466</v>
       </c>
       <c r="D106" t="s">
         <v>467</v>
       </c>
       <c r="E106" t="s">
         <v>180</v>
       </c>
       <c r="F106" t="s">
         <v>181</v>
       </c>
       <c r="G106" t="s">
         <v>468</v>
       </c>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J106" t="s">
         <v>39</v>
       </c>
       <c r="K106"/>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>40</v>
       </c>
       <c r="N106"/>
       <c r="O106"/>
       <c r="P106"/>
       <c r="Q106" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
         <v>1912</v>
       </c>
       <c r="B107" t="s">
         <v>469</v>
       </c>
@@ -8252,161 +8279,161 @@
         <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
         <v>10470</v>
       </c>
       <c r="B108" t="s">
         <v>473</v>
       </c>
       <c r="C108" t="s">
         <v>474</v>
       </c>
       <c r="D108" t="s">
         <v>225</v>
       </c>
       <c r="E108"/>
       <c r="F108"/>
       <c r="G108" t="s">
         <v>475</v>
       </c>
       <c r="H108" t="s">
         <v>23</v>
       </c>
       <c r="I108" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J108" t="s">
         <v>25</v>
       </c>
       <c r="K108"/>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108"/>
       <c r="N108"/>
       <c r="O108"/>
       <c r="P108"/>
       <c r="Q108" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
         <v>10472</v>
       </c>
       <c r="B109" t="s">
         <v>476</v>
       </c>
       <c r="C109" t="s">
         <v>477</v>
       </c>
       <c r="D109" t="s">
         <v>478</v>
       </c>
       <c r="E109"/>
       <c r="F109"/>
       <c r="G109" t="s">
         <v>479</v>
       </c>
       <c r="H109" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I109" t="s">
         <v>480</v>
       </c>
       <c r="J109" t="s">
         <v>25</v>
       </c>
       <c r="K109"/>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109"/>
       <c r="N109"/>
       <c r="O109"/>
       <c r="P109"/>
       <c r="Q109" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
         <v>10473</v>
       </c>
       <c r="B110" t="s">
         <v>481</v>
       </c>
       <c r="C110" t="s">
         <v>482</v>
       </c>
       <c r="D110" t="s">
         <v>483</v>
       </c>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110" t="s">
         <v>484</v>
       </c>
       <c r="H110" t="s">
         <v>23</v>
       </c>
       <c r="I110" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J110" t="s">
         <v>25</v>
       </c>
       <c r="K110"/>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110"/>
       <c r="N110"/>
       <c r="O110"/>
       <c r="P110"/>
       <c r="Q110" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
         <v>34258</v>
       </c>
       <c r="B111" t="s">
         <v>485</v>
       </c>
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111" t="s">
         <v>486</v>
       </c>
       <c r="H111" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I111" t="s">
         <v>480</v>
       </c>
       <c r="J111" t="s">
         <v>25</v>
       </c>
       <c r="K111"/>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111"/>
       <c r="N111"/>
       <c r="O111"/>
       <c r="P111" t="s">
         <v>487</v>
       </c>
       <c r="Q111" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
         <v>1075</v>
       </c>
@@ -8555,51 +8582,51 @@
       <c r="K115"/>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>40</v>
       </c>
       <c r="N115"/>
       <c r="O115"/>
       <c r="P115"/>
       <c r="Q115" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
         <v>1076</v>
       </c>
       <c r="B116" t="s">
         <v>504</v>
       </c>
       <c r="C116" t="s">
         <v>505</v>
       </c>
       <c r="D116" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E116"/>
       <c r="F116"/>
       <c r="G116" t="s">
         <v>506</v>
       </c>
       <c r="H116" t="s">
         <v>23</v>
       </c>
       <c r="I116" t="s">
         <v>183</v>
       </c>
       <c r="J116" t="s">
         <v>25</v>
       </c>
       <c r="K116"/>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116"/>
       <c r="N116"/>
       <c r="O116"/>
       <c r="P116"/>
       <c r="Q116" t="s">
         <v>28</v>
@@ -8644,126 +8671,126 @@
         <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
         <v>10482</v>
       </c>
       <c r="B118" t="s">
         <v>511</v>
       </c>
       <c r="C118" t="s">
         <v>512</v>
       </c>
       <c r="D118" t="s">
         <v>78</v>
       </c>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118" t="s">
         <v>513</v>
       </c>
       <c r="H118" t="s">
         <v>23</v>
       </c>
       <c r="I118" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J118" t="s">
         <v>25</v>
       </c>
       <c r="K118"/>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118"/>
       <c r="N118"/>
       <c r="O118"/>
       <c r="P118"/>
       <c r="Q118" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
         <v>13367</v>
       </c>
       <c r="B119" t="s">
         <v>514</v>
       </c>
       <c r="C119" t="s">
         <v>515</v>
       </c>
       <c r="D119" t="s">
-        <v>478</v>
+        <v>289</v>
       </c>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119" t="s">
         <v>516</v>
       </c>
       <c r="H119" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I119" t="s">
         <v>480</v>
       </c>
       <c r="J119" t="s">
         <v>25</v>
       </c>
       <c r="K119"/>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119"/>
       <c r="N119"/>
       <c r="O119"/>
       <c r="P119"/>
       <c r="Q119" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
         <v>13368</v>
       </c>
       <c r="B120" t="s">
         <v>517</v>
       </c>
       <c r="C120" t="s">
         <v>518</v>
       </c>
       <c r="D120" t="s">
         <v>478</v>
       </c>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120" t="s">
         <v>519</v>
       </c>
       <c r="H120" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I120" t="s">
         <v>480</v>
       </c>
       <c r="J120" t="s">
         <v>25</v>
       </c>
       <c r="K120"/>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120"/>
       <c r="N120"/>
       <c r="O120"/>
       <c r="P120"/>
       <c r="Q120" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
         <v>2382</v>
       </c>
       <c r="B121" t="s">
         <v>520</v>
@@ -8917,51 +8944,51 @@
         <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
         <v>10492</v>
       </c>
       <c r="B125" t="s">
         <v>534</v>
       </c>
       <c r="C125" t="s">
         <v>535</v>
       </c>
       <c r="D125" t="s">
         <v>225</v>
       </c>
       <c r="E125"/>
       <c r="F125"/>
       <c r="G125" t="s">
         <v>536</v>
       </c>
       <c r="H125" t="s">
         <v>23</v>
       </c>
       <c r="I125" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J125" t="s">
         <v>25</v>
       </c>
       <c r="K125"/>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125"/>
       <c r="N125"/>
       <c r="O125"/>
       <c r="P125"/>
       <c r="Q125" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
         <v>10493</v>
       </c>
       <c r="B126" t="s">
         <v>537</v>
       </c>
       <c r="C126" t="s">
         <v>538</v>
@@ -8994,54 +9021,54 @@
       <c r="O126"/>
       <c r="P126"/>
       <c r="Q126" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
         <v>18874</v>
       </c>
       <c r="B127" t="s">
         <v>540</v>
       </c>
       <c r="C127" t="s">
         <v>541</v>
       </c>
       <c r="D127" t="s">
         <v>542</v>
       </c>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127" t="s">
         <v>543</v>
       </c>
       <c r="H127" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I127" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J127" t="s">
         <v>25</v>
       </c>
       <c r="K127"/>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127"/>
       <c r="N127"/>
       <c r="O127"/>
       <c r="P127"/>
       <c r="Q127" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
         <v>3172</v>
       </c>
       <c r="B128" t="s">
         <v>544</v>
       </c>
       <c r="C128" t="s">
         <v>545</v>
@@ -9103,98 +9130,98 @@
         <v>25</v>
       </c>
       <c r="K129"/>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129"/>
       <c r="N129"/>
       <c r="O129"/>
       <c r="P129"/>
       <c r="Q129" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
         <v>12472</v>
       </c>
       <c r="B130" t="s">
         <v>552</v>
       </c>
       <c r="C130" t="s">
         <v>553</v>
       </c>
       <c r="D130" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130" t="s">
         <v>554</v>
       </c>
       <c r="H130" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I130" t="s">
         <v>480</v>
       </c>
       <c r="J130" t="s">
         <v>25</v>
       </c>
       <c r="K130"/>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130"/>
       <c r="N130"/>
       <c r="O130"/>
       <c r="P130"/>
       <c r="Q130" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
         <v>12475</v>
       </c>
       <c r="B131" t="s">
         <v>555</v>
       </c>
       <c r="C131" t="s">
         <v>556</v>
       </c>
       <c r="D131" t="s">
         <v>225</v>
       </c>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131" t="s">
         <v>557</v>
       </c>
       <c r="H131" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I131" t="s">
         <v>480</v>
       </c>
       <c r="J131" t="s">
         <v>25</v>
       </c>
       <c r="K131"/>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131"/>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131"/>
       <c r="Q131" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
         <v>3374</v>
       </c>
       <c r="B132" t="s">
         <v>558</v>
@@ -9228,93 +9255,93 @@
       <c r="O132"/>
       <c r="P132"/>
       <c r="Q132" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
         <v>12486</v>
       </c>
       <c r="B133" t="s">
         <v>562</v>
       </c>
       <c r="C133" t="s">
         <v>563</v>
       </c>
       <c r="D133" t="s">
         <v>225</v>
       </c>
       <c r="E133"/>
       <c r="F133"/>
       <c r="G133" t="s">
         <v>564</v>
       </c>
       <c r="H133" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I133" t="s">
         <v>480</v>
       </c>
       <c r="J133" t="s">
         <v>25</v>
       </c>
       <c r="K133"/>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133"/>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133"/>
       <c r="Q133" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
         <v>20421</v>
       </c>
       <c r="B134" t="s">
         <v>565</v>
       </c>
       <c r="C134" t="s">
         <v>566</v>
       </c>
       <c r="D134" t="s">
-        <v>78</v>
+        <v>382</v>
       </c>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134" t="s">
         <v>567</v>
       </c>
       <c r="H134" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I134" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J134" t="s">
         <v>25</v>
       </c>
       <c r="K134"/>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134"/>
       <c r="N134"/>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
         <v>1085</v>
       </c>
       <c r="B135" t="s">
         <v>568</v>
       </c>
       <c r="C135" t="s">
         <v>569</v>
@@ -9425,54 +9452,54 @@
       <c r="O137"/>
       <c r="P137"/>
       <c r="Q137" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138">
         <v>22502</v>
       </c>
       <c r="B138" t="s">
         <v>579</v>
       </c>
       <c r="C138" t="s">
         <v>580</v>
       </c>
       <c r="D138" t="s">
         <v>225</v>
       </c>
       <c r="E138"/>
       <c r="F138"/>
       <c r="G138" t="s">
         <v>581</v>
       </c>
       <c r="H138" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I138" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J138" t="s">
         <v>25</v>
       </c>
       <c r="K138"/>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138"/>
       <c r="N138"/>
       <c r="O138"/>
       <c r="P138"/>
       <c r="Q138" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139">
         <v>1524</v>
       </c>
       <c r="B139" t="s">
         <v>582</v>
       </c>
       <c r="C139" t="s">
         <v>583</v>
@@ -9586,8596 +9613,8640 @@
         <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142">
         <v>10512</v>
       </c>
       <c r="B142" t="s">
         <v>595</v>
       </c>
       <c r="C142" t="s">
         <v>596</v>
       </c>
       <c r="D142" t="s">
         <v>225</v>
       </c>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142" t="s">
         <v>597</v>
       </c>
       <c r="H142" t="s">
         <v>23</v>
       </c>
       <c r="I142" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J142" t="s">
         <v>25</v>
       </c>
       <c r="K142"/>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142"/>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142"/>
       <c r="Q142" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143">
         <v>10516</v>
       </c>
       <c r="B143" t="s">
         <v>598</v>
       </c>
       <c r="C143" t="s">
         <v>599</v>
       </c>
       <c r="D143" t="s">
-        <v>19</v>
+        <v>382</v>
       </c>
       <c r="E143"/>
       <c r="F143"/>
       <c r="G143" t="s">
         <v>600</v>
       </c>
       <c r="H143" t="s">
         <v>23</v>
       </c>
       <c r="I143" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J143" t="s">
         <v>25</v>
       </c>
       <c r="K143"/>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143"/>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143"/>
       <c r="Q143" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144">
         <v>19151</v>
       </c>
       <c r="B144" t="s">
         <v>601</v>
       </c>
       <c r="C144" t="s">
         <v>602</v>
       </c>
       <c r="D144" t="s">
         <v>225</v>
       </c>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144" t="s">
         <v>603</v>
       </c>
       <c r="H144" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I144" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J144" t="s">
         <v>25</v>
       </c>
       <c r="K144"/>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144"/>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144"/>
       <c r="Q144" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145">
         <v>4258</v>
       </c>
       <c r="B145" t="s">
         <v>604</v>
       </c>
       <c r="C145" t="s">
         <v>605</v>
       </c>
       <c r="D145" t="s">
-        <v>374</v>
+        <v>606</v>
       </c>
       <c r="E145"/>
       <c r="F145"/>
       <c r="G145" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H145" t="s">
         <v>23</v>
       </c>
       <c r="I145" t="s">
         <v>183</v>
       </c>
       <c r="J145" t="s">
         <v>25</v>
       </c>
       <c r="K145"/>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145"/>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145"/>
       <c r="Q145" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146">
         <v>19289</v>
       </c>
       <c r="B146" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C146" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D146" t="s">
         <v>78</v>
       </c>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H146" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I146" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J146" t="s">
         <v>39</v>
       </c>
       <c r="K146"/>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>40</v>
       </c>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146"/>
       <c r="Q146" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147">
         <v>4442</v>
       </c>
       <c r="B147" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C147" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D147" t="s">
         <v>522</v>
       </c>
       <c r="E147"/>
       <c r="F147"/>
       <c r="G147" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H147" t="s">
         <v>23</v>
       </c>
       <c r="I147" t="s">
         <v>183</v>
       </c>
       <c r="J147" t="s">
         <v>25</v>
       </c>
       <c r="K147"/>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147"/>
       <c r="N147"/>
       <c r="O147"/>
       <c r="P147"/>
       <c r="Q147" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148">
         <v>4570</v>
       </c>
       <c r="B148" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C148" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D148" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="E148"/>
       <c r="F148"/>
       <c r="G148" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H148" t="s">
         <v>23</v>
       </c>
       <c r="I148" t="s">
         <v>183</v>
       </c>
       <c r="J148" t="s">
         <v>25</v>
       </c>
       <c r="K148"/>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148"/>
       <c r="N148"/>
       <c r="O148"/>
       <c r="P148" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="Q148" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149">
         <v>10529</v>
       </c>
       <c r="B149" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C149" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D149" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E149"/>
       <c r="F149"/>
       <c r="G149" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H149" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I149" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J149" t="s">
         <v>25</v>
       </c>
       <c r="K149"/>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149"/>
       <c r="N149"/>
       <c r="O149"/>
       <c r="P149"/>
       <c r="Q149" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150">
         <v>9745</v>
       </c>
       <c r="B150" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C150" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D150" t="s">
         <v>78</v>
       </c>
       <c r="E150"/>
       <c r="F150"/>
       <c r="G150" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H150" t="s">
         <v>23</v>
       </c>
       <c r="I150" t="s">
         <v>183</v>
       </c>
       <c r="J150" t="s">
         <v>25</v>
       </c>
       <c r="K150"/>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150"/>
       <c r="N150"/>
       <c r="O150"/>
       <c r="P150"/>
       <c r="Q150" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151">
         <v>13852</v>
       </c>
       <c r="B151" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C151" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D151" t="s">
         <v>478</v>
       </c>
       <c r="E151"/>
       <c r="F151"/>
       <c r="G151" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="H151" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I151" t="s">
         <v>480</v>
       </c>
       <c r="J151" t="s">
         <v>25</v>
       </c>
       <c r="K151"/>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151"/>
       <c r="N151"/>
       <c r="O151"/>
       <c r="P151"/>
       <c r="Q151" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
         <v>10534</v>
       </c>
       <c r="B152" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C152" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D152" t="s">
         <v>225</v>
       </c>
       <c r="E152"/>
       <c r="F152"/>
       <c r="G152" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="H152" t="s">
         <v>23</v>
       </c>
       <c r="I152" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J152" t="s">
         <v>25</v>
       </c>
       <c r="K152"/>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152"/>
       <c r="N152"/>
       <c r="O152"/>
       <c r="P152"/>
       <c r="Q152" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
         <v>10535</v>
       </c>
       <c r="B153" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C153" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D153" t="s">
         <v>225</v>
       </c>
       <c r="E153"/>
       <c r="F153"/>
       <c r="G153" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H153" t="s">
         <v>23</v>
       </c>
       <c r="I153" t="s">
         <v>183</v>
       </c>
       <c r="J153" t="s">
         <v>25</v>
       </c>
       <c r="K153"/>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153"/>
       <c r="N153"/>
       <c r="O153"/>
       <c r="P153" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="Q153" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
         <v>5375</v>
       </c>
       <c r="B154" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C154" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D154" t="s">
-        <v>230</v>
+        <v>19</v>
       </c>
       <c r="E154"/>
       <c r="F154"/>
       <c r="G154" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H154" t="s">
         <v>23</v>
       </c>
       <c r="I154" t="s">
         <v>183</v>
       </c>
       <c r="J154" t="s">
         <v>25</v>
       </c>
       <c r="K154"/>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154"/>
       <c r="N154"/>
       <c r="O154"/>
       <c r="P154" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="Q154" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
         <v>10542</v>
       </c>
       <c r="B155" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C155" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D155" t="s">
         <v>225</v>
       </c>
       <c r="E155"/>
       <c r="F155"/>
       <c r="G155" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="H155" t="s">
         <v>23</v>
       </c>
       <c r="I155" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J155" t="s">
         <v>25</v>
       </c>
       <c r="K155"/>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155"/>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155"/>
       <c r="Q155" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
         <v>10545</v>
       </c>
       <c r="B156" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C156" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D156" t="s">
         <v>78</v>
       </c>
       <c r="E156"/>
       <c r="F156"/>
       <c r="G156" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="H156" t="s">
         <v>23</v>
       </c>
       <c r="I156" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J156" t="s">
         <v>25</v>
       </c>
       <c r="K156"/>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156"/>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156"/>
       <c r="Q156" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
         <v>9616</v>
       </c>
       <c r="B157" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C157" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D157" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E157"/>
       <c r="F157"/>
       <c r="G157" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="H157" t="s">
         <v>23</v>
       </c>
       <c r="I157" t="s">
         <v>183</v>
       </c>
       <c r="J157" t="s">
         <v>25</v>
       </c>
       <c r="K157"/>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157"/>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157"/>
       <c r="Q157" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158">
         <v>13572</v>
       </c>
       <c r="B158" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C158"/>
       <c r="D158"/>
       <c r="E158"/>
       <c r="F158"/>
       <c r="G158" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H158" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I158" t="s">
         <v>480</v>
       </c>
       <c r="J158" t="s">
         <v>25</v>
       </c>
       <c r="K158"/>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158"/>
       <c r="N158"/>
       <c r="O158"/>
       <c r="P158"/>
       <c r="Q158" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159">
         <v>512</v>
       </c>
       <c r="B159" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C159" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D159" t="s">
         <v>78</v>
       </c>
       <c r="E159"/>
       <c r="F159"/>
       <c r="G159" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="H159" t="s">
         <v>23</v>
       </c>
       <c r="I159" t="s">
         <v>183</v>
       </c>
       <c r="J159" t="s">
         <v>25</v>
       </c>
       <c r="K159"/>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159"/>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159"/>
       <c r="Q159" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160">
         <v>10555</v>
       </c>
       <c r="B160" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C160" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D160" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="E160"/>
       <c r="F160"/>
       <c r="G160" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H160" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I160" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J160" t="s">
         <v>25</v>
       </c>
       <c r="K160"/>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160"/>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160"/>
       <c r="Q160" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161">
         <v>10557</v>
       </c>
       <c r="B161" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C161" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D161" t="s">
         <v>78</v>
       </c>
       <c r="E161"/>
       <c r="F161"/>
       <c r="G161" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H161" t="s">
         <v>23</v>
       </c>
       <c r="I161" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J161" t="s">
         <v>25</v>
       </c>
       <c r="K161"/>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161"/>
       <c r="N161"/>
       <c r="O161"/>
       <c r="P161"/>
       <c r="Q161" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162">
         <v>6488</v>
       </c>
       <c r="B162" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C162" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D162" t="s">
-        <v>19</v>
+        <v>382</v>
       </c>
       <c r="E162"/>
       <c r="F162"/>
       <c r="G162" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="H162" t="s">
         <v>23</v>
       </c>
       <c r="I162" t="s">
         <v>183</v>
       </c>
       <c r="J162" t="s">
         <v>39</v>
       </c>
       <c r="K162"/>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>40</v>
       </c>
       <c r="N162"/>
       <c r="O162"/>
       <c r="P162"/>
       <c r="Q162" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163">
         <v>9766</v>
       </c>
       <c r="B163" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C163"/>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163"/>
       <c r="G163" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="H163" t="s">
         <v>23</v>
       </c>
       <c r="I163" t="s">
         <v>183</v>
       </c>
       <c r="J163" t="s">
         <v>25</v>
       </c>
       <c r="K163"/>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163"/>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="Q163" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164">
         <v>6569</v>
       </c>
       <c r="B164" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C164" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D164" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E164"/>
       <c r="F164"/>
       <c r="G164" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="H164" t="s">
         <v>23</v>
       </c>
       <c r="I164" t="s">
         <v>183</v>
       </c>
       <c r="J164" t="s">
         <v>25</v>
       </c>
       <c r="K164"/>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164"/>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="Q164" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165">
         <v>1525</v>
       </c>
       <c r="B165" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C165" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D165" t="s">
-        <v>78</v>
+        <v>382</v>
       </c>
       <c r="E165"/>
       <c r="F165"/>
       <c r="G165" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="H165" t="s">
         <v>23</v>
       </c>
       <c r="I165" t="s">
         <v>183</v>
       </c>
       <c r="J165" t="s">
         <v>25</v>
       </c>
       <c r="K165"/>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165"/>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165"/>
       <c r="Q165" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166">
         <v>10565</v>
       </c>
       <c r="B166" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C166" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D166" t="s">
         <v>502</v>
       </c>
       <c r="E166"/>
       <c r="F166"/>
       <c r="G166" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="H166" t="s">
         <v>23</v>
       </c>
       <c r="I166" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J166" t="s">
         <v>25</v>
       </c>
       <c r="K166"/>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166"/>
       <c r="N166"/>
       <c r="O166"/>
       <c r="P166"/>
       <c r="Q166" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167">
         <v>6757</v>
       </c>
       <c r="B167" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C167" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D167" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="E167"/>
       <c r="F167"/>
       <c r="G167" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H167" t="s">
         <v>23</v>
       </c>
       <c r="I167" t="s">
         <v>183</v>
       </c>
       <c r="J167" t="s">
         <v>25</v>
       </c>
       <c r="K167"/>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167"/>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167"/>
       <c r="Q167" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168">
         <v>6897</v>
       </c>
       <c r="B168" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C168" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D168" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E168"/>
       <c r="F168"/>
       <c r="G168" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="H168" t="s">
         <v>23</v>
       </c>
       <c r="I168" t="s">
         <v>183</v>
       </c>
       <c r="J168" t="s">
         <v>25</v>
       </c>
       <c r="K168"/>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168"/>
       <c r="N168"/>
       <c r="O168"/>
       <c r="P168"/>
       <c r="Q168" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169">
         <v>10574</v>
       </c>
       <c r="B169" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C169" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D169" t="s">
         <v>78</v>
       </c>
       <c r="E169"/>
       <c r="F169"/>
       <c r="G169" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H169" t="s">
         <v>23</v>
       </c>
       <c r="I169" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J169" t="s">
         <v>25</v>
       </c>
       <c r="K169"/>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169"/>
       <c r="N169"/>
       <c r="O169"/>
       <c r="P169"/>
       <c r="Q169" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170">
         <v>10575</v>
       </c>
       <c r="B170" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C170" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D170" t="s">
         <v>78</v>
       </c>
       <c r="E170"/>
       <c r="F170"/>
       <c r="G170" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="H170" t="s">
         <v>23</v>
       </c>
       <c r="I170" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J170" t="s">
         <v>25</v>
       </c>
       <c r="K170"/>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170"/>
       <c r="N170"/>
       <c r="O170"/>
       <c r="P170"/>
       <c r="Q170" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171">
         <v>9654</v>
       </c>
       <c r="B171" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C171" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D171" t="s">
         <v>78</v>
       </c>
       <c r="E171"/>
       <c r="F171"/>
       <c r="G171" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="H171" t="s">
         <v>23</v>
       </c>
       <c r="I171" t="s">
         <v>183</v>
       </c>
       <c r="J171" t="s">
         <v>25</v>
       </c>
       <c r="K171"/>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171"/>
       <c r="N171"/>
       <c r="O171"/>
       <c r="P171"/>
       <c r="Q171" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172">
         <v>19182</v>
       </c>
       <c r="B172" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C172" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D172" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="E172"/>
       <c r="F172"/>
       <c r="G172" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H172" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I172" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J172" t="s">
         <v>25</v>
       </c>
       <c r="K172"/>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172"/>
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172"/>
       <c r="Q172" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173">
         <v>7089</v>
       </c>
       <c r="B173" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C173" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D173" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="E173"/>
       <c r="F173"/>
       <c r="G173" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="H173" t="s">
         <v>23</v>
       </c>
       <c r="I173" t="s">
         <v>183</v>
       </c>
       <c r="J173" t="s">
         <v>25</v>
       </c>
       <c r="K173"/>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173"/>
       <c r="N173"/>
       <c r="O173"/>
       <c r="P173"/>
       <c r="Q173" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174">
         <v>4260</v>
       </c>
       <c r="B174" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C174" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D174" t="s">
         <v>186</v>
       </c>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="H174" t="s">
         <v>23</v>
       </c>
       <c r="I174" t="s">
         <v>183</v>
       </c>
       <c r="J174" t="s">
         <v>39</v>
       </c>
       <c r="K174"/>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="N174"/>
       <c r="O174"/>
       <c r="P174" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="Q174" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175">
         <v>10583</v>
       </c>
       <c r="B175" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C175" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D175" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="E175"/>
       <c r="F175"/>
       <c r="G175" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H175" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I175" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J175" t="s">
         <v>25</v>
       </c>
       <c r="K175"/>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175"/>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175"/>
       <c r="Q175" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176">
         <v>7682</v>
       </c>
       <c r="B176" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C176" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D176" t="s">
         <v>225</v>
       </c>
       <c r="E176"/>
       <c r="F176"/>
       <c r="G176" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="H176" t="s">
         <v>23</v>
       </c>
       <c r="I176" t="s">
         <v>183</v>
       </c>
       <c r="J176" t="s">
         <v>39</v>
       </c>
       <c r="K176"/>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>40</v>
       </c>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="Q176" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177">
         <v>10595</v>
       </c>
       <c r="B177" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C177" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D177" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="E177"/>
       <c r="F177"/>
       <c r="G177" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="H177" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I177" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J177" t="s">
         <v>25</v>
       </c>
       <c r="K177"/>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177"/>
       <c r="Q177" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178">
         <v>10596</v>
       </c>
       <c r="B178" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C178" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D178" t="s">
         <v>225</v>
       </c>
       <c r="E178"/>
       <c r="F178"/>
       <c r="G178" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="H178" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I178" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J178" t="s">
         <v>25</v>
       </c>
       <c r="K178"/>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178"/>
       <c r="Q178" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179">
         <v>10597</v>
       </c>
       <c r="B179" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C179" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D179" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="E179"/>
       <c r="F179"/>
       <c r="G179" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="H179" t="s">
         <v>23</v>
       </c>
       <c r="I179" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J179" t="s">
         <v>25</v>
       </c>
       <c r="K179"/>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179"/>
       <c r="Q179" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180">
         <v>7788</v>
       </c>
       <c r="B180" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C180" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D180" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="E180"/>
       <c r="F180"/>
       <c r="G180" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="H180" t="s">
         <v>23</v>
       </c>
       <c r="I180" t="s">
         <v>183</v>
       </c>
       <c r="J180" t="s">
         <v>25</v>
       </c>
       <c r="K180"/>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180"/>
       <c r="Q180" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181">
         <v>10600</v>
       </c>
       <c r="B181" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C181" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D181" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E181"/>
       <c r="F181"/>
       <c r="G181" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="H181" t="s">
         <v>23</v>
       </c>
       <c r="I181" t="s">
         <v>24</v>
       </c>
       <c r="J181" t="s">
         <v>25</v>
       </c>
       <c r="K181"/>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181"/>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181"/>
       <c r="Q181" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182">
         <v>10603</v>
       </c>
       <c r="B182" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C182" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D182" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E182"/>
       <c r="F182"/>
       <c r="G182" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H182" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I182" t="s">
         <v>594</v>
       </c>
       <c r="J182" t="s">
         <v>25</v>
       </c>
       <c r="K182"/>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182"/>
       <c r="N182"/>
       <c r="O182"/>
       <c r="P182"/>
       <c r="Q182" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183">
         <v>10605</v>
       </c>
       <c r="B183" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C183" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D183" t="s">
         <v>483</v>
       </c>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="H183" t="s">
         <v>23</v>
       </c>
       <c r="I183" t="s">
         <v>183</v>
       </c>
       <c r="J183" t="s">
         <v>25</v>
       </c>
       <c r="K183"/>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183"/>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183"/>
       <c r="Q183" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184">
         <v>988</v>
       </c>
       <c r="B184" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C184" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D184" t="s">
         <v>502</v>
       </c>
       <c r="E184"/>
       <c r="F184"/>
       <c r="G184" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="H184" t="s">
         <v>23</v>
       </c>
       <c r="I184" t="s">
         <v>183</v>
       </c>
       <c r="J184" t="s">
         <v>196</v>
       </c>
       <c r="K184"/>
       <c r="L184"/>
       <c r="M184" t="s">
         <v>40</v>
       </c>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="Q184" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185">
         <v>765</v>
       </c>
       <c r="B185" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C185" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D185" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="E185"/>
       <c r="F185"/>
       <c r="G185" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="H185" t="s">
         <v>449</v>
       </c>
       <c r="I185" t="s">
         <v>183</v>
       </c>
       <c r="J185" t="s">
         <v>25</v>
       </c>
       <c r="K185"/>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185"/>
       <c r="N185"/>
       <c r="O185"/>
       <c r="P185"/>
       <c r="Q185" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186">
         <v>10608</v>
       </c>
       <c r="B186" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C186"/>
       <c r="D186"/>
       <c r="E186"/>
       <c r="F186"/>
       <c r="G186" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="H186" t="s">
         <v>449</v>
       </c>
       <c r="I186" t="s">
         <v>183</v>
       </c>
       <c r="J186" t="s">
         <v>25</v>
       </c>
       <c r="K186"/>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186"/>
       <c r="N186"/>
       <c r="O186"/>
       <c r="P186" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="Q186" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187">
         <v>8574</v>
       </c>
       <c r="B187" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C187" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D187" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="E187"/>
       <c r="F187"/>
       <c r="G187" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H187" t="s">
         <v>23</v>
       </c>
       <c r="I187" t="s">
         <v>183</v>
       </c>
       <c r="J187" t="s">
         <v>25</v>
       </c>
       <c r="K187"/>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187"/>
       <c r="N187"/>
       <c r="O187"/>
       <c r="P187"/>
       <c r="Q187" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188">
         <v>12917</v>
       </c>
       <c r="B188" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C188"/>
       <c r="D188"/>
       <c r="E188"/>
       <c r="F188"/>
       <c r="G188" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="H188" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I188" t="s">
         <v>594</v>
       </c>
       <c r="J188" t="s">
         <v>25</v>
       </c>
       <c r="K188"/>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188"/>
       <c r="N188"/>
       <c r="O188"/>
       <c r="P188"/>
       <c r="Q188" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189">
         <v>30173</v>
       </c>
       <c r="B189" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C189" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D189" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E189"/>
       <c r="F189"/>
       <c r="G189" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="H189" t="s">
         <v>23</v>
       </c>
       <c r="I189" t="s">
         <v>46</v>
       </c>
       <c r="J189" t="s">
         <v>25</v>
       </c>
       <c r="K189"/>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189"/>
       <c r="N189"/>
       <c r="O189"/>
       <c r="P189"/>
       <c r="Q189" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190">
         <v>10528</v>
       </c>
       <c r="B190" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C190" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D190" t="s">
         <v>78</v>
       </c>
       <c r="E190"/>
       <c r="F190"/>
       <c r="G190" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="H190" t="s">
         <v>23</v>
       </c>
       <c r="I190" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J190" t="s">
         <v>25</v>
       </c>
       <c r="K190"/>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190"/>
       <c r="N190"/>
       <c r="O190"/>
       <c r="P190"/>
       <c r="Q190" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191">
         <v>9029</v>
       </c>
       <c r="B191" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C191" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D191" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="E191"/>
       <c r="F191"/>
       <c r="G191" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="H191" t="s">
         <v>23</v>
       </c>
       <c r="I191" t="s">
         <v>183</v>
       </c>
       <c r="J191" t="s">
         <v>25</v>
       </c>
       <c r="K191"/>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191"/>
       <c r="N191"/>
       <c r="O191"/>
       <c r="P191"/>
       <c r="Q191" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192">
         <v>10582</v>
       </c>
       <c r="B192" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C192" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D192" t="s">
         <v>494</v>
       </c>
       <c r="E192"/>
       <c r="F192"/>
       <c r="G192" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H192" t="s">
         <v>23</v>
       </c>
       <c r="I192" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J192" t="s">
         <v>25</v>
       </c>
       <c r="K192"/>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192"/>
       <c r="N192"/>
       <c r="O192"/>
       <c r="P192"/>
       <c r="Q192" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193">
         <v>13128</v>
       </c>
       <c r="B193" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C193" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D193" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="E193"/>
       <c r="F193"/>
       <c r="G193" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="H193" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I193" t="s">
         <v>594</v>
       </c>
       <c r="J193" t="s">
         <v>25</v>
       </c>
       <c r="K193"/>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193"/>
       <c r="N193"/>
       <c r="O193"/>
       <c r="P193" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="Q193" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194">
         <v>13664</v>
       </c>
       <c r="B194" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C194"/>
       <c r="D194"/>
       <c r="E194"/>
       <c r="F194"/>
       <c r="G194" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="H194" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I194" t="s">
         <v>480</v>
       </c>
       <c r="J194" t="s">
         <v>25</v>
       </c>
       <c r="K194"/>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194"/>
       <c r="N194"/>
       <c r="O194"/>
       <c r="P194"/>
       <c r="Q194" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195">
         <v>21365</v>
       </c>
       <c r="B195" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C195" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D195" t="s">
         <v>225</v>
       </c>
       <c r="E195"/>
       <c r="F195"/>
       <c r="G195" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H195" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I195" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J195" t="s">
         <v>25</v>
       </c>
       <c r="K195"/>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195"/>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="Q195" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
         <v>23752</v>
       </c>
       <c r="B196" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C196" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D196" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="E196" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="F196" t="s">
         <v>33</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>23</v>
       </c>
       <c r="I196" t="s">
         <v>56</v>
       </c>
       <c r="J196" t="s">
         <v>25</v>
       </c>
       <c r="K196"/>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196"/>
       <c r="N196"/>
       <c r="O196"/>
       <c r="P196"/>
       <c r="Q196" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
         <v>28046</v>
       </c>
       <c r="B197" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C197"/>
       <c r="D197"/>
       <c r="E197" t="s">
         <v>180</v>
       </c>
       <c r="F197" t="s">
         <v>181</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>23</v>
       </c>
       <c r="I197" t="s">
         <v>205</v>
       </c>
       <c r="J197" t="s">
         <v>25</v>
       </c>
       <c r="K197"/>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197"/>
       <c r="N197"/>
       <c r="O197"/>
       <c r="P197"/>
       <c r="Q197" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
         <v>12335</v>
       </c>
       <c r="B198" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C198" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D198" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="E198" t="s">
         <v>180</v>
       </c>
       <c r="F198" t="s">
         <v>181</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>23</v>
       </c>
       <c r="I198" t="s">
         <v>205</v>
       </c>
       <c r="J198" t="s">
         <v>39</v>
       </c>
       <c r="K198"/>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>40</v>
       </c>
       <c r="N198"/>
       <c r="O198"/>
       <c r="P198"/>
       <c r="Q198" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199">
         <v>32549</v>
       </c>
       <c r="B199" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C199"/>
       <c r="D199"/>
       <c r="E199" t="s">
         <v>180</v>
       </c>
       <c r="F199" t="s">
         <v>181</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>23</v>
       </c>
       <c r="I199" t="s">
         <v>183</v>
       </c>
       <c r="J199" t="s">
         <v>196</v>
       </c>
       <c r="K199"/>
       <c r="L199"/>
       <c r="M199" t="s">
         <v>40</v>
       </c>
       <c r="N199"/>
       <c r="O199"/>
       <c r="P199" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="Q199" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200">
         <v>89</v>
       </c>
       <c r="B200" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C200" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D200" t="s">
         <v>78</v>
       </c>
       <c r="E200" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F200" t="s">
         <v>181</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>23</v>
       </c>
       <c r="I200" t="s">
         <v>183</v>
       </c>
       <c r="J200" t="s">
         <v>25</v>
       </c>
       <c r="K200"/>
       <c r="L200" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="M200"/>
       <c r="N200"/>
       <c r="O200"/>
       <c r="P200" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="Q200" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201">
         <v>90</v>
       </c>
       <c r="B201" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C201" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D201" t="s">
         <v>78</v>
       </c>
       <c r="E201" t="s">
         <v>180</v>
       </c>
       <c r="F201" t="s">
         <v>181</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>23</v>
       </c>
       <c r="I201" t="s">
         <v>183</v>
       </c>
       <c r="J201" t="s">
         <v>25</v>
       </c>
       <c r="K201"/>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201"/>
       <c r="N201"/>
       <c r="O201"/>
       <c r="P201" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="Q201" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
         <v>79193</v>
       </c>
       <c r="B202" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="C202"/>
       <c r="D202"/>
       <c r="E202" t="s">
         <v>180</v>
       </c>
       <c r="F202" t="s">
         <v>181</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>23</v>
       </c>
       <c r="I202" t="s">
         <v>183</v>
       </c>
       <c r="J202" t="s">
         <v>25</v>
       </c>
       <c r="K202"/>
       <c r="L202" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="M202"/>
       <c r="N202"/>
       <c r="O202"/>
       <c r="P202"/>
       <c r="Q202" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
         <v>79194</v>
       </c>
       <c r="B203" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C203"/>
       <c r="D203"/>
       <c r="E203" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F203" t="s">
         <v>181</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
         <v>23</v>
       </c>
       <c r="I203" t="s">
         <v>183</v>
       </c>
       <c r="J203" t="s">
         <v>25</v>
       </c>
       <c r="K203"/>
       <c r="L203" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="M203"/>
       <c r="N203"/>
       <c r="O203"/>
       <c r="P203"/>
       <c r="Q203" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204">
         <v>79195</v>
       </c>
       <c r="B204" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C204"/>
       <c r="D204"/>
       <c r="E204" t="s">
         <v>180</v>
       </c>
       <c r="F204" t="s">
         <v>181</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
         <v>23</v>
       </c>
       <c r="I204" t="s">
         <v>183</v>
       </c>
       <c r="J204" t="s">
         <v>25</v>
       </c>
       <c r="K204"/>
       <c r="L204" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="M204"/>
       <c r="N204"/>
       <c r="O204"/>
       <c r="P204"/>
       <c r="Q204" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205">
         <v>79197</v>
       </c>
       <c r="B205" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C205"/>
       <c r="D205"/>
       <c r="E205" t="s">
         <v>180</v>
       </c>
       <c r="F205" t="s">
         <v>181</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>23</v>
       </c>
       <c r="I205" t="s">
         <v>183</v>
       </c>
       <c r="J205" t="s">
         <v>25</v>
       </c>
       <c r="K205"/>
       <c r="L205" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="M205"/>
       <c r="N205"/>
       <c r="O205"/>
       <c r="P205"/>
       <c r="Q205" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
         <v>28318</v>
       </c>
       <c r="B206" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206" t="s">
         <v>180</v>
       </c>
       <c r="F206" t="s">
         <v>181</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
         <v>23</v>
       </c>
       <c r="I206" t="s">
         <v>46</v>
       </c>
       <c r="J206" t="s">
         <v>196</v>
       </c>
       <c r="K206"/>
       <c r="L206"/>
       <c r="M206" t="s">
         <v>40</v>
       </c>
       <c r="N206"/>
       <c r="O206"/>
       <c r="P206"/>
       <c r="Q206" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207">
         <v>28375</v>
       </c>
       <c r="B207" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C207"/>
       <c r="D207"/>
       <c r="E207" t="s">
         <v>180</v>
       </c>
       <c r="F207" t="s">
         <v>181</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
         <v>23</v>
       </c>
       <c r="I207" t="s">
         <v>56</v>
       </c>
       <c r="J207" t="s">
         <v>25</v>
       </c>
       <c r="K207"/>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207"/>
       <c r="N207"/>
       <c r="O207"/>
       <c r="P207"/>
       <c r="Q207" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208">
         <v>28376</v>
       </c>
       <c r="B208" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208" t="s">
         <v>180</v>
       </c>
       <c r="F208" t="s">
         <v>181</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>23</v>
       </c>
       <c r="I208" t="s">
         <v>56</v>
       </c>
       <c r="J208" t="s">
         <v>25</v>
       </c>
       <c r="K208"/>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208"/>
       <c r="N208"/>
       <c r="O208"/>
       <c r="P208"/>
       <c r="Q208" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209">
         <v>31429</v>
       </c>
       <c r="B209" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C209" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D209" t="s">
         <v>78</v>
       </c>
       <c r="E209" t="s">
         <v>180</v>
       </c>
       <c r="F209" t="s">
         <v>181</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>23</v>
       </c>
       <c r="I209" t="s">
         <v>46</v>
       </c>
       <c r="J209" t="s">
         <v>39</v>
       </c>
       <c r="K209"/>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>40</v>
       </c>
       <c r="N209"/>
       <c r="O209"/>
       <c r="P209"/>
       <c r="Q209" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210">
         <v>79332</v>
       </c>
       <c r="B210" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C210"/>
       <c r="D210"/>
       <c r="E210" t="s">
         <v>180</v>
       </c>
       <c r="F210" t="s">
         <v>181</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
         <v>23</v>
       </c>
       <c r="I210" t="s">
         <v>46</v>
       </c>
       <c r="J210" t="s">
         <v>39</v>
       </c>
       <c r="K210"/>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
         <v>40</v>
       </c>
       <c r="N210"/>
       <c r="O210"/>
       <c r="P210"/>
       <c r="Q210" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
         <v>28499</v>
       </c>
       <c r="B211" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C211" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D211" t="s">
         <v>78</v>
       </c>
       <c r="E211" t="s">
         <v>180</v>
       </c>
       <c r="F211" t="s">
         <v>181</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
         <v>23</v>
       </c>
       <c r="I211" t="s">
         <v>46</v>
       </c>
       <c r="J211" t="s">
         <v>25</v>
       </c>
       <c r="K211"/>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211"/>
       <c r="N211"/>
       <c r="O211"/>
       <c r="P211"/>
       <c r="Q211" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
         <v>28610</v>
       </c>
       <c r="B212" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212" t="s">
         <v>180</v>
       </c>
       <c r="F212" t="s">
         <v>181</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
         <v>23</v>
       </c>
       <c r="I212" t="s">
         <v>46</v>
       </c>
       <c r="J212" t="s">
         <v>196</v>
       </c>
       <c r="K212"/>
       <c r="L212"/>
       <c r="M212" t="s">
         <v>40</v>
       </c>
       <c r="N212"/>
       <c r="O212"/>
       <c r="P212"/>
       <c r="Q212" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
         <v>79334</v>
       </c>
       <c r="B213" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C213"/>
       <c r="D213"/>
       <c r="E213" t="s">
         <v>180</v>
       </c>
       <c r="F213" t="s">
         <v>181</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>23</v>
       </c>
       <c r="I213" t="s">
         <v>24</v>
       </c>
       <c r="J213" t="s">
         <v>196</v>
       </c>
       <c r="K213"/>
       <c r="L213"/>
       <c r="M213" t="s">
         <v>40</v>
       </c>
       <c r="N213"/>
       <c r="O213"/>
       <c r="P213"/>
       <c r="Q213" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
         <v>28653</v>
       </c>
       <c r="B214" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C214"/>
       <c r="D214"/>
       <c r="E214" t="s">
         <v>180</v>
       </c>
       <c r="F214" t="s">
         <v>181</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>23</v>
       </c>
       <c r="I214" t="s">
         <v>24</v>
       </c>
       <c r="J214" t="s">
         <v>25</v>
       </c>
       <c r="K214"/>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214"/>
       <c r="N214"/>
       <c r="O214"/>
       <c r="P214"/>
       <c r="Q214" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
         <v>26375</v>
       </c>
       <c r="B215" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C215"/>
       <c r="D215"/>
       <c r="E215" t="s">
         <v>180</v>
       </c>
       <c r="F215" t="s">
         <v>181</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>23</v>
       </c>
       <c r="I215" t="s">
         <v>205</v>
       </c>
       <c r="J215" t="s">
         <v>196</v>
       </c>
       <c r="K215"/>
       <c r="L215"/>
       <c r="M215" t="s">
         <v>40</v>
       </c>
       <c r="N215"/>
       <c r="O215"/>
       <c r="P215"/>
       <c r="Q215" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
         <v>37403</v>
       </c>
       <c r="B216" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C216"/>
       <c r="D216"/>
       <c r="E216" t="s">
         <v>180</v>
       </c>
       <c r="F216" t="s">
         <v>181</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>23</v>
       </c>
       <c r="I216" t="s">
         <v>183</v>
       </c>
       <c r="J216" t="s">
         <v>25</v>
       </c>
       <c r="K216"/>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216"/>
       <c r="N216"/>
       <c r="O216"/>
       <c r="P216"/>
       <c r="Q216" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217">
         <v>37404</v>
       </c>
       <c r="B217" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C217"/>
       <c r="D217"/>
       <c r="E217" t="s">
         <v>180</v>
       </c>
       <c r="F217" t="s">
         <v>181</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>23</v>
       </c>
       <c r="I217" t="s">
         <v>183</v>
       </c>
       <c r="J217" t="s">
         <v>25</v>
       </c>
       <c r="K217"/>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217"/>
       <c r="N217"/>
       <c r="O217"/>
       <c r="P217"/>
       <c r="Q217" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:17">
       <c r="A218">
         <v>37406</v>
       </c>
       <c r="B218" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C218"/>
       <c r="D218"/>
       <c r="E218" t="s">
         <v>180</v>
       </c>
       <c r="F218" t="s">
         <v>181</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>23</v>
       </c>
       <c r="I218" t="s">
         <v>183</v>
       </c>
       <c r="J218" t="s">
         <v>25</v>
       </c>
       <c r="K218"/>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218"/>
       <c r="N218"/>
       <c r="O218"/>
       <c r="P218"/>
       <c r="Q218" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:17">
       <c r="A219">
         <v>32252</v>
       </c>
       <c r="B219" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C219"/>
       <c r="D219"/>
       <c r="E219" t="s">
         <v>180</v>
       </c>
       <c r="F219" t="s">
         <v>181</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
         <v>23</v>
       </c>
       <c r="I219" t="s">
         <v>183</v>
       </c>
       <c r="J219" t="s">
         <v>25</v>
       </c>
       <c r="K219"/>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219"/>
       <c r="N219"/>
       <c r="O219"/>
       <c r="P219"/>
       <c r="Q219" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:17">
       <c r="A220">
         <v>28868</v>
       </c>
       <c r="B220" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C220" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D220" t="s">
         <v>78</v>
       </c>
       <c r="E220" t="s">
         <v>180</v>
       </c>
       <c r="F220" t="s">
         <v>181</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>23</v>
       </c>
       <c r="I220" t="s">
         <v>46</v>
       </c>
       <c r="J220" t="s">
         <v>25</v>
       </c>
       <c r="K220"/>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220"/>
       <c r="N220"/>
       <c r="O220"/>
       <c r="P220"/>
       <c r="Q220" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="221" spans="1:17">
       <c r="A221">
         <v>30961</v>
       </c>
       <c r="B221" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C221" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D221" t="s">
-        <v>19</v>
+        <v>382</v>
       </c>
       <c r="E221" t="s">
         <v>180</v>
       </c>
       <c r="F221" t="s">
         <v>181</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>23</v>
       </c>
       <c r="I221" t="s">
         <v>46</v>
       </c>
       <c r="J221" t="s">
         <v>25</v>
       </c>
       <c r="K221"/>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221"/>
       <c r="N221"/>
       <c r="O221"/>
       <c r="P221"/>
       <c r="Q221" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:17">
       <c r="A222">
         <v>28891</v>
       </c>
       <c r="B222" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C222"/>
       <c r="D222"/>
       <c r="E222" t="s">
         <v>180</v>
       </c>
       <c r="F222" t="s">
         <v>181</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>23</v>
       </c>
       <c r="I222" t="s">
         <v>56</v>
       </c>
       <c r="J222" t="s">
         <v>25</v>
       </c>
       <c r="K222"/>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222"/>
       <c r="N222"/>
       <c r="O222"/>
       <c r="P222"/>
       <c r="Q222" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:17">
       <c r="A223">
         <v>79492</v>
       </c>
       <c r="B223" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C223"/>
       <c r="D223"/>
       <c r="E223" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="F223" t="s">
         <v>181</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
         <v>23</v>
       </c>
       <c r="I223" t="s">
         <v>56</v>
       </c>
       <c r="J223" t="s">
         <v>25</v>
       </c>
       <c r="K223"/>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223"/>
       <c r="N223"/>
       <c r="O223"/>
       <c r="P223"/>
       <c r="Q223" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:17">
       <c r="A224">
         <v>11710</v>
       </c>
       <c r="B224" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C224" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D224" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E224" t="s">
         <v>180</v>
       </c>
       <c r="F224" t="s">
         <v>181</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
         <v>23</v>
       </c>
       <c r="I224" t="s">
         <v>205</v>
       </c>
       <c r="J224" t="s">
         <v>25</v>
       </c>
       <c r="K224"/>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224"/>
       <c r="N224"/>
       <c r="O224"/>
       <c r="P224"/>
       <c r="Q224" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:17">
       <c r="A225">
         <v>12339</v>
       </c>
       <c r="B225" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C225" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D225" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E225" t="s">
         <v>180</v>
       </c>
       <c r="F225" t="s">
         <v>181</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
         <v>23</v>
       </c>
       <c r="I225" t="s">
         <v>205</v>
       </c>
       <c r="J225" t="s">
         <v>25</v>
       </c>
       <c r="K225"/>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225"/>
       <c r="N225"/>
       <c r="O225"/>
       <c r="P225"/>
       <c r="Q225" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:17">
       <c r="A226">
         <v>11028</v>
       </c>
       <c r="B226" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C226" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D226" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="E226" t="s">
         <v>180</v>
       </c>
       <c r="F226" t="s">
         <v>181</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
         <v>23</v>
       </c>
       <c r="I226" t="s">
         <v>205</v>
       </c>
       <c r="J226" t="s">
         <v>25</v>
       </c>
       <c r="K226"/>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226"/>
       <c r="N226"/>
       <c r="O226"/>
       <c r="P226"/>
       <c r="Q226" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:17">
       <c r="A227">
         <v>29030</v>
       </c>
       <c r="B227" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C227"/>
       <c r="D227"/>
       <c r="E227" t="s">
         <v>180</v>
       </c>
       <c r="F227" t="s">
         <v>181</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>23</v>
       </c>
       <c r="I227" t="s">
         <v>205</v>
       </c>
       <c r="J227" t="s">
         <v>25</v>
       </c>
       <c r="K227"/>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227"/>
       <c r="N227"/>
       <c r="O227"/>
       <c r="P227"/>
       <c r="Q227" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:17">
       <c r="A228">
         <v>29031</v>
       </c>
       <c r="B228" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C228"/>
       <c r="D228"/>
       <c r="E228" t="s">
         <v>180</v>
       </c>
       <c r="F228" t="s">
         <v>181</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
         <v>23</v>
       </c>
       <c r="I228" t="s">
         <v>205</v>
       </c>
       <c r="J228" t="s">
         <v>25</v>
       </c>
       <c r="K228"/>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228"/>
       <c r="N228"/>
       <c r="O228"/>
       <c r="P228"/>
       <c r="Q228" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:17">
       <c r="A229">
         <v>29032</v>
       </c>
       <c r="B229" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C229"/>
       <c r="D229"/>
       <c r="E229" t="s">
         <v>180</v>
       </c>
       <c r="F229" t="s">
         <v>181</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
         <v>23</v>
       </c>
       <c r="I229" t="s">
         <v>205</v>
       </c>
       <c r="J229" t="s">
         <v>25</v>
       </c>
       <c r="K229"/>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229"/>
       <c r="N229"/>
       <c r="O229"/>
       <c r="P229"/>
       <c r="Q229" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:17">
       <c r="A230">
         <v>29033</v>
       </c>
       <c r="B230" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C230"/>
       <c r="D230"/>
       <c r="E230" t="s">
         <v>180</v>
       </c>
       <c r="F230" t="s">
         <v>181</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
         <v>23</v>
       </c>
       <c r="I230" t="s">
         <v>205</v>
       </c>
       <c r="J230" t="s">
         <v>25</v>
       </c>
       <c r="K230"/>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230"/>
       <c r="N230"/>
       <c r="O230"/>
       <c r="P230"/>
       <c r="Q230" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="231" spans="1:17">
       <c r="A231">
         <v>36648</v>
       </c>
       <c r="B231" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C231"/>
       <c r="D231"/>
       <c r="E231" t="s">
         <v>180</v>
       </c>
       <c r="F231" t="s">
         <v>181</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
         <v>23</v>
       </c>
       <c r="I231" t="s">
         <v>205</v>
       </c>
       <c r="J231" t="s">
         <v>25</v>
       </c>
       <c r="K231"/>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231"/>
       <c r="N231"/>
       <c r="O231"/>
       <c r="P231"/>
       <c r="Q231" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="232" spans="1:17">
       <c r="A232">
         <v>11912</v>
       </c>
       <c r="B232" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C232" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D232" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="E232" t="s">
         <v>180</v>
       </c>
       <c r="F232" t="s">
         <v>181</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
         <v>23</v>
       </c>
       <c r="I232" t="s">
         <v>205</v>
       </c>
       <c r="J232" t="s">
         <v>25</v>
       </c>
       <c r="K232"/>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232"/>
       <c r="N232"/>
       <c r="O232"/>
       <c r="P232"/>
       <c r="Q232" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:17">
       <c r="A233">
         <v>31052</v>
       </c>
       <c r="B233" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C233"/>
       <c r="D233"/>
       <c r="E233" t="s">
         <v>180</v>
       </c>
       <c r="F233" t="s">
         <v>181</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
         <v>23</v>
       </c>
       <c r="I233" t="s">
         <v>46</v>
       </c>
       <c r="J233" t="s">
         <v>25</v>
       </c>
       <c r="K233"/>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233"/>
       <c r="N233"/>
       <c r="O233"/>
       <c r="P233"/>
       <c r="Q233" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="234" spans="1:17">
       <c r="A234">
         <v>29059</v>
       </c>
       <c r="B234" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-      <c r="D234"/>
+        <v>836</v>
+      </c>
+      <c r="C234" t="s">
+        <v>837</v>
+      </c>
+      <c r="D234" t="s">
+        <v>78</v>
+      </c>
       <c r="E234" t="s">
         <v>180</v>
       </c>
       <c r="F234" t="s">
         <v>181</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
         <v>23</v>
       </c>
       <c r="I234" t="s">
         <v>24</v>
       </c>
       <c r="J234" t="s">
         <v>196</v>
       </c>
       <c r="K234"/>
       <c r="L234"/>
       <c r="M234" t="s">
         <v>40</v>
       </c>
       <c r="N234"/>
       <c r="O234"/>
       <c r="P234"/>
       <c r="Q234" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="235" spans="1:17">
       <c r="A235">
         <v>5033</v>
       </c>
       <c r="B235" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C235"/>
       <c r="D235"/>
       <c r="E235" t="s">
         <v>180</v>
       </c>
       <c r="F235" t="s">
         <v>181</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
         <v>23</v>
       </c>
       <c r="I235" t="s">
         <v>183</v>
       </c>
       <c r="J235" t="s">
         <v>196</v>
       </c>
       <c r="K235"/>
       <c r="L235"/>
       <c r="M235" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="N235"/>
       <c r="O235"/>
       <c r="P235" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="Q235" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="236" spans="1:17">
       <c r="A236">
         <v>29195</v>
       </c>
       <c r="B236" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C236"/>
       <c r="D236"/>
       <c r="E236" t="s">
         <v>180</v>
       </c>
       <c r="F236" t="s">
         <v>181</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
         <v>23</v>
       </c>
       <c r="I236" t="s">
         <v>46</v>
       </c>
       <c r="J236" t="s">
         <v>25</v>
       </c>
       <c r="K236"/>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236"/>
       <c r="N236"/>
       <c r="O236"/>
       <c r="P236"/>
       <c r="Q236" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:17">
       <c r="A237">
         <v>31115</v>
       </c>
       <c r="B237" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C237"/>
       <c r="D237"/>
       <c r="E237" t="s">
         <v>180</v>
       </c>
       <c r="F237" t="s">
         <v>181</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
         <v>23</v>
       </c>
       <c r="I237" t="s">
         <v>56</v>
       </c>
       <c r="J237" t="s">
         <v>25</v>
       </c>
       <c r="K237"/>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237"/>
       <c r="N237"/>
       <c r="O237"/>
       <c r="P237"/>
       <c r="Q237" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="238" spans="1:17">
       <c r="A238">
         <v>29278</v>
       </c>
       <c r="B238" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C238" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D238" t="s">
         <v>78</v>
       </c>
       <c r="E238" t="s">
         <v>180</v>
       </c>
       <c r="F238" t="s">
         <v>181</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
         <v>23</v>
       </c>
       <c r="I238" t="s">
         <v>24</v>
       </c>
       <c r="J238" t="s">
         <v>25</v>
       </c>
       <c r="K238"/>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238"/>
       <c r="N238"/>
       <c r="O238"/>
       <c r="P238"/>
       <c r="Q238" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="239" spans="1:17">
       <c r="A239">
         <v>31434</v>
       </c>
       <c r="B239" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-      <c r="D239"/>
+        <v>844</v>
+      </c>
+      <c r="C239" t="s">
+        <v>845</v>
+      </c>
+      <c r="D239" t="s">
+        <v>78</v>
+      </c>
       <c r="E239" t="s">
         <v>180</v>
       </c>
       <c r="F239" t="s">
         <v>181</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
         <v>23</v>
       </c>
       <c r="I239" t="s">
         <v>183</v>
       </c>
       <c r="J239" t="s">
         <v>196</v>
       </c>
       <c r="K239"/>
       <c r="L239"/>
       <c r="M239" t="s">
         <v>40</v>
       </c>
       <c r="N239"/>
       <c r="O239"/>
       <c r="P239"/>
       <c r="Q239" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="240" spans="1:17">
       <c r="A240">
         <v>36636</v>
       </c>
       <c r="B240" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="C240" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="D240" t="s">
-        <v>19</v>
+        <v>382</v>
       </c>
       <c r="E240" t="s">
         <v>180</v>
       </c>
       <c r="F240" t="s">
         <v>181</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
         <v>23</v>
       </c>
       <c r="I240" t="s">
         <v>56</v>
       </c>
       <c r="J240" t="s">
         <v>25</v>
       </c>
       <c r="K240"/>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240"/>
       <c r="N240"/>
       <c r="O240"/>
       <c r="P240"/>
       <c r="Q240" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:17">
       <c r="A241">
         <v>79337</v>
       </c>
       <c r="B241" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="C241"/>
       <c r="D241"/>
       <c r="E241" t="s">
         <v>180</v>
       </c>
       <c r="F241" t="s">
         <v>181</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
         <v>23</v>
       </c>
       <c r="I241" t="s">
         <v>56</v>
       </c>
       <c r="J241" t="s">
         <v>39</v>
       </c>
       <c r="K241"/>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
         <v>40</v>
       </c>
       <c r="N241"/>
       <c r="O241"/>
       <c r="P241"/>
       <c r="Q241" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="242" spans="1:17">
       <c r="A242">
         <v>29324</v>
       </c>
       <c r="B242" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C242"/>
       <c r="D242"/>
       <c r="E242" t="s">
         <v>180</v>
       </c>
       <c r="F242" t="s">
         <v>181</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
         <v>23</v>
       </c>
       <c r="I242" t="s">
         <v>56</v>
       </c>
       <c r="J242" t="s">
         <v>25</v>
       </c>
       <c r="K242"/>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242"/>
       <c r="N242"/>
       <c r="O242"/>
       <c r="P242"/>
       <c r="Q242" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:17">
       <c r="A243">
         <v>29325</v>
       </c>
       <c r="B243" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="C243"/>
       <c r="D243"/>
       <c r="E243" t="s">
         <v>180</v>
       </c>
       <c r="F243" t="s">
         <v>181</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
         <v>23</v>
       </c>
       <c r="I243" t="s">
         <v>56</v>
       </c>
       <c r="J243" t="s">
         <v>25</v>
       </c>
       <c r="K243"/>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243"/>
       <c r="N243"/>
       <c r="O243"/>
       <c r="P243"/>
       <c r="Q243" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:17">
       <c r="A244">
         <v>29326</v>
       </c>
       <c r="B244" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="C244"/>
       <c r="D244"/>
       <c r="E244" t="s">
         <v>180</v>
       </c>
       <c r="F244" t="s">
         <v>181</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
         <v>23</v>
       </c>
       <c r="I244" t="s">
         <v>56</v>
       </c>
       <c r="J244" t="s">
         <v>25</v>
       </c>
       <c r="K244"/>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244"/>
       <c r="N244"/>
       <c r="O244"/>
       <c r="P244"/>
       <c r="Q244" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="245" spans="1:17">
       <c r="A245">
         <v>29327</v>
       </c>
       <c r="B245" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="C245"/>
       <c r="D245"/>
       <c r="E245" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F245" t="s">
         <v>181</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
         <v>23</v>
       </c>
       <c r="I245" t="s">
         <v>56</v>
       </c>
       <c r="J245" t="s">
         <v>25</v>
       </c>
       <c r="K245"/>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245"/>
       <c r="N245"/>
       <c r="O245"/>
       <c r="P245"/>
       <c r="Q245" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="246" spans="1:17">
       <c r="A246">
         <v>29328</v>
       </c>
       <c r="B246" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="C246"/>
       <c r="D246"/>
       <c r="E246" t="s">
         <v>180</v>
       </c>
       <c r="F246" t="s">
         <v>181</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
         <v>23</v>
       </c>
       <c r="I246" t="s">
         <v>56</v>
       </c>
       <c r="J246" t="s">
         <v>25</v>
       </c>
       <c r="K246"/>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246"/>
       <c r="N246"/>
       <c r="O246"/>
       <c r="P246"/>
       <c r="Q246" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="247" spans="1:17">
       <c r="A247">
         <v>29329</v>
       </c>
       <c r="B247" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="C247"/>
       <c r="D247"/>
       <c r="E247" t="s">
         <v>180</v>
       </c>
       <c r="F247" t="s">
         <v>181</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
         <v>23</v>
       </c>
       <c r="I247" t="s">
         <v>56</v>
       </c>
       <c r="J247" t="s">
         <v>25</v>
       </c>
       <c r="K247"/>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247"/>
       <c r="N247"/>
       <c r="O247"/>
       <c r="P247"/>
       <c r="Q247" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="248" spans="1:17">
       <c r="A248">
         <v>29337</v>
       </c>
       <c r="B248" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="C248"/>
       <c r="D248"/>
       <c r="E248" t="s">
         <v>180</v>
       </c>
       <c r="F248" t="s">
         <v>181</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
         <v>23</v>
       </c>
       <c r="I248" t="s">
         <v>56</v>
       </c>
       <c r="J248" t="s">
         <v>25</v>
       </c>
       <c r="K248"/>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248"/>
       <c r="N248"/>
       <c r="O248"/>
       <c r="P248"/>
       <c r="Q248" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="249" spans="1:17">
       <c r="A249">
         <v>29339</v>
       </c>
       <c r="B249" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="C249"/>
       <c r="D249"/>
       <c r="E249" t="s">
         <v>180</v>
       </c>
       <c r="F249" t="s">
         <v>181</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
         <v>23</v>
       </c>
       <c r="I249" t="s">
         <v>56</v>
       </c>
       <c r="J249" t="s">
         <v>25</v>
       </c>
       <c r="K249"/>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249"/>
       <c r="N249"/>
       <c r="O249"/>
       <c r="P249"/>
       <c r="Q249" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="250" spans="1:17">
       <c r="A250">
         <v>32554</v>
       </c>
       <c r="B250" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="C250"/>
       <c r="D250"/>
       <c r="E250" t="s">
         <v>180</v>
       </c>
       <c r="F250" t="s">
         <v>181</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
         <v>23</v>
       </c>
       <c r="I250" t="s">
         <v>183</v>
       </c>
       <c r="J250" t="s">
         <v>196</v>
       </c>
       <c r="K250"/>
       <c r="L250"/>
       <c r="M250" t="s">
         <v>40</v>
       </c>
       <c r="N250"/>
       <c r="O250"/>
       <c r="P250"/>
       <c r="Q250" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="251" spans="1:17">
       <c r="A251">
         <v>79338</v>
       </c>
       <c r="B251" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="C251"/>
       <c r="D251"/>
       <c r="E251" t="s">
         <v>180</v>
       </c>
       <c r="F251" t="s">
         <v>181</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
         <v>23</v>
       </c>
       <c r="I251" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J251" t="s">
         <v>196</v>
       </c>
       <c r="K251"/>
       <c r="L251"/>
       <c r="M251" t="s">
         <v>40</v>
       </c>
       <c r="N251"/>
       <c r="O251"/>
       <c r="P251"/>
       <c r="Q251" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="252" spans="1:17">
       <c r="A252">
         <v>6079</v>
       </c>
       <c r="B252" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-      <c r="D252"/>
+        <v>859</v>
+      </c>
+      <c r="C252" t="s">
+        <v>860</v>
+      </c>
+      <c r="D252" t="s">
+        <v>78</v>
+      </c>
       <c r="E252" t="s">
         <v>180</v>
       </c>
       <c r="F252" t="s">
         <v>181</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
         <v>23</v>
       </c>
       <c r="I252" t="s">
         <v>183</v>
       </c>
       <c r="J252" t="s">
         <v>25</v>
       </c>
       <c r="K252"/>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252"/>
       <c r="N252"/>
       <c r="O252"/>
       <c r="P252"/>
       <c r="Q252" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="253" spans="1:17">
       <c r="A253">
         <v>31435</v>
       </c>
       <c r="B253" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-      <c r="D253"/>
+        <v>861</v>
+      </c>
+      <c r="C253" t="s">
+        <v>862</v>
+      </c>
+      <c r="D253" t="s">
+        <v>382</v>
+      </c>
       <c r="E253" t="s">
         <v>180</v>
       </c>
       <c r="F253" t="s">
         <v>181</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
         <v>23</v>
       </c>
       <c r="I253" t="s">
         <v>183</v>
       </c>
       <c r="J253" t="s">
         <v>196</v>
       </c>
       <c r="K253"/>
       <c r="L253"/>
       <c r="M253" t="s">
         <v>40</v>
       </c>
       <c r="N253"/>
       <c r="O253"/>
       <c r="P253"/>
       <c r="Q253" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="254" spans="1:17">
       <c r="A254">
         <v>29442</v>
       </c>
       <c r="B254" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="C254"/>
       <c r="D254"/>
       <c r="E254" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="F254" t="s">
         <v>181</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>23</v>
       </c>
       <c r="I254" t="s">
         <v>56</v>
       </c>
       <c r="J254" t="s">
         <v>25</v>
       </c>
       <c r="K254"/>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254"/>
       <c r="N254"/>
       <c r="O254"/>
       <c r="P254" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="Q254" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="255" spans="1:17">
       <c r="A255">
         <v>29443</v>
       </c>
       <c r="B255" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="C255"/>
       <c r="D255"/>
       <c r="E255" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="F255" t="s">
         <v>181</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
         <v>23</v>
       </c>
       <c r="I255" t="s">
         <v>56</v>
       </c>
       <c r="J255" t="s">
         <v>25</v>
       </c>
       <c r="K255"/>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255"/>
       <c r="N255"/>
       <c r="O255"/>
       <c r="P255" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="Q255" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="256" spans="1:17">
       <c r="A256">
         <v>31234</v>
       </c>
       <c r="B256" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="C256"/>
       <c r="D256"/>
       <c r="E256" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="F256" t="s">
         <v>181</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
         <v>23</v>
       </c>
       <c r="I256" t="s">
         <v>56</v>
       </c>
       <c r="J256" t="s">
         <v>25</v>
       </c>
       <c r="K256"/>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256"/>
       <c r="N256"/>
       <c r="O256"/>
       <c r="P256" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="Q256" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="257" spans="1:17">
       <c r="A257">
         <v>79339</v>
       </c>
       <c r="B257" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-      <c r="D257"/>
+        <v>870</v>
+      </c>
+      <c r="C257" t="s">
+        <v>871</v>
+      </c>
+      <c r="D257" t="s">
+        <v>78</v>
+      </c>
       <c r="E257" t="s">
         <v>180</v>
       </c>
       <c r="F257" t="s">
         <v>181</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
         <v>449</v>
       </c>
       <c r="I257" t="s">
         <v>24</v>
       </c>
       <c r="J257" t="s">
         <v>196</v>
       </c>
       <c r="K257"/>
       <c r="L257"/>
       <c r="M257" t="s">
         <v>40</v>
       </c>
       <c r="N257"/>
       <c r="O257"/>
       <c r="P257"/>
       <c r="Q257" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="258" spans="1:17">
       <c r="A258">
         <v>29496</v>
       </c>
       <c r="B258" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="C258"/>
       <c r="D258"/>
       <c r="E258" t="s">
         <v>180</v>
       </c>
       <c r="F258" t="s">
         <v>181</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
         <v>23</v>
       </c>
       <c r="I258" t="s">
         <v>46</v>
       </c>
       <c r="J258" t="s">
         <v>25</v>
       </c>
       <c r="K258"/>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258"/>
       <c r="N258"/>
       <c r="O258"/>
       <c r="P258"/>
       <c r="Q258" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:17">
       <c r="A259">
         <v>29498</v>
       </c>
       <c r="B259" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="C259"/>
       <c r="D259"/>
       <c r="E259" t="s">
         <v>180</v>
       </c>
       <c r="F259" t="s">
         <v>181</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
         <v>23</v>
       </c>
       <c r="I259" t="s">
         <v>46</v>
       </c>
       <c r="J259" t="s">
         <v>196</v>
       </c>
       <c r="K259"/>
       <c r="L259"/>
       <c r="M259" t="s">
         <v>40</v>
       </c>
       <c r="N259"/>
       <c r="O259"/>
       <c r="P259"/>
       <c r="Q259" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="260" spans="1:17">
       <c r="A260">
         <v>6489</v>
       </c>
       <c r="B260" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-      <c r="D260"/>
+        <v>874</v>
+      </c>
+      <c r="C260" t="s">
+        <v>693</v>
+      </c>
+      <c r="D260" t="s">
+        <v>78</v>
+      </c>
       <c r="E260" t="s">
         <v>180</v>
       </c>
       <c r="F260" t="s">
         <v>181</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
         <v>23</v>
       </c>
       <c r="I260" t="s">
         <v>183</v>
       </c>
       <c r="J260" t="s">
         <v>196</v>
       </c>
       <c r="K260"/>
       <c r="L260"/>
       <c r="M260" t="s">
         <v>40</v>
       </c>
       <c r="N260"/>
       <c r="O260"/>
       <c r="P260"/>
       <c r="Q260" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="261" spans="1:17">
       <c r="A261">
         <v>32249</v>
       </c>
       <c r="B261" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="C261" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="D261" t="s">
         <v>78</v>
       </c>
       <c r="E261" t="s">
         <v>180</v>
       </c>
       <c r="F261" t="s">
         <v>181</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
         <v>23</v>
       </c>
       <c r="I261" t="s">
         <v>46</v>
       </c>
       <c r="J261" t="s">
         <v>25</v>
       </c>
       <c r="K261"/>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261"/>
       <c r="N261"/>
       <c r="O261"/>
       <c r="P261"/>
       <c r="Q261" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="262" spans="1:17">
       <c r="A262">
         <v>29544</v>
       </c>
       <c r="B262" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="C262" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="D262" t="s">
-        <v>19</v>
+        <v>382</v>
       </c>
       <c r="E262" t="s">
         <v>180</v>
       </c>
       <c r="F262" t="s">
         <v>181</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
         <v>23</v>
       </c>
       <c r="I262" t="s">
         <v>46</v>
       </c>
       <c r="J262" t="s">
         <v>39</v>
       </c>
       <c r="K262"/>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
         <v>40</v>
       </c>
       <c r="N262"/>
       <c r="O262"/>
       <c r="P262"/>
       <c r="Q262" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="263" spans="1:17">
       <c r="A263">
         <v>31437</v>
       </c>
       <c r="B263" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="C263"/>
       <c r="D263"/>
       <c r="E263" t="s">
         <v>180</v>
       </c>
       <c r="F263" t="s">
         <v>181</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
         <v>23</v>
       </c>
       <c r="I263" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J263" t="s">
         <v>196</v>
       </c>
       <c r="K263"/>
       <c r="L263"/>
       <c r="M263" t="s">
         <v>40</v>
       </c>
       <c r="N263"/>
       <c r="O263"/>
       <c r="P263"/>
       <c r="Q263" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="264" spans="1:17">
       <c r="A264">
         <v>79270</v>
       </c>
       <c r="B264" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-      <c r="D264"/>
+        <v>880</v>
+      </c>
+      <c r="C264" t="s">
+        <v>881</v>
+      </c>
+      <c r="D264" t="s">
+        <v>78</v>
+      </c>
       <c r="E264" t="s">
         <v>180</v>
       </c>
       <c r="F264" t="s">
         <v>181</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
         <v>23</v>
       </c>
       <c r="I264" t="s">
         <v>24</v>
       </c>
       <c r="J264" t="s">
         <v>25</v>
       </c>
       <c r="K264"/>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264"/>
       <c r="N264"/>
       <c r="O264"/>
       <c r="P264"/>
       <c r="Q264" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="265" spans="1:17">
       <c r="A265">
         <v>31439</v>
       </c>
       <c r="B265" t="s">
-        <v>875</v>
-[...2 lines deleted...]
-      <c r="D265"/>
+        <v>882</v>
+      </c>
+      <c r="C265" t="s">
+        <v>883</v>
+      </c>
+      <c r="D265" t="s">
+        <v>78</v>
+      </c>
       <c r="E265" t="s">
         <v>180</v>
       </c>
       <c r="F265" t="s">
         <v>181</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
         <v>23</v>
       </c>
       <c r="I265" t="s">
         <v>24</v>
       </c>
       <c r="J265" t="s">
         <v>196</v>
       </c>
       <c r="K265"/>
       <c r="L265"/>
       <c r="M265" t="s">
         <v>40</v>
       </c>
       <c r="N265"/>
       <c r="O265"/>
       <c r="P265" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="Q265" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="266" spans="1:17">
       <c r="A266">
         <v>29766</v>
       </c>
       <c r="B266" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
       <c r="C266"/>
       <c r="D266"/>
       <c r="E266" t="s">
         <v>180</v>
       </c>
       <c r="F266" t="s">
         <v>181</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
         <v>23</v>
       </c>
       <c r="I266" t="s">
         <v>56</v>
       </c>
       <c r="J266" t="s">
         <v>25</v>
       </c>
       <c r="K266"/>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266"/>
       <c r="N266"/>
       <c r="O266"/>
       <c r="P266"/>
       <c r="Q266" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="267" spans="1:17">
       <c r="A267">
         <v>11106</v>
       </c>
       <c r="B267" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="C267" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="D267" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="E267" t="s">
         <v>180</v>
       </c>
       <c r="F267" t="s">
         <v>181</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
         <v>23</v>
       </c>
       <c r="I267" t="s">
         <v>205</v>
       </c>
       <c r="J267" t="s">
         <v>25</v>
       </c>
       <c r="K267"/>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267"/>
       <c r="N267"/>
       <c r="O267"/>
       <c r="P267"/>
       <c r="Q267" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="268" spans="1:17">
       <c r="A268">
         <v>29797</v>
       </c>
       <c r="B268" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
       <c r="C268"/>
       <c r="D268"/>
       <c r="E268" t="s">
         <v>180</v>
       </c>
       <c r="F268" t="s">
         <v>181</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
         <v>23</v>
       </c>
       <c r="I268" t="s">
         <v>205</v>
       </c>
       <c r="J268" t="s">
         <v>25</v>
       </c>
       <c r="K268"/>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268"/>
       <c r="N268"/>
       <c r="O268"/>
       <c r="P268"/>
       <c r="Q268" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="269" spans="1:17">
       <c r="A269">
         <v>29798</v>
       </c>
       <c r="B269" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="C269" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="D269" t="s">
         <v>78</v>
       </c>
       <c r="E269" t="s">
         <v>180</v>
       </c>
       <c r="F269" t="s">
         <v>181</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
         <v>23</v>
       </c>
       <c r="I269" t="s">
         <v>205</v>
       </c>
       <c r="J269" t="s">
         <v>25</v>
       </c>
       <c r="K269"/>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269"/>
       <c r="N269"/>
       <c r="O269"/>
       <c r="P269"/>
       <c r="Q269" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="270" spans="1:17">
       <c r="A270">
         <v>29799</v>
       </c>
       <c r="B270" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="C270"/>
       <c r="D270"/>
       <c r="E270" t="s">
         <v>180</v>
       </c>
       <c r="F270" t="s">
         <v>181</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
         <v>23</v>
       </c>
       <c r="I270" t="s">
         <v>205</v>
       </c>
       <c r="J270" t="s">
         <v>25</v>
       </c>
       <c r="K270"/>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270"/>
       <c r="N270"/>
       <c r="O270"/>
       <c r="P270"/>
       <c r="Q270" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="271" spans="1:17">
       <c r="A271">
         <v>79330</v>
       </c>
       <c r="B271" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="C271"/>
       <c r="D271"/>
       <c r="E271" t="s">
         <v>180</v>
       </c>
       <c r="F271" t="s">
         <v>181</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
         <v>23</v>
       </c>
       <c r="I271" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J271" t="s">
         <v>25</v>
       </c>
       <c r="K271"/>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271"/>
       <c r="N271"/>
       <c r="O271"/>
       <c r="P271"/>
       <c r="Q271" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="272" spans="1:17">
       <c r="A272">
         <v>68016</v>
       </c>
       <c r="B272" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="C272" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="D272" t="s">
         <v>78</v>
       </c>
       <c r="E272" t="s">
         <v>180</v>
       </c>
       <c r="F272" t="s">
         <v>181</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
         <v>23</v>
       </c>
       <c r="I272" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J272" t="s">
         <v>25</v>
       </c>
       <c r="K272"/>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272"/>
       <c r="N272"/>
       <c r="O272"/>
       <c r="P272"/>
       <c r="Q272" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="273" spans="1:17">
       <c r="A273">
         <v>32334</v>
       </c>
       <c r="B273" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C273" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="D273" t="s">
         <v>78</v>
       </c>
       <c r="E273" t="s">
         <v>180</v>
       </c>
       <c r="F273" t="s">
         <v>181</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
         <v>23</v>
       </c>
       <c r="I273" t="s">
         <v>183</v>
       </c>
       <c r="J273" t="s">
         <v>196</v>
       </c>
       <c r="K273"/>
       <c r="L273"/>
       <c r="M273" t="s">
         <v>40</v>
       </c>
       <c r="N273"/>
       <c r="O273"/>
       <c r="P273"/>
       <c r="Q273" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:17">
       <c r="A274">
         <v>11065</v>
       </c>
       <c r="B274" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="C274" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="D274" t="s">
         <v>478</v>
       </c>
       <c r="E274" t="s">
         <v>180</v>
       </c>
       <c r="F274" t="s">
         <v>181</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>23</v>
       </c>
       <c r="I274" t="s">
         <v>56</v>
       </c>
       <c r="J274" t="s">
         <v>25</v>
       </c>
       <c r="K274"/>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274"/>
       <c r="N274"/>
       <c r="O274"/>
       <c r="P274" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="Q274" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="275" spans="1:17">
       <c r="A275">
         <v>11830</v>
       </c>
       <c r="B275" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="C275" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="D275" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="E275" t="s">
         <v>180</v>
       </c>
       <c r="F275" t="s">
         <v>181</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
         <v>23</v>
       </c>
       <c r="I275" t="s">
         <v>56</v>
       </c>
       <c r="J275" t="s">
         <v>25</v>
       </c>
       <c r="K275"/>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275"/>
       <c r="N275"/>
       <c r="O275"/>
       <c r="P275" t="s">
-        <v>895</v>
+        <v>903</v>
       </c>
       <c r="Q275" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="276" spans="1:17">
       <c r="A276">
         <v>32342</v>
       </c>
       <c r="B276" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="C276" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="D276" t="s">
         <v>78</v>
       </c>
       <c r="E276" t="s">
         <v>180</v>
       </c>
       <c r="F276" t="s">
         <v>181</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
         <v>23</v>
       </c>
       <c r="I276" t="s">
         <v>56</v>
       </c>
       <c r="J276" t="s">
         <v>25</v>
       </c>
       <c r="K276"/>
       <c r="L276" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="M276"/>
       <c r="N276"/>
       <c r="O276"/>
       <c r="P276"/>
       <c r="Q276" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="277" spans="1:17">
       <c r="A277">
         <v>32250</v>
       </c>
       <c r="B277" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="C277" t="s">
-        <v>899</v>
+        <v>907</v>
       </c>
       <c r="D277" t="s">
         <v>78</v>
       </c>
       <c r="E277" t="s">
         <v>180</v>
       </c>
       <c r="F277" t="s">
         <v>181</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
         <v>23</v>
       </c>
       <c r="I277" t="s">
         <v>46</v>
       </c>
       <c r="J277" t="s">
         <v>25</v>
       </c>
       <c r="K277"/>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277"/>
       <c r="N277"/>
       <c r="O277"/>
       <c r="P277"/>
       <c r="Q277" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="278" spans="1:17">
       <c r="A278">
         <v>7945</v>
       </c>
       <c r="B278" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="C278" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
       <c r="D278" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="E278" t="s">
         <v>180</v>
       </c>
       <c r="F278" t="s">
         <v>181</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
         <v>23</v>
       </c>
       <c r="I278" t="s">
         <v>183</v>
       </c>
       <c r="J278" t="s">
         <v>25</v>
       </c>
       <c r="K278"/>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278"/>
       <c r="N278"/>
       <c r="O278"/>
       <c r="P278"/>
       <c r="Q278" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="279" spans="1:17">
       <c r="A279">
         <v>31443</v>
       </c>
       <c r="B279" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="C279" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="D279" t="s">
         <v>78</v>
       </c>
       <c r="E279" t="s">
         <v>180</v>
       </c>
       <c r="F279" t="s">
         <v>181</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
         <v>23</v>
       </c>
       <c r="I279" t="s">
         <v>46</v>
       </c>
       <c r="J279" t="s">
         <v>39</v>
       </c>
       <c r="K279"/>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
         <v>40</v>
       </c>
       <c r="N279"/>
       <c r="O279"/>
       <c r="P279"/>
       <c r="Q279" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="280" spans="1:17">
       <c r="A280">
         <v>28325</v>
       </c>
       <c r="B280" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="C280" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="D280" t="s">
         <v>78</v>
       </c>
       <c r="E280" t="s">
         <v>180</v>
       </c>
       <c r="F280" t="s">
         <v>181</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
         <v>23</v>
       </c>
       <c r="I280" t="s">
         <v>46</v>
       </c>
       <c r="J280" t="s">
         <v>25</v>
       </c>
       <c r="K280"/>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280"/>
       <c r="N280"/>
       <c r="O280"/>
       <c r="P280"/>
       <c r="Q280" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="281" spans="1:17">
       <c r="A281">
         <v>31444</v>
       </c>
       <c r="B281" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="C281" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="D281" t="s">
         <v>78</v>
       </c>
       <c r="E281" t="s">
         <v>180</v>
       </c>
       <c r="F281" t="s">
         <v>181</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
         <v>23</v>
       </c>
       <c r="I281" t="s">
         <v>46</v>
       </c>
       <c r="J281" t="s">
         <v>39</v>
       </c>
       <c r="K281"/>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
         <v>40</v>
       </c>
       <c r="N281"/>
       <c r="O281"/>
       <c r="P281"/>
       <c r="Q281" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="282" spans="1:17">
       <c r="A282">
         <v>30138</v>
       </c>
       <c r="B282" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="C282"/>
       <c r="D282"/>
       <c r="E282" t="s">
         <v>180</v>
       </c>
       <c r="F282" t="s">
         <v>181</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
         <v>23</v>
       </c>
       <c r="I282" t="s">
         <v>56</v>
       </c>
       <c r="J282" t="s">
         <v>25</v>
       </c>
       <c r="K282"/>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282"/>
       <c r="N282"/>
       <c r="O282"/>
       <c r="P282"/>
       <c r="Q282" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="283" spans="1:17">
       <c r="A283">
         <v>30172</v>
       </c>
       <c r="B283" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="C283" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="D283" t="s">
         <v>78</v>
       </c>
       <c r="E283" t="s">
         <v>180</v>
       </c>
       <c r="F283" t="s">
         <v>181</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
         <v>23</v>
       </c>
       <c r="I283" t="s">
         <v>46</v>
       </c>
       <c r="J283" t="s">
         <v>25</v>
       </c>
       <c r="K283"/>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283"/>
       <c r="N283"/>
       <c r="O283"/>
       <c r="P283"/>
       <c r="Q283" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="284" spans="1:17">
       <c r="A284">
         <v>26376</v>
       </c>
       <c r="B284" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="C284" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="D284" t="s">
         <v>78</v>
       </c>
       <c r="E284" t="s">
         <v>180</v>
       </c>
       <c r="F284" t="s">
         <v>181</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
         <v>23</v>
       </c>
       <c r="I284" t="s">
         <v>46</v>
       </c>
       <c r="J284" t="s">
         <v>39</v>
       </c>
       <c r="K284"/>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="N284"/>
       <c r="O284"/>
       <c r="P284"/>
       <c r="Q284" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="285" spans="1:17">
       <c r="A285">
         <v>79196</v>
       </c>
       <c r="B285" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="C285"/>
       <c r="D285"/>
       <c r="E285" t="s">
         <v>180</v>
       </c>
       <c r="F285" t="s">
         <v>181</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
         <v>23</v>
       </c>
       <c r="I285" t="s">
         <v>183</v>
       </c>
       <c r="J285" t="s">
         <v>25</v>
       </c>
       <c r="K285"/>
       <c r="L285" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="M285"/>
       <c r="N285"/>
       <c r="O285"/>
       <c r="P285" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="Q285" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="286" spans="1:17">
       <c r="A286">
         <v>32557</v>
       </c>
       <c r="B286" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="C286"/>
       <c r="D286"/>
       <c r="E286" t="s">
         <v>180</v>
       </c>
       <c r="F286" t="s">
         <v>181</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
         <v>23</v>
       </c>
       <c r="I286" t="s">
         <v>183</v>
       </c>
       <c r="J286" t="s">
         <v>196</v>
       </c>
       <c r="K286"/>
       <c r="L286"/>
       <c r="M286" t="s">
         <v>40</v>
       </c>
       <c r="N286"/>
       <c r="O286"/>
       <c r="P286"/>
       <c r="Q286" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="287" spans="1:17">
       <c r="A287">
         <v>30349</v>
       </c>
       <c r="B287" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="C287" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="D287" t="s">
-        <v>19</v>
+        <v>382</v>
       </c>
       <c r="E287" t="s">
         <v>180</v>
       </c>
       <c r="F287" t="s">
         <v>181</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
         <v>23</v>
       </c>
       <c r="I287" t="s">
         <v>56</v>
       </c>
       <c r="J287" t="s">
         <v>25</v>
       </c>
       <c r="K287"/>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287"/>
       <c r="N287"/>
       <c r="O287"/>
       <c r="P287"/>
       <c r="Q287" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="288" spans="1:17">
       <c r="A288">
         <v>80215</v>
       </c>
       <c r="B288" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="C288"/>
       <c r="D288"/>
       <c r="E288" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="F288" t="s">
         <v>181</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
         <v>23</v>
       </c>
       <c r="I288" t="s">
         <v>56</v>
       </c>
       <c r="J288" t="s">
         <v>25</v>
       </c>
       <c r="K288"/>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288"/>
       <c r="N288"/>
       <c r="O288"/>
       <c r="P288"/>
       <c r="Q288" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="289" spans="1:17">
       <c r="A289">
         <v>1911</v>
       </c>
       <c r="B289" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="C289"/>
       <c r="D289"/>
       <c r="E289"/>
       <c r="F289"/>
       <c r="G289"/>
       <c r="H289" t="s">
         <v>23</v>
       </c>
       <c r="I289" t="s">
         <v>183</v>
       </c>
       <c r="J289" t="s">
         <v>196</v>
       </c>
       <c r="K289"/>
       <c r="L289"/>
       <c r="M289" t="s">
         <v>40</v>
       </c>
       <c r="N289"/>
       <c r="O289"/>
       <c r="P289"/>
       <c r="Q289" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="290" spans="1:17">
       <c r="A290">
         <v>100126</v>
       </c>
       <c r="B290" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="C290"/>
       <c r="D290"/>
       <c r="E290"/>
       <c r="F290"/>
       <c r="G290"/>
       <c r="H290" t="s">
         <v>23</v>
       </c>
       <c r="I290" t="s">
         <v>205</v>
       </c>
       <c r="J290" t="s">
         <v>196</v>
       </c>
       <c r="K290"/>
       <c r="L290"/>
       <c r="M290" t="s">
         <v>40</v>
       </c>
       <c r="N290"/>
       <c r="O290"/>
       <c r="P290"/>
       <c r="Q290" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="291" spans="1:17">
       <c r="A291">
         <v>32550</v>
       </c>
       <c r="B291" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="C291"/>
       <c r="D291"/>
       <c r="E291"/>
       <c r="F291"/>
       <c r="G291"/>
       <c r="H291" t="s">
         <v>23</v>
       </c>
       <c r="I291" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J291" t="s">
         <v>196</v>
       </c>
       <c r="K291"/>
       <c r="L291"/>
       <c r="M291" t="s">
         <v>40</v>
       </c>
       <c r="N291"/>
       <c r="O291"/>
       <c r="P291"/>
       <c r="Q291" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="292" spans="1:17">
       <c r="A292">
         <v>2376</v>
       </c>
       <c r="B292" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="C292"/>
       <c r="D292"/>
       <c r="E292"/>
       <c r="F292"/>
       <c r="G292"/>
       <c r="H292" t="s">
         <v>23</v>
       </c>
       <c r="I292" t="s">
         <v>183</v>
       </c>
       <c r="J292" t="s">
         <v>196</v>
       </c>
       <c r="K292"/>
       <c r="L292"/>
       <c r="M292" t="s">
         <v>40</v>
       </c>
       <c r="N292"/>
       <c r="O292"/>
       <c r="P292"/>
       <c r="Q292" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="293" spans="1:17">
       <c r="A293">
         <v>100117</v>
       </c>
       <c r="B293" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="C293"/>
       <c r="D293"/>
       <c r="E293"/>
       <c r="F293"/>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I293" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J293" t="s">
         <v>196</v>
       </c>
       <c r="K293"/>
       <c r="L293"/>
       <c r="M293" t="s">
         <v>40</v>
       </c>
       <c r="N293"/>
       <c r="O293"/>
       <c r="P293"/>
       <c r="Q293" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="294" spans="1:17">
       <c r="A294">
         <v>2726</v>
       </c>
       <c r="B294" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="C294" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="D294" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="E294"/>
       <c r="F294"/>
       <c r="G294"/>
       <c r="H294" t="s">
         <v>23</v>
       </c>
       <c r="I294" t="s">
         <v>183</v>
       </c>
       <c r="J294" t="s">
         <v>25</v>
       </c>
       <c r="K294"/>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294"/>
       <c r="N294"/>
       <c r="O294"/>
       <c r="P294"/>
       <c r="Q294" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="295" spans="1:17">
       <c r="A295">
         <v>26890</v>
       </c>
       <c r="B295" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-      <c r="D295"/>
+        <v>936</v>
+      </c>
+      <c r="C295" t="s">
+        <v>937</v>
+      </c>
+      <c r="D295" t="s">
+        <v>78</v>
+      </c>
       <c r="E295"/>
       <c r="F295"/>
       <c r="G295"/>
       <c r="H295" t="s">
         <v>23</v>
       </c>
       <c r="I295" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="J295" t="s">
         <v>25</v>
       </c>
       <c r="K295"/>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295"/>
       <c r="N295"/>
       <c r="O295"/>
       <c r="P295"/>
       <c r="Q295" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="296" spans="1:17">
       <c r="A296">
         <v>48224</v>
       </c>
       <c r="B296" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="C296"/>
       <c r="D296"/>
       <c r="E296"/>
       <c r="F296"/>
       <c r="G296"/>
       <c r="H296" t="s">
         <v>23</v>
       </c>
       <c r="I296" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J296" t="s">
         <v>196</v>
       </c>
       <c r="K296"/>
       <c r="L296"/>
       <c r="M296" t="s">
         <v>40</v>
       </c>
       <c r="N296"/>
       <c r="O296"/>
       <c r="P296"/>
       <c r="Q296" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="297" spans="1:17">
       <c r="A297">
         <v>100118</v>
       </c>
       <c r="B297" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="C297"/>
       <c r="D297"/>
       <c r="E297"/>
       <c r="F297"/>
       <c r="G297"/>
       <c r="H297" t="s">
         <v>23</v>
       </c>
       <c r="I297" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J297" t="s">
         <v>196</v>
       </c>
       <c r="K297"/>
       <c r="L297"/>
       <c r="M297" t="s">
         <v>40</v>
       </c>
       <c r="N297"/>
       <c r="O297"/>
       <c r="P297"/>
       <c r="Q297" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="298" spans="1:17">
       <c r="A298">
         <v>100119</v>
       </c>
       <c r="B298" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="C298"/>
       <c r="D298"/>
       <c r="E298"/>
       <c r="F298"/>
       <c r="G298"/>
       <c r="H298" t="s">
         <v>23</v>
       </c>
       <c r="I298" t="s">
         <v>183</v>
       </c>
       <c r="J298" t="s">
         <v>196</v>
       </c>
       <c r="K298"/>
       <c r="L298"/>
       <c r="M298" t="s">
         <v>40</v>
       </c>
       <c r="N298"/>
       <c r="O298"/>
       <c r="P298"/>
       <c r="Q298" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="299" spans="1:17">
       <c r="A299">
         <v>28500</v>
       </c>
       <c r="B299" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="C299"/>
       <c r="D299"/>
       <c r="E299"/>
       <c r="F299"/>
       <c r="G299"/>
       <c r="H299" t="s">
         <v>23</v>
       </c>
       <c r="I299" t="s">
         <v>46</v>
       </c>
       <c r="J299" t="s">
         <v>25</v>
       </c>
       <c r="K299"/>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299"/>
       <c r="N299"/>
       <c r="O299"/>
       <c r="P299"/>
       <c r="Q299" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="300" spans="1:17">
       <c r="A300">
         <v>9526</v>
       </c>
       <c r="B300" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="C300" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="D300" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="E300"/>
       <c r="F300"/>
       <c r="G300"/>
       <c r="H300" t="s">
         <v>23</v>
       </c>
       <c r="I300" t="s">
         <v>183</v>
       </c>
       <c r="J300" t="s">
         <v>196</v>
       </c>
       <c r="K300"/>
       <c r="L300"/>
       <c r="M300" t="s">
         <v>40</v>
       </c>
       <c r="N300"/>
       <c r="O300"/>
       <c r="P300"/>
       <c r="Q300" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="301" spans="1:17">
       <c r="A301">
         <v>100128</v>
       </c>
       <c r="B301" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="C301"/>
       <c r="D301"/>
       <c r="E301"/>
       <c r="F301"/>
       <c r="G301"/>
       <c r="H301" t="s">
         <v>23</v>
       </c>
       <c r="I301" t="s">
         <v>46</v>
       </c>
       <c r="J301" t="s">
         <v>196</v>
       </c>
       <c r="K301"/>
       <c r="L301"/>
       <c r="M301" t="s">
         <v>40</v>
       </c>
       <c r="N301"/>
       <c r="O301"/>
       <c r="P301"/>
       <c r="Q301" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="302" spans="1:17">
       <c r="A302">
         <v>79333</v>
       </c>
       <c r="B302" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="C302"/>
       <c r="D302"/>
       <c r="E302"/>
       <c r="F302"/>
       <c r="G302"/>
       <c r="H302" t="s">
         <v>23</v>
       </c>
       <c r="I302" t="s">
         <v>183</v>
       </c>
       <c r="J302" t="s">
         <v>196</v>
       </c>
       <c r="K302"/>
       <c r="L302"/>
       <c r="M302" t="s">
         <v>40</v>
       </c>
       <c r="N302"/>
       <c r="O302"/>
       <c r="P302"/>
       <c r="Q302" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="303" spans="1:17">
       <c r="A303">
         <v>100129</v>
       </c>
       <c r="B303" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="C303"/>
       <c r="D303"/>
       <c r="E303"/>
       <c r="F303"/>
       <c r="G303"/>
       <c r="H303" t="s">
         <v>23</v>
       </c>
       <c r="I303" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J303" t="s">
         <v>196</v>
       </c>
       <c r="K303"/>
       <c r="L303"/>
       <c r="M303" t="s">
         <v>40</v>
       </c>
       <c r="N303"/>
       <c r="O303"/>
       <c r="P303"/>
       <c r="Q303" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="304" spans="1:17">
       <c r="A304">
         <v>32251</v>
       </c>
       <c r="B304" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="C304"/>
       <c r="D304"/>
       <c r="E304"/>
       <c r="F304"/>
       <c r="G304"/>
       <c r="H304" t="s">
         <v>23</v>
       </c>
       <c r="I304" t="s">
         <v>183</v>
       </c>
       <c r="J304" t="s">
         <v>39</v>
       </c>
       <c r="K304"/>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
         <v>40</v>
       </c>
       <c r="N304"/>
       <c r="O304"/>
       <c r="P304"/>
       <c r="Q304" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="305" spans="1:17">
       <c r="A305">
         <v>79262</v>
       </c>
       <c r="B305" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="C305" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="D305" t="s">
         <v>78</v>
       </c>
       <c r="E305"/>
       <c r="F305"/>
       <c r="G305"/>
       <c r="H305" t="s">
         <v>23</v>
       </c>
       <c r="I305" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J305" t="s">
         <v>25</v>
       </c>
       <c r="K305"/>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305"/>
       <c r="N305"/>
       <c r="O305"/>
       <c r="P305"/>
       <c r="Q305" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="306" spans="1:17">
       <c r="A306">
         <v>37405</v>
       </c>
       <c r="B306" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="C306"/>
       <c r="D306"/>
       <c r="E306"/>
       <c r="F306"/>
       <c r="G306"/>
       <c r="H306" t="s">
         <v>23</v>
       </c>
       <c r="I306" t="s">
         <v>183</v>
       </c>
       <c r="J306" t="s">
         <v>25</v>
       </c>
       <c r="K306"/>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306"/>
       <c r="N306"/>
       <c r="O306"/>
       <c r="P306"/>
       <c r="Q306" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="307" spans="1:17">
       <c r="A307">
         <v>62583</v>
       </c>
       <c r="B307" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="C307" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="D307" t="s">
         <v>502</v>
       </c>
       <c r="E307"/>
       <c r="F307"/>
       <c r="G307"/>
       <c r="H307" t="s">
         <v>23</v>
       </c>
       <c r="I307" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J307" t="s">
         <v>25</v>
       </c>
       <c r="K307"/>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307"/>
       <c r="N307"/>
       <c r="O307"/>
       <c r="P307"/>
       <c r="Q307" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="308" spans="1:17">
       <c r="A308">
         <v>32551</v>
       </c>
       <c r="B308" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="C308"/>
       <c r="D308"/>
       <c r="E308"/>
       <c r="F308"/>
       <c r="G308"/>
       <c r="H308" t="s">
         <v>23</v>
       </c>
       <c r="I308" t="s">
         <v>183</v>
       </c>
       <c r="J308" t="s">
         <v>196</v>
       </c>
       <c r="K308"/>
       <c r="L308"/>
       <c r="M308" t="s">
         <v>40</v>
       </c>
       <c r="N308"/>
       <c r="O308"/>
       <c r="P308"/>
       <c r="Q308" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="309" spans="1:17">
       <c r="A309">
         <v>79491</v>
       </c>
       <c r="B309" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="C309"/>
       <c r="D309"/>
       <c r="E309"/>
       <c r="F309"/>
       <c r="G309"/>
       <c r="H309" t="s">
         <v>23</v>
       </c>
       <c r="I309" t="s">
         <v>56</v>
       </c>
       <c r="J309" t="s">
         <v>25</v>
       </c>
       <c r="K309"/>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309"/>
       <c r="N309"/>
       <c r="O309"/>
       <c r="P309"/>
       <c r="Q309" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="310" spans="1:17">
       <c r="A310">
         <v>29010</v>
       </c>
       <c r="B310" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="C310"/>
       <c r="D310"/>
       <c r="E310"/>
       <c r="F310"/>
       <c r="G310"/>
       <c r="H310" t="s">
         <v>23</v>
       </c>
       <c r="I310" t="s">
         <v>205</v>
       </c>
       <c r="J310" t="s">
         <v>25</v>
       </c>
       <c r="K310"/>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310"/>
       <c r="N310"/>
       <c r="O310"/>
       <c r="P310"/>
       <c r="Q310" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="311" spans="1:17">
       <c r="A311">
         <v>29034</v>
       </c>
       <c r="B311" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
       <c r="C311"/>
       <c r="D311"/>
       <c r="E311"/>
       <c r="F311"/>
       <c r="G311"/>
       <c r="H311" t="s">
         <v>23</v>
       </c>
       <c r="I311" t="s">
         <v>205</v>
       </c>
       <c r="J311" t="s">
         <v>25</v>
       </c>
       <c r="K311"/>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311"/>
       <c r="N311"/>
       <c r="O311"/>
       <c r="P311"/>
       <c r="Q311" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="312" spans="1:17">
       <c r="A312">
         <v>100120</v>
       </c>
       <c r="B312" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="C312"/>
       <c r="D312"/>
       <c r="E312"/>
       <c r="F312"/>
       <c r="G312"/>
       <c r="H312" t="s">
         <v>23</v>
       </c>
       <c r="I312" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J312" t="s">
         <v>196</v>
       </c>
       <c r="K312"/>
       <c r="L312"/>
       <c r="M312" t="s">
         <v>40</v>
       </c>
       <c r="N312"/>
       <c r="O312"/>
       <c r="P312"/>
       <c r="Q312" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="313" spans="1:17">
       <c r="A313">
         <v>79335</v>
       </c>
       <c r="B313" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="C313"/>
       <c r="D313"/>
       <c r="E313"/>
       <c r="F313"/>
       <c r="G313"/>
       <c r="H313" t="s">
         <v>23</v>
       </c>
       <c r="I313" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J313" t="s">
         <v>196</v>
       </c>
       <c r="K313"/>
       <c r="L313"/>
       <c r="M313" t="s">
         <v>40</v>
       </c>
       <c r="N313"/>
       <c r="O313"/>
       <c r="P313"/>
       <c r="Q313" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="314" spans="1:17">
       <c r="A314">
         <v>31083</v>
       </c>
       <c r="B314" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
       <c r="C314"/>
       <c r="D314"/>
       <c r="E314"/>
       <c r="F314"/>
       <c r="G314"/>
       <c r="H314" t="s">
         <v>23</v>
       </c>
       <c r="I314" t="s">
         <v>56</v>
       </c>
       <c r="J314" t="s">
         <v>25</v>
       </c>
       <c r="K314"/>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314"/>
       <c r="N314"/>
       <c r="O314"/>
       <c r="P314"/>
       <c r="Q314" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="315" spans="1:17">
       <c r="A315">
         <v>31430</v>
       </c>
       <c r="B315" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="C315"/>
       <c r="D315"/>
       <c r="E315"/>
       <c r="F315"/>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>23</v>
       </c>
       <c r="I315" t="s">
         <v>183</v>
       </c>
       <c r="J315" t="s">
         <v>196</v>
       </c>
       <c r="K315"/>
       <c r="L315"/>
       <c r="M315" t="s">
         <v>40</v>
       </c>
       <c r="N315"/>
       <c r="O315"/>
       <c r="P315"/>
       <c r="Q315" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="316" spans="1:17">
       <c r="A316">
         <v>32552</v>
       </c>
       <c r="B316" t="s">
-        <v>954</v>
+        <v>963</v>
       </c>
       <c r="C316"/>
       <c r="D316"/>
       <c r="E316"/>
       <c r="F316"/>
       <c r="G316"/>
       <c r="H316" t="s">
         <v>23</v>
       </c>
       <c r="I316" t="s">
         <v>183</v>
       </c>
       <c r="J316" t="s">
         <v>196</v>
       </c>
       <c r="K316"/>
       <c r="L316"/>
       <c r="M316" t="s">
         <v>40</v>
       </c>
       <c r="N316"/>
       <c r="O316"/>
       <c r="P316"/>
       <c r="Q316" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="317" spans="1:17">
       <c r="A317">
         <v>31431</v>
       </c>
       <c r="B317" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="C317"/>
       <c r="D317"/>
       <c r="E317"/>
       <c r="F317"/>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>23</v>
       </c>
       <c r="I317" t="s">
         <v>183</v>
       </c>
       <c r="J317" t="s">
         <v>196</v>
       </c>
       <c r="K317"/>
       <c r="L317"/>
       <c r="M317" t="s">
         <v>40</v>
       </c>
       <c r="N317"/>
       <c r="O317"/>
       <c r="P317"/>
       <c r="Q317" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="318" spans="1:17">
       <c r="A318">
         <v>31432</v>
       </c>
       <c r="B318" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
       <c r="C318"/>
       <c r="D318"/>
       <c r="E318"/>
       <c r="F318"/>
       <c r="G318"/>
       <c r="H318" t="s">
         <v>23</v>
       </c>
       <c r="I318" t="s">
         <v>183</v>
       </c>
       <c r="J318" t="s">
         <v>196</v>
       </c>
       <c r="K318"/>
       <c r="L318"/>
       <c r="M318" t="s">
         <v>40</v>
       </c>
       <c r="N318"/>
       <c r="O318"/>
       <c r="P318"/>
       <c r="Q318" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="319" spans="1:17">
       <c r="A319">
         <v>32553</v>
       </c>
       <c r="B319" t="s">
-        <v>957</v>
+        <v>966</v>
       </c>
       <c r="C319"/>
       <c r="D319"/>
       <c r="E319"/>
       <c r="F319"/>
       <c r="G319"/>
       <c r="H319" t="s">
         <v>23</v>
       </c>
       <c r="I319" t="s">
         <v>183</v>
       </c>
       <c r="J319" t="s">
         <v>196</v>
       </c>
       <c r="K319"/>
       <c r="L319"/>
       <c r="M319" t="s">
         <v>40</v>
       </c>
       <c r="N319"/>
       <c r="O319"/>
       <c r="P319"/>
       <c r="Q319" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="320" spans="1:17">
       <c r="A320">
         <v>31433</v>
       </c>
       <c r="B320" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="C320"/>
       <c r="D320"/>
       <c r="E320"/>
       <c r="F320"/>
       <c r="G320"/>
       <c r="H320" t="s">
         <v>23</v>
       </c>
       <c r="I320" t="s">
         <v>183</v>
       </c>
       <c r="J320" t="s">
         <v>196</v>
       </c>
       <c r="K320"/>
       <c r="L320"/>
       <c r="M320" t="s">
         <v>40</v>
       </c>
       <c r="N320"/>
       <c r="O320"/>
       <c r="P320"/>
       <c r="Q320" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="321" spans="1:17">
       <c r="A321">
         <v>79336</v>
       </c>
       <c r="B321" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
       <c r="C321"/>
       <c r="D321"/>
       <c r="E321"/>
       <c r="F321"/>
       <c r="G321"/>
       <c r="H321" t="s">
         <v>23</v>
       </c>
       <c r="I321" t="s">
         <v>183</v>
       </c>
       <c r="J321" t="s">
         <v>196</v>
       </c>
       <c r="K321"/>
       <c r="L321"/>
       <c r="M321" t="s">
         <v>40</v>
       </c>
       <c r="N321"/>
       <c r="O321"/>
       <c r="P321"/>
       <c r="Q321" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="322" spans="1:17">
       <c r="A322">
         <v>79520</v>
       </c>
       <c r="B322" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
       <c r="C322"/>
       <c r="D322"/>
       <c r="E322"/>
       <c r="F322"/>
       <c r="G322"/>
       <c r="H322" t="s">
         <v>23</v>
       </c>
       <c r="I322" t="s">
         <v>56</v>
       </c>
       <c r="J322" t="s">
         <v>25</v>
       </c>
       <c r="K322"/>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322"/>
       <c r="N322"/>
       <c r="O322"/>
       <c r="P322"/>
       <c r="Q322" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="323" spans="1:17">
       <c r="A323">
         <v>29323</v>
       </c>
       <c r="B323" t="s">
-        <v>961</v>
+        <v>970</v>
       </c>
       <c r="C323"/>
       <c r="D323"/>
       <c r="E323"/>
       <c r="F323"/>
       <c r="G323"/>
       <c r="H323" t="s">
         <v>23</v>
       </c>
       <c r="I323" t="s">
         <v>56</v>
       </c>
       <c r="J323" t="s">
         <v>25</v>
       </c>
       <c r="K323"/>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323"/>
       <c r="N323"/>
       <c r="O323"/>
       <c r="P323"/>
       <c r="Q323" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="324" spans="1:17">
       <c r="A324">
         <v>6076</v>
       </c>
       <c r="B324" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-      <c r="D324"/>
+        <v>971</v>
+      </c>
+      <c r="C324" t="s">
+        <v>860</v>
+      </c>
+      <c r="D324" t="s">
+        <v>78</v>
+      </c>
       <c r="E324"/>
       <c r="F324"/>
       <c r="G324"/>
       <c r="H324" t="s">
         <v>23</v>
       </c>
       <c r="I324" t="s">
         <v>183</v>
       </c>
       <c r="J324" t="s">
         <v>39</v>
       </c>
       <c r="K324"/>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
         <v>40</v>
       </c>
       <c r="N324"/>
       <c r="O324"/>
       <c r="P324" t="s">
-        <v>963</v>
+        <v>972</v>
       </c>
       <c r="Q324" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="325" spans="1:17">
       <c r="A325">
         <v>26887</v>
       </c>
       <c r="B325" t="s">
-        <v>964</v>
-[...2 lines deleted...]
-      <c r="D325"/>
+        <v>973</v>
+      </c>
+      <c r="C325" t="s">
+        <v>860</v>
+      </c>
+      <c r="D325" t="s">
+        <v>78</v>
+      </c>
       <c r="E325"/>
       <c r="F325"/>
       <c r="G325"/>
       <c r="H325" t="s">
         <v>23</v>
       </c>
       <c r="I325" t="s">
         <v>183</v>
       </c>
       <c r="J325" t="s">
         <v>39</v>
       </c>
       <c r="K325"/>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>40</v>
       </c>
       <c r="N325"/>
       <c r="O325"/>
       <c r="P325"/>
       <c r="Q325" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="326" spans="1:17">
       <c r="A326">
         <v>32555</v>
       </c>
       <c r="B326" t="s">
-        <v>965</v>
+        <v>974</v>
       </c>
       <c r="C326"/>
       <c r="D326"/>
       <c r="E326"/>
       <c r="F326"/>
       <c r="G326"/>
       <c r="H326" t="s">
         <v>23</v>
       </c>
       <c r="I326" t="s">
         <v>183</v>
       </c>
       <c r="J326" t="s">
         <v>196</v>
       </c>
       <c r="K326"/>
       <c r="L326"/>
       <c r="M326" t="s">
         <v>40</v>
       </c>
       <c r="N326"/>
       <c r="O326"/>
       <c r="P326"/>
       <c r="Q326" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="327" spans="1:17">
       <c r="A327">
         <v>29431</v>
       </c>
       <c r="B327" t="s">
-        <v>966</v>
+        <v>975</v>
       </c>
       <c r="C327"/>
       <c r="D327"/>
       <c r="E327"/>
       <c r="F327"/>
       <c r="G327"/>
       <c r="H327" t="s">
         <v>23</v>
       </c>
       <c r="I327" t="s">
         <v>56</v>
       </c>
       <c r="J327" t="s">
         <v>25</v>
       </c>
       <c r="K327"/>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327"/>
       <c r="N327"/>
       <c r="O327"/>
       <c r="P327"/>
       <c r="Q327" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="328" spans="1:17">
       <c r="A328">
         <v>100121</v>
       </c>
       <c r="B328" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="C328"/>
       <c r="D328"/>
       <c r="E328"/>
       <c r="F328"/>
       <c r="G328"/>
       <c r="H328" t="s">
         <v>23</v>
       </c>
       <c r="I328" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J328" t="s">
         <v>196</v>
       </c>
       <c r="K328"/>
       <c r="L328"/>
       <c r="M328" t="s">
         <v>40</v>
       </c>
       <c r="N328"/>
       <c r="O328"/>
       <c r="P328"/>
       <c r="Q328" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="329" spans="1:17">
       <c r="A329">
         <v>31211</v>
       </c>
       <c r="B329" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
       <c r="C329"/>
       <c r="D329"/>
       <c r="E329"/>
       <c r="F329"/>
       <c r="G329"/>
       <c r="H329" t="s">
         <v>23</v>
       </c>
       <c r="I329" t="s">
         <v>56</v>
       </c>
       <c r="J329" t="s">
         <v>25</v>
       </c>
       <c r="K329"/>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329"/>
       <c r="N329"/>
       <c r="O329"/>
       <c r="P329" t="s">
-        <v>969</v>
+        <v>978</v>
       </c>
       <c r="Q329" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="330" spans="1:17">
       <c r="A330">
         <v>97945</v>
       </c>
       <c r="B330" t="s">
-        <v>970</v>
+        <v>979</v>
       </c>
       <c r="C330"/>
       <c r="D330"/>
       <c r="E330"/>
       <c r="F330"/>
       <c r="G330"/>
       <c r="H330" t="s">
         <v>23</v>
       </c>
       <c r="I330" t="s">
         <v>56</v>
       </c>
       <c r="J330" t="s">
         <v>25</v>
       </c>
       <c r="K330"/>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330"/>
       <c r="N330"/>
       <c r="O330"/>
       <c r="P330" t="s">
-        <v>971</v>
+        <v>980</v>
       </c>
       <c r="Q330" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="331" spans="1:17">
       <c r="A331">
         <v>31212</v>
       </c>
       <c r="B331" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
       <c r="C331"/>
       <c r="D331"/>
       <c r="E331"/>
       <c r="F331"/>
       <c r="G331"/>
       <c r="H331" t="s">
         <v>23</v>
       </c>
       <c r="I331" t="s">
         <v>56</v>
       </c>
       <c r="J331" t="s">
         <v>25</v>
       </c>
       <c r="K331"/>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331"/>
       <c r="N331"/>
       <c r="O331"/>
       <c r="P331" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="Q331" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="332" spans="1:17">
       <c r="A332">
         <v>31436</v>
       </c>
       <c r="B332" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
       <c r="C332"/>
       <c r="D332"/>
       <c r="E332"/>
       <c r="F332"/>
       <c r="G332"/>
       <c r="H332" t="s">
         <v>23</v>
       </c>
       <c r="I332" t="s">
         <v>183</v>
       </c>
       <c r="J332" t="s">
         <v>196</v>
       </c>
       <c r="K332"/>
       <c r="L332"/>
       <c r="M332" t="s">
         <v>40</v>
       </c>
       <c r="N332"/>
       <c r="O332"/>
       <c r="P332"/>
       <c r="Q332" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="333" spans="1:17">
       <c r="A333">
         <v>100132</v>
       </c>
       <c r="B333" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
       <c r="C333"/>
       <c r="D333"/>
       <c r="E333"/>
       <c r="F333"/>
       <c r="G333"/>
       <c r="H333" t="s">
         <v>23</v>
       </c>
       <c r="I333" t="s">
         <v>24</v>
       </c>
       <c r="J333" t="s">
         <v>196</v>
       </c>
       <c r="K333"/>
       <c r="L333"/>
       <c r="M333" t="s">
         <v>40</v>
       </c>
       <c r="N333"/>
       <c r="O333"/>
       <c r="P333" t="s">
-        <v>976</v>
+        <v>985</v>
       </c>
       <c r="Q333" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="334" spans="1:17">
       <c r="A334">
         <v>79198</v>
       </c>
       <c r="B334" t="s">
-        <v>977</v>
+        <v>986</v>
       </c>
       <c r="C334"/>
       <c r="D334"/>
       <c r="E334"/>
       <c r="F334"/>
       <c r="G334"/>
       <c r="H334" t="s">
         <v>23</v>
       </c>
       <c r="I334" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J334" t="s">
         <v>25</v>
       </c>
       <c r="K334"/>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334"/>
       <c r="N334"/>
       <c r="O334"/>
       <c r="P334"/>
       <c r="Q334" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="335" spans="1:17">
       <c r="A335">
         <v>79199</v>
       </c>
       <c r="B335" t="s">
-        <v>978</v>
+        <v>987</v>
       </c>
       <c r="C335"/>
       <c r="D335"/>
       <c r="E335"/>
       <c r="F335"/>
       <c r="G335"/>
       <c r="H335" t="s">
         <v>23</v>
       </c>
       <c r="I335" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J335" t="s">
         <v>25</v>
       </c>
       <c r="K335"/>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335"/>
       <c r="N335"/>
       <c r="O335"/>
       <c r="P335"/>
       <c r="Q335" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="336" spans="1:17">
       <c r="A336">
         <v>79200</v>
       </c>
       <c r="B336" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
       <c r="C336"/>
       <c r="D336"/>
       <c r="E336"/>
       <c r="F336"/>
       <c r="G336"/>
       <c r="H336" t="s">
         <v>23</v>
       </c>
       <c r="I336" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J336" t="s">
         <v>25</v>
       </c>
       <c r="K336"/>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336"/>
       <c r="N336"/>
       <c r="O336"/>
       <c r="P336"/>
       <c r="Q336" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="337" spans="1:17">
       <c r="A337">
         <v>79201</v>
       </c>
       <c r="B337" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
       <c r="C337"/>
       <c r="D337"/>
       <c r="E337"/>
       <c r="F337"/>
       <c r="G337"/>
       <c r="H337" t="s">
         <v>23</v>
       </c>
       <c r="I337" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J337" t="s">
         <v>25</v>
       </c>
       <c r="K337"/>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337"/>
       <c r="N337"/>
       <c r="O337"/>
       <c r="P337"/>
       <c r="Q337" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="338" spans="1:17">
       <c r="A338">
         <v>79202</v>
       </c>
       <c r="B338" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="C338"/>
       <c r="D338"/>
       <c r="E338"/>
       <c r="F338"/>
       <c r="G338"/>
       <c r="H338" t="s">
         <v>23</v>
       </c>
       <c r="I338" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J338" t="s">
         <v>25</v>
       </c>
       <c r="K338"/>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338"/>
       <c r="N338"/>
       <c r="O338"/>
       <c r="P338"/>
       <c r="Q338" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="339" spans="1:17">
       <c r="A339">
         <v>79203</v>
       </c>
       <c r="B339" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="C339"/>
       <c r="D339"/>
       <c r="E339"/>
       <c r="F339"/>
       <c r="G339"/>
       <c r="H339" t="s">
         <v>23</v>
       </c>
       <c r="I339" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J339" t="s">
         <v>25</v>
       </c>
       <c r="K339"/>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339"/>
       <c r="N339"/>
       <c r="O339"/>
       <c r="P339"/>
       <c r="Q339" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="340" spans="1:17">
       <c r="A340">
         <v>79204</v>
       </c>
       <c r="B340" t="s">
-        <v>983</v>
+        <v>992</v>
       </c>
       <c r="C340"/>
       <c r="D340"/>
       <c r="E340"/>
       <c r="F340"/>
       <c r="G340"/>
       <c r="H340" t="s">
         <v>23</v>
       </c>
       <c r="I340" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J340" t="s">
         <v>25</v>
       </c>
       <c r="K340"/>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340"/>
       <c r="N340"/>
       <c r="O340"/>
       <c r="P340"/>
       <c r="Q340" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="341" spans="1:17">
       <c r="A341">
         <v>79205</v>
       </c>
       <c r="B341" t="s">
-        <v>984</v>
+        <v>993</v>
       </c>
       <c r="C341"/>
       <c r="D341"/>
       <c r="E341"/>
       <c r="F341"/>
       <c r="G341"/>
       <c r="H341" t="s">
         <v>23</v>
       </c>
       <c r="I341" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J341" t="s">
         <v>25</v>
       </c>
       <c r="K341"/>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341"/>
       <c r="N341"/>
       <c r="O341"/>
       <c r="P341"/>
       <c r="Q341" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="342" spans="1:17">
       <c r="A342">
         <v>79206</v>
       </c>
       <c r="B342" t="s">
-        <v>985</v>
+        <v>994</v>
       </c>
       <c r="C342"/>
       <c r="D342"/>
       <c r="E342"/>
       <c r="F342"/>
       <c r="G342"/>
       <c r="H342" t="s">
         <v>23</v>
       </c>
       <c r="I342" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J342" t="s">
         <v>25</v>
       </c>
       <c r="K342"/>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342"/>
       <c r="N342"/>
       <c r="O342"/>
       <c r="P342"/>
       <c r="Q342" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="343" spans="1:17">
       <c r="A343">
         <v>61287</v>
       </c>
       <c r="B343" t="s">
-        <v>986</v>
+        <v>995</v>
       </c>
       <c r="C343" t="s">
-        <v>987</v>
+        <v>996</v>
       </c>
       <c r="D343" t="s">
         <v>78</v>
       </c>
       <c r="E343"/>
       <c r="F343"/>
       <c r="G343"/>
       <c r="H343" t="s">
         <v>23</v>
       </c>
       <c r="I343" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J343" t="s">
         <v>25</v>
       </c>
       <c r="K343"/>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343"/>
       <c r="N343"/>
       <c r="O343"/>
       <c r="P343"/>
       <c r="Q343" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="344" spans="1:17">
       <c r="A344">
         <v>100123</v>
       </c>
       <c r="B344" t="s">
-        <v>988</v>
+        <v>997</v>
       </c>
       <c r="C344"/>
       <c r="D344"/>
       <c r="E344"/>
       <c r="F344"/>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I344" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J344" t="s">
         <v>196</v>
       </c>
       <c r="K344"/>
       <c r="L344"/>
       <c r="M344" t="s">
         <v>40</v>
       </c>
       <c r="N344"/>
       <c r="O344"/>
       <c r="P344"/>
       <c r="Q344" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="345" spans="1:17">
       <c r="A345">
         <v>6312</v>
       </c>
       <c r="B345" t="s">
-        <v>989</v>
+        <v>998</v>
       </c>
       <c r="C345" t="s">
-        <v>990</v>
+        <v>999</v>
       </c>
       <c r="D345" t="s">
-        <v>991</v>
+        <v>1000</v>
       </c>
       <c r="E345"/>
       <c r="F345"/>
       <c r="G345"/>
       <c r="H345" t="s">
         <v>23</v>
       </c>
       <c r="I345" t="s">
         <v>183</v>
       </c>
       <c r="J345" t="s">
         <v>25</v>
       </c>
       <c r="K345"/>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345"/>
       <c r="N345"/>
       <c r="O345"/>
       <c r="P345" t="s">
-        <v>992</v>
+        <v>1001</v>
       </c>
       <c r="Q345" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="346" spans="1:17">
       <c r="A346">
         <v>36637</v>
       </c>
       <c r="B346" t="s">
-        <v>993</v>
+        <v>1002</v>
       </c>
       <c r="C346" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
       <c r="D346" t="s">
         <v>78</v>
       </c>
       <c r="E346"/>
       <c r="F346"/>
       <c r="G346"/>
       <c r="H346" t="s">
         <v>23</v>
       </c>
       <c r="I346" t="s">
         <v>56</v>
       </c>
       <c r="J346" t="s">
         <v>25</v>
       </c>
       <c r="K346"/>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346"/>
       <c r="N346"/>
       <c r="O346"/>
       <c r="P346"/>
       <c r="Q346" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="347" spans="1:17">
       <c r="A347">
         <v>81375</v>
       </c>
       <c r="B347" t="s">
-        <v>995</v>
+        <v>1004</v>
       </c>
       <c r="C347" t="s">
-        <v>996</v>
+        <v>1005</v>
       </c>
       <c r="D347" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="E347"/>
       <c r="F347"/>
       <c r="G347"/>
       <c r="H347" t="s">
         <v>23</v>
       </c>
       <c r="I347" t="s">
         <v>56</v>
       </c>
       <c r="J347" t="s">
         <v>25</v>
       </c>
       <c r="K347"/>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347"/>
       <c r="N347"/>
       <c r="O347"/>
       <c r="P347" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="Q347" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="348" spans="1:17">
       <c r="A348">
         <v>60574</v>
       </c>
       <c r="B348" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
       <c r="C348" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D348" t="s">
         <v>78</v>
       </c>
       <c r="E348"/>
       <c r="F348"/>
       <c r="G348"/>
       <c r="H348" t="s">
         <v>23</v>
       </c>
       <c r="I348" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J348" t="s">
         <v>25</v>
       </c>
       <c r="K348"/>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348"/>
       <c r="N348"/>
       <c r="O348"/>
       <c r="P348"/>
       <c r="Q348" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="349" spans="1:17">
       <c r="A349">
         <v>60630</v>
       </c>
       <c r="B349" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
       <c r="C349"/>
       <c r="D349"/>
       <c r="E349"/>
       <c r="F349"/>
       <c r="G349"/>
       <c r="H349" t="s">
         <v>23</v>
       </c>
       <c r="I349" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J349" t="s">
         <v>196</v>
       </c>
       <c r="K349"/>
       <c r="L349"/>
       <c r="M349" t="s">
         <v>40</v>
       </c>
       <c r="N349"/>
       <c r="O349"/>
       <c r="P349"/>
       <c r="Q349" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="350" spans="1:17">
       <c r="A350">
         <v>31438</v>
       </c>
       <c r="B350" t="s">
-        <v>1001</v>
+        <v>1010</v>
       </c>
       <c r="C350"/>
       <c r="D350"/>
       <c r="E350"/>
       <c r="F350"/>
       <c r="G350"/>
       <c r="H350" t="s">
         <v>23</v>
       </c>
       <c r="I350" t="s">
         <v>183</v>
       </c>
       <c r="J350" t="s">
         <v>196</v>
       </c>
       <c r="K350"/>
       <c r="L350"/>
       <c r="M350" t="s">
         <v>40</v>
       </c>
       <c r="N350"/>
       <c r="O350"/>
       <c r="P350"/>
       <c r="Q350" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="351" spans="1:17">
       <c r="A351">
         <v>31440</v>
       </c>
       <c r="B351" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="C351"/>
       <c r="D351"/>
       <c r="E351"/>
       <c r="F351"/>
       <c r="G351"/>
       <c r="H351" t="s">
         <v>23</v>
       </c>
       <c r="I351" t="s">
         <v>183</v>
       </c>
       <c r="J351" t="s">
         <v>196</v>
       </c>
       <c r="K351"/>
       <c r="L351"/>
       <c r="M351" t="s">
         <v>40</v>
       </c>
       <c r="N351"/>
       <c r="O351"/>
       <c r="P351" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
       <c r="Q351" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="352" spans="1:17">
       <c r="A352">
         <v>100131</v>
       </c>
       <c r="B352" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
       <c r="C352"/>
       <c r="D352"/>
       <c r="E352"/>
       <c r="F352"/>
       <c r="G352"/>
       <c r="H352" t="s">
         <v>23</v>
       </c>
       <c r="I352" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J352" t="s">
         <v>196</v>
       </c>
       <c r="K352"/>
       <c r="L352"/>
       <c r="M352" t="s">
         <v>40</v>
       </c>
       <c r="N352"/>
       <c r="O352"/>
       <c r="P352"/>
       <c r="Q352" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="353" spans="1:17">
       <c r="A353">
         <v>32556</v>
       </c>
       <c r="B353" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
       <c r="C353"/>
       <c r="D353"/>
       <c r="E353"/>
       <c r="F353"/>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I353" t="s">
         <v>24</v>
       </c>
       <c r="J353" t="s">
         <v>196</v>
       </c>
       <c r="K353"/>
       <c r="L353"/>
       <c r="M353" t="s">
         <v>40</v>
       </c>
       <c r="N353"/>
       <c r="O353"/>
       <c r="P353"/>
       <c r="Q353" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="354" spans="1:17">
       <c r="A354">
         <v>68003</v>
       </c>
       <c r="B354" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="C354"/>
       <c r="D354"/>
       <c r="E354"/>
       <c r="F354"/>
       <c r="G354"/>
       <c r="H354" t="s">
         <v>23</v>
       </c>
       <c r="I354" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J354" t="s">
         <v>25</v>
       </c>
       <c r="K354"/>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354"/>
       <c r="N354"/>
       <c r="O354"/>
       <c r="P354" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
       <c r="Q354" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="355" spans="1:17">
       <c r="A355">
         <v>31441</v>
       </c>
       <c r="B355" t="s">
-        <v>1008</v>
+        <v>1017</v>
       </c>
       <c r="C355"/>
       <c r="D355"/>
       <c r="E355"/>
       <c r="F355"/>
       <c r="G355"/>
       <c r="H355" t="s">
         <v>23</v>
       </c>
       <c r="I355" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J355" t="s">
         <v>196</v>
       </c>
       <c r="K355"/>
       <c r="L355"/>
       <c r="M355" t="s">
         <v>40</v>
       </c>
       <c r="N355"/>
       <c r="O355"/>
       <c r="P355"/>
       <c r="Q355" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="356" spans="1:17">
       <c r="A356">
         <v>11285</v>
       </c>
       <c r="B356" t="s">
-        <v>1009</v>
+        <v>1018</v>
       </c>
       <c r="C356"/>
       <c r="D356"/>
       <c r="E356"/>
       <c r="F356"/>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>23</v>
       </c>
       <c r="I356" t="s">
         <v>56</v>
       </c>
       <c r="J356" t="s">
         <v>25</v>
       </c>
       <c r="K356"/>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356"/>
       <c r="N356"/>
       <c r="O356"/>
       <c r="P356" t="s">
-        <v>1010</v>
+        <v>1019</v>
       </c>
       <c r="Q356" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="357" spans="1:17">
       <c r="A357">
         <v>98010</v>
       </c>
       <c r="B357" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="C357"/>
       <c r="D357"/>
       <c r="E357"/>
       <c r="F357"/>
       <c r="G357"/>
       <c r="H357" t="s">
         <v>23</v>
       </c>
       <c r="I357" t="s">
         <v>56</v>
       </c>
       <c r="J357" t="s">
         <v>25</v>
       </c>
       <c r="K357"/>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357"/>
       <c r="N357"/>
       <c r="O357"/>
       <c r="P357" t="s">
-        <v>1012</v>
+        <v>1021</v>
       </c>
       <c r="Q357" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="358" spans="1:17">
       <c r="A358">
         <v>31442</v>
       </c>
       <c r="B358" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="C358"/>
       <c r="D358"/>
       <c r="E358"/>
       <c r="F358"/>
       <c r="G358"/>
       <c r="H358" t="s">
         <v>23</v>
       </c>
       <c r="I358" t="s">
         <v>183</v>
       </c>
       <c r="J358" t="s">
         <v>196</v>
       </c>
       <c r="K358"/>
       <c r="L358"/>
       <c r="M358" t="s">
         <v>40</v>
       </c>
       <c r="N358"/>
       <c r="O358"/>
       <c r="P358"/>
       <c r="Q358" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="359" spans="1:17">
       <c r="A359">
         <v>36578</v>
       </c>
       <c r="B359" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="C359"/>
       <c r="D359"/>
       <c r="E359"/>
       <c r="F359"/>
       <c r="G359"/>
       <c r="H359" t="s">
         <v>23</v>
       </c>
       <c r="I359" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J359" t="s">
         <v>25</v>
       </c>
       <c r="K359"/>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359"/>
       <c r="N359"/>
       <c r="O359"/>
       <c r="P359"/>
       <c r="Q359" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="360" spans="1:17">
       <c r="A360">
         <v>100133</v>
       </c>
       <c r="B360" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="C360"/>
       <c r="D360"/>
       <c r="E360"/>
       <c r="F360"/>
       <c r="G360"/>
       <c r="H360" t="s">
         <v>23</v>
       </c>
       <c r="I360" t="s">
         <v>183</v>
       </c>
       <c r="J360" t="s">
         <v>196</v>
       </c>
       <c r="K360"/>
       <c r="L360"/>
       <c r="M360" t="s">
         <v>40</v>
       </c>
       <c r="N360"/>
       <c r="O360"/>
       <c r="P360"/>
       <c r="Q360" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="361" spans="1:17">
       <c r="A361">
         <v>82290</v>
       </c>
       <c r="B361" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
       <c r="C361"/>
       <c r="D361"/>
       <c r="E361"/>
       <c r="F361"/>
       <c r="G361"/>
       <c r="H361" t="s">
         <v>23</v>
       </c>
       <c r="I361" t="s">
         <v>183</v>
       </c>
       <c r="J361" t="s">
         <v>196</v>
       </c>
       <c r="K361"/>
       <c r="L361"/>
       <c r="M361" t="s">
         <v>40</v>
       </c>
       <c r="N361"/>
       <c r="O361"/>
       <c r="P361"/>
       <c r="Q361" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="362" spans="1:17">
       <c r="A362">
         <v>36127</v>
       </c>
       <c r="B362" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
       <c r="C362"/>
       <c r="D362"/>
       <c r="E362"/>
       <c r="F362"/>
       <c r="G362"/>
       <c r="H362" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="I362" t="s">
         <v>594</v>
       </c>
       <c r="J362" t="s">
         <v>39</v>
       </c>
       <c r="K362"/>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
         <v>40</v>
       </c>
       <c r="N362"/>
       <c r="O362"/>
       <c r="P362"/>
       <c r="Q362" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="363" spans="1:17">
       <c r="A363">
         <v>27543</v>
       </c>
       <c r="B363" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="C363"/>
       <c r="D363"/>
       <c r="E363"/>
       <c r="F363"/>
       <c r="G363"/>
       <c r="H363" t="s">
         <v>23</v>
       </c>
       <c r="I363" t="s">
         <v>183</v>
       </c>
       <c r="J363" t="s">
         <v>39</v>
       </c>
       <c r="K363"/>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>40</v>
       </c>
       <c r="N363"/>
       <c r="O363"/>
       <c r="P363"/>
       <c r="Q363" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="364" spans="1:17">
       <c r="A364">
         <v>72463</v>
       </c>
       <c r="B364" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="C364"/>
       <c r="D364"/>
       <c r="E364"/>
       <c r="F364"/>
       <c r="G364"/>
       <c r="H364" t="s">
         <v>23</v>
       </c>
       <c r="I364" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J364" t="s">
         <v>196</v>
       </c>
       <c r="K364"/>
       <c r="L364"/>
       <c r="M364" t="s">
         <v>40</v>
       </c>
       <c r="N364"/>
       <c r="O364"/>
       <c r="P364"/>
       <c r="Q364" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="365" spans="1:17">
       <c r="A365">
         <v>79269</v>
       </c>
       <c r="B365" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="C365" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="D365" t="s">
         <v>78</v>
       </c>
       <c r="E365"/>
       <c r="F365"/>
       <c r="G365"/>
       <c r="H365" t="s">
         <v>23</v>
       </c>
       <c r="I365" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J365" t="s">
         <v>39</v>
       </c>
       <c r="K365"/>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
         <v>40</v>
       </c>
       <c r="N365"/>
       <c r="O365"/>
       <c r="P365"/>
       <c r="Q365" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="366" spans="1:17">
       <c r="A366">
         <v>79340</v>
       </c>
       <c r="B366" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="C366"/>
       <c r="D366"/>
       <c r="E366"/>
       <c r="F366"/>
       <c r="G366"/>
       <c r="H366" t="s">
         <v>23</v>
       </c>
       <c r="I366" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J366" t="s">
         <v>196</v>
       </c>
       <c r="K366"/>
       <c r="L366"/>
       <c r="M366" t="s">
         <v>40</v>
       </c>
       <c r="N366"/>
       <c r="O366"/>
       <c r="P366"/>
       <c r="Q366" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="367" spans="1:17">
       <c r="A367">
         <v>100127</v>
       </c>
       <c r="B367" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="C367"/>
       <c r="D367"/>
       <c r="E367"/>
       <c r="F367"/>
       <c r="G367"/>
       <c r="H367" t="s">
         <v>23</v>
       </c>
       <c r="I367" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J367" t="s">
         <v>196</v>
       </c>
       <c r="K367"/>
       <c r="L367"/>
       <c r="M367" t="s">
         <v>40</v>
       </c>
       <c r="N367"/>
       <c r="O367"/>
       <c r="P367"/>
       <c r="Q367" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="368" spans="1:17">
       <c r="A368">
         <v>75328</v>
       </c>
       <c r="B368" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="C368" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="D368" t="s">
         <v>78</v>
       </c>
       <c r="E368"/>
       <c r="F368"/>
       <c r="G368"/>
       <c r="H368" t="s">
         <v>23</v>
       </c>
       <c r="I368" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J368" t="s">
         <v>25</v>
       </c>
       <c r="K368"/>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368"/>
       <c r="N368"/>
       <c r="O368"/>
       <c r="P368"/>
       <c r="Q368" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="369" spans="1:17">
       <c r="A369">
         <v>32484</v>
       </c>
       <c r="B369" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="C369"/>
       <c r="D369"/>
       <c r="E369"/>
       <c r="F369"/>
       <c r="G369"/>
       <c r="H369" t="s">
         <v>23</v>
       </c>
       <c r="I369" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J369" t="s">
         <v>25</v>
       </c>
       <c r="K369"/>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369"/>
       <c r="N369"/>
       <c r="O369"/>
       <c r="P369"/>
       <c r="Q369" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="370" spans="1:17">
       <c r="A370">
         <v>26888</v>
       </c>
       <c r="B370" t="s">
-        <v>1027</v>
+        <v>1036</v>
       </c>
       <c r="C370"/>
       <c r="D370"/>
       <c r="E370"/>
       <c r="F370"/>
       <c r="G370"/>
       <c r="H370" t="s">
         <v>23</v>
       </c>
       <c r="I370" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J370" t="s">
         <v>39</v>
       </c>
       <c r="K370"/>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
         <v>40</v>
       </c>
       <c r="N370"/>
       <c r="O370"/>
       <c r="P370"/>
       <c r="Q370" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="371" spans="1:17">
       <c r="A371">
         <v>76568</v>
       </c>
       <c r="B371" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="C371"/>
       <c r="D371"/>
       <c r="E371"/>
       <c r="F371"/>
       <c r="G371"/>
       <c r="H371" t="s">
         <v>23</v>
       </c>
       <c r="I371" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J371" t="s">
         <v>196</v>
       </c>
       <c r="K371"/>
       <c r="L371"/>
       <c r="M371" t="s">
         <v>40</v>
       </c>
       <c r="N371"/>
       <c r="O371"/>
       <c r="P371"/>
       <c r="Q371" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="372" spans="1:17">
       <c r="A372">
         <v>100130</v>
       </c>
       <c r="B372" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="C372"/>
       <c r="D372"/>
       <c r="E372"/>
       <c r="F372"/>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>23</v>
       </c>
       <c r="I372" t="s">
         <v>183</v>
       </c>
       <c r="J372" t="s">
         <v>196</v>
       </c>
       <c r="K372"/>
       <c r="L372"/>
       <c r="M372" t="s">
         <v>40</v>
       </c>
       <c r="N372"/>
       <c r="O372"/>
       <c r="P372" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="Q372" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>