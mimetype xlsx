--- v0 (2025-11-14)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2178">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -68,3695 +68,3695 @@
   <si>
     <t>Categoría de protección RD 139/2011</t>
   </si>
   <si>
     <t>Categoría de protección CEEEI</t>
   </si>
   <si>
     <t>Categoría de protección Lista de especies exóticas preocupantes para la UE</t>
   </si>
   <si>
     <t>Categoría de protección Directiva Hábitats</t>
   </si>
   <si>
     <t>Categoría de protección Listado de Especies Silvestres en Régimen de Protección Especial y CEEA</t>
   </si>
   <si>
     <t>Sinonimo</t>
   </si>
   <si>
     <t>parametros</t>
   </si>
   <si>
     <t>Oncorhynchus mykiss (Walbaum, 1792)</t>
   </si>
   <si>
-    <t>prueba_Trucha arcoiris (Castellano), Trucha arco-Iris (Castellano)</t>
+    <t>prueba_Trucha arcoiris (Castellano), Trucha arco-Iris (Castellano), Trucha arco íris (Castellano), Trucha arcoíris (Castellano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado)</t>
+  </si>
+  <si>
+    <t>España</t>
+  </si>
+  <si>
+    <t>Especie de cuerpo fusiforme, un poco comprimido lateralmente y de unos 60 cm de longitud, con la cabeza relativamente más pequeña que la trucha común (Salmo trutta) (Doadrio, 2001). El individuo de mayor tamaño registrado, de 11 años de edad, era de 122 cm y 25,4 kg (Froese &amp; Pauly, 2019). Presenta dos aletas dorsales, la segunda adiposa, y 19 radios en la aleta caudal. La coloración varía con el hábitat, tamaño y condición sexual. Es de azul a verde oliva, con la parte ventral blanquecina, una banda de color rosa irisado en los flancos, a lo largo de la línea lateral, y pequeños puntos negros por todo el cuerpo excepto el vientre, a diferencia de otros salmónidos ibéricos. Los individuos reproductores y los que habitan en corrientes suelen tener colores más intensos y oscuros, mientras que los que habitan en lagos son más claros y plateados.</t>
+  </si>
+  <si>
+    <t>Terrestre</t>
+  </si>
+  <si>
+    <t>Peces</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013)</t>
+  </si>
+  <si>
+    <t>CEEEI: Incluido</t>
+  </si>
+  <si>
+    <t>Fario gairdneri (Richardson, 1836), Onchorhynchus mykiss (Walbaum, 1792), Onchorrhynchus mykiss (Walbaum, 1792), Oncorhynchus kamloops Jordan, 1892, Oncorhynchus mykiss nelson Evermann, 1908, Parasalmo mykiss (Walbaum, 1972), Salmo gairdnerii gairdnerii Richardson, 1836, Salmo gairdnerii irideus Gibbons, 1855, Salmo gairdnerii Richardson, 1836, Salmo gairdneri irideus Gibbons, 1855, Salmo gairdneri Richardson, 1836, Salmo gairdneri shasta Jordan, 1894, Salmo gilberti Jordan, 1894, Salmo iridea Gibbons, 1855, Salmo irideus argentatus Bajkov, 1927, Salmo irideus Gibbons, 1855, Salmo kamloops (Jordan, 1892), Salmo kamloops whitehousei Dymond, 1931, Salmo masoni Suckley, 1860, Salmo mykiss Walbaum, 1792, Salmo nelsoni Evermann, 1908, Salmo purpuratus Pallas, 1814, Salmo rivularis Ayres, 1855, Salmo rivularis kamloops (Jordan, 1892), Salmo stellatus (Girard, 1856), Salmo truncatus Suckley, 1859</t>
+  </si>
+  <si>
+    <t>Filtros:  normativa: 13  / normativa: 41</t>
+  </si>
+  <si>
+    <t>Tetrao urogallus aquitanicus Ingram, 1915</t>
+  </si>
+  <si>
+    <t>prueba_Urogallo pirenaico (Castellano), Urogallo (Castellano), Basoilarra (Euskera), Gall fer (Catalán), Pita do monte (Gallego)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego</t>
+  </si>
+  <si>
+    <t>España EN (En peligro)</t>
+  </si>
+  <si>
+    <t>Se trata de un ave forestal de hábitos terrestres, inconfundible por su corpulencia y su marcado dimorfismo sexual. El macho exhibe un plumaje dominado por el color negro pizarra, excepto por una banda pectoral verde oscuro metálico y alas marrones con una mancha blanca en la base. Entre las plumas negras aparecen pequeñas zonas blancas en vientre y cola. Posee pico blanco hueso, barba negra corta, ceja roja muy marcada y patas emplumadas en gris. La hembra es muy diferente, un 40% menor en tamaño y con plumaje críptico. Exhibe un patrón general terroso barrado y moteado —más rojizo en cabeza, pecho y cola; más blanco en cuello, vientre y obispillo—, con las alas pardas. Los jóvenes son iguales que los adultos de cada sexo. Resulta difícil de observar debido a su discreto carácter, por lo que su detección es más sencilla por la localización de sus características huellas y excrementos. Cuando se tiene la fortuna de hallarlo, su presencia resulta espectacular, sobre todo en el momento de arrancar en vuelo.</t>
+  </si>
+  <si>
+    <t>Aves</t>
+  </si>
+  <si>
+    <t>Directiva 2009/147/CE (Directiva Aves)</t>
+  </si>
+  <si>
+    <t>Artículo I</t>
+  </si>
+  <si>
+    <t>Tetrao urogallus cantabricus (Castroviejo, 1967)</t>
+  </si>
+  <si>
+    <t>prueba_Urogallo común (Castellano), Urogallo cantábrico (Castellano), Basoilarra (Euskera), Gall fer (Catalán), Pita do monte (Gallego)</t>
+  </si>
+  <si>
+    <t>Bulweria bulwerii (Jardine &amp; Selby, 1828)</t>
+  </si>
+  <si>
+    <t>prueba_Petrel de Bulwer (Castellano), Bulwer gabaia (Euskera), Petrell de Bulwer (Catalán), Pardela de Bulwer (Gallego), Bulwer's Petrel (Inglés), Pétrel de Bulwer (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Canarias EN (En peligro),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>España, Canarias, Mundial</t>
+  </si>
+  <si>
+    <t>De tamaño intermedio entre los paíños y las pardelas, el petrel de Bulwer es un ave marina grácil, con larga cola y amplias y estrechas alas. Posee color marrón oscuro en todo el cuerpo, a excepción de una franja más clara formada por las plumas supracobertoras alares. No existen diferencias apreciables entre sexos ni edades. Tiene un vuelo ágil, con un batir de alas potente y planeos frecuentes.</t>
+  </si>
+  <si>
+    <t>Marino</t>
+  </si>
+  <si>
+    <t>Directiva 2009/147/CE (Directiva Aves), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
+  </si>
+  <si>
+    <t>LESRPE: En régimen de protección especial</t>
+  </si>
+  <si>
+    <t>Anexo I</t>
+  </si>
+  <si>
+    <t>Chlamydotis undulata (Jacquin, 1784)</t>
+  </si>
+  <si>
+    <t>prueba_Avutarda hubara (Castellano), Avutarda hubara canaria (Castellano), Hubara canaria (Castellano), Hubara (Euskera), African Houbara Bustard (Inglés), Houbara Bustard (Inglés), African Houbara (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Canarias EN (En peligro),  Mundial VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>El aspecto físico de la hubara canaria recuerda al de los otros otídidos de nuestra fauna, si bien resulta más estilizada y ligera que la avutarda común, y considerablemente mayor que el sisón común. Se trata de un ave de gran tamaño, en cuyo dorso predominan los tonos cremosos, con abundantes barrados, moteados y vermiculados, que confieren al plumaje un carácter muy críptico. En las regiones ventrales, sin embargo, destaca el blanco. Posee un cuello bastante largo y delgado, en el que se combinan los tonos grisáceos y blancos, con una ancha banda longitudinal negra que, partiendo de las mejillas, alcanza la zona pectoral, donde se cierra en forma de collar. La cabeza, grisácea, presenta un pequeño moño eréctil de plumas blanquinegras, más llamativo en el macho. Los jóvenes son parecidos a los adultos, pero de plumaje más apagado y menos contrastado. En vuelo —pesado y batido—, la hubara mantiene las alas ligeramente arqueadas, siendo entonces especialmente visible una banda blanca a la altura de las primarias.</t>
+  </si>
+  <si>
+    <t>CEEA: En peligro de extinción</t>
+  </si>
+  <si>
+    <t>Columba bollii Godman, 1872</t>
+  </si>
+  <si>
+    <t>prueba_Paloma turqué (Castellano), Kanarietako uso buztanbeltza (Euskera), Colom canari de Bolle (Catalán), Pomba canaria rabinegra (Gallego), Bolle's Pigeon (Inglés), Bolle's Laurel Pigeon (Inglés), Dark-tailed Laurel-pigeon (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>España NT (Casi amenazado),  Canarias NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Es una paloma de gran tamaño, similar a la paloma torcaz, aunque más oscura y sin marcas blancas. Presenta una coloración general grisáceo-pizarrosa en la que destacan el pecho de color vinoso, con reflejos verdes y rosados en el cuello, las alas más oscuras y la cola larga, en la que resalta una banda oscura terminal y una banda pálida subterminal. El joven posee una tonalidad pardo-grisácea oscura, pero sin los reflejos e irisaciones del cuello. En vuelo, que es potente y rápido, muestra unas alas más cortas y redondeadas que otras palomas.</t>
+  </si>
+  <si>
+    <t>Pelagodroma marina (Latham, 1790)</t>
+  </si>
+  <si>
+    <t>prueba_Bailarín (Castellano), Paíño pechialbo (Castellano), White-faced Storm Petrel (Inglés), White-faced Storm-Petrel (Inglés), Océanite frégate (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Canarias CR (En peligro crítico),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Esta pequeña ave marina, de aspecto grácil y delicado, se caracteriza por ser, dentro del grupo de los paíños presentes en nuestras aguas, el único con las partes inferiores claras. El ojo aparece rodeado por una mancha oscura que destaca mucho sobre el resto de la cara blanca. Su pico es proporcionalmente más largo que en otros congéneres. Visto por arriba presenta la zona central del cuerpo y las plumas coberteras de las alas con tonalidades pardo-grisáceas, mientras que las plumas de vuelo son negras. El obispillo gris contrasta con las plumas de la cola, también negras. Visto ventralmente resulta blanco, salvo por la cola y las plumas de vuelo en las alas, que son oscuras. Su silueta en vuelo también es característica, pues las patas asoman notablemente tras la cola y las puntas de las alas aparecen ampliamente redondeadas. Su vuelo es errático y más potente que el de otros paíños; efectúa menos revoloteos pero, en cambio, se balancea más de un lado a otro. A menudo, da la impresión de que salta por encima de la superficie del agua.</t>
+  </si>
+  <si>
+    <t>Marino y Terrestre</t>
+  </si>
+  <si>
+    <t>CEEA: Vulnerable</t>
+  </si>
+  <si>
+    <t>Puffinus baroli (Bonaparte, 1857)</t>
+  </si>
+  <si>
+    <t>prueba_Pardela chica (Castellano), Gabai txikia (Euskera), Baldriga petita (Catalán), Pardela pequena (Gallego), Macaronesian Shearwater (Inglés), Little Shearwater (Inglés), Puffin de Macaronésie (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Esta pardela, de pequeño tamaño, recuerda a la pardela pichoneta por su coloración, aunque exhibe una silueta marcadamente más compacta. Tiene la coloración de las zonas superiores oscura, con el borde posterior de las plumas de vuelo más claro y tenue. Por abajo es blanca, salvo por un fino borde negro presente en el contorno de las alas. El ojo aparece generalmente rodeado de blanco. Posee alas más cortas y redondeadas que la pardela pichoneta, además de cuello y pico más cortos. No existen diferencias apreciables entre sexos ni edades. En vuelo realiza batidos de alas numerosos, con aleteos más rápidos y series más largas que el resto de las pardelas, pudiendo recordar incluso al alca común. Además, a menudo vuela con las alas arqueadas y con la cabeza levantada.</t>
+  </si>
+  <si>
+    <t>Anexo I, Artículo I</t>
+  </si>
+  <si>
+    <t>Puffinus assimilis Gould,1838, Puffinus assimilis subsp. baroli Gould, 1838</t>
+  </si>
+  <si>
+    <t>Puffinus puffinus (Brünnich, 1764)</t>
+  </si>
+  <si>
+    <t>prueba_Pardela pichoneta (Castellano), Gabai arrunta (Euskera), Baldriga pufí (Catalán), Pardela furabuchos (Gallego), Manx Shearwater (Inglés), Puffin des Anglais (Francés)</t>
+  </si>
+  <si>
+    <t>Pardela de tamaño mediano, de aspecto muy similar a la pardela balear, aunque es uniformemente muy oscura, casi negra, por arriba, lo que produce un marcado contraste con sus partes inferiores, completamente blancas, a excepción de un estrecho borde en la parte posterior de las alas, también oscuro. Las patas no asoman tras la cola, por lo que esta termina en ángulo recto. Tiene cabeza pequeña, con pico fino y largo, y con una media luna blanca tras la mejilla oscura. No existen diferencias apreciables entre sexos ni edades. En vuelo alterna a partes iguales secuencias de planeo con secuencias de aleteo; pero si el viento es fuerte vuela casi exclusivamente planeando, remontando en ocasiones varios metros sobre la superficie del agua.</t>
+  </si>
+  <si>
+    <t>Saxicola dacotiae (Meade-Waldo, 1889)</t>
+  </si>
+  <si>
+    <t>prueba_Tarabilla canaria (Castellano), Kanarietako pitxartxarra (Euskera), Bitxac canari (Catalán), Chasco canario (Gallego), Canary Islands Stonechat (Inglés), Canary Islands Chat (Inglés), Canary Islands Bush Chat (Inglés), Fuerteventura Stonechat (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Canarias EN (En peligro),  Mundial NT (Casi amenazado)</t>
+  </si>
+  <si>
+    <t>Pequeño pájaro de aspecto rechoncho, muy similar a la tarabilla común. El macho se distingue por su cabeza negra, con breve ceja y garganta blancas, mancha alar blanca y por el obispillo oscuro. La hembra, más pálida y grisácea, suele carecer de manchas blancas en las alas aunque a veces presenta igualmente estas manchas, pero mucho más tenues que en el macho.</t>
+  </si>
+  <si>
+    <t>Alburnus alburnus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Alburno (Castellano), Alburnoa (Euskera), Alburn (Catalán), Ablet (Catalán), Bleak (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>España, Mundial</t>
+  </si>
+  <si>
+    <t>Pez dulceacuícola de pequeño tamaño, que no suele superar los 15 cm de longitud ni los 100 gramos de peso. El cuerpo es fusiforme, alargado y comprimido lateralmente, y terminado en un pedúnculo caudal largo y estrecho. La boca es súpera y la mandíbula prominente, de forma que la hendidura bucal está muy inclinada. Las escamas, que se desprenden con facilidad, son grandes e irisadas, dando al alburno un aspecto plateado y brillante, con el lomo azulado o verdoso. La boca es súpera, muy pronunciada hacia arriba. El número de escamas de la línea lateral oscila entre 47 y 54. Presenta una sola aleta dorsal, corta, con 2-4 espinas duras y entre 7 y 9 radios blandos ramificados, y situada por detrás del inicio de las ventrales, y más próxima al comienzo de la caudal que al hocico. La aleta caudal tiene 19 radios blandos y está hendida en su parte central. La aleta anal es larga y más alta que la dorsal, tiene 3 espinas y 14-20 radios blandos ramificados. Entre la aleta dorsal y las ventrales aparece una serie de escamas carenadas que forman una quilla ventral.</t>
+  </si>
+  <si>
+    <t>Ameiurus melas (Rafinésque, 1820)</t>
+  </si>
+  <si>
+    <t>prueba_Pez gato negro (Castellano), Katu beltz arraina (Euskera), Peix gat negre (Catalán), Black bullhead (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Pez dulceacuícola de tamaño medio, que no suele superar los 40 cm de longitud, aunque ocasionalmente llega a los 60 cm y los 3 kg de peso. La cabeza es ancha y deprimida, con la boca horizontal, corta y amplia, con labios carnosos. Los dientes son finos, cónicos y dispuestos de forma irregular en varias series. Los ojos son pequeños, prominentes, redondeados y distantes entre sí. Presenta 4 pares de barbillones negruzcos: 1 en los orificios nasales, 1 en la mandíbula superior y 2 en la inferior. La piel, de color negruzco, es lisa, sin escamas, y está recubierta de mucosidad. Su cuerpo es compacto y robusto, cilíndrico en su parte anterior y comprimido en la parte posterior. El color varía de pardo a marrón oscuro en el lomo, con tonalidades gris-verdosas o amarillentas; el vientre es más claro (blanco o amarillento) y las aletas son pardas o grises, con los radios más oscuros; la cabeza suele ser de color sólido y oscuro. Sobre el pedúnculo caudal presenta una banda vertical de color más claro. La aleta caudal es redonda o cuadrada, con el margen ligeramente convexo, no profundamente bifurcado. Los radios anteriores de la dorsal y pectorales son espiniformes y protegen al pez de eventuales depredadores, conteniendo incluso un veneno suave. Presenta una pequeña aleta adiposa, sujeta a la parte inferior del dorso, libre en su extremo posterior.</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo</t>
+  </si>
+  <si>
+    <t>Incluido</t>
+  </si>
+  <si>
+    <t>Ammotragus lervia (Pallas, 1777)</t>
+  </si>
+  <si>
+    <t>prueba_Arruí (Castellano), Arrui (Castellano), Muflón del Atlas (Castellano), Be de Berberia (Catalán), Be de Berbería (Catalán), Uaddan (Inglés), Aoudad (Inglés), Barbary sheep (Inglés), Mouflon À Manchettes (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Catalán, Catalán, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>El arruí es parecido a una cabra robusta, con la cara alargada y el pelaje corto, de un color rojizo o arena, más claro en la parte inferior del cuerpo. Las extremidades son cortas y macizas, y la cola lanosa relativamente larga (alcanza los 20 cm de largo). Los machos llegan a superar el metro y medio de largo y alcanzan los 110 cm de altura sobre los hombros, con un peso de hasta 145 kg. Las hembras son más pequeñas, y no suelen superar los 65 kg de peso. Tanto los machos como las hembras presentan cuernos con una sola inflexión, curvados hacia arriba y hacia atrás, más grande en machos.</t>
+  </si>
+  <si>
+    <t>Mamíferos</t>
+  </si>
+  <si>
+    <t>Atlantoxerus getulus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Ardilla moruna (Castellano), Esquirol africà (Catalán), Barbary Ground Squirrel (Inglés), North African Ground Squirrel (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Se trata de una ardilla terrestre cuyo aspecto es muy semejante al de la mayoría de las ardillas de suelo. Su cuerpo y cola están recorridos longitudinalmente por cuatro bandas negras y dos blancas. El pelo es corto, salvo la cola que es muy poblada, de pelo largo y denso, y con bandas longitudinales de colores pardo y oscuro. La cabeza de color pardo-rojiza resulta proporcionalmente grande en relación al resto del cuerpo. El hocico es oscuro y las mandíbulas casi blancas, mientras que las orejas son pequeñas, casi inexistentes, y no poseen penachos. Las hembras presentan cuatro pares de mamas que se reparten desde la zona genital hasta cubrir las tres cuartas partes de la distancia entre las extremidades posteriores y las anteriores. Los machos son algo mayores que las hembras, CC: 170,0-200,0 mm; C: 130,0 -140,0 mm; P: 45,0-48,0 mm; Ps: 232,0-280,0 g (machos), 209,0-250,0 g (hembras). Fórmula dentaria: 1.0.2.3/1.0.1.3. Número de cromosomas (2n) = 38.</t>
+  </si>
+  <si>
+    <t>Branta leucopsis (Bechstein, 1803)</t>
+  </si>
+  <si>
+    <t>prueba_Barnacla cariblanca (Castellano), Branta musuzuria (Euskera), Oca de galta blanca (Catalán), Ganso sangano (Gallego), Barnacle Goose (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés</t>
+  </si>
+  <si>
+    <t>Se trata de un ganso de tamaño mediano, con la popa blanca, el cuello y el píleo negros, la cara blanca y las partes superiores de color gris claro, con un barrado transversal más oscuro. Los adultos se distinguen de los jóvenes por presentar el barrado oscuro de los flancos más definido que estos. En vuelo ofrece un aspecto bastante claro, con un marcado contraste entre el pecho negro y el vientre blancuzco.</t>
+  </si>
+  <si>
+    <t>Coronella girondica (Daudin, 1803)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra lisa meridional (Castellano), Hegoaldeko suge leuna (Euskera), Serp llisa meridional (Catalán), Cobra lagarteira meridional (Gallego), Southern Smooth Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>La culebra lisa meridional Coronella girondica es de pequeño tamaño, cabeza pequeña y cola relativamente corta. En general hay 21 hileras de dorsales aunque es frecuente observar 19 hileras en ejemplares de las cordilleras béticas. Dorso y flancos generalmente de color pardo o gris, con una hilera de manchas transversales por el dorso. En el vientre destacan unas manchas cuadradas oscuras en un diseño ajedrezado. En la parte dorsal de la cabeza hay una gran mancha en forma de U, y a ambos lados de la cabeza, una brida oscura que atraviesa el ojo y se prolonga por delante de la placa frontal uniendo las manchas de ambos lados. No hay dimorfismo sexual en la longitud cabeza-cloaca ni en la folidosis cefálica. En cambio se aprecian ligeras diferencias en el número de dorsales (19 hileras más frecuente en machos) y ventrales (más en hembras), pero sobre todo en la cola (mayor longitud relativa y mayor número de subcaudales en machos). No hay subespecies descritas, pero se aprecian diferencias poblacionales en el número de ventrales. En machos, se observa una clina latitudinal en la longitud de hocico-cloaca y número de ventrales, siendo mayores los ejemplares más septentrionales. Longitud total máxima en la Península Ibérica, 800 mm.</t>
+  </si>
+  <si>
+    <t>Reptiles</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
+  </si>
+  <si>
+    <t>Cyprinus carpio Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Carpa común (Castellano), Pez común (Castellano), Zamo arrunta (Euskera), Carpa (Catalán), Wild Common Carp (Inglés), Common carp (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Es un pez de gran tamaño, unos 30 cm de longitud y 0,5-4 kg de peso, aunque el mayor ejemplar encontrado era de 120 cm y 40 kg (Froese &amp; Pauly, 2019; Chumchal, 2002). Boca terminal y protráctil, con dos pares de barbillones a los lados que diferencian a esta especie de otros ciprínidos, además de una aleta dorsal larga y con un primer radio espinoso aserrado, aleta anal también con un radio aserrado y aleta caudal muy escotada. Línea lateral muy visible, con 33-40 escamas. Escamas grandes y color generalmente dorado por los flancos, más oscuro por el dorso, vientre blanquecino y aletas con tonos rojizos (Doadrio, 2001). La coloración, forma, proporciones, escamas y desarrollo de las aletas son muy variables, existiendo razas como la “carpa cuero”, sin apenas escamas; la “carpa koi”, con escamas desiguales y multicolor; etc.</t>
+  </si>
+  <si>
+    <t>Carpio vulgaris Rapp, 1854 , Cyprinus atrovirens Richardson, 1846 , Cyprinus bithynicus Richardson, 1857, Cyprinus carpio anatolicus Hankó, 1925, Cyprinus carpio carpio Linnaeus, 1758, Cyprinus carpio caspicus Walbaum, 1792, Cyprinus carpio elongatus Walecki, 1863, Cyprinus carpio fluviatilis Pravdin, 1945, Cyprinus carpio lacustris Fitzinger, 1832, Cyprinus carpio monstrosus Walecki, 1863, Cyprinus carpio oblongus Antipa, 1909, Cyprinus carpio specularis Lacepède, 1803, Cyprinus chinensis Basilewsky, 1855, Cyprinus conirostris Temminck &amp; Schlegel, 1846, Cyprinus coriaceus Lacepède, 1803 , Cyprinus elatus Bonaparte, 1836 , Cyprinus hungaricus Heckel, 1837, Cyprinus macrolepidotus Meidinger, 1794 , Cyprinus mahuensis Liu &amp; Ding, 1982, Cyprinus melanotus Temminck &amp; Schlegel, 1846, Cyprinus nordmannii Valenciennes, 1842, Cyprinus nudus Bloch, 1784, Cyprinus regina Bonaparte, 1836, Cyprinus regius Nau, 1791 , Cyprinus rexcyprinorum Bloch, 1782, Cyprinus rex Walbaum, 1792, Cyprinus rondeletii Shaw, 1802, Cyprinus specularis Lacepède, 1803 , Cyprinus viridescens Lacepède, 1803, Cyprinus vittatus Valenciennes, 1842</t>
+  </si>
+  <si>
+    <t>Esox lucius Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Lucio (Castellano), Lutxoa (Euskera), Lluç de riu (Catalán), Northern Pike (Inglés)</t>
+  </si>
+  <si>
+    <t>Pez de agua dulce de gran tamaño, pudiendo llegar al metro de longitud y a los 10 kg de peso. El cuerpo es alargado y comprimido, de aspecto cilíndrico, con la cabeza grande y una boca ancha y aplanada, terminal, con la mandíbula inferior prominente provista de grandes y afilados dientes. Destacan 3 grandes dientes a cada lado de la mandíbula inferior, más grandes que el resto. La línea lateral posee entre 110 y 130 escamas pequeñas. Su colorido es críptico, con la parte dorsal verdosa o azulada y un diseño barrado amarillento, mientras que el vientre tiene una coloración más blanquecina. Las aletas son redondeadas a excepción de la caudal que está escotada. Las aletas dorsal y anal se encuentran a la misma altura, opuestas y muy atrasadas. La aleta dorsal se encuentra en la parte posterior del cuerpo, cercana a la caudal y opuesta a la anal. Las aletas dorsal, caudal y anal presentan manchas oscuras.</t>
+  </si>
+  <si>
+    <t>Gambusia holbrooki (Girard, 1859)</t>
+  </si>
+  <si>
+    <t>prueba_Gambúsia (Catalán), Eastern Mosquitofish (Inglés), Gambusia (Latín)</t>
+  </si>
+  <si>
+    <t>Catalán, Inglés, Latín</t>
+  </si>
+  <si>
+    <t>Pez de pequeño tamaño, de aspecto fusiforme, con dimorfismo sexual, no superando los 35 mm de longitud los machos, mientras que las hembras llegan a los 6 cm de largo y tienen el vientre mucho más dilatado. La cabeza es grande, deprimida dorsalmente, con una boca pequeña dotada de dientecillos, y se abre en posición oblicua y súpera. Los ojos son relativamente grandes. El cuerpo aparece “dividido” en dos partes claramente diferenciadas: la anterior es gruesa y abultada mientras que la posterior es recta y estrecha. La coloración es variable, generalmente con el cuerpo grisáceo, con zonas en los laterales que producen irisaciones de tonos azules, amarillos y violetas. El vientre es plateado. Las aletas son traslúcidas, con filas transversales de puntos negros. El cuerpo está cubierto de grandes escamas que le confieren un aspecto reticulado con pequeñas motas oscuras. Tienen entre 26 y 30 escamas en la línea longitudinal máxima. Las aletas son redondeadas, estando la dorsal situada en posición ligeramente retrasada respecto a las anales. Carecen de aleta adiposa. El pedúnculo caudal es bastante largo y la cola, grande, tiene el perfil redondeado.</t>
+  </si>
+  <si>
+    <t>Gambusia affinis holbrocki, Gambusia affinis holbrooki (Girard, 1859)</t>
+  </si>
+  <si>
+    <t>Lepomis gibbosus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Pez sol (Castellano), Percasol (Castellano), Perca sol (Castellano), Eguzki arraina (Euskera), Mirallet (Catalán), Pumpkinseed fish (Inglés), Pumpkinseed (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Pez de agua dulce pequeño tamaño, con el cuerpo aplanado lateralmente y un característico aspecto giboso visto de perfil. No suele superar los 25 cm de longitud. La coloración es muy vistosa, presentando bandas irisadas azules que van desde la cabeza a los flancos, el vientre de tonalidades anaranjadas, y una característica mancha negra con una orla parcial roja en el extremo posterior de los opérculos. La boca es pequeña. La aleta dorsal está bien desarrollada, con la parte anterior con 10 radios espinosos y rígidos y la posterior con 10-12 radios blandos de borde redondeado. La aleta anal es grande con radios rígidos, siendo los delanteros espinosos. La aleta caudal está ligeramente escotada. Las aletas pectorales son largas y puntiagudas.</t>
+  </si>
+  <si>
+    <t>Macroprotodon mauritanicus Guichenot, 1850</t>
+  </si>
+  <si>
+    <t>prueba_Culebra de cogulla argelina (Castellano)</t>
+  </si>
+  <si>
+    <t>Castellano</t>
+  </si>
+  <si>
+    <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Es el ofidio de menor tamaño en las islas Baleares, con longitud hocico-cloaca media de 329 mm. Cabeza corta, deprimida, con ojos relativamente pequeños, de pupila redonda o verticalmente oval, iris anaranjado o rojizo y cola relativamente corta. Normalmente posee nueve escamas supralabiales, la cuarta y quinta en contacto con el ojo, y la sexta alta, normalmente en contacto con la parietal, con una supralabial extra posteriormente, más pequeña, en forma de cuña. Escamas dorsales lisas, siempre en 19 rangos en mitad del cuerpo. Cabeza con color de fondo gris, con banda oscura disruptiva del ojo, cuya porción postorbital es pequeña; tras la cabeza hay un collar pálido seguido de uno oscuro, dividido en una porción medio dorsal y dos laterales. Coloración de fondo del cuerpo grisácea, que tiende a marrón cuando los individuos han mudado recientemente.</t>
+  </si>
+  <si>
+    <t>Macroprotodon cucullatus mauritanicus Busack &amp; Mccoy, 1990</t>
+  </si>
+  <si>
+    <t>Malpolon monspessulanus (Hermann, 1804)</t>
+  </si>
+  <si>
+    <t>prueba_Bicha (Castellano), Culebra (Castellano), Culebra bastarda (Castellano), Montpellierko sugea (Euskera), Montpellier Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Inglés</t>
+  </si>
+  <si>
+    <t>Cabeza alta, estrecha, con hocico agudo. Escamas supraoculares y borde superior agudo de las preoculares, de modo que forman a modo de una visera, bajo la cual quedaría el ojo protegido. En la cabeza la placa frontal es mitad de ancha que las supraoculares y aparecen dos loreales a cada lado. En animales jóvenes y hembras, el diseño del cuerpo es un rico variegado de negros, blancos, grises y marrones, con un claro fin críptico. En machos adultos el diseño es uniforme, con un color de fondo entre marrón y verdoso, y una mancha negra en el dorso, detrás del cuello. Longitud total máxima, 2.290 mm.</t>
+  </si>
+  <si>
+    <t>Marmota marmota (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Marmota alpina (Castellano), Marmota alpetarra (Euskera), Alpine Marmot (Inglés), Marmotte Des Alpes (Francés), Marmota (Latín)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Inglés, Francés, Latín</t>
+  </si>
+  <si>
+    <t>Es un roedor de gran tamaño. Cabeza y orejas cortas. Extremidades anteriores fuertes con cuatro dedos y adaptadas a la excavación. Cinco dedos en las extremidades posteriores. Medidas corporales, CC: 50-60 cm; C: 15 cm; Ps: 3,4-5,7 kg. Las hembras presentan de cuatro a cinco pares de mamas abdominales y torácicas. Adulto con cabeza y espalda de color pardo oscuro, nariz grisácea y vientre amarillo. Tercio distal de la cola negro o muy oscuro. Crías hasta los tres meses de color gris. Tienen una sola muda anual, entre junio y agosto, en la que muestran abundante alopecia en forma de calvas. Dimorfismo sexual apreciable sólo por la distancia ano-genital (machos: 4,0-4,8 cm; hembras: 1,7-2,2 cm), o las mamas conspicuas durante la lactancia. Fórmula dentaria: 1.0.2.3/1.0.1.3. Número de cromosomas (2n) = 38.</t>
+  </si>
+  <si>
+    <t>CEEEI: Excluido</t>
+  </si>
+  <si>
+    <t>Micropterus salmoides (Lacepède, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Black bass (Castellano), Perca atruchada (Castellano), Perca americana (Castellano), American Black Bass (Inglés), Largemouth Bass (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Pez de tamaño medio, que no suele superar los 40 cm de longitud. El cuerpo es compacto y robusto, y está comprimido lateralmente. La coloración es variable en función de las aguas en las que habita (en aguas claras se oscurece), de gris verdosa a oliva, con irisaciones ocres en el dorso mientras que la parte inferior es blanquecina. Presenta una conspicua franja oscura que recorre los costados. La cabeza es grande con la boca terminal oblicua muy amplia y provista de numerosos dientes, tanto en la mandíbula como en el vómer, y en la lengua. Manifiesta un acusado prognatismo, con la mandíbula inferior prominente. El borde posterior del maxilar supera claramente el borde superior del ojo. Los ojos son relativamente grandes. El opérculo acaba en una fuerte espina. Presenta 60-68 escamas en la línea lateral, que es completa. Tiene dos aletas dorsales conectadas en la base; la primera presenta 9-10 radios rígidos mientras que la segunda tiene 11-13 radios blandos, más grandes y de contorno redondeado. La aleta anal es relativamente grande y redondeada, y presenta 3 radios rígidos seguidos de 10-12 radios blandos. La aleta caudal está ligeramente escotada, y sólo tiene radios blandos.</t>
+  </si>
+  <si>
+    <t>Myocastor coypus (Molina, 1782)</t>
+  </si>
+  <si>
+    <t>prueba_Coipo (Castellano), Falsa nutria (Castellano), Coipú (Castellano), Nutria (Castellano), Quiyá (Castellano), Nutria roedora (Castellano), Koipua (Euskera), Coypu (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Inglés</t>
+  </si>
+  <si>
+    <t>El coipú es un roedor similar a una rata grande de pequeñas orejas, con el extremo del hocico y las mejillas de color blanco, con largas vibrisas (“bigotes”) blancas, y unos característicos incisivos de color anaranjado de gran tamaño, siempre visibles. El cuerpo es robusto y arqueado, con el pelaje de color pardo y una larga cola cilíndrica y sin pelo. Los machos pueden superar los 60 cm de longitud y llegar a los 6 kilos y medio de peso. Las extremidades posteriores tienen 5 dedos unidos por una membrana, salvo el meñique, mientras que las anteriores, que son más pequeñas, tienen 4 dedos largos, no unidos y un pulgar vestigial; las uñas son cortas, fuertes y afiladas.</t>
+  </si>
+  <si>
+    <t>Natrix maura (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra viperina (Castellano), Culebra de agua (Castellano), Suge biperakara (Euskera), Serp d'aigua (Catalán), Cobra viperina (Gallego), Viperine Snake (Inglés), Couleuvre vipérine (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Serpiente de tamaño medio, cola corta y cabeza ensanchada y bien delimitada respecto al resto del cuerpo. Generalmente hay dos escamas preoculares y dos postoculares, 7 escamas supralabiales y 9 escamas infralabiales. Dorsales claramente carenadas. El diseño es muy llamativo pues se trata de una amplia banda en forma de zig zag que recorre todo el cuerpo en posición dorsal. Existe un patrón alternativo que consiste en dos líneas longitudinales y paralelas, de colores claros, de recorrido también dorsal. El diseño rayado es más frecuente hacia el sur de la península y la costa mediterránea, aunque poblaciones muy cercanas pueden tener frecuencias muy dispares. La coloración corporal de fondo es variable aunque destacan los tonos verdosos, pardos y oliváceos. El vientre es generalmente gris amarillento con manchas oscuras en forma de diseño ajedrezado. Las hembras son mayores pero la longitud de cola y el número de subcaudales son mayores en machos. Longitud total máxima en la Península Ibérica, 910 mm.</t>
+  </si>
+  <si>
+    <t>Neogale vison (Schreber, 1777)</t>
+  </si>
+  <si>
+    <t>prueba_Visón americano (Castellano), Bisoi amerikarra (Euskera), Visó americà (Catalán), American mink (Inglés)</t>
+  </si>
+  <si>
+    <t>Es un mustélido de tamaño medio, de piel lustrosa marrón oscura, casi negra. Su cuerpo es alargado y delgado, con miembros proporcionalmente robustos y cortos. La cola es larga y tupida. La cabeza es relativamente pequeña, con orejas pequeñas y redondeadas. Normalmente tienen cierto número de manchas blancas en la zona ventral, particularmente en la barbilla y labio inferior, y a veces en abdomen e ingles. Presenta cierto dimorfismo sexual. Medidas corporales, CC: 330-450 mm (machos), 300- 370 mm (hembras); C: 150-220 mm (machos), 130-190 mm (hembras); P: 50-70 mm; Ps: 800-1.800 g (machos), 500-900 g (hembras). Existen también algunas diferencias sexuales en el cráneo, con una cresta sagital más marcada en el caso de los machos. Las hembras presentan de cinco a ocho mamas. Puede ser confundido con el visón europeo (Mustela lutreola) aunque éste es algo menor y presenta en el labio superior una gran mancha blanca de la que generalmente carece el visón americano. También puede confundirse fácilmente con el turón (Mustela putorius), si bien éste posee un antifaz blanquecino en la cara y una línea blanca en las orejas. También puede confundirse con la garduña (Martes foina) y la marta (Martes martes), aunque ambas son algo más grandes y presentan un babero, blanco y amarillo respectivamente, muy característico. Fórmula dentaria: 3.1.3.1/ 3.1.3.2. Número de cromosomas (2n) = 30. Introducido en la Península Ibérica a finales de los 50 del siglo pasado, a partir de los escapes de las primeras granjas peleteras instaladas en Segovia y Pontevedra. A finales de la década de los 80 existían tres poblaciones: Galicia, Cataluña, y Sistema Central. Actualmente en España se pueden distinguir cinco núcleos distintos de visón americano, todos ellos en pleno proceso de expansión: Galicia, País Vasco, Meseta Norte, Cataluña y Teruel-Comunidad Valenciana (Lecis et al., 2008; Melero y Palazón 2011).</t>
+  </si>
+  <si>
+    <t>Mustela (Neovison) vison Schreber, 1777, Neovison vison (Schreber, 1777)</t>
+  </si>
+  <si>
+    <t>Ondatra zibethicus (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Rata azmilclera (Castellano), Rata almizclera (Castellano), Rata almizclada (Castellano), Musketadun arratoia (Euskera), Rata mesquera (Catalán), Muskrat (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Es un roedor de cuerpo robusto, de hasta 2 kg de peso, que puede llegar a medir hasta 70 cm de largo, siendo la mitad de esta longitud la cola. La cabeza es grande y ancha, con orejas cortas y redondeadas, casi invisibles debajo del pelaje y ojos pequeños. La cola, de color negro, carece de pelos y está cubierta de escamas; la forma es muy característica, pues está ligeramente aplanada lateralmente lo que les ayuda al nadar siendo su principal “motor” de propulsión. El pelaje es corto, espeso, de color marrón oscuro o negro, con el vientre un poco más claro; a medida que envejece, el pelo se vuelve más grisáceo. Las patas son cortas y las traseras están palmeadas.</t>
+  </si>
+  <si>
+    <t>Ovis aries Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Muflón (Castellano), Oveja (Castellano), Mufloia (Euskera), Mufló (Catalán), Mouflon (Inglés), Sheep (feral) (Inglés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial NT (Casi amenazado)</t>
+  </si>
+  <si>
+    <t>Mamífero herbívoro relativamente pequeño; su alzada a la cruz es de unos 75 cm, con una longitud total de cabeza y tronco entre los 120 y 140 cm, y un peso de 40 kg. El cuerpo es robusto, con largas y delgadas patas acabadas en unas pequeñas pezuñas. El pelaje es pardo-rojizo o chocolate, dependiendo de la estación, con el hocico, vientre y parte inferior de las patas de color blanco; la parte superior de las patas presenta pelos negros. Los machos son más robustos, con el pelo largo en el cuello, pecho y parte anterior de las patas, y lucen una característica mancha blanquecina en invierno (la “silla de montar”) en el lateral del cuerpo; las hembras son más claras y no suelen tener la citada mancha. La cola es corta y negra, con el escudo anal blanco y bien marcado. Tanto los machos como las hembras presentan cuernos sin ramificar, mucho más desarrollados en los machos, curvados hacia atrás en forma de espiral; los cuernos de las hembras son más pequeños, ligeramente curvados hacia atrás, y a veces carecen de ellos.</t>
+  </si>
+  <si>
+    <t>Ovis gmelini Blyth, 1841, Ovis musimon Pallas, 1762</t>
+  </si>
+  <si>
+    <t>Rattus norvegicus (Berkenhout, 1769)</t>
+  </si>
+  <si>
+    <t>prueba_Rata parda (Castellano), Rata marrón (Castellano), Rata gris (Castellano), Rata de alcantarilla (Castellano), Arratoi arrunta (Euskera), Marroi arratoi (Euskera), Rata comuna (Catalán), Rata traginera (Catalán), Rata común (Gallego), Brown rat (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Inglés</t>
+  </si>
+  <si>
+    <t>Mayor que la rata negra (Rattus rattus), presenta un hocico redondeado, ojos relativamente más pequeños y orejas de menor tamaño que al ser estiradas nunca alcanzan el borde del ojo. Los ejemplares de medios urbanos alcanzan dimensiones mayores y las hembras son ligeramente más pequeñas que los machos. Los juveniles presentan una coloración homogénea gris oscura, mientras que los adultos son algo más claros, con una coloración dorsal gris pardusca y el vientre de amarillento a gris sucio. Se diferencia fácilmente de R. rattus por la longitud relativa de la cola, que es menor que la del cuerpo, así como por las dimensiones de las orejas. Las hembras poseen seis pares de mamas: tres pectorales y tres inguinales. El cráneo es fuerte y la caja craneana más estrecha que en R. rattus, con crestas temporales y occipitales poco marcadas y que discurren casi paralelas, lo que confiere al cráneo un aspecto casi rectangular. La mandíbula presenta una hendidura posterior de perfil ovalado. Fórmula dentaria: 1.0.0.3/1.0.0.3. Número de cromosomas (2n) = 42 (Rojas &amp; Palomo, 2007).</t>
+  </si>
+  <si>
+    <t>Rattus rattus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Rata negra (Castellano), Arratoi beltza (Euskera), Rata traginera (Catalán), Rata cincenta (Gallego), Ship rat (Inglés), House Rat (Inglés), Roof Rat (Inglés), Black Rat (Inglés), Rat Noir (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Rata de tamaño medio, con el cuerpo alargado, hocico puntiagudo y relativamente largas orejas que alcanzan el borde del ojo al estirarlas hacia delante. La cola es casi siempre más larga que el cuerpo. Los adultos suelen tener el pelaje de color gris casi negro o pardo rojizo oscuro, con el vientre más claro, variando del gris al blanco amarillento. Las hembras poseen 5-6 pares de mamas.</t>
+  </si>
+  <si>
+    <t>Rutilus rutilus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Rutilo (Castellano), Errotiloa (Euskera), Madrilleta vera (Catalán), Rutil (Catalán), Roach (Inglés)</t>
+  </si>
+  <si>
+    <t>Pez de tamaño mediano, de entre 30 y 40 cm de longitud. El cuerpo es alargado, alto, robusto, comprimido lateralmente, y con una cabeza pequeña en proporción con el tamaño del cuerpo. Los ojos son de color anaranjado. La boca es pequeña, ligeramente oblicua y en posición casi terminal, y carece de dientes mandibulares y maxilares; los dientes faríngeos (en número de 5-5) están dispuestos en una sola hilera a cada lado. Las escamas son grandes, con 40-45 en la línea lateral; por encima de la línea lateral tiene de 7 a 10 filas de escamas, y por debajo entre 3 y 5. La coloración es variable, generalmente con la parte dorsal parda con tonalidades verdosas o grisáceas; los flancos son más claros y de color plateado con reflejos dorados o azulados. La aleta dorsal es alta, corta y de perfil cóncavo, y presenta 9-11 radios blandos. La aleta anal es larga, con 9-11 radios blandos. Las ventrales se insertan ligeramente antes que la dorsal. La aleta caudal está escotada y tiene 18-19 radios. Carece de aleta adiposa.</t>
+  </si>
+  <si>
+    <t>Sander lucioperca (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Lucioperca (Castellano), Amuarrian kanadiarra (Euskera), Luciperca (Catalán), Sandra (Catalán), Zander (Inglés), Pike-perch (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Pez dulceacuícola de cuerpo alargado, fusiforme, provisto de una cabeza grande con la boca en posición terminal, dotada de dientes fuertes y cónicos (destacan 6 de mayor tamaño denominados caninos), tanto en la mandíbula superior como en la inferior. De tamaño medio, puede llegar a alcanzar una longitud de 1 metro y los 10 kg de peso, aunque generalmente no sobrepasan los 70 cm y los 2 kg de peso. El cuerpo está recubierto de pequeñas escamas incluso en el opérculo. La línea lateral está marcada, y cuenta con 80-95 pequeñas escamas. La parte dorsal es verde oscuro, con 8-12 bandas transversales anchas en los costados; los flancos son más claros. Cuenta con 2 aletas dorsales, la primera con 13-15 radios espinosos y la segunda con 19-23 radios blandos. La aleta anal es relativamente larga y cuenta con 11-13 radios blandos. Las aletas pélvicas son de color claro. La aleta caudal es escotada. Carecen de aleta adiposa. El cuerpo está cubierto de pequeñas escamas, y su perfil superior presenta una joroba característica, afilada hacia la cabeza. Su coloración es plateada en la zona dorsal, con tonalidades azules o verdosas, y con 8 a 12 bandas transversales verde oscuro. Las aletas dorsales tienen un llamativo patrón barrado azul, y las inferiores son también azuladas. El pedúnculo caudal es irisado con tonalidades metálicas azules o verdes.</t>
+  </si>
+  <si>
+    <t>Stizostedion lucioperca (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Silurus glanis Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Siluro (Castellano), Silurua (Euskera), Siluro (Euskera), Silur (Catalán), Wels catfish (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Euskera, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Es un pez dulceacuícola que puede llegar a alcanzar un gran tamaño (de hecho es el pez dulceacuícola de mayor talla de Europa), superando los dos metros de longitud y los 100 kg de peso. El cuerpo es alargado, comprimido lateralmente en la parte posterior. La piel carece de escamas y está recubierta de mucosidad. La cabeza es grande, ancha y aplanada dorsoventralmente, con 6 barbillones peribucales (2 más largos y móviles en la mandíbula superior y 4 más pequeños en la mandíbula inferior). Los ojos son muy pequeños. Presentan línea lateral completa, pero no es visible. El color suele ser oscuro (pardo, verdoso o azulado), más intenso en la cabeza y con los laterales claros y moteados, y el vientre blanco con reflejos rojizos. Existen ejemplares albinos. Las aletas pectorales son fuertes, con 18 radios (el primero duro y aserrado), y se insertan directamente detrás de los opérculos. Las ventrales tienen un radio duro y entre 10 y 12 radios blandos. La aleta anal es muy larga, con 90-92 radios blandos y 73-106 radios robustos, y está separada de la caudal (con 17-19 radios blandos) por una escotadura. La aleta caudal es redondeada y aparenta estar acortada en el extremo. La aleta dorsal es muy pequeña, con 3-5 radios blandos ramificados, con el primer radio duro y aserrado, y se sitúa al final del primer tercio del cuerpo. Carece de aleta adiposa.</t>
+  </si>
+  <si>
+    <t>Troglodytes troglodytes (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Chochín común (Castellano), Chochín (Castellano), Txepetxa (Euskera), Cargolet (Catalán), Carrizo (Gallego), Wren (Inglés), Winter Wren (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>El chochín común es un pajarillo de pequeño tamaño, aspecto compacto, cabeza voluminosa y cola corta, que se caracteriza por poseer un plumaje pardo-rojizo —algo más claro en las partes inferiores— finamente vermiculado de tonos más oscuros. Sobre el ojo presenta una marcada ceja de color crema. El pico es fino y algo curvado, con distinta longitud según la subespecie. Las diferencias entre edades y sexos son muy sutiles y resultan difíciles de reconocer en el campo. De carácter inquieto, el chochín —una de las especies más pequeñas de nuestra avifauna— cuando se excita suele sacudir y levantar su cola formando un ángulo de 90 grados, antes de desaparecer entre la densa vegetación.</t>
+  </si>
+  <si>
+    <t>Zamenis scalaris (Schinz, 1822)</t>
+  </si>
+  <si>
+    <t>prueba_Bicha (Castellano), Culebra de escalera (Castellano), Culebra (Castellano), Eiskalera-sugea (Euskera), Serp blanca (Catalán), Serpe riscada (Gallego), Ladder Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
+  </si>
+  <si>
+    <t>Longitud hocico-cloaca media de 720 mm (rango 233-1.385 mm), cola relativamente corta. Cabeza algo pequeña, con hocico agudo, que sobrepasa netamente el extremo anterior de la mandíbula. 27 rangos de escamas dorsales. Color de fondo amarillento, con diseño de manchas dorsales en escalera en los ejemplares pequeños, y dos líneas dorsolaterales en los ejemplares de mayor tamaño. Longitud total máxima, 1.650 mm.</t>
+  </si>
+  <si>
+    <t>Elaphe scalaris Kahl Et Al., 1980, Rhinechis scalaris (Schinz, 1822)</t>
+  </si>
+  <si>
+    <t>Columba junoniae Hartert, 1916</t>
+  </si>
+  <si>
+    <t>prueba_Paloma rabiche (Castellano), Kanarietako uso buztanzuria (Euskera), Colom canari de llorer (Catalán), Pomba canaria rabibranca (Gallego), Laurel Pigeon (Inglés), White-tailed Laurel-pigeon (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Mundial NT (Casi amenazado),  Canarias VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Canarias</t>
+  </si>
+  <si>
+    <t>Se trata de una paloma grande de tonos vinosos oscuros en el cuerpo, con cabeza y cuello grisáceos —con irisaciones en los laterales del cuello y nuca— y cola de un gris más pálido, que se torna blanquecino en su extremo distal. Se distingue de la paloma turqué, con la que comparte el hábitat, por su coloración general más rojiza, la tonalidad de las alas más uniformemente oscura y el diferente diseño de la cola. Ambos sexos resultan muy similares. Los jóvenes muestran menos reflejos o irisaciones en el plumaje y poseen el pico negruzco (mientras que en los adultos es blanquecino). Su vuelo es potente, si bien lo ejecuta con batidos de ala pausados.</t>
+  </si>
+  <si>
+    <t>Phylloscopus canariensis (Hartwig, 1886)</t>
+  </si>
+  <si>
+    <t>prueba_Mosquitero canario (Castellano), Canary Islands Chiffchaff (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés</t>
+  </si>
+  <si>
+    <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Canarias LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Es parecido al mosquitero común —del que se ha disociado recientemente como especie independiente—, pero ligeramente más pequeño, más oscuro y con las alas más redondeadas. Posee el dorso de color verde oliváceo oscuro, en contraste con las partes inferiores, de tono ante pálido, y las patas oscuras. No presenta dimorfismo sexual.</t>
+  </si>
+  <si>
+    <t>Serinus canaria (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Serín canario (Castellano), Atlantic Canary (Inglés), Island Canary (Inglés), Common Canary (Inglés), Canary (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Se trata de un pájaro pequeño, piquicorto y de tonos verdosos. Tanto machos como hembras tienen el plumaje del dorso y los flancos marcado por estrías, pero los machos muestran en cara, garganta y pecho un plumaje visiblemente amarillento. En cambio, el que exhiben las hembras es bastante más apagado. Resulta muy parecido al verdecillo en tamaño, forma y coloración. Pero, como pauta general, el primero es un ave más alargada y con un plumaje menos contrastado que el segundo. Además, una observación comparada en detalle revela que el canario tiene un obispillo verdoso mucho menos conspicuo. Asimismo, el color amarillo de los machos de canario se extiende por el pecho y el vientre hasta las patas, mientras que en los verdecillos la extensión de dicho color es más reducida. También se puede confundir con los lúganos, pero estos poseen distintivas manchas alares y caudales amarillas, y además no habitan en las islas atlánticas. Por otra parte, el canario recuerda al verderón serrano, pero este último no posee el plumaje estriado típico del canario y tampoco llega a Canarias, Azores ni Madeira.</t>
+  </si>
+  <si>
+    <t>Serinus canarius (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Tadorna ferruginea (Pallas, 1764)</t>
+  </si>
+  <si>
+    <t>prueba_Tarro canelo (Castellano), Paita gorritza (Euskera), Anec canyella (Catalán), Gansa ferruxenta (Gallego), Ruddy Shelduck (Inglés), Tadorne casarca (Francés)</t>
+  </si>
+  <si>
+    <t>España CR (En peligro crítico),  Mundial LC (Preocupación menor),  Canarias VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Se trata de una anátida de tamaño mediano y aspecto de ganso, con el cuello y las patas bastante largos y alas largas y estrechas. Los sexos son similares y presentan el cuerpo de un color pardo anaranjado, con la cabeza más pálida, color crema, especialmente en la frente y alrededor del ojo. El obispillo y la cola son de color negro irisado; la parte anterior del ala, blanca por encima y por debajo; y el pico, negro. El macho adulto posee un estrecho collar negro y la espalda más lisa que la hembra adulta, que luce, por otra parte, una máscara facial más destacada. El joven es similar a la hembra, pero con la espalda más grisácea.</t>
+  </si>
+  <si>
+    <t>Neophron percnopterus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Guirre (Castellano), Alimoche común (Castellano), Alimoche (Castellano), Aguilón (Castellano), Sai zuria (Euskera), Aufrany (Catalán), Abutre branco (Gallego), Egyptian Vulture (Inglés), Egyptian Eagle (Inglés), Vautour percnoptère (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Mundial EN (En peligro),  Canarias EN (En peligro),  Península VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Canarias, Península</t>
+  </si>
+  <si>
+    <t>A medio camino entre las rapaces estrictamente carroñeras y las cazadoras, el alimoche es un ave de tamaño entre mediano y grande y aspecto completamente inconfundible. Los ejemplares adultos lucen un plumaje mayoritariamente blanco sucio —con algunas regiones teñidas de crema—, a excepción de las rémiges, que son completamente negras. En la anatomía de esta rapaz destacan, por otra parte, una llamativa gorguera de plumas desflecadas y un tanto desordenadas en la cabeza y el cuello —lo que le confiere un aire bastante peculiar—, además de la cara, que aparece desnuda y coloreada de un llamativo amarillo. Los jóvenes son mucho más oscuros, pues exhiben una librea parda que, a lo largo de sucesivas mudas, va pasando por diferentes patrones de coloración hasta llegar al plumaje definitivo cuando cuentan con cinco años. Los jóvenes presentan también la cara de color gris azulado. Otra de las características anatómicas del alimoche es la posesión de un pico fino y relativamente largo, que le impide desgarrar los cueros de los grandes cadáveres como hacen los buitres mayores, aunque le confiere, en cambio, una gran adaptabilidad a la hora de seleccionar el alimento. En vuelo, el adulto aparece como un ave muy blanca, en cuya silueta destacan las estrechas y largas alas y una cola larga, en forma de cuña, que dotan al ave de gran capacidad de maniobra. El joven, sin embargo, aunque mantiene la característica silueta de la especie, resulta muy oscuro.</t>
+  </si>
+  <si>
+    <t>Macroprotodon brevis (Günther, 1862)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra de cogulla occidental (Castellano), False Smooth Snake (Inglés), Couleuvre à Capuchon Occidentale (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España NT (Casi amenazado),  Mundial NT (Casi amenazado),  España LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>España, Mundial, España</t>
+  </si>
+  <si>
+    <t>Es el ofidio más pequeño que habita la Península Ibérica. Cabeza corta, aplastada, con ojos relativamente pequeños, de pupila redonda o verticalmente oval, e iris anaranjado o rojizo. Cola corta, pues en promedio representa el 14,9% de la longitud total. Normalmente posee siete supralabiales, la cuarta y quinta en contacto con el ojo, y la sexta alta y en contacto o muy próxima a la parietal. Por lo general, 21 rangos de dorsales en el centro del cuerpo. Coloración de fondo en cabeza y cuerpo gris, que tiende a marrón cuando ha mudado recientemente. El diseño de la cabeza se caracteriza porque en el píleo se encuentra el vértice de una figura en forma de V que tiene dos ramas curvas, convexas, mientras recorre las parietales. Posteriormente a la cabeza collar nucal oscuro. Longitud total máxima, 598 mm.</t>
+  </si>
+  <si>
+    <t>Macroprotodon cucullatus brevis, Macroprotodon cucullatus ibericus Busack &amp; McCoy, 1990</t>
+  </si>
+  <si>
+    <t>Accipiter gentilis (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Azor (Castellano), Azor común (Castellano), Aztorea (Euskera), Astor (Catalán), Northern Goshawk (Inglés), Eurasian Goshawk (Inglés), Goshawk (Inglés), Autour des palombes (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Península</t>
+  </si>
+  <si>
+    <t>Esta rapaz de mediano tamaño y hábitos marcadamente forestales se caracteriza por presentar un acusado dimorfismo sexual inverso, según el cual las hembras resultan bastante más voluminosas que sus compañeros. En el diseño del plumaje existen también algunas diferencias, aunque más sutiles, entre sexos, puesto que el macho luce un plumaje grisáceo oscuro en el dorso, mientras que el pecho, así como la cara inferior de las alas, aparecen finamente barrados transversalmente; la hembra, sin embargo, resulta algo más parduzca en el dorso, tiene la cabeza —donde ambos sexos exhiben una marcada ceja— menos contrastada, y en ella el barrado de las regiones inferiores es más grueso. Los ejemplares juveniles son parduzcos dorsalmente, mientras que en el pecho y el vientre muestran un color pardo o rojizo relativamente claro, surcado por abundantes manchas longitudinales. Con el transcurso de las sucesivas mudas adquieren —cuando cuentan con tres años de edad— el plumaje característico de las aves adultas. En vuelo, el azor presenta una silueta muy característica, sobre todo durante las escasas ocasiones que permiten contemplarlo mientras se eleva sobre el dosel forestal. En tales momentos se puede comprobar que el ave posee unas alas relativamente cortas, anchas y redondeadas y una cola muy larga, adaptaciones todas encaminadas a dotarlo de gran movilidad dentro de las espesuras que frecuenta.</t>
+  </si>
+  <si>
+    <t>Acrocephalus scirpaceus (Hermann, 1804)</t>
+  </si>
+  <si>
+    <t>prueba_Carricero común (Castellano), Lezkari arrunta (Euskera), Boscarla de canyar (Catalán), Folosadas canaveiras (Gallego), Eurasian Reed Warbler (Inglés), European Reed Warbler (Inglés), Eurasian Reed-warbler (Inglés), Rousserolle effarvatte (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Pequeño pájaro insectívoro de tonos ocres uniformes. Como otros carriceros y carricerines, posee una cabeza apuntada, con la frente aplanada y el pico relativamente largo y fino. Tiene el dorso de color marrón, con tintes oliváceos o grises dependiendo de la edad y el desgaste del plumaje. Las partes inferiores muestran tonos ocres pálidos. Carece de las listas y cejas cefálicas distintivas de otras especies del género Acrocephalus y, a diferencia de otros carriceros, presenta el obispillo de color marrón rojizo. Ambos sexos son similares.</t>
+  </si>
+  <si>
+    <t>Aegithalos caudatus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Mito común (Castellano), Mito (Castellano), Buztanluzea (Euskera), Mallerenga cuallarga (Catalán), Ferreiriño rabilongo (Gallego), Long-tailed Bushtit (Inglés), Long-tailed Tit (Inglés)</t>
+  </si>
+  <si>
+    <t>Es fácil de identificar por la notable longitud de su cola (7-9 centímetros), que contrasta con su pequeño cuerpecillo, de cortas y redondeadas alas. En un primer vistazo resulta un ave con una apariencia general oscura. Sin embargo, observada con atención se aprecia una banda clara que recorre toda la cabeza, así como una pechuga grisácea con tintes rojizos, que contrasta con los tonos negros y grises del dorso, la cola y las alas.</t>
+  </si>
+  <si>
+    <t>Aegolius funereus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Lechuza de Tengmalm (Castellano), Mochuelo boreal (Castellano), Tengmalm hontza (Euskera), Mussol pirinenc (Catalán), Coruxa de Tengmalm (Gallego), Tengmalm's Owl (Inglés), Boreal Owl (Inglés)</t>
+  </si>
+  <si>
+    <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Este pequeño búho del tamaño de un mochuelo común posee una cabeza llamativamente grande y de aspecto aplanado en la parte superior. Debido al particular diseño de su rostro, en el que resaltan sus ojos de tamaño medio e iris amarillo, muestra una característica expresión de asombro. La coloración del plumaje es variable, pues existen ejemplares tanto marrones como grisáceos que, en cualquier caso, presentan un moteado más o menos profuso en la zona dorsal y en la cabeza, donde este resulta más delicado. Las partes ventrales son más pálidas pero aparecen intensamente manchadas de marrón claro. Los jóvenes presentan una coloración muy diferente a los adultos, pues lucen un plumaje de intenso marrón chocolate, con moteado únicamente en las primarias. El rostro también resulta oscuro y a menudo viene enmarcado por un borde blanco. El vuelo del mochuelo boreal —un ave de alas cortas y redondeadas— se asemeja bastante al del mochuelo europeo y se caracteriza por dibujar una trayectoria marcadamente ondulada.</t>
+  </si>
+  <si>
+    <t>Alauda arvensis Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Alondra común (Castellano), Aloda (Castellano), Golloría mediana (Castellano), Skylark (Inglés), Sky Lark (Inglés), Eurasian Skylark (Inglés), Alouette des champs (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Aláudido típico, de tonos pardos y estriado oscuro, con pico fuerte, cuerpo alargado y robusto, patas, alas y cola alargadas, y hábitos terrestres. La especie combina la presencia de una pequeña cresta, una máscara facial pálida, pecho estriado, borde blanco terminal en las alas — como en la calandria— y rectrices externas de la cola blancas. Su vuelo es rápido, con intenso batido de alas. Tiene una gran capacidad de maniobra en el aire, con posibilidades de cernidos prolongados y ascensiones y descensos vertiginosos .</t>
+  </si>
+  <si>
+    <t>Anexo II</t>
+  </si>
+  <si>
+    <t>Anas platyrhynchos Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Ánade azulón (Castellano), Anade azulón (Castellano), Northern Mallard (Inglés), Common Mallard (Inglés), Mallard (Inglés), Canard colvert (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>En el plumaje del macho de ánade azulón destaca el color verde brillante con irisaciones que presenta en cabeza y cuello. Un estrecho collar blanco separa a este del pecho, que es castaño. El dorso es parduzco; las partes ventrales, grises, y la popa, de color negro, resalta sobre los extremos blancos de las rectrices. El pico es amarillo con la uña negra, en tanto que las patas poseen una coloración anaranjada. Como rasgos característicos en el diseño de este ánade destacan, por un lado, las dos plumas negras y rizadas que presenta sobre la cola y, por otro, el espejuelo, de una tonalidad azul violácea —de ahí su denominación de azulón—, muy patente en vuelo. Como ocurre con la mayoría de las anátidas, esta especie presenta un acusado dimorfismo sexual. En este caso, las hembras tienen un tamaño algo menor que el del macho y son muy crípticas, con un plumaje parduzco moteado en el que tan solo resalta el espejuelo, del mismo color que en el macho. Los jóvenes muestran gran parecido con las hembras, si bien la tonalidad general es algo rojiza.</t>
+  </si>
+  <si>
+    <t>Anexo III, Anexo II</t>
+  </si>
+  <si>
+    <t>Anthus campestris (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Bisbita campestre (Castellano), Landa - txirta (Euskera), Trobat (Catalán), Pica campestre (Gallego), Tawny Pipit (Inglés), Pipit rousseline (Francés)</t>
+  </si>
+  <si>
+    <t>Bisbita caracterizado por su tamaño grande, aspecto de lavandera y coloración clara y lisa. Exhibe dorso gris arenoso, débilmente rayado, y partes inferiores de tono crema y sin estrías. Posee alas redondeadas; cola larga y con plumas externas blancas; pico anaranjado por abajo y oscuro por arriba; y patas finas de color naranja amarillento. En la cabeza muestra varias líneas contrastadas: ceja clara, línea ocular oscura, bigotera blanca con borde inferior negro, y garganta blanca. Resulta singular entre nuestros bisbitas por sus tonos arenosos claros y por la ausencia de estrías en el pecho. Ambos sexos son iguales. Los jóvenes, diferentes a los adultos, recuerdan más a otros bisbitas por su dorso rayado y escamoso y, sobre todo, por el pecho intensamente estriado. El patrón de la cara, sin embargo, resulta similar al de los adultos y muy útil en la identificación. Se trata de un ave territorial que suele observarse en solitario y en el suelo, pues raramente vuela y prefiere moverse andando.</t>
+  </si>
+  <si>
+    <t>Anthus trivialis (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Bisbita arbóreo (Castellano), Uda-txirta (Euskera), Piula dels arbres (Catalán), Pica das árbores (Gallego), Tree Pipit (Inglés), Pipit des arbres (Francés)</t>
+  </si>
+  <si>
+    <t>Exhibe dorso pardo muy estriado y vientre claro muy rayado, con fondo anaranjado en pecho y flancos. Posee alas redondeadas; cola larga y con plumas externas blancas; pico fino; y patas finas, con la uña posterior de longitud media. En la cara muestra ceja clara, así como una fina bigotera negra. Su aspecto resulta muy similar al del resto de bisbitas, especialmente el bisbita pratense, del que se distingue sutilmente por ser un poco más robusto y de tono más oliva, y por tener el pico más grueso, la uña posterior más corta, la cara más contrastada y las estrías de los flancos más finas. Ambos sexos son iguales. Los jóvenes, algo más pálidos, presentan bordes blancos en las plumas del dorso, lo que les confiere un aspecto escamoso. Se trata de un ave territorial en época de cría, cuando suele observarse en posaderos destacados. En paso, a veces forma pequeños grupos.</t>
+  </si>
+  <si>
+    <t>Apus apus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Vencejo común (Castellano), Guirri (Castellano), Sorbeltz arrunta (Euskera), Falciot negre (Catalán), Cirrio común (Gallego), Common Swift (Inglés), Swift (Inglés), European Swift (Inglés), Martinet noir (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Presenta silueta en forma de ballesta, cola corta y ahorquillada, y alas estrechas y largas. Posee pico corto, plano y con la boca muy ancha; patas emplumadas y extremadamente cortas, que le impiden posarse en el suelo; y pies pequeños y de fuertes garras, con los cuatro dedos dirigidos hacia delante. Muestra coloración uniforme de tono pardo oscuro, casi negro, excepto en la garganta, que es blanca; la cara inferior de las alas resulta un poco más pálida. En otoño, con su plumaje desgastado, es algo más claro. Ambos sexos son iguales. Los jóvenes se parecen mucho a los adultos, aunque con un tono algo más oscuro y un aspecto escamoso, por los pequeños ribetes blancos que tienen en las plumas. Esta ave es observada casi siempre en vuelo y en grupo. Las condiciones de luz, el fondo y la distancia determinan su apariencia, pudiendo confundirse con frecuencia con el vencejo pálido. Se localiza habitualmente en núcleos urbanos, volando de forma incansable a gran velocidad. Pasa la mayor parte de su vida en el aire, y únicamente se la ve posada cuando entra o sale del nido. Duerme tanto en el nido como en vuelo.</t>
+  </si>
+  <si>
+    <t>Apus pallidus (Shelley, 1870)</t>
+  </si>
+  <si>
+    <t>prueba_Vencejo pálido (Castellano), Sorbeltz arrea (Euskera), Falciot pàl.lid (Catalán), Cirrio pálido (Gallego), Pallid Swift (Inglés), Martinet pâle (Francés)</t>
+  </si>
+  <si>
+    <t>Presenta silueta en forma de ballesta, cola corta y ahorquillada, y alas largas y estrechas. Posee pico corto, plano y con la boca muy ancha; patas emplumadas y extremadamente cortas, que le impiden posarse en el suelo; y pies pequeños y de fuertes garras, con los cuatro dedos dirigidos hacia delante. Luce una coloración uniforme de tono pardo grisáceo, excepto en la garganta, que es blanca; la parte inferior interna de las alas resulta más clara. Con plumaje poco desgastado muestra un aspecto general escamoso. Se confunde fácilmente con el vencejo común, y para diferenciarlos se necesitan buenas condiciones de luz y hay que situarse a corta distancia. El vencejo pálido tiene un tono general más claro y parduzco, y mayor extensión en el blanco de la garganta; además, a veces se aprecia un antifaz más marcado, mayor contraste en la parte inferior de las alas y aspecto más escamoso. Ambos sexos son iguales. Los jóvenes, muy similares a los adultos, presentan un tono un poco más oscuro y un aspecto escamoso más marcado por la presencia de plumas ribeteadas en blanco. Esta ave pasa la mayor parte de su vida en el aire, por lo que casi siempre se la ve volando y agrupada, tanto en núcleos urbanos como en acantilados costeros y de interior.</t>
+  </si>
+  <si>
+    <t>Aquila fasciata Vieillot, 1822</t>
+  </si>
+  <si>
+    <t>prueba_Águila perdicera (Castellano), Águila-azor perdicera (Castellano), Bonelli arranoa (Euskera), Aguila cuabarrada (Catalán), Aguia de Bonelli (Gallego), Bonelli's Eagle (Inglés), Aigle de Bonelli (Francés)</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Gran águila de porte esbelto. El adulto tiene las partes inferiores pálidas, con pintas alargadas distribuidas longitudinalmente. Las partes superiores son de color pardo oscuro con una marca blanca en la espalda. En vuelo se aprecia un contraste entre el cuerpo blanquecino y las partes inferiores del ala oscuras. La cola es pálida y con una ancha banda terminal oscura. El joven del año tiene las partes inferiores, desde la garganta, de color canela (las pintas aparecen en su segundo año), mientras que las superiores son más pardas. En vuelo, las plumas de vuelo y la cola son pálidas (las primarias muestran extremos oscuros), con un fino barreado, y las cobertoras corporales anaranjadas. En la base de las primarias se ven plumas oscuras. En el plumaje de transición de jóvenes a adultos se van desarrollando los bordes oscuros en ala y cola.</t>
+  </si>
+  <si>
+    <t>Hieraaetus fasciatus Vieillot,1822</t>
+  </si>
+  <si>
+    <t>Ardea cinerea Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Garza real (Castellano), Lertxun hauskaria (Euskera), Bernat pescaire (Catalán), Gray Heron (Inglés), Grey Heron (Inglés), Héron cendré (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>La garza real es un ave de gran tamaño —la mayor de las ardeidas que frecuentan nuestro país—, de figura estilizada, largo cuello y coloración general grisácea, con un diseño variable según la edad y la época del año. Durante el periodo reproductor, la cabeza de los adultos luce una coloración blanca y aparece adornada por una línea negra y un par de largas plumas de este mismo color, en tanto que el cuello, blanco también, se halla surcado longitudinalmente por dos bandas paralelas negruzcas. El largo y afilado pico presenta un tono rojizo, y las regiones dorsales son mayoritariamente cenicientas, con una llamativa mancha negra en los hombros. Fuera de la época de cría, el diseño es menos contrastado, sin las plumas ornamentales de la cabeza y con el pico amarillento. En vuelo adopta la postura característica de las garzas, con el cuello encogido en forma de “S” y las patas estiradas sobresaliendo por detrás de la cola, si bien la garza real resulta fácilmente diferenciable del resto de sus parientes debido a su gran tamaño.</t>
+  </si>
+  <si>
+    <t>Asio flammeus (Pontoppidan, 1763)</t>
+  </si>
+  <si>
+    <t>prueba_Búho campestre (Castellano), Lechuza campestre (Castellano), Zingira-hontza (Euskera), Mussol emigrant (Catalán), Curuxa das xunqueiras (Gallego), Short-eared Owl (Inglés), Hibou des marais (Francés)</t>
+  </si>
+  <si>
+    <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>De morfología algo más estilizada que otras rapaces nocturnas, el búho campestre se caracteriza por poseer una cabeza relativamente pequeña, rematada por unos reducidos penachos cefálicos que contribuyen a descomponer la silueta del ave y que reflejan su estado de alerta. La expresión de la especie es muy característica, y en ella destacan, sobre todo, unos grandes ojos amarillos, enmarcados por llamativas manchas negras que le otorgan un aspecto ligeramente “enmascarado”. En el plumaje del ave dominan los tonos parduzcos y amarillentos en las regiones dorsales, y los ocráceos en las inferiores. Como en otras rapaces nocturnas, las plumas del búho campestre lucen un complejo diseño de manchas, barras y punteados, haciéndolo sumamente críptico. Las diferencias entre ambos sexos son muy sutiles en lo que al plumaje se refiere, si bien la hembra resulta algo más voluminosa que el macho. Los jóvenes, por su parte, presentan en general tonos más oscuros. En vuelo, el búho campestre luce unas alas largas, muy claras en su parte inferior, donde resalta una característica mancha negra en forma de coma en la zona carpal. Las puntas de las plumas primarias son negras, y tiene cola corta y con franjas. De hábitos bastante diurnos, el búho campestre caza tanto desde posaderos como batiendo el terreno a baja altura, lanzándose en picado cuando descubre una presa.</t>
+  </si>
+  <si>
+    <t>Asio otus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Búho chico (Castellano), Hontza ertaina (Euskera), Mussol banyut (Catalán), Bufo pequeño (Gallego), Long-eared Owl (Inglés), Northern Long-eared Owl (Inglés)</t>
+  </si>
+  <si>
+    <t>De aspecto estilizado y elegante, el búho chico luce un abigarrado plumaje de tonos ocres, leonados y pardorrojizos, finamente decorados por punteados y por suaves listas que lo mimetizan perfectamente con el boscoso medio que frecuenta. Como otras rapaces nocturnas, presenta una cabeza redondeada y rematada por “orejas” (penachos cefálicos), que en este caso son particularmente largos y móviles, y que sirven tanto para descomponer la silueta del ave como para indicar excitación o miedo. En la cara de este búho destaca vivamente un ribete de plumas blancas en forma de x que enmarca el pico y los ojos, de un bello color anaranjado. Los jóvenes ostentan un diseño de plumaje muy semejante, aunque mucho menos contrastado que los adultos. Cuando alza el vuelo —ondulante, tranquilo y silencioso—, esta rapaz nocturna descubre sus largas y estrechas alas, adaptadas a la caza en las lindes y los calveros del bosque.</t>
+  </si>
+  <si>
+    <t>Bubo bubo (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Búho real (Castellano), Hontza handia (Euskera), Duc (Catalán), Bufo real (Gallego), Eurasian Eagle-Owl (Inglés)</t>
+  </si>
+  <si>
+    <t>Aunque en la anatomía del búho real se identifican las características comunes a la mayoría de las rapaces nocturnas, rápidamente llaman la atención su gran tamaño —es el búho más grande de nuestra fauna—, su corpulencia, sus poderosas garras y una voluminosa cabeza rematada por largas “orejas” (penachos cefálicos) en la que resaltan unos bellos ojos de color naranja y expresión desafiante. Esta rapaz nocturna posee un plumaje muy críptico en el que predominan los tonos leonados, pardos y marrones, aunque es más oscuro en las regiones dorsales, más claro en la zona ventral —tachonada de listas y de un fino barrado— y blanquecino en la garganta. Tiene las alas largas y redondeadas, y un vuelo poderoso y rectilíneo.</t>
+  </si>
+  <si>
+    <t>Bubulcus ibis (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Garcilla bueyera (Castellano), Lertxuntxo itzaina (Euskera), Espulgabous (Catalán), Garza boeira (Gallego), Cattle Egret (Inglés), Héron garde-boeufs (Francés)</t>
+  </si>
+  <si>
+    <t>Esta garza de pequeño o mediano tamaño y formas bastante compactas se caracteriza por tener el cuello, las patas y el pico relativamente cortos y por el color mayoritariamente blanco de su plumaje, en el que apenas se aprecian diferencias sexuales. En el individuo adulto durante la época nupcial predomina el color blanco, pero adornado con tonos entre ocráceos y anaranjados en el píleo, la nuca, el pecho y la espalda; además, luce un intenso color rojizo en el pico, el ojo y las patas. El ave no reproductora es mucho más pálida, con un ligero tinte ocráceo en el píleo, el pico amarillo y las patas de un color muy variable. El joven es similar al adulto no reproductor, pero completamente blanco. Esta ave resulta muy blanca y rechoncha en vuelo, con las formas más compactas que otras garzas.</t>
+  </si>
+  <si>
+    <t>Buteo buteo (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Busardo ratonero (Castellano), Ratonero común (Castellano), Zapelatz arrunta (Euskera), Aligot comú (Catalán), Miñato común (Gallego), Eurasian Buzzard (Inglés), Common Buzzard (Inglés)</t>
+  </si>
+  <si>
+    <t>Es una rapaz de mediano tamaño, complexión robusta y coloración muy variable, que posee un aspecto bastante rechoncho cuando se la observa posada. En vuelo exhibe unas alas relativamente cortas y muy anchas y una cola no demasiado larga, que frecuentemente despliega en abanico, gracias a lo cual el ave puede practicar durante largo rato un vuelo sostenido que alterna con cernidos ocasionales. Su plumaje presenta numerosas variaciones individuales, por lo que se pueden observar desde individuos muy claros hasta ejemplares bastante oscuros. No obstante, la coloración más típica del adulto es de un tono marronáceo bastante homogéneo en las regiones dorsales y ligeramente más clara en las ventrales, donde aparece una franja pectoral blanquecina de desigual extensión. En vuelo se hacen patentes unas amplias manchas relativamente claras —muy barradas— coincidentes con las rémiges primarias y secundarias en su cara ventral. Las alas muestran el borde posterior recorrido por una banda oscura, al igual que la cola, que puede aparecer variablemente barrada. El joven presenta las partes inferiores de desiguales tonos marrones y las coberteras dorsales con bordes pálidos; además, su cola está finamente barrada, pero carece de la ancha banda terminal propia de los adultos. Visto ventralmente, no se aprecia con nitidez el reborde posterior oscuro de las alas, y tanto estas como el cuerpo dan la sensación de estar más estriados que barrados. Finalmente, a diferencia de los adultos, que poseen el iris de color oscuro, el del joven es bastante claro.</t>
+  </si>
+  <si>
+    <t>Calidris alba (Pallas, 1764)</t>
+  </si>
+  <si>
+    <t>prueba_Correlimos tridáctilo (Castellano), Txirri zuria (Euskera), Territ tresdits (Catalán), Pilro bulebule (Gallego), Sanderling (Inglés), Bécasseau sanderling (Francés)</t>
+  </si>
+  <si>
+    <t>El tridáctilo es un correlimos de buen tamaño y de plumaje bastante pálido, al que se suele ver recorriendo las playas con una veloz carrera, mientras persigue a las pequeñas presas que arrastra el oleaje. El adulto en plumaje nupcial presenta un tinte anaranjado oscuro, debido al color castaño de su cabeza, cuello y pecho, con finas estrías oscuras. Las plumas de las partes superiores son negras con muescas anaranjadas y márgenes blancos y las terciarias lucen bandas naranjas longitudinales sobre fondo negro. El vientre, sin embargo, es blanco. El adulto no reproductor es, por el contrario, de color gris muy claro, con el borde de las plumas de las partes superiores blanco y una mancha carpal oscura, mientras que el joven es algo más oscuro, con los laterales del cuello amarillentos y las plumas de las partes superiores negras con muescas blanquecinas. El plumaje de los jóvenes difiere del de los adultos por presentar mayor contraste, con píleo oscuro, laterales del cuello de color crema y dorso ajedrezado. En vuelo presenta visibles bandas pálidas longitudinales en ambas alas y el obispillo pálido, cortado en vertical por una banda negra.</t>
+  </si>
+  <si>
+    <t>Calidris alpina (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Playero común (Castellano), Correlimos común (Castellano), Correlimos común (Castellano), Txirri arrunta (Euskera), Territ variant (Catalán), Pilro curlibico (Gallego), Dunlin (Inglés), Bécasseau variable (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>El correlimos común es un ave de tamaño medio, con el pico y la patas de color oscuro. El adulto en plumaje nupcial presenta un parche ventral negro muy llamativo, con el límite más o menos difuso, y las partes superiores de tonos rojizos, negros y parduzcos, en cantidad variable en función de la subespecie. El no reproductor es de un tono gris uniforme, con el vientre blanco y tenues estrías en cuello y pecho, mientras que el juvenil es parduzco-anaranjado con un rayado difuso en el pecho y el cuello, y con los bordes de las plumas del manto de color muy claro.</t>
+  </si>
+  <si>
+    <t>Calidris canutus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Correlimos gordo (Castellano), Txirri lodia (Euskera), Territ gros (Catalán), Pilro groso (Gallego), Red Knot (Inglés), Knot (Inglés), Lesser Knot (Inglés), Bécasseau maubèche (Francés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial NT (Casi amenazado),  Península LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Se trata de una limícola de talla pequeña, rechoncha, con patas relativamente cortas (de aproximadamente la anchura del cuerpo o menos) y pico negro bastante corto y ancho. El adulto en plumaje nupcial presenta la cara y las partes inferiores de color rojo acastañado, el píleo con densas estrías marrones, las plumas de las partes superiores oscuras con muescas anaranjadas y las cobertoras alares grises con márgenes pálidos. El adulto no reproductor luce un plumaje, en general, gris bastante uniforme, con el raquis de las plumas más oscuro y una delgada orla blanca, así como una destacada ceja pálida y estrías en los lados del pecho. El joven es similar al no reproductor, pero algo más amarillento y con un doble borde negro y blanco en las plumas de las partes superiores.</t>
+  </si>
+  <si>
+    <t>Calidris ferruginea (Pontoppidan, 1763)</t>
+  </si>
+  <si>
+    <t>prueba_Correlimos zarapitín (Castellano), Correlimos zarapitín (Castellano), Txirri kurlinta (Euskera), Territ bec-llarg (Catalán), Pilro cubranco (Gallego), Curlew Sandpiper (Inglés), Bécasseau cocorli (Francés)</t>
+  </si>
+  <si>
+    <t>Esta limícola, relativamente grande y bastante estilizada, se caracteriza por tener un pico largo y algo curvado hacia abajo. El adulto en plumaje nupcial presenta la cara y las partes inferiores rojas, el píleo estriado de oscuro y las plumas de las partes superiores negras y provistas de muescas rojizas y bordes grises; el no reproductor, en cambio, es de un tono gris uniforme, luce una larga ceja blanca que contrasta con una línea ocular oscura y posee las partes inferiores blancas con los lados del pecho grises. El juvenil, por su parte, exhibe las plumas de las partes superiores de color marrón grisáceo con una banda subapical oscura y márgenes ante; las partes inferiores son blancas y el cuello y el pecho aparecen teñidos de ante y sutilmente estriados. En vuelo muestra el obispillo completamente blanco —sin ninguna barra vertical como es común en otros correlimos—, rectrices grisáceas y estrechas bandas alares longitudinales.</t>
+  </si>
+  <si>
+    <t>Calidris pugnax (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Combatiente (Castellano), Borrokalaria (Euskera), Batallaire (Catalán), Liorteiro (Gallego), Ruff (Inglés), Chevalier combattant (Francés)</t>
+  </si>
+  <si>
+    <t>El combatiente es un ave limícola más bien grande, con el cuello largo, la cabeza pequeña, el pico relativamente corto y las patas no demasiado largas. El macho en plumaje nupcial presenta un aspecto absolutamente inconfundible, ya que se adorna con una gola de plumas y unos penachos cefálicos de coloración variable — blancos, negruzcos, rayados, vermiculados— según el individuo; además, adquiere en esa época unas características rugosidades faciales. La hembra en plumaje nupcial nunca presenta golas ni orejas, si bien las plumas de sus partes superiores muestran dibujos variados; el pecho y los flancos suelen estar moteados de marrón oscuro y su vientre es claro. Los adultos no reproductores presentan un tono gris oscuro, algo más claro en los flancos y el vientre —que es blanquecino—, mientras que los juveniles tienen las plumas de las partes superiores muy bien delimitadas por bordes ante y blanco; la cabeza, el cuello y el pecho son de tonos ante, y las partes inferiores, blancas.</t>
+  </si>
+  <si>
+    <t>Anexo II, Anexo I</t>
+  </si>
+  <si>
+    <t>Philomachus pugnax (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Caprimulgus europaeus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Chotacabras europeo (Castellano), Chotacabras gris (Castellano), Pagañera (Castellano), Zata arrunta (Euskera), Enganyapastors (Catalán), Avenoiteira común (Gallego), European Nightjar (Inglés), Nightjar (Inglés), Engoulevent d'Europe (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>De tamaño algo menor que el chotacabras cuellirrojo, se diferencia de este por su coloración netamente grisácea, profusamente moteada de pardo, blanco ocráceo y negro, así como por la menor longitud de sus alas y cola. Solamente el macho luce manchas blancas en las plumas de vuelo y en los laterales de la garganta, aunque ambos sexos presentan una banda blanquecina sobre las coberteras alares y una zona oscura a la altura de los hombros. El vuelo es errático, con algunos cernidos espasmódicos y planeos con las alas en forma de “V”.</t>
+  </si>
+  <si>
+    <t>Caprimulgus ruficollis Temminck, 1820</t>
+  </si>
+  <si>
+    <t>prueba_Chotacabras cuellirrojo (Castellano), Chotacabras pardo (Castellano), Zata lepagorria (Euskera), Siboc (Catalán), Avenoiteira papuda (Gallego), Red-necked Nightjar (Inglés), Engoulevent à collier roux (Francés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial NT (Casi amenazado),  Península VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Como todos los integrantes de este orden, el chotacabras cuellirojo —el mayor representante del género Caprimulgus en Europa— es un ave que luce un plumaje extraordinariamente mimético que le permite pasar absolutamente inadvertida cuando se posa entre la hojarasca o en la rama de un árbol. Un rasgo identificativo es la posesión de una banda de color herrumbre que, a modo de collar, se extiende por la garganta y el pecho. Las alas y la cola son largas y aparecen adornadas en su extremo por llamativos ocelos blancos (visibles solo en vuelo) que resultan más evidentes en el macho. El vuelo es errático, como vaporoso, a veces operado con profundos aleteos que el ave alterna con frecuentes planeos mientras mantiene las alas en forma de “V”.</t>
+  </si>
+  <si>
+    <t>Carduelis carduelis (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Jilguero europeo (Castellano), Silguerina (Castellano), Jilguero (Castellano), Goldfinch (Inglés), European Goldfinch (Inglés)</t>
+  </si>
+  <si>
+    <t>Los jilgueros se distinguen con facilidad por el juego de vistosos colores de su plumaje. En la cabeza muestran una característica careta roja, junto a sendas manchas blanca y negra. Poseen un pico de base ancha, largo y acabado en una fina punta. Su cola es negra, con el obispillo y el extremo distal blanco; además, las plumas más externas de la cola pueden tener amplias manchas blancas. En vuelo se reconocen bien por la presencia de dos amplias bandas alares de color amarillo dorado. No hay dimorfismo sexual fácilmente perceptible, aunque los machos lucen hombros más negros y careta roja más amplia que las hembras. Por otra parte, el plumaje varía notablemente con la edad; así, antes de mudarlo a finales de verano, los volantones carecen de la coloración descrita para la cabeza, pero mantienen las distintivas franjas alares amarillas.</t>
+  </si>
+  <si>
+    <t>Cecropis daurica (Laxmann, 1769)</t>
+  </si>
+  <si>
+    <t>prueba_Golondrina dáurica (Castellano), Golondrina daúrica (Castellano), Enara ipurgorria (Euskera), Orenetea cua-rogenca (Catalán), Andoiña acalugada (Gallego), Red-rumped Swallow (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
+  </si>
+  <si>
+    <t>De apariencia similar a la golondrina común, exhibe dorso negro, con reflejos azulados, y vientre blanco sucio, con flancos anaranjados y algunas rayas tenues. Los rasgos más característicos de la especie son la nuca y la cara anaranjadas, del mismo color que el obispillo. Las alas, largas y apuntadas, también muestran tonos naranjas en la parte inferior delantera. Posee una cola muy larga y muy ahorquillada,de color negro uniforme, tanto por arriba como por abajo. Tiene patas cortas sin emplumar, boca muy ancha, y pico corto, plano y negro. Ambos sexos son iguales. Los jóvenes presentan en el dorso plumaje negro mate, con plumas ribeteadas en blanco, siendo las zonas naranjas de menor intensidad; incluso el obispillo parece blanco en ocasiones. Esta ave se observa frecuentemente cerca de puentes y roquedos, y exhibe un vuelo ágil, rápido y acrobático.</t>
+  </si>
+  <si>
+    <t>Hirundo daurica</t>
+  </si>
+  <si>
+    <t>Certhia brachydactyla Brehm, CL, 1820</t>
+  </si>
+  <si>
+    <t>prueba_Agateador europeo (Castellano), Agateador común (Castellano), Gerri-txori arrunta (Euskera), Raspinell comú (Catalán), Gabeador común (Gallego), Short-toed Tree-Creeper (Inglés), Short-toed Treecreeper (Inglés)</t>
+  </si>
+  <si>
+    <t>Ave diminuta, insectívora y forestal. Prospecta constantemente los troncos de los árboles, de los que extrae alimento con su pico, fino, largo y curvo. Su plumaje resulta muy críptico. El dorso y las alas del agateador común muestran un mosaico de colores marrones-castaños de diferentes intensidades, salpicado con motas más claras, grises o crema. Las partes inferiores de su cuerpo, por el contrario, son de color blancuzco, pero pocas veces se observan, pues pasa gran parte del día pegado a la corteza de los troncos, y solo realiza vuelos cortos y muy rápidos. Trepa habitualmente con la cabeza hacia arriba, apoyándose sobre su cola. Esta es larga, parda, y se compone de plumas con raquis grueso y libre de barbas en su extremo distal.</t>
+  </si>
+  <si>
+    <t>Cettia cetti (Temminck, 1820)</t>
+  </si>
+  <si>
+    <t>prueba_Ruiseñor bastardo (Castellano), Cetia ruiseñor (Castellano), Errekatxindorra (Euskera), Rossinyol bord (Catalán), Rousinol bravo (Gallego), Cetti's Warbler (Inglés)</t>
+  </si>
+  <si>
+    <t>Se trata de un pájaro de pequeño tamaño, de diseño muy discreto y aspecto rechoncho, con alas y cola redondeadas. Presenta el dorso de color pardo-rojizo oscuro y las zonas inferiores grisáceas, con motas claras en las infracoberteras caudales. Posee una ceja pálida, así como una zona auricular grisácea y un pico muy fino. Ambos sexos son iguales en apariencia y solamente se diferencian por pequeñas variaciones de tamaño. De hábitos escondidizos, resulta difícil de observar, pero es, en cambio, muy fácil de detectar en las espesas marañas ribereñas que frecuenta por su inconfundible y sonoro canto. Cuando se desplaza entre la vegetación, levanta y despliega frecuentemente la cola.</t>
+  </si>
+  <si>
+    <t>Chloris chloris (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Silguerina fea (Castellano), Chamariz (Castellano), Gafarrón (Castellano), Verderón común (Castellano), European Greenfinch (Inglés), Greenfinch (Inglés), Common Greenfinch (Inglés), Verdier (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Podría describirse como un “gorrión verde”. Es cabezón, con un pico ancho y fuerte. Destaca su coloración, verde esmeralda, con llamativas manchas amarillas en el hombro, en las plumas remeras de las alas y en la cola. Las hembras presentan colores más discretos que los machos, pero ambos son muy parecidos. Solamente los jóvenes resultan algo distintos, pues al salir del nido tienen plumaje moteado en las partes inferiores, y el verde de su manto y cabeza es mucho más apagado que el de los adultos. Su coloración se parece a la de verderones serranos, lúganos y verdecillos, aunque el verderón común se reconoce bien por su mayor tamaño y por poseer amplias manchas amarillas en sus alas. Cuando vuela, este detalle resulta útil para distinguirlo de verdecillos, pardillos comunes y jilgueros.</t>
+  </si>
+  <si>
+    <t>Carduelis chloris Linnaeus,1758</t>
+  </si>
+  <si>
+    <t>Chroicocephalus ridibundus (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Gaviota reidora (Castellano), Common Black-headed Gull (Inglés), Black-headed Gull (Inglés), Mouette rieuse (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Se trata de una gaviota de tamaño más bien pequeño, con un característico capuchón de color marrón chocolate, presente únicamente en el plumaje de la época de reproducción. Las hembras y los machos, en apariencia idénticos, manifiestan algunas pequeñas diferencias en cuanto a sus medidas corporales, ya que los machos poseen un mayor tamaño. El plumaje varía con la edad; así, los ejemplares adultos exhiben un diseño nupcial dominado por una tonalidad gris clara en sus partes dorsales y de un blanco puro en las ventrales, que se torna chocolate en la cabeza, donde resalta vivamente un anillo ocular incompleto de color blanco. Fuera de la época reproductora, los adultos pierden las plumas oscuras de la capucha, que quedan reducidas a una pequeña mancha en la zona auricular. El pico es de un intenso rojo negruzco. Los ejemplares juveniles, por su parte, son mayoritariamente pardogrisáceos en el dorso y carecen del llamativo capuchón oscuro, si bien la cabeza no llega a ser completamente blanca, pues presenta una mancha auricular y el píleo manchado de marrón; tras sucesivas mudas, alcanzan el plumaje definitivo en su segundo año de vida.</t>
+  </si>
+  <si>
+    <t>Larus ridibundus Linnaeus, 1766</t>
+  </si>
+  <si>
+    <t>Ciconia ciconia (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Cigüeña común (Castellano), Cigüeña blanca (Castellano), Cigüeña blanca (Castellano), Amiamoko zuria (Euskera), Zikoina zuria (Euskera), Cigonya blanca (Catalán), Cegoña común (Gallego), White Stork (Inglés), Cigogne blanche (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Ave inconfundible, de gran tamaño y notable envergadura, que luce un característico plumaje blanco, aunque con las plumas de vuelo de color negro. El pico —que es largo y apuntado— presenta una tonalidad rojiza o anaranjada muy intensa en el caso de los adultos, rojo sucio en los ejemplares juveniles y prácticamente negro en los pollos. Las patas son de un intenso color rojo anaranjado en las aves adultas y rosadas en los jóvenes. En vuelo adopta una postura característica, con el cuello y las patas estiradas.</t>
+  </si>
+  <si>
+    <t>Cinclus cinclus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Mirlo acuático europeo (Castellano), Mirlo acuático (Castellano), Ur-zozoa (Euskera), Merla d´aigua (Catalán), Merlo rieiro (Gallego), Dipper (Inglés), White-throated Dipper (Inglés)</t>
+  </si>
+  <si>
+    <t>Este paseriforme de mediano tamaño, con la cola corta y las alas más bien pequeñas, posee un cuerpo rechoncho y compacto que le otorga un aspecto característico. En su plumaje dominan los tonos pardos muy oscuros —casi negros— en el dorso, que dan paso a otros achocolatados en la cabeza, el cuello y el vientre. Luce un llamativo babero blanco que se extiende hasta el pecho. Las patas son cortas y robustas y el pico es fino en forma de daga. El joven presenta colores grisáceos en el plumaje, de aspecto escamoso; a diferencia de los adultos, luce un anillo ocular blanco, mientras que su babero —mucho menos definido y extenso— es de color crema sucio. De carácter nervioso, esta ave vuela rápidamente sobre la superficie del agua y se mueve con soltura entre las piedras del río antes de lanzarse a bucear. Cuando está posada suele mostrarse inquieta; levanta la cola y realiza continuas flexiones con las patas.</t>
+  </si>
+  <si>
+    <t>Circaetus gallicus (Gmelin, JF, 1788)</t>
+  </si>
+  <si>
+    <t>prueba_Águila culebrera (Castellano), Culebrera europea (Castellano), Arrano sugezalea (Euskera), Aguila marcenca (Catalán), Aguia cobreira (Gallego), Short-toed Snake-eagle (Inglés), Short-toed Snake Eagle (Inglés), Short-toed Eagle (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>En esta rapaz de considerable tamaño llama poderosamente la atención su voluminosa cabeza, armada de un corto pero robusto pico y dotada de grandes ojos amarillos orientados hacia el frente. Los tarsos son cortos y están rematados por dedos bastante pequeños pero robustos; tanto unos como otros quedan protegidos contra las mordeduras de los ofidios por coriáceas escamas. En el plumaje de las aves adultas —muy claro en las regiones ventrales— dominan los tonos blanquecinos variablemente barrados o moteados de pardo. En el dorso, en cambio, el color se torna a tonos marrones más o menos oscuros según los ejemplares, que se extienden por la cabeza, el cuello y el pecho del ave. En vuelo se pueden observar las secundarias barradas y la larga cola, que presenta varias bandas, de las cuales la terminal es considerablemente más ancha. Los ejemplares jóvenes aparecen menos barrados en las regiones ventrales, y las bandas de las secundarias y la cola resultan en ellos menos patentes. Dorsalmente, presentan colores más oscuros que los adultos y lucen un contrastado diseño en el que las rémiges — prácticamente negras— aparecen remarcadas por coberteras bastante pálidas. Las alas de los jóvenes son más estrechas que las de los adultos. Las capacidades de vuelo de la culebrera son notables; puede permanecer interminables horas en el aire gracias a sus habilidades veleras, proporcionadas por unas alas y una cola largas y anchas. Sorprende, además, la facilidad que demuestra un ave de tan gran porte para cernirse largo rato en un mismo punto mientras prospecta detenidamente el suelo en busca de presas.</t>
+  </si>
+  <si>
+    <t>Circus aeruginosus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Aguilucho lagunero occidental (Castellano), Aguilucho europeo occidental (Castellano), Zingira-mirotza (Euskera), Arpella vulgar (Catalán), Tartaraña das xunqueiras (Gallego), Marsh Harrier (Inglés), Eurasian Marsh Harrier (Inglés), Western Marsh Harrier (Inglés), Western Marsh-harrier (Inglés), Busard des roseaux (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>El aguilucho lagunero es una rapaz de tamaño medio y aspecto bastante estilizado, aunque ciertamente más robusto que los restantes aguiluchos presentes en nuestra fauna, a los que también supera en envergadura. La especie presenta, como es habitual en otros miembros del género Circus, un acusado dimorfismo sexual, ya que la hembra es bastante mayor y más pesada que el macho, y ambos sexos exhiben plumajes muy diferentes. En el macho adulto predominan los tonos marrones en el dorso, aunque la cabeza y la nuca son amarillentas o ligeramente grisáceas y surcadas por finas estrías oscuras. Las partes inferiores —especialmente a la altura de las patas y el bajo vientre— suelen adquirir un color rojizo, que va dando paso al crema o blanco sucio a medida que subimos hacia el pecho y la garganta, los cuales aparecen suavemente listados. Las rectrices y rémiges secundarias son grises; estas últimas describen una extensa banda alar, muy visible en vuelo . Ventralmente, las alas del macho son más bien claras —blancuzcas o de color gris pálido— y en ellas destacan fuertemente las negras rémiges primarias. Las hembras adultas, por su parte, resultan bastante más oscuras y menos contrastadas, en conjunto, que sus parejas, pues lucen un plumaje —tanto dorsal como ventralmente— dominado por los tonos pardoachocolatados, que en la cabeza, la garganta y los hombros son sustituidos por otros amarillentos o blanquecinos. Los ejemplares recién salidos del nido se parecen bastante a las hembras, aunque resultan más homogéneos y ligeramente más oscuros; además, solo presentan manchas más claras en la cabeza, la nuca y la garganta. Entre la librea juvenil y la de adulto existen varios plumajes de transición, que definen las diferentes edades del ave. Por otra parte, el aguilucho lagunero es una especie en la que no son infrecuentes los casos de melanismo y la aparición de diseños atípicos, lo que en ocasiones puede dificultar su identificación y propiciar las confusiones con especies de tamaño semejante.</t>
+  </si>
+  <si>
+    <t>Clamator glandarius (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Críalo europeo (Castellano), Críalo (Castellano), Kuku mottoduna (Euskera), Cucut reial (Catalán), Cuco real (Gallego), Great Spotted Cuckoo (Inglés), Coucou-geai (Francés)</t>
+  </si>
+  <si>
+    <t>Es un ave de tamaño medio, morfológicamente muy semejante al cuco, del que se diferencia por su aspecto más esbelto, por tener una cola más larga y por el colorido del plumaje. Este es de tono marrón grisáceo en las regiones dorsales, que aparecen salpicadas de motas blancas, al igual que ocurre con las plumas del ala. La zona ventral es de color blanquecino, con la garganta teñida de ocre-amarillento. En la cabeza luce un capirote de color gris plateado —que remata en una pequeña cresta ligeramente eréctil— y un anillo ocular rojo. El joven presenta una coloración incluso más vistosa que los adultos, pues exhibe un intenso color achocolatado con abundantes motas blancas en el dorso y unas regiones ventrales blancas, que se tornan amarillo-ocráceas en pecho y cuello. Las plumas de vuelo poseen un vistoso color rojizo, en tanto que el capirote es negro y el anillo ocular más conspicuo que el de los adultos.</t>
+  </si>
+  <si>
+    <t>Coccothraustes coccothraustes (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Picogordo (Castellano), Picogordo común (Castellano), Mokolodia (Euskera), Durbec (Catalán), Bicogroso (Gallego), Hawfinch (Inglés)</t>
+  </si>
+  <si>
+    <t>Se caracteriza por su cabeza voluminosa y con un pico muy grueso, de base notablemente ancha. A su vez, su cola corta potencia el volumen de la cabeza y el pico, además de otorgar al ave un aspecto compacto y robusto. En una observación detallada y cuidadosa se pueden diferenciar los sexos. Los machos tienen las manchas naranja y gris de la cabeza y la cara mucho más vivas que las hembras; además, las plumas internas de las alas están teñidas en los machos con un reflejo azul metálico, mientras que en las hembras es de color gris plata. Por otra parte, los jóvenes volantones se reconocen porque son de tonos pardos, sin colores vistosos en la cabeza y sin el bello tono anaranjado que poseen los adultos, tanto machos como hembras. Su vuelo es rápido y potente. Las alas desplegadas facilitan la identificación del picogordo, pues muestran con claridad dos grandes manchas blancas. En vuelo también se aprecia una característica banda terminal blanca. A pesar de sus peculiares rasgos, no resulta sencillo detectar al picogordo. Ya sea en parejas o en pequeños bandos, pasa inadvertido con facilidad, pues se trata de un ave tímida, esquiva y muy silenciosa que pulula por la parte alta de las copas de los árboles.</t>
+  </si>
+  <si>
+    <t>Columba livia Gmelin, JF, 1789</t>
+  </si>
+  <si>
+    <t>prueba_Paloma bravía (Castellano), Paloma doméstica (Castellano), Common Pigeon (Inglés), Rock DoveI (Inglés), Rock Dove (Inglés), Pigeon biset (Francés)</t>
+  </si>
+  <si>
+    <t>Ave compacta, de mediano tamaño, redondeada y de cabeza pequeña. Muestra una coloración dominante grisácea, con el obispillo blanco y dos bandas alares negras. Dado que se trata del ancestro silvestre de las palomas domésticas —con las que puede hibridarse—, presenta un aspecto muy similar a la forma “típica” de estas. Debido a la frecuente hibridación entre ambas variedades y a la presencia de muchas poblaciones cimarronas, resulta muy difícil distinguir cuándo una población es realmente silvestre o pertenece a la forma semidoméstica. Tiene un vuelo muy rápido y directo, con batidos potentes.</t>
+  </si>
+  <si>
+    <t>Columba domestica Gmelin,1789</t>
+  </si>
+  <si>
+    <t>Columba oenas Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Paloma bravía (Castellano), Paloma zurita (Castellano), Stock Pigeon (Inglés), Stock Dove (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Paloma similar a la bravía, pero de tamaño algo menor, y más ligera que la torcaz. En su plumaje, totalmente gris, destacan los tonos vinosos del cuello, el color gris pálido del obispillo y unas franjas más claras en las alas. Ambos sexos resultan similares. Tiene un vuelo más rápido y con mayor frecuencia de aleteo que la torcaz. Al volar se ve oscura la zona inferior de sus alas, que es pálida en las palomas bravía y torcaz.</t>
+  </si>
+  <si>
+    <t>Columba palumbus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Paloma torcaz (Castellano), Torcaz (Castellano), Woodpigeon (Inglés), Common Wood Pigeon (Inglés), Common Woodpigeon (Inglés), Common Wood-Pigeon (Inglés), Pigeon ramier (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Esta robusta paloma posee cuerpo grisáceo, pecho robusto prominente y rosado, y cabeza proporcionalmente pequeña. Sus manchas blancas en el cuello y las alas resultan características y fácilmente reconocibles. Exhibe un vuelo poderoso, rápido, directo y con fuertes batidos de alas, en las que destacan las bandas transversales blancas.</t>
+  </si>
+  <si>
+    <t>Corvus corax Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Cuervo grande (Castellano), Cuervo (Castellano), Erroia (Euskera), Northern Raven (Inglés), Common Raven (Inglés), Raven (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>El rasgo más llamativo del cuervo es, sin duda, su colosal tamaño, que lo convierte en el representante más voluminoso del orden de los paseriformes. Dentro de su anatomía destaca sobre todo el pico, notablemente largo, robusto y grueso. Por lo demás, luce un plumaje homogéneamente negro, con algunos brillos metálicos. El vuelo de este enorme pájaro es lento y suele intercalar aleteos con largos planeos, que el ave ejecuta gracias a sus largas alas apuntadas y a su cola en forma de cuña.</t>
+  </si>
+  <si>
+    <t>Corvus corone Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Corneja negra (Castellano), Corneja (Castellano), Carrion Crow (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés</t>
+  </si>
+  <si>
+    <t>Este córvido luce un plumaje homogéneamente negro —con algunos reflejos metálicos en la cabeza, las alas y el dorso—, el mismo color que exhibe en las patas y en su robusto pico. Puede confundirse a cierta distancia con el cuervo, si bien posee tamaño menor; alas más cortas, anchas y redondeadas; cola más corta y de borde casi recto; y una forma de vuelo diferente, en la que predominan los aleteos lentos y constantes. Por su tamaño y diseño se asemeja a los juveniles de graja, aunque la corneja cuenta con un pico más robusto y romo. A pesar de que estas aves pueden verse tanto solas como en parejas, no resulta infrecuente que se reúnan en bandos de cierta magnitud, allí donde abunde el alimento, o en dormideros.</t>
+  </si>
+  <si>
+    <t>Cuculus canorus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Cuco (Castellano), Cuco común (Castellano), Kuku arrunta (Euskera), Cucut (Catalán), Cuco vulgar (Gallego), Common Cuckoo (Inglés), European Cuckoo (Inglés), Cuckoo (Inglés), Coucou gris (Francés)</t>
+  </si>
+  <si>
+    <t>Esta ave, de tamaño medio y aspecto estilizado, se caracteriza por poseer una larga cola y unas alas apuntadas, por lo que su silueta puede confundirse en vuelo con la de una pequeña rapaz, como el cernícalo vulgar o el gavilán. En la coloración del macho dominan los tonos grises, sobre todo en el dorso, la cabeza y el cuello. Por su parte, las regiones ventrales son blancas, pero finamente barreadas. La hembra puede lucir dos tipos de plumaje: uno grisáceo, muy parecido al del macho, y otro rojizo, bastante menos frecuente que el anterior. Los inmaduros se asemejan en parte a las hembras de fase rojiza, aunque tienen las plumas orladas de blanco y una característica mancha blanca en la nuca.</t>
+  </si>
+  <si>
+    <t>Cyanistes caeruleus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Herrerillo común (Castellano), Amilotx urdina (Euskera), Mallerenga blava (Catalán), Ferreiriño azul (Gallego), Eurasian Blue Tit (Inglés), Blue Tit (Inglés)</t>
+  </si>
+  <si>
+    <t>Sus alas, cola y cabeza exhiben un bello color azulado, que se completa con un collar azul cobalto. El dorso posee tintes verdosos, y las partes inferiores son amarillentas. Presenta mejillas de color blanco en los adultos y amarillo pálido en los volantones. La coloración general podría recordar a la de un carbonero común. Pero este es notablemente mayor, con la cabeza negra y una banda de igual color que divide en dos el amarillo del pecho.</t>
+  </si>
+  <si>
+    <t>Parus caeruleus Linnaeus,1758</t>
+  </si>
+  <si>
+    <t>Delichon urbicum (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Pedrero (Castellano), Avión común occidental (Castellano), Avión común (Castellano), Enara azpizuria (Euskera), Oreneta cuablanca (Catalán), Anduriña do cu branco (Gallego), Common House-Martin (Inglés), House Martin (Inglés), Common House Martin (Inglés), Northern House-martin (Inglés), Hirondelle de fenêtre (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Pequeña golondrina de aspecto compacto, negro azulada brillante por arriba y blanca por abajo, con límites netos entre colores. Posee alas largas y apuntadas y cola corta ahorquillada de color negro; pico corto, plano y negro; boca muy ancha, y patas cortas cubiertas de finas plumas blancas. Destaca su obispillo de color blanco, la única zona clara de las partes dorsales. Ambos sexos son iguales. Los jóvenes resultan menos contrastados, más parduzcos, sobre todo por abajo, con límites difusos entre partes negras y blancas, y con puntas blancas en las terciarias. Este pájaro suele observarse en vuelo y agrupado. Su vuelo es rápido y ágil, aunque menos que en la golondrina común, y a menudo se produce a mayor altura que en esta. Se posa con frecuencia, a veces en el suelo.</t>
+  </si>
+  <si>
+    <t>Delichon urbica (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Dryocopus martius (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Pito negro (Castellano), Picamaderos negro (Castellano), Okil beltza (Euskera), Picot negre (Catalán), Peto negro (Gallego), Black Woodpecker (Inglés)</t>
+  </si>
+  <si>
+    <t>El picamaderos negro es, con diferencia, el pájaro carpintero más grande de Europa. Su identificación no ofrece la más mínima duda, pues se trata de un ave voluminosa —del tamaño de una corneja—, que luce un plumaje completamente negro, a excepción del llamativo capirote rojo que adorna la cabeza de los machos y que en las hembras queda reducido a una mancha roja sobre la nuca. El iris, debido a su color blanquecino, contrasta vivamente con el oscuro plumaje del ave. El cuello es muy largo y estrecho, en tanto que la cabeza —alargada y ligeramente aplanada— aparece rematada por un largo, cónico y poderoso pico. Los jóvenes poseen un plumaje menos brillante e intenso que los adultos, aunque recién emplumados ya presentan diferencias sexuales en la coloración del píleo.</t>
+  </si>
+  <si>
+    <t>Egretta garzetta (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Garceta común (Castellano), Garceta común (Castellano), Lertxuntxo txikia (Euskera), Martinet blanc (Catalán), Garzota (Gallego), Little Egret (Inglés)</t>
+  </si>
+  <si>
+    <t>Es una garza de mediano tamaño, de plumaje siempre blanco, con largas patas negras —a excepción de los dedos, que son amarillos— y pico largo, de color negro y en forma de daga. El individuo reproductor exhibe un par de plumas alargadas en la nuca, un grupo de plumas filamentosas y desflecadas en el pecho y el dorso y, principalmente en la época de cortejo, una pequeña área de piel desnuda situada delante del ojo, que adquiere una intensa tonalidad amarillenta. Los ejemplares no reproductores carecen de los ornamentos anteriormente mencionados, y el fragmento de piel desnuda junto al ojo es, en su caso, de color gris azulado o verdoso. El joven, por su parte, es similar al no reproductor, pero con el pico algo parduzco. En vuelo es completamente blanca y adopta la característica silueta de las ardeidas, con el cuello recogido en forma de “S” y las patas estiradas sobresaliendo por detrás de la corta cola.</t>
+  </si>
+  <si>
+    <t>Emberiza calandra Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Escribano triguero (Castellano), Crujidor (Castellano), Triguero (Castellano), Corn Bunting (Inglés), Bruant proyer (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Es un ave bastante voluminosa, de tamaño considerablemente mayor que otros escribanos, que presenta un plumaje dominado por los tonos terrosos y blanquecinos con abundantes listas, lo que le confiere un aspecto parecido al de los aláudidos. En la cabeza, no obstante, se hace evidente su pertenencia a la familia de los emberícidos, sobre todo por poseer una bigotera blanca enmarcada por una lista superior oscura y por la presencia de un pico característico —aunque más grande que el de otros escribanos— adaptado al consumo de granos.</t>
+  </si>
+  <si>
+    <t>Miliaria calandra</t>
+  </si>
+  <si>
+    <t>Emberiza cia Linnaeus, 1766</t>
+  </si>
+  <si>
+    <t>prueba_Escribano montesino (Castellano), Mendi-berdantza (Euskera), Sit negre (Catalán), Escribenta riscada (Gallego), European Rock Bunting (Inglés), Rock Bunting (Inglés), Bruant fou (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de un escribano bastante grande y voluminoso, con las alas relativamente cortas y la cola larga, que luce en la cabeza tres características listas oscuras. La cabeza, el cuello, la nuca y la parte superior del pecho son de color grisáceo, en tanto que el resto del cuerpo presenta tonos pardos o rojizos. Fuera de la estación reproductora, los machos se asemejan a las hembras y a los inmaduros, aunque en el periodo de cría su coloración se hace más brillante, con abundancia de tonos anaranjados en el pecho y en el vientre. El joven presenta un plumaje parduzco y fuertemente estriado en el pecho; la cabeza es marrón-ocre y no presenta bandas laterales.</t>
+  </si>
+  <si>
+    <t>Erithacus rubecula (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Petirrojo europeo (Castellano), Frías (Castellano), Petirrojo (Castellano), Txantxangorria (Euskera), Pit-roig (Catalán), Paporrubio (Gallego), Robin (Inglés), European Robin (Inglés), Rougegorge (Francés)</t>
+  </si>
+  <si>
+    <t>Pajarillo de constitución rechoncha, sobre todo en invierno, cuando ahueca sus plumas para generar una capa de aire caliente interior. Machos y hembras son idénticos en coloración. En su plumaje destaca la amplia mancha anaranjada que se extiende por la cara, la garganta y el pecho, la cual aparece bordeada por una irregular y sutil banda gris. El resto del plumaje resulta poco vistoso. Domina el color pardo verdoso en el dorso y las alas, y el blanco sucio en el vientre. Los jóvenes volantones, antes de la muda parcial a finales del verano, muestran un plumaje pardo, con casi todas sus plumas punteadas en su extremo con motas amarillentas. El petirrojo europeo se mueve habitualmente por el suelo en busca de insectos. Para cantar se posa en las ramas altas de los árboles, ya sea en invierno o durante la temporada de cría. Es muy agresivo, tanto con ejemplares de su misma especie como con el resto de las aves, no solo en la época reproductora, sino también durante la invernada. En este último periodo, las parejas se separan y defienden territorios individuales.</t>
+  </si>
+  <si>
+    <t>Falco columbarius Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Esmerejón (Castellano), Belatz txikia (Euskera), Esmerla (Catalán), Falcón paxareiro (Gallego), Merlin (Inglés), Faucon émerillon (Francés)</t>
+  </si>
+  <si>
+    <t>El esmerejón es un ave compacta, de reducido tamaño —es el halcón más pequeño de Europa—, de alas cortas, anchas en la base y apuntadas hacia el extremo, con las que ejecuta un vuelo rápido y potente. El plumaje presenta un notable dimorfismo sexual, ya que los machos adultos poseen el dorso y el píleo de color gris azulado y las partes inferiores rojizas e intensamente moteadas. Las hembras, sin embargo, lucen una librea mucho menos contrastada, en la que dominan los tonos marrones y rojizos en el dorso y los blancos —notablemente manchados por estrías longitudinales— en las zonas ventrales. Los inmaduros se parecen a la hembra, con las plumas más irregularmente barradas que esta y con una tonalidad general algo menos grisácea.</t>
+  </si>
+  <si>
+    <t>Ficedula hypoleuca (Pallas, 1764)</t>
+  </si>
+  <si>
+    <t>prueba_Papamoscas cerrojillo (Castellano), Euli-txori beltza (Euskera), Mastegatatxes (Catalán), Papamoscas negro (Gallego), European Pied Flycatcher (Inglés), Pied Flycatcher (Inglés), Gobemouche noir (Francés)</t>
+  </si>
+  <si>
+    <t>Es un paseriforme de pequeño tamaño, cuerpo compacto, cabeza ancha y pico fino. Fuera de la época de reproducción no hay diferencias entre los sexos en lo que al plumaje se refiere, ya que ambos lo poseen de color pardo claro por el dorso y blanco ocre en las partes inferiores. Los ojos, las patas y el pico son negros. En primavera, los machos adquieren un plumaje nupcial negro o marrón muy oscuro en las partes superiores, con una llamativa mancha blanca en la frente y un extenso panel blanco en las alas. Las partes inferiores se aclaran hasta adquirir un color blanco puro. A menudo queda algún resto de plumaje pardo en la cabeza o en las coberteras del hombro. Los jóvenes recién salidos del nido, por su parte, presentan un plumaje, en general, muy moteado de marrón claro y pardo, con aspecto escamoso.</t>
+  </si>
+  <si>
+    <t>Fringilla coelebs Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Pinzón vulgar (Castellano), Pimientera (Castellano), Txonta arrunta (Euskera), Pinsá comú (Catalán), Pimpín común (Gallego), Common Chaffinch (Inglés), Chaffinch (Inglés), Eurasian Chaffinch (Inglés), Pinson des arbres (Francés)</t>
+  </si>
+  <si>
+    <t>Tiene el tamaño de un gorrión, del que se distingue bien por poseer —tanto los machos como las hembras— una llamativa mancha blanca en el hombro, la cual es muy visible en vuelo. Además, también al volar se aprecia otra banda blanca que cruza las alas en su parte media, así como otras dos bandas blancas más en las plumas externas de la cola. Muestra un claro dimorfismo sexual. Los machos se diferencian por sus tonalidades salmón en el vientre, el pecho y las mejillas; su píleo y nuca reflejan colores grises-azulados; además, en primavera exhiben una banda negra en la frente, justo encima de la mandíbula superior del pico —que es de base ancha y no muy largo—. Las hembras, por el contrario, presentan un plumaje dominado por tonos pardos apagados y comparten con los machos el obispillo verdoso. El pinzón vulgar se puede confundir con el pinzón real. Pero esta última especie, típicamente invernante, carece de bandas blancas y luce un visible obispillo blanco. En primavera, los pinzones vulgares son aves forestales. Los machos cantan en ramas altas de árboles o arbustos que limitan con claros del bosque o que forman parte de parques, bosques de ribera o linderos en paisajes agrarios. En cambio, en invierno se agrupan en grandes bandos y se mezclan con verderones comunes, verdecillos, verderones serranos, pardillos comunes, jilgueros, pinzones reales, etc. Buscan semillas en barbechos, cardonales, dehesas, pinares, prados de montaña, etc., y se concentran en carrizales u otras masas vegetales densas para dormir.</t>
+  </si>
+  <si>
+    <t>Fulica atra Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Focha común (Castellano), Focha común (Castellano), Eurasian Coot (Inglés), Common Coot (Inglés), Coot (Inglés), European Coot (Inglés), Foulque macroule (Francés)</t>
+  </si>
+  <si>
+    <t>Este rálido robusto y de buen tamaño se caracteriza por presentar un plumaje prácticamente negro, a excepción de los flancos y las zonas inferiores, que adquieren un cierto tono grisáceo, y las puntas de las rémiges secundarias, que son blancas. El aspecto más llamativo de la anatomía de esta especie es la posesión de un escudete frontal blanco que se estrecha hacia la base del pico, también de color blanco. Fuera del agua es posible observar los peculiares dedos de la focha común, largos y festoneados por amplios lóbulos redondeados, diseñados para facilitar el avance del ave cuando nada. Los ejemplares jóvenes son bastante diferentes a los adultos, pues lucen una librea parduzca con matices grisáceos, que se aclara en la garganta y la cara; en ellos, el escudete es muy reducido y presenta una coloración ocrácea.</t>
+  </si>
+  <si>
+    <t>Anexo II, Anexo III</t>
+  </si>
+  <si>
+    <t>Galerida cristata (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Cogujada común (Castellano), Coguta (Castellano), Kutturlio arrunta (Euskera), Cogullada vulgar (Catalán), Cotovia crastada (Gallego), Crested Lark (Inglés), Cochevis huppé (Francés)</t>
+  </si>
+  <si>
+    <t>Aláudido de mediano tamaño, de tonos pardos y rayado oscuro. En la cabeza destaca la presencia de una cresta, así como su diseño facial, con un estriado muy marcado. De aspecto regordete, posee cabeza grande, pico alargado, y cola corta y redondeada. En vuelo presenta alas anchas y cola corta, esta última de tono oscuro en el centro y ante en los bordes.</t>
+  </si>
+  <si>
+    <t>Galerida theklae Brehm, AE, 1857</t>
+  </si>
+  <si>
+    <t>prueba_Cogujada montesina (Castellano), Kutturlio mokolaburra (Euskera), Cogullada fosca (Catalán), Cotovía montesa (Gallego), Thekla Lark (Inglés), Cochevis de Thékla (Francés)</t>
+  </si>
+  <si>
+    <t>Pájaro de mediano tamaño, muy similar a la cogujada común, de la que resulta difícil de distinguir. Con ella comparte su aspecto rechoncho y la presencia de una pequeña cresta. Se diferencia por su aspecto más estilizado y grisáceo, su pico y cresta algo más cortos, y, especialmente, por el moteado más marcado y nítido del pecho. En vuelo presenta el obispillo de tono pardo-anaranjado, que contrasta con el dorso y la parte inferior de las alas, blanquecinas en la cogujada montesina y ocres en la común. Suele posarse en arbustos y árboles, algo que raramente hace la cogujada común.</t>
+  </si>
+  <si>
+    <t>Garrulus glandarius (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Arrendajo euroasiático (Castellano), Arrendajo (Castellano), Jay (Inglés), Eurasian Jay (Inglés)</t>
+  </si>
+  <si>
+    <t>Esta ave, de aspecto inconfundible, se aleja bastante de la imagen sombría de otros componentes de la familia de los córvidos, pues presenta un plumaje dominado por los tonos ocres, con ciertos tintes rosados y grisáceos, los cuales se tornan blanquecinos en la zona anal. En la cabeza —algo voluminosa y dotada de un fuerte pico— resultan muy característicos el píleo —eréctil, grisáceo y listado de negro— y una visible bigotera negra. Las alas lucen un llamativo diseño, con un panel de plumas de color azul turquesa —franjeado de negro y blanco— en el hombro, y otro blanco, muy conspicuo, sobre todo en vuelo. El obispillo también es blanco y llamativo cuando el ave despliega las alas, lo que contrasta fuertemente con la negra cola. No hay diferencias significativas entre sexos en lo referente al plumaje. Los jóvenes son semejantes en patrón a los adultos, aunque algo más parduzcos y con colores menos vivos en general.</t>
+  </si>
+  <si>
+    <t>Gypaetus barbatus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Quebrantahuesos (Castellano), Ugatza (Euskera), Trencalós (Catalán), Cascaosos (Gallego), Lammergeyer (Inglés), Bearded Vulture (Inglés), Gypaète barbu (Francés)</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Mundial NT (Casi amenazado),  Península VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>El quebrantahuesos es un ave inconfundible y de gran tamaño, que puede sobrepasar los 2,80 metros de envergadura, lo que lo convierte en una de las rapaces más grandes de la fauna europea. Los ejemplares adultos se caracterizan por presentar las plumas de la cabeza de color blanquecino o ligeramente cremoso, formando una especie de corona desflecada en la zona de la nuca. En la cara del ave llama poderosamente la atención una banda oscura que, a modo de antifaz, arranca del ojo —de iris amarillo y con una conspicua esclerótica roja— y continúa hacia la base del pico, donde finalmente aparece rematada por una hirsuta barba. En ocasiones ostenta una mancha auricular negra y un collar de plumas del mismo color, que puede resultar muy evidente o, por el contrario, estar prácticamente ausente. Las regiones dorsales del adulto son de un intenso gris pizarroso, aunque finamente surcadas por líneas blancas, en tanto que las ventrales exhiben una coloración anaranjada de diferente intensidad según los ejemplares. Al parecer, dicha tonalidad se adquiere por tinción de las plumas con óxidos de hierro debido al contacto del ave con las rocas. Los individuos que acaban de abandonar el nido, por su parte, lucen una librea mucho más homogénea, dominada por los tonos pardos muy oscuros —particularmente en la cabeza—, tanto en el dorso como en las regiones ventrales, si bien estas últimas resultan algo más claras. A lo largo de sucesivas mudas, los jóvenes quebrantahuesos irán pasando por plumajes de transición hasta que alcancen la vistosa librea del adulto a la edad de ocho años. En vuelo, el quebrantahuesos (cuyo acertado nombre científico viene a significar “buitre-águila con barbas”) presenta una silueta muy longilínea, con las alas largas y relativamente estrechas (algo más anchas en los ejemplares juveniles) y una cola muy larga, en forma de cuña, que le permiten un vuelo extremadamente ágil y maniobrero, además de un perfecto control sobre las cambiantes condiciones atmosféricas de los ambientes donde vive.</t>
+  </si>
+  <si>
+    <t>Gyps fulvus (Hablizl, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Buitre común (Castellano), Buitre leonado (Castellano), Sai arrea (Euskera), Voltor comú (Catalán), Voitre común (Gallego), Abutre leonado (Gallego), Griffon Vulture (Inglés), Eurasian Griffon (Inglés), Eurasian Griffon Vulture (Inglés), Vautour fauve (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego, Gallego, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>El buitre leonado es una rapaz inmensa e inconfundible, dotada de excelentes adaptaciones para la detección y el consumo de carroñas de gran tamaño. Con más de 2,5 metros de envergadura y un peso de 6-9 kilos, este carroñero es una de las aves más voluminosas de Europa y también una de las más longevas. Apenas existe dimorfismo sexual —al margen de sutiles diferencias difícilmente apreciables en el campo— en cuanto a tamaño y diseño. Las aves adultas tienen una coloración general pardo-grisácea, con las regiones dorsales algo más pálidas, en contraste con las rémiges oscuras, mientras que las ventrales son de tonos marrones y pueden aparecer sutilmente listadas con un tono más claro. Los juveniles, por su parte, son de color marrón rojizo, más oscuro que en los adultos, y poseen un plumaje compuesto por plumas lanceoladas con finas estrías claras, que son renovadas progresivamente por otras de perfil redondeado. Visto de cerca, en el aspecto del buitre leonado llaman la atención varios detalles morfológicos en la cabeza y el cuello, como el poderoso pico, la característica gola de plumas y el largo y desplumado cuello, cubierto tan solo por un fino plumón, que se adapta perfectamente a la explotación del interior de los cadáveres. Es precisamente en esta zona anatómica de la rapaz donde se pueden apreciar con mayor facilidad las diferentes edades de las aves. Así, los buitres adultos tienen el pico de color hueso, la gola blanca y algodonosa, el plumón de la cabeza claro y el iris de color amarillento o ambarino, mientras que los ejemplares juveniles lucen una gola muy patente y desflecada, compuesta por largas plumas lanceoladas de color rojizo, y tienen el iris y el pico negros. A medida que transcurren los años, los buitres leonados van pasando por diferentes plumajes intermedios —que también afectan a los caracteres antes descritos—, en los que, progresivamente, adquieren la librea del adulto, cosa que sucede cuando cuentan con siete u ocho años. Visto en vuelo, el buitre leonado —que se remonta con las alas ligeramente en “V”— ofrece una silueta inconfundible, con las alas largas y anchas y una reducida cola. También en estos momentos se pueden diferenciar las edades de las aves, ya que los adultos tienen, comparativamente, la cola más corta que los juveniles y el borde posterior del ala más recto, mientras que estos lo presentan aserrado.</t>
+  </si>
+  <si>
+    <t>Hieraaetus pennatus (Gmelin, JF, 1788)</t>
+  </si>
+  <si>
+    <t>prueba_Aguililla calzada (Castellano), Águila calzada (Castellano), Arrano txikia (Euskera), Águila calçada (Catalán), Aguia calzada (Gallego), Booted Eagle (Inglés), Aigle botté (Francés)</t>
+  </si>
+  <si>
+    <t>Es una rapaz de tamaño medio, formas estilizadas, alas largas y estrechas, tarsos completamente emplumados y vuelo ágil, que se caracteriza por presentar dos plumajes completamente diferentes: uno claro —mucho más frecuente— y otro oscuro, además de coloraciones intermedias entre ambos. Esta característica nada tiene que ver con el sexo o la edad del ave. Los ejemplares con plumaje claro lucen una tonalidad casi blanca en las partes ventrales —aunque la zona de la garganta y el pecho aparece variablemente listada—, a excepción de las rémiges, que son casi negras, y la cola, de tonalidad grisácea. En el plumaje oscuro dominan los tonos acastañados de diferente intensidad en las regiones ventrales, lo que, dado el tamaño del ave, puede llevar a confundirla —sobre todo si las condiciones de observación no son óptimas— con rapaces de coloración y porte parecidos, como el milano negro o la hembra de aguilucho lagunero. El plumaje intermedio es similar al pálido, pero rojizo o parduzco, en lugar de blanquecino. Dorsalmente, todas las fases de color son idénticas, con el obispillo pálido, llamativas plumas escapulares de color blanco y un característico diseño de plumas doradas, parduzcas y marrones. El joven, por su parte, presenta las coberteras alares —sobre todo, las grandes— con bordes pálidos, en tanto que el pecho y la garganta aparecen más listados que en los adultos. En vuelo, las alas y la cola revelan un fino borde posterior pálido. En las regiones dorsales, las coberteras alares dibujan un panel longitudinal de color muy claro, más evidente que en el adulto. Otro carácter distintivo de la edad es que los inmaduros tienen las alas más estrechas que el adulto.</t>
+  </si>
+  <si>
+    <t>Aquila pennata</t>
+  </si>
+  <si>
+    <t>Himantopus himantopus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Cigüeñuela común (Castellano), Cigüeñuela (Castellano), Cigueñela común (Castellano), Zankaluzea (Euskera), Cames llargues (Catalán), Pernalonga (Gallego), Black-winged Stilt (Inglés)</t>
+  </si>
+  <si>
+    <t>Se trata de un ave limícola de aspecto peculiar e inconfundible, que se caracteriza, sobre todo, por poseer unas larguísimas patas de color rojo y un pico largo, fino y agudo. Las regiones dorsales son oscuras, de un negro irisado en los machos adultos y parduzco en las hembras; el cuello y el píleo lucen una cantidad variable de negro, dependiendo del individuo, mientras que el resto del cuerpo de estas estilizadas aves es completamente blanco. Los jóvenes presentan las partes superiores de color marrón jaspeado y las inferiores blancas. En vuelo, la cigüeñuela resulta también inconfundible, ya que su modo de estirar las patas y el cuello le confiere un aspecto extrañamente alargado.</t>
+  </si>
+  <si>
+    <t>Hippolais polyglotta (Vieillot, 1817)</t>
+  </si>
+  <si>
+    <t>prueba_Zarcero políglota (Castellano), Zarcero común (Castellano), Sasi-txori arrunta (Euskera), Bosqueta vulgar (Catalán), Folosa amarela (Gallego), Melodious Warbler (Inglés), Hypolaïs polyglotte (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de un pájaro de tamaño pequeño y tonos generales amarillo-verdosos. Presenta el dorso de color verde grisáceo y la zona ventral amarillenta (más pálida en los jóvenes). Es muy similar al raro zarcero icterino, del que resulta difícil de distinguir en el campo. Algunos ejemplares muy pálidos o con el plumaje muy desgastado pueden generar también confusión con otras especies, como el zarcero pálido o la curruca mosquitera. Ambos sexos son similares.</t>
+  </si>
+  <si>
+    <t>Hirundo rustica Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Golondrina común (Castellano), Andorina (Castellano), Golondrina (Castellano), Enara arrunta (Euskera), Oreneta vulgar (Catalán), Anduriña común (Gallego), Barn Swallow (Inglés), Swallow (Inglés), European Swallow (Inglés), Hirondelle de cheminée (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Ave delicada, grácil y aerodinámica, de color negro, con reflejos azules metálicos por arriba y blancos crema en las partes inferiores. Tiene la frente y la garganta rojas y un collar negro. Las alas, largas y apuntadas, muestran tonos blancos en la parte inferior delantera. Su cola, muy larga y ahorquillada, es de color negro, con pequeños óvalos blancos cuando la extiende. Posee patas cortas sin emplumar, boca muy ancha, y pico corto, plano y negro. Presenta variación latitudinal en el tamaño corporal y en la longitud de la cola, que son menores hacia el sur. Aunque ambos sexos se parecen, la hembra es menos brillante, más blanca por abajo y con la cola más corta. Los jóvenes lucen tonos negros mate, tienen la frente y la garganta naranjas y una cola mucho más corta. De vuelo ágil, rápido y acrobático, la golondrina común ocupa en el espacio aéreo las capas bajas, por debajo de aviones y vencejos.</t>
+  </si>
+  <si>
+    <t>Ixobrychus minutus (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Avetorillo (Castellano), Avetorillo común (Castellano), Avetorillo común (Castellano), Amiltxori txikia (Euskera), Martinet menut (Catalán), Garza pequena (Gallego), Little Bittern (Inglés), Common Little Bittern (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>El pequeño y discreto avetorillo, inconfundible por su tamaño, es la garza más pequeña de la fauna europea. La especie presenta cierto dimorfismo sexual: el macho adulto luce los flancos de color crema, el dorso negro, las partes inferiores y el cuello de tonos rosados, las mejillas grisáceas y el píleo y la nuca también negros; la hembra adulta es similar, pero menos contrastada y de tonalidad, en conjunto, más parduzca. Los jóvenes, de un tono general pardo-grisáceo, poseen un diseño similar al de la hembra, aunque con los flancos y el píleo muy desdibujados.</t>
+  </si>
+  <si>
+    <t>Jynx torquilla Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Torcecuello (Castellano), Torcecuello euroasiático (Castellano), Lepitzulia (Euskera), Colltort (Catalán), Peto formigueiro (Gallego), Wryneck (Inglés), European Wryneck (Inglés), Eurasian Wryneck (Inglés), Torcol (Francés)</t>
+  </si>
+  <si>
+    <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Este pícido de pequeño tamaño posee un aspecto característico y notables singularidades morfológicas que lo diferencian de los restantes componentes de la familia, dentro de la cual constituye una subfamilia independiente. En contraposición a los contrastados coloridos de otros pájaros carpinteros, el torcecuello luce una librea muy críptica, de color pardo grisáceo y profusamente manchada de punteados y barrados, que recuerda inmediatamente a la de los chotacabras o las rapaces nocturnas. La especie no presenta apenas dimorfismo sexual y su aspecto general resulta bastante diferente del de otros pícidos, pues recuerda en ocasiones al de un paseriforme, ya que suele deambular a saltos por el suelo, prefiere posarse en ramas horizontales (en lugar de hacerlo por los troncos) y carece de algunas de las características propias del grupo, como las rígidas rectrices (sustituidas en su caso por largas plumas blandas) y el fornido pico para perforar la madera, algo que el torcecuello jamás intenta.</t>
+  </si>
+  <si>
+    <t>Lanius collurio Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Alcaudón dorsirrojo (Castellano), Antzandobi arrunta (Euskera), Escorxador (Catalán), Picanzo vermello (Gallego), Red-backed Shrike (Inglés), Pie-grièche écorcheur (Francés)</t>
+  </si>
+  <si>
+    <t>Como el resto de los alcaudones, se distingue de otros pájaros por su voluminosa cabeza con antifaz, su larga cola y un pico con el extremo sutilmente ganchudo. El macho tiene la cabeza de color gris ceniza y las alas, el dorso y el obispillo de color pardo castaño. Las hembras son muy similares, aunque con la cabeza teñida de colores ocres y el pecho finamente barreado de marcas pardas. Los jóvenes son pardos, con el antifaz débilmente marcado y el pecho notablemente barreado. Se parecen mucho a los juveniles de alcaudón común, aunque los alcaudones dorsirrojos poseen varios rasgos diferenciales. Entre los más fácilmente apreciables destacan su obispillo pardo rojizo y la ausencia de una distintiva mancha blanca en la base de las plumas del ala.</t>
+  </si>
+  <si>
+    <t>Larus audouinii Payraudeau, 1826</t>
+  </si>
+  <si>
+    <t>prueba_Gaviota de Audouin (Castellano), Audouin kaioa (Euskera), Gavina corsa (Catalán), Gaivota de Audouin (Gallego), Audouin's Gull (Inglés), Goéland d'Audouin (Francés)</t>
+  </si>
+  <si>
+    <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Península VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Se trata de una gaviota de tamaño relativamente grande y forma estilizada, cuyos adultos en plumaje nupcial presentan las zonas dorsales de color gris claro, en tanto que las ventrales, la cabeza y el cuello, son completamente blancos. El pico, de colores rojo, negro y amarillo, resulta en conjunto bastante oscuro y constituye un carácter claramente distintivo respecto a otras gaviotas. Las patas son oliváceas y el anillo ocular rojo. En vuelo pueden observarse los extremos negros de las primarias, que resaltan vivamente sobre el resto, muy claro. No existen diferencias significativas en el plumaje de los adultos durante el periodo invernal en comparación con el estival. En los jóvenes, que tardan cuatro años en adquirir la librea definitiva, predominan los tonos parduzcos muy manchados.</t>
+  </si>
+  <si>
+    <t>Ichthyaetus audouinii (Payraudeau, 1826)</t>
+  </si>
+  <si>
+    <t>Larus fuscus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Gaviota sombría (Castellano), Gaviota sombría (Castellano), Kaio iluna (Euskera), Lesser Black-backed Gull (Inglés), Goéland brun (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Es una gaviota de tamaño grande y de dorso muy oscuro, en mayor o menor medida según la subespecie. Las hembras y los machos son idénticos en apariencia, aunque con pequeñas diferencias de tamaño entre ambos sexos, ya que el macho es algo mayor. El plumaje definitivo de estas aves es completamente blanco en las regiones ventrales y de un intenso color gris en las dorsales, en tanto que las patas y el pico resultan de un vivo color amarillo, al igual que el iris, que luce un anillo ocular rojo. Los ejemplares jóvenes, en cambio, presentan una librea dominada por los tonos marrones y blanco sucio, con abundantes motas y estrías; el pico es negro y las patas rosadas. Realizan tres mudas en sucesivos veranos, hasta alcanzar en su cuarto año de vida un plumaje prácticamente idéntico al del adulto, con ligeras diferencias que desaparecerán tras la muda del año siguiente.</t>
+  </si>
+  <si>
+    <t>Larus marinus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Gavión (Castellano), Gavión atlántico (Castellano), Kaio beltza (Euskera), Gavinot (Catalán), Gaivoton (Gallego), Great Black-backed Gull (Inglés), Greater Black-backed Gull (Inglés), Goéland marin (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Es la gaviota de mayor tamaño y de dorso más oscuro, prácticamente negro. Tiene las patas rosadas, diferentes a las de la gaviota sombría, de color amarillo. Realiza tres mudas en veranos sucesivos, hasta que en su cuarto año de vida adquiere su plumaje definitivo, tipo adulto; no obstante, algunos ejemplares aún pueden retener algún carácter inmaduro a esa edad.</t>
+  </si>
+  <si>
+    <t>Limosa lapponica (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Aguja colipinta (Castellano), Kuliska gorria (Euskera), Tètol cuabarrat (Catalán), Agulla colipinta (Gallego), Bar-tailed Godwit (Inglés), Barge rousse (Francés)</t>
+  </si>
+  <si>
+    <t>La aguja colipinta es una limícola de buen tamaño, de aspecto muy semejante al de su pariente la aguja colinegra, de la que se diferencia, además de por algunas características del plumaje, por la menor longitud de sus patas y por el tamaño y forma del pico, que —dentro de su notable longitud— es más corto y ligeramente curvado hacia arriba. El macho tiene el pico oscuro durante el periodo reproductor y presenta la cabeza, el cuello, el pecho y las regiones inferiores de color castaño rojizo, mientras que las plumas de la región dorsal son oscuras con rebordes claros. En el plumaje nupcial de la hembra, en cambio, apenas se da el castaño rojizo, pues en su librea domina el color ante levemente anaranjado, que se torna blanco en la zona ventral. El pico es algo más largo que el del macho y su base, ligeramente naranja. El adulto no reproductor presenta un tono general grisáceo, aunque las plumas de las partes superiores tienen un borde claro muy definido, lo que le confiere un aspecto más escamoso que el de la aguja colinegra. Los ejemplares juveniles, por su parte, se asemejan bastante a las hembras en plumaje nupcial, aunque con tonos más apagados.</t>
+  </si>
+  <si>
+    <t>Anexo I, Anexo II</t>
+  </si>
+  <si>
+    <t>Linaria cannabina (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Pardillo común (Castellano), Common Linnet (Inglés), Eurasian Linnet (Inglés), Linnet (Inglés), Martin triste (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>El pardillo es un pájaro estilizado, delgado, de pico corto y con cola larga y escotada. Su plumaje tiene color pardo en el dorso y ocre muy pálido en los flancos y el vientre. Presenta pintas alargadas o estrías, mucho más abundantes y visibles en las hembras. Además, los machos resultan inconfundibles en primavera, pues lucen un llamativo color carmín en la frente y el pecho. En vuelo, ambos sexos y los jóvenes del año muestran una débil pero perceptible mancha blanca, que destaca sobre el color negruzco de sus alas. Asimismo, el par de plumas externo de la cola es de color blanco. Tanto las hembras como los jóvenes del año, por su plumaje poco llamativo, se pueden confundir con bisbitas pratenses o con hembras y jóvenes de escribanos. No obstante, los bisbitas tienen un pico fino y largo y —más importante— “caminan”, mientras que los pardillos, como el resto de los fringílidos, “saltan” cuando se desplazan por el suelo. A su vez, la costumbre de los pardillos de buscar el alimento en el suelo los diferencia de los escribanos, a los que se observa habitualmente posados en ramas de arbustos. Los escribanos, son, además, de talla mayor y menos gregarios que los pardillos. Fuera de la época reproductora, el pardillo común se mueve en grandes bandos, que muchas veces son mixtos, pues se mezcla con otros fringílidos, como verdecillos, jilgueros, verderones comunes, lúganos, etc.</t>
+  </si>
+  <si>
+    <t>Carduelis cannabina Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>Lophophanes cristatus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Herrerillo capuchino (Castellano), Amilotx mottoduna (Euskera), Mallerenga emplomallada (Catalán), Ferreiriño cristado (Gallego), European Crested Tit (Inglés), Crested Tit (Inglés)</t>
+  </si>
+  <si>
+    <t>Pequeño pajarillo de apariencia inconfundible, gracias sobre todo a su característica cresta triangular y apuntada, de plumas blancas y negras y que despliega habitualmente. Su cara es también un juego de bandas negras y blancas: presenta una conspicua corbata negra que se prolonga a modo de collar; además tiene una línea ocular negra, y otra que recorre la mejilla, siempre sobre fondo claro o blanco. Por el contrario, el dorso, las alas y la cola son de color pardo oscuro, que contrasta con los flancos, el pecho y el vientre, de un tono gris-canela muy apagado. Al igual que los carboneros garrapinos u otros páridos, habita en bosques de coníferas (pinos, abetos, etc.). Pero también se localiza en formaciones de frondosas —caducifolias y perennes— y se observa en áreas ajardinadas. No es un ave especialmente gregaria, pero en otoño e invierno puede constituir pequeños grupos de 2-10 individuos, que exploran conjuntamente tanto el suelo como, sobre todo, la corteza, las ramas y las hojas de los árboles. Con frecuencia se mezcla con otros páridos, con agateadores y con reyezuelos, conformando ruidosos bandos mixtos.</t>
+  </si>
+  <si>
+    <t>Parus cristatus Linnaeus,1758</t>
+  </si>
+  <si>
+    <t>Loxia curvirostra Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Piquituerto común (Castellano), Piquituerto (Castellano), Mokokerra (Euskera), Trencapinyes comú (Catalán), Cruzabico común (Gallego), Red Crossbill (Inglés), Crossbill (Inglés), Common Crossbill (Inglés)</t>
+  </si>
+  <si>
+    <t>Ave similar en tamaño al gorrión, pero más corpulenta y de cabeza grande, que hace que parezca que no tiene cuello. Los machos adultos muestran una coloración rojiza, mientras que las hembras lucen un plumaje verdoso. Los jóvenes volantones tienen colores muy apagados, con estrías bastante marcadas en el pecho y los flancos; solamente el obispillo es algo verdoso. Tras renovar el plumaje pocos meses después de nacer, los jóvenes machos adquieren una tonalidad rojiza que no resulta tan vistosa como en los adultos. Paralelamente, las hembras jóvenes pierden las estrías y adoptan un plumaje verdoso más uniforme. El piquituerto común frecuenta las ramas externas y más altas de los pinos en busca de piñones. Aparece posado o realizando pequeños vuelos acrobáticos, siendo incluso capaz de colgarse de una piña sujeto solamente por el pico.</t>
+  </si>
+  <si>
+    <t>Lullula arborea (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Alondra totovía (Castellano), Totovía (Castellano), Pirripioa (Euskera), Cotoliu (Catalán), Cotovía pequena (Gallego), Wood Lark (Inglés), Woodlark (Inglés)</t>
+  </si>
+  <si>
+    <t>Presenta un aspecto similar al de otros aláudidos, con una coloración de tonos pardos crípticos. De complexión rechoncha, tiene moño pequeño, cola corta y oscura, y rectrices externas blancas. Su diseño facial es muy contrastado, y posee una característica mancha blanquinegra en el borde anterior del ala. Exhibe un vuelo rápido de fuertes batidos, con pronunciadas ascensiones y descensos.</t>
+  </si>
+  <si>
+    <t>Luscinia megarhynchos Brehm, CL, 1831</t>
+  </si>
+  <si>
+    <t>prueba_Ruiseñor común (Castellano), Urretxindorra (Euskera), Rossinyol (Catalán), Rousinol común (Gallego), Nightingale (Inglés), Common Nightingale (Inglés), Rossignol philomèle (Francés)</t>
+  </si>
+  <si>
+    <t>Ave estilizada, de pico fino y cola larga. Hembras y machos son iguales. Su manto y sus alas presentan un color pardo ocráceo uniforme, excepto en la cola, que posee un distintivo tono pardo rojizo. Las partes inferiores, mucho más claras, tienen color blanco crema. Este pájaro, muy escondidizo, rara vez abandona la protección de la espesura de la vegetación, pero resulta muy fácil de detectar por su inconfundible canto, muy sonoro, emitido incansablemente durante el día y la noche. Los jóvenes volantones, previamente a la muda parcial de su plumaje que tiene lugar antes de que comience la migración, exhiben un plumaje pardo que muestra plumas manchadas en su extremo con motas amarillentas. Los adultos se pueden confundir con carriceros comunes y ruiseñores bastardos, con los que a veces conviven en malezas ribereñas. Sin embargo, los carriceros presentan un tono ocre más pálido y amarillento, y carecen de la cola rojiza que luce el ruiseñor común. Lo mismo sucede con el ruiseñor bastardo, que además tiene una conspicua línea blanca sobre el ojo y posee unas alas y una cola cortas y redondeadas.</t>
+  </si>
+  <si>
+    <t>Mareca strepera (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Ánade friso (Castellano), Anade friso (Castellano), Ánade friso (Castellano), Gadwall (Inglés), Canard chipeau (Francés)</t>
+  </si>
+  <si>
+    <t>De tamaño algo menor que el azulón, el ánade friso resulta un ave esbelta, de plumaje bastante apagado y uniforme —que en los machos presenta durante el periodo nupcial tonos grises finamente vermiculados—, con la popa negra y el espejuelo blanco, particularmente visible y principal rasgo distintivo de la especie. La hembra es parduzca, mientras que en la coloración de los jóvenes, aunque parecida a la de la hembra, resaltan unos tintes más rojizos. En vuelo, destacan el espejuelo blanco y unas manchas castañas en la parte superior de las alas.</t>
+  </si>
+  <si>
+    <t>Anas strepera Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>Merops apiaster Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Abejaruco común (Castellano), Abejaruco europeo (Castellano), Abejaruco (Castellano), Erlatxoria (Euskera), Abellerol (Catalán), Abellaruco común (Gallego), Bee-eater (Inglés), European Bee-eater (Inglés), Guêpier d'Europe (Francés)</t>
+  </si>
+  <si>
+    <t>Esta ave, del tamaño de un zorzal común, se distingue por su llamativa combinación de colores. Presenta un pico largo y curvado, con una cola también larga, especialmente las dos plumas centrales, que le proporcionan un aspecto estilizado. Su coloración resulta muy vistosa, con partes dorsales rojizas, amarillas y verdosas, y zonas inferiores verdosas y azuladas. Además destaca su garganta amarilla, delimitada por una línea inferior y un antifaz negro. El iris es de color rojo sangre. Apenas existen diferencias entre ambos sexos. Los machos lucen un color castaño más oscuro y brillante en las zonas dorsales, mientras que las hembras poseen tonalidades más verdosas en las alas y en el obispillo. Los jóvenes son de colorido más apagado y tonos más verdosos, con el iris marrón y con la línea negra de la garganta poco definida o ausente.</t>
+  </si>
+  <si>
+    <t>Milvus migrans (Boddaert, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Milano negro (Castellano), Miru beltza (Euskera), Milà negre (Catalán), Miñato negro (Gallego), Black Kite (Inglés)</t>
+  </si>
+  <si>
+    <t>Esta rapaz de mediano tamaño y coloración general bastante oscura se caracteriza por poseer unas alas más bien largas, así como una larga cola ahorquillada, si bien bastante menos que la de su cercano pariente, el milano real, que ofrece un aspecto más estilizado y es de mayor tamaño. El adulto luce una coloración considerablemente oscura en conjunto, aunque con la cabeza de color grisáceo y finamente listada; las partes inferiores se muestran algo rojizas y aparecen surcadas longitudinalmente por motas alargadas, en tanto que las coberteras alares presentan bordes bastante claros, por lo que definen un característico dibujo dorsal. La cola es marrón-grisácea con abundante barrado. El plumaje del joven es más claro y ostenta un patente moteado pálido en las regiones ventrales, mientras que en las dorsales las coberteras aparecen orladas de color crema, lo que le otorga un aspecto escamoso. La cola no es tan ahorquillada como en el adulto (a veces incluso carece de escotadura), en tanto que las alas, en su parte inferior, muestran dos grandes parches más claros que el resto, aunque no demasiado evidentes. En vuelo, el milano negro es un ave ágil que muestra una extraordinaria capacidad para maniobrar en el aire, aunque no resulta tan elegante como el milano real.</t>
+  </si>
+  <si>
+    <t>Monticola solitarius (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Roquero solitario (Castellano), Harkaitz-zozo urdina (Euskera), Merla blava (Catalán), Merlo azul (Gallego), Blue Rock Thrush (Inglés), Blue Rock-thrush (Inglés), Merle bleu (Francés)</t>
+  </si>
+  <si>
+    <t>Los roqueros solitarios se reconocen con facilidad. El macho posee un plumaje azul oscuro muy característico. La hembra tiene una librea gris o gris-parda, y en las partes inferiores presenta un suave jaspeado con motas blancas. Se pueden confundir con los mirlos, pero estos son más grandes y corpulentos, y los roqueros mucho más estilizados y colilargos; además, a diferencia de aquellos, suelen habitar en zonas rocosas.</t>
+  </si>
+  <si>
+    <t>Motacilla alba Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Aguzanieves (Castellano), Lavandera blanca (Castellano), Corricandela (Castellano), Buztanikara zuria (Euskera), Cuereta blanca (Catalán), Lavandeira branca (Gallego), White Wagtail (Inglés), Pied Wagtail and White Wagtail (Inglés), Bergeronnette grise (Francés)</t>
+  </si>
+  <si>
+    <t>Pájaro estilizado de aspecto muy distintivo, con larga cola y tonos blancos, negros y grises. Exhibe dorso gris ceniza, vientre blanco, y alas negras y con bandas blancas cuando están plegadas. Posee cola larga y negra, con plumas externas blancas, y patas y pico negros. El patrón de la cabeza resulta muy contrastado, con la cara blanca rodeada arriba y abajo de negro. Luce un plumaje invernal similar, aunque el color negro en la cabeza está más reducido, y muestra garganta blanca y banda pectoral negra. La lavandera enlutada (M. a. yarrelli), de origen británico, presenta tonos negros en dorso y flancos. Ambos sexos son parecidos, pero la hembra tiene la nuca gris. Los jóvenes resultan más uniformes, sin negro en la cabeza y con banda pectoral grisácea. Un hábito destacado de esta ave es el continuo balanceo de la cola. En invierno se vuelve muy gregaria y se reúne en dormideros.</t>
+  </si>
+  <si>
+    <t>Motacilla cinerea Tunstall, 1771</t>
+  </si>
+  <si>
+    <t>prueba_Lavandera cascadeña (Castellano), Buztanikara horia (Euskera), Cuereta torrentera (Catalán), Lavandeira real (Gallego), Gray Wagtail (Inglés), Grey Wagtail (Inglés), Bergeronnette des ruisseaux (Francés)</t>
+  </si>
+  <si>
+    <t>Pájaro muy estilizado y distintivo, de larga cola y con tonos grises y amarillos. Exhibe dorso gris ceniza, alas plegadas negras y sin bandas blancas, y partes inferiores y obispillo amarillos. Posee cola muy larga y negra, con plumas externas blancas, y patas y pico negros. La cabeza es gris, con garganta y babero negros, y con dos marcadas líneas blancas en ceja y bigotera. Luce un plumaje invernal similar, aunque con la garganta blanca, así como parte de las zonas inferiores. La subespecie canaria, canariensis, muestra tonos amarillos más intensos, a veces casi anaranjados, en la región ventral. Ambos sexos son parecidos, pero la hembra nunca tiene la garganta negra y es menos amarilla por abajo. Los jóvenes recuerdan a una hembra en plumaje invernal, aunque con tonos más suaves. Dos hábitos destacados de esta ave son el continuo balanceo de la cola y su casi siempre cercana presencia a los cursos de agua.</t>
+  </si>
+  <si>
+    <t>Motacilla flava Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Lavandera boyera (Castellano), Larre-buztanikara (Euskera), Cuereta groga (Catalán), Lavandeira amarela (Gallego), Western Yellow Wagtail (Inglés), Yellow Wagtail (Inglés), Bergeronnette printanière (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de la más compacta, verdosa y colicorta de las lavanderas españolas. Exhibe dorso y obispillo de color verde oliva, alas plegadas con plumas negras orladas en blanco, y partes inferiores muy amarillas. Posee cola larga y negra, con plumas externas blancas, y patas y pico negros. La cabeza es gris azulada, con garganta y ceja blancas, y regiones ocular y auricular oscuras. Todo lo anterior se refiere al macho nupcial de la subespecie iberiae. Los machos de otras razas se diferencian por las siguientes características: flava tiene garganta amarilla y zona auricular más clara; flavissima luce ceja amarilla y cabeza verdosa; cinereocapilla presenta ceja muy reducida o ausente; thunbergi muestra garganta amarilla y cabeza gris pizarra sin ceja; y feldegg es como la anterior, pero con la cabeza negra. Ambos sexos son parecidos, pero la hembra está menos coloreada, con la cabeza gris verdosa y las partes inferiores de color amarillo tenue. Pese a que existen leves diferencias entre las hembras de cada subespecie, su separación resulta muy difícil. Los jóvenes son similares a las hembras, aunque más verdosos. En plumaje otoñal, los machos de todas las subespecies parecen hembras en plumaje nupcial, siendo difícil la identificación racial. A su vez, las hembras se vuelven parduzcas en otoño y exhiben un collar incompleto en el pecho. Un hábito destacado de esta ave es su asociación con el ganado, sobre todo vacuno.</t>
+  </si>
+  <si>
+    <t>Muscicapa striata (Pallas, 1764)</t>
+  </si>
+  <si>
+    <t>prueba_Papamoscas gris (Castellano), Euli-txori grisa (Euskera), Papamosques gris (Catalán), Papamoscas cincento (Gallego), Spotted Flycatcher (Inglés), Gobemouche gris (Francés)</t>
+  </si>
+  <si>
+    <t>Algo más grande que el papamoscas cerrojillo, el gris posee cabeza voluminosa y pico fino, de insectívoro típico. La coloración de los adultos es bastante homogénea, y en ella predominan los tonos grisáceos en el dorso y los blanquecinos en el vientre. Sin diferencias significativas entre ambos sexos, no existe ningún rasgo especialmente llamativo en su diseño, apenas un tenue listado en la cabeza, la garganta y el pecho. Los jóvenes, por su parte, exhiben una coloración algo parduzca y menos lisa, en general, que los adultos.</t>
+  </si>
+  <si>
+    <t>Numenius phaeopus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Zarapito trinador (Castellano), Kurlinta bekainduna (Euskera), Polit cantaire (Catalán), Mazarico galego (Gallego), Phaeopus Whimbrel (Inglés), Whimbrel (Inglés), Courlis corlieu (Francés)</t>
+  </si>
+  <si>
+    <t>Esta limícola de tamaño entre mediano y grande, muy similar al zarapito real pero de menor talla, se caracteriza por poseer un largo pico curvado, aunque considerablemente más reducido que el de su pariente. Las patas en esta especie son azuladas y algo más cortas que la anchura del cuerpo. Como carácter distintivo posee patentes marcas cefálicas consistentes en un píleo oscuro, atravesado por una fina lista pileal más clara, cejas blanquecinas y bridas oscuras. El joven y el adulto se distinguen con dificultad, ya que la diferencia básica estriba en las plumas de las partes superiores, que son oscuras con muescas pardas en el caso del adulto, mientras que en el joven las muescas aparecen más claras. También pueden diferenciarse por la longitud del pico, más corto en los jóvenes. En cuanto a los sexos, machos y hembras se distinguen, igualmente, por la longitud del pico que, como sucede en el caso del zarapito real, resulta más largo en ellas. En vuelo se ve pardo en las partes superiores, con los extremos alares algo más oscuros y el obispillo pálido; en la cola se aprecia un difuso barrado transversal.</t>
+  </si>
+  <si>
+    <t>Oenanthe leucura (Gmelin, JF, 1789)</t>
+  </si>
+  <si>
+    <t>prueba_Collalba negra (Castellano), Buztanzuri beltza (Euskera), Cólit negre (Catalán), Chasco negro (Gallego), Black Wheatear (Inglés), Traquet rieur (Francés)</t>
+  </si>
+  <si>
+    <t>Pájaro relativamente grande, de aspecto inconfundible por su coloración. Se trata de un ave muy oscura, con plumaje negro lustroso en los machos y marrón oscuro en las hembras. Sobre este fondo destacan el obispillo y la base de la cola, blancos, que contrastan con una T invertida de color negro en el extremo de la cola, muy visible y característica en vuelo. Gusta de posarse en lugares prominentes. Su vuelo es directo, con ágil batido de alas.</t>
+  </si>
+  <si>
+    <t>Oriolus oriolus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Oropéndola (Castellano), Oropéndola europea (Castellano), Urretxoria (Euskera), Oriol (Catalán), Ouriolo (Gallego), European Golden Oriole (Inglés), Eurasian Golden Oriole (Inglés), Eurasian Golden-Oriole (Inglés), Golden Oriole (Inglés), Loriot d'Europe (Francés)</t>
+  </si>
+  <si>
+    <t>Ave de tamaño similar a un mirlo y llamativo color amarillento. El macho exhibe un intenso color amarillo limón en la cabeza — rayada con una línea ocular oscura— y en el cuerpo, que contrasta bastante con las anchas y redondeadas alas, totalmente negras, a excepción de dos parches amarillos a la altura de la articulación de la muñeca. La cola es igualmente amarilla, aunque presenta una ancha banda terminal negra. Posee patas de tono grisáceo y pico rojizo. La hembra, que recuerda a un pequeño pito real, muestra tonos más apagados que el macho, con partes superiores de color verde oliva e inferiores blanquecinas y rayadas en gris. Tiene las alas y la cola pardas, y el pico rojo sucio. Los jóvenes son casi iguales a las hembras, aunque con el pico pardo oscuro y el ojo negruzco. Se trata de un ave esquiva, por lo que la mayoría de las observaciones corresponden a individuos en vuelos breves entre la espesura. Su vuelo, directo y ondulado, alterna aleteos y alas plegadas, de modo similar al del pito real. Su carácter agresivo se evidencia en los frecuentes acosos a otras especies, incluso de mayor tamaño.</t>
+  </si>
+  <si>
+    <t>Otus scops (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Autillo (Castellano), Autillo europeo (Castellano), Apo-hontza (Euskera), Xot (Catalán), Moucho das orellas (Gallego), Eurasian Scops Owl (Inglés), European Scops Owl (Inglés), Eurasian Scops-owl (Inglés), Hibou Petit-duc (Francés)</t>
+  </si>
+  <si>
+    <t>Además de por su pequeño tamaño, esta ave se caracteriza por poseer un plumaje grisáceo o pardo rojizo, que presenta un complejo diseño de salpicaduras, franjas y vermiculados, en diferentes tonalidades, lo que le permite pasar completamente inadvertida cuando descansa en las ramas de los árboles. Contribuyen a aumentar su mimetismo los pequeños penachos cefálicos, a modo de falsas “orejas”, que descomponen la redondez de su cabeza. Los ojos tienen color amarillo brillante. Ambos sexos difieren en sus medidas corporales (son mayores las hembras), si bien las diferencias en cuanto al plumaje resultan bastante sutiles. Los jóvenes muestran un plumaje muy semejante al de los adultos.</t>
+  </si>
+  <si>
+    <t>Oxyura leucocephala (Scopoli, 1769)</t>
+  </si>
+  <si>
+    <t>prueba_Malvasía (Castellano), Malvasía cabeciblanca (Castellano), Malvasía cabeciblanca (Castellano), Ahate buruzuria (Euskera), Ánec capblanc (Catalán), White-headed Duck (Inglés)</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Mundial EN (En peligro),  Península EN (En peligro)</t>
+  </si>
+  <si>
+    <t>La malvasía cabeciblanca resulta absolutamente inconfundible por su cuerpo pequeño y rechoncho, su larga y afilada cola, que suele mantener erguida fuera del agua mientras nada, y su voluminosa cabeza rematada en un robusto pico. Durante el periodo reproductor, en el diseño del macho dominan los tonos marronáceos, algo rojizos hacia el pecho, mientras que el vientre muestra una tonalidad blanquecina; sobre esta discreta coloración resalta llamativamente la cabeza blanca, con el píleo y la nuca negros y el abombado pico de color azul brillante. La hembra, de tonalidad general pardo-grisácea, presenta la cabeza parduzca surcada por una franja oscura debajo del ojo, las mejillas blanquecinas y el pico gris. Los jóvenes son muy similares a las hembras.</t>
+  </si>
+  <si>
+    <t>Panurus biarmicus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Bigotudo (Castellano), Tximutxa (Euskera), Mallerenga de bigotis (Catalán), Ferreiriño de bigote (Gallego), Bearded Reedling (Inglés), Bearded Tit (Inglés), Bearded Parrotbill (Inglés)</t>
+  </si>
+  <si>
+    <t>Es un ave de pequeño tamaño y cola muy larga (abarca más de la mitad de su longitud total), de tonos marrón claro en el dorso, con manchas blancas y oscuras en las alas, y partes inferiores blancorosadas. Los machos adultos presentan una coloración grisácea en la cabeza y la nuca —más clara en la zona de la garganta— y una larga y llamativa bigotera negra, que parte del ojo y se extiende hasta el comienzo del pecho. Aunque, en general, el diseño de la hembra es similar al del macho, la coloración es más apagada y carece de los tonos grisáceos de la cabeza (a excepción de unas manchas en las mejillas), así como de la bigotera. Los jóvenes resultan pajizos, con el dorso y la cola más oscuros y una mancha negruzca entre el ojo y el pico en los machos.</t>
+  </si>
+  <si>
+    <t>Parus major Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Carbonero común (Castellano), Kaskabeltz handia (Euskera), Mallerenga carbonera (Catalán), Ferreiriño real (Gallego), Great Tit (Inglés)</t>
+  </si>
+  <si>
+    <t>Se trata de una especie fácilmente reconocible por el color amarillo de su cuerpo, que contrasta con el azul de las alas y la cola. La cabeza es de color negro-azabache y con las mejillas muy blancas, salvo en los jóvenes del año, algo amarillenta. Los machos se distinguen de las hembras por poseer una conspicua banda negra que recorre su cuerpo desde la garganta hasta la base de la cola. Las hembras, en cambio, tienen muy poco marcada dicha banda, que se desdibuja en el vientre.</t>
+  </si>
+  <si>
+    <t>Passer domesticus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Gorrión común (Castellano), House Sparrow (Inglés), Moineau domestique (Francés)</t>
+  </si>
+  <si>
+    <t>Paseriforme de aspecto robusto y voluminoso, el gorrión común posee un pico fuerte y un plumaje dominado por los tonos pardos en el dorso —adornado con marcadas listas negras— y grisáceos en el obispillo, el pecho y el vientre. Los machos en época reproductora presentan el pico negro y el dorso de una tonalidad bastante rojiza, en tanto que el píleo toma un color gris y el babero se hace más extenso y oscuro. Los caracteres sexuales ligados al plumaje son visibles todo el año, aunque se van haciendo más patentes debido al desgaste progresivo de las plumas, que deja a la vista los colores internos de estas. Las hembras tienen el píleo marrón y presentan una línea clara tras el ojo; no lucen babero y su pico es siempre grisáceo hacia el extremo y amarillento en la base. Los jóvenes machos, por su parte, son indistinguibles de las hembras hasta que realizan la muda de finales de verano, cuando adquieren los colores del adulto.</t>
+  </si>
+  <si>
+    <t>Passer hispaniolensis (Temminck, 1820)</t>
+  </si>
+  <si>
+    <t>prueba_Gorrión moruno (Castellano), Txolarre iluna (Euskera), Pardal de passa (Catalán), Pardal español (Gallego), Spanish Sparrow (Inglés), Moineau espagnol (Francés)</t>
+  </si>
+  <si>
+    <t>El gorrión moruno tiene el mismo tamaño que el gorrión común y parecido patrón de plumaje. Las hembras de la especie son difíciles de distinguir de sus parientes en el campo, pues apenas se diferencian en el tamaño del pico (ligeramente mayor en el moruno) y por un tenue listado en el pecho, inexistente en las hembras del común. Los machos son claramente diferenciables de los de otros gorriones durante la primavera y el verano, ya que lucen un llamativo barreado negro en el dorso, el pecho y los flancos, que enlaza con un extenso babero negro; el píleo es totalmente pardo-rojizo, en tanto que las mejillas exhiben un blanco níveo y muestran un marcado antifaz negro que recorre el ojo, enmarcando unas visibles cejas blancas a menudo partidas. En época no reproductora, el diseño antes descrito aparece muy atenuado y, aunque las diferencias siguen siendo visibles, la identificación no resulta tan evidente. Los jóvenes son semejantes a las hembras, aunque generalmente algo más marrones en las partes inferiores, hasta que realizan la muda a finales del verano y comienzan a adquirir el plumaje de adulto.</t>
+  </si>
+  <si>
+    <t>Periparus ater (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Carbonero garrapinos (Castellano), Pinu-kaskabeltza (Euskera), Mallerenga petita (Catalán), Ferreiriño negro (Gallego), Coal Tit (Inglés)</t>
+  </si>
+  <si>
+    <t>Ave pequeña, con plumaje de colores apagados. El dorso y las alas son de color azul grisáceo, mientras que el pecho y el vientre presentan una tonalidad ante. Su rasgo más distintivo es la mancha blanca en la nuca. Se muestra muy activo y explora minuciosamente las ramas, ramitas, hojas y piñas. En su exhaustiva búsqueda de alimento llega a realizar auténticas acrobacias, muchas veces quedando colgado o realizando cortos cernidos. Habita preferentemente en pinares, pero también se localiza en formaciones de frondosas y en áreas ajardinadas. Tras el periodo reproductor se mueve en pequeños grupos, que en numerosas ocasiones están integrados por varias especies, pues se mezcla con otros páridos, reyezuelos, mosquiteros, etc.</t>
+  </si>
+  <si>
+    <t>Parus ater Linnaeus,1758</t>
+  </si>
+  <si>
+    <t>Petronia petronia (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Gorrión chillón (Castellano), Harkaitz-txolarrea (Euskera), Pardal roquer (Catalán), Pardal das rochas (Gallego), Rock Sparrow (Inglés)</t>
+  </si>
+  <si>
+    <t>El chillón es un gorrión grande y corpulento, con la cabeza robusta y el pico muy fuerte. En su plumaje dominan los tonos marróngrisáceos con un profuso listado oscuro en el dorso. Las partes inferiores, por el contrario, son claras y están adornadas con amplias listas de color gris parduzco. En la cabeza destacan tres listas anchas: una clara; otra marrón-grisácea tras el ojo bajo aquella, y, por encima, una parda oscura. Otra lista de color marrón pálido recorre el píleo. Bajo la garganta presenta una mancha amarilla que a menudo permanece oculta o poco visible. En la cola aparecen unas manchas blancas hacia los extremos, que resultan bien visibles en vuelo. No hay diferencias de coloración entre machos y hembras. Los jóvenes son difíciles de distinguir de los adultos, incluso recién volados del nido. Se diferencian de estos por carecer de la mancha amarilla en la garganta. Asimismo, el dibujo de la cara presenta en ellos un aspecto poco definido y su coloración general es más suave.</t>
+  </si>
+  <si>
+    <t>Phalacrocorax carbo (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Cormorán grande (Castellano), Black Shag (Inglés), Cormorant (Inglés), White-breasted Cormorant (Inglés), Great Cormorant (Inglés), Grand Cormoran (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Se trata de un ave grande, de aspecto torpe y coloración general negruzca, salvo la garganta, que es de tonos blanquecinos. Tiene el cuello largo y grueso, el pico prominente y gris, y las patas negras. En la base de la mandíbula inferior presenta una zona desnuda de plumas, de color amarillo-anaranjado, que alcanza casi los ojos. La coloración de las plumas del dorso hace que parezcan escamas. En vuelo intercala breves planeos entre secuencias de batido de alas. Cuando nada mantiene la línea de flotación elevada, con tres cuartas partes del cuerpo bajo el agua. El cormorán grande pasa mucho tiempo posado en rocas o árboles, con las alas abiertas para dejar secar su plumaje. Durante el periodo reproductor, los adultos muestran manchas blancas sobre la cabeza, los flancos y la parte superior de los muslos, y lucen un plumaje con tonos más lustrosos. Los jóvenes presentan las partes inferiores de tonos pálido-cremosos</t>
+  </si>
+  <si>
+    <t>Phoenicurus ochruros (Gmelin, SG, 1774)</t>
+  </si>
+  <si>
+    <t>prueba_Colirrojo tizón (Castellano), Buztangorri iluna (Euskera), Rabirrubio común (Catalán), Curroxo común (Gallego), Black Redstart (Inglés), Rougequeue noir (Francés)</t>
+  </si>
+  <si>
+    <t>Ave de pequeño tamaño y diseño peculiar, con obispillo y cola de característico color rojo. El macho presenta el pecho y la cara de color negro azabache, y el resto del cuerpo oscuro, con una mancha blanca en las alas. Las hembras y los jóvenes son pardogrisáceos. Muy terrestre, acostumbra a posarse con figura erguida mientras agita su cola roja. Tiene vuelo amariposado, con batido rápido de alas.</t>
+  </si>
+  <si>
+    <t>Phylloscopus bonelli (Vieillot, 1819)</t>
+  </si>
+  <si>
+    <t>prueba_Mosquitero papialbo (Castellano), Txio lepazuria (Euskera), Mosquiter pal-lid (Catalán), Picafollas de Bonelli (Gallego), Western Bonelli's Warbler (Inglés), Bonelli's Warbler (Inglés), Pouillot de Bonelli (Francés)</t>
+  </si>
+  <si>
+    <t>El papialbo presenta la típica silueta de los mosquiteros: cuerpecillo rechoncho, patas frágiles y pico fino, pero se diferencia de los demás por su coloración general mucho más clara, especialmente en la cabeza y las partes ventrales. Las patas son negras y las alas, el dorso y las partes exteriores de la cola, verdosos, en contraste con el resto del cuerpo, de color blanquecino. La especie no manifiesta dimorfismo sexual.</t>
+  </si>
+  <si>
+    <t>Phylloscopus ibericus Ticehurst, 1937</t>
+  </si>
+  <si>
+    <t>prueba_Flamenco común (Castellano), Mosquitero ibérico (Castellano), Iberian Chiffchaff (Inglés)</t>
+  </si>
+  <si>
+    <t>Este mosquitero presenta el dorso de un color verde brillante que contrasta con las partes inferiores blanquecinas. Es prácticamente indistinguible del mosquitero común, si bien se diferencia de este por poseer la zona auricular más amarillenta, el pecho blanquecino con un tinte ligeramente más amarillo y las patas de color caramelo. Se trata, en todo caso, de tenues desemejanzas que no siempre resulta posible apreciar.</t>
+  </si>
+  <si>
+    <t>Phylloscopus brehmii</t>
+  </si>
+  <si>
+    <t>Pica pica (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Urraca común (Castellano), Urraca (Castellano), Pega (Catalán), Black-billed Magpie (Inglés), Eurasian Magpie (Inglés), Magpie (Inglés), Common Magpie (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Se trata de una de las más conocidas especies de la fauna española, circunstancia a la que contribuyen no solo su inconfundible aspecto, sino también unos hábitos poco recatados y su capacidad de instalarse en hábitats muy transformados, incluido el interior de las grandes ciudades. Especie de tamaño intermedio entre los córvidos, la urraca luce un llamativo y característico plumaje blanquinegro, que adquiere bellas irisaciones en diferentes zonas, sobre todo en las plumas caudales. Cuando se desplaza resulta también fácilmente identificable, además de por su diseño cromático, por poseer una silueta característica y un vuelo ondulante durante el cual bate espasmódicamente las alas.</t>
+  </si>
+  <si>
+    <t>Picus sharpei (Saunders, H, 1872)</t>
+  </si>
+  <si>
+    <t>prueba_Pito real (Castellano), Pito real ibérico (Castellano), Pito ibérico (Castellano), Okil berdea (Euskera), Picot verd (Catalán), Peto verdeal (Gallego), European Green Woodpecker (Inglés), Green Woodpecker (Inglés), Eurasian Green Woodpecker (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Es un pájaro carpintero grande y robusto, de aspecto inconfundible, en cuyo plumaje dominan claramente los tonos verdosos, más intensos en las regiones dorsales, ligeramente grisáceos en las ventrales y con matices amarillentos en el obispillo. Carece de moteados y listas —salvo, tenuemente, en la región anal—, pero luce un llamativo patrón de coloración en la cabeza, donde el píleo es rojo y los ojos, amarillentos, aparecen enmarcados por un antifaz negro. Los machos y los jóvenes presentan una bigotera negra y roja, que es exclusivamente negra en las hembras. El plumaje juvenil se caracteriza por ser fuertemente moteado, especialmente en las partes inferiores, aunque, en conjunto, su coloración es más apagada que la del adulto, no presentan antifaz y poseen un iris más oscuro. Su vuelo es muy característico, con una trayectoria ondulatoria en la que el ave combina tramos en los que bate las alas con otros en que las pliega.</t>
+  </si>
+  <si>
+    <t>Picus viridis Linnaeus, 1758, Picus viridis sharpei (H. Saunders, 1872)</t>
+  </si>
+  <si>
+    <t>Pluvialis apricaria (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Chorlito dorado (Castellano), Chorlito dorado europeo (Castellano), Chorlito dorado común (Castellano), Urre-txirria arrunta (Euskera), Daurada grossa (Catalán), Píldora dourada (Gallego), European Golden Plover (Inglés), Eurasian Golden Plover (Inglés), European Golden-Plover (Inglés), Eurasian Golden-Plover (Inglés), Pluvier doré (Francés)</t>
+  </si>
+  <si>
+    <t>El chorlito dorado europeo es un ave limícola de mediano tamaño, pico considerablemente corto y cuerpo voluminoso, que exhibe un plumaje ciertamente vistoso, con la cara, la garganta, el pecho y la región ventral de un intenso color negro, bordeado en toda su extensión por una franja blanca de variable amplitud. En el dorso domina una abigarrada mezcla de punteados y franjas de tonos dorados, amarillentos y negros, que se extienden hasta la nuca y el píleo del ave. Fuera de la estación reproductora, la librea de esta limícola se torna más modesta, pues desaparece la contrastada coloración antes descrita para dar lugar a un plumaje mucho más homogéneo y mimético, en el que faltan los tonos negros, blancos y, en gran medida, los dorados. Los jóvenes son muy parecidos a los adultos en plumaje no reproductor, ya que lucen una coloración gris parduzca, con los bordes de las plumas de las partes superiores festoneados de un tono amarillento, y con finas estrías oscuras en el cuello y las partes inferiores.</t>
+  </si>
+  <si>
+    <t>Anexo I, Anexo III, Anexo II</t>
+  </si>
+  <si>
+    <t>Pluvialis squatarola (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Chorlito gris (Castellano), Corlito gris (Castellano), Chorlo ártico (Castellano), Txirri grisa (Euskera), Pigre gris (Catalán), Píldora cincenta (Gallego), Black-bellied Plover (Inglés), Grey Plover (Inglés), Pluvier argenté (Francés)</t>
+  </si>
+  <si>
+    <t>Esta limícola de mediano tamaño, fuerte pico y cuerpo voluminoso, con un llamativo plumaje nupcial, se caracteriza por presentar la cara, la garganta, el cuello y el vientre de un intenso color negro, bordeado en toda su extensión por una franja blanca de grosor variable; en el dorso luce un abigarrado diseño en el que predominan los colores gris, negro y blanco plateado, lo que le confiere en conjunto un característico tono grisáceo. Los jóvenes son muy parecidos a los adultos en plumaje no reproductor, puesto que no tienen zonas negras destacadas, sino un plumaje de coloración gris parduzca, con los bordes de las plumas de las partes superiores festoneados de blanco crudo.</t>
+  </si>
+  <si>
+    <t>Podiceps cristatus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Somormujo lavanco (Castellano), Murgil handia (Euskera), Cabussó emplomallat (Catalán), Mergullón cristado (Gallego), Great Crested Grebe (Inglés), Grèbe huppé (Francés)</t>
+  </si>
+  <si>
+    <t>El mayor de los somormujos y zampullines que pueden verse en España, con el tamaño de un ánade grande. Se trata de un ave elegante, de cuello estilizado, pico largo y apuntado, y cuerpo alargado. En verano luce un plumaje vistoso, con la parte superior de la cabeza negra, en la que destacan dos grupos de plumas a modo de penachos. De las mejillas salen plumas llamativas, alargadas, de tonos rojizos y negros. La zona que rodea los ojos es blanca, al igual que el cuello, el pecho y el vientre, lo que contrasta con el dorso oscuro y los flancos rojizos. En plumaje invernal llama mucho menos la atención, con un tono general oscuro en el dorso y los laterales, aunque presenta el cuello, la cabeza (excepto el píleo oscuro) y las partes inferiores de color blanco. Con cualquier plumaje, el largo cuello constituye un buen rasgo diagnóstico. En vuelo se observa su esbelta complexión, con su largo cuello estirado, y su batir rápido de alas hace ver las zonas alares blancas a modo de destellos. No existen diferencias entre sexos. Los juveniles resultan similares a los adultos en invierno, aunque poseen en la cara un dibujo de líneas negras que los distingue.</t>
+  </si>
+  <si>
+    <t>Podiceps nigricollis Brehm, 1831</t>
+  </si>
+  <si>
+    <t>prueba_Zampullín cuellinegro (Castellano), Txilinporta lepabeltza (Euskera), Cabussó collnegre (Catalán), Mergullón de pescozo negro (Gallego), Eared Grebe (Inglés), Black-necked Grebe (Inglés), Grèbe à cou noir (Francés)</t>
+  </si>
+  <si>
+    <t>Zampullín pequeño, aunque algo mayor y más esbelto que el zampullín común. Tiene el pico fino y puntiagudo, ligeramente curvado hacia arriba. Visto de cerca llaman la atención sus ojos rojos. En plumaje nupcial presenta una coloración general negra, salvo en el vientre y los flancos, que son anaranjados. En la cara destacan unas plumas amarillas que parten de la zona auricular como penachos en forma de abanico. En invierno resulta poco llamativo, con coloración general negruzca, excepto en la garganta, las mejillas y los laterales de la nuca, que son blancos. El pecho y el vientre muestran un color gris ceniza. No existen diferencias entre sexos. Los juveniles se parecen a los adultos en invierno, aunque tienen la cabeza más redondeada y las partes blancas de su cabeza y cuello son de tonos crema.</t>
+  </si>
+  <si>
+    <t>Poecile palustris (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Papamoscas collarino (Castellano), Carbonero palustre (Castellano), Kaskabeltz txikia (Euskera), Mallerenga d´aigua (Catalán), Ferreiriño palustre (Gallego), Marsh Tit (Inglés)</t>
+  </si>
+  <si>
+    <t>El carbonero palustre resulta, a simple vista, algo parecido al carbonero garrapinos, aunque muestra un dorso gris-pardo. Además presenta un píleo negro-azabache, sin mancha blanca en la nuca. Asimismo, su corbata negra es corta y estrecha, y no se extiende lateralmente por el cuello, como sucede en el garrapinos. Se trata de un pájaro típicamente forestal, pero también se encuentra en áreas abiertas con matorral y en los linderos vivos compuestos por arbustos y árboles caducifolios.</t>
+  </si>
+  <si>
+    <t>Parus palustris Linnaeus,1758</t>
+  </si>
+  <si>
+    <t>Prunella modularis (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Acentor común (Castellano), Tuntun arrunta (Euskera), Pardal de bardissa (Catalán), Azuenta común (Gallego), Dunnock (Inglés), Hedge Sparrow (Inglés), Hedge Accentor (Inglés)</t>
+  </si>
+  <si>
+    <t>Pájaro del tamaño de un gorrión común, con el pico fino y puntiagudo, y las patas fuertes y rojizas. De comportamiento huidizo, le gusta moverse entre la vegetación baja y caminar por el suelo. Tiene las partes superiores del plumaje marrones y con escamado pardo oscuro, semejantes al dorso de un gorrión común. La cabeza, la garganta y el pecho son de un color gris plomizo, más intenso en los machos, con la zona auricular y el píleo marrones. Las partes posteriores del vientre poseen un tono gris más claro, con los flancos marrones. Los jóvenes exhiben cabeza y garganta de color castaño, en lugar de gris, y muestran todo el plumaje fuertemente listado de pardo oscuro. La base de su pico es naranja amarillenta, mientras que los adultos presentan todo el pico negro.</t>
+  </si>
+  <si>
+    <t>Ptyonoprogne rupestris (Scopoli, 1769)</t>
+  </si>
+  <si>
+    <t>prueba_Avión roquero (Castellano), Haitz-enara (Euskera), Roquerol (Catalán), Anduriña dos penedos (Gallego), Eurasian Crag Martin (Inglés), Crag Martin (Inglés), Eurasian Crag-martin (Inglés), Hirondelle de rochers (Francés)</t>
+  </si>
+  <si>
+    <t>Es la mayor golondrina española, aunque sólo un poco más grande que el resto. Exhibe un aspecto general pardo poco contrastado, con partes superiores de color pardo mate e inferiores de color pardo claro y límites difusos entre ambas. Sus alas, largas y apuntadas, destacan en vuelo por el color casi negro de la parte inferior y anterior. La cola, corta y sin horquilla, muestra una línea de manchas blancas, visibles solamente cuando está abierta. Tiene patas cortas y sin emplumar, boca muy ancha, y pico corto, plano y negro. La garganta es casi blanca, con algunas estrías oscuras. Se distingue del avión zapador porque este último presenta una ancha banda parda en el pecho. Ambos sexos son iguales. Los jóvenes, muy similares a los adultos, exhiben plumas ribeteadas en crema y una garganta más clara, con moteado difuso. Aunque esta ave suele observarse en vuelo y en grupos, no es raro verla posada, sobre todo en dormideros y descansaderos invernales. Se trata de la única golondrina residente en España.</t>
+  </si>
+  <si>
+    <t>Hirundo rupestris</t>
+  </si>
+  <si>
+    <t>Puffinus mauretanicus Lowe, 1921</t>
+  </si>
+  <si>
+    <t>prueba_Pardela balear (Castellano), Baldriga balear (Catalán), Baldritja (Catalán), Virot (Catalán), Balearic Shearwater (Inglés), Puffin des baléares (Francés), Balearensturmtaucher (Alemán), Berta delle Baleari (Italiano), Pardela das Baleares (Portugués)</t>
+  </si>
+  <si>
+    <t>Castellano, Catalán, Catalán, Catalán, Inglés, Francés, Alemán, Italiano, Portugués</t>
+  </si>
+  <si>
+    <t>España CR (En peligro crítico),  Mundial CR (En peligro crítico),  Península CR (En peligro crítico)</t>
+  </si>
+  <si>
+    <t>Pardela de tamaño mediano, cabeza pequeña, pico fino y grisáceo, alas relativamente cortas y cola no muy larga, por lo que las patas suelen sobresalir ligeramente tras ella. Tiene las partes superiores de color pardo chocolate. Vista por abajo presenta el vientre y el interior de las alas de color crema, mientras que el borde externo de las alas, la zona de las axilas, la garganta y la parte final del vientre son de tonos pardos; existe cierta variación individual, observándose ejemplares con el vientre de tonos más blancos o más grises que el patrón normal. No hay diferencias apreciables entre sexos ni edades. Su vuelo suele constar de largas secuencias de rápidos aleteos, intercaladas con pocas secuencias de cortos planeos; normalmente no remonta mucho sobre el nivel del mar, rara vez por encima de los 10 metros de altura.  Pardela de tamaño mediano, cuya longitud oscila entre 34 y 38 cm y su envergadura entre 83 y 93 cm. Se caracteriza por tener una cabeza pequeña y pico fino y grisáceo, alas relativamente cortas y cola no muy larga, por lo que las patas suelen sobresalir ligeramente tras ella. Las partes superiores son de color pardo chocolate. El interior de las alas y la mayor parte del vientre son de color crema, mientras que la garganta, el borde externo de las alas, la zona de las axilas y la parte final del vientre son de tonalidad parda. Se puede apreciar cierta variación individual, observándose ejemplares con el vientre de tonos más blancos o más grises que el patrón normal. No existen diferencias apreciables entre sexos ni edades. Su vuelo está formado por largas secuencias de aleteos rápidos, intercaladas con pocas secuencias de planeos cortos. No suele remontar mucho sobre el nivel del mar, raramente por encima de los 10 m de altura.</t>
+  </si>
+  <si>
+    <t>Puffinus yelkouan mauretanicus</t>
+  </si>
+  <si>
+    <t>Puffinus yelkouan (Acerbi, 1827)</t>
+  </si>
+  <si>
+    <t>prueba_Pardela mediterránea (Castellano), Yelkouan Shearwater (Inglés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial VU (Vulnerable),  Península VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Pardela de tamaño mediano, muy similar y difícil de distinguir de la pardela balear, hasta el punto de que han sido consideradas la misma especie hasta hace pocos años. En general presenta un patrón de coloración intermedio entre la pardela balear y la pardela pichoneta. En comparación con la pardela balear, es ligeramente más pequeña y algo más oscura y contrastada entre sus partes dorsales y ventrales. Además, el blanco del vientre se extiende más hacia los flancos y la cola. Las patas también asoman tras la cola cuando se observa en vuelo. No existen diferencias apreciables entre sexos ni edades.</t>
+  </si>
+  <si>
+    <t>Puffinus yelkouan yelkouan (Acerbi, G 1827)</t>
+  </si>
+  <si>
+    <t>Pyrrhula pyrrhula (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Camachuelo común (Castellano), Gailupa arrunta (Euskera), Pinsá borroner (Catalán), Cardeal común (Gallego), Eurasian Bullfinch (Inglés)</t>
+  </si>
+  <si>
+    <t>El macho de camachuelo resulta inconfundible por el rojo intenso de su pecho y mejillas. La hembra también se reconoce sin dificultad, aunque presenta una coloración más apagada. A su vez, ambos sexos poseen una amplia boina negra que cubre toda la parte superior de la cabeza y se proyecta hacia el pico, igualmente negro y corto. También son negras la cola y las alas, estas últimas amplias y con una conspicua banda blanca. En contraste con ellas, en vuelo destacan el obispillo blanco y el dorso gris ceniza.</t>
+  </si>
+  <si>
+    <t>Rallus aquaticus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Rascón europeo (Castellano), Rascón común (Castellano), Rascón (Castellano), Rascón europeo (Castellano), Uroilanda handia (Euskera), European Water Rail (Inglés), Water Rail (Inglés), Western Water Rail (Inglés), Râle d'eau (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Euskera, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Muy similar a las polluelas en el diseño, el rascón se diferencia de aquellas por su tamaño más voluminoso, así como por la posesión de un largo pico de color rojo intenso. Ambos adultos resultan muy similares —las hembras algo menores y con el pico más corto—, y en ellos la coloración de las regiones dorsales es pardo-olivácea con los centros de las plumas negruzcos, en tanto que la cara, la frente, el pecho y el vientre muestran una tonalidad gris-azulada oscura. Los flancos aparecen listados de blanco y negro, mientras que las infracoberteras caudales resaltan vivamente por su llamativo color blanco. Los jóvenes, por su parte, aunque muy similares en las zonas dorsales a los adultos, presentan el pecho más marrón, así como abundantes barrados y moteados en las regiones inferiores, por lo que, en conjunto, muestran una coloración más parda; asimismo, poseen el pico menos rojizo. Reacio a volar —como los otros componentes del grupo—, cuando se eleva sobre el agua o la vegetación palustre, con aleteos rápidos y las patas colgantes, se desplaza únicamente trechos cortos.</t>
+  </si>
+  <si>
+    <t>Recurvirostra avosetta Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Avoceta común (Castellano), Avoceta común (Castellano), Abozeta (Euskera), Bec d´alena (Catalán), Avoceta (Gallego), Avocet (Inglés), Pied Avocet (Inglés), Avocette à tête noire (Francés)</t>
+  </si>
+  <si>
+    <t>Limícola absolutamente inconfundible, tanto por la coloración blanquinegra del plumaje, como por su largo pico, recurvado hacia arriba en el tercio distal. El macho tiene el píleo y el cuello negros, además de dos franjas negras en el manto, formadas por las escapulares superiores y por las coberteras pequeñas y medianas del ala; también presenta negro en las primarias externas. La hembra resulta similar en cuanto a diseño, aunque con el negro más apagado y el pico ligeramente más corto y curvo. Las patas son largas, delgadas y de color gris azulado. En los jóvenes, el negro que lucen los adultos se sustituye por tonos más apagados, marronáceos o grises parduzcos, con un cierto moteado en las regiones dorsales.</t>
+  </si>
+  <si>
+    <t>Regulus ignicapilla (Temminck, 1820)</t>
+  </si>
+  <si>
+    <t>prueba_Reyezuelo listado (Castellano), Erregetxo bekainzuria (Euskera), Bruel (Catalán), Estreliña común (Gallego), Common Firecrest (Inglés), Firecrest (Inglés)</t>
+  </si>
+  <si>
+    <t>Se trata de una de las aves más diminutas de la avifauna europea. En un primer vistazo, aparece como un pájaro de aspecto general rechoncho, con tonalidades verdosas y cabeza adornada por un característico diseño de listas. Presenta el dorso verde brillante, en contraste con las alas oscuras, surcadas por dos bandas blanquecinas. Las partes inferiores son pálidas, aunque muestran ligeros tonos anaranjados en el pecho del macho. La especie posee un diseño cefálico característico en el que destaca el píleo naranja en los machos, o amarillo en las hembras, flanqueado por una banda negra y una marcada ceja blanca. Asimismo, luce una lista ocular negra y un semianillo blanco que circunda la parte inferior del ojo.</t>
+  </si>
+  <si>
+    <t>Regulus ignicapillus</t>
+  </si>
+  <si>
+    <t>Remiz pendulinus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Pájaro moscón (Castellano), Pájaro-moscón europeo (Castellano), Pájaro moscón europeo (Castellano), Dilindaria (Euskera), Teixidor (Catalán), Ferreiriño de cara negra (Gallego), Eurasian Penduline-tit (Inglés), Eurasian Penduline Tit (Inglés)</t>
+  </si>
+  <si>
+    <t>Este diminuto y discreto pajarillo se reconoce fácilmente por la llamativa máscara facial negra —algo menos patente en la hembra y grisácea en los juveniles—, que resalta vivamente sobre la coloración blanco-grisácea de la cabeza y se prolonga desde la zona baja de la frente hasta la región auricular. Las partes dorsales lucen una tonalidad castaña —más pálida en la hembra—, con rebordes negros; el vientre es oscuro con manchas pardo-rojizas difusas en el pecho.</t>
+  </si>
+  <si>
+    <t>Riparia riparia (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Avión zapador (Castellano), Uhalde-enara (Euskera), Oreneta de ribera (Catalán), Andoriña das barreiras (Gallego), Sand Martin (Inglés), Bank Swallow (Inglés), European Sand Martin (Inglés), Hirondelle de rivage (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata del menor de nuestros aviones y golondrinas, aunque sólo es ligeramente más pequeño que el resto. Exhibe partes superiores de color pardo mate e inferiores blanquecinas, con límites netos entre ambas. Posee alas largas y apuntadas, que en vuelo destacan por su parte inferior y anterior más oscura. Tiene cola corta levemente ahorquillada, patas cortas sin emplumar, boca muy ancha, y pico corto, plano y negro. Resulta característica la ancha banda transversal de color pardo en el pecho. Ambos sexos son iguales. Los jóvenes, muy similares a los adultos, presentan la cabeza, el cuello y el bajo vientre teñidos de color cremarojizo, en tanto que las plumas del dorso y la cabeza muestran bordes pálidos. El avión zapador suele observarse en grupos, tanto en vuelo como posado en taludes y cables, y está más ligado al agua que otros aviones y golondrinas.</t>
+  </si>
+  <si>
+    <t>Serinus serinus (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Serín verdecillo (Castellano), Verdecillo (Castellano), Serin (Inglés), European Serin (Inglés)</t>
+  </si>
+  <si>
+    <t>Se trata de un ave pequeña, con un pico ancho, pero muy corto, y una cola con una marcada escotadura en el extremo. Machos y hembras poseen un conspicuo obispillo verdeamarillento. Ambos, además, tienen el pecho y el vientre de color blanco amarillento, con pintas o cortas rayas verticales. Pero los machos, sobre todo en primavera, muestran la frente, la garganta y la pechera teñidas de intenso amarillo. Por su tamaño, aspecto y coloración, el verdecillo se asemeja a los lúganos, aunque presenta el pico más corto y menos afilado, y carece de las bandas verde-amarillentas que son fácilmente visibles en el lúgano. También podría confundirse con el verderón serrano; no obstante, este tiene la cabeza gris, y además habita en el límite altitudinal superior del bosque, donde el verdecillo resulta muy escaso. En invierno conforma nutridos bandos y se mezcla con otros fringílidos granívoros, como verderones comunes, pardillos comunes, jilgueros, etc.</t>
+  </si>
+  <si>
+    <t>Sitta europaea Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Trepador azul (Castellano), Garrapoa (Euskera), Pica-soques blau (Catalán), Gabeador azul (Gallego), Eurasian Nuthatch (Inglés), Nuthatch (Inglés), Wood Nuthatch (Inglés)</t>
+  </si>
+  <si>
+    <t>Fácil de reconocer, sus caracteres más distintivos son tres: tiene color azulado, “carece de cuello” y se mueve habitualmente pegado a troncos y ramas, incluso cabeza abajo. Es un ave pequeña, del tamaño de un gorrión, pero de patas robustas, cabeza muy gruesa y pico largo y fuerte. Tanto los machos como las hembras lucen un bello color azul grisáceo en las alas, el dorso y la cola. Sus partes inferiores presentan un tono débilmente anaranjado, que es más intenso en los machos. Estos poseen, además, manchas de color rojo granate en sus flancos y en las plumas que cubren la cara inferior de la cola.</t>
+  </si>
+  <si>
+    <t>Somateria mollissima (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Eider común (Castellano), Éider común (Castellano), Eider común (Castellano), Common Eider (Inglés), Eider (Inglés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Mundial NT (Casi amenazado),  Península DD (Datos insuficientes)</t>
+  </si>
+  <si>
+    <t>Esta anátida de mediano tamaño se caracteriza por poseer un pico muy ancho en la base, que confiere a su cabeza un peculiar aspecto de cuña. El macho adulto presenta el plumaje mayoritariamente blanco con tintes rosados —especialmente en el pecho—, excepto los flancos, la popa y el capirote, que son negros; en el cuello y la nuca luce una coloración verdosa. La hembra, por su parte, es parda, con los centros de las plumas oscuros, por lo que ofrece un aspecto muy jaspeado. El extremo del pico es pálido, lo que la diferencia del joven, que es muy similar, aunque más oscuro. En vuelo, el macho adulto resulta muy pálido, con los extremos alares y la cola negros, en tanto que la hembra se ve parda.</t>
+  </si>
+  <si>
+    <t>Streptopelia turtur (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Tórtola europea (Castellano), Tórtola común (Castellano), European Turtle Dove (Inglés), European Turtle-Dove (Inglés), Turtle Dove (Inglés), Tourterelle des bois (Francés)</t>
+  </si>
+  <si>
+    <t>Ave esbelta, ligera y de porte delicado. Tiene el dorso y los hombros anaranjados y moteados de negro, un collar de listas negras y blancas, la cabeza y el cuello de color gris azulado, y el pecho rosado. Cuando vuela destacan las rémiges oscuras, una franja alar grisácea y el dorso anaranjado. La cola muestra un patrón de color característico, con base negra y amplia banda terminal blanca. Su vuelo es rápido, ágil y errático, con fuertes batidos y cambios constantes de dirección.</t>
+  </si>
+  <si>
+    <t>Strix aluco Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Cárabo (Castellano), Cárabo común (Castellano), Urubia (Euskera), Gamarús (Catalán), Avelaiona (Gallego), Tawny Owl (Inglés)</t>
+  </si>
+  <si>
+    <t>Lo primero que llama la atención en el aspecto del cárabo común es su voluminosa cabeza, en la que destacan unos enormes y globosos ojos negros, lo que, unido a la ausencia de penachos cefálicos (“orejas”) y a su aspecto rechoncho y robusto, permite diferenciarlo fácilmente del resto de nuestras rapaces nocturnas. Su plumaje resulta extraordinariamente mimético y presenta una gran variabilidad en cuanto a color, ya que existen ejemplares grisáceos, rojizos y marrones. En todos los casos, el diseño consiste en una compleja mezcla de punteados, barrados y vermiculados, que imitan a la perfección la corteza de los árboles. La cara es de color blancuzco, grisáceo o rojizo, y en ella destacan dos listas blanquecinas a modo de “cejas”.</t>
+  </si>
+  <si>
+    <t>Sturnus unicolor Temminck, 1820</t>
+  </si>
+  <si>
+    <t>prueba_Estornino negro (Castellano), Spotless Starling (Inglés)</t>
+  </si>
+  <si>
+    <t>Esta ave posee tamaño mediano, aspecto compacto, patas cortas y fuertes, y pico puntiagudo. Luce una coloración uniformemente negra, con ciertos brillos verdes y púrpuras, pero sin motas. Tiene el pico amarillo en verano y oscuro en invierno. Ambos sexos resultan similares, y los jóvenes son uniformemente pardos. Aunque se parece al mirlo común, el estornino se desplaza más erguido, andando y no a saltos. Presenta un vuelo rápido y directo.</t>
+  </si>
+  <si>
+    <t>Sturnus vulgaris Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Estornino pinto (Castellano), Starling (Inglés), European Starling (Inglés), Common Starling (Inglés), Etourneau sansonnet (Francés)</t>
+  </si>
+  <si>
+    <t>Ave de mediano tamaño, compacta, con patas fuertes y cortas de color rosado, y pico puntiagudo. Exhibe un plumaje de color negro dominante, con reflejos violáceos y púrpuras, y con un moteado variable de pintas blanco-amarillentas. En invierno, el moteado resulta especialmente intenso, mientras que en verano es menos evidente. Tiene el pico de color amarillo en verano y negro en invierno. Los jóvenes presentan tonos pardo-grisáceos. Se trata de un pájaro similar al mirlo común, aunque se desplaza más erguido, andando y no a saltos. Posee un vuelo rápido y directo.</t>
+  </si>
+  <si>
+    <t>Sylvia atricapilla (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Curruca capirotada (Castellano), Txinboa kaskabeltza (Euskera), Tallarol de casquet (Catalán), Papuxa encapuchada (Gallego), Eurasian Blackcap (Inglés), Blackcap (Inglés), Fauvette à tête noire (Francés)</t>
+  </si>
+  <si>
+    <t>Curruca de mediano tamaño, de aspecto más compacto y robusto que la mayor parte de sus congéneres, aunque muy similar en tamaño y silueta a la curruca mosquitera. Al igual que ésta, y a diferencia de la mayoría de las currucas, no presenta ni rectrices externas ni garganta blanquecinas. Luce una tonalidad general grisácea, aunque la hembra muestra en las alas y en las regiones ventrales tintes más pardo rojizos. Los machos poseen el capirote negro, mientras que las hembras y los jóvenes lo tienen de color castaño.</t>
+  </si>
+  <si>
+    <t>Sylvia borin (Boddaert, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Curruca mosquitera (Castellano), Baso-txinboa (Euskera), Tallarol gros (Catalán), Papuxa picafollas (Gallego), Garden Warbler (Inglés), Fauvette des jardins (Francés)</t>
+  </si>
+  <si>
+    <t>Pajarillo de fisonomía más compacta y robusta que la de otras currucas —aunque bastante similar a la de la curruca capirotada—, con cabeza más redondeada y pico más corto y grueso. Un fino anillo orbital rodea al ojo. De todas formas, se trata de un ave que no cuenta con rasgos distintivos realmente identificativos o llamativos, y su aspecto general resulta bastante uniforme. Presenta las partes ventrales de color ante pálido y el dorso pardo-grisáceo. En torno a su cuello destaca ligeramente un discreto collar más grisáceo. Ambos sexos son iguales.</t>
+  </si>
+  <si>
+    <t>Tachybaptus ruficollis (Pallas, 1764)</t>
+  </si>
+  <si>
+    <t>prueba_Zampullín chico (Castellano), Zampullín común (Castellano), Zampullín común (Castellano), Txilinporta txikia (Euskera), Cabusset (Catalán), Mergullón pequeño (Gallego), Little Grebe (Inglés), Grèbe castagneux (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata del más pequeño de los zampullines. Es un ave rechoncha, con cuello mediano y arqueado, y pico corto y recto. En verano muestra coloración general oscura, con el cuerpo, la cabeza y la nuca negros, mientras que la garganta y el cuello presentan una tonalidad castaña; en esta estación destaca la pequeña mancha amarilla que aparece en la comisura del pico. En invierno, las zonas inferiores, incluyendo las mejillas, la garganta y el cuello, tienen color crema, mientras que la cabeza y el dorso son de un tono pardo oscuro; en esta época, el pico resulta amarillento casi en su totalidad. Tanto en invierno como en verano, la zona caudal o popa posee tonos blanquecinos y aspecto “algodonoso”. No existen diferencias entre sexos. Los juveniles recuerdan a los adultos en invierno, de los que tan solo se distinguen por presentar en cada mejilla dos líneas negras sobre el fondo crema. Como otros miembros de su familia, se zambulle con frecuencia para bucear.</t>
+  </si>
+  <si>
+    <t>Podiceps ruficollis (Pallas, 1764)</t>
+  </si>
+  <si>
+    <t>Tachymarptis melba (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Vencejo real (Castellano), Malkor-sorbeltza (Euskera), Ballester (Catalán), Cirrio grande (Gallego), Alpine Swift (Inglés), Martinet alpin (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata del más grande y vistoso de los vencejos españoles. Presenta una silueta típica en forma de ballesta, cola corta y levemente ahorquillada, y alas muy largas y estrechas, de aleteos lentos. Posee pico corto, plano y con la boca muy ancha; patas emplumadas y extremadamente cortas, que le impiden posarse en el suelo; y pies pequeños y de fuertes garras, con los cuatro dedos dirigidos hacia delante. Muestra coloración general pardo oliva, más oscura en las alas, con dos destacadas áreas blancas en el vientre y la garganta, separadas ambas por un collar parduzco. Ambos sexos son iguales. Los jóvenes resultan muy similares a los adultos, aunque un poco más oscuros y con plumas ribeteadas de blanco. Esta ave pasa la mayor parte de su vida en el aire, por lo que casi siempre se la ve volando y agrupada, tanto en núcleos urbanos como en acantilados costeros y de interior.</t>
+  </si>
+  <si>
+    <t>Apus melba (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Tadorna tadorna (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Tarro blanco (Castellano), Paita arrunta (Euskera), Ànec blanc (Catalán), Pato branco (Gallego), Shelduck (Inglés), Common Shelduck (Inglés), Tadorne de Belon (Francés)</t>
+  </si>
+  <si>
+    <t>Anátida intermedia (por forma y comportamiento) entre un ganso y un pato típicos, que presenta las patas muy centradas en el cuerpo, en una posición que facilita la acción de pastar. Su coloración general es blanca, con el dorso más oscuro (verdoso) y un ancho collar pardorrojizo en el pecho. La cabeza y el cuello son de un verde oscuro, a modo de capuchón. El pico rojo posee un llamativo abultamiento en la frente de los machos. Los jóvenes son mucho más pálidos, sin collar y sin capucha definida, con el dorso pardo escamado, cabeza y cuello oscuros, cara blanquecina y pico rosado. En vuelo, las primarias y secundarias, de color muy oscuro —las últimas de un tono verde botella—, contrastan con el tono general blanco.</t>
+  </si>
+  <si>
+    <t>Thalasseus sandvicensis (Latham, 1787)</t>
+  </si>
+  <si>
+    <t>prueba_Charrán patinegro (Castellano), Charrán patinegro (Castellano), Txenada hankabeltza (Euskera), Xatrac becllarg (Catalán), Carrán cristado (Gallego), Sandwich Tern (Inglés), Sterne caugek (Francés)</t>
+  </si>
+  <si>
+    <t>Es un charrán de tamaño entre mediano y grande —casi como una gaviota reidora, aunque mucho más esbelto— comparado con sus congéneres, solo menor que la pagaza piquirroja y el charrán real. Presenta las partes inferiores blancas y las superiores de color gris pálido uniforme, excepto el obispillo y la cola, visiblemente blancos en los adultos y fuertemente escamados de gris oscuro en los pollos del año. Posee un pico largo de color negro con la punta amarilla, que resulta menos notable en los jóvenes. La forma de la cabeza es más plana y alargada que en los charranes más pequeños y en ella resalta el capirote negro con una cresta hirsuta y conspicua en las aves adultas reproductoras, mientras que en plumaje invernal y en aves jóvenes la frente y la parte superior de la cabeza, hasta la altura del ojo, son de color blanco. Las patas son negras en todas las edades. En vuelo, las alas se ven largas y puntiagudas y la cola no muy larga y ahorquillada. Su vuelo es potente, con batidos de ala profundos y regulares cuando se desplaza, y algo más errático mientras se alimenta, momento en el que realiza frecuentes giros y picados repentinos.</t>
+  </si>
+  <si>
+    <t>Sterna sandvicensis Latham, 1787</t>
+  </si>
+  <si>
+    <t>Tringa erythropus (Pallas, 1764)</t>
+  </si>
+  <si>
+    <t>prueba_Archibebe oscuro (Castellano), Bernagorri iluna (Euskera), Gamba roja pintada (Catalán), Bilurico patirroxo (Gallego), Spotted Redshank (Inglés), Chevalier arlequin (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de una limícola de tamaño mediano, estilizada, con las patas más largas que la anchura del cuerpo, y el pico —cuya mandíbula inferior es de color naranja en la base— mayor que la longitud de la cabeza. El macho en plumaje nupcial presenta una librea inconfundible, de color negro, en la que solo destacan los festones claros en las plumas de las partes superiores y un anillo ocular blanco. Las patas son de color rojo sucio, casi negras. La hembra en plumaje nupcial es similar, pero menos oscura al mostrar bordes blancos en la mayoría de las plumas del cuerpo. El adulto no reproductor es de color gris muy claro, con una ceja blanca que contrasta con las bridas oscuras y partes inferiores blancas con un tinte grisáceo a los lados del pecho. Las patas son llamativas, naranjas o rojas. El juvenil, por su parte, presenta las regiones dorsales marronáceas, con festones claros en las plumas; el cuello, el pecho y las partes inferiores son de color marrón grisáceo claro con densas barras oscuras y, las patas, anaranjadas.</t>
+  </si>
+  <si>
+    <t>Tringa nebularia (Gunnerus, 1767)</t>
+  </si>
+  <si>
+    <t>prueba_Archibebe claro (Castellano), Kuliska zuria (Euskera), Gamba verda (Catalán), Bilurico pativerde (Gallego), Greenshank (Inglés), Common Greenshank (Inglés), Chevalier aboyeur (Francés)</t>
+  </si>
+  <si>
+    <t>Es una limícola de tamaño mediano, estilizada, con las patas bastante largas —de color verde amarillento— y pico de considerable longitud, ligeramente curvado hacia arriba, con la base verdosa y la punta negra. El adulto en librea nupcial presenta las plumas de las partes superiores de coloración variable, unas oscuras con festones blancos y otras grises con raquis y muescas oscuras. El cuello, el pecho y las partes inferiores son blancos, con un fuerte barrado marrón oscuro y galones en los flancos. El adulto no reproductor es grisáceo, pero con un aspecto moteado debido a los bordes blancos de las plumas de las partes superiores, que presentan un festoneado negro interior; el pecho y las zonas inferiores son completamente blancos. El individuo juvenil, por su parte, luce las plumas superiores marrones con bordes crema y festones oscuros y un ligero barrado marrón en el pecho, con las regiones inferiores blancas. En vuelo, las partes superiores se muestran bastante oscuras, con el obispillo muy pálido que se prolonga en cuña por el dorso. En la cola aparece un difuso barrado transversal.</t>
+  </si>
+  <si>
+    <t>Tringa ochropus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Andarrios grande (Castellano), Andarríos grande (Castellano), Kuliska iluna (Euskera), Xivita (Catalán), Bilurico alinegro (Gallego), Green Sandpiper (Inglés), Chevalier cul-blanc (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de un ave limícola de tamaño entre pequeño y mediano, de aspecto estilizado, con patas de mediana longitud que apenas sobresalen de la cola en vuelo, y pico igual a la longitud de la cabeza. Como otros andarríos, cuando está posado suele realizar un continuo movimiento de balanceo. La coloración es bastante oscura en la región dorsal, en marcado contraste con la garganta y las zonas ventrales, de color blanco. Presenta un límite nítido entre el pecho oscuro y el vientre blanco. Las patas son de color grisáceo oscuro y muestra también una ceja blanca, que es corta y solo se extiende entre el pico y el ojo. El adulto en plumaje nupcial exhibe numerosas pintas blancas en las partes superiores, que destacan notablemente sobre el fondo marrón oscuro. El píleo, el cuello y el pecho aparecen listados de marrón y blanco. Los ejemplares no reproductores presentan motas menos destacadas, de color ante apagado, el píleo apenas estriado de claro y el pecho grisáceo, con un estriado más difuso. El juvenil, por su parte, es semejante al adulto no reproductor, pero con las pintas de las partes superiores más conspicuas y con un estriado menos definido en el pecho. El andarríos grande es un ave tímida y nerviosa, a la que, normalmente, no se descubre hasta que alza el vuelo. En ese momento resulta fácil de identificar debido a su color muy oscuro, en el que resalta el obispillo blanco y el barrado transversal de la cola</t>
+  </si>
+  <si>
+    <t>Turdus iliacus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Zorzal alirrojo (Castellano), Redwing (Inglés)</t>
+  </si>
+  <si>
+    <t>El alirrojo es un zorzal de pequeño tamaño, compacto y de cola relativamente corta, que no presenta un dimorfismo sexual muy evidente. Su plumaje es marrón-grisáceo en el dorso y blanco con listas oscuras hacia las regiones ventrales. Los flancos y la parte inferior de las alas lucen un tono rojizo bastante intenso, que es visible en vuelo y constituye un buen indicio para diferenciarlo de especies próximas. Otro rasgo llamativo en su diseño es la presencia de una marcada ceja y una bigotera blancas, distinguibles incluso a cierta distancia. Suele moverse en grupos numerosos durante el invierno, a menudo en compañía de otros zorzales.</t>
+  </si>
+  <si>
+    <t>Turdus merula Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Mirlo común (Castellano), Patoja (Castellano), Common Blackbird (Inglés), Eurasian Blackbird (Inglés), Blackbird (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Túrdido de mediano tamaño y con aspecto muy característico. De tonos uniformes y oscuros, el macho luce color negro, con el pico y el anillo ocular anaranjados, mientras que la hembra es marrón oscura, con el pico amarillento o parduzco. Exhibe un vuelo ágil y directo, frecuentemente a baja altura, entre matorrales y zonas de vegetación enmarañada. Posado en el suelo, anda a saltos, y cuando se para muestra una pose muy erguida.</t>
+  </si>
+  <si>
+    <t>Turdus philomelos Brehm, CL, 1831</t>
+  </si>
+  <si>
+    <t>prueba_Zorzal común (Castellano), Song Thrush (Inglés), Grive musicienne (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de un zorzal de tamaño medio, con las regiones dorsales de un color pardo algo más cálido que el del zorzal charlo. Las partes inferiores presentan tonos claros, blanquecinos en el vientre y de un color ocre amarillento en el pecho, y aparecen profusamente tachonadas por motas en forma de cuña que, en la zona del cuello, se ordenan para dar lugar a una fina bigotera. Suele desplazarse por el suelo, aunque se posa en la parte más alta de arbustos y árboles para cantar. Su vuelo, rápido y algo espasmódico, permite observar la característica coloración herrumbrosa de su zona axilar, que facilita su diferenciación de otros zorzales.</t>
+  </si>
+  <si>
+    <t>Turdus viscivorus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Zorzal charlo (Castellano), Mistle Thrush (Inglés)</t>
+  </si>
+  <si>
+    <t>Es un zorzal grande, bastante más corpulento que el zorzal común y más alargado y erguido cuando se posa. Las partes dorsales son de color pardo grisáceo y las inferiores, blanquecinas, con una mancha gris oscura a los lados del pecho e intensamente moteadas, desde la garganta hasta el vientre, por gruesas pintas oscuras dispuestas aleatoriamente. En la cara presenta un diseño irregular de manchas grises, blancas y negras. Los jóvenes aparecen intensamente moteados de marrón, ocre y blanco por todo el plumaje. Su vuelo es rápido y directo, y es en el aire cuando se hace especialmente visible su larga cola y la región axilar de color blanco, que permiten distinguirlo con facilidad de otros zorzales.</t>
+  </si>
+  <si>
+    <t>Turnix sylvaticus (Desfontaines, 1789)</t>
+  </si>
+  <si>
+    <t>prueba_Torillo (Castellano), Torillo andaluz (Castellano), Zezen-txoa (Euskera), Guatlla andalusa (Catalán), Cogorniza andalusa (Gallego), Andalusian Hemipode (Inglés), Kurrichane Buttonquail (Inglés), Common Buttonquail (Inglés), Turnix d'Andalousie (Francés)</t>
+  </si>
+  <si>
+    <t>España CR (En peligro crítico),  Mundial LC (Preocupación menor),  Península RE (Extinto regionalmente)</t>
+  </si>
+  <si>
+    <t>De pequeño tamaño y hábitos extraordinariamente recatados, el torillo es una de las pocas especies en que la hembra exhibe un plumaje más vistoso que el macho, si bien ambos son bastante crípticos. Dominan en su librea los tonos terrosos en el dorso y los cremosos en el vientre. A la altura del pecho presenta una franja rojizo-anaranjada de extensión variable, mientras que en los flancos aparece una serie de manchas oscuras en forma de V. El aspecto general del torillo, que recuerda al de una codorniz, se caracteriza por sus formas redondeadas y compactas, por la posesión de cortas patas adaptadas para la marcha y por sus alas redondeadas.</t>
+  </si>
+  <si>
+    <t>Turnix sylvatica</t>
+  </si>
+  <si>
+    <t>Upupa epops Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Abubilla común (Castellano), Abubilla (Castellano), Argi-oilarra (Euskera), Puput (Catalán), Bubela (Gallego), Hoopoe (Inglés), Common Hoopoe (Inglés), Huppe fasciée (Francés)</t>
+  </si>
+  <si>
+    <t>Ave de aspecto inconfundible, con tonos ocres en la mitad anterior del cuerpo, y listas negras y blancas en la mitad posterior del dorso. Pese a que ambos sexos resultan muy similares, el macho posee el color anaranjado del pecho de un tono más intenso. La abubilla luce en su cabeza una llamativa cresta, de color ocre y con las puntas negras, que suele desplegar al posarse, cuando está inquieta o durante el cortejo. Tiene el pico largo y ligeramente curvado, y una cola amplia y negra, atravesada por una banda blanca. En vuelo presenta alas blanquinegras, muy anchas y redondeadas. Los aleteos son irregulares y describe ligeras ondulaciones en su trayectoria.</t>
+  </si>
+  <si>
+    <t>Zamenis longissimus (Laurenti, 1768)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra de Esculapio (Castellano), Eskulapioren sugea (Euskera), Serp d'Esculapi (Catalán), Cobra-de-Esculapio (Gallego), Aesculapean Snake (Inglés), Aesculapian Ratsnake (Inglés), Couleuvre d'Esculape (Francés)</t>
+  </si>
+  <si>
+    <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea XX (Desconocido)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Región Atlántica, Región Alpina, Región Mediterránea</t>
+  </si>
+  <si>
+    <t>Culebra de gran tamaño, de aspecto esbelto y estilizado, con cabeza estrecha y alargada. Puede alcanzar los 2.000 mm de longitud, aunque raramente supera los 1.500. La coloración dorsal es marrón o pardo-olivácea, con la parte anterior del cuerpo algo más clara. Frecuentemente numerosas escamas presentan manchas claras. Las labiales y los lados del cuello son de color amarillo claro y suele haber una banda oscura difusa por detrás del ojo. El vientre es de color amarillento claro. Los jóvenes presentan el dorso gris o pardo-verduzco, con pequeñas hileras de manchas oscuras, generalmente 4. Una línea oscura lateral comienza antes del ojo y entra en la sien, y a ella le sigue una mancha blanquecina o amarilla brillante a ambos lados del cuello, a modo de collar. Los machos son mayores que las hembras, con colas relativamente más largas.</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Directiva 92/43/CEE (Directiva Hábitats), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
+  </si>
+  <si>
+    <t>Anexo IV</t>
+  </si>
+  <si>
+    <t>Elaphe longissima</t>
+  </si>
+  <si>
+    <t>Coronella austriaca Laurenti, 1768</t>
+  </si>
+  <si>
+    <t>prueba_Culebra lisa europea (Castellano), Iparraldeko suge leuna (Euskera), Serp llisa septentrional (Catalán), Cobra lagarteira común (Gallego)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Alpina XX (Desconocido)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Región Atlántica, Región Mediterránea, Región Alpina</t>
+  </si>
+  <si>
+    <t>Culebra de tamaño pequeño. En la cabeza, la placa rostral tiene una forma puntiaguda en situación posterior y se dispone entre las internasales a manera de una cuña que penetrara entre ellas. Las escamas del cuerpo son lisas, disponiéndose las dorsales normalmente en 19 hileras en el centro del cuerpo. La 3ª y 4ª escamas supralabiales en contacto con el ojo. Su coloración dorsal varía desde el pardorrojizo hasta el gris humo, con manchas oscuras irregulares. Inferiormente la coloración puede ser negruzca, grisácea o pardorrojiza más o menos uniforme. Poseen una banda oscura, parda o negra, que recorre ambos lados de la cabeza (como un "antifaz") y que se inicia en los orificios nasales, bordea inferiormente el ojo y se prolonga hasta el cuello. Longitud total máxima en la Península Ibérica, 750 mm.</t>
+  </si>
+  <si>
+    <t>Hemorrhois hippocrepis (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Asperomarín (Castellano), Culebra de herradura (Castellano), Serp de ferradura (Catalán), Horseshoe Whip Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea FV (Favorable)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Región Mediterránea</t>
+  </si>
+  <si>
+    <t>Cabeza ligeramente deprimida, ovalada en vista dorsal y bien diferenciada del cuerpo, que es largo y delgado, al igual que la cola. Escamas supralabiales separadas del ojo por una hilera de 2 a 4 escamas suboculares (a veces una supralabial, generalmente la quinta, contacta con el ojo). Es frecuente observar de 1 a 3 escamas intersticiales entre la loreal, preocular, subocular anterior y una labial superior. Las dorsales son lisas y normalmente se encuentran en hileras de 25 ( a veces 23 o 29) en mitad del cuerpo. El diseño corporal se caracteriza por una serie de 60 a 65 manchas oscuras subcirculares en situación mediodorsal de extensión decreciente hacia la cola. Longitud total máxima, 1.850 mm.</t>
+  </si>
+  <si>
+    <t>Coluber hippocrepis</t>
+  </si>
+  <si>
+    <t>Hierophis viridiflavus (Lacépède, 1789)</t>
+  </si>
+  <si>
+    <t>prueba_Culebra verdiamarilla (Castellano), Suge berde-horia (Euskera), Serp verd groga (Catalán), Green Whip Snake (Inglés), Western Whip Snake (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica XX (Desconocido),  Región Alpina XX (Desconocido)</t>
+  </si>
+  <si>
+    <t>España, Mundial, Región Mediterránea, Región Atlántica, Región Alpina</t>
+  </si>
+  <si>
+    <t>La culebra verdiamarilla es un ofidio de tamaño medio que alcanza entre 1.000 y 1.500 mm de longitud total cabeza – cloaca. El cuerpo es largo y esbelto, igual que la cola, hecho que le confiere una notable agilidad. La coloración dorsal es negra o verde oscura con pequeñas manchas amarillas en el píleo y parte anterior del cuerpo. El vientre y los flancos son claros: amarillos, verdosos o blanquecinos. Algunos ejemplares son mucho más oscuros o melánicos. En los juveniles destaca la presencia de un manifiesto contraste en la cabeza con machas oscuras y bien delimitadas por gruesas líneas amarillas que dibujan un diseño muy simétrico a ambos lados de la cabeza. Los machos son mayores que las hembras aunque presentan un número de escamas ventrales menor. Los machos también tienen mayor número de escamas subcaudales debido a la presencia de los hemipenes y músculos retractores en la base de la cola.</t>
+  </si>
+  <si>
+    <t>Coluber viridiflavus</t>
+  </si>
+  <si>
+    <t>Acrocephalus arundinaceus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Carricero tordal (Castellano), Lezkarri  karratxina (Euskera), Balquer (Catalán), Folosa grande (Gallego), Great Reed Warbler (Inglés), Great Reed-warbler (Inglés), Rousserolle turdoïde (Francés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Península NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>España, Península, Mundial</t>
+  </si>
+  <si>
+    <t>Se trata de la especie más robusta entre los carriceros y carricerines. De tonos pardos uniformes, es similar al carricero común, aunque notablemente mayor y con el pico más grande. Presenta el dorso marrón rojizo o grisáceo, según la edad y el desgaste de la pluma, y tiene las partes inferiores de tonos pardo-amarillentos. Ambos sexos son iguales.</t>
+  </si>
+  <si>
+    <t>Actitis hypoleucos (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Andarríos chico (Castellano), Andarríos chico (Castellano), Andarrios chico (Castellano), Kuliska txikia (Euskera), Xivitona (Catalán), Bilurico das rochas (Gallego), Common Sandpiper (Inglés), Chevalier guignette (Francés)</t>
+  </si>
+  <si>
+    <t>Es una limícola estilizada, de pequeño tamaño —el menor entre los andarríos— y patas bastante cortas, que balancea la cola y la cabeza de forma característica cuando está posada. Sus partes superiores son pardas y las inferiores, blancas, con un característico entrante pálido que sube desde los lados del pecho hasta el cuello, por delante del vértice del ala. El adulto en plumaje nupcial luce las plumas de las partes superiores de color pardo grisáceo, con barrados y punteaduras que le dan un aspecto poco uniforme. Fuera de la estación reproductora, las plumas presentan el raquis finamente destacado de oscuro y el borde ante, con una banda subapical negra, mientras que las coberteras muestran un doble barrado apical negro y ante. El juvenil es similar al adulto no reproductor, pero con los márgenes de las plumas más destacados. En vuelo, el andarríos chico exhibe un diseño alar característico, con una ancha franja blanca enmarcada por plumas más oscuras.</t>
+  </si>
+  <si>
+    <t>Tringa hypoleucos (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Alca torda Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Alca común (Castellano), Alca (Castellano), Alca común (Castellano), Patorroa (Euskera), Gavot (Catalán), Arao romero (Gallego), Razorbill (Inglés), Petit Pingouin (Francés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Como el resto de los componentes de la familia de los álcidos, el alca común presenta el cuerpo alargado y las patas en posición bastante retrasada, si bien se diferencia con facilidad por la cola, relativamente larga, y el pico robusto, de color negro y surcado por una delgada línea blanca. El diseño, que sigue el patrón típico de este grupo de aves, con las regiones dorsales negras y las ventrales blancas, es similar en ambos sexos, si bien varía según la edad y la época del año; así, durante el periodo reproductor muestra una tonalidad negra más intensa que se extiende por toda la cabeza hasta el cuello, y en el pico se dibujan tres líneas blancas. Los jóvenes son parecidos a los adultos durante el invierno, aunque el pico es algo menor y con la forma ligeramente distinta. Vuela muy cerca de la superficie del mar, propulsado por rápidos batidos de ala, a menudo agrupado en pequeños bandos o “trenes” de aves que se desplazan en fila.</t>
+  </si>
+  <si>
+    <t>Anthus spinoletta (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Bisbita alpino (ribereño) (Castellano), Bisbita alpino (Castellano), Mendi-txirta (Euskera), Grasset de muntanya (Catalán), Pica alpina (Gallego), Rock Pipit and Water Pipit (Inglés), Water Pipit (Inglés)</t>
+  </si>
+  <si>
+    <t>En época de cría, el macho exhibe cabeza gris azulada, garganta y ceja blancas, dorso pardo gris estriado, y pecho rosado liso, con algunas estrías tenues en los flancos. Posee alas redondeadas; cola larga y con plumas externas blancas; pico negro, largo y fino; y patas finas y oscuras, con uña posterior de longitud media. En invierno, los adultos adquieren un plumaje más típico de bisbita, con partes superiores de color pardo gris muy estriadas, pecho de fondo claro muy rayado, bigotera negra, y patas y pico más aclarados. En verano resulta difícil de confundir; pero en invierno hay que prestar atención a su mayor tamaño, patas oscuras y tonalidad gris, que lo distinguen del bisbita pratense, y a su aspecto general más claro que el del bisbita costero. En verano, la hembra muestra menor intensidad que el macho en los colores del pecho y la cabeza. Los jóvenes semejan adultos en plumaje invernal, pero son algo más oscuros y rayados. El bisbita alpino suele observarse en solitario en todas las épocas, generalmente en el suelo.</t>
+  </si>
+  <si>
+    <t>Apus unicolor (Jardine, 1830)</t>
+  </si>
+  <si>
+    <t>prueba_Vencejo unicolor (Castellano), Sorbeltz kolorebakarduna (Euskera), Falciot unicolor (Catalán), Cirrio unicolor (Gallego), Plain-coloured Swift (Inglés), Plain Swift (Inglés), Martinet unicolore (Francés)</t>
+  </si>
+  <si>
+    <t>España DD (Datos insuficientes),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Presenta silueta en forma de ballesta, cola corta y bastante ahorquillada, y alas estrechas y largas. Su coloración es uniforme, de tono pardo gris. Su aspecto resulta muy semejante al de los vencejos común y pálido, con los que puede coincidir en el mismo territorio. Las diferencias, muy sutiles, con estas especies estriban en que el vencejo unicolor es intermedio en coloración (más claro que el común y más oscuro que el pálido), ligeramente más pequeño, y de aspecto esbelto por sus alas más estrechas; además exhibe una cola más larga y ahorquillada, y la mancha blanca de la garganta es menor y más difusa. Ambos sexos son iguales. Los jóvenes se parecen mucho a los adultos, aunque muestran un tono algo más oscuro y un aspecto escamoso, por la presencia de plumas con pequeños ribetes blancos. Esta ave es observada casi siempre en grupo y en el aire, ya que pasa la mayor parte de su vida volando, y únicamente se la ve posada cuando entra o sale del nido. Duerme tanto en vuelo como en el nido.</t>
+  </si>
+  <si>
+    <t>Aquila adalberti Brehm, CL, 1861</t>
+  </si>
+  <si>
+    <t>prueba_Águila imperial ibérica (Castellano), Eguzki-arranoa (Euskera), Aguila imperial (Catalán), Aguia imperial ibérica (Gallego), Adalbert's Eagle (Inglés), Spanish Eagle (Inglés), Spanish Imperial Eagle (Inglés)</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Península EN (En peligro),  Mundial VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Rapaz de gran tamaño, el adulto es de tono general marrón muy oscuro, con hombros blanquecinos, y nuca y laterales de la cabeza pálidos. Pico muy poderoso. En vuelo destacan los hombros blancos y la base de la cola pálida sobre el resto del plumaje oscuro. Las alas son largas y relativamente rectangulares. La cola es larga (no tanto como en el águila real) y algo estrecha, y generalmente la lleva cerrada. El joven del año es pardo rojizo, con las plumas de vuelo oscuras. Tras sucesivas mudas va adquiriendo el aspecto de adulto (a partir de los cinco años), pasando por el estado intermedio de “damero”, en el que exhibe un patrón ajedrezado que mezcla plumas pálidas y oscuras. En vuelo, el cuerpo y los axilares rojizos contrastan con las secundarias oscuras. Las primarias muestran una zona más pálida, y la cola es oscura. En las partes superiores, el patrón es similar, pero se añade el obispillo pálido.</t>
+  </si>
+  <si>
+    <t>Aquila heliaca adalberti C. L. Brehm, 1861</t>
+  </si>
+  <si>
+    <t>Aquila chrysaetos (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Águila real (Castellano), Arrano beltza (Euskera), Águila daurada (Catalán), Aguia real (Gallego), Golden Eagle (Inglés), Aigle royal (Francés)</t>
+  </si>
+  <si>
+    <t>España NT (Casi amenazado),  Península NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Es una rapaz de gran tamaño y la mayor de las águilas ibéricas. El adulto luce coloración general parda muy oscura, con tonos más dorados en las alas, la nuca y el cuello. Vista en vuelo, en la distancia parece muy oscura, con las plumas de vuelo y la cola ligeramente más pálidas. Su silueta, muy proporcionada, queda definida por unas alas largas y anchas, de borde posterior muy redondeado —con un estrechamiento llamativo en la axila—, y una cola larga. El joven del año es muy oscuro, casi negro, y cuando vuela destacan sendos parches blancos en las alas, así como una amplia zona blanca en gran parte de la cola, rematada por una banda terminal negra. A través de sucesivas mudas va progresivamente desdibujando este patrón de color tan contrastado, hasta alcanzar el plumaje definitivo de adulto, a los cinco o seis años de edad.</t>
+  </si>
+  <si>
+    <t>Athene noctua (Scopoli, 1769)</t>
+  </si>
+  <si>
+    <t>prueba_Mochuelo (Castellano), Mochuelo europeo (Castellano), Mochuelo común (Castellano), Mozoloa arrunta (Euskera), Mussol comú (Catalán), Moucho común (Gallego), Little Owl (Inglés), Chouette chevêche (Francés)</t>
+  </si>
+  <si>
+    <t>El mochuelo europeo es una pequeña rapaz nocturna de formas rechonchas, que se caracteriza, sobre todo, por una voluminosa y redondeada cabeza carente de penachos cefálicos. En su plumaje predominan los tonos marrones y grisáceos profusamente moteados de blanco. Las partes ventrales son más claras que las dorsales, aunque aparecen también intensamente moteadas. La ancha cabeza se adorna con finas manchas blancas y las plumas que rodean el pico y las llamativas cejas blancas enmarcan unos grandes ojos amarillos de expresión sorprendida. La cola es corta, al igual que las alas, que tienden a ser redondeadas; tanto una como otras aparecen abundantemente barradas con franjas parduzcas. El vuelo es rápido y marcadamente ondulado. Al ser un ave de hábitos parcialmente diurnos, es muy frecuente observar la característica silueta redondeada del mochuelo sobre tocones, tejados o piedras, incluso durante las horas centrales del día.</t>
+  </si>
+  <si>
+    <t>Aythya nyroca (Güldenstädt, 1770)</t>
+  </si>
+  <si>
+    <t>prueba_Porrón pardo (Castellano), Murgilari arrea (Euskera), Morell xocolater (Catalán), Pato castaño (Gallego), Ferruginous Duck (Inglés), White-eyed Pochard (Inglés), Ferruginous Pochard (Inglés), Fuligule nyroca (Francés)</t>
+  </si>
+  <si>
+    <t>España CR (En peligro crítico),  Península CR (En peligro crítico),  Mundial NT (Casi amenazado)</t>
+  </si>
+  <si>
+    <t>Este pato buceador de pequeño o mediano tamaño y cuerpo bastante corto presenta una cabeza con el característico perfil de porrón, es decir, frente alta y píleo apuntado. El macho adulto en plumaje nupcial exhibe una bella tonalidad herrumbre o castaño intenso, más oscuro en el dorso y más pálido en los flancos. El iris es de color blanco, por lo que destaca vivamente sobre el plumaje de la cabeza. La hembra adulta resulta más sombría y menos contrastada y tiene el iris de color pardo. Los jóvenes son similares a la hembra adulta, pero de color más apagado, en general. En vuelo se observan muy nítidamente unas anchas bandas de color blanco puro que llegan hasta los extremos alares, así como la coloración blanca del vientre y la popa.</t>
+  </si>
+  <si>
+    <t>Botaurus stellaris (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Avetoro (Castellano), Avetoro común (Castellano), Avetoro común (Castellano), Txoro-zezen arrunta (Euskera), Bitó comú (Catalán), Common Bittern (Inglés), Bittern (Inglés), Eurasian Bittern (Inglés), Butor étoilé (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>España CR (En peligro crítico),  Península CR (En peligro crítico),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Garza de mediano tamaño, rechoncha y de grueso cuello, de color pardo rojizo. Tiene todo el dorso rayado de oscuro, píleo negro y bigotera oscura llamativa. Los jóvenes son muy similares, pero algo más pálidos, principalmente en las partes inferiores, y con bigotera menos definida. En vuelo muestra patas muy alargadas y cuello recogido, con el pico apuntando hacia arriba. Sus plumas de vuelo son barradas. Difícil de ver, rara vez abandona la cobertura de la densa vegetación palustre.</t>
+  </si>
+  <si>
+    <t>Burhinus oedicnemus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Alcaraván majorero (Castellano), Alcaraván común (Castellano), Alcaraván (Castellano), Pernil (Castellano), Atalarra (Euskera), Torlit (Catalán), Eurasian Stone-curlew (Inglés), Stone Curlew (Inglés), Eurasian Thick-knee (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Pequeña zancuda de grandes ojos amarillos y coloración general pardo-terrosa. El adulto luce una banda blanca bordeada de negro en el ala, y dos franjas blancas por encima y debajo del ojo. Tiene el pico amarillo, con la punta negra. El joven es más discreto, con la banda alar y las franjas blancas de la cabeza más desvanecidas y menos marcadas. En vuelo, la parte inferior de las alas resulta muy pálida, mientras que la superior presenta dos franjas alares blanquecinas bordeadas de negro, con las puntas y la parte posterior de las alas negruzcas, aunque sobre este fondo oscuro también se aprecian algunas manchas blancas.</t>
+  </si>
+  <si>
+    <t>Calidris minuta (Leisler, 1812)</t>
+  </si>
+  <si>
+    <t>prueba_Correlimos menudo (Castellano), Txirri txikia (Euskera), Terretitona (Catalán), Pilriño patimouro (Gallego), Little Stint (Inglés), Bécasseau minute (Francés)</t>
+  </si>
+  <si>
+    <t>El más pequeño de todos los correlimos es una limícola con patas y pico negros y partes inferiores blancas en todos los plumajes. El adulto en librea nupcial posee la cabeza anaranjada y la garganta blanca, los laterales del cuello también anaranjados y moteados de marrón, las plumas de las partes superiores negras con márgenes castaños y ápices blancos . En el manto exhibe una marcada “V” de color blanco. El juvenil es muy similar, con la “V” del manto más destacada, aunque los márgenes de las plumas superiores son más grisáceos y la cabeza, menos naranja. El adulto no reproductor, por su parte, es gris en general, con el raquis de las plumas superiores más oscuro.</t>
+  </si>
+  <si>
+    <t>Carduelis citrinella (Pallas, 1764)</t>
+  </si>
+  <si>
+    <t>prueba_Verderón serrano (Castellano), Mendi-txirriskila (Euskera), Llucareta (Catalán), Verderolo serrano (Gallego), Citril Finch (Inglés), Alpine Citril Finch (Inglés)</t>
+  </si>
+  <si>
+    <t>Se trata de un fringílido pequeño, de tonos verdosos y, salvo los volantones, sin pintas conspicuas. Los adultos —tanto machos como hembras— tienen la cabeza gris, mientras que las mejillas, el obispillo y las partes inferiores de su cuerpo poseen un color verdeamarillento. El manto, en cambio, es algo diferente entre sexos: gris-pardo con estrías verticales en las hembras, y gris-verdoso en los machos. Además, los machos presentan mayor extensión de verde en las plumas cobertoras de las alas. El tamaño y la morfología del verderón serrano resultan similares a los de lúganos y verdecillos. Pero el primero posee franjas alares claras muy conspicuas, y los machos tienen, a su vez, el píleo teñido de negro. Por otra parte, los verdecillos exhiben un plumaje moteado, especialmente en pecho y vientre. Solamente los jóvenes de verderón serrano se confunden con los verdecillos comunes. La coloración del verderón serrano recuerda también a la del verderón común. Pero esta última especie es mucho más grande, cabezona y con pico muy grueso. Además, cuando vuela, el verderón común muestra amplias manchas amarillas en las alas y en la cola.</t>
+  </si>
+  <si>
+    <t>Serinus citrinella Pallas,1764</t>
+  </si>
+  <si>
+    <t>Cercotrichas galactotes (Temminck, 1820)</t>
+  </si>
+  <si>
+    <t>prueba_Alzacola (Castellano), Alzacola rojizo (Castellano), Buztangora (Euskera), Cuaenlairat (Catalán), Rabiteso (Gallego), Rufous-tailed Scrub-robin (Inglés), Rufous-tailed Scrub Robin (Inglés), Rufous Bush Chat (Inglés), Rufous Bush Robin (Inglés), Agrobate roux (Francés)</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Península EN (En peligro),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Esta especie suele observarse en el suelo o posada en arbustos bajos. Es fácilmente reconocible por su larga cola, de coloración rojiza y extremo terminal con manchas blancas y negras, que frecuentemente alza, despliega y sacude de manera ostensible. También resulta distintivo su diseño facial, ya que posee una lista ocular fina oscura, que contrasta con una banda superciliar de color blanco crema. El resto de su plumaje presenta un tono ocre claro.</t>
+  </si>
+  <si>
+    <t>Erythropygia galactotes</t>
+  </si>
+  <si>
+    <t>Certhia familiaris Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Agateador norteño (Castellano), Agateador euroasiático (Castellano), Basoetako gerri-txoria (Euskera), Raspinell pirinenc (Catalán), Gabeador norteño (Gallego), Eurasian Treecreeper (Inglés)</t>
+  </si>
+  <si>
+    <t>Ave diminuta, de pico fino y curvo. Su plumaje se confunde con la corteza de los árboles. Tanto el dorso como las alas muestran un mosaico de colores marrones-castaños de diferentes intensidades, salpicado con motas más claras, blancas, grises o crema. Las partes inferiores de su cuerpo, en cambio, son de color blancuzco. Trepa habitualmente con la cabeza hacia arriba, apoyando el cuerpo en su cola. Esta es larga, parda, y se compone de plumas con el raquis grueso y libre de barbas en su extremo distal. Tanto su comportamiento como su plumaje resultan extraordinariamente similares a los del agateador común. Con mucha experiencia se puede apreciar que el agateador norteño posee un plumaje más claro y un pico algo más corto. Pero, sin duda, su reclamo constituye el mejor rasgo para distinguirlo del agateador común.</t>
+  </si>
+  <si>
+    <t>Charadrius morinellus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Chorlito carambolo (Castellano), Txirri  lepokoduna (Euskera), Corriol pit-roig (Catalán), Píldora rubia (Gallego), Dotterel (Inglés), Eurasian Dotterel (Inglés), Pluvier guignard (Francés)</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Esta limícola de pico muy corto y patas de aproximadamente la misma longitud que la anchura del cuerpo luce en todos los plumajes unas llamativas y largas cejas blancas que se unen en la nuca, así como una banda pectoral pálida. La especie presenta dimorfismo sexual inverso, esto es, la hembra en plumaje nupcial resulta más vistosa que el macho. Aquella exhibe capirote marrón oscuro; ceja y garganta blancas; pecho gris-granate, ceñido por una banda blanquinegra que contrasta con el castaño intenso de la parte superior del vientre; un gran parche negro en el bajo vientre y la región cloacal, e infracoberteras caudales blancas. Los machos en plumaje nupcial son similares a las hembras, pero con el píleo estriado de ante, el pecho más marrón y el negro del vientre más reducido. El adulto no reproductor presenta el píleo estriado y el pecho y el vientre de un parecido tono marrón. El joven es igual que el adulto no reproductor, pero con las plumas de las partes superiores ribeteadas de blanco.</t>
+  </si>
+  <si>
+    <t>Eudromias morinellus</t>
+  </si>
+  <si>
+    <t>Chersophilus duponti (Vieillot, 1824)</t>
+  </si>
+  <si>
+    <t>prueba_Alondra de Dupont o ricotí (Castellano), Alondra ricotí (Castellano), Alondra de Dupont (Castellano), Rocín (Castellano), Dupont hegatxabala (Euskera), Alosa de Dupont (Catalán), Laverca de Dupont (Gallego), Dupont's Lark (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
+  </si>
+  <si>
+    <t>Ave de pequeño tamaño y tonos pardos y grises. Similar a otros aláudidos, se distingue por su aspecto estilizado, cuello estrecho, patas largas y un pico relativamente largo y curvado hacia abajo. Muy andarina, prefiere moverse a pie que volar, y antes que huir volando busca ocultarse entre la vegetación para pasar inadvertida. Su vuelo es rápido, con batidos profundos y una arrancada potente.</t>
+  </si>
+  <si>
+    <t>Chlidonias niger (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Fumarel común (Castellano), Itsas enara beltza (Euskera), Fumarell negre (Catalán), Carrán negro (Gallego), Black Tern (Inglés), Guifette noire (Francés)</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Península CR (En peligro crítico),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Al igual que otros fumareles, se diferencia de los charranes principalmente por el vuelo más pausado y con más vaivenes laterales, las alas más cortas y anchas y la cola corta y poco ahorquillada. El adulto en plumaje de verano presenta la cabeza y el cuerpo negros (excepto las infracoberteras caudales y la parte final del vientre, en tonos grises). Las partes superiores, incluyendo el obispillo y la cola, son de color gris oscuro uniforme; el pico y las patas son igualmente oscuros. En invierno, las partes inferiores, el cuello, la cara y la frente son blancos, y el negro de la cabeza se reduce al capirote, que se extiende hacia la nuca y por detrás del ojo formando un diseño característico. Las partes superiores, en esa época, son de color gris claro. Asimismo, luce una mancha oscura en el pecho a modo de collar semicerrado y las patas más claras. Durante la muda manifiesta muchas variaciones, pero generalmente muestra la cabeza y las partes inferiores moteadas o manchadas de blanco. El joven es similar al adulto en plumaje invernal, pero posee el dorso y las coberteras alares escamadas de oscuro.</t>
+  </si>
+  <si>
+    <t>Cisticola juncidis (Rafinesque, 1810)</t>
+  </si>
+  <si>
+    <t>prueba_Buitrón (Castellano), Cistícola buitrón (Castellano), Ihi-txoria (Euskera), Trist (Catalán), Carriza dos xuncos (Gallego), Fan-tailed Cisticola (Inglés), Fan-tailed Warbler (Inglés), Zitting Cisticola (Inglés), Cisticole des joncs (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de una de las aves más pequeñas de Europa. Posee el dorso y el píleo de color pardo oscuro y fuertemente listados, el obispillo rojizo y las partes inferiores claras con los flancos y el pecho de color ocráceo. En vuelo ejecuta una trayectoria muy ondulante y presenta una silueta característica, con las alas redondeadas y la cola —que suele mantener parcialmente desplegada— con un perfil también redondeado y de longitud creciente de los extremos hacia el centro. En su parte distal, la cola muestra una banda de manchas negras y blancas muy visibles en vuelo. Cuando se posa entre la vegetación, suele aferrarse a los tallos manteniendo la verticalidad a la vez que agita continuamente la cola.</t>
+  </si>
+  <si>
+    <t>Cursorius cursor (Latham, 1787)</t>
+  </si>
+  <si>
+    <t>prueba_Corredor sahariano (Castellano), Engaña (Castellano), Hankarina (Euskera), Corredor (Catalán), Cream-colored Courser (Inglés), Cream-coloured Courser (Inglés)</t>
+  </si>
+  <si>
+    <t>Limícola de aspecto peculiar, estilizada y de patas relativamente largas, que suele desplazarse por el suelo a gran velocidad con la cabeza baja; cuando está parada, sin embargo, tiende a adoptar una postura muy erguida. Los adultos son de un color terroso uniforme poco llamativo, del que solo destaca una marcada ceja doble, blanca y negra, que se une en la nuca formando una “V” y delimita la mitad posterior del píleo, que es de color gris. La cara inferior de las alas es negra. Los jóvenes lucen un plumaje de aspecto escamoso, con abundante moteado en el cuello y la cabeza, y la ceja bicolor característica de los adultos resulta en ellos poco llamativa.</t>
+  </si>
+  <si>
+    <t>CEEA: Vulnerable, LESRPE: En régimen de protección especial</t>
+  </si>
+  <si>
+    <t>Dryobates minor (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Pico menor (Castellano), Okil txikia (Euskera), Picot garser petit (Catalán), Peto pequeño (Gallego), Lesser Spotted Woodpecker (Inglés)</t>
+  </si>
+  <si>
+    <t>El más pequeño de los pícidos europeos es un ave no mayor que un pinzón o un gorrión, que se caracteriza por poseer un cuerpo rechoncho y corto, la cabeza redondeada y el pico relativamente pequeño y ligeramente apuntado hacia arriba. En su plumaje domina una combinación de blanco y negro en las regiones dorsales, en tanto que las ventrales adquieren un suave tinte cremoso, que se adorna con un ligero jaspeado hacia los flancos. Luce una franja negra en la nuca y una subbigotera poco desarrollada, mientras que el píleo —que aparece enmarcado de negro— es rojo en los machos y de un blanco sucio en las hembras. Los jóvenes presentan un patrón parecido a los machos, pero el blanco de su plumaje es muy sucio y el píleo se muestra menos definido.</t>
+  </si>
+  <si>
+    <t>Dendrocopos minor (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Elanus caeruleus (Desfontaines, 1789)</t>
+  </si>
+  <si>
+    <t>prueba_Elanio común (Castellano), Elano urdina (Euskera), Esparver d´espatlles negres (Catalán), Lagarteiro cincento (Gallego), Black-shouldered Kite (Inglés), Black-winged Kite (Inglés), Elanion blanc (Francés)</t>
+  </si>
+  <si>
+    <t>Rapaz pequeña de cabeza voluminosa. El rojo coral de sus ojos destaca sobre el blanco níveo de las partes inferiores, y presenta extremos alares blancos. Las partes superiores son de color gris ceniza, con hombros negros. Los jóvenes tienen el dorso escamado y pecho y cabeza con tonos ocres que pierden rápidamente. El elanio azul es localizado frecuentemente posado en postes junto a caminos y carreteras; entonces parece muy pálido, cabezón y colicorto. Planea con alas levantadas y se cierne a menudo. En parada nupcial muestra un aleteo espasmódico con alas en forma de “v”.</t>
+  </si>
+  <si>
+    <t>Emberiza cirlus Linnaeus, 1766</t>
+  </si>
+  <si>
+    <t>prueba_Escribano de garganta negra (Castellano), Escribano soteño (Castellano), Hesi-berdantza (Euskera), Gratapalles (Catalán), Escribenta común (Gallego), Cirl Bunting (Inglés)</t>
+  </si>
+  <si>
+    <t>De tamaño algo menor que el escribano cerillo, el soteño es ligeramente más colicorto y posee un pico más robusto. La coloración general se asemeja también a la del cerillo, sobre todo en jóvenes y hembras. Se diferencian, sin embargo, por el color del obispillo — gris oliváceo en el soteño—, por la posesión de marcadas bandas laterales en la cara y, en general, por presentar menos áreas amarillentas en el plumaje. El macho en época reproductora luce una amplia franja pectoral gris olivácea, un llamativo babero negro en la garganta y un antifaz del mismo color; además, conserva todo el año el píleo y la nuca extensamente coloreados de gris oliváceo, con finas listas oscuras.</t>
+  </si>
+  <si>
+    <t>Emberiza hortulana Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Escribano hortelano (Castellano), Baratz -berdantza (Euskera), (Berdantza) Miarritza (Euskera), Hortolá (Catalán), Escribenta das hortas (Gallego), Escribenta hortelá (Gallego), Ortolan Bunting (Inglés), Bruant Ortolan (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Euskera, Catalán, Gallego, Gallego, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Es un escribano de tamaño medio, con la garganta y el anillo ocular amarillos, que presenta en todos los plumajes una característica bigotera también amarilla, en tanto que el manto y las alas, pardo-grisáceas, aparecen siempre profusamente listadas de marrón oscuro. Este patrón se hace extensivo a jóvenes, hembras y machos en plumaje no reproductor. Los machos en primavera presentan la cabeza, el cuello y el pecho de un tono gris verdoso liso, aunque mantienen la bigotera y la garganta de color amarillento. Las partes inferiores son pardo-anaranjadas. En plumaje invernal, el macho se asemeja más a la hembra y al inmaduro, con predominio de los tonos más pardos y apagados en el dorso y menos acastañados en el vientre.</t>
+  </si>
+  <si>
+    <t>Falco eleonorae Géné, 1839</t>
+  </si>
+  <si>
+    <t>prueba_Halcón de Eleonora (Castellano), Halcón de Eleonor (Castellano), Eleonora belatza (Euskera), Falcó de la reina (Catalán), Falcón de Eleonora (Gallego), Eleonora's Falcon (Inglés), Faucon d'Eléonore (Francés)</t>
+  </si>
+  <si>
+    <t>Este halcón de mediano tamaño y aspecto estilizado se caracteriza por presentar varias fases de plumaje que nada tienen que ver con el sexo, pues machos y hembras se diferencian, además de por su tamaño —las hembras son mayores—, por tener la cera del pico, así como el anillo ocular, de diferente color (amarillo en el macho y grisáceo en la hembra). Los ejemplares adultos de plumaje más claro se parecen, en cierta medida, a un alcotán que tuviera las partes inferiores de color canela. Las zonas superiores y el píleo son de color pardo oscuro; las calzas y el vientre, rojizos y barrados; y las mejillas, pálidas y surcadas por una marcada bigotera. En el aire da la impresión de ser bastante oscuro por debajo, con las plumas de vuelo algo más pálidas. El adulto de plumaje intermedio es similar al anterior, pero las mejillas y el vientre resultan más oscuros, y carece de las tonalidades herrumbre de la fase clara. El adulto oscuro, por su parte, luce un plumaje completamente negruzco (aunque hay variantes de garganta y mejillas pálidas), algo más intenso en el dorso y ligeramente achocolatado —con un finísimo barrado apenas visible— en las regiones ventrales. En vuelo se ve un ave muy oscura, pero con las rémiges y rectrices más claras. El joven pálido es similar al adulto de la misma fase, pero más pardo en general y sin calzas rojizas, aunque con orlas claras en las plumas coberteras, lo que le da un cierto aspecto escamoso. El joven oscuro es completamente negruzco, con las rémiges y rectrices más pálidas y barradas.</t>
+  </si>
+  <si>
+    <t>Falco peregrinus Tunstall, 1771</t>
+  </si>
+  <si>
+    <t>prueba_Halcón peregrino (Castellano), Belatz  handia (Euskera), Falcó pelegrí (Catalán), Falcón peregrino (Gallego), Peregrine Falcon (Inglés)</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Península NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Esta rapaz de mediano tamaño, robusta y de aspecto compacto, presenta un acusado dimorfismo sexual invertido por el cual las hembras resultan considerablemente mayores y más pesadas que los machos. Los individuos adultos poseen las partes superiores oscuras, de un tono gris pizarroso bastante homogéneo, con los bordes de las coberteras ligeramente más claros, y las inferiores pálidas (en algunos casos extensamente teñidas de ocre o rosado) con un fino barrado horizontal, que se extiende también por las alas. En la cabeza llama la atención el corto pero poderoso pico y una extensa bigotera que enmarca las blancas mejillas y los ojos, que son muy oscuros y aparecen rodeados por un anillo ocular amarillo. Las hembras suelen presentar un barrado más tosco en el pecho y una bigotera más ancha. Los jóvenes, por su parte, son muy pardos, con un patrón de diseño bastante variable en la cabeza, que resulta, en todo caso, mucho menos contrastado y definido que en los adultos. Sus partes inferiores son de color ocre y lucen un profuso estriado vertical que, en las alas, da paso a un barrado más difuminado. En el dorso dominan los tonos marrones muy oscuros sobre los que destacan vivamente los bordes pálidos de rémiges y coberteras, dando al ave un característico aspecto escamoso. El vuelo de este halcón es veloz y poderoso, y en él se alternan los planeos con nerviosos aleteos que el ave ejecuta gracias a la posesión de potentísimos músculos pectorales. Las alas son más bien cortas, al igual que la cola, y resultan mucho más anchas en la zona de inserción con el amplio pecho que en su extremo, donde se estrechan considerablemente.</t>
+  </si>
+  <si>
+    <t>Falco vespertinus Linnaeus, 1766</t>
+  </si>
+  <si>
+    <t>prueba_Cernícalo patirrojo (Castellano), Belatz zanca-gorria (Euskera), Falcó cama-roig (Catalán), Falcón patirrojo (Gallego), Western Red-footed Falcon (Inglés), Red-footed Falcon (Inglés), Faucon kobez (Francés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Península NE (No evaluado),  Mundial VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Es un halcón de pequeño tamaño que presenta un acusado dimorfismo sexual, ya que las hembras son mayores que los machos y ambos lucen plumajes muy diferentes. El macho adulto es predominantemente gris-azulado, con las plumas de la región anal y las “calzas” de color rojo óxido, al igual que las patas. La hembra adulta posee el píleo, la garganta y las partes inferiores de color ocre rojizo, con un fino moteado vertical. El dorso es gris pizarra y en la mejilla pálida destaca una bigotera oscura. Los ejemplares juveniles, por su parte, presentan el manto pardo-grisáceo y exhiben una bigotera oscura que resalta sobre la mejilla, que es muy pálida. Las regiones inferiores son más claras y aparecen toscamente listadas.</t>
+  </si>
+  <si>
+    <t>Fulica cristata Gmelin, JF, 1789</t>
+  </si>
+  <si>
+    <t>prueba_Focha cornuda o moruna (Castellano), Focha moruna (Castellano), Kopetazuri gandorduna (Euskera), Fotja banyuda (Catalán), Galiñola cristada (Gallego), Crested Coot (Inglés), Red-knobbed Coot (Inglés), Foulque à crête (Francés)</t>
+  </si>
+  <si>
+    <t>De aspecto muy similar a la focha común, aunque ligeramente mayor, la focha moruna es una rara especie que se caracteriza, sobre todo, por lucir en la parte superior del escudete frontal un par de protuberancias rojas, especialmente grandes y llamativas durante el periodo nupcial. Por lo demás, la focha moruna se parece considerablemente a su mucho más frecuente pariente, la focha común, ya que exhibe un plumaje prácticamente negro —con algunos tonos grisáceos— y un visible escudete frontal blanco, el cual no se estrecha tanto hacia la base del pico como en la común. A pesar de la dificultad de diferenciar ambas especies a cierta distancia —sobre todo en invierno—, hay algunos caracteres diagnósticos, al margen de las protuberancias frontales, que nos permiten reconocer a la focha moruna, como la ya mencionada forma del escudete, la tonalidad ligeramente azulada del pico, la posesión de un cuello más largo y la posición de la cola cuando nada, que suele quedar por encima del nivel del agua. Los individuos juveniles presentan un plumaje de tonos pardos y prácticamente carecen de escudete frontal; se diferencian de los jóvenes de focha común por su tonalidad más oscura y por la ausencia de áreas blanquecinas en la garganta.</t>
+  </si>
+  <si>
+    <t>Gavia arctica (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Colimbo ártico (Castellano), Colimboártico (Castellano), Colimbo ártico (Castellano), Aliota arktikoa (Euskera), Calábria agulla (Catalán), Can do mar (Gallego), Arctic Loon (Inglés), Black-throated Diver (Inglés), Black-throated Loon (Inglés)</t>
+  </si>
+  <si>
+    <t>Ave acuática esbelta, de cuello largo y grueso, y pico apuntado. En general luce un aspecto poco llamativo durante el invierno, cuando muestra un color gris oscuro en la zona superior del cuerpo, y un tono gris más claro en la mitad posterior, desde la frente hasta la nuca; las mejillas, la garganta y el resto de las partes inferiores son blancas. Además tiene el pico grisáceo y la frente levemente empinada, con un pequeño abultamiento a la altura del píleo. Por el contrario, durante la época reproductora exhibe un plumaje más vistoso, aunque con los mismos colores. La cabeza y la nuca adoptan una coloración gris ceniza, la garganta se torna de color negro brillante, y en los laterales del cuello y del pecho aparece un dibujo de líneas blancas y negras. La frente se vuelve redondeada. En el dorso, la zona central presenta también un patrón de franjas blancas y negras, pero dispuestas de forma perpendicular al cuerpo, y alrededor de esta zona central domina el color negro, con un ligero moteado blanco. En el agua resulta característica la ligera curvatura de su cuerpo. No existen diferencias apreciables entre sexos. Los juveniles poseen un plumaje muy similar al de los adultos en invierno, aunque más apagado; además carecen del abultamiento en la frente.</t>
+  </si>
+  <si>
+    <t>Gavia stellata (Pontoppidan, 1763)</t>
+  </si>
+  <si>
+    <t>prueba_Colimbo chico (Castellano), Aliota txikia (Euskera), Calábria petita (Catalán), Patoula (Gallego), Red-throated Diver (Inglés), Red-throated Loon (Inglés), Plongeon catmarin (Francés)</t>
+  </si>
+  <si>
+    <t>Ave acuática, de complexión delgada, con el cuello del mismo grueso que la cabeza y con el pico apuntado. En general, durante el invierno tiene un aspecto poco llamativo, con las partes superiores de coloración grisácea y con un leve moteado blanco, mientras que las inferiores son blancas, color que se extiende por el cuello hacia los laterales y por encima del ojo. Por el contrario, el plumaje nupcial resulta más vistoso, pues los laterales de la cara y el cuello se vuelven de color gris lustroso, el cuello toma coloración rojiza, y desde la frente y el píleo nacen estrechas líneas blancas y negras que recorren la nuca hasta el dorso. El resto del cuerpo se muestra menos llamativo, con zonas superiores pardo-grisáceas e inferiores blanquecinas. En el agua mantiene la línea de flotación baja, y es característico que lleve el pico ligeramente inclinado hacia arriba. No existen diferencias apreciables entre sexos. El plumaje de los juveniles resulta muy similar al de los adultos en invierno, si bien la garganta, en lugar de ser blanca, presenta un difuminado color gris.</t>
+  </si>
+  <si>
+    <t>Hydrocoloeus minutus (Pallas, 1776)</t>
+  </si>
+  <si>
+    <t>prueba_Gaviota enana (Castellano), Antxeta txikia (Euskera), Gavina menuda (Catalán), Gaivota pequena (Gallego), Little Gull (Inglés), Mouette pygmée (Francés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Península NE (No evaluado),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Lo más significativo de la gaviota enana es su pequeño tamaño, a lo que se une la reducida longitud de las patas. En el diseño del adulto durante el periodo reproductor destaca la coloración intensamente negra de la cabeza y la parte superior del cuello, en tanto que el resto del cuello, las regiones ventrales y la cola son blancas; en las regiones dorsales luce una tonalidad gris pálida, al igual que en las plumas alares, en las que las puntas se tornan blancas. La coloración gris oscura de la parte inferior de las alas, rematada por unos bordes blancos, constituye un carácter distintivo de esta gaviota cuando se la observa en vuelo. Las patas y el pico exhiben en verano una tonalidad roja oscura. En invierno, la cabeza se vuelve blanca, salvo por unas manchas oscuras en el píleo y el cogote, en tanto que el pico adquiere un color negro. Los jóvenes carecen del intenso color negro de la cabeza, y en ellos las regiones dorsales resultan parduzcas; necesitarán dos años para adquirir el plumaje definitivo, tras lucir varios diseños intermedios similares al del adulto en invierno.</t>
+  </si>
+  <si>
+    <t>Larus minutus</t>
+  </si>
+  <si>
+    <t>Hydroprogne caspia (Pallas, 1770)</t>
+  </si>
+  <si>
+    <t>prueba_Pagaza piquirroja (Castellano), Txenada mokogorria (Euskera), Xatrac gros (Catalán), Carrán do Caspio (Gallego), Caspian Tern (Inglés), Sterne caspienne (Francés)</t>
+  </si>
+  <si>
+    <t>Presenta la fisonomía típica de los charranes, aunque con proporciones muy superiores a las habituales. Cuando está posado, se percibe bastante mayor que la gaviota reidora y de tamaño similar al de la gaviota sombría. Posee el pico grande (de longitud igual a la cabeza) de color rojo —anaranjado en aves jóvenes y brillante en aves adultas— con la punta oscura, robusto y de base ancha, lo que lo hace muy conspicuo incluso a distancia. Los adultos lucen el dorso y las alas de color gris claro, en tanto que las partes inferiores, el obispillo y la cola —ligeramente ahorquillada— son blancos y las patas, negras. Exhibe un capirote negro, que acaba en una cresta apenas perceptible, que se extiende ligeramente por debajo del ojo. Las aves jóvenes son muy parecidas a los adultos, pero con el dorso escamado de marrón, las patas más claras y el capirote negro moteado de blanco. Durante el invierno, el capirote de los adultos se asemeja al de las aves jóvenes, aunque con la frente más blanca. El vuelo —diferente al típico de los charranes más pequeños—recuerda mucho al de las gaviotas, con aleteos potentes, lentos y pausados. Las alas son relativamente anchas y algo redondeadas y muestran, en todas las edades, una amplia extensión de color negruzco bajo las primarias.</t>
+  </si>
+  <si>
+    <t>Sterna caspia, Sterna caspia caspia</t>
+  </si>
+  <si>
+    <t>Lanius minor Gmelin, JF, 1788</t>
+  </si>
+  <si>
+    <t>prueba_Alcaudón chico (Castellano), Antzandobi txikia (Euskera), Trenca (Catalán), Picanzo pequeño (Gallego), Lesser Grey Shrike (Inglés), Pie-grièche à poitrine rose (Francés)</t>
+  </si>
+  <si>
+    <t>Como el resto de los alcaudones, es un pájaro caracterizado por su cola larga, su cabeza voluminosa y su pico dentado y muy ancho. Luce un plumaje que combina los colores negro, gris y blanco. Los individuos adultos poseen un antifaz negro que se amplía sobre el pico. Su píleo y dorso presentan color gris ceniza. La cola y las alas son negras, con una conspicua mancha blanca en la base de las plumas primarias del ala. Aunque en un primer vistazo aparenta ser una réplica en pequeño del alcaudón real, el alcaudón chico tiene proporcionalmente el pico más grueso y la proyección de las plumas primarias notablemente más larga. Además, la mancha negra del antifaz está mucho más extendida por encima del pico en los adultos de alcaudón chico, mientras que la mancha blanca de las alas es más ancha y corta que en los alcaudones reales. Asimismo, los jóvenes de alcaudón chico se diferencian de los del real por presentar las plumas cobertoras de las alas y del dorso ribeteadas de blanco y por carecer de plumas manchadas de gris en los laterales del pecho.</t>
+  </si>
+  <si>
+    <t>Larus melanocephalus Temminck, 1820</t>
+  </si>
+  <si>
+    <t>prueba_Gaviota cabecinegra (Castellano), Antxeta burubeltza (Euskera), Gavina capnegra (Catalán), Gaivota cabecinegra (Gallego), Mediterranean Gull (Inglés), Mouette mélanocéphale (Francés)</t>
+  </si>
+  <si>
+    <t>Es una gaviota de pequeño tamaño, con un característico capirote de color negro en la época reproductora. El plumaje varía según la edad: los individuos juveniles muestran un color gris claromarrón; después, estas aves pasan por un plumaje de segundo invierno, similar al del adulto, pero con marcas de color negro en las cinco primarias más externas; finalmente, tras la muda en su segundo verano, adquieren el plumaje de adulto, con las primarias totalmente blancas. La especie no presenta el capirote negro en la estación invernal, predominando en su cabeza el color blanco, con manchas negras por detrás de los ojos y en la nuca.</t>
+  </si>
+  <si>
+    <t>Ichthyaetus melanocephalus (Temminck, 1820)</t>
+  </si>
+  <si>
+    <t>Larus michahellis J.F. Naumann, 1840</t>
+  </si>
+  <si>
+    <t>prueba_Gaviota patiamarilla (Castellano), Yellow-legged Gull (Inglés)</t>
+  </si>
+  <si>
+    <t>Hasta hace muy poco se consideraba a esta gaviota como una subespecie de la argéntea, con la que, morfológicamente, muestra escasas diferencias, algunas muy poco evidentes. Entre los rasgos distintivos de la patiamarilla se encuentran el color amarillo de las patas (rosas en la argéntea), la tonalidad más intensa del pico —amarillo anaranjado y con el rojo de la punta más extendido— y, finalmente, el anillo ocular rojo. Por lo demás, el dorso es de color grisáceo, ligeramente más oscuro que en la argéntea, y las regiones ventrales, blancas. En plumaje invernal, la patiamarilla carece del moteado oscuro que luce su pariente en la cabeza y el cuello.</t>
+  </si>
+  <si>
+    <t>Locustella luscinioides (Savi, 1824)</t>
+  </si>
+  <si>
+    <t>prueba_Buscarla unicolor (Castellano), Benarriz gorritza (Euskera), Boscaler comú (Catalán), Folosa unicolor (Gallego), Savi's Warbler (Inglés), Locustelle luscinioïde (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de un pájaro de pequeño tamaño, cercano a los carriceros tanto por su aspecto como por el hábitat que ocupa, pero más discreto y difícil de observar por sus costumbres recatadas. Posee el dorso de color pardo-rojizo oscuro, mientras que en la zona ventral luce tonos ocráceos. La cola es relativamente larga y presenta el borde terminal redondeado. Las infracoberteras caudales muestran un tenue barreado claro, solo perceptible con buenas condiciones de luz. El ave mueve y levanta la cola a menudo, detalle morfológico y de comportamiento que sirve para diferenciarla del parecido carricero común.</t>
+  </si>
+  <si>
+    <t>Locustella naevia (Boddaert, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Buscarla pintoja (Castellano), Benarriz nabarra (Euskera), Boscaler pintat gros (Catalán), Folosa pintada (Gallego), Common Grasshopper Warbler (Inglés), Grasshopper Warbler (Inglés), Common Grasshopper-Warbler (Inglés), Locustelle tachetée (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de un pájaro de pequeño tamaño muy difícil de observar, dados sus hábitos retraídos. Posee el dorso de color pardo con ligeros tonos oliváceos y muy moteado de oscuro, en tanto que las zonas ventrales resultan pálidas o amarillentas y los flancos, rayados. La cola es redondeada y presenta las infracoberteras largas y moteadas. Se refugia habitualmente entre la vegetación densa, donde se mueve como un ratón cuando trepa por los tallos de la maleza, si bien, durante el celo, los machos pueden cantar desde posaderos al descubierto.</t>
+  </si>
+  <si>
+    <t>Luscinia svecica (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Ruiseñor pechiazul (Castellano), Pechiazul (Castellano), Paparrurdina (Euskera), Cotxa blava (Catalán), Papoazul (Gallego), Bluethroat (Inglés), Gorgebleue (Francés)</t>
+  </si>
+  <si>
+    <t>Pajarillo de figura rechoncha, cola larga y pico fino, con un plumaje en el que destaca su pechera manchada de azul, que en los machos adultos queda perfilada por una fina franja negra, rodeada a su vez por una más ancha banda anaranjada. Además, los machos poseen unas bigoteras teñidas de azul, que en algunas subespecies se funden con la garganta, igualmente azulada. Dependiendo también de la subespecie, el babero azul está adornado con una mancha, a modo de medalla, que puede ser blanca o naranja. La coloración de las hembras resulta menos llamativa. Suelen lucir poco azul en el pecho, a menudo tienen la garganta de color blanco crema, y la banda naranja del pecho está desdibujada. No obstante, las hembras de más edad pueden presentar una coloración similar a los machos. Ambos sexos poseen una distintiva línea blanca sobre el ojo y exhiben un dorso pardo-grisáceo. La cola, anaranjada en su mitad basal, está coloreada de negro o pardo muy oscuro en la parte exterior. Los volantones son pardos y moteados, como los juveniles de petirrojo y ruiseñor común. Sin embargo, los pechiazules juveniles se distinguen por tres detalles: la línea superciliar blanca, su garganta clara y la coloración naranja de la cola.</t>
+  </si>
+  <si>
+    <t>Cyanecula svecica (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Lymnocryptes minimus (Brünnich, 1764)</t>
+  </si>
+  <si>
+    <t>prueba_Agachadiza chica (Castellano), Jack Snipe (Inglés), Bécassine sourde (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de una limícola pequeña, de pico relativamente largo y de colores muy crípticos, que le permiten pasar inadvertida cuando se encuentra entre la maleza ribereña. Tiene un característico brillo verdoso en las escapulares, que aparece enmarcado por dos líneas longitudinales de color crema a cada lado del cuerpo, una en las plumas del manto y otra en las escapulares inferiores. Las regiones ventrales y el pecho son blancos, con la garganta estriada de marrón. En la cabeza presenta un doble listado por encima del ojo, aunque sin lista pileal clara. El adulto y el joven son prácticamente idénticos. En vuelo dispone la cola en forma de cuña y luce un plumaje bastante pardo, con las rémiges oscuras y un estrecho borde blanco en los extremos de las secundarias.</t>
+  </si>
+  <si>
+    <t>Mareca penelope (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Silbón europeo (Castellano), Silbón europeo (Castellano), Wigeon (Inglés), European Wigeon (Inglés), Eurasian Wigeon (Inglés), Canard siffleur (Francés)</t>
+  </si>
+  <si>
+    <t>Es este un pato de mediano tamaño y aspecto compacto, con el cuello corto, la cola algo apuntada y el pico —bastante pequeño— de color grisáceo en ambos sexos, aunque algo más oscuro en las hembras. El macho en plumaje nupcial luce una vistosa librea en la que destacan la cabeza y el cuello de color castaño, con la frente y el píleo amarillo cremoso, el pecho rosado y el dorso grisáceo claro finamente vermiculado. Las partes inferiores son blanquecinas, la popa negra y el espejuelo verde. La hembra, por su parte, muestra una coloración parduzca, ligeramente rojiza, y resulta muy similar a las hembras de otras anátidas, de las que se puede diferenciar, sin embargo, por el espejuelo verde —algo más apagado que en el macho— y, sobre todo, por el pequeño pico grisáceo. El joven se parece a la hembra, aunque con el plumaje más rojizo . Tanto los machos como las hembras presentan una llamativa franja alar blanca, muy visible en vuelo.</t>
+  </si>
+  <si>
+    <t>Anas penelope Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>Melanitta nigra (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Negrón común (Castellano), Negrón común (Castellano), Common Scoter (Inglés), Black Scoter (Inglés)</t>
+  </si>
+  <si>
+    <t>Se trata de un pato marino de ancho pico, larga cola apuntada y plumaje muy oscuro. El macho adulto es completamente negro, a excepción de una porción del pico, que es anaranjada. En vuelo se ve muy oscuro, aunque con las primarias algo pálidas. La hembra es gris pardo muy oscuro, con las mejillas y parte del cuello de color marrón claro. El joven, aunque similar a la hembra, resulta ligeramente más oscuro; en vuelo ambos presentan las primarias algo más pálidas.</t>
+  </si>
+  <si>
+    <t>Melanitta nigra nigra</t>
+  </si>
+  <si>
+    <t>Melanocorypha calandra (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Calandria (Castellano), Calandria común (Castellano), Kalandria (Euskera), Calándria (Catalán), Calandra (Gallego), Calandra Lark (Inglés)</t>
+  </si>
+  <si>
+    <t>Ave de pequeño tamaño, pero de aspecto robusto. Como sucede en otros aláudidos, en esta especie dominan los tonos marrones en el dorso y el listado oscuro. Destacan la cabeza grande, el pico grueso y unas manchas negras a ambos lados del cuello. Su vuelo, potente y con rápidos batidos de alas, incluye trayectorias ondulantes amplias y vertiginosas ascensiones. En vuelo se aprecian las alas negruzcas por abajo, con el borde posterior blanco.</t>
+  </si>
+  <si>
+    <t>Mergus serrator Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Serreta mediana (Castellano), Red-breasted Merganser (Inglés)</t>
+  </si>
+  <si>
+    <t>Es un pato marino no demasiado grande, con el pico rojo muy largo, estrecho y aserrado, que en todos los plumajes —en ambos sexos y en todas las edades— muestra una característica cresta despeinada. El macho adulto en plumaje nupcial presenta la cabeza negra con un brillo verdoso y un collar blanco poco definido por encima del pecho, que es pardo y moteado de oscuro; las regiones dorsales son negras, al igual que los laterales del pecho, que lucen unas llamativas manchas blancas. Las hembras son mucho más apagadas, pues poseen un plumaje grisáceo en casi todo el cuerpo a excepción de la cabeza, que adquiere un tono acastañado. Los ejemplares inmaduros se parecen mucho a las hembras. En vuelo se observa el espejuelo blanco dividido en dos por una fina línea negra y los flancos de un gris bastante oscuro.</t>
+  </si>
+  <si>
+    <t>Milvus milvus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Milano real (Castellano), Miru gorria (Euskera), Milá reial (Catalán), Miñato real (Gallego), Red Kite (Inglés), Milan royal (Francés)</t>
+  </si>
+  <si>
+    <t>En el plumaje de esta mediana rapaz dominan los tonos rojizos, profusamente rayados de oscuro en las regiones ventrales y con un característico aspecto orlado en el dorso debido a los bordes pálidos de las coberteras alares. La cabeza y el cuello, por su parte, presentan un tono gris pálido surcado por finas estrías muy oscuras. En vuelo resulta inconfundible, no solo por la extraordinaria habilidad con la que ejecuta todo tipo de maniobras y regates, sino por poseer una silueta característica, en la que destacan una cola profundamente ahorquillada, de color rojizo anaranjado, y unas largas alas acodadas y provistas de una mancha blanca muy visible. Cuando está posado, también resulta fácil diferenciarlo de otras rapaces de tamaño similar, además de por la forma de la cola, por poseer una figura bastante estilizada. Los jóvenes son similares a los adultos, aunque con una coloración general más clara y uniforme, sin el característico tono grisáceo de la cabeza y con la cola más corta y menos ahorquillada.</t>
+  </si>
+  <si>
+    <t>Monticola saxatilis (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Roquero rojo (Castellano), Harkaitz-zozo gorria (Euskera), Merla roquera (Catalán), Merlo rubio (Gallego), Rufous-tailed Rock Thrush (Inglés), European Rock Thrush (Inglés), Rock Thrush (Inglés), Rufous-tailed Rock-thrush (Inglés), Common Rock Thrush (Inglés), Merle de roche (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>El macho exhibe un plumaje singular e inconfundible. Su cabeza y espalda lucen un color azul grisáceo, que contrasta notablemente con el naranja que cubre el pecho, el vientre y las infracobertoras caudales. Muestra una amplia mancha blanca en la parte posterior de la espalda, posee alas oscuras y tiene la cola anaranjada —como el pecho—, con una banda central parda. Las hembras presentan la cola teñida de manera similar a los machos, pero su cuerpo es pardo, con las plumas terminadas en una banda clara que les otorga un aspecto vermiculado. Los jóvenes volantones resultan muy similares a las hembras.</t>
+  </si>
+  <si>
+    <t>Montifringilla nivalis (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Gorrión alpino (Castellano), Elur-txonta (Euskera), Pardal d´ala blanca (Catalán), Pardal alpino (Gallego), Snow Finch (Inglés), White-winged Snowfinch (Inglés)</t>
+  </si>
+  <si>
+    <t>Se trata de un gorrión grande, de aspecto inconfundible, que en las regiones dorsales exhibe tonos más bien discretos, por lo que no resulta muy llamativo cuando se desplaza sobre las rocas y pastizales alpinos. En las zonas ventrales domina el blanco —algo menos puro en verano—, al igual que en la cola, que es llamativamente blanca, salvo las rectrices centrales, negras. La cabeza es gris o gris azulado y el pico, negro. El macho presenta un babero negro en época estival que aparece por desgaste del plumaje, mientras que la hembra muestra colores más apagados, el babero poco llamativo y la base del pico siempre clara. En invierno ambos sexos resultan muy semejantes, con coloraciones generalmente más claras que durante la época reproductora y con el pico amarillo anaranjado. Los jóvenes son parecidos a los adultos en invierno, pero con las partes inferiores algo más “sucias”. Es en vuelo cuando el gorrión alpino resulta un ave muy llamativa por los amplios y conspicuos paneles blancos de sus alas y cola.</t>
+  </si>
+  <si>
+    <t>Nycticorax nycticorax (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Martinete común (Castellano), Martinete común (Castellano), Martinete (Castellano), Amiltxori arrunta (Euskera), Martinet de nit (Catalán), Garza da noite (Gallego), Black-crowned Night Heron (Inglés), Black-crowned Night-Heron (Inglés), Héron bihoreau (Francés)</t>
+  </si>
+  <si>
+    <t>Es una garza de mediano tamaño, rechoncha, de pico robusto y vistoso plumaje, que se caracteriza por sus hábitos decididamente crepusculares y nocturnos. Los individuos adultos —que no presentan dimorfismo sexual en lo que al plumaje se refiere— exhiben un color blanco o blanco grisáceo en el cuello, que se torna azabache —con matices irisados— en el capirote, el dorso y parte de las alas. Uno de los rasgos distintivos de las aves reproductoras es la posesión de dos o tres plumas cefálicas blancas de hasta 24 centímetros de longitud, además de la mayor intensidad de las irisaciones del plumaje. El iris es de un llamativo rojo coral, el pico negro y las patas amarillas. En vuelo —que ejecuta de modo pausado y elegante— tiene un aspecto muy rechoncho, con las alas relativamente cortas y redondeadas. El joven, por su parte, luce un plumaje bastante más modesto que los adultos, pues en él dominan los tonos pardos y grisáceos, con un buen número de motas blancas concentradas, sobre todo, en las alas y el dorso. Las partes inferiores resultan algo más pálidas y se muestran intensamente estriadas longitudinalmente. El ojo es amarillo sucio, al igual que las patas y el pico. Existen diferentes plumajes de transición hasta llegar a alcanzar la librea de adulto.</t>
+  </si>
+  <si>
+    <t>Oenanthe hispanica (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Collalba rubia (Castellano), Buztanzuri horia (Euskera), Colit ros (Catalán), Chasco louro (Gallego), Black-eared Wheatear (Inglés), Traquet oreillard (Francés)</t>
+  </si>
+  <si>
+    <t>Túrdido de pequeño tamaño y aspecto elegante. Los machos muestran un marcado contraste entre el negro de las alas y el antifaz y los tonos blancos-ocres del dorso y del vientre. Las hembras son parecidas a los machos, aunque de aspecto más pardo. Existen dos variedades con coloración diferente en la garganta, en un caso blanca y en otro negra. La especie resulta similar a la collalba gris, de la que se diferencia por la ausencia de lista superciliar y por el diseño de la cola, con más blanco en los bordes.</t>
+  </si>
+  <si>
+    <t>Oenanthe oenanthe (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Collalba gris (Castellano), Buztanzuri arrunta (Euskera), Colit gris (Catalán), Chasco cincento (Gallego), Northern Wheatear (Inglés), Wheatear (Inglés), European Wheatear (Inglés), Traquet motteux (Francés)</t>
+  </si>
+  <si>
+    <t>Pájaro con un diseño de la cola muy característico. Los machos muestran el dorso gris azulado, en el que destacan las alas negras, las partes inferiores de color ocre y el antifaz negro. Las hembras tienen las partes superiores más ocráceas y no disponen de antifaz. En ambos sexos resulta muy llamativo el diseño de la cola, de color blanco, que finaliza con una T invertida negra, típica de todas las collalbas. Muy terrestre, gusta de andar y saltar sobre el suelo, y también de posarse, con porte erguido, en piedras, rocas y otros promontorios del terreno. Su vuelo es directo, con un rápido batido de alas.</t>
+  </si>
+  <si>
+    <t>Passer montanus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Gorrión molinero (Castellano), Tree Sparrow (Inglés), EurasianTree Sparrow (Inglés), Eurasian Tree Sparrow (Inglés), Moineau friquet (Francés)</t>
+  </si>
+  <si>
+    <t>El más pequeño de los gorriones europeos presenta una coloración parecida a la del gorrión común, es decir: dorso marrón listado de negro y pecho gris muy claro. Se diferencia, no obstante, del común por su extensa capucha de color acastañado y por una llamativa mancha negra que destaca vivamente en la blanca mejilla. Además, luce un collar blanco, que se interrumpe en la nuca, del que carece el gorrión común. El pico es menos robusto que el de su cercano pariente y el babero, considerablemente más reducido. En esta especie no hay significativas diferencias de plumaje entre machos y hembras, por lo que resulta imposible diferenciarlos en el campo. Los jóvenes, hasta finales del verano, se diferencian de los adultos por sus mejillas de color blanco sucio, carentes de mancha negra. El molinero se comporta de manera más nerviosa que el gorrión común y permanece menos tiempo en el suelo.</t>
+  </si>
+  <si>
+    <t>Phylloscopus collybita (Vieillot, 1817)</t>
+  </si>
+  <si>
+    <t>prueba_Mosquitero común (Castellano), Txio arrunta (Euskera), Mosquiter comú (Catalán), Picafollas común (Gallego), Common Chiffchaff (Inglés)</t>
+  </si>
+  <si>
+    <t>Se trata de un pequeño pajarillo de pico fino y patas oscuras. Presenta tonos verdosos o pardo-grisáceos en el dorso y blanquecinos en las partes inferiores. Ambos sexos resultan similares, si bien los machos son ligeramente mayores que las hembras. Es una especie prácticamente idéntica en el campo al mosquitero ibérico, del que se distingue por su canto y por encontrarse presente en nuestro territorio durante todo el año o en invierno —según las regiones—, mientras que el ibérico es un ave únicamente estival. Es también muy similar al mosquitero musical, pero este posee las patas y el pico pálidos, así como la lista superciliar y otras finas marcas auriculares más definidas. Además, el musical solo está presente en paso.</t>
+  </si>
+  <si>
+    <t>Phylloscopus sibilatrix (Bechstein, 1793)</t>
+  </si>
+  <si>
+    <t>prueba_Mosquitero silbador (Castellano), Txio txistularia (Euskera), Mosquiter xiulaire (Catalán), Picafollas asubiador (Gallego), Wood Warbler (Inglés), Pouillot siffleur (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata del mosquitero de mayor tamaño que puede observarse en nuestro territorio, aunque resulta muy escaso y solo se lo puede detectar en los pasos migratorios. Se diferencia del resto de sus congéneres por el color amarillo limón de la cara, la garganta y la parte superior del pecho, que contrastan con el vientre blanco y el dorso de tono verdoso. Posee, asimismo, patas claras y una lista superciliar amarilla muy patente.</t>
+  </si>
+  <si>
+    <t>Phylloscopus trochilus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Mosquitero musical (Castellano), Txio horia (Euskera), Mosquiter de passa (Catalán), Picafollas musical (Gallego), Willow Warbler (Inglés), Pouillot fitis (Francés)</t>
+  </si>
+  <si>
+    <t>España NT (Casi amenazado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Presenta gran parecido con otros congéneres, especialmente los mosquiteros común e ibérico, de los que se diferencia por poseer el pico y las patas pálidos, las listas faciales más marcadas —con una lista superciliar muy patente—, las partes inferiores más amarillas y el dorso de un tono verdoso más brillante.</t>
+  </si>
+  <si>
+    <t>Porphyrio porphyrio (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Calamón (Castellano), Calamón común (Castellano), Uroilo urdina (Euskera), Polla blava (Catalán), Camón (Gallego), Purple Gallinule (Inglés), Purple Swamp-Hen (Inglés), Purple Swamphen (Inglés), Poule sultane (Francés)</t>
+  </si>
+  <si>
+    <t>El más grande de los rálidos europeos es un ave de buen tamaño y aspecto absolutamente inconfundible. Los ejemplares adultos lucen un plumaje de tonos azulados y violáceos con reflejos purpúreos, que se torna azul metálico en la cara, la parte anterior del cuello y la zona superior del pecho; las infracoberteras caudales, de color blanco puro, contrastan vivamente con el resto de la librea del ave, y son utilizadas por el calamón para expresar sus estados de ánimo y comunicarse con otros ejemplares. Las partes desprovistas de plumas se caracterizan también por su viva coloración, especialmente durante la época de celo, ya que tanto el pico —cónico y robusto— como el escudete frontal y las patas lucen un intenso color carmesí. Estas últimas, francamente singulares, reflejan su forma de vida; son considerablemente largas y aparecen rematadas por larguísimos dedos con gran capacidad prensil, que el ave emplea para manejar tallos, moverse entre las cañas y deambular por la vegetación flotante. Los calamones jóvenes no exhiben un plumaje tan espectacular como el de los adultos, ya que en ellos predominan los tonos azulados más bien grisáceos en el dorso y los blanquecinos en el vientre, en tanto que las zonas desnudas (patas, pico y escudete), aunque rojizas, no presentan la brillante coloración de las aves maduras. Este rálido —al igual que la generalidad de los componentes de la familia— es un volador bastante torpe; no obstante, se desplaza con soltura entre las cañas y prefiere escabullirse entre ellas en caso de alarma o peligro. Las escasas ocasiones en que vuela —por lo común no más de 15 o 20 metros— se desplaza con frecuentes aleteos de sus cortas alas, mientras mantiene colgando las patas.</t>
+  </si>
+  <si>
+    <t>Porzana porzana (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Polluela pintoja (Castellano), Uroilanda pikarta (Euskera), Polla pintada (Catalán), Galiñola pinta (Gallego), Spotted Crake (Inglés), Marouette ponctuée (Francés)</t>
+  </si>
+  <si>
+    <t>La polluela pintoja es un ave de modesto tamaño, si bien algo mayor que el resto de sus congéneres, y su plumaje, aunque también críptico, se caracteriza por el abundante punteado blanquecino dibujado sobre el pecho grisáceo, diseño al que hace referencia el nombre vulgar de la especie. En la coloración de las regiones dorsales domina el pardo con estrías blancuzcas, en tanto que los flancos aparecen barrados de pardo, blanco y negro. Otro rasgo que la distingue de las otras polluelas es la tonalidad clara —blanco-amarillenta— que lucen las infracoberteras caudales. El pico es amarillento con la base rojiza. Las hembras, aunque similares a los machos, resultan en conjunto más apagadas y con un moteado más profuso, al igual que los jóvenes, si bien estos se diferencian por el color pardo del pico.</t>
+  </si>
+  <si>
+    <t>Prunella collaris (Scopoli, 1769)</t>
+  </si>
+  <si>
+    <t>prueba_Acentor alpino (Castellano), Mendi-tuntuna (Euskera), Cercavores (Catalán), Azuenta alpina (Gallego), Alpine Accentor (Inglés)</t>
+  </si>
+  <si>
+    <t>Pájaro robusto y compacto, fácil de ver en la alta montaña, de tamaño mayor que el acentor común. Exhibe partes superiores pardo-negruzcas, con la cabeza y el pecho de color gris pizarra, y los flancos y el vientre rojizos y con listas blanquecinas. Las coberteras alares presentan un tinte pardo oscuro, con unas motas blancas que forman un par de tenues franjas. Cuando tiene el plumaje recién mudado, luce un collar blanco, barreado de negro, que se desgasta y desaparece a lo largo del verano. Muestra la base del pico amarillenta, y sus patas, muy robustas, son pálidas. Los jóvenes se parecen bastante a los adultos. Se diferencian de ellos en que los tonos rojizos de las partes inferiores ocupan mayor superficie, y también en que las zonas anteriores poseen un color más parduzco. El vuelo es rápido y algo ondulante, parecido al de un zorzal.</t>
+  </si>
+  <si>
+    <t>Pyrrhocorax graculus (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Chova piquigualda (Castellano), Belatxinga mokohoria (Euskera), Gralla de bec groc (Catalán), Choia biquimarela (Gallego), Alpine Chough (Inglés), Yellow-billed Chough (Inglés)</t>
+  </si>
+  <si>
+    <t>De tamaño algo menor que la chova piquirroja, la piquigualda es un estilizado córvido, de plumaje uniformemente negro y brillante, que se caracteriza por poseer un pico amarillo y algo curvado, así como unas patas fuertes y relativamente cortas de color rojo anaranjado. Los jóvenes tienen las patas y el pico negruzcos. En vuelo —que es habilidoso y acrobático— se distingue de su pariente por tener las alas más redondeadas y con las primarias menos separadas, así como la cola más larga.</t>
+  </si>
+  <si>
+    <t>Regulus regulus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Reyezuelo sencillo (Castellano), Mendi-erregetxoa (Euskera), Reietó (Catalán), Estreliña norteña (Gallego), Goldcrest (Inglés)</t>
+  </si>
+  <si>
+    <t>Junto a su cercano pariente, el listado, el reyezuelo sencillo es una de las aves más pequeñas de Europa. Presenta el dorso verdoso, con alas más oscuras sobre las que destaca una franja blanquecina. Se diferencia de su pariente por carecer de la lista superciliar clara, así como de la lista ocular negra. Dos tiras negras —que no se unen en la frente— surcan su píleo, flanqueando una tercera banda frontal más ancha de color naranja en los machos y amarillo en las hembras. Los jóvenes carecen de todas estas listas.</t>
+  </si>
+  <si>
+    <t>Saxicola rubetra (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Tarabilla norteña (Castellano), Pitxartxar nabarra (Euskera), Bitxac rogenc (Catalán), Chasco norteño (Gallego), Whinchat (Inglés), Traquet tarier (Francés)</t>
+  </si>
+  <si>
+    <t>Pájaro pequeño, de aspecto compacto. Es similar a la tarabilla común, pero con garganta clara, ceja blanca, y cola blanca y con banda terminal ancha y negra. Los machos resultan más vistosos que las hembras, con garganta, pecho y flancos ventrales de color anaranjadorojizo, y píleo y mejillas más oscuras. Las hembras presentan generalmente una coloración más pálida y menos intensa y contrastada. En vuelo, su silueta muestra cola corta y alas largas y anchas.</t>
+  </si>
+  <si>
+    <t>Scolopax rusticola Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Chocha perdiz (Castellano), Becada (Castellano), Eurasian Woodcock (Inglés), Woodcock (Inglés)</t>
+  </si>
+  <si>
+    <t>Es una limícola relativamente grande, de largo pico, patas bastante cortas y grandes ojos oscuros, muy desplazados hacia atrás y hacia arriba en la cabeza. Posee un plumaje extremadamente críptico, dominado por los tonos marrones y rojizos, que en el dorso adquieren una notable complejidad, con un diseño abigarrado de barrados, punteados y manchas de diferente tonalidad. Las regiones ventrales son de tonos cremosos, con abundantes estrías transversales de color más oscuro. Los adultos y los jóvenes son prácticamente idénticos. En vuelo resulta más pesada que otras especies cercanas y se caracteriza por sus alas redondeadas y su silueta masiva. Es un ave reacia a volar, pues confía plenamente en las virtudes de su mimética librea, pero, si siente una amenaza próxima, emprende un vuelo errático y zigzagueante a baja altura entre los árboles.</t>
+  </si>
+  <si>
+    <t>Sterna dougallii Montagu, 1813</t>
+  </si>
+  <si>
+    <t>prueba_Charrán rosado (Castellano), Charrán rosado (Castellano), Txenada gorrizta (Euskera), Xatrac rosat (Catalán), Carrán rosado (Gallego), Roseate Tern (Inglés), Sterne de Dougall (Francés)</t>
+  </si>
+  <si>
+    <t>Es un charrán de mediano tamaño muy parecido a sus parientes común y ártico y el más escaso de los tres. Se distingue, principalmente, por su extrema palidez y por poseer la cabeza y el pico mayores, la cola más larga y las alas más cortas que las otras dos especies cercanas. Bate las alas con aleteos más rápidos y menos profundos, lo que induce a creer que su vuelo es más directo. El adulto en plumaje reproductor presenta el dorso y las alas de color gris muy claro, casi blanco, con el obispillo y la cola —muy larga y ahorquillada— de color blanco, en tanto que el pecho muestra un ligero matiz rosáceo. El capirote es negro en su totalidad; el pico, oscuro con la base roja y las patas, rojas. En invierno, sin embargo, la frente es blanca y el pico, negro. El joven se asemeja al charrán patinegro, con el dorso escamado y moteado de oscuro, pico y patas negruzcas, franja oscura en el borde del ala (banda carpal) y capirote casi completo de color marrón negruzco. Cuando está posado, puede observarse que la cola sobresale bastante del extremo de las alas, lo que facilita mucho su identificación respecto a los charranes común y ártico.</t>
+  </si>
+  <si>
+    <t>Sterna hirundo Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Charrán común (Castellano), Charrán común (Castellano), Txenada arrunta (Euskera), Xatrac comdú (Catalán), Carrán común (Gallego), Common Tern (Inglés), Sterne pierregarin (Francés)</t>
+  </si>
+  <si>
+    <t>Se trata de un charrán de mediano tamaño, muy parecido a los charranes ártico y rosado, de coloración general pálida, con el dorso y las alas de color gris claro, el obispillo blanco y la cola también blanca, bastante ahorquillada. El adulto en verano presenta el capirote negro en su totalidad (que se extiende hasta la nuca), el pico rojo con la punta negra y las patas rojas, mientras que en invierno la frente es blanca y el pico adquiere un color oscuro. El joven exhibe un tono ocre en el dorso —con un escamado marrón y blanco poco visible—, pico oscuro con la mandíbula inferior naranja y patas de color naranja pálido. Las aves de primer año presentan una franja oscura en el borde del ala (banda carpal) muy conspicua tanto posadas como en vuelo. Cuando está posado se puede observar que la cola del charrán común no excede en longitud al extremo de las alas, característica muy útil para distinguirlo del charrán ártico y del charrán rosado, ya que es el que posee la cola más corta de los tres. Su vuelo es algo más pesado y menos elástico que el de los charranes similares.</t>
+  </si>
+  <si>
+    <t>Sterna paradisaea Pontoppidan, 1763</t>
+  </si>
+  <si>
+    <t>prueba_Charrán ártico (Castellano), Charránártico (Castellano), Gaviotín ártico (Castellano), Charrán ártico (Castellano), Ipar-txenada (Euskera), Xatrac artic (Catalán), Carrán ártico (Gallego), Arctic Tern (Inglés), Sterne arctique (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>El ártico es un charrán de mediano tamaño muy parecido a su pariente el rosado y, sobre todo, al común. Con un poco de práctica y a corta distancia no es difícil diferenciarlo, sobre todo, de este último, del que se distingue principalmente por el tamaño, algo menor; asimismo, posee una cola más larga, un pico más fino y corto, una cabeza más redondeada y un cuello corto que dan la impresión de que las alas parezcan adelantadas respecto al centro de gravedad del cuerpo. El adulto en época estival luce el dorso y las alas de color gris más oscuro que el charrán común. El obispillo y la cola, muy ahorquillada, son blancos, mientras que el capirote, que apenas se extiende hasta la nuca, es negro. El pico carece de la punta oscura que muestra su pariente y las patas son de color rojo sangre. En invierno, la frente y la parte delantera de la cabeza son blancas y el pico, negro. Las aves jóvenes poseen el dorso escamudo de blanco y negro con matices canela, el pico negruzco, las patas de color rojo anaranjado, y la franja oscura del borde del ala (banda carpal) resulta en ellos menos visible que en el charrán común. Cuando está posado, se puede observar que la cola excede ligeramente en longitud al extremo de las alas, detalle muy útil para distinguirlo de los charranes común y rosado. Su vuelo es elástico y directo, con batidos más lentos y menos profundos que en el charrán común.</t>
+  </si>
+  <si>
+    <t>Sternula albifrons (Pallas, 1764)</t>
+  </si>
+  <si>
+    <t>prueba_Charrancito (Castellano), Charrancito común (Castellano), Charrancito común (Castellano), Txenada txikia (Euskera), Xatrac menut (Catalán), Carrán pequeño (Gallego), Little Tern (Inglés), Sterne naine (Francés)</t>
+  </si>
+  <si>
+    <t>Su reducido tamaño —es casi la mitad de pequeño que el charrán común—, junto con el pálido aspecto general, la cabeza oscura y el pico amarillo con la punta negra, lo hacen prácticamente inconfundible. A diferencia de otros charranes, presenta la frente blanca a todas las edades. El adulto en plumaje reproductor luce en la cabeza un capirote negro sin cresta, que se extiende hasta la nuca y enlaza con dos líneas negras (bridas) desde el ojo hasta el pico. La espalda y las alas son de tono gris uniforme, salvo las tres primarias externas, negruzcas. El obispillo es blanco; la cola, corta y moderadamente ahorquillada, también blanca, y las patas, de color amarillo anaranjado. El adulto en plumaje invernal presenta las bridas blancas, la frente blanca más amplia, el pico negro y las patas más oscuras. Por su parte, los jóvenes poseen las patas claras, el pico negruzco —sobre todo en la punta— y el dorso con un dibujo de escamas oscuras. Su vuelo es también muy distintivo y activo, con un batir de alas muy rápido y profundo.</t>
+  </si>
+  <si>
+    <t>Sterna albifrons Pallas,1764</t>
+  </si>
+  <si>
+    <t>Tichodroma muraria (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Treparriscos (Castellano), Harkaitz-txoria (Euskera), Pela-roques (Catalán), Gabeador vermello (Gallego), Wallcreeper (Inglés)</t>
+  </si>
+  <si>
+    <t>Es un ave inconfundible, de vuelo ondulado, espasmódico, como el de una enorme mariposa. Se mueve con extraordinaria soltura por las paredes rocosas, que prospecta meticulosamente para luego, con un corto vuelo, desplazarse a otro punto. El plumaje de este paseriforme es en su mayoría gris y varía ligeramente entre la estación reproductora y el invierno, cuando el ave adquiere una tonalidad más pálida. En esa época, machos y hembras son muy semejantes, pero durante el periodo reproductor el macho lucirá la garganta y el pecho de un intenso color negro, y su plumaje se tornará más oscuro. El rasgo más llamativo de esta pequeña ave altimontana, sin embargo, solo se puede descubrir mientras vuela, pues es entonces cuando despliega sus anchas y vistosas alas de color carmín y plumas de vuelo negras con grandes puntos blancos. El joven presenta el plumaje completamente gris, con las alas de un color algo más apagado que en los adultos.</t>
+  </si>
+  <si>
+    <t>Tringa glareola Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Andarrios bastardo (Castellano), Andarríos bastardo (Castellano), Kuliska pikarta (Euskera), Valona (Catalán), Bilurico pintado (Gallego), Wood Sandpiper (Inglés), Chevalier sylvain (Francés)</t>
+  </si>
+  <si>
+    <t>Es una limícola relativamente esbelta, con un aspecto más estilizado que los otros andarríos, de los que se diferencia por poseer las patas —de color amarillento— más largas y una larga ceja blanquecina que rebasa el ojo. El adulto en plumaje nupcial presenta las plumas de las partes superiores oscuras, con abundantes marcas claras, y un barrado oscuro sobre el pecho blanquecino, que progresivamente se transforma en manchas mayores hacia los flancos; la zona ventral es blanca, en tanto que el píleo ofrece un aspecto muy estriado. El individuo no reproductor muestra los márgenes de las plumas superiores más estrechos, en tanto que el cuello y el pecho resultan pálidos, aunque ligeramente estriados. Los juveniles, por su parte, lucen un aspecto similar al adulto no reproductor, pero en ellos los márgenes de las plumas superiores son más cálidos y el barrado del pecho algo más destacado. En vuelo, las regiones dorsales del ave presentan un aspecto bastante oscuro, lo que hace resaltar aún más una zona blanca —de forma cuadrada— en el obispillo, así como las estrechas franjas transversales de la cola.</t>
+  </si>
+  <si>
+    <t>Tringa stagnatilis (Bechstein, 1803)</t>
+  </si>
+  <si>
+    <t>prueba_Archibebe fino (Castellano), Urmael-Bernagorria (Euskera), Siseta (Catalán), Marsh Sandpiper (Inglés), Chevalier stagnatile (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Euskera, Catalán, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Se trata de una limícola muy estilizada, de colores por lo general claros, con patas verde-amarillentas y pico muy largo y agudo. El adulto en plumaje nupcial presenta las plumas de las partes superiores color canela con barras oscuras, el cuello y el pecho blancos con pintas de color marrón oscuro y estrías oscuras en los flancos. El adulto no reproductor es grisáceo con los márgenes de las plumas superiores ante y una delgada banda subapical oscura, pero con las partes inferiores completamente blancas. El juvenil también presenta blancas las partes inferiores, si bien las plumas de las regiones dorsales tienen un tinte cremoso.</t>
+  </si>
+  <si>
+    <t>Turdus pilaris Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Zorzal real (Castellano), Fieldfare (Inglés)</t>
+  </si>
+  <si>
+    <t>El real es un zorzal grande y bastante corpulento, que se reconoce fácilmente por presentar la cabeza y el obispillo de color gris azulado. El plumaje de la espalda y del dorso del ala es pardo-grisáceo, algo rojizo en ocasiones, mientras que las partes inferiores son blanquecinas con manchas ocres en los flancos y el pecho —más intensas en época reproductora— y profusamente moteadas de manchas oscuras en forma de cuña. El pico es amarillo con la punta oscura. Ambos sexos son muy parecidos, especialmente en invierno. Vistos de cerca, en el diseño de la cara se puede observar una brida negra delante del ojo y otra bajo la mejilla, así como la ceja blanquecina. En vuelo resalta su cola, larga y oscura, y los paneles blancos bajo el ala.</t>
+  </si>
+  <si>
+    <t>Turdus torquatus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Mirlo capiblanco (Castellano), Zozo paparzuria (Euskera), Merla de pit blanc (Catalán), Merlo papibranco (Gallego), Ring Ouzel (Inglés), Merle à plastron (Francés)</t>
+  </si>
+  <si>
+    <t>Túrdido de mediano tamaño, con aspecto similar al mirlo común. Presenta un plumaje característico de tonos oscuros, negros en el macho y pardos en la hembra, donde destacan la media luna blanca del pecho, el pico anaranjado y una mancha alar pálida. Las plumas ventrales y de los flancos poseen un reborde pálido característico. Tiene un vuelo rápido y directo.</t>
+  </si>
+  <si>
+    <t>Tyto alba (Scopoli, 1769)</t>
+  </si>
+  <si>
+    <t>prueba_Lechuza común (Castellano), Hontza zuria (Euskera), Òliba (Catalán), Curuxa común (Gallego), Barn Owl (Inglés), Common Barn-owl (Inglés), Chouette effraie (Francés)</t>
+  </si>
+  <si>
+    <t>El único representante de la familia Tytonidae en territorio europeo es una rapaz de tamaño medio, aspecto esbelto, largas patas y voluminosa cabeza, que luce un contrastado plumaje en el que predominan los tonos leonados y dorados en el dorso y el blanco puro —incluso ligeramente plateado— en las zonas ventrales. Las plumas dorsales y la parte superior de las alas y la cola aparecen finamente vermiculadas por sutiles punteados de color negro, gris y blancuzco, en tanto que las regiones ventrales pueden mostrar un moteado variable. En el rostro —inconfundible por su forma de corazón— destacan los ojos intensamente negros y el prominente pico de color claro. Los jóvenes poseen un plumaje muy similar al de los adultos, de los que se diferencian por sutiles detalles, difíciles de distinguir en el campo. El vuelo de esta rapaz nocturna —de alas largas y relativamente anchas— es elegante, silencioso y ágil gracias al escaso peso del ave. No es raro ver a la lechuza cernirse hábilmente sobre un punto, mientras escudriña el terreno en busca de presas.</t>
+  </si>
+  <si>
+    <t>Uria aalge (Pontoppidan, 1763)</t>
+  </si>
+  <si>
+    <t>prueba_Arao común (Castellano), Arao común (Castellano), Martina arrunta (Euskera), Somorgollaire (Catalán), Arao dos cons (Gallego), Common Murre (Inglés), Guillemot (Inglés), Iberian guillemot (Inglés), Guillemot de Troïl (Francés)</t>
+  </si>
+  <si>
+    <t>Es un ave marina de cuerpo alargado, pico fino y patas en posición retrasada. El plumaje, muy denso, presenta una coloración marrón oscura en las regiones dorsales y blancuzca en las ventrales; similar en ambos sexos, sufre algunas variaciones a lo largo del año y en los individuos juveniles. En plumaje invernal, la cabeza muestra las mejillas y la garganta de color blanco sobre el que destaca una tenue franja oscura que corre a partir del ojo. Algunas aves muestran un anillo ocular blanco, que resalta vivamente sobre el tono oscuro de la cabeza y que se prolonga en una delgada línea blanca por detrás del ojo. Los ejemplares que presentan este diseño reciben el nombre de araos bridados. Como otros álcidos, el arao desarrolla un vuelo muy directo mediante rápidos aleteos.</t>
+  </si>
+  <si>
+    <t>LESRPE: En régimen de protección especial, CEEA: En peligro de extinción</t>
+  </si>
+  <si>
+    <t>Ardea alba Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Garza blanca (Castellano), Garceta grande (Castellano), Lertxuntxo handia (Euskera), Agró blanc (Catalán), Great Egret (Inglés), Great White Heron (Inglés), Great White Egret (Inglés), Grande aigrette (Francés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Península NT (Casi amenazado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>España, Península, Mundial, Península</t>
+  </si>
+  <si>
+    <t>Se trata de una garza de gran tamaño, muy estilizada y de cuello particularmente largo, que luce un plumaje enteramente blanco. Posee un pico fuerte, alargado y con forma de daga. Los ejemplares en época de reproducción se adornan con unas plumas largas en la garganta y la base del cuello. En el dorso, estas plumas ornamentales resultan particularmente largas y desflecadas y se prolongan, a modo de manto, sobre las plumas de vuelo y la cola. El pico es oscuro, con la base amarillenta en ocasiones, o completamente anaranjado en algunas subespecies. Esta garza presenta, además, un área desnuda de color verdoso junto al ojo, que es amarillo. Las patas son también amarillas, a veces incluso anaranjadas durante la reproducción. Los individuos no reproductores carecen de plumas ornamentales y tienen el pico de color amarillo o anaranjado. Las tibias son amarillas y los tarsos oscuros, de color gris verdoso. El joven, por su parte, es similar al adulto no reproductor, con las tibias de color amarillo verdoso y el pico amarillo. En vuelo se la ve de gran tamaño; lleva el cuello recogido y las alas arqueadas, mientras que las patas sobresalen largamente por detrás de la cola.</t>
+  </si>
+  <si>
+    <t>Casmerodius albus, Casmerodius albus albus, Egretta alba Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>Ardeola ralloides (Scopoli, 1769)</t>
+  </si>
+  <si>
+    <t>prueba_Garcilla cangrejera (Castellano), Lertxuntxo karramarrozalea (Euskera), Martinet ros (Catalán), Garza caranguexeira (Gallego), Common Squacco Heron (Inglés), Squacco Heron (Inglés), Héron crabier (Francés)</t>
+  </si>
+  <si>
+    <t>España NT (Casi amenazado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Garza de pequeño-mediano tamaño. El adulto reproductor tiene las partes superiores rosado-anaranjadas y las inferiores más blanquecinas. Del píleo le cuelgan largas plumas pardas, con raquis más pálido, que le dibujan una melena sobre el dorso. Su pico es azulado, con el extremo negro, y luce patas naranjas. El adulto no reproductor es mucho más parduzco, con toda la cabeza y el cuello repletos de estrías longitudinales blancas y pardas, patas amarillentas y pico naranja sucio. Los jóvenes son muy similares a los adultos no reproductores. En vuelo, la garcilla cangrejera se muestra muy pálida, ya que sus alas y cola son blancas, y el cuerpo y la cabeza rosados. Se localiza generalmente en aguazales abiertos, en orillas o en aguas someras.</t>
+  </si>
+  <si>
+    <t>Charadrius hiaticula Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>prueba_Chorlitejo grande (Castellano), Txirritxo handia (Euskera), Corriol gros (Catalán), Píllara real (Gallego), Ringed Plover (Inglés), Common Ringed Plover (Inglés), Grand Gravelot (Francés)</t>
+  </si>
+  <si>
+    <t>España NE (No evaluado),  Península NE (No evaluado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Esta limícola de pequeño tamaño, aunque de aspecto robusto, se caracteriza por poseer una voluminosa cabeza rematada por un pico bastante corto. El macho adulto en plumaje nupcial luce un collar negro y característicos dibujos cefálicos en forma de una marcada ceja blanca y una línea negra que parte del píleo y surca la cara del ave hasta el pico, enmarcando la región frontal, blanca. El pico presenta la base naranja y la punta negra y las patas son, asimismo, naranjas. La librea nupcial de la hembra es muy similar a la del macho, aunque con el negro más apagado. En los adultos no reproductores, en cambio, la frente se une con la ceja, las zonas negras son menos intensas y el naranja del pico apenas resulta perceptible. Las aves juveniles se asemejan a los ejemplares no reproductores, aunque con las plumas del dorso ribeteadas de negro y ante.</t>
+  </si>
+  <si>
+    <t>Gallinago gallinago (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Agachadiza común (Castellano), Agachadiza común (Castellano), Common Snipe (Inglés)</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Península EN (En peligro),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Limícola de mediano tamaño, con pico muy largo y coloración general parduzca. Posee flancos con franjas ocres y vientre blanco liso. El dorso, delicadamente jaspeado, está listado longitudinalmente con franjas de color crema. La cabeza también presenta varias listas longitudinales que enmarcan el píleo oscuro. Tiene un vuelo rápido, con arrancada brusca y trayectoria zigzagueante. Cuando vuela muestra una apariencia general parda, con la cola de tonalidad ocre rojiza.</t>
+  </si>
+  <si>
+    <t>Gallinula chloropus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Gallineta común (Castellano), Gallina ciega (Castellano), Polla de agua (Castellano), Gallineta común (Castellano), Common Moorhen (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Inglés</t>
+  </si>
+  <si>
+    <t>La coloración de este rálido de mediano tamaño a cierta distancia parece uniformemente oscura, casi negra, aunque visto de cerca se puede apreciar cómo el dorso adquiere una tonalidad entre verdosa y olivácea, con abundantes brillos metálicos, mientras que la cabeza es de un intenso color pizarra, que se va tornando azulado a medida que alcanza la nuca. Las regiones inferiores del ave son de color gris oscuro, si bien los flancos resultan prácticamente negros y aparecen ribeteados por largas plumas blancas que definen una llamativa línea discontinua. De color blanco también son las infracoberteras caudales, las cuales dibujan un conspicuo parche que contrasta fuertemente con el resto del plumaje; esta región de la anatomía de la gallineta —denominada escudo anal— es usada como indicador de los estados de ánimo y a modo de mecanismo de comunicación intraespecífica. Las zonas desnudas de la gallineta común resultan también ciertamente llamativas y sufren algunas modificaciones durante la etapa de reproducción, en que se tornan más brillantes. Así, el iris —normalmente marronáceo— adquiere un intenso color carmesí; las patas toman una coloración amarillenta, que se transforma en roja en la mitad superior de la tibia, y el escudete frontal, al igual que el pico, adquiere una intensa tonalidad roja en fuerte contraste con la punta amarilla de este. Las gallinetas jóvenes, al contrario que los adultos, lucen una librea bastante modesta, en la que dominan los tonos marronáceos con tintes verdosos; además, carecen de escudete frontal y de los restantes ornamentos cromáticos propios de las aves maduras.</t>
+  </si>
+  <si>
+    <t>Marmaronetta angustirostris (Ménétries, 1832)</t>
+  </si>
+  <si>
+    <t>prueba_Cerceta pardilla (Castellano), Zertzeta marmolairea (Euskera), Xarxet marbrenc (Catalán), Cerceta pinta (Gallego), Marbled Duck (Inglés), Marbled Teal (Inglés), Sarcelle marbrée (Francés)</t>
+  </si>
+  <si>
+    <t>España CR (En peligro crítico),  Península CR (En peligro crítico),  Mundial NT (Casi amenazado),  Península DD (Datos insuficientes)</t>
+  </si>
+  <si>
+    <t>Pato nadador de pequeño tamaño y dimorfismo sexual poco evidente. El macho adulto es de color pardo arenoso, con el dorso algo más oscuro y multitud de pintas blanquecino-amarillentas en popa, flancos y dorso. Tiene un llamativo antifaz oscuro de bordes difusos y unas plumas a modo de pequeña coleta en la nuca. Su cabeza está finamente estriada. El pico es fino y oscuro. La hembra adulta es muy similar, de tamaño algo menor, coleta más pequeña y coloración del pico ligeramente diferente. Los jóvenes son muy parecidos a los adultos, pero algo más pálidos y grisáceos y con pintas menos evidentes en general. En vuelo, la especie se ve relativamente pálida, sobre todo la parte inferior de las alas. También las secundarias blanquecinas contrastan con los extremos alares oscuros.</t>
+  </si>
+  <si>
+    <t>Numenius arquata (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Zarapito real (Castellano), Kurlinta handia (Euskera), Becut (Catalán), Mazarico real (Gallego), Curlew (Inglés), Eurasian Curlew (Inglés), Courlis cendré (Francés)</t>
+  </si>
+  <si>
+    <t>España EN (En peligro),  Península CR (En peligro crítico),  Mundial NT (Casi amenazado),  Península LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>La mayor de nuestras limícolas es una especie fácilmente identificable gracias a su enorme pico —más largo en las hembras—, con el que sondea profundamente las playas, los bancos de limo, las orillas fangosas y los prados húmedos en busca de los invertebrados de los que se nutre. Reproductor testimonial en nuestro territorio, el zarapito real resulta, sin embargo, relativamente común a lo largo del invierno, especialmente en las costas cántabro-atlánticas.</t>
+  </si>
+  <si>
+    <t>Spatula clypeata (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Cuchara común (Castellano), Cuchara común (Castellano), Shoveler (Inglés), Northern Shoveler (Inglés), Canard souchet (Francés)</t>
+  </si>
+  <si>
+    <t>España NT (Casi amenazado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Esta anátida resulta ciertamente inconfundible por la forma aplanada de su largo y especializado pico, de cuya semejanza con una cuchara proviene el nombre vulgar de la especie. El macho en plumaje nupcial presenta un diseño muy vistoso, con la cabeza y el corto cuello de color verde brillante, tonalidad que destaca vivamente sobre el pecho blanco. Los flancos y el vientre son castaños, en tanto que en las regiones dorsales, de tonos marrones, resaltan unas largas escapulares blanquinegras. El espejuelo, verde brillante, resulta particularmente visible en vuelo. Las hembras son parduzcas, aunque fácilmente diferenciables de las de otras anátidas gracias a la forma del pico, y con el espejuelo de un verde más pálido que en los machos. Los jóvenes son muy parecidos a las hembras, si bien en ellos los flancos presentan tintes más rojizos y las regiones dorsales son más oscuras.</t>
+  </si>
+  <si>
+    <t>Anas clypeata Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>Spinus spinus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Lucano (Castellano), Jilguero lúgano (Castellano), Lúgano (Castellano), Tarina (Euskera), Siskin (Inglés), European Siskin (Inglés), Eurasian Siskin (Inglés)</t>
+  </si>
+  <si>
+    <t>Se trata de un ave pequeña, de pico corto y fino, que muestra cola corta y escotada cuando está cerrada. Su coloración puede recordar a la de verdecillos, verderones comunes y verderones serranos. Pero los lúganos se distinguen bien por la combinación de los siguientes caracteres: pequeño tamaño, manchas amarillas en alas y cola, y franjas amarillas en los “hombros” de las alas. Además, los machos tienen el capirote y la garganta negros. Es una especie gregaria que se mezcla con otras, sobre todo fringílidos como pardillos, pinzones vulgares, verdecillos, verderones serranos, pinzones reales, etc. Pero, a diferencia de la mayoría de los fringílidos, el lúgano también busca alimento en las ramas de árboles de ribera, siendo común observarlo en alisos, olmos y abedules.</t>
+  </si>
+  <si>
+    <t>Carduelis spinus Linnaeus, 1758</t>
+  </si>
+  <si>
+    <t>Acacia dealbata Link</t>
+  </si>
+  <si>
+    <t>prueba_Acacia dealbata (Castellano), Acacia (Castellano), Acacia de hoja azul (Castellano), Mimosal (Castellano), Mimoso (Castellano), Acacia francesa (Castellano), Alcarcia (Castellano), Alcacia (Castellano), Arkazia (Euskera), Mimosa (Catalán), Alcazia (Gallego)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego</t>
+  </si>
+  <si>
+    <t>Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Mundial</t>
+  </si>
+  <si>
+    <t>Árbol perennifolio erecto, de 2-15 m de altura, aunque puede alcanzar los 30 m. El tronco es liso o algo agrietado, de color marrón grisáceo a gris oscuro; los tallos jóvenes tienen el color más suave. Las hojas son compuestas, de color verde plateado, bipinnadas, de hasta 10 cm de largo, con 7-26 pares de pinnas de 15-30 mm de largo, cada una de las cuales presenta entre 20 y 50 pares de pínulas lineares de 2-5 mm de longitud. Tiene una glándula prominente en la inserción de cada par de pinnas y en el peciolo. Las inflorescencias son muy características, en glomérulos globosos amarillo dorado o amarillo limón de unos 5 mm de diámetro, olorosos y agrupados en racimos o panículas. Las flores presentan el cáliz y la corola en forma de campana; tienen largos estambres que sobresalen de la corola. El fruto es una legumbre comprimida, dehiscente, con constricciones entre las semillas, de color verde, azulado glauco o pardo rojizo, de 4 a 10 cm de longitud. Las semillas son oscuras, de 4-5 mm, en forma de elipse comprimida y se disponen longitudinalmente en la vaina.</t>
+  </si>
+  <si>
+    <t>Plantas vasculares</t>
+  </si>
+  <si>
+    <t>Acacia farnesiana (L.) Willd.</t>
+  </si>
+  <si>
+    <t>prueba_Carambuco (Castellano), Acacia (Castellano), Aromero (Castellano), Aromo (Castellano), Mimosa (Catalán), Aromer (Mallorquín)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Catalán, Mallorquín</t>
+  </si>
+  <si>
+    <t>Es un arbusto o árbol pequeño espinoso, perennifolio o subcaducifolio, de copa redondeada y con varios tallos delgados que crecen desde el suelo. El tronco es corto y delgado, muy ramificado desde la base. La corteza de los ejemplares jóvenes es lisa, y se agrieta con la edad, de color gris plomizo a pardo grisáceo, con abundantes lenticelas. La corteza interna es amarilla o de color crema, fibrosa con olor y sabor a ajo. Los tallos son ligeramente rugosos, con múltiples espinas rectas, no engrosadas en la base. Las glándulas de las ramas son muy pequeñas. Las hojas son alternas, de un suave color verde, bipinnadas, con 2-8 pares de pinnas opuestas y 10-25 pares de pínulas. Las flores aparecen en glomérulos amarillos, que salen en las axilas de las estípulas espinosas, solitarias o en grupos de 2 o 3, muy perfumadas. El fruto es una legumbre pardo-rojiza, dura, terminada en una punta aguda, con las valvas coriáceas, lisas o estriadas, de aspecto cilíndrico. No son dehiscentes o lo son tardíamente. Las semillas tienen forma de riñón, lisas, de color castaño.</t>
+  </si>
+  <si>
+    <t>Vachellia farnesiana (L.) Wight &amp; Arn.</t>
+  </si>
+  <si>
+    <t>Acacia salicina Lindl.</t>
+  </si>
+  <si>
+    <t>prueba_Acacia de hoja de sauce (Castellano)</t>
+  </si>
+  <si>
+    <t>Árbol perennifolio de mediano porte (no suele superar los 4-6 metros de altura), con la copa extendida y las ramas colgantes (semejantes a un sauce), algo angulosas. El tronco, de corteza oscura, la presenta fisurada en la base. Los filodios (tallos modificados con aspecto de hoja) son finos y delgados, de color verde grisáceo (a veces glaucos), glabros, de 4-16 cm de largo, curvados o falcados, con el ápice agudo u obtuso, con un mucrón corto y el nervio medio prominente (los restantes poco aparentes). Presentan una pequeña glándula basal, y a veces aparece una segunda en el ápice y de 1 a 3 en los márgenes. Las inflorescencias, axilares, tienen de 2 a 6 capítulos globosos de color amarillo pálido sobre pedúnculos escamosos de 5 a 15 cm de largo. Las flores son pentámeras. El fruto es una legumbre linear, oscura, leñosa y glauca, de 4 a 12 cm de largo; las vainas son ricas en saponina; las semillas son elípticas de color negro con un prominente arilo rojo.</t>
+  </si>
+  <si>
+    <t>Agave americana L.</t>
+  </si>
+  <si>
+    <t>prueba_Alcimarón (Castellano), Maguey (Castellano), Captus (Castellano), Címbara (Castellano), Javila (Castellano), Maguén (Castellano), Pino de pitera (Castellano), Pino pitera (Castellano), Pitaca (Castellano), Pitacón (Castellano), Pitera pino (Castellano), Piteras (Castellano), Pitero (Castellano), Sábila (Castellano), Santa maría (Castellano), Yerba mora (Castellano), Zábila (Castellano), Zabilla (Castellano), Magüey (Castellano), Pitaco (Castellano), Acibara (Castellano), Ágave (Castellano), Alcibara (Castellano), Alcibarón (Castellano), Alcimara (Castellano), Pitera común (Castellano), Alzabara (Castellano), Alzavara (Castellano), Agabe mexicar (Euskera), Umore bedarra (Euskera), Enplastu bedarra (Euskera), Xeremec (Catalán), Figuerasses grosses (Catalán), Atzavara (Catalán), Punyalera (Catalán), Donarda (Catalán), Figuerassa (Catalán), Figuerasses de marge (Catalán), Piteira (Gallego), Pitrera (Mallorquín), Pitra (Mallorquín), Pita (Mallorquín), Pitera (Valenciano), Platanera borda (Valenciano), Fil-i-agulla (Valenciano), Pitera borda (Valenciano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano</t>
+  </si>
+  <si>
+    <t>Es una planta perenne, de porte robusto y rizomatosa. El tronco es casi inexistente o bien está ausente. Las hojas (que pueden medir hasta 2 metros de largo y 25 cm de ancho) crecen desde el suelo formando grandes rosetas, dispuestas hacia arriba y llegando a curvarse en el extremo hacia el suelo; son carnosas, robustas, en forma de lanza, y con espinas de casi 2 cm (muy agudas y finas, dando al margen un aspecto aserrado) en los márgenes y ápice (de unos 5 cm); su color es verde azulado o gris azulado. Las flores, grandes (6-10 cm), aparecen a partir de los 10 años de edad de la planta en una panícula en el extremo de uno de los tallos (a 5-8 m de altura, verdosos con brácteas dispuestas de forma alterna) y son de color amarillo pálido algo verdoso; están formadas por 6 “pétalos” fusionados en la base formando un tubo corto; tienen 6 estambres muy prominentes. La planta, una vez que ha florecido, muere, siendo sustituida por pequeños retoños que crecen alrededor de su base. El fruto es una cápsula alargada y trígona (3 compartimentos), de color verde que va cambiando a marrón y negruzco con el tiempo, con el ápice en pico y numerosas semillas aplanadas de color negro brillante.</t>
+  </si>
+  <si>
+    <t>Alopochen aegyptiaca (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Ganso del Nilo (Castellano), Egyptian goose (Inglés), Oie d'Egypte (Francés)</t>
+  </si>
+  <si>
+    <t>Ave de unos 70 cm de longitud, 2-2,5 kg de peso y una envergadura alar de hasta 1,5 metros. Casi sin dimorfismo sexual, salvo que los machos son ligeramente más grandes que las hembras. El plumaje es marrón rojizo en el dorso y alas; el pecho es castaño rojizo o beige finamente vermiculado de color gris parduzco. Los flancos son de color gris claro finamente vermiculado de color gris parduzco. La base del cuello presenta una franja estrecha castaño rojizo oscuro, a modo de collar. El vientre es claro salvo la zona caudal inferior que es beige. El píleo es gris blanquecino. La cara y cuello son de color gris-crema claro, con unas características manchas grandes alrededor de los ojos de color pardo rojizo. El pico es rosáceo o rojizo con la base y la punta negruzca y un gran orificio nasal oscuro en el centro. Los ojos son amarillos con una gran pupila negra. Cola corta, ancha y de color negro. Las alas son grandes, de color pardo rojizo con una gran zona blanca en las coberteras; las plumas primarias son negras mientras que las secundarias son negras pero con una mancha verde metalizado en la mitad anterior. Las patas son robustas, rosáceas o rojizas, y con los dedos palmeados. Los juveniles carecen de la mancha oscura que presentan los adultos en el pecho y en los ojos; la cabeza tiene un capirote pardo siendo el resto de la cara de color blanquecino con una mancha pardo grisácea en las mejillas; el pico es gris oscuro, los ojos marrones y las patas de color carne grisáceo.</t>
+  </si>
+  <si>
+    <t>Alopochen aegyptiacus (Linnaeus, 1766), Alopochen aegyptiacus (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>Amandava amandava (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Bengalí rojo (Castellano), Múnia roig (Catalán), Red Avadavat (Inglés), Bengali amandava (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Catalán, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Son aves de pequeño tamaño, de unos 10 cm de longitud y 10 gramos de peso. Durante la temporada de cría los machos ostentan un plumaje llamativo, de color rojo intenso con tintes verdosos en la corona y la espalda y con rayas blancas debajo de los ojos (que son de color rojo). El pico, igualmente rojo, es fuerte, grueso y cónico, con una zona negruzca en la base del culmen. Los lados de la cabeza, garganta y parte ventral son de color escarlata. Las alas y flancos, de color rojo oscuro, presentan puntos blancos. La cola es corta y redondeada, con las plumas negras. Las hembras, en la época de reproducción, lucen el pecho y vientre de color amarillo anaranjado brillante. Fuera de la temporada de cría, los machos y hembras son similares; las hembras tienen el dorso marrón liso, el vientre de color amarillo, pardo grisáceo o bronceado crema, obispillo rojo, pico rojo apagado y rayas negras debajo de los ojos a modo de antifaz; las alas y los flancos puede estar salpicado de manchas blancas. Las hembras, fuera de la temporada de reproducción, son similares a los machos, aunque con las manchas blancas más pequeñas y menos numerosas. Los juveniles son similares a las hembras, pero carecen del color rojo en el obispillo y el pico es negro.</t>
+  </si>
+  <si>
+    <t>Arbutus unedo L.</t>
+  </si>
+  <si>
+    <t>prueba_Agarullo (Castellano), Borto (Castellano), Burrubiote (Castellano), Campanita (Castellano), Madroña (Castellano), Madroñal (Castellano), Madroñera (Castellano), Madroños (Castellano), Mairoñera (Castellano), Modrollera (Castellano), Modroño (Castellano), Abis (Castellano), Madroño (Castellano), Alboriu (Castellano), Albornial (Castellano), Alborniu (Castellano), Alborza (Castellano), Alborzas (Castellano), Alborzera (Castellano), Arbetón (Castellano), Árbol de los borrachinos (Castellano), Armoniu (Castellano), Bordo (Castellano), Borrachinal (Castellano), Burbuxe (Euskera), Purpuxea (Euskera), aagorri (Euskera), burbuxa (Euskera), Arbousier (Catalán), Cirera d'arboiç (Catalán), Cireres d'arboc (Catalán), Cireres d'arboiç (Catalán), Çireretes de arboç (Catalán), Llipoter (Catalán), cirerer de llop (Catalán), Arbocera (Catalán), Arboiç (Catalán), Erbedo (Gallego), Ameixois (Gallego), Érbedos (Gallego), Meisueiro (Gallego), albedro (Gallego), érbedo (Gallego), Arboça (Mallorquín), Arbocer vermell (Mallorquín), Arbocer blau (Mallorquín), Alborsos (Valenciano), Alborzo (Valenciano), Arboç (Valenciano), Arbocer (Valenciano), Arborçer (Valenciano), Arborsos (Valenciano), Arborzo (Valenciano), Auborc (Valenciano), Auborcer (Valenciano), Boç (Valenciano), Borç (Valenciano), Borser (Valenciano), Bosser (Valenciano), Hierba alborçera (Valenciano), Hierba arborçera (Valenciano), Madronyer (Valenciano), Madronyera (Valenciano), Madronyo (Valenciano), Madroñero (Valenciano), Madroño (Valenciano), Alboç (Valenciano), Alborç (Valenciano), Albocer (Valenciano), Alborcer (Valenciano), Alborçer (Valenciano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Gallego, Gallego, Gallego, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano</t>
+  </si>
+  <si>
+    <t>Arbolillo perennifolio, generalmente de porte arbustivo pero que llega a los 4-5 metros de altura, con el tronco de corteza delgada, pardo-rojiza y agrietada; tiende a ramificarse desde la base o a poca altura del suelo. Las ramas jóvenes son a menudo pilosas. La copa es densa y redondeada. Las hojas son lanceoladas o elípticas, de color verde oscuro brillante por el haz y más pálidas por el envés, con el ápice agudo y el margen serrado, coriáceas, pecioladas (peciolo corto y rojizo de 0,2-1 cm de largo) y dispuestas de forma alterna. Las inflorescencias, con flores pentámeras en forma de campanilla (la corola se divide en 5 pequeños lóbulos con la punta revoluta), de color crema o blanco rosadas, aparecen en panículas bracteadas colgantes y terminales. Presentan pedúnculos rojos. El fruto (madroño) es una baya esférica y tuberculada, de color amarillento que torna a rojizo al madurar, con semillas pequeñas, pardas y angulosas, dispuestas en el centro del fruto.</t>
+  </si>
+  <si>
+    <t>Arundo donax L.</t>
+  </si>
+  <si>
+    <t>prueba_Licera (Castellano), Lisera (Castellano), Carda (Castellano), Jopo (Castellano), Caña silvestre (Castellano), Huiro verde (Castellano), Raíz de caña (Castellano), Bardiza (Castellano), Caña común (Castellano), Caña licera (Castellano), Caña rueca (Castellano), Cañales (Castellano), Cañas (Castellano), Cañavera (Castellano), Cañera (Castellano), Cañero (Castellano), Cañiz (Castellano), Cañizo (Castellano), Gomilla (Castellano), Kañabera (Euskera), Cana (Euskera), Canabela (Euskera), Canaberra (Euskera), Garritz (Euskera), Garriza (Euskera), Kana (Euskera), Canyer (Catalán), Canyes (Catalán), Canya verda (Catalán), Canya mallorquina (Catalán), Canya de torrent (Catalán), Canya (Catalán), Canivela (Gallego), Canavela (Gallego), Canaveira (Gallego), Giant reed (Inglés), Canne de Provence (Francés), Canya blanca (Mallorquín), Canyís (Mallorquín), Canyeta (Mallorquín), Canya de riu (Mallorquín), Plomall (Valenciano), Caña (Valenciano), Xim (Valenciano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Euskera, Euskera, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Inglés, Francés, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano</t>
+  </si>
+  <si>
+    <t>Planta herbácea, perenne, erecta, con raíces fuertes y carnosas. Tiene el tallo grueso y robusto, hueco; alcanza los 2-6 metros de altura y hasta 4 cm de diámetro. Es suave y glabro, brillante, simple o algo ramificado en los nudos; las cañas se dividen por tabiques en los nudos (como el bambú). Las hojas son largas y acintadas (similares a las del maíz), azul-verdosas, dispuestas en dos filas conspicuamente opuestas a lo largo del tallo, al que “abrazan”; tienen en la base mechones de pelos; llegan a medir unos 60 centímetros de largo y 6 de ancho. Los márgenes son afilados al tacto, pudiendo llegar a cortar. Las flores nacen en grandes panículas apicales, de 30-65 dm de largo. Las espiguillas, comprimidas lateralmente, presentan tonos violáceos o amarillentos, generalmente, con tres flores bisexuales. Las glumas son subiguales y membranosas; la lema es bífida y pelosa en su parte dorsal, y más larga que la pálea. El fruto es una cariópside oblanceolada y estriada, que no parece producir semillas viables fuera de su rango nativo de distribución. El embrión ocupa más o menos un tercio de la longitud.</t>
+  </si>
+  <si>
+    <t>Atelerix albiventris (Wagner, 1841)</t>
+  </si>
+  <si>
+    <t>prueba_Erizo pigmeo africano (Castellano), Erizo africano de vientre blanco (Castellano), Erizo de vientre blanco (Castellano), Eriçó de panxa blanca (Catalán), Four-toed Hedgehog (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Pequeño erizo de entre 15 y 25 cm de longitud y un peso que oscila entre los 350 y los 700 gramos, aunque lo más normal es que ronde los 350. El hocico es puntiagudo, las orejas grandes y los ojos pequeños y negros. Las patas son cortas y peludas. De coloración variable, la más común es marrón o gris con las púas blancas o de color crema, siendo el rostro más oscuro (gris o negro) y el vientre blanco.</t>
+  </si>
+  <si>
+    <t>Australoheros facetus (Jenyns, 1842)</t>
+  </si>
+  <si>
+    <t>prueba_Chanchito (Castellano), Chameleon cichlid (Inglés)</t>
+  </si>
+  <si>
+    <t>Pez de tamaño medio que no suele superar los 18 cm de longitud, aunque algunos ejemplares han llegado a los 30 cm de largo. El cuerpo es robusto, de aspecto redondeado, de perfil alto, comprimido lateralmente y relativamente corto. El pedúnculo caudal es corto y la aleta caudal es ancha en su base, con el perfil casi recto. Presenta 26-28 escamas en la línea longitudinal. La coloración es variable, generalmente con el fondo amarillento, verde oliva, grisáceo, pardo o rojizo, con 6-7 barras verticales oscuras en el cuerpo (6-7 en el cuerpo, 2 en la frente, 2 en el cuello, 1 en la base de la cola). En el pedúnculo caudal, cerca de la cola, presentan una mancha oscura. En la época de cría presentan las bandas casi negras sobre un fondo naranja. Cuando se muestran agresivos, oscurecen su color. Las aletas tienen los contornos redondeados. La aleta dorsal es larga, de base muy ancha, con 15-17 radios espinosos y 9-11 radios blandos. La aleta anal es larga, con 5-7 radios espinosos y 7-10 radios blandos. La aleta dorsal, anal y pélvicas (que se extienden más allá del origen de la aleta anal) terminan en punta. La aleta caudal tiene un perfil prácticamente recto. Posee 13 vértebras caudales.Ardilla gris (Sciurus carolinensis): ardilla de tamaño mediano, de color gris canoso, pudiendo tener ciertos tonos canela en la cabeza, pies y caderas. La cola es gris claro o blanca, al igual que el vientre.</t>
+  </si>
+  <si>
+    <t>Cichlasoma facetum (Jenyns, 1842), Herichthys facetum (Jenyns, 1842)</t>
+  </si>
+  <si>
+    <t>Baccharis halimifolia L.</t>
+  </si>
+  <si>
+    <t>prueba_Bácaris (Castellano), Carqueja (Castellano), Chilca (Castellano), Chilca de hoja de orzaga (Castellano)</t>
+  </si>
+  <si>
+    <t>Arbusto caducifolio dioico, de 1 a 4 m de altura, a veces de tallo único desde la base, pero más a menudo densamente ramificado. El tronco puede llegar a los 25 cm de diámetro, y es de color marrón con la corteza profundamente fisurada. Las hojas son elípticas o romboidales y gruesas, de color verde brillante a grisáceo y en disposición alterna; carecen de peciolo o éste es muy corto; miden de 2 a 6 cm de largo, con la base cuneada y el margen liso o con 1-3 pares de gruesos dientes. Tanto el haz como el envés son glabros, y presentan glándulas visibles al trasluz. Las flores están estrechamente agrupadas en cabezas rodeadas por brácteas involucrales. Están agrupadas en frondosas inflorescencias terminales o axilares. Los capítulos masculinos presentan flores tubulares amarillentas mientras que los femeninos son de color blanco. El fruto (aquenios en cipsela) es casi cilíndrico, de 1,3-1,8 mm, formado por una semilla coronada con un vilano blanco plateado de hasta 12 mm de longitud.</t>
+  </si>
+  <si>
+    <t>Branta canadensis (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Barnacla canadiense (Castellano), Barnacla canadiense grande (Castellano), Branta kanadarra (Euskera), Oca del Canadà (Catalán), Ganso do Canadá (Gallego), Canada goose (Inglés)</t>
+  </si>
+  <si>
+    <t>Anátida de gran tamaño que pesa de media 6.4 kg, con una altura de 76-110 cm y una envergadura que oscila entre 1.3 y 1.7 metros. Son muy característicos la cabeza y el largo cuello negros con las mejillas blancas. El plumaje del cuerpo, aunque de color marrón, presenta diferentes tonalidades pardas y grisáceas, con el vientre de color crema o blanco. La cola es corta, y el pico y las patas negras. Los machos son ligeramente más grandes que las hembras. Los jóvenes son amarillos con plumas de color gris-verdoso en el dorso y cabeza, y nacen con las patas negras.</t>
+  </si>
+  <si>
+    <t>Calotropis procera (Aiton) W.T.Aiton</t>
+  </si>
+  <si>
+    <t>prueba_Algodón de seda (Castellano)</t>
+  </si>
+  <si>
+    <t>Es un pequeño árbol siempre verde. Los tallos y hojas tienen apariencia cerosa y contienen un látex lechoso blanquecino. El tronco es más o menos erecto, ramificado desde la base. Los tallos jóvenes son de color verde grisáceo, de textura suave, cubiertos de pelos blanquecinos. Los tallos maduros están profundamente fisurados, con apariencia de corcho, con la corteza de color marrón claro o amarillo grisáceo. Las hojas son grandes, de 5-30 cm de largo y 4-15 cm de ancho, sésiles o con peciolos muy cortos (3-4 mm), coriáceas, redondeadas u ovadas, y opuestas en pares. Su color es verde grisáceo, y los bordes son enteros. El haz es glabro mientras que el envés puede estar densamente cubierto de minúsculos pelos blancos o bien con un mechón de pelos rígidos en la base del nervio central. Las flores nacen en racimos de 3-15 flores, en las horquillas de las hojas superiores (inflorescencias axilares). El pedúnculo de las inflorescencias es de 20-55 mm de largo y cada flor tiene un pedicelo de 15-25 mm. Tienen 5 pétalos relativamente cortos y anchos (7-10 mm de largo y 6-10 mm de ancho), blancos o rosados, con puntas de color púrpura. Los frutos son grandes folículos inflados de color verde grisáceo. La piel es gruesa y esponjosa. Cada fruto contiene numerosas semillas aplanadas rematadas por un penacho de pelos blancos, sedosos y largos.</t>
+  </si>
+  <si>
+    <t>Cenchrus setaceus (Forssk.) Morrone</t>
+  </si>
+  <si>
+    <t>prueba_Pasto de elefante (Castellano), Rabo de gato (Castellano), Rabogato (Castellano), Plumero (Castellano)</t>
+  </si>
+  <si>
+    <t>Es una hierba perenne de hasta 130 cm de alto que crece formando densas macollas. Los tallos florales son erectos (o ligeramente caídos), no ramificados o, en el caso, muy poco. Estos tallos surgen de la base de la planta, junto con las hojas. Las hojas tienen el limbo enrollado, son largas, acintadas, ásperas al tacto, y miden hasta 30 cm x 3 mm. En su mayoría son glabras, pero a veces tienen algunos pelos hacia la base. La lígula que aparece entre la vaina de la hoja y la lámina es ciliada. Tienen una costilla notoria en el haz. Las espigas de semillas son de 6-30 cm de largo, plumosas, de color rojizo, rosado o púrpura. Cada espiguilla floral está rodeada por numerosas cerdas plumosas, de 12 a 26 mm de largo, y con una cerda significativamente más larga que las demás (16-40 mm). El raquis es angular. Las espigas maduras se vuelven de color pajizo, y las semillas se desprenden con las cerdas plumosas rodeándolas.</t>
+  </si>
+  <si>
+    <t>Incluido, Incluido</t>
+  </si>
+  <si>
+    <t>Pennisetum setaceum (Forssk.) Chiov.</t>
+  </si>
+  <si>
+    <t>Cherax destructor Clark, 1936</t>
+  </si>
+  <si>
+    <t>prueba_Yabbie (Castellano), Yabby (Inglés)</t>
+  </si>
+  <si>
+    <t>Mundial VU (Vulnerable)</t>
+  </si>
+  <si>
+    <t>Cangrejo de río de caparazón suave, con un par de crestas post-orbitales. El rostro es convergente, sin cresta central con los bordes no desarrollados y no espinosos. Carece de espinas postcervicales. Cefalotórax liso. Carece de sutura longitudinal y de pleópodos en el primer segmento subabdominal. Coloración variable, desde gris azulado a verdoso o marrón, dependiendo del hábitat en el que se encuentre. Puede llegar a los 15-20 cm de longitud con un peso de hasta 320 gramos. Tiene grandes y gruesas pinzas de bordes lisos, sin espolón en el carpopodito, muy apuntadas y con tonalidades rojizas en la base; la parte ventral de las quelas suele ser de color blanquecino o gris, mientras que la superior es del mismo color que el resto del cuerpo.</t>
+  </si>
+  <si>
+    <t>Invertebrados</t>
+  </si>
+  <si>
+    <t>Chrysemys picta (Schneider, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Tortuga pintada (Castellano), Black-spectacled Toad (Inglés), Painted Turtle (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Galápago semiacuático de tamaño medio, pudiendo alcanzar los 25 cm. El caparazón es liso y ovalado, oscuro con bordes amarillos y/o rojos a los largo de las “suturas” de los escudos, y dibujos rojos en los escudos marginales. Algunos individuos pueden presentar una línea media dorsal amarilla o roja. El plastrón es amarillo o rojizo con manchas negras, aunque esta coloración puede variar en función de la subespecie de la que se trate. La cabeza, cuello, patas y cola son de color oliva o negro, y presentan rayas amarillas y/o rojas.</t>
+  </si>
+  <si>
+    <t>Corbicula fluminea (Muller, 1774)</t>
+  </si>
+  <si>
+    <t>prueba_Almeja de río asiática (Castellano), Txirla asiarra (Euskera), Cloïsa asiàtica (Catalán), Asiatic clam (Inglés), Golden Freshwater Clam (Inglés)</t>
+  </si>
+  <si>
+    <t>Pequeña almeja, generalmente de 25 mm pero que puede llegar a los 4-5 cm de largo, con la concha sólida, robusta, de contorno triangular o redondo, con aspecto de cesto (“inflada”) y umbos prominentes. Tiene una escultura muy marcada, con costillas regulares y concéntricas características, en número de 7a14 por centímetro. El periostraco (“cáscara”) es brillante, de color marrón amarillento (a veces amarillo) o verdoso, ocasionalmente negruzco, casi negro. El interior (nácar) varía del color blanco al salmón o púrpura. El ligamento es corto, visible desde el exterior, y sobrepasa el margen dorsal. La charnela es robusta y muy arqueada. Tiene 3 dientes cardinales muy desarrollados en cada valva y 2 dientes laterales robustos y con estrías finas.</t>
+  </si>
+  <si>
+    <t>Coturnix japonica Temminck &amp; Schlegel, 1849</t>
+  </si>
+  <si>
+    <t>prueba_Codorniz japonesa (Castellano), Guatlla japonesa (Catalán), Japanese Quail (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Mundial NT (Casi amenazado)</t>
+  </si>
+  <si>
+    <t>Ave rechoncha de color marrón oscuro con manchas más claras en el dorso, y el vientre marrón más claro, aunque hay variaciones en el plumaje (marrón muy oscuro, castaño, moteado…). Tiene una raya de color blanquecino encima de los ojos a los lados de la cabeza. El pico es gris rosáceo. Las plumas del pecho de las hembras presentan manchas oscuras entre plumas generalmente pálidas, mientras que en los machos tienen un color marrón rojizo oscuro uniforme. Las mejillas de los machos son también de color marrón rojizo mientras que en las hembras son de color crema. Las patas son gris anaranjado o rosáceas. La cola es corta. Los huevos son de color marrón moteado, a menudo con un tono azulado, aunque en algunos casos pueden ser totalmente blancos. Los polluelos al nacer son marrones con rayas amarillas. Aunque el colorido indicado es típico de las poblaciones silvestres, la domesticación y cría selectiva se ha traducido en numerosas variedades de patrón y color del plumaje.</t>
+  </si>
+  <si>
+    <t>Cylindropuntia imbricata (Haw.) F.M. Knuth</t>
+  </si>
+  <si>
+    <t>prueba_Chumbera retorcida (Castellano), Cholla (Castellano), Cacto imbricado (Castellano), Figuera de moro (Catalán), Palera chumba (Catalán), Tuna (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Catalán, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Arbusto suculento, a veces arborescente, de hasta 3 m de altura, aunque no suele sobrepasar de 1,20, a menudo con un corto tronco bien diferenciado. Profusamente ramificado, con las ramas o palas cilíndricas, provistas de costillas longitudinales prominentes muy características, de color verde grisáceo, de 8-25 x 1,5-4 cm. Aréolas con tomento lanudo amarillento oscuro. Gloquidias de color amarillo pálido, de 0,5-3 mm de longitud. Espinas presentes en la mayoría de las aréolas, muy fuertes, de color plateado, amarillento, rojizo o pálido, con la sección redonda o a veces aplanada en la parte basal, derechas o recurvadas, envueltas en una vaina de plateada a amarilla, de hasta 2 cm de longitud. Flores de color rojizo, rosa oscuro o púrpura. Frutos ovoides, jugosos, amarillentos, inermes, de 2,4-4,5 x 2-4 cm.</t>
+  </si>
+  <si>
+    <t>Opuntia imbricata (Haw.) DC.</t>
+  </si>
+  <si>
+    <t>Cylindropuntia rosea (DC.) Backeb.</t>
+  </si>
+  <si>
+    <t>prueba_Cardo (Castellano), Cholla (Castellano), Cardenche (Castellano), Figuera de moro (Catalán), Tuna (Inglés)</t>
+  </si>
+  <si>
+    <t>Mundial DD (Datos insuficientes)</t>
+  </si>
+  <si>
+    <t>Arbusto suculento, de 20-50 cm de altura, ocasionalmente hasta 1,50 m, profusamente ramificado desde la base, con las ramas ascendentes y umbeliformes. Artejos cilíndricos, de color verde grisáceo, provistos de tubérculos longitudinales prominentes muy características, de 10- 15 x 1,6-2,5 (5) cm. Aréolas con tomento lanudo amarillento oscuro. Gloquidias de color amarillo, de 2-5 mm de longitud. Espinas 4-9 por aréola, a veces sólo una, muy punzantes, de color amarillento, rojizo o gris, de 1-4 cm de longitud, recurvadas en la punta, envueltas por una vaina papirácea plateada o blanquecina, aunque no en toda su longitud. Flores de color rosa, de 3,8-4 cm de longitud. Frutos de obcónicos a ovoides, amarillentos, espinosos, de 1,6-1,8 x 1,1-1,4 cm, tuberculados. Difiere de Cylindropuntia imbricata por su hábito más almohadillado, compacto y bajo, por su ramificación más profusa, por su mayor densidad de espinas de color argentado y por sus flores de color rosa suave. El género Cylindropuntia se ha separado de Opuntia para reunir a las especies con los artejos cilíndricos, provistas de una vaina papirácea que envuelve a las espinas y originarias de América del Norte y Central. Posteriores estudios genéticos y citogenéticos han puesto de manifiesto la clara separación de estas especies con respecto al resto de las especies de Opuntia con artejos planos o bien con artejos cilíndricos originarias de América del Sur.</t>
+  </si>
+  <si>
+    <t>Cylindropuntia spinosior (Engelm.) F.M. Knuth</t>
+  </si>
+  <si>
+    <t>prueba_Chumbera verrugosa (Castellano), Cholla (Castellano), Figuera de moro (Catalán), Cane Cholla (Inglés), Tuna (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Arbusto suculento compacto, a veces arborescente, de 0,4-2 m de altura, con las ramas verticiladas. Segmentos caulinares cilíndricos, de color verde o ligeramente purpúreo, de 5-23 x 1,3-3,5 cm, cubiertos de tubérculos ovales prominentes. Aréolas con tomento pardusco o amarillento, a menudo elípticas. Gloquidias inconspicuas, amarillas o pardas, de 1-2 mm de longitud. Espinas 1-24 por aréola, de color crema a pardorojizo, entrelazadas, cubiertas por una vaina blanquecina y holgada. Flores de color rosa a rojo-púrpura, amarillo o blanco. Frutos anchamente cilíndricos, jugosos, fuertemente tuberculados, de color verde amarillento teñido de púrpura en la madurez, de 2,5-5 x 1,7-3 cm.</t>
+  </si>
+  <si>
+    <t>Dreissena bugensis Andrusov, 1897</t>
+  </si>
+  <si>
+    <t>prueba_Mejillón quagga (Castellano), Quagga Mussel (Inglés), Zebra mussel (Inglés)</t>
+  </si>
+  <si>
+    <t>Molusco bivalvo con una concha de aspecto triangular, de unos 4 cm de longitud. La parte ventral es fuertemente convexa, sin carina o cresta ventrolateral. El margen dorsal de la concha es redondeado y presenta a menudo una extensión en forma de ala. Las valvas son claramente asimétricas: la parte anterior de la valva derecha está curvada a lo largo de la línea medio ventral; la parte más gruesa y antigua, el umbo, es puntiaguda y se sitúa en la parte anterior. El patrón de color va desde el marrón amarillento al negro, con un patrón de color rayado y/o en zig-zag, incluyendo formas intermedias con rayas de distintos tamaños y formas. La parte anterior interna de la valva está cubierta con una pequeña estructura llamada tabique, que sirve como zona de fijación de los músculos anteriores del pie. A lo largo de los bordes dorsales del interior de las valvas hay dos cicatrices alargadas donde se unen los músculos posteriores. Las valvas se unen entre sí a través de un ligamento en su porción dorsal anterior. En la bisagra presenta dientes vestigiales.</t>
+  </si>
+  <si>
+    <t>Dreissena polymorpha (Pallas, 1771)</t>
+  </si>
+  <si>
+    <t>prueba_Mejillón cebra (Castellano), Wandering Mussel (Inglés), Zebra mussel (Inglés)</t>
+  </si>
+  <si>
+    <t>Molusco bivalvo que puede llegar a medir 3 cm de longitud, aunque por lo general es más pequeño. “Polymorpha” deriva de las muchas variaciones en color, patrón y forma de la concha. Ésta es triangular con umbos agudos y el borde externo romo, con un patrón irregular de bandas negras y blancas en zig-zag, aunque en ocasiones puede ser lisa. El periostraco (cubierta externa de la concha) está bien pulido. El mióforo (estructura en forma de placa o varilla sobre la cara interna de la concha sobre la que se fija el músculo retractor) es amplio y bien desarrollado, sin dientes laterales. Las valvas aparecen “infladas” en la parte posterior, aplanándose a lo largo de los márgenes ventral y anterior; una cresta aguda recorre los umbos hasta la parte posterior del margen ventral, formando un característico “hombro”; las valvas se unen por un ligamento situado en posición posterior a los umbos.</t>
+  </si>
+  <si>
+    <t>Duttaphrynus melanostictus (Schneider, 1799)</t>
+  </si>
+  <si>
+    <t>prueba_Sapo común asiático (Castellano), Asian Common Toad (Inglés), Asian Toad (Inglés), Common Sunda Toad (Inglés), Asian spined toad (Inglés)</t>
+  </si>
+  <si>
+    <t>Sapo de tamaño medio, que llega a medir hasta 85 mm de longitud. Su cuerpo es robusto con la cabeza de pequeño tamaño y las patas cortas, con el primer dedo generalmente más largo que el segundo. Los dedos de las extremidades posteriores están palmeados. Su hocico es corto y romo. El tímpano es muy patente, ancho, al menos como dos tercios del diámetro del ojo. La coloración es variable, aunque el más común es el color amarillento o marrón, marcado con vetas más oscuras y manchas. La espalda está cubierta de verrugas espinosas, que suelen ser de color negro. El vientre es de color blanco sucio y carece de manchas. Los machos reproductores tienen la garganta de color amarillo-naranja brillante. Las glándulas parótidas son prominentes, con forma de riñón u ovalada. La piel es seca y presenta varias crestas óseas en la parte superior de la cabeza, una a lo largo del borde del hocico (cresta cantal), en frente del ojo (pre-orbitales), sobre el ojo (supra-orbitales), detrás del ojo (post-orbitales) y otra más corta entre el ojo y el oído (órbito-timpánica). Los juveniles presentan una banda negra en la garganta, carecen de verrugas y tienen el tímpano pequeño. Los renacuajos son pequeños, con el dorso negro y generalmente el vientre oscuro.</t>
+  </si>
+  <si>
+    <t>Anfibios</t>
+  </si>
+  <si>
+    <t>Elodea canadensis Michx.</t>
+  </si>
+  <si>
+    <t>prueba_Broza del Canadá (Castellano), Peste de agua (Castellano), Elodea (Catalán), American waterweed (Inglés)</t>
+  </si>
+  <si>
+    <t>Es una planta herbácea acuática, sumergida, perenne, dioica, con raíces blancas, no ramificadas y filiformes. Los tallos son alargados y flexibles, de 20 a 30 cm de largo, ramificados y muy densos. Los entrenudos son largos y las articulaciones (nodos) frágiles. Las hojas se presentan en verticilos de 3 (en la porción inferior del tallo pueden aparecer opuestas), son sésiles, oblongo-lineales, de color verde oscuro translúcido, con el margen muy finamente dentado. Son rígidas pero su textura no es cerosa. Las hojas medias y altas son elípticas, de 2-5 mm de ancho, y una longitud de la hoja en proporción a la anchura de 3:1. El tallo de la flor femenina es de unos 2-15 cm de largo, filiforme; los sépalos y pétalos de unos 2-3 mm de longitud. Los pétalos son blancos o de un púrpura muy pálido, y aparecen en la superficie del agua. Las flores masculinas, pedunculadas, están ausentes en Europa. Los frutos son una cápsula ovoide de menos de 1 cm de largo y 3 mm de ancho que contiene semillas glabras.</t>
+  </si>
+  <si>
+    <t>Elodea nuttallii (Planch.) H. St. John</t>
+  </si>
+  <si>
+    <t>prueba_Broza del Canadá (Castellano), Peste de agua (Castellano), Nutall's water-weed (Inglés)</t>
+  </si>
+  <si>
+    <t>Es una planta herbácea acuática, sumergida, perenne, dioica, con raíces blancas, no ramifi- cadas y filiformes. Los tallos son alargados y flexibles, redondos en sección transversal, de 20 a 30 cm de largo, ramificados y muy densos. Los entrenudos son largos y las articulaciones (nodos) frágiles. Las hojas, de color verde pálido, se presentan en verticilos de 3 (a veces de 4; en la porción inferior del tallo pueden aparecer opuestas), son sésiles, lineales o estrechamente lanceoladas, a menudo con los márgenes recurvados, de 6-13 mm de largo y 0,7-1,5 mm de ancho, con el ápice agudo, con el margen muy finamente dentado. Son rígidas pero su textura no es cerosa. Las hojas medias y altas son elípticas, de 2-5 mm de ancho, y una longitud de la hoja en proporción a la anchura de 6:1. La flor es pequeña (no más de 8 mm de diámetro), con las flores blancas cerosas producidas sobre pedicelos largos y filiformes; tienen 3 sépalos y 3 pétalos. Las flores masculinas, sésiles, están ausentes en Europa. Los frutos son una cápsula de ovoide a fusiforme de 5-7 mm de largo, que contiene semillas fusiformes con pelos largos en la base.</t>
+  </si>
+  <si>
+    <t>Estrilda astrild (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Estrilda común (Castellano), Pico de coral (astrild) (Castellano), Common Waxbill (Inglés)</t>
+  </si>
+  <si>
+    <t>Se caracteriza por su diminuto tamaño y su peculiar morfología, con cabeza pequeña, alas redondeadas muy cortas y cola en cuña. El plumaje del macho adulto en todas las épocas presenta color pardo mate en las zonas superiores y ocre en las inferiores, aunque ambas partes están finamente franjeadas en pardo oscuro. Tiene la garganta lisa, la parte inferior de la cola negra y la zona central del vientre roja. En la cara destacan su pico y un pequeño antifaz, ambos de un rojo intenso. La hembra, muy similar al macho, está menos rayada en el pecho, que es casi liso; además exhibe color rojo tenue en el antifaz y el pico, y carece de rojo en el vientre. El joven muestra la parte inferior de la cola blanca, posee pico amarillento, tiene el antifaz rojo muy reducido y carece de rayas en el cuerpo. La presencia de grupos compactos de pájaros muy pequeños, con vuelos muy rápidos y directos, súbitos despegues y tendencia a moverse a saltitos en el suelo, resulta muy característica de esta especie. Podría confundirse con otros congéneres similares frecuentes en cautividad y proclives a escapes (Estrilda troglodytes, E. rhodopyga, E. melpoda).</t>
+  </si>
+  <si>
+    <t>Fundulus heteroclitus (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>prueba_Pez momia (Castellano), Fúndulo (Castellano), Fúndul (Catalán), Mummichog (Inglés)</t>
+  </si>
+  <si>
+    <t>Especie de pequeño tamaño, que puede alcanzar los 10 cm de longitud. El cuerpo es alargado y cilíndrico. La boca es súpera, con dientes unicúspides dispuestos irregularmente en varias hileras. La línea lateral presenta entre 37 y 42 escamas. Tienen un fuerte dimorfismo sexual, siendo las hembras más grandes que los machos; los machos presentan gruesas bandas transversales a los costados, mientras que las hembras, de color gris, sólo presentan algunas bandas verticales. Fuera de la época de reproducción, los machos presentan el dorso de color azul acero o verdoso, con manchas blancas y amarillas, con barras plateadas irregulares en los laterales o motas formadas por una serie de puntos; el vientre es blanco, amarillo pálido o anaranjado. Las aletas dorsal, anal y caudal suelen ser de color verde oscuro o bien oscuras con motas pálidas; los bordes de la aleta anal y ventrales son amarillos. A veces presentan una pequeña mancha pálida en la parte posterior de la aleta dorsal. En el momento de la reproducción, el colorido se intensifica. Las hembras, por su parte, tienen un colorido más uniforme, verdoso o grisáceo, con los laterales a veces con un suave barrado vertical. Los alevines presentan barras trasversales oscuras en los costados. La aleta dorsal tiene entre 11 y 14 radios, y la anal entre 10 y 11, ambas situadas a la misma altura. La aleta caudal tiene el contorno redondeado, como el resto de las aletas de esta especie, y el pedúnculo caudal es corto.</t>
+  </si>
+  <si>
+    <t>Helianthus tuberosus L.</t>
+  </si>
+  <si>
+    <t>prueba_Papa real (Castellano), Aguaturma (Castellano), Bataca (Castellano), Canarias (Castellano), Canarios (Castellano), Castaña de tierra (Castellano), Chufera (Castellano), Papa de caña (Castellano), Papa de sierra (Castellano), Tupinambo (Castellano), Pataca (Castellano), Patacas (Castellano), Pataquera (Castellano), Patata (Castellano), Patata de tierra (Castellano), Patatas dulces (Castellano), Petacas (Castellano), Trunja canaria (Castellano), Alcachofa de Jerusalén (Castellano), Patata de caña (Castellano), Patata de palo (Castellano), Turma de agua (Castellano), Margarita grande (Castellano), Tupinabo (Castellano), Topiñamorr (Euskera), Nyapes (Catalán), Ramons (Catalán), Trumfa nyama (Catalán), Trumfes nyames (Catalán), Nyàmeres (Catalán), Nyàmara (Catalán), Patata de canya (Catalán), Herba pudent (Catalán), Girasol de patata (Catalán), Miqueler (Catalán), Nyama (Catalán), Batata tupinamba (Gallego), Girasole (Inglés), Jerusalem artichoke (Inglés), Earth apple (Inglés), Jerusalem sunflower (Inglés), Fusichoke (Inglés), Canada potato (Inglés), Sunroot (Inglés), Topinambur (Inglés), Sunchoke (Inglés), Patata burba (Mallorquín), Patata de málaga (Mallorquín), Patata moruna (Mallorquín), Setembres (Mallorquín), Patata anglesa (Mallorquín), Dimonis (Mallorquín), Patata bruna (Mallorquín), Patata burgesa (Mallorquín)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín</t>
+  </si>
+  <si>
+    <t>Es una herbácea perenne, hirsuta, robusta, que puede crecer hasta 3 m en una estación. Posee hojas ovo-lanceoladas, de borde aserrado, opuestas en la parte baja del tallo y más pequeñas y alternas en la parte superior, de 10-20 cm de largo y con un peciolo de 2-4 cm. Raíces rizomatosas que pueden alcanzar más de 1 m de longitud y desarrollan tubérculos carnosos en los ápices. En condiciones óptimas una planta madura puede producir 75-200 tubérculos cada estación. Las inflorescencias son pseudantios de 5-11 cm de diámetro, con flores fértiles y pequeñas de corola tubular, rodeadas por flores estériles liguladas de color amarillo brillante. A veces produce semillas encapsuladas en una cáscara dura en forma de cuña de 5-7 mm (CABI, 2020; Pacanoski &amp; Mehmeti, 2020). Es una especie muy próxima al girasol (H. annuus), del que se diferencia por ser perenne y ramificada, por sus capítulos más pequeños y brácteas lanceoladas y por tener la mayoría de hojas opuestas. El tiempo de floración, forma y color de los tubérculos, forma de las hojas y vellosidad varían considerablemente en H. tuberosus. Las variedades cultivadas generalmente tienen tubérculos redondeados y gruesos, las invasoras en Europa y las salvajes en Norteamérica tienen tubérculos estrechos y elongados (Wagenitz, 1980).</t>
+  </si>
+  <si>
+    <t>Helianthus esculentus Warsz., Helianthus serotinus Tausch, Helianthus spathulatus Ell., Helianthus strumosus subesp. tomentosus (Michx) Anashchenko, Helianthus subcanescens E.E. Watson, Helianthus tomentosus Michx., Helianthus tuberosus f. moldenkeanus F.W. Oswald, Helianthus tuberosus f. oswaldiae F.W. Oswald, Helianthus tuberosus var. subcanescens A. Gray</t>
+  </si>
+  <si>
+    <t>Hemiechinus auritus (Gmelin, 1770)</t>
+  </si>
+  <si>
+    <t>prueba_Erizo egipcio u orejudo (Castellano), Erizo Orejudo (Castellano), Erizo de orejas largas dorado (Castellano), Long-eared Hedgehog (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Inglés</t>
+  </si>
+  <si>
+    <t>Erizo de menor tamaño que el europeo, variando su tamaño entre 12 y 27 cm de longitud y un peso que oscila entre los 250 y los 400 gramos. La cara es pálida, de un tono blanco amarillento, con el hocico largo y puntiagudo, que llega a medir hasta 4,5 cm de largo. Presenta unas características orejas grandes y redondeadas, ligeramente apuntadas, flexibles y móviles, cubiertas de pequeños pelos blanquecinos, que le sirven para autorregular su temperatura corporal. El vientre y las patas son de color blanquecino. (A pesar del colorido indicado, a través de la selección se están consiguiendo ejemplares tanto claros como oscuros). Presenta las espinas dorsales con la punta blanca o amarillenta, con una banda más oscura a continuación. Las patas presentan cinco dedos, tanto las anteriores como las posteriores. Las crías al nacer están desnudas, con suaves púas dispersas por el cuerpo. A las dos semanas de vida, las crías ya están totalmente cubiertas de púas.</t>
+  </si>
+  <si>
+    <t>Heracleum mantegazzianum Somm. &amp; Lev.</t>
+  </si>
+  <si>
+    <t>prueba_Perejil gigante (Castellano), Giant hogweed (Inglés), Mantegazzi's Cow-Parsnip (Inglés)</t>
+  </si>
+  <si>
+    <t>Herbácea perenne que alcanza un gran tamaño, de 2 a 6 metros de altura. Tiene una gruesa raíz principal de color amarillo. Las hojas son alternas, profundamente divididas e irregularmente dentadas. Antes de florecer presenta una roseta de hojas que aumentan de tamaño cada año, alternas, de hasta 3 metros de largo y 1,7 de ancho. Las hojas superiores del tallo floral van disminuyendo en tamaño. El haz es glabro pero el peciolo y el envés son pubescentes. El tallo floral llega a los 5 metros de alto y 10 cm de diámetro, es hueco, estriado, con manchas de color rojizo-púrpura, con cerdas afiladas que producen una savia fototóxica al tocarlas. La inflorescencia es una umbela principal de gran tamaño (hasta 80 cm de diámetro). con hasta 8 umbelas satélite, más pequeñas. Las flores se disponen sobre pedicelos de 10-20 mm de largo, son blancas o rosadas, con pétalos de hasta 12 mm de largo. Los frutos son numerosos, elípticos y aplanados, de 6-18 mm de largo por 4-10 de ancho, con finas crestas dorsales y crestas laterales aladas; el endospermo es graso y los frutos maduros tienen un fuerte olor a resina. Tienen uncas distintivas rayas oscuras (oleoductos), 2 en un lado y 4 en el reverso. Una vez que florece (a los 3-5 años), la planta muere.</t>
+  </si>
+  <si>
+    <t>Herpestes javanicus (É. Geoffroy Saint-Hilaire, 1818)</t>
+  </si>
+  <si>
+    <t>prueba_Mangosta pequeña asiática (Castellano), Mangosta de Java (Catalán), Small Indian mongoose (Inglés), Javan Mongoose (Inglés)</t>
+  </si>
+  <si>
+    <t>Tiene un cuerpo delgado con patas cortas. La cabeza es alargada con un hocico punteado. La cola es robusta. La longitud de la cabeza es de 509-671 mm. Las orejas son cortas y se aprecian solo ligeramente a través del pelaje. Los pies tienen 5 dedos con garras largas y afiladas no retráctiles. El pelo es corto. El pelaje es suave, desde pálido a marrón oscuro moteado con puntos dorados. La parte inferior es más clara que el resto del cuerpo. Los ojos son ámbar/marrones pero son azules verdosos en las crías. Hay dimorfismo sexual. Las hembras tienen una longitud de 509-578 mm con una media de 540 mm. Los machos tienen una cabeza más ancha y el cuerpo más robusto con una longitud de 544-671 mm con una media de 591 mm.</t>
+  </si>
+  <si>
+    <t>Hydrocotyle ranunculoides L. f.</t>
+  </si>
+  <si>
+    <t>prueba_Redondita de agua (Castellano), Water pennywort (Inglés)</t>
+  </si>
+  <si>
+    <t>Planta acuática de tallos rastreros y carnosos, rizomatosos y estoloníferos, de finos a robustos, glabros, con nodos en intervalos de 40-150 mm en los que se producen raíces filiformes. Hay tallos acuáticos flotantes pero también rastreros en suelos encharcados. Las hojas son emergentes, alternas, no peltadas, con peciolos delgados, redondeadas o en forma de riñón, con 3-7 lóbulos (las divisiones de los lóbulos se extienden hasta aproximadamente la mitad de la hoja; los lóbulos marginales están superpuestos), no esclerófilas, de menos de 1 mm de espesor, con 5 a 7 nervios. Pueden medir desde 20 a 45 mm a 100 hasta 150 mm, dependiendo de la disponibilidad de nitrato y tienen los bordes estrechamente lobulados. Las estípulas están presentes, son cóncavas, enteras, orbiculares, con estrías pardas. Los escapos (tallos sin hojas con flores en el ápice) son glabros, de 15 a 45 mm de largo, opuestos a las hojas. Las flores son muy pequeñas, poco visibles, de unos 3 mm de diámetro, de color amarillo cremoso, y se presentan en umbelas simples de 4 a 12 flores, con pedicelos de 1-2 mm ascendentes, debajo del dosel de hojas. El involucro tiene brácteas de 1-2 mm de largo con el ápice obtuso. El fruto es suborbicular aplanado dorsalmente, con la base emarginada, de castaño amarillento a pardo rojizo; mericarpos con 3 costillas subiguales.</t>
+  </si>
+  <si>
+    <t>Ictalurus punctatus (Rafinesque, 1818)</t>
+  </si>
+  <si>
+    <t>prueba_Bagre de canal (Castellano), Pez gato punteado (Castellano), Peix gat americà (Catalán), Channel Catfish (Inglés)</t>
+  </si>
+  <si>
+    <t>Especie de gran tamaño, de cuerpo robusto y cilíndrico, que puede llegar al metro y medio de longitud y los 25 kg de peso. El cuerpo carece de escamas. La coloración es variable, y parece ser dependiente del agua en la que habita; es azul, oliva, gris o negro por el dorso, con numerosas manchas conspicuas oscuras en los flancos (aunque en los individuos muy grandes o muy pequeños pueden carecer de ellas) y el vientre blanco. La cabeza es ancha y aplanada con una gran boca terminal, en la cual la mandíbula superior sobresale más que la inferior. Tiene 8 barbillones largos y desiguales alrededor de la boca; 4 están en la barbilla, 2 en el hocico y uno en cada esquina de la boca. La aleta dorsal anterior, las pectorales y las ventrales presentan espinas duras. La aleta dorsal posterior es adiposa y se sitúa cercana al inicio de la caudal. La aleta caudal está fuertemente ahorquillada. La aleta anal es rectangular y presenta 25-29 radios blandos.</t>
+  </si>
+  <si>
+    <t>Leiothrix lutea (Scopoli, 1786)</t>
+  </si>
+  <si>
+    <t>prueba_Ruiseñor del Japón (Castellano), Leiotrix piquirrojo (Castellano), Rossinyol del Japó (Catalán), Pekin Robin (Inglés), Red-billed Leiothrix (Inglés)</t>
+  </si>
+  <si>
+    <t>Es un pequeño paseriforme de atractivos colores, de 15 cm de largo, con la cabeza grande, el pico estrecho y una corta cola. La corona, nuca y espalda son de color verde oliva opaco, el cuerpo es grisáceo y verde oliva, con el vientre gris y la cola azulada; la garganta es amarilla, el pecho anaranjado o rojizo, y las alas amarillas, rojas y negras. El pico es de color rojo vivo. La cola es negra y está profundamente bifurcada; las coberteras sub-caudales son amarillas. Ambos sexos son muy similares en apariencia, aunque los tonos de las hembras suelen ser algo más apagados. Los juveniles tienen las manchas rojas y amarillas de las alas más apagadas, la garganta de color amarillo con bandas de color óxido en el pecho, y el dorso de color gris pizarra.</t>
+  </si>
+  <si>
+    <t>Linepithema humile (Mayr, 1868)</t>
+  </si>
+  <si>
+    <t>prueba_Hormiga argentina (Castellano), Argentine ant (Inglés)</t>
+  </si>
+  <si>
+    <t>Las obreras, de color marrón, son de pequeño tamaño, monomórficos, con una longitud entre los 2.2 y 2.8 mm. La superficie del cuerpo es lisa, brillante, y carece de pelos en el dorso de cabeza y tórax. Las antenas tienen 12 segmentos, con el escapo más corto que el 1.5 de la longitud de la cabeza. Cabeza en forma de lágrima, con la parte más ancha muy por encima de los ojos, los cuales están posicionados relativamente bajos en la cabeza (por debajo de la línea media de la cara). El margen frontal del clípeo tiene una amplia concavidad, poco profunda. Pelos en el margen frontal del clípeo rectos. Las mandíbulas tienen entre 5 y 8 dientes grandes, con 5-13 dentículos pequeños. El primer diente apical es mucho más largo que el segundo. El peciolo es pequeño, en posición vertical, y está compuesto por un único segmento. Cara superior del propodeo generalmente de la misma longitud o más larga que la trasera. Puede tener el abdomen de color miel cuando lo tiene distendido al almacenar líquido. Los machos son pequeños, entre 2.8 y 3 mm de longitud, de color marrón oscuro, alados, con un tórax robusto y elíptico, más grande que la cabeza. Las reinas son más grandes, miden entre 4 y 6 mm., de color marrón oscuro con un gran tórax. Los huevos son elípticos y delicados, de color blanco nacarado, de unos 0.3 mm de largo y 0.2 mm de ancho. La pupa de las obreras es blanca, tornando a color crema y marrón oscuro a medida que se desarrolla; la pupa de los machos es un 50% más grande que la de las obreras, mientras que la de la reina es más del doble del tamaño de la pupa de las obreras.</t>
+  </si>
+  <si>
+    <t>Lithobates catesbeianus (Shaw, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Rana toro (Castellano), Rana toro americana (Castellano), Granota toro (Catalán), American Bullfrog (Inglés), Bullfrog (Inglés), Common Bullfrog (Inglés), Grenouille-taureau (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Es una rana de gran tamaño, con una longitud media de 10-17 cm, pudiendo llegar a superar los 40 cm de largo y el kilogramo de peso. La piel es lisa, sin verrugas, picos o arrugas. El cuerpo es robusto de coloración es variable, desde tonos café a distintos tonos de verde, con manchas más oscuras en el dorso, cabeza de color verde más claro y patas posteriores con bandas o manchas oscuras. El vientre es de color blanquecino, con algunas manchas grises. La cabeza es ancha y plana, con un pliegue de piel a cada lado que va desde detrás del ojo hasta el tímpano, visible, al que bordea. En los machos el tímpano es muy grande, varias veces mayor que el diámetro del ojo, con un borde oscuro, mientras que en las hembras no supera el tamaño del ojo. Los dedos de las patas posteriores, excepto el 4º, presentan membranas interdigitales Los renacuajos son excepcionalmente grandes, midiendo entre los 15 y los 18 cm de largo (el cuerpo puede llegar a tener el tamaño de una pelota de golf), de color marrón o verde oliva con pequeños puntos negros en el dorso. Los huevos son muy pequeños, de color negro, a veces con la parte inferior ligeramente más clara.</t>
+  </si>
+  <si>
+    <t>Rana catesbeiana Shaw, 1802</t>
+  </si>
+  <si>
+    <t>Melanoides tuberculatus (Muller, 1774)</t>
+  </si>
+  <si>
+    <t>prueba_Caracol trompeta (Castellano)</t>
+  </si>
+  <si>
+    <t>Caracol que mide entre 20 y 40 mm, aunque puede llegar hasta los 8 cm. La concha tiene forma de torre, con espirales redondeadas con las suturas bien marcadas, liras notorias y generalmente con bordes transversales sobre las vueltas de la espira. El color suele ser marrón oscuro o verdoso con franjas rojizas en zigzag hasta las primeras vueltas, donde se vuelve más blancuzca. Sin embargo, las características de la concha (tanto la forma general, como el color de fondo o la ornamentación) pueden variar. La abertura es ovalada y el opérculo es paucispiral (con pocas espirales), con el núcleo cerca de la base. La cabeza se parece a una lengüeta, y está constreñida en su parte ventral para dar lugar al pie. Los tentáculos surgen justo por encima de esta área estrecha, siendo largos y delgados.</t>
+  </si>
+  <si>
+    <t>Misgurnus anguillicaudatus (Cantor, 1842)</t>
+  </si>
+  <si>
+    <t>prueba_Misgurno (Castellano), Dojo (Castellano), Weatherfish (Inglés), Dojo loach (Inglés), Weather loach (Inglés), Pond loach (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Especie dulceacuícola de tamaño medio, con aspecto que recuerda al de una anguila, alargado y cilíndrico, y que no suele superar los 28 cm de longitud. La coloración es muy variable, pero generalmente el dorso es marrón claro, con tonalidades amarillentas-verdosas y manchas negras. El vientre es de color marrón grisáceo. La boca es pequeña, estrecha y en posición sub-inferior, presenta labios gruesos, y está rodeada por 6 barbillones largos. La línea lateral es muy corta, no superando la longitud de la aleta pectoral. Posee una fuerte espina suborbital. La aleta dorsal está en posición algo adelantada respecto a las pélvicas, tiene la base corta, y cuenta con 9 radios. Las aletas pectorales son de forma triangular en vez de redondeada, y presentan un radio robusto. Presenta crestas adiposas alargadas y visibles a lo largo de las líneas medias dorsal y ventral del pedúnculo caudal. Las aletas pélvicas tienen entre 6 y 7 radios, y las anales entre 7 y 8. La aleta caudal es redondeada.</t>
+  </si>
+  <si>
+    <t>Misgurnus fossilis</t>
+  </si>
+  <si>
+    <t>Myiopsitta monachus (Boddaert, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Cotorra argentina (Castellano), Papagai argentinarra (Euskera), Cotorreta de pit gris (Catalán), Cata da Argentina (Gallego), Monk Parakeet (Inglés)</t>
+  </si>
+  <si>
+    <t>Robusta cotorra de tamaño medio, de unos 30 cm de longitud total, una envergadura de unos 53 cm y un peso que oscila entre los 90 y los 120 gramos. El color del cuerpo es principalmente verde brillante, con las alas verde azuladas, y la cara, mejillas, garganta y pecho de color gris o blanquecino. Las plumas de cuello y abdomen están bordeadas de un gris más claro, dándole un aspecto festoneado o escamoso. Las plumas del abdomen son de color verde, convirtiéndose en amarillentas en la parte inferior, patas y debajo de la cola. La cola es larga y puntiaguda, con las plumas de color verde. En las alas presenta plumas de color azul-negro. Los ojos son marrones, el pico marrón rosado claro, y las patas de color gris. Los juveniles presentan un colorido similar, con la salvedad de presentar una coloración gris verdosa en la frente.</t>
+  </si>
+  <si>
+    <t>Mytilopsis leucophaeata (Conrad, 1831)</t>
+  </si>
+  <si>
+    <t>prueba_Mejillón de agua salobre (Castellano), Dark False Mussel (Inglés), Conrad's False Mussel (Inglés)</t>
+  </si>
+  <si>
+    <t>Molusco bivalvo de 22 a 25 mm de largo, con la concha curvada y alargada estrechándose en el umbo, y su borde anterior deprimido. La concha es más o menos elíptica en la parte posterior, con un pico curvado que termina en una perilla redondeada. La valva derecha es mayor que la izquierda. El periostraco de la concha es muy grueso y rugoso, de color marrón oscuro en adultos y crema en los ejemplares jóvenes, con líneas concéntricas de rugosidad media o fina. Los ejemplares jóvenes suelen mostrar un patrón a rayas en zig-zag similar al mejillón cebra. El interior de la concha suele ser de color gris o blanco, algo nacarado. Presenta un tabique cerca del umbo, en parte cubierto por el mióforo (estructura en forma de placa o varilla sobre la cara interna de la concha sobre la que se fija el músculo retractor) en forma de pequeño diente triangular, que aparece en la esquina dorsal del tabique en el interior del pico de la concha. La placa de la bisagra es baja y ancha, con el margen excavado y los dientes obsoletos. La línea paleal ventral está ligeramente curvada hacia adentro, formando un seno paleal superficial (ausente en Dreissena).</t>
+  </si>
+  <si>
+    <t>Nyctereutes procyonoides (Gray, 1834)</t>
+  </si>
+  <si>
+    <t>prueba_Perro mapache (Castellano), Gos viverrí (Catalán), Racoon dog (Inglés), Raccoon Dog (Inglés), Chien Viverrin (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Catalán, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>De tamaño similar al de un zorro, este cánido tiene el cuerpo alargado y robusto, cola corta, con una cabeza pequeña y el hocico corto y puntiagudo. Las orejas son cortas y de perfil redondeado. Las patas son cortas, con garras curvas. El pelaje, denso y suave, varía de amarillento a gris o rojizo. La cara presenta una máscara negra que le cubre los ojos y las mejillas, con el pelo de las mejillas largo; el hocico es blanco. El pecho, garganta, patas y pies son de color marrón negruzco. El vientre es de color marrón claro a bronceado. Presenta pelos negros en el lomo, hombros y parte dorsal de la cola. La cola es gruesa y peluda, negra en la parte dorsal y amarilla en la ventral, con la punta negra.</t>
+  </si>
+  <si>
+    <t>Opuntia maxima Mill.</t>
+  </si>
+  <si>
+    <t>prueba_Higochumbo (Castellano), Chumbera (Castellano), Nopal de Castilla (Castellano), Higuera (Castellano), Bardo (Castellano), Chumba (Castellano), Chumbo (Castellano), Chumbos (Castellano), Figues de pala (Castellano), Higo chumbo (Castellano), Higo de pala (Castellano), Higo pico (Castellano), Higuera chumba (Castellano), Higuera chumbera (Castellano), Higuera chumbo (Castellano), Higuera del infierno (Castellano), Jigos chumbos (Castellano), Jiguera chumba (Castellano), Muladar (Castellano), Nopalitos (Castellano), Pala chumba (Castellano), Palas (Castellano), Penca (Castellano), Penca blanca (Castellano), Penca bruja (Castellano), Penca de tunera (Castellano), Penca rabiosa (Castellano), Pencas (Castellano), Porreta (Castellano), Semilla (Castellano), Tunera (Castellano), Tunera blanca (Castellano), Tunera salvaje (Castellano), Tuneras (Castellano), Tuno (Castellano), Indiapico (Euskera), Indipikondoa (Euskera), Figueres de moro (Catalán), Figuera de moro (Catalán), Fulla de moro (Catalán), Figues de moro (Catalán), Figueral (Catalán), Figueral de moro (Catalán), Figuera d'índies (Catalán), Figa de moro (Catalán), Chumbeira (Gallego), Tuna (Inglés), Tuna Cactus (Inglés), Indian-fig (Inglés), Opuntia (Latín), Figa morada (Mallorquín), Figuera de pic (Mallorquín), Figa borda (Mallorquín), Figa de cap blanc (Mallorquín), Figa de moro blanca (Mallorquín), Figa de sang (Mallorquín), Figa groga (Mallorquín), Figa vermella (Mallorquín), Nopal (Valenciano), Palera (Valenciano), Figa de pala (Valenciano), Figa palera (Valenciano), Figuera de pala (Valenciano), Figuera de xumbos (Valenciano), Figuera palera (Valenciano), Figueres de pala (Valenciano), Higos chumbos (Valenciano), Nopalera (Valenciano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Inglés, Inglés, Inglés, Latín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano, Valenciano</t>
+  </si>
+  <si>
+    <t>Arbusto suculento con un tronco bien desarrollado, de hasta 6 metros de alto, con los tallos transformados en cladodios (palas) carnosos de 30-50 cm, suculentos, estrechamente obovados u oblongos, aplanados, verde-grisáceos. Aréolas evidentes dispersas por las palas, con numerosos gloquidios (pequeñas espinas con ganchitos en su extremo) y espinas; las espinas varían en densidad (de 0 a 6) y en tamaño (de 2 a 40 mm), y son delgadas, rectas y blanquecinas. Las flores son de color amarillo o naranja brillante, grandes, de 5-10 cm de diámetro. Los frutos son pseudo-bayas en forma de tonel, verdes, naranjas o rojos, provistos de gloquidias y a veces de espinas, de 6 a 10 cm de largo, profundamente umbilicados en el ápice (son los higos chumbos), con la pulpa anaranjada comestible. Las semillas, abundantes.</t>
+  </si>
+  <si>
+    <t>Opuntia ficus-indica (L.) Mill.</t>
+  </si>
+  <si>
+    <t>Opuntia stricta (Haw.) Haw.</t>
+  </si>
+  <si>
+    <t>prueba_Chumbera (Castellano), Nopal Estricto (Castellano), Chumbera apretada (Castellano), Pera espinosa (Castellano), Figuera de moro (Catalán), Erect Pricklypear (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Catalán, Inglés</t>
+  </si>
+  <si>
+    <t>Arbusto suculento de hasta 2 metros de alto, al principio erecto pero con tendencia a achaparrarse. Los tallos, transformados en cladodios (palas), son de color verde o verde azulado, aplanados, de 10-25 cm de largo y 7,5-15 cm de ancho, glabros, cubiertos de aréolas. Las aréolas (pequeñas protuberancias) presentan gloquidios (pequeñas cerdas espinosas) y pueden tener de 0 a 2 espinas afiladas largas, de 2 a 4 cm de largo. Las flores son de color amarillo brillante, a menudo con marcas rosadas en los “pétalos” exteriores, y aparecen en los márgenes de los cladodios. El fruto tiene forma de pera, más o menos esférico, de color morado en la madurez, con la superficie externa lisa y sin espinas, con la excepción de algunos gloquidios incrustados en las pequeñas aréolas. La pulpa es de color púrpura y sabor agrio, y contiene unas 60 semillas con un revestimiento duro.</t>
+  </si>
+  <si>
+    <t>Opuntia subulata (Muehlenpf.) Engelm.</t>
+  </si>
+  <si>
+    <t>prueba_Cacto alesnado (Castellano), Cinamomo (Castellano), Opuntia alesnada (Castellano), Eve's Pin (Inglés)</t>
+  </si>
+  <si>
+    <t>Arbusto o arbolillo de hasta 4 o 5 m de altura, aunque no suele sobrepasar los 2 m, muy ramificado, con los tallos cilíndricos, carnosos, suculentos, de hasta 50 cm de longitud, tuberculados, más bien frágiles. Hojas aleznadas, persistentes, de hasta 12 cm de longitud. Aréolas situadas en la parte superior de los tubérculos. Espinas 1-4 por aréola, erectas, fuertes, rectas, de color blanco grisáceo, de hasta 8 cm de longitud, desprovistas de vaina. Flores de color rojo, de hasta 6 cm de longitud, poco abiertas en la antesis, de hasta 6 cm en la antesis. Pericarpelos alargados, tuberculados, aleznados, con escamas erectas de hasta 2 cm de longitud. Frutos de ovoides a oblongos, de aspecto muy parecido a los tallos, persistentes, algo espinosos, de hasta 10 cm de longitud, a veces prolíferos dando flores al año siguiente lo que hace que entonces se dispongan en cadena. Semillas subtetraédricas, abundantes.</t>
+  </si>
+  <si>
+    <t>CEEEI: Incluido, CEEEI: Incluido</t>
+  </si>
+  <si>
+    <t>Austrocylindropuntia subulata (Mühlenpfordt) Backeb.</t>
+  </si>
+  <si>
+    <t>Orconectes limosus (Rafinesque, 1817)</t>
+  </si>
+  <si>
+    <t>prueba_Cangrejo de los canales (Castellano), Spinyvheek crayfish (Inglés), Spinycheek Crayfish (Inglés)</t>
+  </si>
+  <si>
+    <t>Oxyura jamaicensis (Gmelin, JF, 1789)</t>
+  </si>
+  <si>
+    <t>prueba_Malvasía canela (Castellano), Ahate (Euskera), Ànec de Jamaica (Catalán), Ruddy duck (Inglés)</t>
+  </si>
+  <si>
+    <t>Pato no muy grande, de aspecto robusto, con una longitud de 35-43 cm y un peso que oscila entre los 550 y 800 gramos en machos y de 300 a 600 en hembras. El pico es de perfil cóncavo, muy abultado en su base. La cola es plana y larga, y generalmente la mantienen levantada. Presenta dimorfismo sexual. Los machos tienen un plumaje castaño rojizo (óxido rojo), y un pico de color azul muy vivo, sobre todo en la época de cría. La parte superior de la cabeza (píleo) está coronada por un capirote negro que llega hasta el ojo. En las mejillas lucen una mancha blanca. El cuello, patas y cola son de color negro. Las hembras tienen la cabeza más marrón, y la mancha de la mejilla dividida por una raya horizontal de color marrón. El cuerpo es de color castaño grisáceo, el vientre marrón claro, el pico gris negruzco, y la garganta y cuello blanco grisáceos con finas bandas oscuras. Los inmaduros son similares a las hembras, con las alas de color marrón uniforme en vuelo.</t>
+  </si>
+  <si>
+    <t>Pacifastacus leniusculus (Dana, 1852)</t>
+  </si>
+  <si>
+    <t>prueba_Cangrejo señal (Castellano), Cangrejo de California (Castellano), Cangrejo del Pacífico (Castellano), Karramarro seinaleduna (Euskera), Cranc senyal (Catalán), Siganal crayfish (Inglés), Signal Crayfish (Inglés), Klamath Signal Crayfish (Inglés), Columbia River Signal Crayfish (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Cangrejo de río que llega a alcanzar los 16 cm de longitud y superar los 100 gramos de peso. El caparazón es liso, de color marrón verdoso uniforme o ligeramente azulado, y el abdomen es bastante grueso. Presenta dos pares de crestas postorbitales con una espina apical en el par anterior. El rostro tiene los bordes casi paralelos, bastante rectangular, con un escalón pronunciado hacia la punta. Las suturas o surcos longitudinales del cefalotórax están separadas, al igual que en el cangrejo de río autóctono. Las pinzas están muy desarrolladas, son lisas y de color rojizo en la parte ventral. El nombre de la especie se debe a la mancha blancuzco-turquesa que aparece en la unión de los dedos fijos con los móviles de las pinzas.</t>
+  </si>
+  <si>
+    <t>Pantherophis guttatus Smith, Chiszar, Staley &amp; Tepedelen, 1994</t>
+  </si>
+  <si>
+    <t>prueba_Culebra del maizal (Castellano), Serpiente del maíz (Castellano), Serp del blat de moro (Catalán)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán</t>
+  </si>
+  <si>
+    <t>Culebra de tamaño moderado que puede llegar a superar el metro y medio de longitud, de cuerpo fino aunque robusto, cabeza bien diferenciada del cuerpo, de hocico corto y redondeado, con ojos grandes y pupila redonda, y grandes escamas sobre la cabeza. Las escamas dorsales son lisas, mientras que las ventrales presentan una quilla pronunciada. Su patrón de color es muy variable, aunque la coloración más común es color naranja o marrón-amarillo, con manchas ligeramente triangulares rojas con bordes negros, aunque también las hay más pardas, grises, amarillentas, anaranjadas e incluso albinas, con manchas rojizas de intensidad variable. La marca dorsal de la cabeza se afina en una punta (en forma de lanza), y suele presentar una franja roja que atraviesa el hocico pasando por ambos ojos. El vientre es blanco o de color crema, normalmente con marcas negras alternas que le dan un aspecto de tablero de ajedrez, a veces moteadas con naranjas o rojos. La parte inferior de la cola presenta dos rayas negras. Los jóvenes tienen un aspecto similar a los adultos, aunque su colorido suele ser más parduzco.</t>
+  </si>
+  <si>
+    <t>Elaphe guttata (Linnaeus, 1766)</t>
+  </si>
+  <si>
+    <t>Pennisetum clandestinum Hochst. ex Chiov.</t>
+  </si>
+  <si>
+    <t>prueba_Quicuyo (Castellano), Peu de gall gruixat (Mallorquín)</t>
+  </si>
+  <si>
+    <t>Castellano, Mallorquín</t>
+  </si>
+  <si>
+    <t>Herbácea perenne que crece en forma de césped, formando un denso entramado de tallos.Tiene entrenudos a intervalos de unos 5 cm, cada uno con una sola vaina foliar y la cuchilla foliar. La hoja es verde brillante, corta, de 3-4 mm de ancho, glabras o suavemente peludas, volviéndose de textura gruesa con la edad. Entre la vaina y la cuchilla está una lígula, corta y ciliada. Las inflorescencias son muy poco visibles, casi totalmente encerradas dentro de las vainas de las hojas, con 2-4 espiguillas.</t>
+  </si>
+  <si>
+    <t>Pennisetum purpureum Schumach.</t>
+  </si>
+  <si>
+    <t>prueba_Pasto elefante (Castellano), Hierba bruja (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano</t>
   </si>
   <si>
-    <t>España NE (No evaluado)</t>
-[...3637 lines deleted...]
-  <si>
     <t>Hierba muy grande y robusta, perenne, con tallos de 2-6 metros de alto, ramificados, con numerosos entrenudos azulados; los nudos jóvenes tienen pelos blancos, volviéndose glabros con el tiempo. Las vainas de las hojas son glabras, más cortas que los entrenudos. La lígula es estrecha, con densos flecos de pelos largos y blancos. Las láminas de las hojas son estrechas, planas, verdes o azuladas, de 1 metro de largo y 3 cm de ancho, pilosas cerca de la base, especialmente en los márgenes. Tienen un nervio medio robusto, blanquecino. La inflorescencia es una espiga terminal, linear, densa, de 7-30 cm de largo y de color verdoso, amarillento o violáceo. El raquis de la semilla es cilíndrico y no es alado. Las espiguillas se agrupan en número de 1-5, encerradas en un involucro de numerosas cerdas ciliadas relativamente largas (8-40 mm). La lema superior tiene el ápice membranoso. Las anteras tienen un mechón de pelos en el ápice.</t>
   </si>
   <si>
     <t>Perca fluviatilis Linnaeus, 1758</t>
   </si>
   <si>
     <t>prueba_Perca de río (Castellano), Perca europea (Castellano), Perca de riu (Catalán), Perch (Inglés)</t>
   </si>
   <si>
     <t>Pez de agua dulce de tamaño medio, que no suele superar los 30 cm de longitud y 1,2 kg de peso, aunque puede alcanzar los 50 cm y casi los 5 kg. El cuerpo es alto y comprimido lateralmente (los ejemplares grandes desarrollan una protuberancia detrás de la cabeza), cubierto de escamas pequeñas, y áspero al tacto. La coloración depende del hábitat en el que viven; en zonas poco profundas tienden a ser oscuras mientras que en zonas poco iluminadas y sin vegetación están ligeramente coloreados. A veces, por los carotenoides derivados de los crustáceos de su dieta, pueden ser de un color amarillo rojizo. La superficie dorsal suele ser de color verde brillante a oliva con 5-9 bandas estrechas oscuras que no alcanzan el vientre, los flancos amarillos o amarillo-verdosos y el vientre gris o blanquecino. Los ojos son verdes o amarillos, al igual que las aletas caudal y dorsales. En la línea lateral presenta entre 57-62 escamas. La boca es grande y con dientes. El maxilar es largo y su borde posterior está situado a la misma altura que el ojo. El opérculo es grande, alargado en la parte posterior, siendo su borde posterior muy afilado. Presenta dos aletas dorsales, la primera con 13-15 radios espinosos y la segunda con 13-14 radios blandos. La primera espina de la aleta dorsal suele ser negra, al igual que la membrana entre las espinas 1 y 2. La parte posterior de la primera aleta dorsal tiene una mancha oscura. Las aletas pectorales son de color ámbar y translúcidas mientras que las pélvicas y anales son de color plata a amarillo opaco. El pedúnculo caudal es estrecho.</t>
   </si>
   <si>
     <t>Phasianus colchicus Linnaeus, 1758</t>
   </si>
   <si>
     <t>prueba_Faisán vulgar (Castellano), Common Pheasant (Inglés)</t>
   </si>
   <si>
     <t>Gallinácea de gran tamaño, inconfundible por su coloración —en el caso de los machos— y por su larga cola. El macho exhibe un plumaje pardo-rojizo, moteado de blanco y negro, en el que destaca la cabeza verde oscuro con reflejos violetas, carúnculas auriculares rojas y llamativo collar blanco. La hembra muestra un diseño críptico pardo con motas negras. El vuelo es muy aparatoso, con fuerte batido de alas y un sonoro zumbido.</t>
   </si>
   <si>
     <t>Pistia stratiotes L.</t>
   </si>
   <si>
     <t>prueba_Lechuga de agua (Castellano), Lechuguilla de Agua (Castellano), Repollo de Agua (Castellano), Water Lettuce (Inglés), Tropical duck-weed (Inglés), Laitue d'Eau (Francés), Pistie (Francés), Salade du Nil (Francés), Lletuga d'aigo (Mallorquín)</t>
@@ -3935,54 +3935,54 @@
   <si>
     <t>Herbácea perenne, rizomatosa, laxamente cespitosa. Crece de 1 a 1,5 metros de alto, con tallos robustos, huecos y lisos. Las hojas son planas, de 5-10 mm de ancho. Las lígulas están formadas por pelos de hasta 1 mm de largo. Produce flores y semillas sólo a un lado del tallo. Las inflorescencias aparecen en racimo de 5-13 espigas. El raquis de las espigas se prolonga hasta 27 mm por encima de las espiguillas, que miden entre 10 y 15 mm, y están comprimidas lateralmente. La gluma inferior es linear mientas que la superior es ovado-lanceolada, rala, cortamente pubescente y con 3-5 costillas. La lema es ovado-lanceolada, con 1-6 costillas, coriácea, glabra y con el margen membranoso. La pálea es ligeramente más corta que la lema. El fruto es una cariópside.</t>
   </si>
   <si>
     <t>Streptopelia roseogrisea (Sundevall, 1857)</t>
   </si>
   <si>
     <t>prueba_Tórtola rosígris (Castellano), Usapal lepokoduna (Euskera), Tórtora domèstica (Catalán), Lula da colar (Gallego), Ringed Turtle-Dove (Inglés), African Collared Dove (Inglés), African Collared-dove (Inglés), Barbary Dove (Inglés), Tourterelle rieuse (Francés)</t>
   </si>
   <si>
     <t>Tórtola con una longitud de unos 26-28 cm y un peso de unos 150 gramos. El plumaje puede variar del blanco al crema pálido o presentar tonalidades oscuras. Tiene un característico semi-collar estrecho de color negro ribeteado de blanco en el cuello. La cabeza es de color crema ligeramente rosada, el pecho de color crema rosado o blanco, cola crema grisácea por el dorso, con la punta y los bordes blancos por debajo y una ancha banda terminal blanca. El dorso y gran parte del ala es de color marrón arena pálido. Bajo las alas la coloración es blanquecina. El ojo es de color rojo oscuro, el pico es grisáceo o negro, y las patas rojizas o gris oscuro. Los juveniles son similares a los adultos, aunque más pálidos, con el collar no tan evidente como en los adultos, el ojo marrón amarillento pálido y las patas marrón grisáceo.</t>
   </si>
   <si>
     <t>Threskiornis aethiopicus (Latham, 1790)</t>
   </si>
   <si>
     <t>prueba_Ibis sagrado (Castellano), Ibis sakratu (Euskera), Ibis sagrat (Catalán), African Sacred Ibis (Inglés), Sacred Ibis (Inglés)</t>
   </si>
   <si>
     <t>Ave de buen tamaño, con una longitud de 65 a 89 cm, una envergadura de 112-124 cm y un peso de aproximadamente 1,5 kg. Las hembras son algo más pequeñas que los machos. El plumaje del cuerpo es muy blanco, contrastando con la cabeza y cuello que son negros y sin plumas. El pico es largo, muy curvado hacia abajo, ancho en la base y de color negro. La punta de las plumas primarias y secundarias de las alas es negra. La cola es corta, y en el dorso cuelga una falsa cola formada por unas largas plumas ornamentales negras. Las patas son negras con tintes rojizos. Los jóvenes carecen de las plumas ornamentales negras, y tienen la garganta y la parte anterior del cuello de color blanco.</t>
   </si>
   <si>
     <t>Trachemys scripta Schoepff, 1792</t>
   </si>
   <si>
-    <t>prueba_Tortuga pintada (Castellano), Galápago americano o de Florida (Castellano), Jicotea elegante (Castellano), Tortuga japonesa o de orejas rojas (Castellano), Apoarmatu (Euskera), Tortuga d'orelles grogues (Catalán), Red-eared Slider Turtle (Inglés), Red-eared slider (Inglés), Slider (Inglés), Cumberland Slider Turtle (Inglés), Yellow-bellied Slider Turtle (Inglés)</t>
-[...2 lines deleted...]
-    <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés</t>
+    <t>prueba_Tortuga pintada (Castellano), Galápago americano o de Florida (Castellano), Jicotea elegante (Castellano), Tortuga japonesa o de orejas rojas (Castellano), Galápago de florida (Castellano), Apoarmatu (Euskera), Tortuga d'orelles grogues (Catalán), Cumberland Slider Turtle (Inglés), Yellow-bellied Slider Turtle (Inglés), Red-eared slider (Inglés), Slider (Inglés), Red-eared Slider Turtle (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Galápago de tamaño mediano, con una mancha prominente a cada lado de la cabeza, cuyo colorido difiere según las subespecies (roja en T. s. elegans, y amarilla en T. s. scripta y T. s. troosti). El color de la piel, tanto de la cabeza como del cuerpo, varía del verde oliváceo al marrón, con numerosas líneas amarillas. En la zona prefrontal se observa un dibujo en forma de flecha formado por la unión de las líneas amarillas supratemporales que convergen con la línea sagital sobre el hocico. El cuello también posee numerosas líneas amarillas que bajo la boca se unen formando una Y. Las patas son también de color oscuro con numerosas líneas amarillas. El caparazón, en los individuos juveniles, es verdoso, con manchas y dibujos amarillos; en los adultos toma un color verde oscuro con líneas amarillas o pardas. La parte ventral (plastrón) es de color amarillento, generalmente con manchas verde oscuro. Su tamaño máximo puede variar entre los 20 y los 60 cm en función de la subespecie. (1) T.s. scripta: presenta una mancha amarilla que recorre la mejilla detrás de los ojos, la cual con frecuencia llega hasta el cuello. En la escama pleural del espaldar tiene una banda transversal amarilla y en los escudos anteriores del plastrón, un ocelo negro. (2) T.s. elegans: su característica banda ancha roja, se extiende desde el ojo hasta la parte superior del tímpano, y las líneas amarillas van desde el mentón al cuello. En la escama pleural tiene una banda transversal amarilla y en cada escudo del plastrón un ocelo negro. (3) T.s. troostii: exhibe una mancha amarilla alargada detrás del ojo, que no está conectada a ninguna línea. En la escama pleural tiene una banda transversal amarilla y en el plastrón pequeños ocelos negros.</t>
   </si>
   <si>
     <t>Chrysemys troostii Boulenger, 1889, Crysemys grayi Fritz &amp; Bienert, 1981, Crysemys scripta Fritz &amp; Bienert, 1981, Emys cumberlandensis Holbrook, 1840, Emys elegans Wied, 1838, Emys holbrooki Gray, 1844, Emys sanguinolenta Gray, 1855, Emys troosti Holbrook, 1836, Emys vittata Gray, 1831, Pseudemys elegans Force, 1928, Pseudemys grayi, Pseudemys scripta Carr, 1937, Testudo scripta Thunberg in Schoepff, 1792, Testudo serrata Daudin, 1802, Trachemys lineata Gray, 1873, Trachemys troosti Gray, 1863</t>
   </si>
   <si>
     <t>Ulex europaeus L.</t>
   </si>
   <si>
     <t>prueba_Aliaga (Castellano), Árguma (Castellano), Aulaga (Castellano), Tojo (Castellano), Otia (Euskera), ota (Euskera), Otea (Euskera), Gatosa (Catalán), toxo arnal (Gallego), Argoma (Gallego), Toixo (Gallego), Toxo (Gallego), Toxo arnaio (Gallego), Toxo arnelo (Gallego), Toxo macho (Gallego), Gorse (Inglés), Common Gorse (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Catalán, Gallego, Gallego, Gallego, Gallego, Gallego, Gallego, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>Arbusto leñoso y muy espinoso, de hasta 2,5 m de altura, generalmente ascendente (a veces postrado), muy ramificado y enmarañado. Tiene raíces laterales poco profundas, a menudo con muchos nódulos. Los tallos jóvenes tienen una capa de cera y suelen terminar en una espina. Las ramas son de color verde oscuro, asurcadas (con generalmente 8 costillas longitudinales), entrelazadas unas con otras formando una maraña espinosa. Las hojas como tales no existen, pues en las plantas adultas se sustituyen por filodios (acículas espinosas) de sección triangular (las hojas de las plantas jóvenes son generalmente trifoliadas). A medida que el tallo comienza a crecer, se forman espinas primarias en las axilas de las hojas reducidas. Posteriormente aparecen espinas secundarias y terciarias, normalmente formadas en la primaria. Las flores son amarillas, amariposadas, de 12-21 mm, individuales o dispuestas en pequeños racimos en las axilas de las acículas. El cáliz es grande, aplanado lateralmente, por lo general cubierto de pelos y hendido hasta la base en 2 lóbulos rematados en 2-3 dientecillos. Tiene 2 bractéolas redondeadas u ovado-lanceoladas de 2-7,5 mm de anchura. La corola tiene un estandarte oval o redondeado, lampiño por el dorso y generalmente escotado hacia el ápice. Los frutos son legumbres inicialmente verdes y pubescentes, y se vuelven negras al madurar. Las semillas, de 1 a 8 por vaina, son de color marrón oscuro, lisas, brillantes, casi redondas, con un aril amarillo.</t>
   </si>
   <si>
     <t>Xenopus laevis (Daudin, 1802)</t>
   </si>
   <si>
     <t>prueba_Rana de uñas africana (Castellano), Platanna (Inglés), Common Clawed Toad (Inglés), Clawed Frog (Inglés), Clawed Toad (Inglés), Common Clawed Frog (Inglés), African Clawed Toad (Inglés), Common Platanna (Inglés), Smooth Clawed Frog (Inglés), African clawed frog (Inglés)</t>
   </si>
@@ -4947,51 +4947,51 @@
   <si>
     <t>Araujia sericifera Brot.</t>
   </si>
   <si>
     <t>prueba_Planta cruel (Castellano), Miraguà (Mallorquín), Miraguano (Mallorquín), Pebrot (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Mallorquín, Mallorquín, Mallorquín</t>
   </si>
   <si>
     <t>Planta trepadora perenne, robusta, con tallos flexibles, finamente vellosos, de color verde o gris, que contienen una savia lechosa tóxica. Las hojas son alargadas y más o menos triangulares, relativamente gruesas, de bordes enteros y acabadas en punta; tienen de 3-12 cm de largo y 1-6 cm de ancho, el haz glabro de color verde oscuro y el envés blanquecino y densamente peludo. Se disponen de forma opuesta y están pedunculadas. Las flores son de color blanco, crema o rosa pálido, a veces con rayas más oscuras de color rosa; tienen forma de campana, con 5 sépalos de 8-13 mm de largo y 5 pétalos de 18-20 mm de longitud que se fusionan en la base. Se presentan en grupos de dos a cuatro, y pueden atrapar y matar insectos. El fruto es grande, en forma de pera, profundamente acanalado, de 6 a 12 cm de largo y 3-7 cm de ancho, de color verde azulado o verde grisáceo. Cuando maduran se vuelven leñosos y de color marrón; se divide longitudinalmente para liberar numerosas semillas de color negruzco, de 4 a 8 mm de largo, y terminadas con un mechón de largos pelos blancos sedosos.</t>
   </si>
   <si>
     <t>Armadillidium vulgare (Latreille, 1804)</t>
   </si>
   <si>
     <t>prueba_Cochinita común (Castellano)</t>
   </si>
   <si>
     <t>Es un isópodo de buen tamaño, llegando a alcanzar los 18 mm de longitud. Como el resto de las “cochinillas”, es de forma ovalada, moderadamente aplanada por su parte dorsal, con el cuerpo aproximadamente el doble de largo que de ancho. La mayoría de los individuos presentan una coloración gris oscuro no brillante (gris pizarra), aunque a veces puede presentar pigmentaciones marrones o rojizas. El escutelo es amplio, pero no se proyecta por encima de la cabeza. Presenta dos pares de antenas, aunque uno de ellos es casi inapreciable. El tórax se divide en 7 segmentos visibles, con siete pares de patas.</t>
   </si>
   <si>
     <t>Asparagopsis armata Harvey, 1855</t>
   </si>
   <si>
-    <t>prueba_Harpoon weed (Inglés)</t>
+    <t>prueba_Didymo (Castellano), Moco de roca (Castellano), Harpoon weed (Inglés)</t>
   </si>
   <si>
     <t>Especie anual, que cuenta con dos fases de diferente aspecto: una esporofítica (fase asexual productora de esporas) y una gametofítica (fase sexual productora de gametos). Ambas fases pueden reproducirse vegetativamente. La fase gametofítica es un alga de color rojo pálido de hasta 30 cm de longitud, anual, que se fija al substrato gracias a una maraña de rizoides. Sus estolones principales, delgados, cilíndricos y lisos (1mm de ancho, 200mm de largo) se ramifican de forma irregular. Las ramas presentan multitud de ramitas pequeñas dispuestas en espiral, otorgándole un aspecto cónico. Las ramillas inferiores no están ramificadas, son largas y afiladas, con ganchos similares a arpones. En otros casos, las ramas presentan barbas, espinas o cuernos alternos muy característicos. La fase esporofítica es conocida como Falkenbergia rufolanosa, es de color rosado, y está formada por una maraña de filamentos muy ramificados que forman masas esféricas de hasta 3 cm de diámetro. Estas masas pueden aparecer flotando o bien estar adheridas al substrato por finos rizoides.</t>
   </si>
   <si>
     <t>Asparagopsis taxiformis (Delile) Trevisan, 1845</t>
   </si>
   <si>
     <t>prueba_Supreme Limu (Inglés)</t>
   </si>
   <si>
     <t>Especie anual, que cuenta con dos fases de diferente aspecto: una esporofítica (fase asexual productora de esporas) y una gametofítica (fase sexual productora de gametos). Ambas fases pueden reproducirse vegetativamente. Se fija al sustrato por medio de estolones basales y de rizoides. La fase gametofítica llega a medir 30 cm de longitud. Presenta estolones rastreros en la base. La coloración es rojo púrpura o violácea, pálida, con un eje del que surgen multitud de ramitas espesas dispuestas en espiral. El eje, cilíndrico, mide hasta 1 mm de ancho por 200 mm de largo, y emerge de estolones reptantes, lisos. Las ramillas se estrechan, con la parte final en forma de punta lisa. La fase esporofítica, conocida como Falkenbergia hillebrandii, es de color rojo rosado, filamentosas, de unos 15 mm de diámetro y con multitud de ramificaciones, formando una especie de alfombras de aspecto algodonoso. Es prácticamente indistinguible de F. rufolanosa.</t>
   </si>
   <si>
     <t>Asparagus asparagoides (L.) Druce</t>
   </si>
   <si>
     <t>prueba_Esparraguera africana (Castellano), Espàrec (Catalán), Espareguera de fulla ampla (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Mallorquín</t>
   </si>
   <si>
     <t>Arbusto erecto o decumbente, que produce brotes delgados, nervudos que se enroscan, ligeramente leñosos en la base y hasta de 6 metros de largo cuando tienen un soporte. Presenta falsas hojas (cladodios: tallos modificados aplanados) amplias (de 10 a 70 mm de largo y 4-30 mm de ancho), correosas, ovaladas, sésiles, dispuestas alternativamente, de color verde brillante y con varias vetas paralelas. Las hojas reales se reducen a unas pequeñas brácteas parecidas a escamas en la base de los cladodios. Las inflorescencias son umbelas axilares con 1-3 (a veces 4) flores acampanuladas, perfumadas, con 6 tépalos blanco-verdosos fusionados en un tubo en su mitad inferior, con una mancha verde abaxial, de 1-1,5 mm. Nacen en pedicelos ligeramente doblados axilares (emanan de la base de los cladodios). El fruto es una baya globosa al principio verde y roja al madurar, de 6-8 mm, que contiene de 0 a 4 semillas negras, brillantes, esféricas u ovoides. Genera mucha biomasa subterránea consistente en un rizoma cilíndrico y delgado, de unos 5 mm de ancho, con ramificaciones que crecen en paralelo con la superficie del suelo, y con numerosos tubérculos carnosos. Los rizomas y tubérculos se entrelazan formando una densa capa de hasta 10 cm de espesor.</t>
   </si>
@@ -5100,51 +5100,51 @@
   <si>
     <t>Centranthus ruber (L.) DC. in Lam. &amp; DC.</t>
   </si>
   <si>
     <t>prueba_Alfeñiques (Castellano), Buena mujer (Castellano), Lágrimas de la virgen (Castellano), Milamores (Castellano), Sopas en vino (Castellano), Valeriana roja (Castellano), Hierba de San Jorge (Castellano), Diana (Catalán), Herba de montserrat (Catalán), Milamors (Catalán), Rosa d'espanya (Catalán), Valeriana de jardí (Catalán), Fava borda (Catalán), Alfinete (Gallego), Herba dos muros (Gallego), Valeriana roxa (Gallego), Valeriana (Latín), Herba de bou (Valenciano), Favera borda (Valenciano), Favera (Valenciano), Favar bord (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Latín, Valenciano, Valenciano, Valenciano, Valenciano</t>
   </si>
   <si>
     <t>Hemicriptófito. Herbácea perenne de 30 a 80 cm. glabra. Tallos erectos simples o ramificados, lisos. Hojas ovales o elípticolanceolada de 8 a 12 cm. de largo y de 2 a 4 de ancho, enteras o un poco dentada, opuestas. Las inferiores pecioladas y las superiores sésiles. Flores muy numerosas, rojas o blancas con espolón, dispuestas en corimbos apretados que se alargan en panícula tricótoma. Fruto en aquenio glabro.</t>
   </si>
   <si>
     <t>Codium fragile (Suringar) Hariot, 1889</t>
   </si>
   <si>
     <t>prueba_Dedos verdes de mar (Castellano), Green sea fingers (Inglés)</t>
   </si>
   <si>
     <t>Alga grande, perenne, de coloración verde oscuro, con frondes erectos de unos 15-20 cm de alto, con abundantes ramas cilíndricas, distribuidas en forma dicotómica o fastigiada. La superficie es vellosa. Se fijan al sustrato por medio de un ancho disco basal esponjoso. Las ramas cilíndricas tienen un diámetro de 0,3-1 cm. Al tacto es un alga blanda y esponjosa.</t>
   </si>
   <si>
     <t>Cordylophora caspia (Pallas, 1771)</t>
   </si>
   <si>
-    <t>prueba_Hidroide esturialino (Castellano)</t>
+    <t>prueba_Hidroide esturiano (Castellano), Hidroide esturialino (Castellano)</t>
   </si>
   <si>
     <t>Es un hidroide colonial de color marrón claro o amarillento, cuyas colonias son filamentosas, erectas y pueden alcanzar los 12 cm de alto, ramificándose de vez en cuando en lados alternos (pueden tener un aspecto parecido al musgo o a un pequeño arbusto). Presenta anillos cerca de la base de los tallos y ramas. Las colonias se componen de pólipos, los cuales son de aproximadamente 1 mm de largo y de color blanco o rosa pálido, en forma de huso cuando están relajados y ovoides cuando se contraen; tienen de 12 a 16 tentáculos incoloros repartidos irregularmente sobre la superficie. La boca nace en una probóscide cónica pero truncada. Las ramas están redondeadas en su base y cada una tiene de 1 a 3 órganos reproductivos en forma de pera.</t>
   </si>
   <si>
     <t>Cortaderia selloana (Schult. &amp; Schult.f.) Asch. &amp; Graebn.</t>
   </si>
   <si>
     <t>prueba_Hierba de la Pampa (Castellano), Plumacho (Castellano), Plumero (Castellano), Carrizo de la Pampa (Castellano), Panpa-lezca (Euskera), Plumeros (Catalán), Plomes (Catalán), Gineri (Catalán), Plomalls (Catalán), Herba de la Pampa (Catalán), Càrritx de jardí (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Mallorquín</t>
   </si>
   <si>
     <t>Planta herbácea perenne, graminoide, de hasta 3 m de altura, provista de robustas macollas. Hojas planas, laminares, coriáceas, con los bordes aserrados y de tacto áspero, de 1-3 m, glaucas. Lígula reducida a una hilera de pelos. Inflorescencias en panículas de gran tamaño, de (30) 50-100 cm, con un característico color plateado, soportadas por largos pedúnculos, con las ramas erectopatentes en los individuos masculinos y patentes en los femeninos. Espiguillas comprimidas lateralmente, de hasta 15 mm incluida la arista, con las glumas lanceoladas, desiguales y membranosas. Lema membranosa, vellosa, trinerviada, con arista terminal. Raquilla vellosa, desarticulándose en la madurez por encima de las glumas y justo por encima de cada flor. Morfológicamente se trata de una especie ginodioica, es decir, existen plantas con flores hermafroditas y femeninas, pero funcionalmente es dioica, de manera que para la reproducción es preciso que ambos tipos de plantas se encuentren relativamente próximas.</t>
   </si>
   <si>
     <t>Cotula coronopifolia L.</t>
   </si>
   <si>
     <t>prueba_Cotula (Castellano), Santalina de auga (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Gallego</t>
   </si>
@@ -5217,51 +5217,54 @@
   <si>
     <t>Anfípodo de agua dulce de buen tamaño, que puede llegar a medir 30 mm de longitud. El cuerpo está arqueado, comprimido lateralmente y es semi-transparente. Tiene dos pares de antenas. La coloración es variable, con rayas, manchas o bandas uniformes. Sus mandíbulas son grandes y poderosas, haciendo de él un eficaz depredador. Presenta largas y densas setas en el flagelo, pero no en otras partes de la antena II. Presenta tubérculos dorsales en los segmentos I y II del urosoma (últimos 3 somitos o segmentos abdominales que llevan apéndices modificados), con 3-5 espinas. Los juveniles son como los adultos, pero mucho más pequeños; por ello su identificación es más difícil, ya que la mayoría de las características morfológicas específicas están poco desarrolladas.</t>
   </si>
   <si>
     <t>Dysdera crocata C. L. Koch, 1838</t>
   </si>
   <si>
     <t>prueba_Araña roja (Castellano), Disdera invasora (Castellano)</t>
   </si>
   <si>
     <t>Araña de tamaño medio, que oscila entre los 10 y los 15 mm en machos, y los 15-30 mm en las hembras. Tienen 6 ojos agrupados en un estrecho semicírculo. Los quelíceros son desproporcionadamente grandes en relación a su tamaño, y siempre están visibles; los colmillos terminales son casi tan largos como los quelíceros. El cefalotórax y abdomen son prácticamente del mismo tamaño, y ambos brillantes. El abdomen es alargado, ligeramente ovalado. Las patas son delgadas, y cada tarso tiene dos garras y un mechón de pelos que le sirven de ayuda para “escalar”. Tanto las patas como el cefalotórax y los quelíceros son de color rojo oscuro o marrón anaranjado, mientras que el abdomen es de un tono amarillo-marrón brillante (a veces grisáceo o blanquecino) y carece de pelos.</t>
   </si>
   <si>
     <t>Dyspanopeus sayi (Smith, 1869)</t>
   </si>
   <si>
     <t>prueba_Cangrejo marino americano (Castellano), Say's mud crab (Inglés)</t>
   </si>
   <si>
     <t>Pequeño cangrejo que no suele superar un máximo de 2 cm de anchura de caparazón, muy convexo y de forma hexagonal, más ancho que largo. La superficie está finamente granulada, con una ligera capa de pelo, principalmente en la frente y los laterales. El color varía desde el verde oliva al marrón. Las puntas de las uñas son de color negro. Las pinzas son grandes y gruesas, asimétricas, siendo la izquierda más estrecha que la derecha. Tiene un marcado dimorfismo sexual, siendo los machos más grandes que las hembras.</t>
   </si>
   <si>
     <t>Egeria densa Planch.</t>
   </si>
   <si>
-    <t>prueba_Egera (Castellano), Maleza acuática brasileña (Castellano), Elodea (Catalán), Broza del Brasil ()</t>
+    <t>prueba_Egera (Castellano), Maleza acuática brasileña (Castellano), Elodea (Catalán), Egeria (Latín), Broza del Brasil ()</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Latín</t>
   </si>
   <si>
     <t>Herbácea acuática sumergida, enraizada en el fondo o de libre flotación, con tallos poco ramificados, con entrenudos cortos, delicados y muy foliosos, de hasta 2 metros de largo. Las hojas se disponen regularmente en verticilos; son sésiles, lanceoladas, de 1-4 cm de largo y 2-5 mm de ancho, translúcidas, con el margen algo ondulado, de color verde intenso al recibir luz natural, más pálido en los acuarios. Normalmente presenta 4 hojas por verticilo, pero puede presentar 5 o 6 (normalmente las hojas más bajas son opuestas o en verticilos de 3, mientras que las medias y altas están en verticilos de 4 a 8). La planta está sumergida totalmente excepto las flores, que son de color blanco o púrpura, axilares, con 3 pétalos, dispuestas al final de un largo pedúnculo de 2 a 6 cm de largo. Las flores masculinas se presentan en grupos de 2 a 4, con el periantio formado por un cáliz de 3 sépalos verdes, la corola con 3 pétalos blancos de 10-15 mm de largo y 9 estambres. Las femeninas aparecen solitarias, con el periantio como las masculinas y un ovario tricarpelar. El fruto es una cápsula oblonga de 7-8 mm de largo y 3 mm de ancho, con el pericarpio membranoso y transparente. Las semillas son numerosas, fusiformes con un filamento al final.</t>
   </si>
   <si>
     <t>Eriocheir sinensis H. Milne-Edwards, 1853</t>
   </si>
   <si>
     <t>prueba_Cangrejo chino (Castellano)</t>
   </si>
   <si>
     <t>Cangrejo de coloración variable, desde el amarillo al marrón, muy raramente púrpura. El caparazón es liso y ligeramente cuadrado, con cuatro espinas laterales, siendo la cuarta más pequeña que el resto. Los adultos llegan a tener una anchura de caparazón de 10 cm, siendo lo más común entre los 5 y los 7 cm. Las patas suelen tener una longitud dos veces mayor que el caparazón, y son de color marrón claro. Presenta densos parches de pelos en sus pinzas a modo de mitones.</t>
   </si>
   <si>
     <t>Eschscholzia californica Cham. in Nees</t>
   </si>
   <si>
     <t>prueba_Amapola de California (Castellano), Rosella de Califòrnia (Catalán), Flor de califòrnia (Mallorquín)</t>
   </si>
   <si>
     <t>Hierba de 20-60 cm de altura, con cierta pubescencia, erecta o decumbente, y que secreta un látex acuoso. Las hojas están largamente pecioladas, son de color verde azulado (glauco), con tres lóbulos finamente divididos y casi glabras. Las flores son solitarias, axilares o terminales, grandes, de 5-8 cm de diámetro, hermafroditas, actinomorfas, con 4 pétalos largos y anchos de color amarillo-naranja, con forma de copa y de textura sedosa (satinados), a veces con una mancha oscura en la base, fugaces. Tienen un aroma picante. Responden a los bajos niveles de luz, cerrándose. El cáliz presenta 2 sépalos soldados en forma de capuchón, caedizas dejando un reborde irregular que se mantiene tras caer los pétalos. Los pedicelos son de 1 a 8 cm. El fruto es una cápsula dehiscente estrecha y alargada, de 8 a 10 cm de largo, glabra, con nervios prominentes, que contiene numerosas semillas globosas, de color marrón oscuro o negro, con la superficie reticulada o punteada.</t>
   </si>
   <si>
     <t>Fallopia baldschuanica (Regel) Holub</t>
   </si>
@@ -5415,51 +5418,51 @@
   <si>
     <t>Hierba perenne de hasta 120 cm de alto. Presenta un cepellón compacto con las hojas basales planas y acanaladas, de hasta 40 cm. Las hojas caulinares miden hasta 20 cm, y tienen una lígula casi ausente (solapa membranosa con mechones de pelos a ambos lados). Son anchas, planas y fuertemente nervadas en el haz, con los bordes ásperos al tacto. La inflorescencia es una panoja ramificada, laxa, con espiguillas de flores. Las espiguillas de flores son relativamente grandes (de 10 a 22 mm de largo), están largamente pedunculadas, de 14-18 mm de largo. Las glumas (brácteas) son lanceoladas, hialinas, profundamente teñidas de púrpura o de color violáceo, la inferior de 11-22 mm y la superior de 10-19mm. La lema, peluda y con callo punzante (afilada punta), es de 7,5 a 14,5 mm; las aristas, relativamente largas, tienen una columna pubescente y el limbo escábrido, con una corona de pelos alrededor de la base.</t>
   </si>
   <si>
     <t>Stipa neesiana Trin. &amp; Rupr.</t>
   </si>
   <si>
     <t>Nicotiana glauca Graham</t>
   </si>
   <si>
     <t>prueba_Tabaco moruno (Castellano), Chupera (Castellano), Artabaca (Castellano), Bobo (Castellano), Calentón (Castellano), Calenturero (Castellano), Galán (Castellano), Gigante (Castellano), Hediondo (Castellano), Jediondo (Castellano), Leñero (Castellano), Mimo (Castellano), Rebusto (Castellano), Venenario (Castellano), Venenero (Castellano), Venenillo (Castellano), Venenón (Castellano), Tabaco moro (Castellano), Tabaco negro (Castellano), Aciculito (Castellano), Arboltonto (Castellano), Tabac de jardí (Catalán), Tabac moro (Catalán), Curalotodo (Catalán), Tabac fulla d'espasa (Catalán), Tobacco plant (Inglés), Tobacco bush (Inglés), Tree tobacco (Inglés), Mustard tree (Inglés), Wild tobacco (Inglés), Tobacco tree (Inglés), Tabac d'espasa (Mallorquín), Tabac d'alger (Mallorquín), Mostassa (Mallorquín), Tabaquera (Valenciano), Curatodo (Valenciano), Gandul (Valenciano), Tabaco (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Catalán, Catalán, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano</t>
   </si>
   <si>
     <t>Arbusto o pequeño árbol perennifolio generalmente de unos 3 m, aunque puede alcanzar hasta 7 m de altura. Es completamente glabro (no pubescente), con hojas gruesas de forma ovada a lanceolada de 5-25 cm de longitud, margen entero y color verde glauco, pecioladas y en disposición alterna. Las flores son amarillas y tubulares, de 3-4 cm de longitud, en panícula terminal. Frutos en cápsula de dos valvas, ovoides, de 7-10 mm de longitud. Producen numerosas semillas muy pequeñas, de color negro (Sanz et al., 2004, Ntelios et al., 2013, Swearingen &amp; Bargeron, 2016; Lusweti et al., 2011; GISD, 2020, CABI, 2020). Pertenece al mismo género que la planta del tabaco (N. tabacum), de la que se distingue por sus hojas glabras y sus flores amarillas (Ntelios et al., 2013; Bogdanovic et al., 2006, CABI, 2020). Todas sus partes son extremadamente venenosas y se han descrito numerosos usos medicinales, antifúngicos e insecticidas (Ntelios et al., 2013, Swearingen &amp; Bargeron, 2016; Rinez et al., 2012; Steenkamp et al., 2002). Es una popular planta ornamental (Ollerton et al., 2012) y tiene potencial para ser usada como biocombustible (Mortimer et al., 2012) y en fitorremediación, ya que puede crecer en tierra contaminada y acumular metales pesados (Barazani et al., 2004). Sin embargo, estos usos no pueden compensar los impactos negativos de la planta (Lusweti et al., 2011).</t>
   </si>
   <si>
     <t>Nicotiana glauca f. lateritia Lillo, Nicotiana glauca var. angustifolia Comes, Nicotiana glauca var. decurrens Comes, Nicotiana glauca var. grandiflora Comes, Nicotidendron glauca (Graham) Griseb., Siphaulax glabra Raf.</t>
   </si>
   <si>
     <t>Nymphaea mexicana Zucc.</t>
   </si>
   <si>
-    <t>prueba_Lirio Amarillo (Castellano)</t>
+    <t>prueba_Lirio Amarillo (Castellano), Nenúfar mejicano (Castellano)</t>
   </si>
   <si>
     <t>Planta acuática flotante con espesos y gruesos rizomas, y largos y esponjosos estolones que soportan pequeños racimos de raíces curvas, carnosas y amarillas, parecidas a plátanos en miniatura. Tiene grandes hojas flotantes, de hasta 25 cm de largo, verdes y planas, glabras, de ovadas a elípticas, con un patrón púrpura o marrón. Tienen una capa cerosa gruesa, el margen es entero o sinuoso y los nervios irradian del centro. Nacen de rizomas erectos y cilíndricos. Las flores de loto son solitarias, y tienen de 12 a 30 pétalos amarillos lanceolados o estrechamente elípticos, numerosos estambres amarillos y sépalos amarillo-verdosos (a veces algo teñidos de rojo). Los frutos son unas bayas verdes que crecen bajo el agua y que contienen las semillas (aunque no suelen producirse fuera de su área de distribución natural).</t>
   </si>
   <si>
     <t>Ommatoiulus moreletii (Lucas, 1860)</t>
   </si>
   <si>
     <t>prueba_Milpiés portugués (Castellano), Milpiés cardador (Castellano), Milpiés invasor (Castellano)</t>
   </si>
   <si>
     <t>Miriápodo robusto, de cuerpo cilíndrico y alargado, de color negro o gris negruzco, de 20-45 mm de largo, con el cuerpo compuesto de numerosos segmentos con dos pares de patas cada uno (unos 50 segmentos en estado maduro), aunque los primeros segmentos pueden portar sólo un par de patas. Huevos de color blanco amarillento. Los juveniles solo poseen 3 pares de patas, aumentado en cada muda el número de segmentos y pares de patas, de color marrón claro o grises, y con una línea lateral oscura a cada lado.</t>
   </si>
   <si>
     <t>Opuntia dillenii (Ker Gawl.) Haw.</t>
   </si>
   <si>
     <t>prueba_Higo del mar (Castellano), Tuna brava (Castellano), Higo pico (Castellano), Higo tinto (Castellano), Higos machos (Castellano), Higos tintos (Castellano), Penca (Castellano), Penca bruja (Castellano), Penca rabiosa (Castellano), Penca tinta (Castellano), Pencas tintas (Castellano), Tunera de indias (Castellano), Tunera picona (Castellano), Tunera salvaje (Castellano), Chumbera (Castellano), Tuna (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Arbusto de hasta 3 metros de alto (aunque no suele superar el metro), algo achaparrado, muy ramificado, con los tallos transformados en cladodios (palas), carnosos, suculentos, a menudo con los márgenes ondulados, de color verde-azulado, a veces gris verdoso. Miden de 7 a 40 cm de largo y de 6 a 9 de grosor. Las aréolas (pequeñas protuberancias) son numerosas y llamativas, ligeramente elevadas, con gloquidios (pequeñas cerdas espinosas) de color amarillo. Tienen entre 1 y 5 grandes espinas de hasta 5 cm de largo, aunque a veces pueden faltar. Las flores son variables, de color amarillo limón a naranja, e incluso rojizas, con numerosos “pétalos” y estambres, y se sitúan en los márgenes de los cladodios. Los frutos son piriformes o casi globosos, con una depresión poco profunda en la parte superior, de color púrpura, sin espinas pero con gloquidios, jugosos y comestibles, con la pulpa rojiza. Las semillas son abundantes, de color amarillo o marrón pálido, y en forma de disco.</t>
   </si>
@@ -5580,54 +5583,54 @@
   <si>
     <t>Pequeño cangrejo que suele alcanzar los 23 mm de longitud de ancho de caparazón. El caparazón es plano, cuadrangular, con la parte frontal casi recta, algo dentada (muescas) y con una acanaladura frontal transversal (parece doble cuando se observa por la parte delantera). Tiene 4 espinas anterolaterales alineadas a los lados, poco prominentes, entre los pedúnculos y la parte más ancha del caparazón, estando fusionadas la primera y la segunda. Las pinzas son asimétricas, con el diente superior móvil, curvado y alargado, y el inferior fijo y robusto. El carpo (muñeca) tiene un diente interno moderadamente desarrollado. Las pinzas presentan líneas y son más granulosas en los juveniles, mientras que en los adultos son casi lisas. Las patas marchadoras son largas, delgadas, comprimidas y algo peludas, de colores claros respecto al cuerpo, que presenta tonos desde el marrón al verde oliva.</t>
   </si>
   <si>
     <t>Rhopilema nomadica Galil, 1990</t>
   </si>
   <si>
     <t>prueba_Medusa del mar rojo (Castellano), Nomad jellyfish (Inglés)</t>
   </si>
   <si>
     <t>Medusa de tamaño mediano, cuya umbela es semiesférica, más gruesa en el centro; puede medir entre 10 y 90 cm de diámetro, aunque normalmente oscila entre os 40 y 60 cm. Es de color azul claro, con gránulos pequeños en la umbela. El margen de la umbela se divide en 64 orejeras velares redondeadas. Del centro salen 8 brazos orales, grandes, divididos a la mitad de su longitud en dos ramificaciones con numerosos filamentos largos. El extremo inferior tiene un apéndice vermicular que termina en un delgado filamento. La cavidad del estómago es casi octogonal.</t>
   </si>
   <si>
     <t>Rhynchophorus ferrugineus Olivier, 1790</t>
   </si>
   <si>
     <t>prueba_Picudo rojo (Castellano), Gorgojo de las palmeras (Castellano), Red palm weevil (Inglés)</t>
   </si>
   <si>
     <t>Huevos de color blanco cremoso o amarillento, ovalado, brillante, de unos 2.6 mm de largo y 1.12 mm de ancho. Antes de que eclosionen, es posible ver a través de la cáscara las mandíbulas marrones de las larvas. Las larvas son piriformes, ápodas, blancas o blanco cremoso, con la cápsula cefálica marrón rojizo oscuro; miden hasta 35 mm de largo; su cuerpo está compuesto por 13 segmentos y aparece ligeramente curvado; las piezas bucales están bien desarrolladas y quitinizadas. El capullo es ovalado, de entre 4-6 cm de longitud, formado por fibras de la palmera. Las pupas son de color crema al principio, volviéndose marrones con el tiempo, con la superficie brillante, arrugada y reticulada. Los adultos tienen el cuerpo ovalado, de unos 19-42 mm de largo y de 8 a 16 mm de ancho, con un rostro largo y curvado que en los machos está cubierto por un cepillo de setas mientras que en las hembras es liso. El submentón está encorvado. Presenta manchas oscuras en la parte superior del cuerpo. La coloración es variable, desde pardo anaranjado claro a rojo ferruginoso, opaco o brillante, con o sin manchas negras en el pronoto, de forma y número variable.</t>
   </si>
   <si>
     <t>Ricinus communis L.</t>
   </si>
   <si>
-    <t>prueba_Venenero (Castellano), Catapucia mayor (Castellano), Tartaguero (Castellano), Árbol del demonio (Castellano), Hiera del demonio (Castellano), Tartago (Castellano), Tártago (Castellano), Higuerillo (Castellano), Higuera del demonio (Castellano), Higuera del infierno (Castellano), Mosquitera (Castellano), Rezino (Castellano), Ricina (Castellano), Ricino (Castellano), Errizinu (Euskera), Akain-belar (Euskera), Mugera (Catalán), Ricí (Catalán), Gallaret (Catalán), Olàde regina (Catalán), Oli de ricina (Catalán), Oli de ricino (Catalán), Resiner (Catalán), Figuera del diable (Catalán), Riciner (Catalán), Rícino (Gallego), Figuira do inferno (Gallego), Bafureira (Gallego), Catapúcia (Gallego), Mongeta d'enfiter (Mallorquín), Enfit (Mallorquín), Enfiter (Mallorquín), Mongeta d'enfit (Mallorquín), Figuera borda (Valenciano), Ricino (Valenciano), Higuera infernal (Valenciano), Cagamutxo (Valenciano)</t>
-[...2 lines deleted...]
-    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Gallego, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano</t>
+    <t>prueba_Tartaguero (Castellano), Catapucia mayor (Castellano), Árbol del demonio (Castellano), Hiera del demonio (Castellano), Higuera del demonio (Castellano), Higuera del infierno (Castellano), Mosquitera (Castellano), Rezino (Castellano), Ricina (Castellano), Ricino (Castellano), Tartago (Castellano), Tártago (Castellano), Venenero (Castellano), Higuerillo (Castellano), Tartero (Castellano), Errizinu (Euskera), Akain-belar (Euskera), Olàde regina (Catalán), Oli de ricina (Catalán), Oli de ricino (Catalán), Resiner (Catalán), Mugera (Catalán), Gallaret (Catalán), Ricí (Catalán), Figuera del diable (Catalán), Riciner (Catalán), Rícino (Gallego), Figuira do inferno (Gallego), Bafureira (Gallego), Catapúcia (Gallego), Enfiter (Mallorquín), Mongeta d'enfit (Mallorquín), Mongeta d'enfiter (Mallorquín), Enfit (Mallorquín), Cagamutxo (Valenciano), Ricino (Valenciano), Higuera infernal (Valenciano), Figuera borda (Valenciano)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Gallego, Gallego, Mallorquín, Mallorquín, Mallorquín, Mallorquín, Valenciano, Valenciano, Valenciano, Valenciano</t>
   </si>
   <si>
     <t>Arbusto o pequeño arbolillo robusto, glabro, de hasta 3 metros de alto, con el tallo hueco, generalmente glauco o de color púrpura, cubierto de pruína. Las hojas son grandes, de 10-50 cm de diámetro, de color verde oscuro o glaucas (cuando son jóvenes suelen ser de color rojo oscuro), glabras, palmeadas, con (5)7-9 lóbulos desiguales de bordes irregularmente dentados con el ápice agudo. Cada lóbulo tiene un nervio centra prominente. Los peciolos son rojizos, y tienen glándulas apicales de unos 2 mm. Las inflorescencias aparecen en cimas bracteadas reunidas en panículas terminales. Las flores son unisexuales, las masculinas con 5 tépalos soldados de color amarillento, situadas en la parte inferior de la inflorescencia, y las femeninas, en la parte superior, con 3 o 5 tépalos linear-lanceolados de color rojizo. El fruto es una cápsula globosa trilobulada, de color verdoso que se torna a rojo al madurar, cubierta de abundantes espinas romas y suaves, glabra, que contiene las semillas elipsoidales, lisas, lustrosas y jaspeadas, provistas de una excrecencia apical.</t>
   </si>
   <si>
     <t>Salvelinus fontinalis (Mitchill, 1814)</t>
   </si>
   <si>
     <t>prueba_Salvelino (Castellano), Salvelino o trucha de arroyo (Castellano), Trucha de arroyo (Castellano), Amuarrian (Euskera), Amuarrian kanadiarra (Euskera), Truita de fontana (Catalán), Salvelí (Catalán), American brook trout (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán, Inglés</t>
   </si>
   <si>
     <t>El salvelino es un pez dulceacuícola de tamaño mediano, parecido a una trucha, que no suele superar los 20-35 cm de longitud, ni el medio kilogramo de peso. La cabeza está provista de una potente boca con dientes curvos; es muy particular el epitelio de la cavidad bucal que es de color negruzco. Las mandíbulas se ensamblan sobrepasando el premaxilar la parte posterior del ojo. El vómer (hueso situado en la parte delantera del paladar) es corto y grueso. Tiene dos aletas dorsales, la primera provista de 10-14 radios, mientras que la segunda es adiposa. La aleta anal cuenta con 9-13 radios. La aleta caudal es amplia, muy escotada en los jóvenes y sólo ligeramente cóncava en adultos. La parte externa de las aletas inferiores es de color blanco ribeteadas en negro, al igual que la aleta caudal. El cuerpo está cubierto de pequeñas escamas con unas 230 en la línea lateral. La parte dorsal es de color verde oliva (a veces azul grisáceo o marrón oscuro) con manchas blancas sinuosas muy características. Los flancos son más claros, con muchas manchas rojizas que en ocasiones presentan ocelos (“halos” azules). El vientre es de tonalidades claras, color crema o rosado. Durante la temporada de cría, los machos adquieren un vistoso color rojo-naranja a lo largo de los flancos.</t>
   </si>
   <si>
     <t>Sargassum muticum (Yendo) Fensholt, 1955</t>
   </si>
   <si>
     <t>prueba_Sargado (Castellano), Japweed (Inglés), Wireweed (Inglés)</t>
   </si>
   <si>
     <t>Alga parda, pseudoperenne, de gran tamaño, pudiendo alcanzar los 2 metros de altura. El color varía del marrón amarillento al verde oliva. La parte más baja presenta un disco basal adhesivo, con el cual se fija al sustrato, y del que salen generalmente un corto tallo principal (a veces varios). Las ramas principales se disponen en espiral, con ramificación alterna, formando una intrincada maraña. Las hojas son pequeñas, de bordes lisos o dentados (en este caso, se asemejan a pequeñas hojas de acebo). Los órganos reproductores tienen forma de maza. Presenta pequeñas y numerosas vesículas esféricas de flotación de 2-3 mm.</t>
   </si>
@@ -5986,89 +5989,95 @@
   <si>
     <t>Lampropeltis mexicana Webb, 1961</t>
   </si>
   <si>
     <t>Lampropeltis pyromelana Tanner, 1953</t>
   </si>
   <si>
     <t>Lampropeltis ruthveni Blanchard, 1920</t>
   </si>
   <si>
     <t>Lampropeltis splendida (Baird &amp; Girard, 1853)</t>
   </si>
   <si>
     <t>Lampropeltis triangulum (Lacépède, 1789)</t>
   </si>
   <si>
     <t>Langaha madagascariensis Bonaterre, 1790</t>
   </si>
   <si>
     <t>Leioheterodon madagascariensis (Duméril &amp; Bibron, 1854)</t>
   </si>
   <si>
     <t>Ludwigia repens J.R.Forst.</t>
   </si>
   <si>
+    <t>prueba_Duraznillo de agua (Castellano)</t>
+  </si>
+  <si>
     <t>Mauremys annamensis (Siebenrock, 1903)</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Annamemys annamensis Savage, 1953, Annamemys merkleni Bourret, 1939, Cyclemys annamensis Siebenrock, 1903</t>
   </si>
   <si>
     <t>Mauremys mutica (Cantor, 1842)</t>
   </si>
   <si>
     <t>Annamemys grochovskiae Tien, 1957, Cathaiemys mutica Lindholm, 1932, Clemmys mutica Siebenrock, 1910, Clemmys nigricans Strauch, 1862, Clemmys schmackeri Boettger, 1894, Damonia mutica Boulenger, 1889, Emys mutica Gray, 1844, Emys muticus Cantor, 1842, Geoclemmys mutica Siebenrock, 1909, Mauremys guangxiensis Obst, 2003, Mauremys mutica Mcdowell, 1964</t>
   </si>
   <si>
     <t>Mauremys sinensis (Gray, 1834)</t>
   </si>
   <si>
     <t>Emys bennettii Gray, 1844, Emys chinensis Gray, 1870, Emys sinensis Gray, 1834, Ocadia sinensis Tao, 1988, Testudo anyangensis Ping, 1930</t>
   </si>
   <si>
     <t>Mungos mungo (Gmelin, 1788)</t>
   </si>
   <si>
     <t>Nasua narica (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>prueba_Coatí de nariz blanca (Castellano)</t>
   </si>
   <si>
     <t>Nasua nasua (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>prueba_Coatí rojo (Castellano), Coatí de cola anillada (Castellano)</t>
   </si>
   <si>
     <t>Paramisgurnus dabryanus Dabry de Thiersant, 1872</t>
   </si>
   <si>
+    <t>prueba_Locha china (Castellano)</t>
+  </si>
+  <si>
     <t>Pituophis melanoleucus Stebbins, 1985</t>
   </si>
   <si>
     <t>Ploceus cucullatus (Müller, 1776)</t>
   </si>
   <si>
     <t>prueba_Village Weaver (Inglés), Tisserin gendarme (Francés)</t>
   </si>
   <si>
     <t>Ploceus jacksoni Shelley, 1888</t>
   </si>
   <si>
     <t>Ploceus melanocephalus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Tejedor cabecinegro (Castellano)</t>
   </si>
   <si>
     <t>Ploceus velatus Vieillot, 1819</t>
   </si>
   <si>
     <t>Pomacea bridgesii (Reeve, 1856)</t>
   </si>
   <si>
     <t>Pomacea canaliculata (Lamarck, 1822)</t>
@@ -6209,50 +6218,53 @@
     <t>Anser albifrons subsp. albifrons</t>
   </si>
   <si>
     <t>Anexo III</t>
   </si>
   <si>
     <t>Ardea cinerea cinerea</t>
   </si>
   <si>
     <t>Ardea purpurea purpurea</t>
   </si>
   <si>
     <t>Ardeola ralloides ralloides</t>
   </si>
   <si>
     <t>Azolla caroliniana Willd.</t>
   </si>
   <si>
     <t>prueba_Arzolla (Castellano), Falguera d'aigo (Mallorquín), Verdet d'aigo (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Mallorquín, Mallorquín</t>
   </si>
   <si>
     <t>Batrachochytrium dendrobatidis Longcore, Pessier &amp; D.K. Nichols</t>
+  </si>
+  <si>
+    <t>prueba_Quitridio (Castellano)</t>
   </si>
   <si>
     <t>Hongos</t>
   </si>
   <si>
     <t>Botaurus stellaris stellaris</t>
   </si>
   <si>
     <t>Calidris alpina schinzii</t>
   </si>
   <si>
     <t>prueba_Correlimos común (Castellano)</t>
   </si>
   <si>
     <t>Calidris maritima subsp. maritima (Brünnich, 1764)</t>
   </si>
   <si>
     <t>Callosciurus prevostii rafflesii (Vigors and Horsfield, 1828)</t>
   </si>
   <si>
     <t>Charadrius alexandrinus alexandrinus</t>
   </si>
   <si>
     <t>Charadrius dubius curonicus</t>
   </si>
@@ -8224,6962 +8236,6962 @@
       <c r="K29"/>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
         <v>92</v>
       </c>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
         <v>16237</v>
       </c>
       <c r="B30" t="s">
         <v>165</v>
       </c>
       <c r="C30" t="s">
         <v>166</v>
       </c>
       <c r="D30" t="s">
+        <v>115</v>
+      </c>
+      <c r="E30" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F30" t="s">
         <v>85</v>
       </c>
       <c r="G30" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="H30" t="s">
         <v>23</v>
       </c>
       <c r="I30" t="s">
         <v>98</v>
       </c>
       <c r="J30" t="s">
         <v>25</v>
       </c>
       <c r="K30"/>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="Q30" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
         <v>10593</v>
       </c>
       <c r="B31" t="s">
+        <v>170</v>
+      </c>
+      <c r="C31" t="s">
         <v>171</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E31" t="s">
         <v>109</v>
       </c>
       <c r="F31" t="s">
         <v>85</v>
       </c>
       <c r="G31" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="H31" t="s">
         <v>23</v>
       </c>
       <c r="I31" t="s">
         <v>98</v>
       </c>
       <c r="J31" t="s">
         <v>25</v>
       </c>
       <c r="K31"/>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
         <v>10594</v>
       </c>
       <c r="B32" t="s">
+        <v>174</v>
+      </c>
+      <c r="C32" t="s">
         <v>175</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E32" t="s">
         <v>109</v>
       </c>
       <c r="F32" t="s">
         <v>85</v>
       </c>
       <c r="G32" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="H32" t="s">
         <v>23</v>
       </c>
       <c r="I32" t="s">
         <v>98</v>
       </c>
       <c r="J32" t="s">
         <v>25</v>
       </c>
       <c r="K32"/>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
         <v>10599</v>
       </c>
       <c r="B33" t="s">
+        <v>178</v>
+      </c>
+      <c r="C33" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="D33" t="s">
         <v>83</v>
       </c>
       <c r="E33" t="s">
         <v>84</v>
       </c>
       <c r="F33" t="s">
         <v>85</v>
       </c>
       <c r="G33" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="H33" t="s">
         <v>23</v>
       </c>
       <c r="I33" t="s">
         <v>24</v>
       </c>
       <c r="J33" t="s">
         <v>25</v>
       </c>
       <c r="K33"/>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
         <v>10602</v>
       </c>
       <c r="B34" t="s">
+        <v>181</v>
+      </c>
+      <c r="C34" t="s">
         <v>182</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E34" t="s">
         <v>84</v>
       </c>
       <c r="F34" t="s">
         <v>85</v>
       </c>
       <c r="G34" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H34" t="s">
         <v>23</v>
       </c>
       <c r="I34" t="s">
         <v>24</v>
       </c>
       <c r="J34" t="s">
         <v>25</v>
       </c>
       <c r="K34"/>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34"/>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="Q34" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
         <v>10606</v>
       </c>
       <c r="B35" t="s">
+        <v>186</v>
+      </c>
+      <c r="C35" t="s">
         <v>187</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E35" t="s">
         <v>84</v>
       </c>
       <c r="F35" t="s">
         <v>85</v>
       </c>
       <c r="G35" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="H35" t="s">
         <v>23</v>
       </c>
       <c r="I35" t="s">
         <v>24</v>
       </c>
       <c r="J35" t="s">
         <v>25</v>
       </c>
       <c r="K35"/>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
         <v>12340</v>
       </c>
       <c r="B36" t="s">
+        <v>190</v>
+      </c>
+      <c r="C36" t="s">
         <v>191</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E36" t="s">
         <v>84</v>
       </c>
       <c r="F36" t="s">
         <v>85</v>
       </c>
       <c r="G36" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="H36" t="s">
         <v>23</v>
       </c>
       <c r="I36" t="s">
         <v>34</v>
       </c>
       <c r="J36" t="s">
         <v>46</v>
       </c>
       <c r="K36" t="s">
         <v>47</v>
       </c>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36" t="s">
         <v>36</v>
       </c>
       <c r="P36"/>
       <c r="Q36" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
         <v>33095</v>
       </c>
       <c r="B37" t="s">
+        <v>194</v>
+      </c>
+      <c r="C37" t="s">
         <v>195</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E37" t="s">
         <v>109</v>
       </c>
       <c r="F37" t="s">
         <v>85</v>
       </c>
       <c r="G37" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="H37" t="s">
         <v>23</v>
       </c>
       <c r="I37" t="s">
         <v>111</v>
       </c>
       <c r="J37" t="s">
         <v>112</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="Q37" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
         <v>11544</v>
       </c>
       <c r="B38" t="s">
+        <v>199</v>
+      </c>
+      <c r="C38" t="s">
         <v>200</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>201</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>202</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
         <v>203</v>
       </c>
-      <c r="F38" t="s">
+      <c r="G38" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="H38" t="s">
         <v>23</v>
       </c>
       <c r="I38" t="s">
         <v>34</v>
       </c>
       <c r="J38" t="s">
         <v>46</v>
       </c>
       <c r="K38" t="s">
         <v>66</v>
       </c>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38" t="s">
         <v>48</v>
       </c>
       <c r="P38"/>
       <c r="Q38" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
         <v>10949</v>
       </c>
       <c r="B39" t="s">
+        <v>205</v>
+      </c>
+      <c r="C39" t="s">
         <v>206</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>207</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>208</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>203</v>
+      </c>
+      <c r="G39" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="H39" t="s">
         <v>23</v>
       </c>
       <c r="I39" t="s">
         <v>34</v>
       </c>
       <c r="J39" t="s">
         <v>46</v>
       </c>
       <c r="K39" t="s">
         <v>47</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39" t="s">
         <v>36</v>
       </c>
       <c r="P39"/>
       <c r="Q39" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
         <v>10947</v>
       </c>
       <c r="B40" t="s">
+        <v>210</v>
+      </c>
+      <c r="C40" t="s">
         <v>211</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>212</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
+        <v>208</v>
+      </c>
+      <c r="F40" t="s">
+        <v>203</v>
+      </c>
+      <c r="G40" t="s">
         <v>213</v>
-      </c>
-[...7 lines deleted...]
-        <v>214</v>
       </c>
       <c r="H40" t="s">
         <v>23</v>
       </c>
       <c r="I40" t="s">
         <v>34</v>
       </c>
       <c r="J40" t="s">
         <v>35</v>
       </c>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40" t="s">
         <v>36</v>
       </c>
       <c r="P40" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="Q40" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
         <v>11261</v>
       </c>
       <c r="B41" t="s">
+        <v>215</v>
+      </c>
+      <c r="C41" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="D41" t="s">
         <v>41</v>
       </c>
       <c r="E41" t="s">
+        <v>217</v>
+      </c>
+      <c r="F41" t="s">
+        <v>203</v>
+      </c>
+      <c r="G41" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="H41" t="s">
         <v>23</v>
       </c>
       <c r="I41" t="s">
         <v>34</v>
       </c>
       <c r="J41" t="s">
         <v>46</v>
       </c>
       <c r="K41" t="s">
         <v>47</v>
       </c>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
       <c r="O41" t="s">
         <v>48</v>
       </c>
       <c r="P41"/>
       <c r="Q41" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
         <v>11961</v>
       </c>
       <c r="B42" t="s">
+        <v>219</v>
+      </c>
+      <c r="C42" t="s">
         <v>220</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>221</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>222</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>223</v>
       </c>
-      <c r="F42" t="s">
+      <c r="G42" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="H42" t="s">
         <v>23</v>
       </c>
       <c r="I42" t="s">
         <v>34</v>
       </c>
       <c r="J42" t="s">
         <v>46</v>
       </c>
       <c r="K42" t="s">
         <v>66</v>
       </c>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42" t="s">
         <v>48</v>
       </c>
       <c r="P42"/>
       <c r="Q42" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
         <v>10913</v>
       </c>
       <c r="B43" t="s">
+        <v>225</v>
+      </c>
+      <c r="C43" t="s">
         <v>226</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>227</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>228</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
         <v>229</v>
       </c>
-      <c r="F43" t="s">
+      <c r="G43" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="H43" t="s">
         <v>23</v>
       </c>
       <c r="I43" t="s">
         <v>111</v>
       </c>
       <c r="J43" t="s">
         <v>112</v>
       </c>
       <c r="K43" t="s">
         <v>47</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="Q43" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
         <v>11351</v>
       </c>
       <c r="B44" t="s">
+        <v>232</v>
+      </c>
+      <c r="C44" t="s">
         <v>233</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>234</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>235</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
         <v>236</v>
       </c>
-      <c r="F44" t="s">
+      <c r="G44" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="H44" t="s">
         <v>23</v>
       </c>
       <c r="I44" t="s">
         <v>34</v>
       </c>
       <c r="J44" t="s">
         <v>46</v>
       </c>
       <c r="K44" t="s">
         <v>47</v>
       </c>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44" t="s">
         <v>36</v>
       </c>
       <c r="P44"/>
       <c r="Q44" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
         <v>12171</v>
       </c>
       <c r="B45" t="s">
+        <v>238</v>
+      </c>
+      <c r="C45" t="s">
         <v>239</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>240</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
+        <v>235</v>
+      </c>
+      <c r="F45" t="s">
+        <v>236</v>
+      </c>
+      <c r="G45" t="s">
         <v>241</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
       <c r="H45" t="s">
         <v>23</v>
       </c>
       <c r="I45" t="s">
         <v>34</v>
       </c>
       <c r="J45" t="s">
         <v>46</v>
       </c>
       <c r="K45" t="s">
         <v>47</v>
       </c>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45" t="s">
         <v>36</v>
       </c>
       <c r="P45"/>
       <c r="Q45" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
         <v>10993</v>
       </c>
       <c r="B46" t="s">
+        <v>242</v>
+      </c>
+      <c r="C46" t="s">
         <v>243</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>192</v>
+      </c>
+      <c r="E46" t="s">
+        <v>235</v>
+      </c>
+      <c r="F46" t="s">
+        <v>236</v>
+      </c>
+      <c r="G46" t="s">
         <v>244</v>
-      </c>
-[...10 lines deleted...]
-        <v>245</v>
       </c>
       <c r="H46" t="s">
         <v>23</v>
       </c>
       <c r="I46" t="s">
         <v>34</v>
       </c>
       <c r="J46" t="s">
         <v>46</v>
       </c>
       <c r="K46" t="s">
         <v>47</v>
       </c>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
       <c r="O46" t="s">
         <v>36</v>
       </c>
       <c r="P46"/>
       <c r="Q46" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
         <v>11316</v>
       </c>
       <c r="B47" t="s">
+        <v>245</v>
+      </c>
+      <c r="C47" t="s">
         <v>246</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>192</v>
+      </c>
+      <c r="E47" t="s">
         <v>247</v>
       </c>
-      <c r="D47" t="s">
-[...2 lines deleted...]
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>236</v>
+      </c>
+      <c r="G47" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
       <c r="H47" t="s">
         <v>23</v>
       </c>
       <c r="I47" t="s">
         <v>34</v>
       </c>
       <c r="J47" t="s">
         <v>46</v>
       </c>
       <c r="K47" t="s">
         <v>66</v>
       </c>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47" t="s">
         <v>48</v>
       </c>
       <c r="P47"/>
       <c r="Q47" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
         <v>10768</v>
       </c>
       <c r="B48" t="s">
+        <v>249</v>
+      </c>
+      <c r="C48" t="s">
         <v>250</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>251</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>252</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>236</v>
+      </c>
+      <c r="G48" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="H48" t="s">
         <v>23</v>
       </c>
       <c r="I48" t="s">
         <v>34</v>
       </c>
       <c r="J48" t="s">
         <v>35</v>
       </c>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P48"/>
       <c r="Q48" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
         <v>12000</v>
       </c>
       <c r="B49" t="s">
+        <v>255</v>
+      </c>
+      <c r="C49" t="s">
         <v>256</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>257</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
+        <v>235</v>
+      </c>
+      <c r="F49" t="s">
+        <v>236</v>
+      </c>
+      <c r="G49" t="s">
         <v>258</v>
-      </c>
-[...7 lines deleted...]
-        <v>259</v>
       </c>
       <c r="H49" t="s">
         <v>23</v>
       </c>
       <c r="I49" t="s">
         <v>34</v>
       </c>
       <c r="J49" t="s">
         <v>35</v>
       </c>
       <c r="K49"/>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49"/>
       <c r="O49" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P49"/>
       <c r="Q49" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
         <v>10944</v>
       </c>
       <c r="B50" t="s">
+        <v>260</v>
+      </c>
+      <c r="C50" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D50" t="s">
         <v>41</v>
       </c>
       <c r="E50" t="s">
+        <v>235</v>
+      </c>
+      <c r="F50" t="s">
         <v>236</v>
       </c>
-      <c r="F50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="H50" t="s">
         <v>23</v>
       </c>
       <c r="I50" t="s">
         <v>34</v>
       </c>
       <c r="J50" t="s">
         <v>46</v>
       </c>
       <c r="K50" t="s">
         <v>47</v>
       </c>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50" t="s">
         <v>48</v>
       </c>
       <c r="P50"/>
       <c r="Q50" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
         <v>12336</v>
       </c>
       <c r="B51" t="s">
+        <v>263</v>
+      </c>
+      <c r="C51" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="D51" t="s">
         <v>41</v>
       </c>
       <c r="E51" t="s">
+        <v>235</v>
+      </c>
+      <c r="F51" t="s">
         <v>236</v>
       </c>
-      <c r="F51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="H51" t="s">
         <v>23</v>
       </c>
       <c r="I51" t="s">
         <v>34</v>
       </c>
       <c r="J51" t="s">
         <v>46</v>
       </c>
       <c r="K51" t="s">
         <v>47</v>
       </c>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
       <c r="O51" t="s">
         <v>36</v>
       </c>
       <c r="P51"/>
       <c r="Q51" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
         <v>10743</v>
       </c>
       <c r="B52" t="s">
+        <v>266</v>
+      </c>
+      <c r="C52" t="s">
         <v>267</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>268</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
+        <v>252</v>
+      </c>
+      <c r="F52" t="s">
+        <v>236</v>
+      </c>
+      <c r="G52" t="s">
         <v>269</v>
-      </c>
-[...7 lines deleted...]
-        <v>270</v>
       </c>
       <c r="H52" t="s">
         <v>23</v>
       </c>
       <c r="I52" t="s">
         <v>34</v>
       </c>
       <c r="J52" t="s">
         <v>46</v>
       </c>
       <c r="K52" t="s">
         <v>47</v>
       </c>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52" t="s">
         <v>36</v>
       </c>
       <c r="P52"/>
       <c r="Q52" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
         <v>11930</v>
       </c>
       <c r="B53" t="s">
+        <v>270</v>
+      </c>
+      <c r="C53" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D53" t="s">
         <v>41</v>
       </c>
       <c r="E53" t="s">
+        <v>235</v>
+      </c>
+      <c r="F53" t="s">
         <v>236</v>
       </c>
-      <c r="F53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G53" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="H53" t="s">
         <v>23</v>
       </c>
       <c r="I53" t="s">
         <v>34</v>
       </c>
       <c r="J53" t="s">
         <v>46</v>
       </c>
       <c r="K53" t="s">
         <v>47</v>
       </c>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
       <c r="O53" t="s">
         <v>36</v>
       </c>
       <c r="P53"/>
       <c r="Q53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
         <v>16302</v>
       </c>
       <c r="B54" t="s">
+        <v>273</v>
+      </c>
+      <c r="C54" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D54" t="s">
         <v>155</v>
       </c>
       <c r="E54" t="s">
+        <v>275</v>
+      </c>
+      <c r="F54" t="s">
+        <v>236</v>
+      </c>
+      <c r="G54" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>277</v>
       </c>
       <c r="H54" t="s">
         <v>23</v>
       </c>
       <c r="I54" t="s">
         <v>34</v>
       </c>
       <c r="J54" t="s">
         <v>46</v>
       </c>
       <c r="K54" t="s">
         <v>66</v>
       </c>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
       <c r="O54" t="s">
         <v>48</v>
       </c>
       <c r="P54" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="Q54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
         <v>10896</v>
       </c>
       <c r="B55" t="s">
+        <v>278</v>
+      </c>
+      <c r="C55" t="s">
         <v>279</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>280</v>
       </c>
-      <c r="D55" t="s">
+      <c r="E55" t="s">
+        <v>235</v>
+      </c>
+      <c r="F55" t="s">
+        <v>236</v>
+      </c>
+      <c r="G55" t="s">
         <v>281</v>
-      </c>
-[...7 lines deleted...]
-        <v>282</v>
       </c>
       <c r="H55" t="s">
         <v>23</v>
       </c>
       <c r="I55" t="s">
         <v>34</v>
       </c>
       <c r="J55" t="s">
         <v>46</v>
       </c>
       <c r="K55" t="s">
         <v>47</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
       <c r="O55" t="s">
         <v>36</v>
       </c>
       <c r="P55"/>
       <c r="Q55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
         <v>11273</v>
       </c>
       <c r="B56" t="s">
+        <v>282</v>
+      </c>
+      <c r="C56" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D56" t="s">
         <v>155</v>
       </c>
       <c r="E56" t="s">
+        <v>284</v>
+      </c>
+      <c r="F56" t="s">
+        <v>236</v>
+      </c>
+      <c r="G56" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56" t="s">
         <v>34</v>
       </c>
       <c r="J56" t="s">
         <v>46</v>
       </c>
       <c r="K56" t="s">
         <v>47</v>
       </c>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
       <c r="O56" t="s">
         <v>48</v>
       </c>
       <c r="P56"/>
       <c r="Q56" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
         <v>11921</v>
       </c>
       <c r="B57" t="s">
+        <v>286</v>
+      </c>
+      <c r="C57" t="s">
         <v>287</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>201</v>
+      </c>
+      <c r="E57" t="s">
+        <v>235</v>
+      </c>
+      <c r="F57" t="s">
+        <v>236</v>
+      </c>
+      <c r="G57" t="s">
         <v>288</v>
-      </c>
-[...10 lines deleted...]
-        <v>289</v>
       </c>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
         <v>34</v>
       </c>
       <c r="J57" t="s">
         <v>46</v>
       </c>
       <c r="K57" t="s">
         <v>47</v>
       </c>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
       <c r="O57" t="s">
         <v>36</v>
       </c>
       <c r="P57"/>
       <c r="Q57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
         <v>10917</v>
       </c>
       <c r="B58" t="s">
+        <v>289</v>
+      </c>
+      <c r="C58" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="D58" t="s">
         <v>105</v>
       </c>
       <c r="E58" t="s">
+        <v>235</v>
+      </c>
+      <c r="F58" t="s">
         <v>236</v>
       </c>
-      <c r="F58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="H58" t="s">
         <v>23</v>
       </c>
       <c r="I58" t="s">
         <v>34</v>
       </c>
       <c r="J58" t="s">
         <v>46</v>
       </c>
       <c r="K58" t="s">
         <v>47</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
       <c r="O58" t="s">
         <v>48</v>
       </c>
       <c r="P58"/>
       <c r="Q58" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
         <v>11496</v>
       </c>
       <c r="B59" t="s">
+        <v>292</v>
+      </c>
+      <c r="C59" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="D59" t="s">
         <v>41</v>
       </c>
       <c r="E59" t="s">
+        <v>235</v>
+      </c>
+      <c r="F59" t="s">
         <v>236</v>
       </c>
-      <c r="F59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G59" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="H59" t="s">
         <v>23</v>
       </c>
       <c r="I59" t="s">
         <v>34</v>
       </c>
       <c r="J59" t="s">
         <v>46</v>
       </c>
       <c r="K59" t="s">
         <v>47</v>
       </c>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
       <c r="O59" t="s">
         <v>36</v>
       </c>
       <c r="P59"/>
       <c r="Q59" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
         <v>10922</v>
       </c>
       <c r="B60" t="s">
+        <v>295</v>
+      </c>
+      <c r="C60" t="s">
         <v>296</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>192</v>
+      </c>
+      <c r="E60" t="s">
+        <v>235</v>
+      </c>
+      <c r="F60" t="s">
+        <v>236</v>
+      </c>
+      <c r="G60" t="s">
         <v>297</v>
-      </c>
-[...10 lines deleted...]
-        <v>298</v>
       </c>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
         <v>34</v>
       </c>
       <c r="J60" t="s">
         <v>46</v>
       </c>
       <c r="K60" t="s">
         <v>47</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60"/>
       <c r="O60" t="s">
         <v>36</v>
       </c>
       <c r="P60"/>
       <c r="Q60" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
         <v>10649</v>
       </c>
       <c r="B61" t="s">
+        <v>298</v>
+      </c>
+      <c r="C61" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="D61" t="s">
         <v>41</v>
       </c>
       <c r="E61" t="s">
+        <v>235</v>
+      </c>
+      <c r="F61" t="s">
         <v>236</v>
       </c>
-      <c r="F61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G61" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="H61" t="s">
         <v>23</v>
       </c>
       <c r="I61" t="s">
         <v>34</v>
       </c>
       <c r="J61" t="s">
         <v>46</v>
       </c>
       <c r="K61" t="s">
         <v>47</v>
       </c>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61"/>
       <c r="O61" t="s">
         <v>36</v>
       </c>
       <c r="P61"/>
       <c r="Q61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
         <v>10678</v>
       </c>
       <c r="B62" t="s">
+        <v>301</v>
+      </c>
+      <c r="C62" t="s">
         <v>302</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>303</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62" t="s">
+        <v>235</v>
+      </c>
+      <c r="F62" t="s">
+        <v>236</v>
+      </c>
+      <c r="G62" t="s">
         <v>304</v>
-      </c>
-[...7 lines deleted...]
-        <v>305</v>
       </c>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62" t="s">
         <v>34</v>
       </c>
       <c r="J62" t="s">
         <v>46</v>
       </c>
       <c r="K62" t="s">
         <v>47</v>
       </c>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62"/>
       <c r="O62" t="s">
         <v>36</v>
       </c>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
         <v>10957</v>
       </c>
       <c r="B63" t="s">
+        <v>305</v>
+      </c>
+      <c r="C63" t="s">
         <v>306</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>240</v>
+      </c>
+      <c r="E63" t="s">
         <v>307</v>
       </c>
-      <c r="D63" t="s">
-[...2 lines deleted...]
-      <c r="E63" t="s">
+      <c r="F63" t="s">
+        <v>236</v>
+      </c>
+      <c r="G63" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
         <v>34</v>
       </c>
       <c r="J63" t="s">
         <v>46</v>
       </c>
       <c r="K63" t="s">
         <v>47</v>
       </c>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63"/>
       <c r="O63" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P63"/>
       <c r="Q63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
         <v>11262</v>
       </c>
       <c r="B64" t="s">
+        <v>309</v>
+      </c>
+      <c r="C64" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="D64" t="s">
         <v>155</v>
       </c>
       <c r="E64" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="F64" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G64" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
         <v>34</v>
       </c>
       <c r="J64" t="s">
         <v>46</v>
       </c>
       <c r="K64" t="s">
         <v>47</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
       <c r="O64" t="s">
         <v>36</v>
       </c>
       <c r="P64"/>
       <c r="Q64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
         <v>33046</v>
       </c>
       <c r="B65" t="s">
+        <v>312</v>
+      </c>
+      <c r="C65" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="D65" t="s">
         <v>41</v>
       </c>
       <c r="E65" t="s">
+        <v>235</v>
+      </c>
+      <c r="F65" t="s">
         <v>236</v>
       </c>
-      <c r="F65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
         <v>34</v>
       </c>
       <c r="J65" t="s">
         <v>46</v>
       </c>
       <c r="K65" t="s">
         <v>47</v>
       </c>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
       <c r="O65" t="s">
+        <v>315</v>
+      </c>
+      <c r="P65" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="Q65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
         <v>11229</v>
       </c>
       <c r="B66" t="s">
+        <v>317</v>
+      </c>
+      <c r="C66" t="s">
         <v>318</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>319</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
+        <v>235</v>
+      </c>
+      <c r="F66" t="s">
+        <v>236</v>
+      </c>
+      <c r="G66" t="s">
         <v>320</v>
-      </c>
-[...7 lines deleted...]
-        <v>321</v>
       </c>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66" t="s">
         <v>34</v>
       </c>
       <c r="J66" t="s">
         <v>46</v>
       </c>
       <c r="K66" t="s">
         <v>47</v>
       </c>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66" t="s">
         <v>48</v>
       </c>
       <c r="P66"/>
       <c r="Q66" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
         <v>12122</v>
       </c>
       <c r="B67" t="s">
+        <v>321</v>
+      </c>
+      <c r="C67" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="D67" t="s">
         <v>155</v>
       </c>
       <c r="E67" t="s">
+        <v>323</v>
+      </c>
+      <c r="F67" t="s">
+        <v>236</v>
+      </c>
+      <c r="G67" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
         <v>34</v>
       </c>
       <c r="J67" t="s">
         <v>46</v>
       </c>
       <c r="K67" t="s">
         <v>47</v>
       </c>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
       <c r="O67" t="s">
         <v>36</v>
       </c>
       <c r="P67"/>
       <c r="Q67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
         <v>10969</v>
       </c>
       <c r="B68" t="s">
+        <v>325</v>
+      </c>
+      <c r="C68" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="D68" t="s">
         <v>147</v>
       </c>
       <c r="E68" t="s">
+        <v>235</v>
+      </c>
+      <c r="F68" t="s">
         <v>236</v>
       </c>
-      <c r="F68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G68" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
         <v>34</v>
       </c>
       <c r="J68" t="s">
         <v>35</v>
       </c>
       <c r="K68"/>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
       <c r="O68" t="s">
         <v>36</v>
       </c>
       <c r="P68"/>
       <c r="Q68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
         <v>11132</v>
       </c>
       <c r="B69" t="s">
+        <v>328</v>
+      </c>
+      <c r="C69" t="s">
         <v>329</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>330</v>
       </c>
-      <c r="D69" t="s">
+      <c r="E69" t="s">
+        <v>235</v>
+      </c>
+      <c r="F69" t="s">
+        <v>236</v>
+      </c>
+      <c r="G69" t="s">
         <v>331</v>
-      </c>
-[...7 lines deleted...]
-        <v>332</v>
       </c>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
         <v>34</v>
       </c>
       <c r="J69" t="s">
         <v>46</v>
       </c>
       <c r="K69" t="s">
         <v>47</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
       <c r="O69" t="s">
         <v>36</v>
       </c>
       <c r="P69" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="Q69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
         <v>10733</v>
       </c>
       <c r="B70" t="s">
+        <v>333</v>
+      </c>
+      <c r="C70" t="s">
         <v>334</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>192</v>
+      </c>
+      <c r="E70" t="s">
+        <v>235</v>
+      </c>
+      <c r="F70" t="s">
+        <v>236</v>
+      </c>
+      <c r="G70" t="s">
         <v>335</v>
-      </c>
-[...10 lines deleted...]
-        <v>336</v>
       </c>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
         <v>34</v>
       </c>
       <c r="J70" t="s">
         <v>46</v>
       </c>
       <c r="K70" t="s">
         <v>47</v>
       </c>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
       <c r="O70" t="s">
         <v>36</v>
       </c>
       <c r="P70"/>
       <c r="Q70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
         <v>11003</v>
       </c>
       <c r="B71" t="s">
+        <v>336</v>
+      </c>
+      <c r="C71" t="s">
         <v>337</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>330</v>
+      </c>
+      <c r="E71" t="s">
+        <v>235</v>
+      </c>
+      <c r="F71" t="s">
+        <v>236</v>
+      </c>
+      <c r="G71" t="s">
         <v>338</v>
-      </c>
-[...10 lines deleted...]
-        <v>339</v>
       </c>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
         <v>34</v>
       </c>
       <c r="J71" t="s">
         <v>46</v>
       </c>
       <c r="K71" t="s">
         <v>47</v>
       </c>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71" t="s">
         <v>36</v>
       </c>
       <c r="P71"/>
       <c r="Q71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
         <v>16434</v>
       </c>
       <c r="B72" t="s">
+        <v>339</v>
+      </c>
+      <c r="C72" t="s">
         <v>340</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>341</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
+        <v>235</v>
+      </c>
+      <c r="F72" t="s">
+        <v>236</v>
+      </c>
+      <c r="G72" t="s">
         <v>342</v>
-      </c>
-[...7 lines deleted...]
-        <v>343</v>
       </c>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
         <v>34</v>
       </c>
       <c r="J72" t="s">
         <v>35</v>
       </c>
       <c r="K72"/>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
       <c r="O72" t="s">
         <v>36</v>
       </c>
       <c r="P72" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="Q72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
         <v>16356</v>
       </c>
       <c r="B73" t="s">
+        <v>344</v>
+      </c>
+      <c r="C73" t="s">
         <v>345</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>346</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
+        <v>235</v>
+      </c>
+      <c r="F73" t="s">
+        <v>236</v>
+      </c>
+      <c r="G73" t="s">
         <v>347</v>
-      </c>
-[...7 lines deleted...]
-        <v>348</v>
       </c>
       <c r="H73" t="s">
         <v>45</v>
       </c>
       <c r="I73" t="s">
         <v>34</v>
       </c>
       <c r="J73" t="s">
         <v>35</v>
       </c>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
       <c r="O73" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P73" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="Q73" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
         <v>10891</v>
       </c>
       <c r="B74" t="s">
+        <v>349</v>
+      </c>
+      <c r="C74" t="s">
         <v>350</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>351</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
+        <v>235</v>
+      </c>
+      <c r="F74" t="s">
+        <v>236</v>
+      </c>
+      <c r="G74" t="s">
         <v>352</v>
-      </c>
-[...7 lines deleted...]
-        <v>353</v>
       </c>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
         <v>34</v>
       </c>
       <c r="J74" t="s">
         <v>46</v>
       </c>
       <c r="K74" t="s">
         <v>47</v>
       </c>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
       <c r="O74" t="s">
         <v>36</v>
       </c>
       <c r="P74"/>
       <c r="Q74" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
         <v>10894</v>
       </c>
       <c r="B75" t="s">
+        <v>353</v>
+      </c>
+      <c r="C75" t="s">
         <v>354</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>192</v>
+      </c>
+      <c r="E75" t="s">
+        <v>235</v>
+      </c>
+      <c r="F75" t="s">
+        <v>236</v>
+      </c>
+      <c r="G75" t="s">
         <v>355</v>
-      </c>
-[...10 lines deleted...]
-        <v>356</v>
       </c>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
         <v>34</v>
       </c>
       <c r="J75" t="s">
         <v>46</v>
       </c>
       <c r="K75" t="s">
         <v>47</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
       <c r="O75" t="s">
         <v>36</v>
       </c>
       <c r="P75"/>
       <c r="Q75" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
         <v>11336</v>
       </c>
       <c r="B76" t="s">
+        <v>356</v>
+      </c>
+      <c r="C76" t="s">
         <v>357</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>358</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>359</v>
       </c>
-      <c r="E76" t="s">
+      <c r="F76" t="s">
+        <v>236</v>
+      </c>
+      <c r="G76" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
       <c r="H76" t="s">
         <v>23</v>
       </c>
       <c r="I76" t="s">
         <v>34</v>
       </c>
       <c r="J76" t="s">
         <v>46</v>
       </c>
       <c r="K76" t="s">
         <v>47</v>
       </c>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76"/>
       <c r="O76" t="s">
         <v>48</v>
       </c>
       <c r="P76"/>
       <c r="Q76" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
         <v>11024</v>
       </c>
       <c r="B77" t="s">
+        <v>361</v>
+      </c>
+      <c r="C77" t="s">
         <v>362</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>363</v>
       </c>
-      <c r="D77" t="s">
+      <c r="E77" t="s">
+        <v>235</v>
+      </c>
+      <c r="F77" t="s">
+        <v>236</v>
+      </c>
+      <c r="G77" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>365</v>
       </c>
       <c r="H77" t="s">
         <v>23</v>
       </c>
       <c r="I77" t="s">
         <v>34</v>
       </c>
       <c r="J77" t="s">
         <v>46</v>
       </c>
       <c r="K77" t="s">
         <v>47</v>
       </c>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77"/>
       <c r="O77" t="s">
         <v>48</v>
       </c>
       <c r="P77"/>
       <c r="Q77" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
         <v>11369</v>
       </c>
       <c r="B78" t="s">
+        <v>365</v>
+      </c>
+      <c r="C78" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="D78" t="s">
         <v>155</v>
       </c>
       <c r="E78" t="s">
+        <v>235</v>
+      </c>
+      <c r="F78" t="s">
         <v>236</v>
       </c>
-      <c r="F78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G78" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="H78" t="s">
         <v>23</v>
       </c>
       <c r="I78" t="s">
         <v>34</v>
       </c>
       <c r="J78" t="s">
         <v>46</v>
       </c>
       <c r="K78" t="s">
         <v>47</v>
       </c>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
       <c r="O78" t="s">
         <v>36</v>
       </c>
       <c r="P78"/>
       <c r="Q78" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
         <v>11045</v>
       </c>
       <c r="B79" t="s">
+        <v>368</v>
+      </c>
+      <c r="C79" t="s">
         <v>369</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>330</v>
+      </c>
+      <c r="E79" t="s">
+        <v>235</v>
+      </c>
+      <c r="F79" t="s">
+        <v>236</v>
+      </c>
+      <c r="G79" t="s">
         <v>370</v>
-      </c>
-[...10 lines deleted...]
-        <v>371</v>
       </c>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
         <v>34</v>
       </c>
       <c r="J79" t="s">
         <v>46</v>
       </c>
       <c r="K79" t="s">
         <v>47</v>
       </c>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79"/>
       <c r="O79" t="s">
         <v>36</v>
       </c>
       <c r="P79"/>
       <c r="Q79" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
         <v>11608</v>
       </c>
       <c r="B80" t="s">
+        <v>371</v>
+      </c>
+      <c r="C80" t="s">
         <v>372</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>257</v>
+      </c>
+      <c r="E80" t="s">
+        <v>235</v>
+      </c>
+      <c r="F80" t="s">
+        <v>236</v>
+      </c>
+      <c r="G80" t="s">
         <v>373</v>
-      </c>
-[...10 lines deleted...]
-        <v>374</v>
       </c>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
         <v>34</v>
       </c>
       <c r="J80" t="s">
         <v>35</v>
       </c>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
       <c r="O80" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P80" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="Q80" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
         <v>11891</v>
       </c>
       <c r="B81" t="s">
+        <v>375</v>
+      </c>
+      <c r="C81" t="s">
         <v>376</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>377</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>378</v>
       </c>
-      <c r="E81" t="s">
+      <c r="F81" t="s">
+        <v>236</v>
+      </c>
+      <c r="G81" t="s">
         <v>379</v>
-      </c>
-[...4 lines deleted...]
-        <v>380</v>
       </c>
       <c r="H81" t="s">
         <v>23</v>
       </c>
       <c r="I81" t="s">
         <v>34</v>
       </c>
       <c r="J81" t="s">
         <v>35</v>
       </c>
       <c r="K81"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81"/>
       <c r="O81" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P81"/>
       <c r="Q81" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
         <v>11934</v>
       </c>
       <c r="B82" t="s">
+        <v>380</v>
+      </c>
+      <c r="C82" t="s">
         <v>381</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>382</v>
       </c>
-      <c r="D82" t="s">
+      <c r="E82" t="s">
+        <v>235</v>
+      </c>
+      <c r="F82" t="s">
+        <v>236</v>
+      </c>
+      <c r="G82" t="s">
         <v>383</v>
-      </c>
-[...7 lines deleted...]
-        <v>384</v>
       </c>
       <c r="H82" t="s">
         <v>23</v>
       </c>
       <c r="I82" t="s">
         <v>34</v>
       </c>
       <c r="J82" t="s">
         <v>35</v>
       </c>
       <c r="K82"/>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
       <c r="O82" t="s">
         <v>36</v>
       </c>
       <c r="P82"/>
       <c r="Q82" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
         <v>11075</v>
       </c>
       <c r="B83" t="s">
+        <v>384</v>
+      </c>
+      <c r="C83" t="s">
         <v>385</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>386</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" t="s">
+        <v>235</v>
+      </c>
+      <c r="F83" t="s">
+        <v>236</v>
+      </c>
+      <c r="G83" t="s">
         <v>387</v>
-      </c>
-[...7 lines deleted...]
-        <v>388</v>
       </c>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
         <v>34</v>
       </c>
       <c r="J83" t="s">
         <v>35</v>
       </c>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83"/>
       <c r="O83" t="s">
         <v>36</v>
       </c>
       <c r="P83"/>
       <c r="Q83" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
         <v>11086</v>
       </c>
       <c r="B84" t="s">
+        <v>388</v>
+      </c>
+      <c r="C84" t="s">
         <v>389</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>390</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84" t="s">
+        <v>235</v>
+      </c>
+      <c r="F84" t="s">
+        <v>236</v>
+      </c>
+      <c r="G84" t="s">
         <v>391</v>
-      </c>
-[...7 lines deleted...]
-        <v>392</v>
       </c>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
         <v>34</v>
       </c>
       <c r="J84" t="s">
         <v>35</v>
       </c>
       <c r="K84"/>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
       <c r="O84" t="s">
         <v>36</v>
       </c>
       <c r="P84"/>
       <c r="Q84" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
         <v>10952</v>
       </c>
       <c r="B85" t="s">
+        <v>392</v>
+      </c>
+      <c r="C85" t="s">
         <v>393</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>268</v>
+      </c>
+      <c r="E85" t="s">
+        <v>235</v>
+      </c>
+      <c r="F85" t="s">
+        <v>236</v>
+      </c>
+      <c r="G85" t="s">
         <v>394</v>
-      </c>
-[...10 lines deleted...]
-        <v>395</v>
       </c>
       <c r="H85" t="s">
         <v>23</v>
       </c>
       <c r="I85" t="s">
         <v>34</v>
       </c>
       <c r="J85" t="s">
         <v>46</v>
       </c>
       <c r="K85" t="s">
         <v>47</v>
       </c>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85"/>
       <c r="O85" t="s">
         <v>36</v>
       </c>
       <c r="P85"/>
       <c r="Q85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
         <v>16423</v>
       </c>
       <c r="B86" t="s">
+        <v>395</v>
+      </c>
+      <c r="C86" t="s">
         <v>396</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>201</v>
+      </c>
+      <c r="E86" t="s">
+        <v>235</v>
+      </c>
+      <c r="F86" t="s">
+        <v>236</v>
+      </c>
+      <c r="G86" t="s">
         <v>397</v>
-      </c>
-[...10 lines deleted...]
-        <v>398</v>
       </c>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
         <v>34</v>
       </c>
       <c r="J86" t="s">
         <v>46</v>
       </c>
       <c r="K86" t="s">
         <v>47</v>
       </c>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86"/>
       <c r="O86" t="s">
         <v>36</v>
       </c>
       <c r="P86" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="Q86" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
         <v>12368</v>
       </c>
       <c r="B87" t="s">
+        <v>399</v>
+      </c>
+      <c r="C87" t="s">
         <v>400</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>401</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" t="s">
+        <v>235</v>
+      </c>
+      <c r="F87" t="s">
+        <v>236</v>
+      </c>
+      <c r="G87" t="s">
         <v>402</v>
-      </c>
-[...7 lines deleted...]
-        <v>403</v>
       </c>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
         <v>34</v>
       </c>
       <c r="J87" t="s">
         <v>46</v>
       </c>
       <c r="K87" t="s">
         <v>47</v>
       </c>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87"/>
       <c r="O87" t="s">
         <v>36</v>
       </c>
       <c r="P87" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="Q87" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
         <v>11684</v>
       </c>
       <c r="B88" t="s">
+        <v>404</v>
+      </c>
+      <c r="C88" t="s">
         <v>405</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>330</v>
+      </c>
+      <c r="E88" t="s">
+        <v>235</v>
+      </c>
+      <c r="F88" t="s">
+        <v>236</v>
+      </c>
+      <c r="G88" t="s">
         <v>406</v>
-      </c>
-[...10 lines deleted...]
-        <v>407</v>
       </c>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
         <v>34</v>
       </c>
       <c r="J88" t="s">
         <v>46</v>
       </c>
       <c r="K88" t="s">
         <v>47</v>
       </c>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88"/>
       <c r="O88" t="s">
         <v>48</v>
       </c>
       <c r="P88"/>
       <c r="Q88" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
         <v>11340</v>
       </c>
       <c r="B89" t="s">
+        <v>407</v>
+      </c>
+      <c r="C89" t="s">
         <v>408</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>330</v>
+      </c>
+      <c r="E89" t="s">
+        <v>235</v>
+      </c>
+      <c r="F89" t="s">
+        <v>236</v>
+      </c>
+      <c r="G89" t="s">
         <v>409</v>
-      </c>
-[...10 lines deleted...]
-        <v>410</v>
       </c>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
         <v>34</v>
       </c>
       <c r="J89" t="s">
         <v>46</v>
       </c>
       <c r="K89" t="s">
         <v>47</v>
       </c>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89"/>
       <c r="O89" t="s">
         <v>48</v>
       </c>
       <c r="P89"/>
       <c r="Q89" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
         <v>10938</v>
       </c>
       <c r="B90" t="s">
+        <v>410</v>
+      </c>
+      <c r="C90" t="s">
         <v>411</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>412</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" t="s">
+        <v>235</v>
+      </c>
+      <c r="F90" t="s">
+        <v>236</v>
+      </c>
+      <c r="G90" t="s">
         <v>413</v>
-      </c>
-[...7 lines deleted...]
-        <v>414</v>
       </c>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
         <v>34</v>
       </c>
       <c r="J90" t="s">
         <v>35</v>
       </c>
       <c r="K90"/>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
       <c r="O90" t="s">
         <v>36</v>
       </c>
       <c r="P90" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="Q90" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
         <v>10890</v>
       </c>
       <c r="B91" t="s">
+        <v>415</v>
+      </c>
+      <c r="C91" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="D91" t="s">
         <v>69</v>
       </c>
       <c r="E91" t="s">
+        <v>235</v>
+      </c>
+      <c r="F91" t="s">
         <v>236</v>
       </c>
-      <c r="F91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G91" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
         <v>34</v>
       </c>
       <c r="J91" t="s">
         <v>46</v>
       </c>
       <c r="K91" t="s">
         <v>47</v>
       </c>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
       <c r="O91" t="s">
         <v>36</v>
       </c>
       <c r="P91"/>
       <c r="Q91" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
         <v>12111</v>
       </c>
       <c r="B92" t="s">
+        <v>418</v>
+      </c>
+      <c r="C92" t="s">
         <v>419</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>319</v>
+      </c>
+      <c r="E92" t="s">
+        <v>378</v>
+      </c>
+      <c r="F92" t="s">
+        <v>236</v>
+      </c>
+      <c r="G92" t="s">
         <v>420</v>
-      </c>
-[...10 lines deleted...]
-        <v>421</v>
       </c>
       <c r="H92" t="s">
         <v>23</v>
       </c>
       <c r="I92" t="s">
         <v>34</v>
       </c>
       <c r="J92" t="s">
         <v>46</v>
       </c>
       <c r="K92" t="s">
         <v>47</v>
       </c>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
       <c r="O92" t="s">
         <v>36</v>
       </c>
       <c r="P92"/>
       <c r="Q92" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
         <v>11059</v>
       </c>
       <c r="B93" t="s">
+        <v>421</v>
+      </c>
+      <c r="C93" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="D93" t="s">
         <v>41</v>
       </c>
       <c r="E93" t="s">
+        <v>235</v>
+      </c>
+      <c r="F93" t="s">
         <v>236</v>
       </c>
-      <c r="F93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G93" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="H93" t="s">
         <v>23</v>
       </c>
       <c r="I93" t="s">
         <v>34</v>
       </c>
       <c r="J93" t="s">
         <v>46</v>
       </c>
       <c r="K93" t="s">
         <v>47</v>
       </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
       <c r="O93" t="s">
         <v>48</v>
       </c>
       <c r="P93"/>
       <c r="Q93" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
         <v>11483</v>
       </c>
       <c r="B94" t="s">
+        <v>424</v>
+      </c>
+      <c r="C94" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="D94" t="s">
         <v>69</v>
       </c>
       <c r="E94" t="s">
+        <v>235</v>
+      </c>
+      <c r="F94" t="s">
         <v>236</v>
       </c>
-      <c r="F94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G94" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="H94" t="s">
         <v>23</v>
       </c>
       <c r="I94" t="s">
         <v>34</v>
       </c>
       <c r="J94" t="s">
         <v>46</v>
       </c>
       <c r="K94" t="s">
         <v>47</v>
       </c>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
       <c r="O94" t="s">
         <v>36</v>
       </c>
       <c r="P94"/>
       <c r="Q94" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
         <v>11047</v>
       </c>
       <c r="B95" t="s">
+        <v>427</v>
+      </c>
+      <c r="C95" t="s">
         <v>428</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
+        <v>268</v>
+      </c>
+      <c r="E95" t="s">
+        <v>235</v>
+      </c>
+      <c r="F95" t="s">
+        <v>236</v>
+      </c>
+      <c r="G95" t="s">
         <v>429</v>
-      </c>
-[...10 lines deleted...]
-        <v>430</v>
       </c>
       <c r="H95" t="s">
         <v>23</v>
       </c>
       <c r="I95" t="s">
         <v>34</v>
       </c>
       <c r="J95" t="s">
         <v>46</v>
       </c>
       <c r="K95" t="s">
         <v>47</v>
       </c>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95"/>
       <c r="O95" t="s">
         <v>36</v>
       </c>
       <c r="P95"/>
       <c r="Q95" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
         <v>10786</v>
       </c>
       <c r="B96" t="s">
+        <v>430</v>
+      </c>
+      <c r="C96" t="s">
         <v>431</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
+        <v>382</v>
+      </c>
+      <c r="E96" t="s">
+        <v>235</v>
+      </c>
+      <c r="F96" t="s">
+        <v>236</v>
+      </c>
+      <c r="G96" t="s">
         <v>432</v>
-      </c>
-[...10 lines deleted...]
-        <v>433</v>
       </c>
       <c r="H96" t="s">
         <v>23</v>
       </c>
       <c r="I96" t="s">
         <v>34</v>
       </c>
       <c r="J96" t="s">
         <v>35</v>
       </c>
       <c r="K96"/>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96"/>
       <c r="O96" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="P96"/>
       <c r="Q96" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
         <v>11102</v>
       </c>
       <c r="B97" t="s">
+        <v>434</v>
+      </c>
+      <c r="C97" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="D97" t="s">
         <v>155</v>
       </c>
       <c r="E97" t="s">
+        <v>235</v>
+      </c>
+      <c r="F97" t="s">
         <v>236</v>
       </c>
-      <c r="F97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G97" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="H97" t="s">
         <v>23</v>
       </c>
       <c r="I97" t="s">
         <v>34</v>
       </c>
       <c r="J97" t="s">
         <v>46</v>
       </c>
       <c r="K97" t="s">
         <v>47</v>
       </c>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97"/>
       <c r="O97" t="s">
         <v>36</v>
       </c>
       <c r="P97"/>
       <c r="Q97" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
         <v>12316</v>
       </c>
       <c r="B98" t="s">
+        <v>437</v>
+      </c>
+      <c r="C98" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="D98" t="s">
         <v>41</v>
       </c>
       <c r="E98" t="s">
+        <v>235</v>
+      </c>
+      <c r="F98" t="s">
         <v>236</v>
       </c>
-      <c r="F98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G98" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="H98" t="s">
         <v>23</v>
       </c>
       <c r="I98" t="s">
         <v>34</v>
       </c>
       <c r="J98" t="s">
         <v>46</v>
       </c>
       <c r="K98" t="s">
         <v>47</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98"/>
       <c r="O98" t="s">
         <v>48</v>
       </c>
       <c r="P98"/>
       <c r="Q98" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
         <v>11368</v>
       </c>
       <c r="B99" t="s">
+        <v>440</v>
+      </c>
+      <c r="C99" t="s">
         <v>441</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>377</v>
+      </c>
+      <c r="E99" t="s">
+        <v>235</v>
+      </c>
+      <c r="F99" t="s">
+        <v>236</v>
+      </c>
+      <c r="G99" t="s">
         <v>442</v>
-      </c>
-[...10 lines deleted...]
-        <v>443</v>
       </c>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
         <v>34</v>
       </c>
       <c r="J99" t="s">
         <v>35</v>
       </c>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
       <c r="O99" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P99"/>
       <c r="Q99" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
         <v>10822</v>
       </c>
       <c r="B100" t="s">
+        <v>443</v>
+      </c>
+      <c r="C100" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="D100" t="s">
         <v>69</v>
       </c>
       <c r="E100" t="s">
+        <v>445</v>
+      </c>
+      <c r="F100" t="s">
+        <v>236</v>
+      </c>
+      <c r="G100" t="s">
         <v>446</v>
-      </c>
-[...4 lines deleted...]
-        <v>447</v>
       </c>
       <c r="H100" t="s">
         <v>23</v>
       </c>
       <c r="I100" t="s">
         <v>34</v>
       </c>
       <c r="J100" t="s">
         <v>46</v>
       </c>
       <c r="K100" t="s">
         <v>54</v>
       </c>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100"/>
       <c r="O100" t="s">
         <v>48</v>
       </c>
       <c r="P100"/>
       <c r="Q100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
         <v>11313</v>
       </c>
       <c r="B101" t="s">
+        <v>447</v>
+      </c>
+      <c r="C101" t="s">
         <v>448</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>449</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" t="s">
+        <v>235</v>
+      </c>
+      <c r="F101" t="s">
+        <v>236</v>
+      </c>
+      <c r="G101" t="s">
         <v>450</v>
-      </c>
-[...7 lines deleted...]
-        <v>451</v>
       </c>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
         <v>34</v>
       </c>
       <c r="J101" t="s">
         <v>46</v>
       </c>
       <c r="K101" t="s">
         <v>47</v>
       </c>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101"/>
       <c r="O101" t="s">
         <v>48</v>
       </c>
       <c r="P101"/>
       <c r="Q101" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
         <v>11959</v>
       </c>
       <c r="B102" t="s">
+        <v>451</v>
+      </c>
+      <c r="C102" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
       <c r="D102" t="s">
         <v>155</v>
       </c>
       <c r="E102" t="s">
+        <v>235</v>
+      </c>
+      <c r="F102" t="s">
         <v>236</v>
       </c>
-      <c r="F102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G102" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
         <v>34</v>
       </c>
       <c r="J102" t="s">
         <v>46</v>
       </c>
       <c r="K102" t="s">
         <v>47</v>
       </c>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102"/>
       <c r="O102" t="s">
         <v>48</v>
       </c>
       <c r="P102" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="Q102" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
         <v>11446</v>
       </c>
       <c r="B103" t="s">
+        <v>455</v>
+      </c>
+      <c r="C103" t="s">
         <v>456</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
+        <v>196</v>
+      </c>
+      <c r="E103" t="s">
+        <v>235</v>
+      </c>
+      <c r="F103" t="s">
+        <v>236</v>
+      </c>
+      <c r="G103" t="s">
         <v>457</v>
-      </c>
-[...10 lines deleted...]
-        <v>458</v>
       </c>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
         <v>34</v>
       </c>
       <c r="J103" t="s">
         <v>46</v>
       </c>
       <c r="K103" t="s">
         <v>47</v>
       </c>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103"/>
       <c r="O103" t="s">
         <v>48</v>
       </c>
       <c r="P103"/>
       <c r="Q103" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
         <v>12009</v>
       </c>
       <c r="B104" t="s">
+        <v>458</v>
+      </c>
+      <c r="C104" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
       <c r="D104" t="s">
         <v>155</v>
       </c>
       <c r="E104" t="s">
+        <v>235</v>
+      </c>
+      <c r="F104" t="s">
         <v>236</v>
       </c>
-      <c r="F104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G104" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="H104" t="s">
         <v>23</v>
       </c>
       <c r="I104" t="s">
         <v>34</v>
       </c>
       <c r="J104" t="s">
         <v>46</v>
       </c>
       <c r="K104" t="s">
         <v>47</v>
       </c>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104"/>
       <c r="O104" t="s">
         <v>36</v>
       </c>
       <c r="P104"/>
       <c r="Q104" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
         <v>12134</v>
       </c>
       <c r="B105" t="s">
+        <v>461</v>
+      </c>
+      <c r="C105" t="s">
         <v>462</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>463</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" t="s">
+        <v>252</v>
+      </c>
+      <c r="F105" t="s">
+        <v>236</v>
+      </c>
+      <c r="G105" t="s">
         <v>464</v>
-      </c>
-[...7 lines deleted...]
-        <v>465</v>
       </c>
       <c r="H105" t="s">
         <v>23</v>
       </c>
       <c r="I105" t="s">
         <v>34</v>
       </c>
       <c r="J105" t="s">
         <v>46</v>
       </c>
       <c r="K105" t="s">
         <v>47</v>
       </c>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105"/>
       <c r="O105" t="s">
         <v>36</v>
       </c>
       <c r="P105"/>
       <c r="Q105" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
         <v>11750</v>
       </c>
       <c r="B106" t="s">
+        <v>465</v>
+      </c>
+      <c r="C106" t="s">
         <v>466</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>467</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106" t="s">
+        <v>235</v>
+      </c>
+      <c r="F106" t="s">
+        <v>236</v>
+      </c>
+      <c r="G106" t="s">
         <v>468</v>
-      </c>
-[...7 lines deleted...]
-        <v>469</v>
       </c>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
         <v>34</v>
       </c>
       <c r="J106" t="s">
         <v>46</v>
       </c>
       <c r="K106" t="s">
         <v>47</v>
       </c>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106"/>
       <c r="O106" t="s">
         <v>36</v>
       </c>
       <c r="P106"/>
       <c r="Q106" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
         <v>12326</v>
       </c>
       <c r="B107" t="s">
+        <v>469</v>
+      </c>
+      <c r="C107" t="s">
         <v>470</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
+        <v>268</v>
+      </c>
+      <c r="E107" t="s">
         <v>471</v>
       </c>
-      <c r="D107" t="s">
-[...2 lines deleted...]
-      <c r="E107" t="s">
+      <c r="F107" t="s">
+        <v>236</v>
+      </c>
+      <c r="G107" t="s">
         <v>472</v>
-      </c>
-[...4 lines deleted...]
-        <v>473</v>
       </c>
       <c r="H107" t="s">
         <v>23</v>
       </c>
       <c r="I107" t="s">
         <v>34</v>
       </c>
       <c r="J107" t="s">
         <v>46</v>
       </c>
       <c r="K107" t="s">
         <v>47</v>
       </c>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107"/>
       <c r="O107" t="s">
         <v>36</v>
       </c>
       <c r="P107"/>
       <c r="Q107" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
         <v>11055</v>
       </c>
       <c r="B108" t="s">
+        <v>473</v>
+      </c>
+      <c r="C108" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="D108" t="s">
         <v>41</v>
       </c>
       <c r="E108" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="F108" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G108" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="H108" t="s">
         <v>23</v>
       </c>
       <c r="I108" t="s">
         <v>34</v>
       </c>
       <c r="J108" t="s">
         <v>46</v>
       </c>
       <c r="K108" t="s">
         <v>47</v>
       </c>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108"/>
       <c r="O108" t="s">
         <v>48</v>
       </c>
       <c r="P108"/>
       <c r="Q108" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
         <v>14053</v>
       </c>
       <c r="B109" t="s">
+        <v>476</v>
+      </c>
+      <c r="C109" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="D109" t="s">
         <v>41</v>
       </c>
       <c r="E109" t="s">
+        <v>478</v>
+      </c>
+      <c r="F109" t="s">
+        <v>236</v>
+      </c>
+      <c r="G109" t="s">
         <v>479</v>
-      </c>
-[...4 lines deleted...]
-        <v>480</v>
       </c>
       <c r="H109" t="s">
         <v>45</v>
       </c>
       <c r="I109" t="s">
         <v>34</v>
       </c>
       <c r="J109" t="s">
         <v>46</v>
       </c>
       <c r="K109" t="s">
         <v>66</v>
       </c>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109"/>
       <c r="O109" t="s">
         <v>48</v>
       </c>
       <c r="P109" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="Q109" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
         <v>14057</v>
       </c>
       <c r="B110" t="s">
+        <v>481</v>
+      </c>
+      <c r="C110" t="s">
         <v>482</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>483</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" t="s">
+        <v>359</v>
+      </c>
+      <c r="F110" t="s">
+        <v>236</v>
+      </c>
+      <c r="G110" t="s">
         <v>484</v>
-      </c>
-[...7 lines deleted...]
-        <v>485</v>
       </c>
       <c r="H110" t="s">
         <v>45</v>
       </c>
       <c r="I110" t="s">
         <v>34</v>
       </c>
       <c r="J110" t="s">
         <v>35</v>
       </c>
       <c r="K110"/>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110"/>
       <c r="O110" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P110"/>
       <c r="Q110" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
         <v>14066</v>
       </c>
       <c r="B111" t="s">
+        <v>485</v>
+      </c>
+      <c r="C111" t="s">
         <v>486</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>487</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" t="s">
+        <v>235</v>
+      </c>
+      <c r="F111" t="s">
+        <v>236</v>
+      </c>
+      <c r="G111" t="s">
         <v>488</v>
-      </c>
-[...7 lines deleted...]
-        <v>489</v>
       </c>
       <c r="H111" t="s">
         <v>45</v>
       </c>
       <c r="I111" t="s">
         <v>34</v>
       </c>
       <c r="J111" t="s">
         <v>46</v>
       </c>
       <c r="K111" t="s">
         <v>47</v>
       </c>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111"/>
       <c r="O111" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P111"/>
       <c r="Q111" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
         <v>11564</v>
       </c>
       <c r="B112" t="s">
+        <v>489</v>
+      </c>
+      <c r="C112" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="D112" t="s">
         <v>41</v>
       </c>
       <c r="E112" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="F112" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G112" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="H112" t="s">
         <v>23</v>
       </c>
       <c r="I112" t="s">
         <v>34</v>
       </c>
       <c r="J112" t="s">
         <v>46</v>
       </c>
       <c r="K112" t="s">
         <v>47</v>
       </c>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112"/>
       <c r="O112" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="P112"/>
       <c r="Q112" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
         <v>33088</v>
       </c>
       <c r="B113" t="s">
+        <v>493</v>
+      </c>
+      <c r="C113" t="s">
         <v>494</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>495</v>
       </c>
-      <c r="D113" t="s">
+      <c r="E113" t="s">
+        <v>378</v>
+      </c>
+      <c r="F113" t="s">
+        <v>236</v>
+      </c>
+      <c r="G113" t="s">
         <v>496</v>
-      </c>
-[...7 lines deleted...]
-        <v>497</v>
       </c>
       <c r="H113" t="s">
         <v>23</v>
       </c>
       <c r="I113" t="s">
         <v>34</v>
       </c>
       <c r="J113" t="s">
         <v>35</v>
       </c>
       <c r="K113"/>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113"/>
       <c r="O113" t="s">
         <v>36</v>
       </c>
       <c r="P113" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="Q113" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
         <v>16421</v>
       </c>
       <c r="B114" t="s">
+        <v>498</v>
+      </c>
+      <c r="C114" t="s">
         <v>499</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
+        <v>201</v>
+      </c>
+      <c r="E114" t="s">
+        <v>235</v>
+      </c>
+      <c r="F114" t="s">
+        <v>236</v>
+      </c>
+      <c r="G114" t="s">
         <v>500</v>
-      </c>
-[...10 lines deleted...]
-        <v>501</v>
       </c>
       <c r="H114" t="s">
         <v>23</v>
       </c>
       <c r="I114" t="s">
         <v>34</v>
       </c>
       <c r="J114" t="s">
         <v>46</v>
       </c>
       <c r="K114" t="s">
         <v>47</v>
       </c>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114"/>
       <c r="O114" t="s">
         <v>36</v>
       </c>
       <c r="P114" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="Q114" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
         <v>11116</v>
       </c>
       <c r="B115" t="s">
+        <v>502</v>
+      </c>
+      <c r="C115" t="s">
         <v>503</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D115" t="s">
+        <v>358</v>
+      </c>
+      <c r="E115" t="s">
+        <v>235</v>
+      </c>
+      <c r="F115" t="s">
+        <v>236</v>
+      </c>
+      <c r="G115" t="s">
         <v>504</v>
-      </c>
-[...10 lines deleted...]
-        <v>505</v>
       </c>
       <c r="H115" t="s">
         <v>23</v>
       </c>
       <c r="I115" t="s">
         <v>34</v>
       </c>
       <c r="J115" t="s">
         <v>46</v>
       </c>
       <c r="K115" t="s">
         <v>47</v>
       </c>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115"/>
       <c r="O115" t="s">
         <v>36</v>
       </c>
       <c r="P115"/>
       <c r="Q115" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
         <v>10750</v>
       </c>
       <c r="B116" t="s">
+        <v>505</v>
+      </c>
+      <c r="C116" t="s">
         <v>506</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
+        <v>192</v>
+      </c>
+      <c r="E116" t="s">
+        <v>235</v>
+      </c>
+      <c r="F116" t="s">
+        <v>236</v>
+      </c>
+      <c r="G116" t="s">
         <v>507</v>
-      </c>
-[...10 lines deleted...]
-        <v>508</v>
       </c>
       <c r="H116" t="s">
         <v>23</v>
       </c>
       <c r="I116" t="s">
         <v>34</v>
       </c>
       <c r="J116" t="s">
         <v>46</v>
       </c>
       <c r="K116" t="s">
         <v>47</v>
       </c>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116"/>
       <c r="O116" t="s">
         <v>48</v>
       </c>
       <c r="P116"/>
       <c r="Q116" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
         <v>11701</v>
       </c>
       <c r="B117" t="s">
+        <v>508</v>
+      </c>
+      <c r="C117" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="D117" t="s">
         <v>69</v>
       </c>
       <c r="E117" t="s">
+        <v>235</v>
+      </c>
+      <c r="F117" t="s">
         <v>236</v>
       </c>
-      <c r="F117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G117" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="H117" t="s">
         <v>23</v>
       </c>
       <c r="I117" t="s">
         <v>34</v>
       </c>
       <c r="J117" t="s">
         <v>46</v>
       </c>
       <c r="K117" t="s">
         <v>47</v>
       </c>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117"/>
       <c r="O117" t="s">
         <v>36</v>
       </c>
       <c r="P117"/>
       <c r="Q117" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
         <v>33018</v>
       </c>
       <c r="B118" t="s">
+        <v>511</v>
+      </c>
+      <c r="C118" t="s">
         <v>512</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
+        <v>412</v>
+      </c>
+      <c r="E118" t="s">
+        <v>359</v>
+      </c>
+      <c r="F118" t="s">
+        <v>236</v>
+      </c>
+      <c r="G118" t="s">
         <v>513</v>
-      </c>
-[...10 lines deleted...]
-        <v>514</v>
       </c>
       <c r="H118" t="s">
         <v>23</v>
       </c>
       <c r="I118" t="s">
         <v>34</v>
       </c>
       <c r="J118" t="s">
         <v>35</v>
       </c>
       <c r="K118"/>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118"/>
       <c r="O118" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P118" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="Q118" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
         <v>10738</v>
       </c>
       <c r="B119" t="s">
+        <v>515</v>
+      </c>
+      <c r="C119" t="s">
         <v>516</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
+        <v>319</v>
+      </c>
+      <c r="E119" t="s">
+        <v>235</v>
+      </c>
+      <c r="F119" t="s">
+        <v>236</v>
+      </c>
+      <c r="G119" t="s">
         <v>517</v>
-      </c>
-[...10 lines deleted...]
-        <v>518</v>
       </c>
       <c r="H119" t="s">
         <v>23</v>
       </c>
       <c r="I119" t="s">
         <v>34</v>
       </c>
       <c r="J119" t="s">
         <v>46</v>
       </c>
       <c r="K119" t="s">
         <v>47</v>
       </c>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119"/>
       <c r="O119" t="s">
         <v>36</v>
       </c>
       <c r="P119"/>
       <c r="Q119" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
         <v>11735</v>
       </c>
       <c r="B120" t="s">
+        <v>518</v>
+      </c>
+      <c r="C120" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="D120" t="s">
         <v>105</v>
       </c>
       <c r="E120" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F120" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G120" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="H120" t="s">
         <v>23</v>
       </c>
       <c r="I120" t="s">
         <v>34</v>
       </c>
       <c r="J120" t="s">
         <v>46</v>
       </c>
       <c r="K120" t="s">
         <v>47</v>
       </c>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120"/>
       <c r="O120" t="s">
         <v>48</v>
       </c>
       <c r="P120"/>
       <c r="Q120" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
         <v>12226</v>
       </c>
       <c r="B121" t="s">
+        <v>521</v>
+      </c>
+      <c r="C121" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="D121" t="s">
         <v>69</v>
       </c>
       <c r="E121" t="s">
+        <v>235</v>
+      </c>
+      <c r="F121" t="s">
         <v>236</v>
       </c>
-      <c r="F121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G121" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="H121" t="s">
         <v>23</v>
       </c>
       <c r="I121" t="s">
         <v>34</v>
       </c>
       <c r="J121" t="s">
         <v>46</v>
       </c>
       <c r="K121" t="s">
         <v>47</v>
       </c>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121"/>
       <c r="O121" t="s">
         <v>36</v>
       </c>
       <c r="P121"/>
       <c r="Q121" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
         <v>10648</v>
       </c>
       <c r="B122" t="s">
+        <v>524</v>
+      </c>
+      <c r="C122" t="s">
         <v>525</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
+        <v>319</v>
+      </c>
+      <c r="E122" t="s">
+        <v>235</v>
+      </c>
+      <c r="F122" t="s">
+        <v>236</v>
+      </c>
+      <c r="G122" t="s">
         <v>526</v>
-      </c>
-[...10 lines deleted...]
-        <v>527</v>
       </c>
       <c r="H122" t="s">
         <v>23</v>
       </c>
       <c r="I122" t="s">
         <v>34</v>
       </c>
       <c r="J122" t="s">
         <v>46</v>
       </c>
       <c r="K122" t="s">
         <v>47</v>
       </c>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122"/>
       <c r="O122" t="s">
         <v>36</v>
       </c>
       <c r="P122"/>
       <c r="Q122" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
         <v>10898</v>
       </c>
       <c r="B123" t="s">
+        <v>527</v>
+      </c>
+      <c r="C123" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="D123" t="s">
         <v>69</v>
       </c>
       <c r="E123" t="s">
+        <v>235</v>
+      </c>
+      <c r="F123" t="s">
         <v>236</v>
       </c>
-      <c r="F123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G123" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="H123" t="s">
         <v>23</v>
       </c>
       <c r="I123" t="s">
         <v>34</v>
       </c>
       <c r="J123" t="s">
         <v>46</v>
       </c>
       <c r="K123" t="s">
         <v>47</v>
       </c>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123"/>
       <c r="O123" t="s">
         <v>36</v>
       </c>
       <c r="P123"/>
       <c r="Q123" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124">
         <v>11274</v>
       </c>
       <c r="B124" t="s">
+        <v>530</v>
+      </c>
+      <c r="C124" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="D124" t="s">
         <v>69</v>
       </c>
       <c r="E124" t="s">
+        <v>235</v>
+      </c>
+      <c r="F124" t="s">
         <v>236</v>
       </c>
-      <c r="F124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G124" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="H124" t="s">
         <v>23</v>
       </c>
       <c r="I124" t="s">
         <v>34</v>
       </c>
       <c r="J124" t="s">
         <v>46</v>
       </c>
       <c r="K124" t="s">
         <v>47</v>
       </c>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124"/>
       <c r="O124" t="s">
         <v>36</v>
       </c>
       <c r="P124"/>
       <c r="Q124" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
         <v>12250</v>
       </c>
       <c r="B125" t="s">
+        <v>533</v>
+      </c>
+      <c r="C125" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="D125" t="s">
         <v>41</v>
       </c>
       <c r="E125" t="s">
+        <v>235</v>
+      </c>
+      <c r="F125" t="s">
         <v>236</v>
       </c>
-      <c r="F125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="H125" t="s">
         <v>23</v>
       </c>
       <c r="I125" t="s">
         <v>34</v>
       </c>
       <c r="J125" t="s">
         <v>46</v>
       </c>
       <c r="K125" t="s">
         <v>47</v>
       </c>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125"/>
       <c r="O125" t="s">
         <v>36</v>
       </c>
       <c r="P125"/>
       <c r="Q125" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
         <v>11974</v>
       </c>
       <c r="B126" t="s">
+        <v>536</v>
+      </c>
+      <c r="C126" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="D126" t="s">
         <v>69</v>
       </c>
       <c r="E126" t="s">
+        <v>235</v>
+      </c>
+      <c r="F126" t="s">
         <v>236</v>
       </c>
-      <c r="F126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="H126" t="s">
         <v>23</v>
       </c>
       <c r="I126" t="s">
         <v>34</v>
       </c>
       <c r="J126" t="s">
         <v>46</v>
       </c>
       <c r="K126" t="s">
         <v>47</v>
       </c>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126"/>
       <c r="O126" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P126"/>
       <c r="Q126" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
         <v>11592</v>
       </c>
       <c r="B127" t="s">
+        <v>539</v>
+      </c>
+      <c r="C127" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="D127" t="s">
         <v>41</v>
       </c>
       <c r="E127" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="F127" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G127" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="H127" t="s">
         <v>23</v>
       </c>
       <c r="I127" t="s">
         <v>34</v>
       </c>
       <c r="J127" t="s">
         <v>46</v>
       </c>
       <c r="K127" t="s">
         <v>47</v>
       </c>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127"/>
       <c r="O127" t="s">
         <v>48</v>
       </c>
       <c r="P127"/>
       <c r="Q127" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
         <v>11911</v>
       </c>
       <c r="B128" t="s">
+        <v>542</v>
+      </c>
+      <c r="C128" t="s">
         <v>543</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
+        <v>363</v>
+      </c>
+      <c r="E128" t="s">
+        <v>235</v>
+      </c>
+      <c r="F128" t="s">
+        <v>236</v>
+      </c>
+      <c r="G128" t="s">
         <v>544</v>
-      </c>
-[...10 lines deleted...]
-        <v>545</v>
       </c>
       <c r="H128" t="s">
         <v>23</v>
       </c>
       <c r="I128" t="s">
         <v>34</v>
       </c>
       <c r="J128" t="s">
         <v>46</v>
       </c>
       <c r="K128" t="s">
         <v>47</v>
       </c>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128"/>
       <c r="O128" t="s">
         <v>36</v>
       </c>
       <c r="P128"/>
       <c r="Q128" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
         <v>12175</v>
       </c>
       <c r="B129" t="s">
+        <v>545</v>
+      </c>
+      <c r="C129" t="s">
         <v>546</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
+        <v>268</v>
+      </c>
+      <c r="E129" t="s">
+        <v>252</v>
+      </c>
+      <c r="F129" t="s">
+        <v>236</v>
+      </c>
+      <c r="G129" t="s">
         <v>547</v>
-      </c>
-[...10 lines deleted...]
-        <v>548</v>
       </c>
       <c r="H129" t="s">
         <v>23</v>
       </c>
       <c r="I129" t="s">
         <v>34</v>
       </c>
       <c r="J129" t="s">
         <v>46</v>
       </c>
       <c r="K129" t="s">
         <v>47</v>
       </c>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129"/>
       <c r="O129" t="s">
         <v>36</v>
       </c>
       <c r="P129"/>
       <c r="Q129" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
         <v>11589</v>
       </c>
       <c r="B130" t="s">
+        <v>548</v>
+      </c>
+      <c r="C130" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
       <c r="D130" t="s">
         <v>163</v>
       </c>
       <c r="E130" t="s">
+        <v>550</v>
+      </c>
+      <c r="F130" t="s">
+        <v>236</v>
+      </c>
+      <c r="G130" t="s">
         <v>551</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
       <c r="H130" t="s">
         <v>23</v>
       </c>
       <c r="I130" t="s">
         <v>34</v>
       </c>
       <c r="J130" t="s">
         <v>46</v>
       </c>
       <c r="K130" t="s">
         <v>54</v>
       </c>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130"/>
       <c r="O130" t="s">
         <v>48</v>
       </c>
       <c r="P130"/>
       <c r="Q130" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
         <v>10839</v>
       </c>
       <c r="B131" t="s">
+        <v>552</v>
+      </c>
+      <c r="C131" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="D131" t="s">
         <v>57</v>
       </c>
       <c r="E131" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F131" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G131" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="H131" t="s">
         <v>23</v>
       </c>
       <c r="I131" t="s">
         <v>34</v>
       </c>
       <c r="J131" t="s">
         <v>46</v>
       </c>
       <c r="K131" t="s">
         <v>47</v>
       </c>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131"/>
       <c r="O131" t="s">
         <v>36</v>
       </c>
       <c r="P131"/>
       <c r="Q131" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
         <v>11650</v>
       </c>
       <c r="B132" t="s">
+        <v>555</v>
+      </c>
+      <c r="C132" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="D132" t="s">
         <v>105</v>
       </c>
       <c r="E132" t="s">
+        <v>235</v>
+      </c>
+      <c r="F132" t="s">
         <v>236</v>
       </c>
-      <c r="F132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G132" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="H132" t="s">
         <v>23</v>
       </c>
       <c r="I132" t="s">
         <v>34</v>
       </c>
       <c r="J132" t="s">
         <v>46</v>
       </c>
       <c r="K132" t="s">
         <v>47</v>
       </c>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132"/>
       <c r="O132" t="s">
         <v>36</v>
       </c>
       <c r="P132"/>
       <c r="Q132" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
         <v>11176</v>
       </c>
       <c r="B133" t="s">
+        <v>558</v>
+      </c>
+      <c r="C133" t="s">
         <v>559</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
+        <v>227</v>
+      </c>
+      <c r="E133" t="s">
+        <v>235</v>
+      </c>
+      <c r="F133" t="s">
+        <v>236</v>
+      </c>
+      <c r="G133" t="s">
         <v>560</v>
-      </c>
-[...10 lines deleted...]
-        <v>561</v>
       </c>
       <c r="H133" t="s">
         <v>23</v>
       </c>
       <c r="I133" t="s">
         <v>34</v>
       </c>
       <c r="J133" t="s">
         <v>35</v>
       </c>
       <c r="K133"/>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133"/>
       <c r="O133" t="s">
         <v>36</v>
       </c>
       <c r="P133"/>
       <c r="Q133" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
         <v>11470</v>
       </c>
       <c r="B134" t="s">
+        <v>561</v>
+      </c>
+      <c r="C134" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="D134" t="s">
         <v>41</v>
       </c>
       <c r="E134" t="s">
+        <v>235</v>
+      </c>
+      <c r="F134" t="s">
         <v>236</v>
       </c>
-      <c r="F134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G134" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="H134" t="s">
         <v>23</v>
       </c>
       <c r="I134" t="s">
         <v>34</v>
       </c>
       <c r="J134" t="s">
         <v>35</v>
       </c>
       <c r="K134"/>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
       <c r="O134" t="s">
         <v>36</v>
       </c>
       <c r="P134"/>
       <c r="Q134" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
         <v>16422</v>
       </c>
       <c r="B135" t="s">
+        <v>564</v>
+      </c>
+      <c r="C135" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="D135" t="s">
         <v>105</v>
       </c>
       <c r="E135" t="s">
+        <v>235</v>
+      </c>
+      <c r="F135" t="s">
         <v>236</v>
       </c>
-      <c r="F135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G135" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H135" t="s">
         <v>23</v>
       </c>
       <c r="I135" t="s">
         <v>34</v>
       </c>
       <c r="J135" t="s">
         <v>46</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135"/>
       <c r="O135" t="s">
         <v>36</v>
       </c>
       <c r="P135" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="Q135" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136">
         <v>11973</v>
       </c>
       <c r="B136" t="s">
+        <v>568</v>
+      </c>
+      <c r="C136" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="D136" t="s">
         <v>105</v>
       </c>
       <c r="E136" t="s">
+        <v>235</v>
+      </c>
+      <c r="F136" t="s">
         <v>236</v>
       </c>
-      <c r="F136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G136" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H136" t="s">
         <v>23</v>
       </c>
       <c r="I136" t="s">
         <v>34</v>
       </c>
       <c r="J136" t="s">
         <v>46</v>
       </c>
       <c r="K136" t="s">
         <v>47</v>
       </c>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136"/>
       <c r="O136" t="s">
         <v>36</v>
       </c>
       <c r="P136"/>
       <c r="Q136" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137">
         <v>14032</v>
       </c>
       <c r="B137" t="s">
+        <v>571</v>
+      </c>
+      <c r="C137" t="s">
         <v>572</v>
       </c>
-      <c r="C137" t="s">
+      <c r="D137" t="s">
         <v>573</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" t="s">
+        <v>235</v>
+      </c>
+      <c r="F137" t="s">
+        <v>236</v>
+      </c>
+      <c r="G137" t="s">
         <v>574</v>
-      </c>
-[...7 lines deleted...]
-        <v>575</v>
       </c>
       <c r="H137" t="s">
         <v>65</v>
       </c>
       <c r="I137" t="s">
         <v>34</v>
       </c>
       <c r="J137" t="s">
         <v>35</v>
       </c>
       <c r="K137"/>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
       <c r="O137" t="s">
         <v>36</v>
       </c>
       <c r="P137"/>
       <c r="Q137" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138">
         <v>11886</v>
       </c>
       <c r="B138" t="s">
+        <v>575</v>
+      </c>
+      <c r="C138" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="D138" t="s">
         <v>41</v>
       </c>
       <c r="E138" t="s">
+        <v>235</v>
+      </c>
+      <c r="F138" t="s">
         <v>236</v>
       </c>
-      <c r="F138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G138" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="H138" t="s">
         <v>23</v>
       </c>
       <c r="I138" t="s">
         <v>34</v>
       </c>
       <c r="J138" t="s">
         <v>46</v>
       </c>
       <c r="K138" t="s">
         <v>47</v>
       </c>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138"/>
       <c r="O138" t="s">
         <v>36</v>
       </c>
       <c r="P138"/>
       <c r="Q138" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139">
         <v>10724</v>
       </c>
       <c r="B139" t="s">
+        <v>578</v>
+      </c>
+      <c r="C139" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="D139" t="s">
         <v>69</v>
       </c>
       <c r="E139" t="s">
+        <v>235</v>
+      </c>
+      <c r="F139" t="s">
         <v>236</v>
       </c>
-      <c r="F139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G139" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="H139" t="s">
         <v>23</v>
       </c>
       <c r="I139" t="s">
         <v>34</v>
       </c>
       <c r="J139" t="s">
         <v>46</v>
       </c>
       <c r="K139" t="s">
         <v>47</v>
       </c>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139"/>
       <c r="O139" t="s">
         <v>36</v>
       </c>
       <c r="P139"/>
       <c r="Q139" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140">
         <v>11489</v>
       </c>
       <c r="B140" t="s">
+        <v>581</v>
+      </c>
+      <c r="C140" t="s">
         <v>582</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
+        <v>390</v>
+      </c>
+      <c r="E140" t="s">
+        <v>235</v>
+      </c>
+      <c r="F140" t="s">
+        <v>236</v>
+      </c>
+      <c r="G140" t="s">
         <v>583</v>
-      </c>
-[...10 lines deleted...]
-        <v>584</v>
       </c>
       <c r="H140" t="s">
         <v>23</v>
       </c>
       <c r="I140" t="s">
         <v>34</v>
       </c>
       <c r="J140" t="s">
         <v>46</v>
       </c>
       <c r="K140" t="s">
         <v>47</v>
       </c>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140"/>
       <c r="O140" t="s">
         <v>36</v>
       </c>
       <c r="P140" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="Q140" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141">
         <v>11981</v>
       </c>
       <c r="B141" t="s">
+        <v>585</v>
+      </c>
+      <c r="C141" t="s">
         <v>586</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>587</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" t="s">
+        <v>235</v>
+      </c>
+      <c r="F141" t="s">
+        <v>236</v>
+      </c>
+      <c r="G141" t="s">
         <v>588</v>
-      </c>
-[...7 lines deleted...]
-        <v>589</v>
       </c>
       <c r="H141" t="s">
         <v>23</v>
       </c>
       <c r="I141" t="s">
         <v>34</v>
       </c>
       <c r="J141" t="s">
         <v>35</v>
       </c>
       <c r="K141"/>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141"/>
       <c r="O141" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P141"/>
       <c r="Q141" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142">
         <v>33014</v>
       </c>
       <c r="B142" t="s">
+        <v>589</v>
+      </c>
+      <c r="C142" t="s">
         <v>590</v>
       </c>
-      <c r="C142" t="s">
+      <c r="D142" t="s">
         <v>591</v>
       </c>
-      <c r="D142" t="s">
+      <c r="E142" t="s">
+        <v>235</v>
+      </c>
+      <c r="F142" t="s">
+        <v>236</v>
+      </c>
+      <c r="G142" t="s">
         <v>592</v>
-      </c>
-[...7 lines deleted...]
-        <v>593</v>
       </c>
       <c r="H142" t="s">
         <v>23</v>
       </c>
       <c r="I142" t="s">
         <v>34</v>
       </c>
       <c r="J142" t="s">
         <v>46</v>
       </c>
       <c r="K142" t="s">
         <v>47</v>
       </c>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
       <c r="O142" t="s">
         <v>36</v>
       </c>
       <c r="P142" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="Q142" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143">
         <v>10741</v>
       </c>
       <c r="B143" t="s">
+        <v>594</v>
+      </c>
+      <c r="C143" t="s">
         <v>595</v>
       </c>
-      <c r="C143" t="s">
+      <c r="D143" t="s">
+        <v>401</v>
+      </c>
+      <c r="E143" t="s">
+        <v>235</v>
+      </c>
+      <c r="F143" t="s">
+        <v>236</v>
+      </c>
+      <c r="G143" t="s">
         <v>596</v>
-      </c>
-[...10 lines deleted...]
-        <v>597</v>
       </c>
       <c r="H143" t="s">
         <v>23</v>
       </c>
       <c r="I143" t="s">
         <v>34</v>
       </c>
       <c r="J143" t="s">
         <v>46</v>
       </c>
       <c r="K143" t="s">
         <v>47</v>
       </c>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
       <c r="O143" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="P143"/>
       <c r="Q143" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144">
         <v>12240</v>
       </c>
       <c r="B144" t="s">
+        <v>598</v>
+      </c>
+      <c r="C144" t="s">
         <v>599</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
+        <v>319</v>
+      </c>
+      <c r="E144" t="s">
+        <v>235</v>
+      </c>
+      <c r="F144" t="s">
+        <v>236</v>
+      </c>
+      <c r="G144" t="s">
         <v>600</v>
-      </c>
-[...10 lines deleted...]
-        <v>601</v>
       </c>
       <c r="H144" t="s">
         <v>23</v>
       </c>
       <c r="I144" t="s">
         <v>34</v>
       </c>
       <c r="J144" t="s">
         <v>46</v>
       </c>
       <c r="K144" t="s">
         <v>47</v>
       </c>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
       <c r="O144" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P144"/>
       <c r="Q144" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145">
         <v>14001</v>
       </c>
       <c r="B145" t="s">
+        <v>601</v>
+      </c>
+      <c r="C145" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>603</v>
       </c>
       <c r="D145" t="s">
         <v>41</v>
       </c>
       <c r="E145" t="s">
+        <v>235</v>
+      </c>
+      <c r="F145" t="s">
         <v>236</v>
       </c>
-      <c r="F145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G145" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="H145" t="s">
         <v>45</v>
       </c>
       <c r="I145" t="s">
         <v>34</v>
       </c>
       <c r="J145" t="s">
         <v>46</v>
       </c>
       <c r="K145" t="s">
         <v>47</v>
       </c>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
       <c r="O145" t="s">
         <v>36</v>
       </c>
       <c r="P145"/>
       <c r="Q145" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146">
         <v>14004</v>
       </c>
       <c r="B146" t="s">
+        <v>604</v>
+      </c>
+      <c r="C146" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="D146" t="s">
         <v>69</v>
       </c>
       <c r="E146" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F146" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G146" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="H146" t="s">
         <v>45</v>
       </c>
       <c r="I146" t="s">
         <v>34</v>
       </c>
       <c r="J146" t="s">
         <v>46</v>
       </c>
       <c r="K146" t="s">
         <v>47</v>
       </c>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
       <c r="O146" t="s">
         <v>36</v>
       </c>
       <c r="P146"/>
       <c r="Q146" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147">
         <v>16420</v>
       </c>
       <c r="B147" t="s">
+        <v>607</v>
+      </c>
+      <c r="C147" t="s">
         <v>608</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E147" t="s">
+        <v>235</v>
+      </c>
+      <c r="F147" t="s">
+        <v>236</v>
+      </c>
+      <c r="G147" t="s">
         <v>609</v>
-      </c>
-[...10 lines deleted...]
-        <v>610</v>
       </c>
       <c r="H147" t="s">
         <v>23</v>
       </c>
       <c r="I147" t="s">
         <v>34</v>
       </c>
       <c r="J147" t="s">
         <v>46</v>
       </c>
       <c r="K147" t="s">
         <v>47</v>
       </c>
       <c r="L147"/>
       <c r="M147"/>
       <c r="N147"/>
       <c r="O147" t="s">
         <v>36</v>
       </c>
       <c r="P147" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="Q147" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148">
         <v>11761</v>
       </c>
       <c r="B148" t="s">
+        <v>611</v>
+      </c>
+      <c r="C148" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
       <c r="D148" t="s">
         <v>57</v>
       </c>
       <c r="E148" t="s">
+        <v>235</v>
+      </c>
+      <c r="F148" t="s">
         <v>236</v>
       </c>
-      <c r="F148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G148" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="H148" t="s">
         <v>23</v>
       </c>
       <c r="I148" t="s">
         <v>34</v>
       </c>
       <c r="J148" t="s">
         <v>46</v>
       </c>
       <c r="K148" t="s">
         <v>47</v>
       </c>
       <c r="L148"/>
       <c r="M148"/>
       <c r="N148"/>
       <c r="O148" t="s">
         <v>36</v>
       </c>
       <c r="P148"/>
       <c r="Q148" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149">
         <v>12131</v>
       </c>
       <c r="B149" t="s">
+        <v>614</v>
+      </c>
+      <c r="C149" t="s">
         <v>615</v>
       </c>
-      <c r="C149" t="s">
+      <c r="D149" t="s">
+        <v>240</v>
+      </c>
+      <c r="E149" t="s">
+        <v>235</v>
+      </c>
+      <c r="F149" t="s">
+        <v>236</v>
+      </c>
+      <c r="G149" t="s">
         <v>616</v>
-      </c>
-[...10 lines deleted...]
-        <v>617</v>
       </c>
       <c r="H149" t="s">
         <v>23</v>
       </c>
       <c r="I149" t="s">
         <v>34</v>
       </c>
       <c r="J149" t="s">
         <v>46</v>
       </c>
       <c r="K149" t="s">
         <v>47</v>
       </c>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
       <c r="O149" t="s">
         <v>36</v>
       </c>
       <c r="P149" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="Q149" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150">
         <v>11691</v>
       </c>
       <c r="B150" t="s">
+        <v>618</v>
+      </c>
+      <c r="C150" t="s">
         <v>619</v>
       </c>
-      <c r="C150" t="s">
+      <c r="D150" t="s">
         <v>620</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" t="s">
         <v>621</v>
       </c>
-      <c r="E150" t="s">
+      <c r="F150" t="s">
+        <v>236</v>
+      </c>
+      <c r="G150" t="s">
         <v>622</v>
-      </c>
-[...4 lines deleted...]
-        <v>623</v>
       </c>
       <c r="H150" t="s">
         <v>45</v>
       </c>
       <c r="I150" t="s">
         <v>34</v>
       </c>
       <c r="J150" t="s">
         <v>46</v>
       </c>
       <c r="K150" t="s">
         <v>54</v>
       </c>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
       <c r="O150" t="s">
         <v>48</v>
       </c>
       <c r="P150" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="Q150" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151">
         <v>12433</v>
       </c>
       <c r="B151" t="s">
+        <v>624</v>
+      </c>
+      <c r="C151" t="s">
         <v>625</v>
       </c>
-      <c r="C151" t="s">
+      <c r="D151" t="s">
+        <v>207</v>
+      </c>
+      <c r="E151" t="s">
         <v>626</v>
       </c>
-      <c r="D151" t="s">
-[...2 lines deleted...]
-      <c r="E151" t="s">
+      <c r="F151" t="s">
+        <v>236</v>
+      </c>
+      <c r="G151" t="s">
         <v>627</v>
-      </c>
-[...4 lines deleted...]
-        <v>628</v>
       </c>
       <c r="H151" t="s">
         <v>45</v>
       </c>
       <c r="I151" t="s">
         <v>34</v>
       </c>
       <c r="J151" t="s">
         <v>46</v>
       </c>
       <c r="K151" t="s">
         <v>47</v>
       </c>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
       <c r="O151" t="s">
         <v>48</v>
       </c>
       <c r="P151" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="Q151" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
         <v>12067</v>
       </c>
       <c r="B152" t="s">
+        <v>629</v>
+      </c>
+      <c r="C152" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
       <c r="D152" t="s">
         <v>105</v>
       </c>
       <c r="E152" t="s">
+        <v>235</v>
+      </c>
+      <c r="F152" t="s">
         <v>236</v>
       </c>
-      <c r="F152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G152" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="H152" t="s">
         <v>23</v>
       </c>
       <c r="I152" t="s">
         <v>34</v>
       </c>
       <c r="J152" t="s">
         <v>46</v>
       </c>
       <c r="K152" t="s">
         <v>47</v>
       </c>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
       <c r="O152" t="s">
         <v>36</v>
       </c>
       <c r="P152"/>
       <c r="Q152" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
         <v>10745</v>
       </c>
       <c r="B153" t="s">
+        <v>632</v>
+      </c>
+      <c r="C153" t="s">
         <v>633</v>
       </c>
-      <c r="C153" t="s">
+      <c r="D153" t="s">
         <v>634</v>
       </c>
-      <c r="D153" t="s">
+      <c r="E153" t="s">
+        <v>235</v>
+      </c>
+      <c r="F153" t="s">
+        <v>236</v>
+      </c>
+      <c r="G153" t="s">
         <v>635</v>
-      </c>
-[...7 lines deleted...]
-        <v>636</v>
       </c>
       <c r="H153" t="s">
         <v>23</v>
       </c>
       <c r="I153" t="s">
         <v>34</v>
       </c>
       <c r="J153" t="s">
         <v>35</v>
       </c>
       <c r="K153"/>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
       <c r="O153" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P153"/>
       <c r="Q153" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
         <v>10801</v>
       </c>
       <c r="B154" t="s">
+        <v>636</v>
+      </c>
+      <c r="C154" t="s">
         <v>637</v>
       </c>
-      <c r="C154" t="s">
+      <c r="D154" t="s">
+        <v>487</v>
+      </c>
+      <c r="E154" t="s">
+        <v>359</v>
+      </c>
+      <c r="F154" t="s">
+        <v>236</v>
+      </c>
+      <c r="G154" t="s">
         <v>638</v>
-      </c>
-[...10 lines deleted...]
-        <v>639</v>
       </c>
       <c r="H154" t="s">
         <v>23</v>
       </c>
       <c r="I154" t="s">
         <v>34</v>
       </c>
       <c r="J154" t="s">
         <v>46</v>
       </c>
       <c r="K154" t="s">
         <v>47</v>
       </c>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154"/>
       <c r="O154" t="s">
         <v>48</v>
       </c>
       <c r="P154"/>
       <c r="Q154" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
         <v>11499</v>
       </c>
       <c r="B155" t="s">
+        <v>639</v>
+      </c>
+      <c r="C155" t="s">
         <v>640</v>
       </c>
-      <c r="C155" t="s">
+      <c r="D155" t="s">
+        <v>201</v>
+      </c>
+      <c r="E155" t="s">
+        <v>235</v>
+      </c>
+      <c r="F155" t="s">
+        <v>236</v>
+      </c>
+      <c r="G155" t="s">
         <v>641</v>
-      </c>
-[...10 lines deleted...]
-        <v>642</v>
       </c>
       <c r="H155" t="s">
         <v>23</v>
       </c>
       <c r="I155" t="s">
         <v>34</v>
       </c>
       <c r="J155" t="s">
         <v>46</v>
       </c>
       <c r="K155" t="s">
         <v>47</v>
       </c>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
       <c r="O155" t="s">
         <v>36</v>
       </c>
       <c r="P155" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="Q155" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
         <v>11957</v>
       </c>
       <c r="B156" t="s">
+        <v>643</v>
+      </c>
+      <c r="C156" t="s">
         <v>644</v>
       </c>
-      <c r="C156" t="s">
+      <c r="D156" t="s">
+        <v>467</v>
+      </c>
+      <c r="E156" t="s">
+        <v>235</v>
+      </c>
+      <c r="F156" t="s">
+        <v>236</v>
+      </c>
+      <c r="G156" t="s">
         <v>645</v>
-      </c>
-[...10 lines deleted...]
-        <v>646</v>
       </c>
       <c r="H156" t="s">
         <v>23</v>
       </c>
       <c r="I156" t="s">
         <v>34</v>
       </c>
       <c r="J156" t="s">
         <v>46</v>
       </c>
       <c r="K156" t="s">
         <v>47</v>
       </c>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
       <c r="O156" t="s">
         <v>36</v>
       </c>
       <c r="P156"/>
       <c r="Q156" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
         <v>12097</v>
       </c>
       <c r="B157" t="s">
+        <v>646</v>
+      </c>
+      <c r="C157" t="s">
         <v>647</v>
       </c>
-      <c r="C157" t="s">
+      <c r="D157" t="s">
+        <v>240</v>
+      </c>
+      <c r="E157" t="s">
+        <v>235</v>
+      </c>
+      <c r="F157" t="s">
+        <v>236</v>
+      </c>
+      <c r="G157" t="s">
         <v>648</v>
-      </c>
-[...10 lines deleted...]
-        <v>649</v>
       </c>
       <c r="H157" t="s">
         <v>23</v>
       </c>
       <c r="I157" t="s">
         <v>34</v>
       </c>
       <c r="J157" t="s">
         <v>46</v>
       </c>
       <c r="K157" t="s">
         <v>47</v>
       </c>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
       <c r="O157" t="s">
         <v>36</v>
       </c>
       <c r="P157"/>
       <c r="Q157" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158">
         <v>12196</v>
       </c>
       <c r="B158" t="s">
+        <v>649</v>
+      </c>
+      <c r="C158" t="s">
         <v>650</v>
       </c>
-      <c r="C158" t="s">
+      <c r="D158" t="s">
+        <v>377</v>
+      </c>
+      <c r="E158" t="s">
+        <v>235</v>
+      </c>
+      <c r="F158" t="s">
+        <v>236</v>
+      </c>
+      <c r="G158" t="s">
         <v>651</v>
-      </c>
-[...10 lines deleted...]
-        <v>652</v>
       </c>
       <c r="H158" t="s">
         <v>23</v>
       </c>
       <c r="I158" t="s">
         <v>34</v>
       </c>
       <c r="J158" t="s">
         <v>35</v>
       </c>
       <c r="K158"/>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
       <c r="O158" t="s">
         <v>36</v>
       </c>
       <c r="P158"/>
       <c r="Q158" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159">
         <v>11226</v>
       </c>
       <c r="B159" t="s">
+        <v>652</v>
+      </c>
+      <c r="C159" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
       <c r="D159" t="s">
         <v>57</v>
       </c>
       <c r="E159" t="s">
+        <v>235</v>
+      </c>
+      <c r="F159" t="s">
         <v>236</v>
       </c>
-      <c r="F159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G159" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="H159" t="s">
         <v>23</v>
       </c>
       <c r="I159" t="s">
         <v>34</v>
       </c>
       <c r="J159" t="s">
         <v>46</v>
       </c>
       <c r="K159" t="s">
         <v>47</v>
       </c>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
       <c r="O159" t="s">
         <v>36</v>
       </c>
       <c r="P159"/>
       <c r="Q159" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160">
         <v>13984</v>
       </c>
       <c r="B160" t="s">
+        <v>655</v>
+      </c>
+      <c r="C160" t="s">
         <v>656</v>
-      </c>
-[...1 lines deleted...]
-        <v>657</v>
       </c>
       <c r="D160" t="s">
         <v>147</v>
       </c>
       <c r="E160" t="s">
+        <v>657</v>
+      </c>
+      <c r="F160" t="s">
+        <v>236</v>
+      </c>
+      <c r="G160" t="s">
         <v>658</v>
-      </c>
-[...4 lines deleted...]
-        <v>659</v>
       </c>
       <c r="H160" t="s">
         <v>45</v>
       </c>
       <c r="I160" t="s">
         <v>34</v>
       </c>
       <c r="J160" t="s">
         <v>35</v>
       </c>
       <c r="K160"/>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
       <c r="O160" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="P160"/>
       <c r="Q160" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161">
         <v>12356</v>
       </c>
       <c r="B161" t="s">
+        <v>659</v>
+      </c>
+      <c r="C161" t="s">
         <v>660</v>
       </c>
-      <c r="C161" t="s">
+      <c r="D161" t="s">
+        <v>257</v>
+      </c>
+      <c r="E161" t="s">
+        <v>478</v>
+      </c>
+      <c r="F161" t="s">
+        <v>236</v>
+      </c>
+      <c r="G161" t="s">
         <v>661</v>
-      </c>
-[...10 lines deleted...]
-        <v>662</v>
       </c>
       <c r="H161" t="s">
         <v>23</v>
       </c>
       <c r="I161" t="s">
         <v>34</v>
       </c>
       <c r="J161" t="s">
         <v>35</v>
       </c>
       <c r="K161"/>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
       <c r="O161" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P161"/>
       <c r="Q161" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162">
         <v>10698</v>
       </c>
       <c r="B162" t="s">
+        <v>662</v>
+      </c>
+      <c r="C162" t="s">
         <v>663</v>
       </c>
-      <c r="C162" t="s">
+      <c r="D162" t="s">
+        <v>330</v>
+      </c>
+      <c r="E162" t="s">
+        <v>235</v>
+      </c>
+      <c r="F162" t="s">
+        <v>236</v>
+      </c>
+      <c r="G162" t="s">
         <v>664</v>
-      </c>
-[...10 lines deleted...]
-        <v>665</v>
       </c>
       <c r="H162" t="s">
         <v>23</v>
       </c>
       <c r="I162" t="s">
         <v>34</v>
       </c>
       <c r="J162" t="s">
         <v>46</v>
       </c>
       <c r="K162" t="s">
         <v>47</v>
       </c>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
       <c r="O162" t="s">
         <v>36</v>
       </c>
       <c r="P162"/>
       <c r="Q162" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163">
         <v>12366</v>
       </c>
       <c r="B163" t="s">
+        <v>665</v>
+      </c>
+      <c r="C163" t="s">
         <v>666</v>
       </c>
-      <c r="C163" t="s">
+      <c r="D163" t="s">
+        <v>207</v>
+      </c>
+      <c r="E163" t="s">
+        <v>235</v>
+      </c>
+      <c r="F163" t="s">
+        <v>236</v>
+      </c>
+      <c r="G163" t="s">
         <v>667</v>
-      </c>
-[...10 lines deleted...]
-        <v>668</v>
       </c>
       <c r="H163" t="s">
         <v>23</v>
       </c>
       <c r="I163" t="s">
         <v>34</v>
       </c>
       <c r="J163" t="s">
         <v>35</v>
       </c>
       <c r="K163"/>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
       <c r="O163" t="s">
         <v>36</v>
       </c>
       <c r="P163"/>
       <c r="Q163" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164">
         <v>12415</v>
       </c>
       <c r="B164" t="s">
+        <v>668</v>
+      </c>
+      <c r="C164" t="s">
         <v>669</v>
       </c>
-      <c r="C164" t="s">
+      <c r="D164" t="s">
+        <v>495</v>
+      </c>
+      <c r="E164" t="s">
+        <v>235</v>
+      </c>
+      <c r="F164" t="s">
+        <v>236</v>
+      </c>
+      <c r="G164" t="s">
         <v>670</v>
-      </c>
-[...10 lines deleted...]
-        <v>671</v>
       </c>
       <c r="H164" t="s">
         <v>23</v>
       </c>
       <c r="I164" t="s">
         <v>34</v>
       </c>
       <c r="J164" t="s">
         <v>35</v>
       </c>
       <c r="K164"/>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
       <c r="O164" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P164"/>
       <c r="Q164" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165">
         <v>10791</v>
       </c>
       <c r="B165" t="s">
+        <v>671</v>
+      </c>
+      <c r="C165" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="D165" t="s">
         <v>69</v>
       </c>
       <c r="E165" t="s">
+        <v>235</v>
+      </c>
+      <c r="F165" t="s">
         <v>236</v>
       </c>
-      <c r="F165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G165" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="H165" t="s">
         <v>23</v>
       </c>
       <c r="I165" t="s">
         <v>34</v>
       </c>
       <c r="J165" t="s">
         <v>46</v>
       </c>
       <c r="K165" t="s">
         <v>47</v>
       </c>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
       <c r="O165" t="s">
         <v>36</v>
       </c>
       <c r="P165"/>
       <c r="Q165" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166">
         <v>10728</v>
       </c>
       <c r="B166" t="s">
+        <v>674</v>
+      </c>
+      <c r="C166" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
       <c r="D166" t="s">
         <v>41</v>
       </c>
       <c r="E166" t="s">
+        <v>235</v>
+      </c>
+      <c r="F166" t="s">
         <v>236</v>
       </c>
-      <c r="F166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G166" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="H166" t="s">
         <v>23</v>
       </c>
       <c r="I166" t="s">
         <v>34</v>
       </c>
       <c r="J166" t="s">
         <v>46</v>
       </c>
       <c r="K166" t="s">
         <v>47</v>
       </c>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
       <c r="O166" t="s">
         <v>36</v>
       </c>
       <c r="P166"/>
       <c r="Q166" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167">
         <v>12121</v>
       </c>
       <c r="B167" t="s">
+        <v>677</v>
+      </c>
+      <c r="C167" t="s">
         <v>678</v>
       </c>
-      <c r="C167" t="s">
+      <c r="D167" t="s">
+        <v>303</v>
+      </c>
+      <c r="E167" t="s">
+        <v>235</v>
+      </c>
+      <c r="F167" t="s">
+        <v>236</v>
+      </c>
+      <c r="G167" t="s">
         <v>679</v>
-      </c>
-[...10 lines deleted...]
-        <v>680</v>
       </c>
       <c r="H167" t="s">
         <v>23</v>
       </c>
       <c r="I167" t="s">
         <v>34</v>
       </c>
       <c r="J167" t="s">
         <v>46</v>
       </c>
       <c r="K167" t="s">
         <v>47</v>
       </c>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
       <c r="O167" t="s">
         <v>36</v>
       </c>
       <c r="P167" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="Q167" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168">
         <v>24459</v>
       </c>
       <c r="B168" t="s">
+        <v>681</v>
+      </c>
+      <c r="C168" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="D168" t="s">
         <v>41</v>
       </c>
       <c r="E168" t="s">
+        <v>235</v>
+      </c>
+      <c r="F168" t="s">
         <v>236</v>
       </c>
-      <c r="F168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G168" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="H168" t="s">
         <v>23</v>
       </c>
       <c r="I168" t="s">
         <v>34</v>
       </c>
       <c r="J168" t="s">
         <v>46</v>
       </c>
       <c r="K168" t="s">
         <v>47</v>
       </c>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
       <c r="O168" t="s">
         <v>36</v>
       </c>
       <c r="P168" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="Q168" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169">
         <v>12286</v>
       </c>
       <c r="B169" t="s">
+        <v>685</v>
+      </c>
+      <c r="C169" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
       <c r="D169" t="s">
         <v>69</v>
       </c>
       <c r="E169" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F169" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G169" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="H169" t="s">
         <v>23</v>
       </c>
       <c r="I169" t="s">
         <v>34</v>
       </c>
       <c r="J169" t="s">
         <v>46</v>
       </c>
       <c r="K169" t="s">
         <v>47</v>
       </c>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
       <c r="O169" t="s">
         <v>36</v>
       </c>
       <c r="P169"/>
       <c r="Q169" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170">
         <v>12147</v>
       </c>
       <c r="B170" t="s">
+        <v>688</v>
+      </c>
+      <c r="C170" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="D170" t="s">
         <v>155</v>
       </c>
       <c r="E170" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F170" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G170" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="H170" t="s">
         <v>45</v>
       </c>
       <c r="I170" t="s">
         <v>34</v>
       </c>
       <c r="J170" t="s">
         <v>46</v>
       </c>
       <c r="K170" t="s">
         <v>47</v>
       </c>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
       <c r="O170" t="s">
         <v>48</v>
       </c>
       <c r="P170" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="Q170" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171">
         <v>11219</v>
       </c>
       <c r="B171" t="s">
+        <v>692</v>
+      </c>
+      <c r="C171" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
       <c r="D171" t="s">
         <v>41</v>
       </c>
       <c r="E171" t="s">
+        <v>235</v>
+      </c>
+      <c r="F171" t="s">
         <v>236</v>
       </c>
-      <c r="F171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G171" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="H171" t="s">
         <v>23</v>
       </c>
       <c r="I171" t="s">
         <v>34</v>
       </c>
       <c r="J171" t="s">
         <v>46</v>
       </c>
       <c r="K171" t="s">
         <v>47</v>
       </c>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
       <c r="O171" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P171"/>
       <c r="Q171" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172">
         <v>11825</v>
       </c>
       <c r="B172" t="s">
+        <v>695</v>
+      </c>
+      <c r="C172" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="D172" t="s">
         <v>69</v>
       </c>
       <c r="E172" t="s">
+        <v>235</v>
+      </c>
+      <c r="F172" t="s">
         <v>236</v>
       </c>
-      <c r="F172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G172" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="H172" t="s">
         <v>23</v>
       </c>
       <c r="I172" t="s">
         <v>34</v>
       </c>
       <c r="J172" t="s">
         <v>46</v>
       </c>
       <c r="K172" t="s">
         <v>47</v>
       </c>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
       <c r="O172" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P172"/>
       <c r="Q172" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173">
         <v>11885</v>
       </c>
       <c r="B173" t="s">
+        <v>698</v>
+      </c>
+      <c r="C173" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
       <c r="D173" t="s">
         <v>155</v>
       </c>
       <c r="E173" t="s">
+        <v>235</v>
+      </c>
+      <c r="F173" t="s">
         <v>236</v>
       </c>
-      <c r="F173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G173" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="H173" t="s">
         <v>23</v>
       </c>
       <c r="I173" t="s">
         <v>34</v>
       </c>
       <c r="J173" t="s">
         <v>46</v>
       </c>
       <c r="K173" t="s">
         <v>47</v>
       </c>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
       <c r="O173" t="s">
         <v>36</v>
       </c>
       <c r="P173"/>
       <c r="Q173" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174">
         <v>16394</v>
       </c>
       <c r="B174" t="s">
+        <v>701</v>
+      </c>
+      <c r="C174" t="s">
         <v>702</v>
       </c>
-      <c r="C174" t="s">
+      <c r="D174" t="s">
+        <v>207</v>
+      </c>
+      <c r="E174" t="s">
+        <v>657</v>
+      </c>
+      <c r="F174" t="s">
+        <v>236</v>
+      </c>
+      <c r="G174" t="s">
         <v>703</v>
-      </c>
-[...10 lines deleted...]
-        <v>704</v>
       </c>
       <c r="H174" t="s">
         <v>23</v>
       </c>
       <c r="I174" t="s">
         <v>34</v>
       </c>
       <c r="J174" t="s">
         <v>35</v>
       </c>
       <c r="K174"/>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
       <c r="O174" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P174"/>
       <c r="Q174" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175">
         <v>11726</v>
       </c>
       <c r="B175" t="s">
+        <v>704</v>
+      </c>
+      <c r="C175" t="s">
         <v>705</v>
       </c>
-      <c r="C175" t="s">
+      <c r="D175" t="s">
         <v>706</v>
       </c>
-      <c r="D175" t="s">
+      <c r="E175" t="s">
+        <v>235</v>
+      </c>
+      <c r="F175" t="s">
+        <v>236</v>
+      </c>
+      <c r="G175" t="s">
         <v>707</v>
-      </c>
-[...7 lines deleted...]
-        <v>708</v>
       </c>
       <c r="H175" t="s">
         <v>23</v>
       </c>
       <c r="I175" t="s">
         <v>34</v>
       </c>
       <c r="J175" t="s">
         <v>35</v>
       </c>
       <c r="K175"/>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
       <c r="O175" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P175"/>
       <c r="Q175" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176">
         <v>11976</v>
       </c>
       <c r="B176" t="s">
+        <v>708</v>
+      </c>
+      <c r="C176" t="s">
         <v>709</v>
       </c>
-      <c r="C176" t="s">
+      <c r="D176" t="s">
+        <v>227</v>
+      </c>
+      <c r="E176" t="s">
+        <v>235</v>
+      </c>
+      <c r="F176" t="s">
+        <v>236</v>
+      </c>
+      <c r="G176" t="s">
         <v>710</v>
-      </c>
-[...10 lines deleted...]
-        <v>711</v>
       </c>
       <c r="H176" t="s">
         <v>23</v>
       </c>
       <c r="I176" t="s">
         <v>34</v>
       </c>
       <c r="J176" t="s">
         <v>35</v>
       </c>
       <c r="K176"/>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
       <c r="O176" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P176"/>
       <c r="Q176" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177">
         <v>12408</v>
       </c>
       <c r="B177" t="s">
+        <v>711</v>
+      </c>
+      <c r="C177" t="s">
         <v>712</v>
       </c>
-      <c r="C177" t="s">
+      <c r="D177" t="s">
+        <v>207</v>
+      </c>
+      <c r="E177" t="s">
+        <v>235</v>
+      </c>
+      <c r="F177" t="s">
+        <v>236</v>
+      </c>
+      <c r="G177" t="s">
         <v>713</v>
-      </c>
-[...10 lines deleted...]
-        <v>714</v>
       </c>
       <c r="H177" t="s">
         <v>23</v>
       </c>
       <c r="I177" t="s">
         <v>34</v>
       </c>
       <c r="J177" t="s">
         <v>35</v>
       </c>
       <c r="K177"/>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P177"/>
       <c r="Q177" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178">
         <v>12284</v>
       </c>
       <c r="B178" t="s">
+        <v>714</v>
+      </c>
+      <c r="C178" t="s">
         <v>715</v>
       </c>
-      <c r="C178" t="s">
+      <c r="D178" t="s">
+        <v>268</v>
+      </c>
+      <c r="E178" t="s">
         <v>716</v>
       </c>
-      <c r="D178" t="s">
-[...2 lines deleted...]
-      <c r="E178" t="s">
+      <c r="F178" t="s">
+        <v>236</v>
+      </c>
+      <c r="G178" t="s">
         <v>717</v>
-      </c>
-[...4 lines deleted...]
-        <v>718</v>
       </c>
       <c r="H178" t="s">
         <v>23</v>
       </c>
       <c r="I178" t="s">
         <v>34</v>
       </c>
       <c r="J178" t="s">
         <v>46</v>
       </c>
       <c r="K178" t="s">
         <v>54</v>
       </c>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178" t="s">
         <v>48</v>
       </c>
       <c r="P178" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="Q178" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179">
         <v>11211</v>
       </c>
       <c r="B179" t="s">
+        <v>719</v>
+      </c>
+      <c r="C179" t="s">
         <v>720</v>
       </c>
-      <c r="C179" t="s">
+      <c r="D179" t="s">
+        <v>487</v>
+      </c>
+      <c r="E179" t="s">
+        <v>235</v>
+      </c>
+      <c r="F179" t="s">
+        <v>236</v>
+      </c>
+      <c r="G179" t="s">
         <v>721</v>
-      </c>
-[...10 lines deleted...]
-        <v>722</v>
       </c>
       <c r="H179" t="s">
         <v>23</v>
       </c>
       <c r="I179" t="s">
         <v>34</v>
       </c>
       <c r="J179" t="s">
         <v>46</v>
       </c>
       <c r="K179" t="s">
         <v>47</v>
       </c>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179" t="s">
         <v>36</v>
       </c>
       <c r="P179"/>
       <c r="Q179" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180">
         <v>11616</v>
       </c>
       <c r="B180" t="s">
+        <v>722</v>
+      </c>
+      <c r="C180" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
       <c r="D180" t="s">
         <v>69</v>
       </c>
       <c r="E180" t="s">
+        <v>724</v>
+      </c>
+      <c r="F180" t="s">
         <v>725</v>
       </c>
-      <c r="F180" t="s">
+      <c r="G180" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
       <c r="H180" t="s">
         <v>23</v>
       </c>
       <c r="I180" t="s">
         <v>111</v>
       </c>
       <c r="J180" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="K180" t="s">
         <v>47</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180"/>
       <c r="N180" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="O180"/>
       <c r="P180" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="Q180" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181">
         <v>10718</v>
       </c>
       <c r="B181" t="s">
+        <v>730</v>
+      </c>
+      <c r="C181" t="s">
         <v>731</v>
       </c>
-      <c r="C181" t="s">
+      <c r="D181" t="s">
         <v>732</v>
       </c>
-      <c r="D181" t="s">
+      <c r="E181" t="s">
         <v>733</v>
       </c>
-      <c r="E181" t="s">
+      <c r="F181" t="s">
         <v>734</v>
       </c>
-      <c r="F181" t="s">
+      <c r="G181" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
       <c r="H181" t="s">
         <v>23</v>
       </c>
       <c r="I181" t="s">
         <v>111</v>
       </c>
       <c r="J181" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="K181" t="s">
         <v>47</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181"/>
       <c r="N181" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="O181"/>
       <c r="P181"/>
       <c r="Q181" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182">
         <v>11448</v>
       </c>
       <c r="B182" t="s">
+        <v>736</v>
+      </c>
+      <c r="C182" t="s">
         <v>737</v>
       </c>
-      <c r="C182" t="s">
+      <c r="D182" t="s">
         <v>738</v>
       </c>
-      <c r="D182" t="s">
+      <c r="E182" t="s">
         <v>739</v>
       </c>
-      <c r="E182" t="s">
+      <c r="F182" t="s">
         <v>740</v>
       </c>
-      <c r="F182" t="s">
+      <c r="G182" t="s">
         <v>741</v>
-      </c>
-[...1 lines deleted...]
-        <v>742</v>
       </c>
       <c r="H182" t="s">
         <v>23</v>
       </c>
       <c r="I182" t="s">
         <v>111</v>
       </c>
       <c r="J182" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="K182" t="s">
         <v>47</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182"/>
       <c r="N182" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="O182"/>
       <c r="P182" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="Q182" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183">
         <v>12402</v>
       </c>
       <c r="B183" t="s">
+        <v>743</v>
+      </c>
+      <c r="C183" t="s">
         <v>744</v>
       </c>
-      <c r="C183" t="s">
+      <c r="D183" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E183" t="s">
         <v>746</v>
       </c>
       <c r="F183" t="s">
         <v>747</v>
       </c>
       <c r="G183" t="s">
         <v>748</v>
       </c>
       <c r="H183" t="s">
         <v>23</v>
       </c>
       <c r="I183" t="s">
         <v>111</v>
       </c>
       <c r="J183" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="K183" t="s">
         <v>47</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183"/>
       <c r="N183" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="O183"/>
       <c r="P183" t="s">
         <v>749</v>
       </c>
       <c r="Q183" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184">
         <v>10766</v>
       </c>
       <c r="B184" t="s">
         <v>750</v>
       </c>
       <c r="C184" t="s">
         <v>751</v>
       </c>
       <c r="D184" t="s">
         <v>69</v>
       </c>
       <c r="E184" t="s">
         <v>752</v>
       </c>
@@ -15201,143 +15213,143 @@
       <c r="K184" t="s">
         <v>47</v>
       </c>
       <c r="L184"/>
       <c r="M184"/>
       <c r="N184"/>
       <c r="O184" t="s">
         <v>36</v>
       </c>
       <c r="P184"/>
       <c r="Q184" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185">
         <v>11484</v>
       </c>
       <c r="B185" t="s">
         <v>755</v>
       </c>
       <c r="C185" t="s">
         <v>756</v>
       </c>
       <c r="D185" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="E185" t="s">
         <v>752</v>
       </c>
       <c r="F185" t="s">
         <v>753</v>
       </c>
       <c r="G185" t="s">
         <v>757</v>
       </c>
       <c r="H185" t="s">
         <v>23</v>
       </c>
       <c r="I185" t="s">
         <v>34</v>
       </c>
       <c r="J185" t="s">
         <v>46</v>
       </c>
       <c r="K185" t="s">
         <v>47</v>
       </c>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185"/>
       <c r="O185" t="s">
         <v>36</v>
       </c>
       <c r="P185" t="s">
         <v>758</v>
       </c>
       <c r="Q185" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186">
         <v>14089</v>
       </c>
       <c r="B186" t="s">
         <v>759</v>
       </c>
       <c r="C186" t="s">
         <v>760</v>
       </c>
       <c r="D186" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="E186" t="s">
         <v>761</v>
       </c>
       <c r="F186" t="s">
         <v>753</v>
       </c>
       <c r="G186" t="s">
         <v>762</v>
       </c>
       <c r="H186" t="s">
         <v>45</v>
       </c>
       <c r="I186" t="s">
         <v>34</v>
       </c>
       <c r="J186" t="s">
         <v>46</v>
       </c>
       <c r="K186" t="s">
         <v>47</v>
       </c>
       <c r="L186"/>
       <c r="M186"/>
       <c r="N186"/>
       <c r="O186" t="s">
         <v>36</v>
       </c>
       <c r="P186"/>
       <c r="Q186" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187">
         <v>12231</v>
       </c>
       <c r="B187" t="s">
         <v>763</v>
       </c>
       <c r="C187" t="s">
         <v>764</v>
       </c>
       <c r="D187" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E187" t="s">
         <v>752</v>
       </c>
       <c r="F187" t="s">
         <v>753</v>
       </c>
       <c r="G187" t="s">
         <v>765</v>
       </c>
       <c r="H187" t="s">
         <v>23</v>
       </c>
       <c r="I187" t="s">
         <v>34</v>
       </c>
       <c r="J187" t="s">
         <v>46</v>
       </c>
       <c r="K187" t="s">
         <v>47</v>
       </c>
       <c r="L187"/>
       <c r="M187"/>
       <c r="N187"/>
@@ -15475,96 +15487,96 @@
       <c r="K190" t="s">
         <v>47</v>
       </c>
       <c r="L190"/>
       <c r="M190"/>
       <c r="N190"/>
       <c r="O190" t="s">
         <v>48</v>
       </c>
       <c r="P190"/>
       <c r="Q190" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191">
         <v>11861</v>
       </c>
       <c r="B191" t="s">
         <v>779</v>
       </c>
       <c r="C191" t="s">
         <v>780</v>
       </c>
       <c r="D191" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="E191" t="s">
         <v>752</v>
       </c>
       <c r="F191" t="s">
         <v>753</v>
       </c>
       <c r="G191" t="s">
         <v>781</v>
       </c>
       <c r="H191" t="s">
         <v>23</v>
       </c>
       <c r="I191" t="s">
         <v>34</v>
       </c>
       <c r="J191" t="s">
         <v>46</v>
       </c>
       <c r="K191" t="s">
         <v>47</v>
       </c>
       <c r="L191"/>
       <c r="M191"/>
       <c r="N191"/>
       <c r="O191" t="s">
         <v>36</v>
       </c>
       <c r="P191"/>
       <c r="Q191" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192">
         <v>11871</v>
       </c>
       <c r="B192" t="s">
         <v>782</v>
       </c>
       <c r="C192" t="s">
         <v>783</v>
       </c>
       <c r="D192" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="E192" t="s">
         <v>784</v>
       </c>
       <c r="F192" t="s">
         <v>753</v>
       </c>
       <c r="G192" t="s">
         <v>785</v>
       </c>
       <c r="H192" t="s">
         <v>23</v>
       </c>
       <c r="I192" t="s">
         <v>34</v>
       </c>
       <c r="J192" t="s">
         <v>46</v>
       </c>
       <c r="K192" t="s">
         <v>54</v>
       </c>
       <c r="L192"/>
       <c r="M192"/>
       <c r="N192"/>
@@ -15698,145 +15710,145 @@
       <c r="K195" t="s">
         <v>47</v>
       </c>
       <c r="L195"/>
       <c r="M195"/>
       <c r="N195"/>
       <c r="O195" t="s">
         <v>36</v>
       </c>
       <c r="P195"/>
       <c r="Q195" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
         <v>16435</v>
       </c>
       <c r="B196" t="s">
         <v>798</v>
       </c>
       <c r="C196" t="s">
         <v>799</v>
       </c>
       <c r="D196" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E196" t="s">
         <v>752</v>
       </c>
       <c r="F196" t="s">
         <v>753</v>
       </c>
       <c r="G196" t="s">
         <v>800</v>
       </c>
       <c r="H196" t="s">
         <v>23</v>
       </c>
       <c r="I196" t="s">
         <v>34</v>
       </c>
       <c r="J196" t="s">
         <v>46</v>
       </c>
       <c r="K196" t="s">
         <v>47</v>
       </c>
       <c r="L196"/>
       <c r="M196"/>
       <c r="N196"/>
       <c r="O196" t="s">
         <v>36</v>
       </c>
       <c r="P196" t="s">
         <v>801</v>
       </c>
       <c r="Q196" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
         <v>11327</v>
       </c>
       <c r="B197" t="s">
         <v>802</v>
       </c>
       <c r="C197" t="s">
         <v>803</v>
       </c>
       <c r="D197" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="E197" t="s">
         <v>804</v>
       </c>
       <c r="F197" t="s">
         <v>753</v>
       </c>
       <c r="G197" t="s">
         <v>805</v>
       </c>
       <c r="H197" t="s">
         <v>23</v>
       </c>
       <c r="I197" t="s">
         <v>34</v>
       </c>
       <c r="J197" t="s">
         <v>46</v>
       </c>
       <c r="K197" t="s">
         <v>66</v>
       </c>
       <c r="L197"/>
       <c r="M197"/>
       <c r="N197"/>
       <c r="O197" t="s">
         <v>36</v>
       </c>
       <c r="P197" t="s">
         <v>806</v>
       </c>
       <c r="Q197" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
         <v>11250</v>
       </c>
       <c r="B198" t="s">
         <v>807</v>
       </c>
       <c r="C198" t="s">
         <v>808</v>
       </c>
       <c r="D198" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E198" t="s">
         <v>761</v>
       </c>
       <c r="F198" t="s">
         <v>753</v>
       </c>
       <c r="G198" t="s">
         <v>809</v>
       </c>
       <c r="H198" t="s">
         <v>23</v>
       </c>
       <c r="I198" t="s">
         <v>34</v>
       </c>
       <c r="J198" t="s">
         <v>46</v>
       </c>
       <c r="K198" t="s">
         <v>47</v>
       </c>
       <c r="L198"/>
       <c r="M198"/>
       <c r="N198"/>
@@ -15974,96 +15986,96 @@
       <c r="K201" t="s">
         <v>54</v>
       </c>
       <c r="L201"/>
       <c r="M201"/>
       <c r="N201"/>
       <c r="O201" t="s">
         <v>48</v>
       </c>
       <c r="P201"/>
       <c r="Q201" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
         <v>11543</v>
       </c>
       <c r="B202" t="s">
         <v>823</v>
       </c>
       <c r="C202" t="s">
         <v>824</v>
       </c>
       <c r="D202" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="E202" t="s">
         <v>752</v>
       </c>
       <c r="F202" t="s">
         <v>753</v>
       </c>
       <c r="G202" t="s">
         <v>825</v>
       </c>
       <c r="H202" t="s">
         <v>23</v>
       </c>
       <c r="I202" t="s">
         <v>34</v>
       </c>
       <c r="J202" t="s">
         <v>46</v>
       </c>
       <c r="K202" t="s">
         <v>47</v>
       </c>
       <c r="L202"/>
       <c r="M202"/>
       <c r="N202"/>
       <c r="O202" t="s">
         <v>36</v>
       </c>
       <c r="P202"/>
       <c r="Q202" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
         <v>11113</v>
       </c>
       <c r="B203" t="s">
         <v>826</v>
       </c>
       <c r="C203" t="s">
         <v>827</v>
       </c>
       <c r="D203" t="s">
-        <v>167</v>
+        <v>115</v>
       </c>
       <c r="E203" t="s">
         <v>804</v>
       </c>
       <c r="F203" t="s">
         <v>753</v>
       </c>
       <c r="G203" t="s">
         <v>828</v>
       </c>
       <c r="H203" t="s">
         <v>23</v>
       </c>
       <c r="I203" t="s">
         <v>34</v>
       </c>
       <c r="J203" t="s">
         <v>46</v>
       </c>
       <c r="K203" t="s">
         <v>829</v>
       </c>
       <c r="L203"/>
       <c r="M203"/>
       <c r="N203"/>
@@ -16156,51 +16168,51 @@
       <c r="K205" t="s">
         <v>47</v>
       </c>
       <c r="L205"/>
       <c r="M205"/>
       <c r="N205"/>
       <c r="O205" t="s">
         <v>48</v>
       </c>
       <c r="P205"/>
       <c r="Q205" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
         <v>10907</v>
       </c>
       <c r="B206" t="s">
         <v>837</v>
       </c>
       <c r="C206" t="s">
         <v>838</v>
       </c>
       <c r="D206" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E206" t="s">
         <v>752</v>
       </c>
       <c r="F206" t="s">
         <v>753</v>
       </c>
       <c r="G206" t="s">
         <v>839</v>
       </c>
       <c r="H206" t="s">
         <v>23</v>
       </c>
       <c r="I206" t="s">
         <v>34</v>
       </c>
       <c r="J206" t="s">
         <v>46</v>
       </c>
       <c r="K206" t="s">
         <v>47</v>
       </c>
       <c r="L206"/>
       <c r="M206"/>
       <c r="N206"/>
@@ -16381,96 +16393,96 @@
       <c r="K210" t="s">
         <v>47</v>
       </c>
       <c r="L210"/>
       <c r="M210"/>
       <c r="N210"/>
       <c r="O210" t="s">
         <v>48</v>
       </c>
       <c r="P210"/>
       <c r="Q210" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
         <v>11101</v>
       </c>
       <c r="B211" t="s">
         <v>855</v>
       </c>
       <c r="C211" t="s">
         <v>856</v>
       </c>
       <c r="D211" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="E211" t="s">
         <v>789</v>
       </c>
       <c r="F211" t="s">
         <v>753</v>
       </c>
       <c r="G211" t="s">
         <v>857</v>
       </c>
       <c r="H211" t="s">
         <v>23</v>
       </c>
       <c r="I211" t="s">
         <v>34</v>
       </c>
       <c r="J211" t="s">
         <v>46</v>
       </c>
       <c r="K211" t="s">
         <v>54</v>
       </c>
       <c r="L211"/>
       <c r="M211"/>
       <c r="N211"/>
       <c r="O211" t="s">
         <v>48</v>
       </c>
       <c r="P211"/>
       <c r="Q211" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
         <v>13998</v>
       </c>
       <c r="B212" t="s">
         <v>858</v>
       </c>
       <c r="C212" t="s">
         <v>859</v>
       </c>
       <c r="D212" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="E212" t="s">
         <v>761</v>
       </c>
       <c r="F212" t="s">
         <v>753</v>
       </c>
       <c r="G212" t="s">
         <v>860</v>
       </c>
       <c r="H212" t="s">
         <v>45</v>
       </c>
       <c r="I212" t="s">
         <v>34</v>
       </c>
       <c r="J212" t="s">
         <v>46</v>
       </c>
       <c r="K212" t="s">
         <v>47</v>
       </c>
       <c r="L212"/>
       <c r="M212"/>
       <c r="N212"/>
@@ -16702,51 +16714,51 @@
       </c>
       <c r="L217"/>
       <c r="M217"/>
       <c r="N217"/>
       <c r="O217" t="s">
         <v>48</v>
       </c>
       <c r="P217" t="s">
         <v>879</v>
       </c>
       <c r="Q217" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:17">
       <c r="A218">
         <v>14061</v>
       </c>
       <c r="B218" t="s">
         <v>880</v>
       </c>
       <c r="C218" t="s">
         <v>881</v>
       </c>
       <c r="D218" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E218" t="s">
         <v>752</v>
       </c>
       <c r="F218" t="s">
         <v>753</v>
       </c>
       <c r="G218" t="s">
         <v>882</v>
       </c>
       <c r="H218" t="s">
         <v>45</v>
       </c>
       <c r="I218" t="s">
         <v>34</v>
       </c>
       <c r="J218" t="s">
         <v>35</v>
       </c>
       <c r="K218"/>
       <c r="L218"/>
       <c r="M218"/>
       <c r="N218"/>
       <c r="O218" t="s">
         <v>36</v>
@@ -16790,51 +16802,51 @@
       <c r="K219" t="s">
         <v>47</v>
       </c>
       <c r="L219"/>
       <c r="M219"/>
       <c r="N219"/>
       <c r="O219" t="s">
         <v>36</v>
       </c>
       <c r="P219"/>
       <c r="Q219" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:17">
       <c r="A220">
         <v>11807</v>
       </c>
       <c r="B220" t="s">
         <v>886</v>
       </c>
       <c r="C220" t="s">
         <v>887</v>
       </c>
       <c r="D220" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="E220" t="s">
         <v>761</v>
       </c>
       <c r="F220" t="s">
         <v>753</v>
       </c>
       <c r="G220" t="s">
         <v>888</v>
       </c>
       <c r="H220" t="s">
         <v>23</v>
       </c>
       <c r="I220" t="s">
         <v>34</v>
       </c>
       <c r="J220" t="s">
         <v>46</v>
       </c>
       <c r="K220" t="s">
         <v>47</v>
       </c>
       <c r="L220"/>
       <c r="M220"/>
       <c r="N220"/>
@@ -16882,254 +16894,254 @@
       </c>
       <c r="L221"/>
       <c r="M221"/>
       <c r="N221"/>
       <c r="O221" t="s">
         <v>48</v>
       </c>
       <c r="P221" t="s">
         <v>892</v>
       </c>
       <c r="Q221" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:17">
       <c r="A222">
         <v>11738</v>
       </c>
       <c r="B222" t="s">
         <v>893</v>
       </c>
       <c r="C222" t="s">
         <v>894</v>
       </c>
       <c r="D222" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E222" t="s">
         <v>768</v>
       </c>
       <c r="F222" t="s">
         <v>753</v>
       </c>
       <c r="G222" t="s">
         <v>895</v>
       </c>
       <c r="H222" t="s">
         <v>23</v>
       </c>
       <c r="I222" t="s">
         <v>34</v>
       </c>
       <c r="J222" t="s">
         <v>35</v>
       </c>
       <c r="K222"/>
       <c r="L222"/>
       <c r="M222"/>
       <c r="N222"/>
       <c r="O222" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P222"/>
       <c r="Q222" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:17">
       <c r="A223">
         <v>33094</v>
       </c>
       <c r="B223" t="s">
         <v>896</v>
       </c>
       <c r="C223" t="s">
         <v>897</v>
       </c>
       <c r="D223" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E223" t="s">
         <v>752</v>
       </c>
       <c r="F223" t="s">
         <v>753</v>
       </c>
       <c r="G223" t="s">
         <v>898</v>
       </c>
       <c r="H223" t="s">
         <v>23</v>
       </c>
       <c r="I223" t="s">
         <v>34</v>
       </c>
       <c r="J223" t="s">
         <v>35</v>
       </c>
       <c r="K223"/>
       <c r="L223"/>
       <c r="M223"/>
       <c r="N223"/>
       <c r="O223" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="P223" t="s">
         <v>899</v>
       </c>
       <c r="Q223" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:17">
       <c r="A224">
         <v>13987</v>
       </c>
       <c r="B224" t="s">
         <v>900</v>
       </c>
       <c r="C224" t="s">
         <v>901</v>
       </c>
       <c r="D224" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="E224" t="s">
         <v>866</v>
       </c>
       <c r="F224" t="s">
         <v>753</v>
       </c>
       <c r="G224" t="s">
         <v>902</v>
       </c>
       <c r="H224" t="s">
         <v>45</v>
       </c>
       <c r="I224" t="s">
         <v>34</v>
       </c>
       <c r="J224" t="s">
         <v>35</v>
       </c>
       <c r="K224"/>
       <c r="L224"/>
       <c r="M224"/>
       <c r="N224"/>
       <c r="O224" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="P224" t="s">
         <v>903</v>
       </c>
       <c r="Q224" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:17">
       <c r="A225">
         <v>10937</v>
       </c>
       <c r="B225" t="s">
         <v>904</v>
       </c>
       <c r="C225" t="s">
         <v>905</v>
       </c>
       <c r="D225" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E225" t="s">
         <v>752</v>
       </c>
       <c r="F225" t="s">
         <v>753</v>
       </c>
       <c r="G225" t="s">
         <v>906</v>
       </c>
       <c r="H225" t="s">
         <v>23</v>
       </c>
       <c r="I225" t="s">
         <v>34</v>
       </c>
       <c r="J225" t="s">
         <v>46</v>
       </c>
       <c r="K225" t="s">
         <v>47</v>
       </c>
       <c r="L225"/>
       <c r="M225"/>
       <c r="N225"/>
       <c r="O225" t="s">
         <v>48</v>
       </c>
       <c r="P225"/>
       <c r="Q225" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:17">
       <c r="A226">
         <v>12198</v>
       </c>
       <c r="B226" t="s">
         <v>907</v>
       </c>
       <c r="C226" t="s">
         <v>908</v>
       </c>
       <c r="D226" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E226" t="s">
         <v>866</v>
       </c>
       <c r="F226" t="s">
         <v>753</v>
       </c>
       <c r="G226" t="s">
         <v>909</v>
       </c>
       <c r="H226" t="s">
         <v>45</v>
       </c>
       <c r="I226" t="s">
         <v>34</v>
       </c>
       <c r="J226" t="s">
         <v>35</v>
       </c>
       <c r="K226"/>
       <c r="L226"/>
       <c r="M226"/>
       <c r="N226"/>
       <c r="O226" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P226"/>
       <c r="Q226" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:17">
       <c r="A227">
         <v>11737</v>
       </c>
       <c r="B227" t="s">
         <v>910</v>
       </c>
       <c r="C227" t="s">
         <v>911</v>
       </c>
       <c r="D227" t="s">
         <v>41</v>
       </c>
       <c r="E227" t="s">
         <v>804</v>
       </c>
       <c r="F227" t="s">
         <v>753</v>
       </c>
@@ -17193,96 +17205,96 @@
       <c r="K228" t="s">
         <v>47</v>
       </c>
       <c r="L228"/>
       <c r="M228"/>
       <c r="N228"/>
       <c r="O228" t="s">
         <v>36</v>
       </c>
       <c r="P228"/>
       <c r="Q228" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:17">
       <c r="A229">
         <v>11858</v>
       </c>
       <c r="B229" t="s">
         <v>917</v>
       </c>
       <c r="C229" t="s">
         <v>918</v>
       </c>
       <c r="D229" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E229" t="s">
         <v>752</v>
       </c>
       <c r="F229" t="s">
         <v>753</v>
       </c>
       <c r="G229" t="s">
         <v>919</v>
       </c>
       <c r="H229" t="s">
         <v>23</v>
       </c>
       <c r="I229" t="s">
         <v>34</v>
       </c>
       <c r="J229" t="s">
         <v>46</v>
       </c>
       <c r="K229" t="s">
         <v>47</v>
       </c>
       <c r="L229"/>
       <c r="M229"/>
       <c r="N229"/>
       <c r="O229" t="s">
         <v>36</v>
       </c>
       <c r="P229"/>
       <c r="Q229" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:17">
       <c r="A230">
         <v>11870</v>
       </c>
       <c r="B230" t="s">
         <v>920</v>
       </c>
       <c r="C230" t="s">
         <v>921</v>
       </c>
       <c r="D230" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="E230" t="s">
         <v>752</v>
       </c>
       <c r="F230" t="s">
         <v>753</v>
       </c>
       <c r="G230" t="s">
         <v>922</v>
       </c>
       <c r="H230" t="s">
         <v>23</v>
       </c>
       <c r="I230" t="s">
         <v>34</v>
       </c>
       <c r="J230" t="s">
         <v>46</v>
       </c>
       <c r="K230" t="s">
         <v>47</v>
       </c>
       <c r="L230"/>
       <c r="M230"/>
       <c r="N230"/>
@@ -17328,96 +17340,96 @@
       <c r="K231" t="s">
         <v>47</v>
       </c>
       <c r="L231"/>
       <c r="M231"/>
       <c r="N231"/>
       <c r="O231" t="s">
         <v>36</v>
       </c>
       <c r="P231"/>
       <c r="Q231" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="232" spans="1:17">
       <c r="A232">
         <v>11890</v>
       </c>
       <c r="B232" t="s">
         <v>926</v>
       </c>
       <c r="C232" t="s">
         <v>927</v>
       </c>
       <c r="D232" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="E232" t="s">
         <v>752</v>
       </c>
       <c r="F232" t="s">
         <v>753</v>
       </c>
       <c r="G232" t="s">
         <v>928</v>
       </c>
       <c r="H232" t="s">
         <v>23</v>
       </c>
       <c r="I232" t="s">
         <v>34</v>
       </c>
       <c r="J232" t="s">
         <v>46</v>
       </c>
       <c r="K232" t="s">
         <v>47</v>
       </c>
       <c r="L232"/>
       <c r="M232"/>
       <c r="N232"/>
       <c r="O232" t="s">
         <v>36</v>
       </c>
       <c r="P232"/>
       <c r="Q232" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:17">
       <c r="A233">
         <v>11775</v>
       </c>
       <c r="B233" t="s">
         <v>929</v>
       </c>
       <c r="C233" t="s">
         <v>930</v>
       </c>
       <c r="D233" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="E233" t="s">
         <v>752</v>
       </c>
       <c r="F233" t="s">
         <v>753</v>
       </c>
       <c r="G233" t="s">
         <v>931</v>
       </c>
       <c r="H233" t="s">
         <v>23</v>
       </c>
       <c r="I233" t="s">
         <v>34</v>
       </c>
       <c r="J233" t="s">
         <v>35</v>
       </c>
       <c r="K233"/>
       <c r="L233"/>
       <c r="M233"/>
       <c r="N233"/>
       <c r="O233" t="s">
         <v>36</v>
@@ -17551,51 +17563,51 @@
       <c r="K236" t="s">
         <v>47</v>
       </c>
       <c r="L236"/>
       <c r="M236"/>
       <c r="N236"/>
       <c r="O236" t="s">
         <v>36</v>
       </c>
       <c r="P236"/>
       <c r="Q236" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:17">
       <c r="A237">
         <v>12013</v>
       </c>
       <c r="B237" t="s">
         <v>942</v>
       </c>
       <c r="C237" t="s">
         <v>943</v>
       </c>
       <c r="D237" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="E237" t="s">
         <v>752</v>
       </c>
       <c r="F237" t="s">
         <v>753</v>
       </c>
       <c r="G237" t="s">
         <v>944</v>
       </c>
       <c r="H237" t="s">
         <v>23</v>
       </c>
       <c r="I237" t="s">
         <v>34</v>
       </c>
       <c r="J237" t="s">
         <v>46</v>
       </c>
       <c r="K237" t="s">
         <v>47</v>
       </c>
       <c r="L237"/>
       <c r="M237"/>
       <c r="N237"/>
@@ -17686,51 +17698,51 @@
       <c r="K239" t="s">
         <v>47</v>
       </c>
       <c r="L239"/>
       <c r="M239"/>
       <c r="N239"/>
       <c r="O239" t="s">
         <v>36</v>
       </c>
       <c r="P239"/>
       <c r="Q239" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="240" spans="1:17">
       <c r="A240">
         <v>11384</v>
       </c>
       <c r="B240" t="s">
         <v>951</v>
       </c>
       <c r="C240" t="s">
         <v>952</v>
       </c>
       <c r="D240" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E240" t="s">
         <v>752</v>
       </c>
       <c r="F240" t="s">
         <v>753</v>
       </c>
       <c r="G240" t="s">
         <v>953</v>
       </c>
       <c r="H240" t="s">
         <v>23</v>
       </c>
       <c r="I240" t="s">
         <v>34</v>
       </c>
       <c r="J240" t="s">
         <v>46</v>
       </c>
       <c r="K240" t="s">
         <v>47</v>
       </c>
       <c r="L240"/>
       <c r="M240"/>
       <c r="N240"/>
@@ -17821,76 +17833,76 @@
       <c r="K242" t="s">
         <v>47</v>
       </c>
       <c r="L242"/>
       <c r="M242"/>
       <c r="N242"/>
       <c r="O242" t="s">
         <v>36</v>
       </c>
       <c r="P242"/>
       <c r="Q242" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:17">
       <c r="A243">
         <v>12136</v>
       </c>
       <c r="B243" t="s">
         <v>960</v>
       </c>
       <c r="C243" t="s">
         <v>961</v>
       </c>
       <c r="D243" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="E243" t="s">
         <v>761</v>
       </c>
       <c r="F243" t="s">
         <v>753</v>
       </c>
       <c r="G243" t="s">
         <v>962</v>
       </c>
       <c r="H243" t="s">
         <v>23</v>
       </c>
       <c r="I243" t="s">
         <v>34</v>
       </c>
       <c r="J243" t="s">
         <v>35</v>
       </c>
       <c r="K243"/>
       <c r="L243"/>
       <c r="M243"/>
       <c r="N243"/>
       <c r="O243" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P243"/>
       <c r="Q243" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:17">
       <c r="A244">
         <v>14078</v>
       </c>
       <c r="B244" t="s">
         <v>963</v>
       </c>
       <c r="C244" t="s">
         <v>964</v>
       </c>
       <c r="D244" t="s">
         <v>155</v>
       </c>
       <c r="E244" t="s">
         <v>866</v>
       </c>
       <c r="F244" t="s">
         <v>753</v>
       </c>
@@ -17999,51 +18011,51 @@
       <c r="K246" t="s">
         <v>47</v>
       </c>
       <c r="L246"/>
       <c r="M246"/>
       <c r="N246"/>
       <c r="O246" t="s">
         <v>48</v>
       </c>
       <c r="P246"/>
       <c r="Q246" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="247" spans="1:17">
       <c r="A247">
         <v>14084</v>
       </c>
       <c r="B247" t="s">
         <v>973</v>
       </c>
       <c r="C247" t="s">
         <v>974</v>
       </c>
       <c r="D247" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="E247" t="s">
         <v>777</v>
       </c>
       <c r="F247" t="s">
         <v>753</v>
       </c>
       <c r="G247" t="s">
         <v>975</v>
       </c>
       <c r="H247" t="s">
         <v>45</v>
       </c>
       <c r="I247" t="s">
         <v>34</v>
       </c>
       <c r="J247" t="s">
         <v>46</v>
       </c>
       <c r="K247" t="s">
         <v>47</v>
       </c>
       <c r="L247"/>
       <c r="M247"/>
       <c r="N247"/>
@@ -18181,76 +18193,76 @@
       <c r="K250" t="s">
         <v>47</v>
       </c>
       <c r="L250"/>
       <c r="M250"/>
       <c r="N250"/>
       <c r="O250" t="s">
         <v>36</v>
       </c>
       <c r="P250"/>
       <c r="Q250" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="251" spans="1:17">
       <c r="A251">
         <v>16393</v>
       </c>
       <c r="B251" t="s">
         <v>987</v>
       </c>
       <c r="C251" t="s">
         <v>988</v>
       </c>
       <c r="D251" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E251" t="s">
         <v>761</v>
       </c>
       <c r="F251" t="s">
         <v>753</v>
       </c>
       <c r="G251" t="s">
         <v>989</v>
       </c>
       <c r="H251" t="s">
         <v>23</v>
       </c>
       <c r="I251" t="s">
         <v>34</v>
       </c>
       <c r="J251" t="s">
         <v>35</v>
       </c>
       <c r="K251"/>
       <c r="L251"/>
       <c r="M251"/>
       <c r="N251"/>
       <c r="O251" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P251"/>
       <c r="Q251" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="252" spans="1:17">
       <c r="A252">
         <v>12324</v>
       </c>
       <c r="B252" t="s">
         <v>990</v>
       </c>
       <c r="C252" t="s">
         <v>991</v>
       </c>
       <c r="D252" t="s">
         <v>41</v>
       </c>
       <c r="E252" t="s">
         <v>761</v>
       </c>
       <c r="F252" t="s">
         <v>753</v>
       </c>
@@ -18312,96 +18324,96 @@
         <v>35</v>
       </c>
       <c r="K253"/>
       <c r="L253"/>
       <c r="M253"/>
       <c r="N253"/>
       <c r="O253" t="s">
         <v>36</v>
       </c>
       <c r="P253"/>
       <c r="Q253" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="254" spans="1:17">
       <c r="A254">
         <v>14088</v>
       </c>
       <c r="B254" t="s">
         <v>996</v>
       </c>
       <c r="C254" t="s">
         <v>997</v>
       </c>
       <c r="D254" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="E254" t="s">
         <v>789</v>
       </c>
       <c r="F254" t="s">
         <v>753</v>
       </c>
       <c r="G254" t="s">
         <v>998</v>
       </c>
       <c r="H254" t="s">
         <v>45</v>
       </c>
       <c r="I254" t="s">
         <v>34</v>
       </c>
       <c r="J254" t="s">
         <v>46</v>
       </c>
       <c r="K254" t="s">
         <v>999</v>
       </c>
       <c r="L254"/>
       <c r="M254"/>
       <c r="N254"/>
       <c r="O254" t="s">
         <v>36</v>
       </c>
       <c r="P254"/>
       <c r="Q254" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="255" spans="1:17">
       <c r="A255">
         <v>23748</v>
       </c>
       <c r="B255" t="s">
         <v>1000</v>
       </c>
       <c r="C255" t="s">
         <v>1001</v>
       </c>
       <c r="D255" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="E255" t="s">
         <v>1002</v>
       </c>
       <c r="F255" t="s">
         <v>1003</v>
       </c>
       <c r="G255" t="s">
         <v>1004</v>
       </c>
       <c r="H255" t="s">
         <v>23</v>
       </c>
       <c r="I255" t="s">
         <v>34</v>
       </c>
       <c r="J255" t="s">
         <v>46</v>
       </c>
       <c r="K255" t="s">
         <v>47</v>
       </c>
       <c r="L255"/>
       <c r="M255"/>
       <c r="N255"/>
@@ -18494,119 +18506,119 @@
       <c r="K257" t="s">
         <v>47</v>
       </c>
       <c r="L257"/>
       <c r="M257"/>
       <c r="N257"/>
       <c r="O257" t="s">
         <v>36</v>
       </c>
       <c r="P257"/>
       <c r="Q257" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="258" spans="1:17">
       <c r="A258">
         <v>11337</v>
       </c>
       <c r="B258" t="s">
         <v>1014</v>
       </c>
       <c r="C258" t="s">
         <v>1015</v>
       </c>
       <c r="D258" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="E258" t="s">
         <v>1016</v>
       </c>
       <c r="F258" t="s">
         <v>1003</v>
       </c>
       <c r="G258" t="s">
         <v>1017</v>
       </c>
       <c r="H258" t="s">
         <v>23</v>
       </c>
       <c r="I258" t="s">
         <v>34</v>
       </c>
       <c r="J258" t="s">
         <v>35</v>
       </c>
       <c r="K258"/>
       <c r="L258"/>
       <c r="M258"/>
       <c r="N258"/>
       <c r="O258" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P258"/>
       <c r="Q258" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:17">
       <c r="A259">
         <v>10887</v>
       </c>
       <c r="B259" t="s">
         <v>1018</v>
       </c>
       <c r="C259" t="s">
         <v>1019</v>
       </c>
       <c r="D259" t="s">
         <v>1020</v>
       </c>
       <c r="E259" t="s">
         <v>1002</v>
       </c>
       <c r="F259" t="s">
         <v>1003</v>
       </c>
       <c r="G259" t="s">
         <v>1021</v>
       </c>
       <c r="H259" t="s">
         <v>23</v>
       </c>
       <c r="I259" t="s">
         <v>34</v>
       </c>
       <c r="J259" t="s">
         <v>35</v>
       </c>
       <c r="K259"/>
       <c r="L259"/>
       <c r="M259"/>
       <c r="N259"/>
       <c r="O259" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P259"/>
       <c r="Q259" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="260" spans="1:17">
       <c r="A260">
         <v>10699</v>
       </c>
       <c r="B260" t="s">
         <v>1022</v>
       </c>
       <c r="C260" t="s">
         <v>1023</v>
       </c>
       <c r="D260" t="s">
         <v>69</v>
       </c>
       <c r="E260" t="s">
         <v>1024</v>
       </c>
       <c r="F260" t="s">
         <v>1003</v>
       </c>
@@ -18652,94 +18664,94 @@
       <c r="E261" t="s">
         <v>1028</v>
       </c>
       <c r="F261" t="s">
         <v>1003</v>
       </c>
       <c r="G261" t="s">
         <v>1029</v>
       </c>
       <c r="H261" t="s">
         <v>23</v>
       </c>
       <c r="I261" t="s">
         <v>34</v>
       </c>
       <c r="J261" t="s">
         <v>46</v>
       </c>
       <c r="K261" t="s">
         <v>999</v>
       </c>
       <c r="L261"/>
       <c r="M261"/>
       <c r="N261"/>
       <c r="O261" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P261"/>
       <c r="Q261" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="262" spans="1:17">
       <c r="A262">
         <v>33013</v>
       </c>
       <c r="B262" t="s">
         <v>1030</v>
       </c>
       <c r="C262" t="s">
         <v>1031</v>
       </c>
       <c r="D262" t="s">
         <v>62</v>
       </c>
       <c r="E262" t="s">
         <v>1032</v>
       </c>
       <c r="F262" t="s">
         <v>1003</v>
       </c>
       <c r="G262" t="s">
         <v>1033</v>
       </c>
       <c r="H262" t="s">
         <v>23</v>
       </c>
       <c r="I262" t="s">
         <v>34</v>
       </c>
       <c r="J262" t="s">
         <v>35</v>
       </c>
       <c r="K262"/>
       <c r="L262"/>
       <c r="M262"/>
       <c r="N262"/>
       <c r="O262" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="P262" t="s">
         <v>1034</v>
       </c>
       <c r="Q262" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="263" spans="1:17">
       <c r="A263">
         <v>33009</v>
       </c>
       <c r="B263" t="s">
         <v>1035</v>
       </c>
       <c r="C263" t="s">
         <v>1036</v>
       </c>
       <c r="D263" t="s">
         <v>51</v>
       </c>
       <c r="E263" t="s">
         <v>1002</v>
       </c>
       <c r="F263" t="s">
@@ -18936,51 +18948,51 @@
         <v>25</v>
       </c>
       <c r="K267"/>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267"/>
       <c r="N267"/>
       <c r="O267"/>
       <c r="P267"/>
       <c r="Q267" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="268" spans="1:17">
       <c r="A268">
         <v>11017</v>
       </c>
       <c r="B268" t="s">
         <v>1058</v>
       </c>
       <c r="C268" t="s">
         <v>1059</v>
       </c>
       <c r="D268" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E268" t="s">
         <v>1042</v>
       </c>
       <c r="F268" t="s">
         <v>1043</v>
       </c>
       <c r="G268" t="s">
         <v>1060</v>
       </c>
       <c r="H268" t="s">
         <v>23</v>
       </c>
       <c r="I268" t="s">
         <v>34</v>
       </c>
       <c r="J268" t="s">
         <v>91</v>
       </c>
       <c r="K268"/>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>92</v>
@@ -19155,1971 +19167,1971 @@
         <v>25</v>
       </c>
       <c r="K272"/>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272"/>
       <c r="N272"/>
       <c r="O272"/>
       <c r="P272"/>
       <c r="Q272" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="273" spans="1:17">
       <c r="A273">
         <v>10487</v>
       </c>
       <c r="B273" t="s">
         <v>1078</v>
       </c>
       <c r="C273" t="s">
         <v>1079</v>
       </c>
       <c r="D273" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E273" t="s">
         <v>1042</v>
       </c>
       <c r="F273" t="s">
         <v>1043</v>
       </c>
       <c r="G273" t="s">
         <v>1080</v>
       </c>
       <c r="H273" t="s">
         <v>23</v>
       </c>
       <c r="I273" t="s">
         <v>24</v>
       </c>
       <c r="J273" t="s">
         <v>25</v>
       </c>
       <c r="K273"/>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273"/>
       <c r="N273"/>
       <c r="O273"/>
       <c r="P273" t="s">
         <v>1081</v>
       </c>
       <c r="Q273" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:17">
       <c r="A274">
         <v>1078</v>
       </c>
       <c r="B274" t="s">
         <v>1082</v>
       </c>
       <c r="C274" t="s">
         <v>1083</v>
       </c>
       <c r="D274" t="s">
-        <v>1084</v>
+        <v>19</v>
       </c>
       <c r="E274" t="s">
         <v>1042</v>
       </c>
       <c r="F274" t="s">
         <v>1043</v>
       </c>
       <c r="G274" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="H274" t="s">
         <v>23</v>
       </c>
       <c r="I274" t="s">
         <v>1045</v>
       </c>
       <c r="J274" t="s">
         <v>91</v>
       </c>
       <c r="K274"/>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>92</v>
       </c>
       <c r="N274"/>
       <c r="O274"/>
       <c r="P274"/>
       <c r="Q274" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="275" spans="1:17">
       <c r="A275">
         <v>10489</v>
       </c>
       <c r="B275" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C275" t="s">
         <v>1086</v>
       </c>
-      <c r="C275" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D275" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E275" t="s">
         <v>1042</v>
       </c>
       <c r="F275" t="s">
         <v>1043</v>
       </c>
       <c r="G275" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="H275" t="s">
         <v>23</v>
       </c>
       <c r="I275" t="s">
         <v>34</v>
       </c>
       <c r="J275" t="s">
         <v>25</v>
       </c>
       <c r="K275"/>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275"/>
       <c r="N275"/>
       <c r="O275"/>
       <c r="P275"/>
       <c r="Q275" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="276" spans="1:17">
       <c r="A276">
         <v>1523</v>
       </c>
       <c r="B276" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C276" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>1090</v>
       </c>
       <c r="D276" t="s">
         <v>132</v>
       </c>
       <c r="E276" t="s">
         <v>1042</v>
       </c>
       <c r="F276" t="s">
         <v>1043</v>
       </c>
       <c r="G276" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="H276" t="s">
         <v>23</v>
       </c>
       <c r="I276" t="s">
         <v>1045</v>
       </c>
       <c r="J276" t="s">
         <v>25</v>
       </c>
       <c r="K276"/>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276"/>
       <c r="N276"/>
       <c r="O276"/>
       <c r="P276"/>
       <c r="Q276" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="277" spans="1:17">
       <c r="A277">
         <v>10093</v>
       </c>
       <c r="B277" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C277" t="s">
         <v>1092</v>
       </c>
-      <c r="C277" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D277" t="s">
-        <v>1084</v>
+        <v>19</v>
       </c>
       <c r="E277" t="s">
         <v>1042</v>
       </c>
       <c r="F277" t="s">
         <v>1043</v>
       </c>
       <c r="G277" t="s">
-        <v>1094</v>
+        <v>1093</v>
       </c>
       <c r="H277" t="s">
         <v>23</v>
       </c>
       <c r="I277" t="s">
         <v>1045</v>
       </c>
       <c r="J277" t="s">
         <v>91</v>
       </c>
       <c r="K277"/>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="N277"/>
       <c r="O277"/>
       <c r="P277" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="Q277" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="278" spans="1:17">
       <c r="A278">
         <v>10501</v>
       </c>
       <c r="B278" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C278" t="s">
         <v>1097</v>
       </c>
-      <c r="C278" t="s">
+      <c r="D278" t="s">
+        <v>207</v>
+      </c>
+      <c r="E278" t="s">
         <v>1098</v>
-      </c>
-[...4 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="F278" t="s">
         <v>1043</v>
       </c>
       <c r="G278" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H278" t="s">
+        <v>23</v>
+      </c>
+      <c r="I278" t="s">
         <v>1100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1101</v>
       </c>
       <c r="J278" t="s">
         <v>91</v>
       </c>
       <c r="K278"/>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>92</v>
       </c>
       <c r="N278"/>
       <c r="O278"/>
       <c r="P278"/>
       <c r="Q278" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="279" spans="1:17">
       <c r="A279">
         <v>10502</v>
       </c>
       <c r="B279" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C279" t="s">
         <v>1102</v>
       </c>
-      <c r="C279" t="s">
+      <c r="D279" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
       <c r="E279" t="s">
         <v>1042</v>
       </c>
       <c r="F279" t="s">
         <v>1043</v>
       </c>
       <c r="G279" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="H279" t="s">
         <v>23</v>
       </c>
       <c r="I279" t="s">
         <v>111</v>
       </c>
       <c r="J279" t="s">
         <v>25</v>
       </c>
       <c r="K279"/>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279"/>
       <c r="N279"/>
       <c r="O279"/>
       <c r="P279"/>
       <c r="Q279" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="280" spans="1:17">
       <c r="A280">
         <v>10504</v>
       </c>
       <c r="B280" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C280" t="s">
         <v>1106</v>
       </c>
-      <c r="C280" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D280" t="s">
-        <v>115</v>
+        <v>745</v>
       </c>
       <c r="E280" t="s">
         <v>1042</v>
       </c>
       <c r="F280" t="s">
         <v>1043</v>
       </c>
       <c r="G280" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="H280" t="s">
         <v>23</v>
       </c>
       <c r="I280" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J280" t="s">
         <v>25</v>
       </c>
       <c r="K280"/>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280"/>
       <c r="N280"/>
       <c r="O280"/>
       <c r="P280"/>
       <c r="Q280" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="281" spans="1:17">
       <c r="A281">
         <v>10507</v>
       </c>
       <c r="B281" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C281" t="s">
         <v>1109</v>
       </c>
-      <c r="C281" t="s">
+      <c r="D281" t="s">
         <v>1110</v>
       </c>
-      <c r="D281" t="s">
+      <c r="E281" t="s">
         <v>1111</v>
-      </c>
-[...1 lines deleted...]
-        <v>1112</v>
       </c>
       <c r="F281" t="s">
         <v>1043</v>
       </c>
       <c r="G281" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
       <c r="H281" t="s">
         <v>23</v>
       </c>
       <c r="I281" t="s">
         <v>34</v>
       </c>
       <c r="J281" t="s">
         <v>25</v>
       </c>
       <c r="K281"/>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281"/>
       <c r="N281"/>
       <c r="O281"/>
       <c r="P281"/>
       <c r="Q281" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="282" spans="1:17">
       <c r="A282">
         <v>16240</v>
       </c>
       <c r="B282" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C282" t="s">
         <v>1114</v>
       </c>
-      <c r="C282" t="s">
+      <c r="D282" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
       <c r="E282" t="s">
         <v>1042</v>
       </c>
       <c r="F282" t="s">
         <v>1043</v>
       </c>
       <c r="G282" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="H282" t="s">
         <v>23</v>
       </c>
       <c r="I282" t="s">
         <v>1045</v>
       </c>
       <c r="J282" t="s">
         <v>25</v>
       </c>
       <c r="K282"/>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282"/>
       <c r="N282"/>
       <c r="O282"/>
       <c r="P282" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="Q282" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="283" spans="1:17">
       <c r="A283">
         <v>16241</v>
       </c>
       <c r="B283" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C283" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
       <c r="D283" t="s">
         <v>1076</v>
       </c>
       <c r="E283" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="F283" t="s">
         <v>1043</v>
       </c>
       <c r="G283" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="H283" t="s">
         <v>23</v>
       </c>
       <c r="I283" t="s">
         <v>1045</v>
       </c>
       <c r="J283" t="s">
         <v>25</v>
       </c>
       <c r="K283"/>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283"/>
       <c r="N283"/>
       <c r="O283"/>
       <c r="P283"/>
       <c r="Q283" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="284" spans="1:17">
       <c r="A284">
         <v>16242</v>
       </c>
       <c r="B284" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C284" t="s">
         <v>1123</v>
       </c>
-      <c r="C284" t="s">
+      <c r="D284" t="s">
         <v>1124</v>
-      </c>
-[...1 lines deleted...]
-        <v>1125</v>
       </c>
       <c r="E284" t="s">
         <v>1042</v>
       </c>
       <c r="F284" t="s">
         <v>1043</v>
       </c>
       <c r="G284" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="H284" t="s">
         <v>23</v>
       </c>
       <c r="I284" t="s">
         <v>1045</v>
       </c>
       <c r="J284" t="s">
         <v>25</v>
       </c>
       <c r="K284"/>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284"/>
       <c r="N284"/>
       <c r="O284"/>
       <c r="P284"/>
       <c r="Q284" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="285" spans="1:17">
       <c r="A285">
         <v>10513</v>
       </c>
       <c r="B285" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C285" t="s">
         <v>1127</v>
       </c>
-      <c r="C285" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D285" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="E285" t="s">
         <v>1042</v>
       </c>
       <c r="F285" t="s">
         <v>1043</v>
       </c>
       <c r="G285" t="s">
-        <v>1129</v>
+        <v>1128</v>
       </c>
       <c r="H285" t="s">
         <v>23</v>
       </c>
       <c r="I285" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J285" t="s">
         <v>25</v>
       </c>
       <c r="K285"/>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285"/>
       <c r="N285"/>
       <c r="O285"/>
       <c r="P285"/>
       <c r="Q285" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="286" spans="1:17">
       <c r="A286">
         <v>10514</v>
       </c>
       <c r="B286" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C286" t="s">
         <v>1130</v>
       </c>
-      <c r="C286" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D286" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="E286" t="s">
         <v>1042</v>
       </c>
       <c r="F286" t="s">
         <v>1043</v>
       </c>
       <c r="G286" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="H286" t="s">
         <v>23</v>
       </c>
       <c r="I286" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J286" t="s">
         <v>25</v>
       </c>
       <c r="K286"/>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286"/>
       <c r="N286"/>
       <c r="O286"/>
       <c r="P286"/>
       <c r="Q286" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="287" spans="1:17">
       <c r="A287">
         <v>10515</v>
       </c>
       <c r="B287" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C287" t="s">
         <v>1133</v>
       </c>
-      <c r="C287" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D287" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="E287" t="s">
         <v>1042</v>
       </c>
       <c r="F287" t="s">
         <v>1043</v>
       </c>
       <c r="G287" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H287" t="s">
+        <v>23</v>
+      </c>
+      <c r="I287" t="s">
         <v>1135</v>
-      </c>
-[...4 lines deleted...]
-        <v>1136</v>
       </c>
       <c r="J287" t="s">
         <v>25</v>
       </c>
       <c r="K287"/>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287"/>
       <c r="N287"/>
       <c r="O287"/>
       <c r="P287"/>
       <c r="Q287" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="288" spans="1:17">
       <c r="A288">
         <v>4292</v>
       </c>
       <c r="B288" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C288" t="s">
         <v>1137</v>
       </c>
-      <c r="C288" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D288" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="E288" t="s">
         <v>1042</v>
       </c>
       <c r="F288" t="s">
         <v>1043</v>
       </c>
       <c r="G288" t="s">
-        <v>1139</v>
+        <v>1138</v>
       </c>
       <c r="H288" t="s">
         <v>23</v>
       </c>
       <c r="I288" t="s">
         <v>1045</v>
       </c>
       <c r="J288" t="s">
         <v>25</v>
       </c>
       <c r="K288"/>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288"/>
       <c r="N288"/>
       <c r="O288"/>
       <c r="P288"/>
       <c r="Q288" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="289" spans="1:17">
       <c r="A289">
         <v>10520</v>
       </c>
       <c r="B289" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C289" t="s">
         <v>1140</v>
       </c>
-      <c r="C289" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D289" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="E289" t="s">
         <v>1042</v>
       </c>
       <c r="F289" t="s">
         <v>1043</v>
       </c>
       <c r="G289" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="H289" t="s">
         <v>23</v>
       </c>
       <c r="I289" t="s">
         <v>1045</v>
       </c>
       <c r="J289" t="s">
         <v>91</v>
       </c>
       <c r="K289"/>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>92</v>
       </c>
       <c r="N289"/>
       <c r="O289"/>
       <c r="P289"/>
       <c r="Q289" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="290" spans="1:17">
       <c r="A290">
         <v>10775</v>
       </c>
       <c r="B290" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C290" t="s">
         <v>1143</v>
       </c>
-      <c r="C290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D290" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="E290" t="s">
         <v>1042</v>
       </c>
       <c r="F290" t="s">
         <v>1043</v>
       </c>
       <c r="G290" t="s">
-        <v>1145</v>
+        <v>1144</v>
       </c>
       <c r="H290" t="s">
         <v>23</v>
       </c>
       <c r="I290" t="s">
         <v>34</v>
       </c>
       <c r="J290" t="s">
         <v>25</v>
       </c>
       <c r="K290"/>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290"/>
       <c r="N290"/>
       <c r="O290"/>
       <c r="P290"/>
       <c r="Q290" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="291" spans="1:17">
       <c r="A291">
         <v>10530</v>
       </c>
       <c r="B291" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C291" t="s">
         <v>1146</v>
       </c>
-      <c r="C291" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D291" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="E291" t="s">
         <v>1042</v>
       </c>
       <c r="F291" t="s">
         <v>1043</v>
       </c>
       <c r="G291" t="s">
-        <v>1148</v>
+        <v>1147</v>
       </c>
       <c r="H291" t="s">
         <v>23</v>
       </c>
       <c r="I291" t="s">
         <v>24</v>
       </c>
       <c r="J291" t="s">
         <v>91</v>
       </c>
       <c r="K291"/>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
         <v>92</v>
       </c>
       <c r="N291"/>
       <c r="O291"/>
       <c r="P291"/>
       <c r="Q291" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="292" spans="1:17">
       <c r="A292">
         <v>1090</v>
       </c>
       <c r="B292" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C292" t="s">
         <v>1149</v>
       </c>
-      <c r="C292" t="s">
+      <c r="D292" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
       <c r="E292" t="s">
         <v>1042</v>
       </c>
       <c r="F292" t="s">
         <v>1043</v>
       </c>
       <c r="G292" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="H292" t="s">
         <v>23</v>
       </c>
       <c r="I292" t="s">
         <v>1045</v>
       </c>
       <c r="J292" t="s">
         <v>25</v>
       </c>
       <c r="K292"/>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292"/>
       <c r="N292"/>
       <c r="O292"/>
       <c r="P292" t="s">
-        <v>1153</v>
+        <v>1152</v>
       </c>
       <c r="Q292" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="293" spans="1:17">
       <c r="A293">
         <v>10536</v>
       </c>
       <c r="B293" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C293" t="s">
         <v>1154</v>
       </c>
-      <c r="C293" t="s">
+      <c r="D293" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
       <c r="E293" t="s">
         <v>1042</v>
       </c>
       <c r="F293" t="s">
         <v>1043</v>
       </c>
       <c r="G293" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="H293" t="s">
         <v>23</v>
       </c>
       <c r="I293" t="s">
         <v>98</v>
       </c>
       <c r="J293" t="s">
         <v>25</v>
       </c>
       <c r="K293"/>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293"/>
       <c r="N293"/>
       <c r="O293"/>
       <c r="P293"/>
       <c r="Q293" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="294" spans="1:17">
       <c r="A294">
         <v>10537</v>
       </c>
       <c r="B294" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C294" t="s">
         <v>1158</v>
       </c>
-      <c r="C294" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D294" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="E294" t="s">
         <v>1042</v>
       </c>
       <c r="F294" t="s">
         <v>1043</v>
       </c>
       <c r="G294" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="H294" t="s">
         <v>23</v>
       </c>
       <c r="I294" t="s">
         <v>1045</v>
       </c>
       <c r="J294" t="s">
         <v>91</v>
       </c>
       <c r="K294"/>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>92</v>
       </c>
       <c r="N294"/>
       <c r="O294"/>
       <c r="P294"/>
       <c r="Q294" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="295" spans="1:17">
       <c r="A295">
         <v>10538</v>
       </c>
       <c r="B295" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C295" t="s">
         <v>1161</v>
-      </c>
-[...1 lines deleted...]
-        <v>1162</v>
       </c>
       <c r="D295" t="s">
         <v>101</v>
       </c>
       <c r="E295" t="s">
         <v>1042</v>
       </c>
       <c r="F295" t="s">
         <v>1043</v>
       </c>
       <c r="G295" t="s">
-        <v>1163</v>
+        <v>1162</v>
       </c>
       <c r="H295" t="s">
         <v>23</v>
       </c>
       <c r="I295" t="s">
         <v>98</v>
       </c>
       <c r="J295" t="s">
         <v>91</v>
       </c>
       <c r="K295"/>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
         <v>92</v>
       </c>
       <c r="N295"/>
       <c r="O295"/>
       <c r="P295"/>
       <c r="Q295" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="296" spans="1:17">
       <c r="A296">
         <v>10539</v>
       </c>
       <c r="B296" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C296" t="s">
         <v>1164</v>
       </c>
-      <c r="C296" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D296" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E296" t="s">
         <v>1042</v>
       </c>
       <c r="F296" t="s">
         <v>1043</v>
       </c>
       <c r="G296" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="H296" t="s">
         <v>23</v>
       </c>
       <c r="I296" t="s">
         <v>1045</v>
       </c>
       <c r="J296" t="s">
         <v>91</v>
       </c>
       <c r="K296"/>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
         <v>92</v>
       </c>
       <c r="N296"/>
       <c r="O296"/>
       <c r="P296"/>
       <c r="Q296" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="297" spans="1:17">
       <c r="A297">
         <v>10540</v>
       </c>
       <c r="B297" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C297" t="s">
         <v>1167</v>
       </c>
-      <c r="C297" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D297" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="E297" t="s">
         <v>1042</v>
       </c>
       <c r="F297" t="s">
         <v>1043</v>
       </c>
       <c r="G297" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="H297" t="s">
         <v>23</v>
       </c>
       <c r="I297" t="s">
         <v>24</v>
       </c>
       <c r="J297" t="s">
         <v>25</v>
       </c>
       <c r="K297"/>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297"/>
       <c r="N297"/>
       <c r="O297"/>
       <c r="P297"/>
       <c r="Q297" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="298" spans="1:17">
       <c r="A298">
         <v>10543</v>
       </c>
       <c r="B298" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C298" t="s">
         <v>1170</v>
       </c>
-      <c r="C298" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D298" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="E298" t="s">
         <v>1042</v>
       </c>
       <c r="F298" t="s">
         <v>1043</v>
       </c>
       <c r="G298" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="H298" t="s">
         <v>23</v>
       </c>
       <c r="I298" t="s">
         <v>34</v>
       </c>
       <c r="J298" t="s">
         <v>25</v>
       </c>
       <c r="K298"/>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298"/>
       <c r="N298"/>
       <c r="O298"/>
       <c r="P298"/>
       <c r="Q298" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="299" spans="1:17">
       <c r="A299">
         <v>10547</v>
       </c>
       <c r="B299" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C299" t="s">
         <v>1173</v>
       </c>
-      <c r="C299" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D299" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E299" t="s">
         <v>1042</v>
       </c>
       <c r="F299" t="s">
         <v>1043</v>
       </c>
       <c r="G299" t="s">
-        <v>1175</v>
+        <v>1174</v>
       </c>
       <c r="H299" t="s">
         <v>23</v>
       </c>
       <c r="I299" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J299" t="s">
         <v>25</v>
       </c>
       <c r="K299"/>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299"/>
       <c r="N299"/>
       <c r="O299"/>
       <c r="P299"/>
       <c r="Q299" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="300" spans="1:17">
       <c r="A300">
         <v>10548</v>
       </c>
       <c r="B300" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C300" t="s">
         <v>1176</v>
       </c>
-      <c r="C300" t="s">
+      <c r="D300" t="s">
         <v>1177</v>
-      </c>
-[...1 lines deleted...]
-        <v>1178</v>
       </c>
       <c r="E300" t="s">
         <v>1042</v>
       </c>
       <c r="F300" t="s">
         <v>1043</v>
       </c>
       <c r="G300" t="s">
-        <v>1179</v>
+        <v>1178</v>
       </c>
       <c r="H300" t="s">
         <v>23</v>
       </c>
       <c r="I300" t="s">
-        <v>1136</v>
+        <v>1135</v>
       </c>
       <c r="J300" t="s">
         <v>91</v>
       </c>
       <c r="K300"/>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>92</v>
       </c>
       <c r="N300"/>
       <c r="O300"/>
       <c r="P300" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="Q300" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="301" spans="1:17">
       <c r="A301">
         <v>10552</v>
       </c>
       <c r="B301" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C301" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1182</v>
       </c>
       <c r="D301" t="s">
         <v>132</v>
       </c>
       <c r="E301" t="s">
         <v>1042</v>
       </c>
       <c r="F301" t="s">
         <v>1043</v>
       </c>
       <c r="G301" t="s">
-        <v>1183</v>
+        <v>1182</v>
       </c>
       <c r="H301" t="s">
         <v>23</v>
       </c>
       <c r="I301" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J301" t="s">
         <v>25</v>
       </c>
       <c r="K301"/>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301"/>
       <c r="N301"/>
       <c r="O301"/>
       <c r="P301"/>
       <c r="Q301" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="302" spans="1:17">
       <c r="A302">
         <v>10554</v>
       </c>
       <c r="B302" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C302" t="s">
         <v>1184</v>
       </c>
-      <c r="C302" t="s">
+      <c r="D302" t="s">
         <v>1185</v>
-      </c>
-[...1 lines deleted...]
-        <v>1186</v>
       </c>
       <c r="E302" t="s">
         <v>1042</v>
       </c>
       <c r="F302" t="s">
         <v>1043</v>
       </c>
       <c r="G302" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
       <c r="H302" t="s">
         <v>23</v>
       </c>
       <c r="I302" t="s">
         <v>24</v>
       </c>
       <c r="J302" t="s">
         <v>91</v>
       </c>
       <c r="K302"/>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
         <v>92</v>
       </c>
       <c r="N302"/>
       <c r="O302"/>
       <c r="P302" t="s">
-        <v>1188</v>
+        <v>1187</v>
       </c>
       <c r="Q302" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="303" spans="1:17">
       <c r="A303">
         <v>10468</v>
       </c>
       <c r="B303" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C303" t="s">
         <v>1189</v>
-      </c>
-[...1 lines deleted...]
-        <v>1190</v>
       </c>
       <c r="D303" t="s">
         <v>105</v>
       </c>
       <c r="E303" t="s">
         <v>1042</v>
       </c>
       <c r="F303" t="s">
         <v>1043</v>
       </c>
       <c r="G303" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="H303" t="s">
         <v>23</v>
       </c>
       <c r="I303" t="s">
         <v>34</v>
       </c>
       <c r="J303" t="s">
         <v>25</v>
       </c>
       <c r="K303"/>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303"/>
       <c r="N303"/>
       <c r="O303"/>
       <c r="P303"/>
       <c r="Q303" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="304" spans="1:17">
       <c r="A304">
         <v>10561</v>
       </c>
       <c r="B304" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C304" t="s">
         <v>1192</v>
       </c>
-      <c r="C304" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D304" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="E304" t="s">
         <v>1042</v>
       </c>
       <c r="F304" t="s">
         <v>1043</v>
       </c>
       <c r="G304" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="H304" t="s">
         <v>45</v>
       </c>
       <c r="I304" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J304" t="s">
         <v>25</v>
       </c>
       <c r="K304"/>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304"/>
       <c r="N304"/>
       <c r="O304"/>
       <c r="P304"/>
       <c r="Q304" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="305" spans="1:17">
       <c r="A305">
         <v>10564</v>
       </c>
       <c r="B305" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C305" t="s">
         <v>1195</v>
       </c>
-      <c r="C305" t="s">
+      <c r="D305" t="s">
         <v>1196</v>
-      </c>
-[...1 lines deleted...]
-        <v>1197</v>
       </c>
       <c r="E305" t="s">
         <v>1042</v>
       </c>
       <c r="F305" t="s">
         <v>1043</v>
       </c>
       <c r="G305" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="H305" t="s">
         <v>23</v>
       </c>
       <c r="I305" t="s">
         <v>98</v>
       </c>
       <c r="J305" t="s">
         <v>91</v>
       </c>
       <c r="K305"/>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
         <v>92</v>
       </c>
       <c r="N305"/>
       <c r="O305"/>
       <c r="P305"/>
       <c r="Q305" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="306" spans="1:17">
       <c r="A306">
         <v>6759</v>
       </c>
       <c r="B306" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C306" t="s">
         <v>1199</v>
       </c>
-      <c r="C306" t="s">
+      <c r="D306" t="s">
         <v>1200</v>
       </c>
-      <c r="D306" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E306" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="F306" t="s">
         <v>1043</v>
       </c>
       <c r="G306" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="H306" t="s">
         <v>23</v>
       </c>
       <c r="I306" t="s">
         <v>1045</v>
       </c>
       <c r="J306" t="s">
         <v>25</v>
       </c>
       <c r="K306"/>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306"/>
       <c r="N306"/>
       <c r="O306"/>
       <c r="P306" t="s">
-        <v>1203</v>
+        <v>1202</v>
       </c>
       <c r="Q306" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="307" spans="1:17">
       <c r="A307">
         <v>6761</v>
       </c>
       <c r="B307" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C307" t="s">
         <v>1204</v>
       </c>
-      <c r="C307" t="s">
+      <c r="D307" t="s">
         <v>1205</v>
-      </c>
-[...1 lines deleted...]
-        <v>1206</v>
       </c>
       <c r="E307" t="s">
         <v>1042</v>
       </c>
       <c r="F307" t="s">
         <v>1043</v>
       </c>
       <c r="G307" t="s">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="H307" t="s">
         <v>23</v>
       </c>
       <c r="I307" t="s">
         <v>1045</v>
       </c>
       <c r="J307" t="s">
         <v>25</v>
       </c>
       <c r="K307"/>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307"/>
       <c r="N307"/>
       <c r="O307"/>
       <c r="P307"/>
       <c r="Q307" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="308" spans="1:17">
       <c r="A308">
         <v>6762</v>
       </c>
       <c r="B308" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C308" t="s">
         <v>1208</v>
       </c>
-      <c r="C308" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D308" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="E308" t="s">
         <v>1042</v>
       </c>
       <c r="F308" t="s">
         <v>1043</v>
       </c>
       <c r="G308" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="H308" t="s">
         <v>23</v>
       </c>
       <c r="I308" t="s">
         <v>1045</v>
       </c>
       <c r="J308" t="s">
         <v>25</v>
       </c>
       <c r="K308"/>
       <c r="L308" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="M308"/>
       <c r="N308"/>
       <c r="O308"/>
       <c r="P308" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="Q308" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="309" spans="1:17">
       <c r="A309">
         <v>10570</v>
       </c>
       <c r="B309" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C309" t="s">
         <v>1213</v>
       </c>
-      <c r="C309" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D309" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="E309" t="s">
         <v>1042</v>
       </c>
       <c r="F309" t="s">
         <v>1043</v>
       </c>
       <c r="G309" t="s">
         <v>164</v>
       </c>
       <c r="H309" t="s">
         <v>23</v>
       </c>
       <c r="I309" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J309" t="s">
         <v>91</v>
       </c>
       <c r="K309"/>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>92</v>
       </c>
       <c r="N309"/>
       <c r="O309"/>
       <c r="P309"/>
       <c r="Q309" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="310" spans="1:17">
       <c r="A310">
         <v>10572</v>
       </c>
       <c r="B310" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C310" t="s">
         <v>1215</v>
-      </c>
-[...1 lines deleted...]
-        <v>1216</v>
       </c>
       <c r="D310" t="s">
         <v>89</v>
       </c>
       <c r="E310" t="s">
         <v>1042</v>
       </c>
       <c r="F310" t="s">
         <v>1043</v>
       </c>
       <c r="G310" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="H310" t="s">
         <v>23</v>
       </c>
       <c r="I310" t="s">
         <v>34</v>
       </c>
       <c r="J310" t="s">
         <v>91</v>
       </c>
       <c r="K310"/>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>92</v>
       </c>
       <c r="N310"/>
       <c r="O310"/>
       <c r="P310"/>
       <c r="Q310" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="311" spans="1:17">
       <c r="A311">
         <v>10573</v>
       </c>
       <c r="B311" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C311" t="s">
         <v>1218</v>
       </c>
-      <c r="C311" t="s">
+      <c r="D311" t="s">
         <v>1219</v>
-      </c>
-[...1 lines deleted...]
-        <v>1220</v>
       </c>
       <c r="E311" t="s">
         <v>1042</v>
       </c>
       <c r="F311" t="s">
         <v>1043</v>
       </c>
       <c r="G311" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="H311" t="s">
         <v>23</v>
       </c>
       <c r="I311" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J311" t="s">
         <v>91</v>
       </c>
       <c r="K311"/>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
         <v>92</v>
       </c>
       <c r="N311"/>
       <c r="O311"/>
       <c r="P311"/>
       <c r="Q311" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="312" spans="1:17">
       <c r="A312">
         <v>29658</v>
       </c>
       <c r="B312" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C312" t="s">
         <v>1222</v>
       </c>
-      <c r="C312" t="s">
+      <c r="D312" t="s">
         <v>1223</v>
-      </c>
-[...1 lines deleted...]
-        <v>1224</v>
       </c>
       <c r="E312" t="s">
         <v>1042</v>
       </c>
       <c r="F312" t="s">
         <v>1043</v>
       </c>
       <c r="G312" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="H312" t="s">
         <v>23</v>
       </c>
       <c r="I312" t="s">
         <v>111</v>
       </c>
       <c r="J312" t="s">
         <v>25</v>
       </c>
       <c r="K312"/>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312"/>
       <c r="N312"/>
       <c r="O312"/>
       <c r="P312" t="s">
-        <v>1226</v>
+        <v>1225</v>
       </c>
       <c r="Q312" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="313" spans="1:17">
       <c r="A313">
         <v>10576</v>
       </c>
       <c r="B313" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C313" t="s">
         <v>1227</v>
       </c>
-      <c r="C313" t="s">
+      <c r="D313" t="s">
         <v>1228</v>
-      </c>
-[...1 lines deleted...]
-        <v>1229</v>
       </c>
       <c r="E313" t="s">
         <v>1042</v>
       </c>
       <c r="F313" t="s">
         <v>1043</v>
       </c>
       <c r="G313" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="H313" t="s">
         <v>23</v>
       </c>
       <c r="I313" t="s">
         <v>1045</v>
       </c>
       <c r="J313" t="s">
         <v>25</v>
       </c>
       <c r="K313"/>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313"/>
       <c r="N313"/>
       <c r="O313"/>
       <c r="P313"/>
       <c r="Q313" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="314" spans="1:17">
       <c r="A314">
         <v>9652</v>
       </c>
       <c r="B314" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C314" t="s">
         <v>1231</v>
       </c>
-      <c r="C314" t="s">
+      <c r="D314" t="s">
         <v>1232</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E314" t="s">
         <v>1042</v>
       </c>
       <c r="F314" t="s">
         <v>1043</v>
       </c>
       <c r="G314" t="s">
         <v>1233</v>
       </c>
       <c r="H314" t="s">
         <v>23</v>
       </c>
       <c r="I314" t="s">
         <v>1045</v>
       </c>
       <c r="J314" t="s">
         <v>25</v>
       </c>
       <c r="K314"/>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314"/>
       <c r="N314"/>
       <c r="O314"/>
       <c r="P314"/>
       <c r="Q314" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="315" spans="1:17">
       <c r="A315">
         <v>10579</v>
       </c>
       <c r="B315" t="s">
         <v>1234</v>
       </c>
       <c r="C315" t="s">
         <v>1235</v>
       </c>
       <c r="D315" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="E315" t="s">
         <v>1042</v>
       </c>
       <c r="F315" t="s">
         <v>1043</v>
       </c>
       <c r="G315" t="s">
         <v>1236</v>
       </c>
       <c r="H315" t="s">
         <v>23</v>
       </c>
       <c r="I315" t="s">
         <v>24</v>
       </c>
       <c r="J315" t="s">
         <v>25</v>
       </c>
       <c r="K315"/>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315"/>
       <c r="N315"/>
       <c r="O315"/>
       <c r="P315"/>
       <c r="Q315" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="316" spans="1:17">
       <c r="A316">
         <v>11053</v>
       </c>
       <c r="B316" t="s">
         <v>1237</v>
       </c>
       <c r="C316" t="s">
         <v>1238</v>
       </c>
       <c r="D316" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E316" t="s">
         <v>1042</v>
       </c>
       <c r="F316" t="s">
         <v>1043</v>
       </c>
       <c r="G316" t="s">
         <v>1239</v>
       </c>
       <c r="H316" t="s">
         <v>23</v>
       </c>
       <c r="I316" t="s">
         <v>34</v>
       </c>
       <c r="J316" t="s">
         <v>35</v>
       </c>
       <c r="K316"/>
       <c r="L316"/>
       <c r="M316"/>
       <c r="N316"/>
       <c r="O316" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P316"/>
       <c r="Q316" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="317" spans="1:17">
       <c r="A317">
         <v>10581</v>
       </c>
       <c r="B317" t="s">
         <v>1240</v>
       </c>
       <c r="C317" t="s">
         <v>1241</v>
       </c>
       <c r="D317" t="s">
         <v>1242</v>
       </c>
       <c r="E317" t="s">
         <v>1042</v>
       </c>
       <c r="F317" t="s">
         <v>1043</v>
       </c>
@@ -21138,184 +21150,184 @@
       <c r="K317"/>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>92</v>
       </c>
       <c r="N317"/>
       <c r="O317"/>
       <c r="P317"/>
       <c r="Q317" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="318" spans="1:17">
       <c r="A318">
         <v>10584</v>
       </c>
       <c r="B318" t="s">
         <v>1244</v>
       </c>
       <c r="C318" t="s">
         <v>1245</v>
       </c>
       <c r="D318" t="s">
-        <v>115</v>
+        <v>745</v>
       </c>
       <c r="E318" t="s">
         <v>1042</v>
       </c>
       <c r="F318" t="s">
         <v>1043</v>
       </c>
       <c r="G318" t="s">
         <v>1246</v>
       </c>
       <c r="H318" t="s">
         <v>23</v>
       </c>
       <c r="I318" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J318" t="s">
         <v>25</v>
       </c>
       <c r="K318"/>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318"/>
       <c r="N318"/>
       <c r="O318"/>
       <c r="P318"/>
       <c r="Q318" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="319" spans="1:17">
       <c r="A319">
         <v>10585</v>
       </c>
       <c r="B319" t="s">
         <v>1247</v>
       </c>
       <c r="C319" t="s">
         <v>1248</v>
       </c>
       <c r="D319" t="s">
         <v>1249</v>
       </c>
       <c r="E319" t="s">
         <v>1042</v>
       </c>
       <c r="F319" t="s">
         <v>1043</v>
       </c>
       <c r="G319" t="s">
         <v>1250</v>
       </c>
       <c r="H319" t="s">
         <v>23</v>
       </c>
       <c r="I319" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J319" t="s">
         <v>91</v>
       </c>
       <c r="K319"/>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
         <v>92</v>
       </c>
       <c r="N319"/>
       <c r="O319"/>
       <c r="P319"/>
       <c r="Q319" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="320" spans="1:17">
       <c r="A320">
         <v>10586</v>
       </c>
       <c r="B320" t="s">
         <v>1251</v>
       </c>
       <c r="C320" t="s">
         <v>1252</v>
       </c>
       <c r="D320" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E320" t="s">
         <v>1042</v>
       </c>
       <c r="F320" t="s">
         <v>1043</v>
       </c>
       <c r="G320" t="s">
         <v>1253</v>
       </c>
       <c r="H320" t="s">
         <v>23</v>
       </c>
       <c r="I320" t="s">
         <v>98</v>
       </c>
       <c r="J320" t="s">
         <v>91</v>
       </c>
       <c r="K320"/>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
         <v>92</v>
       </c>
       <c r="N320"/>
       <c r="O320"/>
       <c r="P320"/>
       <c r="Q320" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="321" spans="1:17">
       <c r="A321">
         <v>12167</v>
       </c>
       <c r="B321" t="s">
         <v>1254</v>
       </c>
       <c r="C321" t="s">
         <v>1255</v>
       </c>
       <c r="D321" t="s">
-        <v>19</v>
+        <v>1232</v>
       </c>
       <c r="E321" t="s">
         <v>1042</v>
       </c>
       <c r="F321" t="s">
         <v>1043</v>
       </c>
       <c r="G321" t="s">
         <v>1256</v>
       </c>
       <c r="H321" t="s">
         <v>23</v>
       </c>
       <c r="I321" t="s">
         <v>111</v>
       </c>
       <c r="J321" t="s">
         <v>25</v>
       </c>
       <c r="K321"/>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321"/>
       <c r="N321"/>
@@ -21402,94 +21414,94 @@
         <v>25</v>
       </c>
       <c r="K323"/>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323"/>
       <c r="N323"/>
       <c r="O323"/>
       <c r="P323"/>
       <c r="Q323" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="324" spans="1:17">
       <c r="A324">
         <v>10589</v>
       </c>
       <c r="B324" t="s">
         <v>1265</v>
       </c>
       <c r="C324" t="s">
         <v>1266</v>
       </c>
       <c r="D324" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="E324" t="s">
         <v>1042</v>
       </c>
       <c r="F324" t="s">
         <v>1043</v>
       </c>
       <c r="G324" t="s">
         <v>1267</v>
       </c>
       <c r="H324" t="s">
         <v>45</v>
       </c>
       <c r="I324" t="s">
         <v>24</v>
       </c>
       <c r="J324" t="s">
         <v>25</v>
       </c>
       <c r="K324"/>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324"/>
       <c r="N324"/>
       <c r="O324"/>
       <c r="P324"/>
       <c r="Q324" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="325" spans="1:17">
       <c r="A325">
         <v>10590</v>
       </c>
       <c r="B325" t="s">
         <v>1268</v>
       </c>
       <c r="C325" t="s">
         <v>1269</v>
       </c>
       <c r="D325" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E325" t="s">
         <v>1042</v>
       </c>
       <c r="F325" t="s">
         <v>1043</v>
       </c>
       <c r="G325" t="s">
         <v>1270</v>
       </c>
       <c r="H325" t="s">
         <v>23</v>
       </c>
       <c r="I325" t="s">
         <v>34</v>
       </c>
       <c r="J325" t="s">
         <v>91</v>
       </c>
       <c r="K325"/>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>92</v>
@@ -21535,54 +21547,54 @@
       <c r="K326"/>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
         <v>92</v>
       </c>
       <c r="N326"/>
       <c r="O326"/>
       <c r="P326"/>
       <c r="Q326" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="327" spans="1:17">
       <c r="A327">
         <v>29985</v>
       </c>
       <c r="B327" t="s">
         <v>1275</v>
       </c>
       <c r="C327" t="s">
         <v>1276</v>
       </c>
       <c r="D327" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="E327" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="F327" t="s">
         <v>1043</v>
       </c>
       <c r="G327" t="s">
         <v>1277</v>
       </c>
       <c r="H327" t="s">
         <v>23</v>
       </c>
       <c r="I327" t="s">
         <v>111</v>
       </c>
       <c r="J327" t="s">
         <v>25</v>
       </c>
       <c r="K327"/>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327"/>
       <c r="N327"/>
       <c r="O327"/>
       <c r="P327" t="s">
         <v>1278</v>
@@ -21638,184 +21650,184 @@
       <c r="A329">
         <v>24210</v>
       </c>
       <c r="B329" t="s">
         <v>1282</v>
       </c>
       <c r="C329" t="s">
         <v>1283</v>
       </c>
       <c r="D329" t="s">
         <v>1284</v>
       </c>
       <c r="E329" t="s">
         <v>1042</v>
       </c>
       <c r="F329" t="s">
         <v>1043</v>
       </c>
       <c r="G329" t="s">
         <v>1285</v>
       </c>
       <c r="H329" t="s">
         <v>23</v>
       </c>
       <c r="I329" t="s">
-        <v>1136</v>
+        <v>1135</v>
       </c>
       <c r="J329" t="s">
         <v>25</v>
       </c>
       <c r="K329"/>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329"/>
       <c r="N329"/>
       <c r="O329"/>
       <c r="P329" t="s">
         <v>1286</v>
       </c>
       <c r="Q329" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="330" spans="1:17">
       <c r="A330">
         <v>10598</v>
       </c>
       <c r="B330" t="s">
         <v>1287</v>
       </c>
       <c r="C330" t="s">
         <v>1288</v>
       </c>
       <c r="D330" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="E330" t="s">
         <v>1042</v>
       </c>
       <c r="F330" t="s">
         <v>1043</v>
       </c>
       <c r="G330" t="s">
         <v>1289</v>
       </c>
       <c r="H330" t="s">
         <v>23</v>
       </c>
       <c r="I330" t="s">
         <v>98</v>
       </c>
       <c r="J330" t="s">
         <v>25</v>
       </c>
       <c r="K330"/>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330"/>
       <c r="N330"/>
       <c r="O330"/>
       <c r="P330"/>
       <c r="Q330" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="331" spans="1:17">
       <c r="A331">
         <v>10604</v>
       </c>
       <c r="B331" t="s">
         <v>1290</v>
       </c>
       <c r="C331" t="s">
         <v>1291</v>
       </c>
       <c r="D331" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="E331" t="s">
         <v>1042</v>
       </c>
       <c r="F331" t="s">
         <v>1043</v>
       </c>
       <c r="G331" t="s">
         <v>1292</v>
       </c>
       <c r="H331" t="s">
         <v>23</v>
       </c>
       <c r="I331" t="s">
         <v>24</v>
       </c>
       <c r="J331" t="s">
         <v>25</v>
       </c>
       <c r="K331"/>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331"/>
       <c r="N331"/>
       <c r="O331"/>
       <c r="P331" t="s">
         <v>1293</v>
       </c>
       <c r="Q331" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="332" spans="1:17">
       <c r="A332">
         <v>10607</v>
       </c>
       <c r="B332" t="s">
         <v>1294</v>
       </c>
       <c r="C332" t="s">
         <v>1295</v>
       </c>
       <c r="D332" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E332" t="s">
         <v>1042</v>
       </c>
       <c r="F332" t="s">
         <v>1043</v>
       </c>
       <c r="G332" t="s">
         <v>1296</v>
       </c>
       <c r="H332" t="s">
         <v>23</v>
       </c>
       <c r="I332" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J332" t="s">
         <v>25</v>
       </c>
       <c r="K332"/>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332"/>
       <c r="N332"/>
       <c r="O332"/>
       <c r="P332"/>
       <c r="Q332" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="333" spans="1:17">
       <c r="A333">
         <v>989</v>
       </c>
       <c r="B333" t="s">
         <v>1297</v>
       </c>
       <c r="C333" t="s">
         <v>1298</v>
@@ -21842,94 +21854,94 @@
         <v>25</v>
       </c>
       <c r="K333"/>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333"/>
       <c r="N333"/>
       <c r="O333"/>
       <c r="P333"/>
       <c r="Q333" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="334" spans="1:17">
       <c r="A334">
         <v>10601</v>
       </c>
       <c r="B334" t="s">
         <v>1300</v>
       </c>
       <c r="C334" t="s">
         <v>1301</v>
       </c>
       <c r="D334" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E334" t="s">
         <v>1042</v>
       </c>
       <c r="F334" t="s">
         <v>1043</v>
       </c>
       <c r="G334" t="s">
         <v>1302</v>
       </c>
       <c r="H334" t="s">
         <v>23</v>
       </c>
       <c r="I334" t="s">
         <v>34</v>
       </c>
       <c r="J334" t="s">
         <v>25</v>
       </c>
       <c r="K334"/>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334"/>
       <c r="N334"/>
       <c r="O334"/>
       <c r="P334"/>
       <c r="Q334" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="335" spans="1:17">
       <c r="A335">
         <v>10510</v>
       </c>
       <c r="B335" t="s">
         <v>1303</v>
       </c>
       <c r="C335" t="s">
         <v>1304</v>
       </c>
       <c r="D335" t="s">
-        <v>115</v>
+        <v>745</v>
       </c>
       <c r="E335" t="s">
         <v>1042</v>
       </c>
       <c r="F335" t="s">
         <v>1043</v>
       </c>
       <c r="G335" t="s">
         <v>1305</v>
       </c>
       <c r="H335" t="s">
         <v>23</v>
       </c>
       <c r="I335" t="s">
         <v>34</v>
       </c>
       <c r="J335" t="s">
         <v>91</v>
       </c>
       <c r="K335"/>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
         <v>92</v>
@@ -22035,51 +22047,51 @@
       <c r="A338">
         <v>10471</v>
       </c>
       <c r="B338" t="s">
         <v>1315</v>
       </c>
       <c r="C338" t="s">
         <v>1316</v>
       </c>
       <c r="D338" t="s">
         <v>1317</v>
       </c>
       <c r="E338" t="s">
         <v>1042</v>
       </c>
       <c r="F338" t="s">
         <v>1043</v>
       </c>
       <c r="G338" t="s">
         <v>1318</v>
       </c>
       <c r="H338" t="s">
         <v>23</v>
       </c>
       <c r="I338" t="s">
-        <v>1136</v>
+        <v>1135</v>
       </c>
       <c r="J338" t="s">
         <v>91</v>
       </c>
       <c r="K338"/>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
         <v>92</v>
       </c>
       <c r="N338"/>
       <c r="O338"/>
       <c r="P338"/>
       <c r="Q338" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="339" spans="1:17">
       <c r="A339">
         <v>10835</v>
       </c>
       <c r="B339" t="s">
         <v>1319</v>
       </c>
@@ -22110,51 +22122,51 @@
       <c r="K339" t="s">
         <v>47</v>
       </c>
       <c r="L339"/>
       <c r="M339"/>
       <c r="N339"/>
       <c r="O339" t="s">
         <v>36</v>
       </c>
       <c r="P339"/>
       <c r="Q339" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="340" spans="1:17">
       <c r="A340">
         <v>12315</v>
       </c>
       <c r="B340" t="s">
         <v>1324</v>
       </c>
       <c r="C340" t="s">
         <v>1325</v>
       </c>
       <c r="D340" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="E340" t="s">
         <v>1326</v>
       </c>
       <c r="F340" t="s">
         <v>1327</v>
       </c>
       <c r="G340" t="s">
         <v>1328</v>
       </c>
       <c r="H340" t="s">
         <v>23</v>
       </c>
       <c r="I340" t="s">
         <v>34</v>
       </c>
       <c r="J340" t="s">
         <v>46</v>
       </c>
       <c r="K340" t="s">
         <v>66</v>
       </c>
       <c r="L340"/>
       <c r="M340"/>
       <c r="N340"/>
@@ -22202,76 +22214,76 @@
       <c r="K341" t="s">
         <v>47</v>
       </c>
       <c r="L341"/>
       <c r="M341"/>
       <c r="N341"/>
       <c r="O341" t="s">
         <v>48</v>
       </c>
       <c r="P341"/>
       <c r="Q341" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="342" spans="1:17">
       <c r="A342">
         <v>12114</v>
       </c>
       <c r="B342" t="s">
         <v>1335</v>
       </c>
       <c r="C342" t="s">
         <v>1336</v>
       </c>
       <c r="D342" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="E342" t="s">
         <v>1337</v>
       </c>
       <c r="F342" t="s">
         <v>1333</v>
       </c>
       <c r="G342" t="s">
         <v>1338</v>
       </c>
       <c r="H342" t="s">
         <v>23</v>
       </c>
       <c r="I342" t="s">
         <v>34</v>
       </c>
       <c r="J342" t="s">
         <v>35</v>
       </c>
       <c r="K342"/>
       <c r="L342"/>
       <c r="M342"/>
       <c r="N342"/>
       <c r="O342" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P342"/>
       <c r="Q342" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="343" spans="1:17">
       <c r="A343">
         <v>11841</v>
       </c>
       <c r="B343" t="s">
         <v>1339</v>
       </c>
       <c r="C343" t="s">
         <v>1340</v>
       </c>
       <c r="D343" t="s">
         <v>155</v>
       </c>
       <c r="E343" t="s">
         <v>1332</v>
       </c>
       <c r="F343" t="s">
         <v>1333</v>
       </c>
@@ -22335,96 +22347,96 @@
       <c r="K344" t="s">
         <v>66</v>
       </c>
       <c r="L344"/>
       <c r="M344"/>
       <c r="N344"/>
       <c r="O344" t="s">
         <v>48</v>
       </c>
       <c r="P344"/>
       <c r="Q344" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="345" spans="1:17">
       <c r="A345">
         <v>11817</v>
       </c>
       <c r="B345" t="s">
         <v>1345</v>
       </c>
       <c r="C345" t="s">
         <v>1346</v>
       </c>
       <c r="D345" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="E345" t="s">
         <v>1332</v>
       </c>
       <c r="F345" t="s">
         <v>1333</v>
       </c>
       <c r="G345" t="s">
         <v>1347</v>
       </c>
       <c r="H345" t="s">
         <v>23</v>
       </c>
       <c r="I345" t="s">
         <v>34</v>
       </c>
       <c r="J345" t="s">
         <v>46</v>
       </c>
       <c r="K345" t="s">
         <v>47</v>
       </c>
       <c r="L345"/>
       <c r="M345"/>
       <c r="N345"/>
       <c r="O345" t="s">
         <v>48</v>
       </c>
       <c r="P345"/>
       <c r="Q345" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="346" spans="1:17">
       <c r="A346">
         <v>12021</v>
       </c>
       <c r="B346" t="s">
         <v>1348</v>
       </c>
       <c r="C346" t="s">
         <v>1349</v>
       </c>
       <c r="D346" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="E346" t="s">
         <v>1332</v>
       </c>
       <c r="F346" t="s">
         <v>1333</v>
       </c>
       <c r="G346" t="s">
         <v>1350</v>
       </c>
       <c r="H346" t="s">
         <v>23</v>
       </c>
       <c r="I346" t="s">
         <v>34</v>
       </c>
       <c r="J346" t="s">
         <v>46</v>
       </c>
       <c r="K346" t="s">
         <v>47</v>
       </c>
       <c r="L346"/>
       <c r="M346"/>
       <c r="N346"/>
@@ -22470,96 +22482,96 @@
       <c r="K347" t="s">
         <v>66</v>
       </c>
       <c r="L347"/>
       <c r="M347"/>
       <c r="N347"/>
       <c r="O347" t="s">
         <v>48</v>
       </c>
       <c r="P347"/>
       <c r="Q347" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="348" spans="1:17">
       <c r="A348">
         <v>11519</v>
       </c>
       <c r="B348" t="s">
         <v>1354</v>
       </c>
       <c r="C348" t="s">
         <v>1355</v>
       </c>
       <c r="D348" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="E348" t="s">
         <v>1356</v>
       </c>
       <c r="F348" t="s">
         <v>1357</v>
       </c>
       <c r="G348" t="s">
         <v>1358</v>
       </c>
       <c r="H348" t="s">
         <v>23</v>
       </c>
       <c r="I348" t="s">
         <v>34</v>
       </c>
       <c r="J348" t="s">
         <v>46</v>
       </c>
       <c r="K348" t="s">
         <v>47</v>
       </c>
       <c r="L348"/>
       <c r="M348"/>
       <c r="N348"/>
       <c r="O348" t="s">
         <v>36</v>
       </c>
       <c r="P348"/>
       <c r="Q348" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="349" spans="1:17">
       <c r="A349">
         <v>11649</v>
       </c>
       <c r="B349" t="s">
         <v>1359</v>
       </c>
       <c r="C349" t="s">
         <v>1360</v>
       </c>
       <c r="D349" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E349" t="s">
         <v>1356</v>
       </c>
       <c r="F349" t="s">
         <v>1357</v>
       </c>
       <c r="G349" t="s">
         <v>1361</v>
       </c>
       <c r="H349" t="s">
         <v>23</v>
       </c>
       <c r="I349" t="s">
         <v>34</v>
       </c>
       <c r="J349" t="s">
         <v>46</v>
       </c>
       <c r="K349" t="s">
         <v>47</v>
       </c>
       <c r="L349"/>
       <c r="M349"/>
       <c r="N349"/>
@@ -22587,51 +22599,51 @@
         <v>1365</v>
       </c>
       <c r="E350" t="s">
         <v>1356</v>
       </c>
       <c r="F350" t="s">
         <v>1357</v>
       </c>
       <c r="G350" t="s">
         <v>1366</v>
       </c>
       <c r="H350" t="s">
         <v>23</v>
       </c>
       <c r="I350" t="s">
         <v>34</v>
       </c>
       <c r="J350" t="s">
         <v>35</v>
       </c>
       <c r="K350"/>
       <c r="L350"/>
       <c r="M350"/>
       <c r="N350"/>
       <c r="O350" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P350"/>
       <c r="Q350" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="351" spans="1:17">
       <c r="A351">
         <v>11365</v>
       </c>
       <c r="B351" t="s">
         <v>1367</v>
       </c>
       <c r="C351" t="s">
         <v>1368</v>
       </c>
       <c r="D351" t="s">
         <v>41</v>
       </c>
       <c r="E351" t="s">
         <v>1369</v>
       </c>
       <c r="F351" t="s">
         <v>1370</v>
       </c>
@@ -22742,76 +22754,76 @@
       <c r="K353" t="s">
         <v>47</v>
       </c>
       <c r="L353"/>
       <c r="M353"/>
       <c r="N353"/>
       <c r="O353" t="s">
         <v>48</v>
       </c>
       <c r="P353"/>
       <c r="Q353" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="354" spans="1:17">
       <c r="A354">
         <v>12124</v>
       </c>
       <c r="B354" t="s">
         <v>1383</v>
       </c>
       <c r="C354" t="s">
         <v>1384</v>
       </c>
       <c r="D354" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E354" t="s">
         <v>1381</v>
       </c>
       <c r="F354" t="s">
         <v>1377</v>
       </c>
       <c r="G354" t="s">
         <v>1385</v>
       </c>
       <c r="H354" t="s">
         <v>23</v>
       </c>
       <c r="I354" t="s">
         <v>34</v>
       </c>
       <c r="J354" t="s">
         <v>35</v>
       </c>
       <c r="K354"/>
       <c r="L354"/>
       <c r="M354"/>
       <c r="N354"/>
       <c r="O354" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P354"/>
       <c r="Q354" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="355" spans="1:17">
       <c r="A355">
         <v>12292</v>
       </c>
       <c r="B355" t="s">
         <v>1386</v>
       </c>
       <c r="C355" t="s">
         <v>1387</v>
       </c>
       <c r="D355" t="s">
         <v>1388</v>
       </c>
       <c r="E355" t="s">
         <v>1389</v>
       </c>
       <c r="F355" t="s">
         <v>1377</v>
       </c>
@@ -22875,51 +22887,51 @@
       <c r="K356" t="s">
         <v>66</v>
       </c>
       <c r="L356"/>
       <c r="M356"/>
       <c r="N356"/>
       <c r="O356" t="s">
         <v>36</v>
       </c>
       <c r="P356"/>
       <c r="Q356" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="357" spans="1:17">
       <c r="A357">
         <v>16315</v>
       </c>
       <c r="B357" t="s">
         <v>1394</v>
       </c>
       <c r="C357" t="s">
         <v>1395</v>
       </c>
       <c r="D357" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="E357" t="s">
         <v>1396</v>
       </c>
       <c r="F357" t="s">
         <v>1397</v>
       </c>
       <c r="G357" t="s">
         <v>1398</v>
       </c>
       <c r="H357" t="s">
         <v>23</v>
       </c>
       <c r="I357" t="s">
         <v>34</v>
       </c>
       <c r="J357" t="s">
         <v>46</v>
       </c>
       <c r="K357" t="s">
         <v>47</v>
       </c>
       <c r="L357"/>
       <c r="M357"/>
       <c r="N357"/>
@@ -22990,51 +23002,51 @@
         <v>1406</v>
       </c>
       <c r="E359" t="s">
         <v>1407</v>
       </c>
       <c r="F359" t="s">
         <v>1397</v>
       </c>
       <c r="G359" t="s">
         <v>1408</v>
       </c>
       <c r="H359" t="s">
         <v>23</v>
       </c>
       <c r="I359" t="s">
         <v>34</v>
       </c>
       <c r="J359" t="s">
         <v>35</v>
       </c>
       <c r="K359"/>
       <c r="L359"/>
       <c r="M359"/>
       <c r="N359"/>
       <c r="O359" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P359"/>
       <c r="Q359" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="360" spans="1:17">
       <c r="A360">
         <v>11932</v>
       </c>
       <c r="B360" t="s">
         <v>1409</v>
       </c>
       <c r="C360" t="s">
         <v>1410</v>
       </c>
       <c r="D360" t="s">
         <v>985</v>
       </c>
       <c r="E360" t="s">
         <v>1411</v>
       </c>
       <c r="F360" t="s">
         <v>1412</v>
       </c>
@@ -23053,96 +23065,96 @@
       <c r="K360" t="s">
         <v>47</v>
       </c>
       <c r="L360"/>
       <c r="M360"/>
       <c r="N360"/>
       <c r="O360" t="s">
         <v>48</v>
       </c>
       <c r="P360"/>
       <c r="Q360" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="361" spans="1:17">
       <c r="A361">
         <v>10794</v>
       </c>
       <c r="B361" t="s">
         <v>1414</v>
       </c>
       <c r="C361" t="s">
         <v>1415</v>
       </c>
       <c r="D361" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="E361" t="s">
         <v>1416</v>
       </c>
       <c r="F361" t="s">
         <v>1412</v>
       </c>
       <c r="G361" t="s">
         <v>1417</v>
       </c>
       <c r="H361" t="s">
         <v>23</v>
       </c>
       <c r="I361" t="s">
         <v>34</v>
       </c>
       <c r="J361" t="s">
         <v>46</v>
       </c>
       <c r="K361" t="s">
         <v>47</v>
       </c>
       <c r="L361"/>
       <c r="M361"/>
       <c r="N361"/>
       <c r="O361" t="s">
         <v>48</v>
       </c>
       <c r="P361"/>
       <c r="Q361" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="362" spans="1:17">
       <c r="A362">
         <v>10817</v>
       </c>
       <c r="B362" t="s">
         <v>1418</v>
       </c>
       <c r="C362" t="s">
         <v>1419</v>
       </c>
       <c r="D362" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E362" t="s">
         <v>1420</v>
       </c>
       <c r="F362" t="s">
         <v>1412</v>
       </c>
       <c r="G362" t="s">
         <v>1421</v>
       </c>
       <c r="H362" t="s">
         <v>23</v>
       </c>
       <c r="I362" t="s">
         <v>34</v>
       </c>
       <c r="J362" t="s">
         <v>35</v>
       </c>
       <c r="K362"/>
       <c r="L362"/>
       <c r="M362"/>
       <c r="N362"/>
       <c r="O362" t="s">
         <v>1422</v>
@@ -23168,202 +23180,202 @@
       <c r="E363" t="s">
         <v>1425</v>
       </c>
       <c r="F363" t="s">
         <v>1412</v>
       </c>
       <c r="G363" t="s">
         <v>1426</v>
       </c>
       <c r="H363" t="s">
         <v>23</v>
       </c>
       <c r="I363" t="s">
         <v>34</v>
       </c>
       <c r="J363" t="s">
         <v>46</v>
       </c>
       <c r="K363" t="s">
         <v>47</v>
       </c>
       <c r="L363"/>
       <c r="M363"/>
       <c r="N363"/>
       <c r="O363" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="P363"/>
       <c r="Q363" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="364" spans="1:17">
       <c r="A364">
         <v>11120</v>
       </c>
       <c r="B364" t="s">
         <v>1427</v>
       </c>
       <c r="C364" t="s">
         <v>1428</v>
       </c>
       <c r="D364" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E364" t="s">
         <v>1420</v>
       </c>
       <c r="F364" t="s">
         <v>1412</v>
       </c>
       <c r="G364" t="s">
         <v>1429</v>
       </c>
       <c r="H364" t="s">
         <v>23</v>
       </c>
       <c r="I364" t="s">
         <v>34</v>
       </c>
       <c r="J364" t="s">
         <v>46</v>
       </c>
       <c r="K364" t="s">
         <v>47</v>
       </c>
       <c r="L364"/>
       <c r="M364"/>
       <c r="N364"/>
       <c r="O364" t="s">
         <v>48</v>
       </c>
       <c r="P364"/>
       <c r="Q364" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="365" spans="1:17">
       <c r="A365">
         <v>11769</v>
       </c>
       <c r="B365" t="s">
         <v>1430</v>
       </c>
       <c r="C365" t="s">
         <v>1431</v>
       </c>
       <c r="D365" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E365" t="s">
         <v>1420</v>
       </c>
       <c r="F365" t="s">
         <v>1412</v>
       </c>
       <c r="G365" t="s">
         <v>1432</v>
       </c>
       <c r="H365" t="s">
         <v>23</v>
       </c>
       <c r="I365" t="s">
         <v>34</v>
       </c>
       <c r="J365" t="s">
         <v>35</v>
       </c>
       <c r="K365"/>
       <c r="L365"/>
       <c r="M365"/>
       <c r="N365"/>
       <c r="O365" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P365" t="s">
         <v>1433</v>
       </c>
       <c r="Q365" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="366" spans="1:17">
       <c r="A366">
         <v>11094</v>
       </c>
       <c r="B366" t="s">
         <v>1434</v>
       </c>
       <c r="C366" t="s">
         <v>1435</v>
       </c>
       <c r="D366" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="E366" t="s">
         <v>1436</v>
       </c>
       <c r="F366" t="s">
         <v>1412</v>
       </c>
       <c r="G366" t="s">
         <v>1437</v>
       </c>
       <c r="H366" t="s">
         <v>23</v>
       </c>
       <c r="I366" t="s">
         <v>34</v>
       </c>
       <c r="J366" t="s">
         <v>35</v>
       </c>
       <c r="K366"/>
       <c r="L366"/>
       <c r="M366"/>
       <c r="N366"/>
       <c r="O366" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P366"/>
       <c r="Q366" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="367" spans="1:17">
       <c r="A367">
         <v>16310</v>
       </c>
       <c r="B367" t="s">
         <v>1438</v>
       </c>
       <c r="C367" t="s">
         <v>1439</v>
       </c>
       <c r="D367" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="E367" t="s">
         <v>1440</v>
       </c>
       <c r="F367" t="s">
         <v>1412</v>
       </c>
       <c r="G367" t="s">
         <v>1441</v>
       </c>
       <c r="H367" t="s">
         <v>23</v>
       </c>
       <c r="I367" t="s">
         <v>34</v>
       </c>
       <c r="J367" t="s">
         <v>46</v>
       </c>
       <c r="K367" t="s">
         <v>47</v>
       </c>
       <c r="L367"/>
       <c r="M367"/>
       <c r="N367"/>
@@ -23409,184 +23421,184 @@
       <c r="K368" t="s">
         <v>47</v>
       </c>
       <c r="L368"/>
       <c r="M368"/>
       <c r="N368"/>
       <c r="O368" t="s">
         <v>36</v>
       </c>
       <c r="P368"/>
       <c r="Q368" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="369" spans="1:17">
       <c r="A369">
         <v>12163</v>
       </c>
       <c r="B369" t="s">
         <v>1445</v>
       </c>
       <c r="C369" t="s">
         <v>1446</v>
       </c>
       <c r="D369" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E369" t="s">
         <v>1447</v>
       </c>
       <c r="F369" t="s">
         <v>1412</v>
       </c>
       <c r="G369" t="s">
         <v>1448</v>
       </c>
       <c r="H369" t="s">
         <v>23</v>
       </c>
       <c r="I369" t="s">
         <v>34</v>
       </c>
       <c r="J369" t="s">
         <v>35</v>
       </c>
       <c r="K369"/>
       <c r="L369"/>
       <c r="M369"/>
       <c r="N369"/>
       <c r="O369" t="s">
         <v>36</v>
       </c>
       <c r="P369"/>
       <c r="Q369" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="370" spans="1:17">
       <c r="A370">
         <v>12262</v>
       </c>
       <c r="B370" t="s">
         <v>1449</v>
       </c>
       <c r="C370" t="s">
         <v>1450</v>
       </c>
       <c r="D370" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="E370" t="s">
         <v>1416</v>
       </c>
       <c r="F370" t="s">
         <v>1412</v>
       </c>
       <c r="G370" t="s">
         <v>1451</v>
       </c>
       <c r="H370" t="s">
         <v>23</v>
       </c>
       <c r="I370" t="s">
         <v>34</v>
       </c>
       <c r="J370" t="s">
         <v>46</v>
       </c>
       <c r="K370" t="s">
         <v>47</v>
       </c>
       <c r="L370"/>
       <c r="M370"/>
       <c r="N370"/>
       <c r="O370" t="s">
         <v>36</v>
       </c>
       <c r="P370"/>
       <c r="Q370" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="371" spans="1:17">
       <c r="A371">
         <v>12321</v>
       </c>
       <c r="B371" t="s">
         <v>1452</v>
       </c>
       <c r="C371" t="s">
         <v>1453</v>
       </c>
       <c r="D371" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="E371" t="s">
         <v>1420</v>
       </c>
       <c r="F371" t="s">
         <v>1412</v>
       </c>
       <c r="G371" t="s">
         <v>1454</v>
       </c>
       <c r="H371" t="s">
         <v>23</v>
       </c>
       <c r="I371" t="s">
         <v>34</v>
       </c>
       <c r="J371" t="s">
         <v>46</v>
       </c>
       <c r="K371" t="s">
         <v>47</v>
       </c>
       <c r="L371"/>
       <c r="M371"/>
       <c r="N371"/>
       <c r="O371" t="s">
         <v>36</v>
       </c>
       <c r="P371"/>
       <c r="Q371" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="372" spans="1:17">
       <c r="A372">
         <v>16426</v>
       </c>
       <c r="B372" t="s">
         <v>1455</v>
       </c>
       <c r="C372" t="s">
         <v>1456</v>
       </c>
       <c r="D372" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="E372" t="s">
         <v>1457</v>
       </c>
       <c r="F372" t="s">
         <v>1412</v>
       </c>
       <c r="G372" t="s">
         <v>1458</v>
       </c>
       <c r="H372" t="s">
         <v>23</v>
       </c>
       <c r="I372" t="s">
         <v>34</v>
       </c>
       <c r="J372" t="s">
         <v>46</v>
       </c>
       <c r="K372" t="s">
         <v>47</v>
       </c>
       <c r="L372"/>
       <c r="M372"/>
       <c r="N372"/>
@@ -23724,317 +23736,317 @@
       <c r="K375" t="s">
         <v>47</v>
       </c>
       <c r="L375"/>
       <c r="M375"/>
       <c r="N375"/>
       <c r="O375" t="s">
         <v>48</v>
       </c>
       <c r="P375"/>
       <c r="Q375" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="376" spans="1:17">
       <c r="A376">
         <v>14069</v>
       </c>
       <c r="B376" t="s">
         <v>1473</v>
       </c>
       <c r="C376" t="s">
         <v>1474</v>
       </c>
       <c r="D376" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="E376" t="s">
         <v>1475</v>
       </c>
       <c r="F376" t="s">
         <v>1412</v>
       </c>
       <c r="G376" t="s">
         <v>1476</v>
       </c>
       <c r="H376" t="s">
         <v>45</v>
       </c>
       <c r="I376" t="s">
         <v>34</v>
       </c>
       <c r="J376" t="s">
         <v>46</v>
       </c>
       <c r="K376" t="s">
         <v>47</v>
       </c>
       <c r="L376"/>
       <c r="M376"/>
       <c r="N376"/>
       <c r="O376" t="s">
         <v>36</v>
       </c>
       <c r="P376"/>
       <c r="Q376" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="377" spans="1:17">
       <c r="A377">
         <v>11917</v>
       </c>
       <c r="B377" t="s">
         <v>1477</v>
       </c>
       <c r="C377" t="s">
         <v>1478</v>
       </c>
       <c r="D377" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E377" t="s">
         <v>1479</v>
       </c>
       <c r="F377" t="s">
         <v>1480</v>
       </c>
       <c r="G377" t="s">
         <v>1481</v>
       </c>
       <c r="H377" t="s">
         <v>23</v>
       </c>
       <c r="I377" t="s">
         <v>34</v>
       </c>
       <c r="J377" t="s">
         <v>46</v>
       </c>
       <c r="K377" t="s">
         <v>47</v>
       </c>
       <c r="L377"/>
       <c r="M377"/>
       <c r="N377"/>
       <c r="O377" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P377"/>
       <c r="Q377" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="378" spans="1:17">
       <c r="A378">
         <v>11258</v>
       </c>
       <c r="B378" t="s">
         <v>1482</v>
       </c>
       <c r="C378" t="s">
         <v>1483</v>
       </c>
       <c r="D378" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E378" t="s">
         <v>1484</v>
       </c>
       <c r="F378" t="s">
         <v>1485</v>
       </c>
       <c r="G378" t="s">
         <v>1486</v>
       </c>
       <c r="H378" t="s">
         <v>23</v>
       </c>
       <c r="I378" t="s">
         <v>34</v>
       </c>
       <c r="J378" t="s">
         <v>35</v>
       </c>
       <c r="K378"/>
       <c r="L378"/>
       <c r="M378"/>
       <c r="N378"/>
       <c r="O378" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P378" t="s">
         <v>1487</v>
       </c>
       <c r="Q378" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="379" spans="1:17">
       <c r="A379">
         <v>11312</v>
       </c>
       <c r="B379" t="s">
         <v>1488</v>
       </c>
       <c r="C379" t="s">
         <v>1489</v>
       </c>
       <c r="D379" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E379" t="s">
         <v>1490</v>
       </c>
       <c r="F379" t="s">
         <v>1485</v>
       </c>
       <c r="G379" t="s">
         <v>1491</v>
       </c>
       <c r="H379" t="s">
         <v>23</v>
       </c>
       <c r="I379" t="s">
         <v>34</v>
       </c>
       <c r="J379" t="s">
         <v>35</v>
       </c>
       <c r="K379"/>
       <c r="L379"/>
       <c r="M379"/>
       <c r="N379"/>
       <c r="O379" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P379" t="s">
         <v>1492</v>
       </c>
       <c r="Q379" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="380" spans="1:17">
       <c r="A380">
         <v>11030</v>
       </c>
       <c r="B380" t="s">
         <v>1493</v>
       </c>
       <c r="C380" t="s">
         <v>1494</v>
       </c>
       <c r="D380" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="E380" t="s">
         <v>1495</v>
       </c>
       <c r="F380" t="s">
         <v>1496</v>
       </c>
       <c r="G380" t="s">
         <v>1497</v>
       </c>
       <c r="H380" t="s">
         <v>23</v>
       </c>
       <c r="I380" t="s">
         <v>34</v>
       </c>
       <c r="J380" t="s">
         <v>35</v>
       </c>
       <c r="K380"/>
       <c r="L380"/>
       <c r="M380"/>
       <c r="N380"/>
       <c r="O380" t="s">
         <v>36</v>
       </c>
       <c r="P380"/>
       <c r="Q380" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="381" spans="1:17">
       <c r="A381">
         <v>11166</v>
       </c>
       <c r="B381" t="s">
         <v>1498</v>
       </c>
       <c r="C381" t="s">
         <v>1499</v>
       </c>
       <c r="D381" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E381" t="s">
         <v>1500</v>
       </c>
       <c r="F381" t="s">
         <v>1496</v>
       </c>
       <c r="G381" t="s">
         <v>1501</v>
       </c>
       <c r="H381" t="s">
         <v>45</v>
       </c>
       <c r="I381" t="s">
         <v>34</v>
       </c>
       <c r="J381" t="s">
         <v>35</v>
       </c>
       <c r="K381"/>
       <c r="L381"/>
       <c r="M381"/>
       <c r="N381"/>
       <c r="O381" t="s">
         <v>48</v>
       </c>
       <c r="P381"/>
       <c r="Q381" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="382" spans="1:17">
       <c r="A382">
         <v>14003</v>
       </c>
       <c r="B382" t="s">
         <v>1502</v>
       </c>
       <c r="C382" t="s">
         <v>1503</v>
       </c>
       <c r="D382" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="E382" t="s">
         <v>1504</v>
       </c>
       <c r="F382" t="s">
         <v>1496</v>
       </c>
       <c r="G382" t="s">
         <v>1505</v>
       </c>
       <c r="H382" t="s">
         <v>45</v>
       </c>
       <c r="I382" t="s">
         <v>34</v>
       </c>
       <c r="J382" t="s">
         <v>46</v>
       </c>
       <c r="K382" t="s">
         <v>47</v>
       </c>
       <c r="L382"/>
       <c r="M382"/>
       <c r="N382"/>
@@ -24125,51 +24137,51 @@
       <c r="K384" t="s">
         <v>47</v>
       </c>
       <c r="L384"/>
       <c r="M384"/>
       <c r="N384"/>
       <c r="O384" t="s">
         <v>48</v>
       </c>
       <c r="P384"/>
       <c r="Q384" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="385" spans="1:17">
       <c r="A385">
         <v>10664</v>
       </c>
       <c r="B385" t="s">
         <v>1515</v>
       </c>
       <c r="C385" t="s">
         <v>1516</v>
       </c>
       <c r="D385" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="E385" t="s">
         <v>1517</v>
       </c>
       <c r="F385" t="s">
         <v>1513</v>
       </c>
       <c r="G385" t="s">
         <v>1518</v>
       </c>
       <c r="H385" t="s">
         <v>23</v>
       </c>
       <c r="I385" t="s">
         <v>34</v>
       </c>
       <c r="J385" t="s">
         <v>46</v>
       </c>
       <c r="K385" t="s">
         <v>829</v>
       </c>
       <c r="L385"/>
       <c r="M385"/>
       <c r="N385"/>
@@ -24264,123 +24276,123 @@
       </c>
       <c r="L387"/>
       <c r="M387"/>
       <c r="N387"/>
       <c r="O387" t="s">
         <v>48</v>
       </c>
       <c r="P387" t="s">
         <v>1527</v>
       </c>
       <c r="Q387" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="388" spans="1:17">
       <c r="A388">
         <v>11339</v>
       </c>
       <c r="B388" t="s">
         <v>1528</v>
       </c>
       <c r="C388" t="s">
         <v>1529</v>
       </c>
       <c r="D388" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="E388" t="s">
         <v>1517</v>
       </c>
       <c r="F388" t="s">
         <v>1513</v>
       </c>
       <c r="G388" t="s">
         <v>1530</v>
       </c>
       <c r="H388" t="s">
         <v>23</v>
       </c>
       <c r="I388" t="s">
         <v>34</v>
       </c>
       <c r="J388" t="s">
         <v>46</v>
       </c>
       <c r="K388" t="s">
         <v>47</v>
       </c>
       <c r="L388"/>
       <c r="M388"/>
       <c r="N388"/>
       <c r="O388" t="s">
         <v>48</v>
       </c>
       <c r="P388"/>
       <c r="Q388" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="389" spans="1:17">
       <c r="A389">
         <v>11307</v>
       </c>
       <c r="B389" t="s">
         <v>1531</v>
       </c>
       <c r="C389" t="s">
         <v>1532</v>
       </c>
       <c r="D389" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E389" t="s">
         <v>1517</v>
       </c>
       <c r="F389" t="s">
         <v>1513</v>
       </c>
       <c r="G389" t="s">
         <v>1533</v>
       </c>
       <c r="H389" t="s">
         <v>23</v>
       </c>
       <c r="I389" t="s">
         <v>34</v>
       </c>
       <c r="J389" t="s">
         <v>46</v>
       </c>
       <c r="K389" t="s">
         <v>47</v>
       </c>
       <c r="L389"/>
       <c r="M389"/>
       <c r="N389"/>
       <c r="O389" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P389"/>
       <c r="Q389" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="390" spans="1:17">
       <c r="A390">
         <v>11591</v>
       </c>
       <c r="B390" t="s">
         <v>1534</v>
       </c>
       <c r="C390" t="s">
         <v>1535</v>
       </c>
       <c r="D390" t="s">
         <v>105</v>
       </c>
       <c r="E390" t="s">
         <v>1517</v>
       </c>
       <c r="F390" t="s">
         <v>1513</v>
       </c>
@@ -24491,51 +24503,51 @@
       </c>
       <c r="L392"/>
       <c r="M392"/>
       <c r="N392"/>
       <c r="O392" t="s">
         <v>48</v>
       </c>
       <c r="P392" t="s">
         <v>1544</v>
       </c>
       <c r="Q392" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="393" spans="1:17">
       <c r="A393">
         <v>14023</v>
       </c>
       <c r="B393" t="s">
         <v>1545</v>
       </c>
       <c r="C393" t="s">
         <v>1546</v>
       </c>
       <c r="D393" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="E393" t="s">
         <v>1517</v>
       </c>
       <c r="F393" t="s">
         <v>1513</v>
       </c>
       <c r="G393" t="s">
         <v>1547</v>
       </c>
       <c r="H393" t="s">
         <v>45</v>
       </c>
       <c r="I393" t="s">
         <v>34</v>
       </c>
       <c r="J393" t="s">
         <v>46</v>
       </c>
       <c r="K393" t="s">
         <v>47</v>
       </c>
       <c r="L393"/>
       <c r="M393"/>
       <c r="N393"/>
@@ -24673,162 +24685,162 @@
       <c r="K396" t="s">
         <v>47</v>
       </c>
       <c r="L396"/>
       <c r="M396"/>
       <c r="N396"/>
       <c r="O396" t="s">
         <v>36</v>
       </c>
       <c r="P396"/>
       <c r="Q396" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="397" spans="1:17">
       <c r="A397">
         <v>10701</v>
       </c>
       <c r="B397" t="s">
         <v>1565</v>
       </c>
       <c r="C397" t="s">
         <v>1566</v>
       </c>
       <c r="D397" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="E397" t="s">
         <v>1567</v>
       </c>
       <c r="F397" t="s">
         <v>1568</v>
       </c>
       <c r="G397" t="s">
         <v>1569</v>
       </c>
       <c r="H397" t="s">
         <v>23</v>
       </c>
       <c r="I397" t="s">
         <v>34</v>
       </c>
       <c r="J397" t="s">
         <v>35</v>
       </c>
       <c r="K397"/>
       <c r="L397"/>
       <c r="M397"/>
       <c r="N397"/>
       <c r="O397" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="P397"/>
       <c r="Q397" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="398" spans="1:17">
       <c r="A398">
         <v>11011</v>
       </c>
       <c r="B398" t="s">
         <v>1570</v>
       </c>
       <c r="C398" t="s">
         <v>1571</v>
       </c>
       <c r="D398" t="s">
         <v>1572</v>
       </c>
       <c r="E398" t="s">
         <v>1573</v>
       </c>
       <c r="F398" t="s">
         <v>1574</v>
       </c>
       <c r="G398" t="s">
         <v>1575</v>
       </c>
       <c r="H398" t="s">
         <v>23</v>
       </c>
       <c r="I398" t="s">
         <v>34</v>
       </c>
       <c r="J398" t="s">
         <v>35</v>
       </c>
       <c r="K398"/>
       <c r="L398"/>
       <c r="M398"/>
       <c r="N398"/>
       <c r="O398" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P398"/>
       <c r="Q398" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="399" spans="1:17">
       <c r="A399">
         <v>11097</v>
       </c>
       <c r="B399" t="s">
         <v>1576</v>
       </c>
       <c r="C399" t="s">
         <v>1577</v>
       </c>
       <c r="D399" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="E399" t="s">
         <v>1578</v>
       </c>
       <c r="F399" t="s">
         <v>1574</v>
       </c>
       <c r="G399" t="s">
         <v>1579</v>
       </c>
       <c r="H399" t="s">
         <v>23</v>
       </c>
       <c r="I399" t="s">
         <v>34</v>
       </c>
       <c r="J399" t="s">
         <v>35</v>
       </c>
       <c r="K399"/>
       <c r="L399"/>
       <c r="M399"/>
       <c r="N399"/>
       <c r="O399" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="P399"/>
       <c r="Q399" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="400" spans="1:17">
       <c r="A400">
         <v>11247</v>
       </c>
       <c r="B400" t="s">
         <v>1580</v>
       </c>
       <c r="C400" t="s">
         <v>1581</v>
       </c>
       <c r="D400" t="s">
         <v>155</v>
       </c>
       <c r="E400" t="s">
         <v>1582</v>
       </c>
       <c r="F400" t="s">
         <v>1574</v>
       </c>
@@ -24874,139 +24886,139 @@
       <c r="E401" t="s">
         <v>1578</v>
       </c>
       <c r="F401" t="s">
         <v>1574</v>
       </c>
       <c r="G401" t="s">
         <v>1586</v>
       </c>
       <c r="H401" t="s">
         <v>23</v>
       </c>
       <c r="I401" t="s">
         <v>34</v>
       </c>
       <c r="J401" t="s">
         <v>46</v>
       </c>
       <c r="K401" t="s">
         <v>47</v>
       </c>
       <c r="L401"/>
       <c r="M401"/>
       <c r="N401"/>
       <c r="O401" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P401"/>
       <c r="Q401" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="402" spans="1:17">
       <c r="A402">
         <v>12107</v>
       </c>
       <c r="B402" t="s">
         <v>1587</v>
       </c>
       <c r="C402" t="s">
         <v>1588</v>
       </c>
       <c r="D402" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="E402" t="s">
         <v>1589</v>
       </c>
       <c r="F402" t="s">
         <v>1590</v>
       </c>
       <c r="G402" t="s">
         <v>1591</v>
       </c>
       <c r="H402" t="s">
         <v>23</v>
       </c>
       <c r="I402" t="s">
         <v>34</v>
       </c>
       <c r="J402" t="s">
         <v>46</v>
       </c>
       <c r="K402" t="s">
         <v>47</v>
       </c>
       <c r="L402"/>
       <c r="M402"/>
       <c r="N402"/>
       <c r="O402" t="s">
         <v>36</v>
       </c>
       <c r="P402"/>
       <c r="Q402" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="403" spans="1:17">
       <c r="A403">
         <v>33012</v>
       </c>
       <c r="B403" t="s">
         <v>1592</v>
       </c>
       <c r="C403" t="s">
         <v>1593</v>
       </c>
       <c r="D403" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E403" t="s">
         <v>1594</v>
       </c>
       <c r="F403" t="s">
         <v>1595</v>
       </c>
       <c r="G403" t="s">
         <v>1596</v>
       </c>
       <c r="H403" t="s">
         <v>23</v>
       </c>
       <c r="I403" t="s">
         <v>34</v>
       </c>
       <c r="J403" t="s">
         <v>35</v>
       </c>
       <c r="K403"/>
       <c r="L403"/>
       <c r="M403"/>
       <c r="N403"/>
       <c r="O403" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P403" t="s">
         <v>1597</v>
       </c>
       <c r="Q403" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="404" spans="1:17">
       <c r="A404">
         <v>1912</v>
       </c>
       <c r="B404" t="s">
         <v>1598</v>
       </c>
       <c r="C404" t="s">
         <v>1599</v>
       </c>
       <c r="D404" t="s">
         <v>1600</v>
       </c>
       <c r="E404"/>
       <c r="F404"/>
       <c r="G404" t="s">
         <v>1601</v>
@@ -25021,62 +25033,62 @@
         <v>25</v>
       </c>
       <c r="K404"/>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404"/>
       <c r="N404"/>
       <c r="O404"/>
       <c r="P404"/>
       <c r="Q404" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="405" spans="1:17">
       <c r="A405">
         <v>10470</v>
       </c>
       <c r="B405" t="s">
         <v>1602</v>
       </c>
       <c r="C405" t="s">
         <v>1603</v>
       </c>
       <c r="D405" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E405"/>
       <c r="F405"/>
       <c r="G405" t="s">
         <v>1604</v>
       </c>
       <c r="H405" t="s">
         <v>23</v>
       </c>
       <c r="I405" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J405" t="s">
         <v>25</v>
       </c>
       <c r="K405"/>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405"/>
       <c r="N405"/>
       <c r="O405"/>
       <c r="P405"/>
       <c r="Q405" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="406" spans="1:17">
       <c r="A406">
         <v>10472</v>
       </c>
       <c r="B406" t="s">
         <v>1605</v>
       </c>
       <c r="C406" t="s">
         <v>1606</v>
@@ -25110,51 +25122,51 @@
         <v>28</v>
       </c>
     </row>
     <row r="407" spans="1:17">
       <c r="A407">
         <v>10473</v>
       </c>
       <c r="B407" t="s">
         <v>1610</v>
       </c>
       <c r="C407" t="s">
         <v>1611</v>
       </c>
       <c r="D407" t="s">
         <v>1612</v>
       </c>
       <c r="E407"/>
       <c r="F407"/>
       <c r="G407" t="s">
         <v>1613</v>
       </c>
       <c r="H407" t="s">
         <v>23</v>
       </c>
       <c r="I407" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J407" t="s">
         <v>25</v>
       </c>
       <c r="K407"/>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407"/>
       <c r="N407"/>
       <c r="O407"/>
       <c r="P407"/>
       <c r="Q407" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="408" spans="1:17">
       <c r="A408">
         <v>34258</v>
       </c>
       <c r="B408" t="s">
         <v>1614</v>
       </c>
       <c r="C408"/>
       <c r="D408"/>
@@ -25335,51 +25347,51 @@
       <c r="K412"/>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
         <v>92</v>
       </c>
       <c r="N412"/>
       <c r="O412"/>
       <c r="P412"/>
       <c r="Q412" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="413" spans="1:17">
       <c r="A413">
         <v>1076</v>
       </c>
       <c r="B413" t="s">
         <v>1633</v>
       </c>
       <c r="C413" t="s">
         <v>1634</v>
       </c>
       <c r="D413" t="s">
-        <v>1111</v>
+        <v>1110</v>
       </c>
       <c r="E413"/>
       <c r="F413"/>
       <c r="G413" t="s">
         <v>1635</v>
       </c>
       <c r="H413" t="s">
         <v>23</v>
       </c>
       <c r="I413" t="s">
         <v>1045</v>
       </c>
       <c r="J413" t="s">
         <v>25</v>
       </c>
       <c r="K413"/>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413"/>
       <c r="N413"/>
       <c r="O413"/>
       <c r="P413"/>
       <c r="Q413" t="s">
         <v>28</v>
@@ -25424,79 +25436,79 @@
         <v>28</v>
       </c>
     </row>
     <row r="415" spans="1:17">
       <c r="A415">
         <v>10482</v>
       </c>
       <c r="B415" t="s">
         <v>1640</v>
       </c>
       <c r="C415" t="s">
         <v>1641</v>
       </c>
       <c r="D415" t="s">
         <v>132</v>
       </c>
       <c r="E415"/>
       <c r="F415"/>
       <c r="G415" t="s">
         <v>1642</v>
       </c>
       <c r="H415" t="s">
         <v>23</v>
       </c>
       <c r="I415" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J415" t="s">
         <v>25</v>
       </c>
       <c r="K415"/>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415"/>
       <c r="N415"/>
       <c r="O415"/>
       <c r="P415"/>
       <c r="Q415" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="416" spans="1:17">
       <c r="A416">
         <v>13367</v>
       </c>
       <c r="B416" t="s">
         <v>1643</v>
       </c>
       <c r="C416" t="s">
         <v>1644</v>
       </c>
       <c r="D416" t="s">
-        <v>1607</v>
+        <v>390</v>
       </c>
       <c r="E416"/>
       <c r="F416"/>
       <c r="G416" t="s">
         <v>1645</v>
       </c>
       <c r="H416" t="s">
         <v>45</v>
       </c>
       <c r="I416" t="s">
         <v>1609</v>
       </c>
       <c r="J416" t="s">
         <v>25</v>
       </c>
       <c r="K416"/>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416"/>
       <c r="N416"/>
       <c r="O416"/>
       <c r="P416"/>
       <c r="Q416" t="s">
         <v>28</v>
@@ -25686,62 +25698,62 @@
         <v>25</v>
       </c>
       <c r="K421"/>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421"/>
       <c r="N421"/>
       <c r="O421"/>
       <c r="P421"/>
       <c r="Q421" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="422" spans="1:17">
       <c r="A422">
         <v>10492</v>
       </c>
       <c r="B422" t="s">
         <v>1663</v>
       </c>
       <c r="C422" t="s">
         <v>1664</v>
       </c>
       <c r="D422" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E422"/>
       <c r="F422"/>
       <c r="G422" t="s">
         <v>1665</v>
       </c>
       <c r="H422" t="s">
         <v>23</v>
       </c>
       <c r="I422" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J422" t="s">
         <v>25</v>
       </c>
       <c r="K422"/>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422"/>
       <c r="N422"/>
       <c r="O422"/>
       <c r="P422"/>
       <c r="Q422" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="423" spans="1:17">
       <c r="A423">
         <v>10493</v>
       </c>
       <c r="B423" t="s">
         <v>1666</v>
       </c>
       <c r="C423" t="s">
         <v>1667</v>
@@ -25777,51 +25789,51 @@
         <v>28</v>
       </c>
     </row>
     <row r="424" spans="1:17">
       <c r="A424">
         <v>18874</v>
       </c>
       <c r="B424" t="s">
         <v>1669</v>
       </c>
       <c r="C424" t="s">
         <v>1670</v>
       </c>
       <c r="D424" t="s">
         <v>1671</v>
       </c>
       <c r="E424"/>
       <c r="F424"/>
       <c r="G424" t="s">
         <v>1672</v>
       </c>
       <c r="H424" t="s">
         <v>45</v>
       </c>
       <c r="I424" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J424" t="s">
         <v>25</v>
       </c>
       <c r="K424"/>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424"/>
       <c r="N424"/>
       <c r="O424"/>
       <c r="P424"/>
       <c r="Q424" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="425" spans="1:17">
       <c r="A425">
         <v>3172</v>
       </c>
       <c r="B425" t="s">
         <v>1673</v>
       </c>
       <c r="C425" t="s">
         <v>1674</v>
@@ -25883,90 +25895,90 @@
         <v>25</v>
       </c>
       <c r="K426"/>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426"/>
       <c r="N426"/>
       <c r="O426"/>
       <c r="P426"/>
       <c r="Q426" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="427" spans="1:17">
       <c r="A427">
         <v>12472</v>
       </c>
       <c r="B427" t="s">
         <v>1681</v>
       </c>
       <c r="C427" t="s">
         <v>1682</v>
       </c>
       <c r="D427" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E427"/>
       <c r="F427"/>
       <c r="G427" t="s">
         <v>1683</v>
       </c>
       <c r="H427" t="s">
         <v>45</v>
       </c>
       <c r="I427" t="s">
         <v>1609</v>
       </c>
       <c r="J427" t="s">
         <v>25</v>
       </c>
       <c r="K427"/>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427"/>
       <c r="N427"/>
       <c r="O427"/>
       <c r="P427"/>
       <c r="Q427" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="428" spans="1:17">
       <c r="A428">
         <v>12475</v>
       </c>
       <c r="B428" t="s">
         <v>1684</v>
       </c>
       <c r="C428" t="s">
         <v>1685</v>
       </c>
       <c r="D428" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E428"/>
       <c r="F428"/>
       <c r="G428" t="s">
         <v>1686</v>
       </c>
       <c r="H428" t="s">
         <v>45</v>
       </c>
       <c r="I428" t="s">
         <v>1609</v>
       </c>
       <c r="J428" t="s">
         <v>25</v>
       </c>
       <c r="K428"/>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428"/>
       <c r="N428"/>
       <c r="O428"/>
       <c r="P428"/>
       <c r="Q428" t="s">
         <v>28</v>
@@ -26000,101 +26012,101 @@
         <v>25</v>
       </c>
       <c r="K429"/>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429"/>
       <c r="N429"/>
       <c r="O429"/>
       <c r="P429"/>
       <c r="Q429" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="430" spans="1:17">
       <c r="A430">
         <v>12486</v>
       </c>
       <c r="B430" t="s">
         <v>1691</v>
       </c>
       <c r="C430" t="s">
         <v>1692</v>
       </c>
       <c r="D430" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E430"/>
       <c r="F430"/>
       <c r="G430" t="s">
         <v>1693</v>
       </c>
       <c r="H430" t="s">
         <v>45</v>
       </c>
       <c r="I430" t="s">
         <v>1609</v>
       </c>
       <c r="J430" t="s">
         <v>25</v>
       </c>
       <c r="K430"/>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430"/>
       <c r="N430"/>
       <c r="O430"/>
       <c r="P430"/>
       <c r="Q430" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="431" spans="1:17">
       <c r="A431">
         <v>20421</v>
       </c>
       <c r="B431" t="s">
         <v>1694</v>
       </c>
       <c r="C431" t="s">
         <v>1695</v>
       </c>
       <c r="D431" t="s">
-        <v>132</v>
+        <v>1232</v>
       </c>
       <c r="E431"/>
       <c r="F431"/>
       <c r="G431" t="s">
         <v>1696</v>
       </c>
       <c r="H431" t="s">
         <v>45</v>
       </c>
       <c r="I431" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J431" t="s">
         <v>25</v>
       </c>
       <c r="K431"/>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431"/>
       <c r="N431"/>
       <c r="O431"/>
       <c r="P431"/>
       <c r="Q431" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="432" spans="1:17">
       <c r="A432">
         <v>1085</v>
       </c>
       <c r="B432" t="s">
         <v>1697</v>
       </c>
       <c r="C432" t="s">
         <v>1698</v>
@@ -26197,62 +26209,62 @@
       <c r="K434"/>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
         <v>92</v>
       </c>
       <c r="N434"/>
       <c r="O434"/>
       <c r="P434"/>
       <c r="Q434" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="435" spans="1:17">
       <c r="A435">
         <v>22502</v>
       </c>
       <c r="B435" t="s">
         <v>1708</v>
       </c>
       <c r="C435" t="s">
         <v>1709</v>
       </c>
       <c r="D435" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E435"/>
       <c r="F435"/>
       <c r="G435" t="s">
         <v>1710</v>
       </c>
       <c r="H435" t="s">
         <v>45</v>
       </c>
       <c r="I435" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J435" t="s">
         <v>25</v>
       </c>
       <c r="K435"/>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435"/>
       <c r="N435"/>
       <c r="O435"/>
       <c r="P435"/>
       <c r="Q435" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="436" spans="1:17">
       <c r="A436">
         <v>1524</v>
       </c>
       <c r="B436" t="s">
         <v>1711</v>
       </c>
       <c r="C436" t="s">
         <v>1712</v>
@@ -26355,8621 +26367,8641 @@
         <v>25</v>
       </c>
       <c r="K438"/>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438"/>
       <c r="N438"/>
       <c r="O438"/>
       <c r="P438"/>
       <c r="Q438" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="439" spans="1:17">
       <c r="A439">
         <v>10512</v>
       </c>
       <c r="B439" t="s">
         <v>1724</v>
       </c>
       <c r="C439" t="s">
         <v>1725</v>
       </c>
       <c r="D439" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E439"/>
       <c r="F439"/>
       <c r="G439" t="s">
         <v>1726</v>
       </c>
       <c r="H439" t="s">
         <v>23</v>
       </c>
       <c r="I439" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J439" t="s">
         <v>25</v>
       </c>
       <c r="K439"/>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439"/>
       <c r="N439"/>
       <c r="O439"/>
       <c r="P439"/>
       <c r="Q439" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="440" spans="1:17">
       <c r="A440">
         <v>10516</v>
       </c>
       <c r="B440" t="s">
         <v>1727</v>
       </c>
       <c r="C440" t="s">
         <v>1728</v>
       </c>
       <c r="D440" t="s">
-        <v>19</v>
+        <v>1232</v>
       </c>
       <c r="E440"/>
       <c r="F440"/>
       <c r="G440" t="s">
         <v>1729</v>
       </c>
       <c r="H440" t="s">
         <v>23</v>
       </c>
       <c r="I440" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J440" t="s">
         <v>25</v>
       </c>
       <c r="K440"/>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440"/>
       <c r="N440"/>
       <c r="O440"/>
       <c r="P440"/>
       <c r="Q440" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="441" spans="1:17">
       <c r="A441">
         <v>19151</v>
       </c>
       <c r="B441" t="s">
         <v>1730</v>
       </c>
       <c r="C441" t="s">
         <v>1731</v>
       </c>
       <c r="D441" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E441"/>
       <c r="F441"/>
       <c r="G441" t="s">
         <v>1732</v>
       </c>
       <c r="H441" t="s">
         <v>45</v>
       </c>
       <c r="I441" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J441" t="s">
         <v>25</v>
       </c>
       <c r="K441"/>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441"/>
       <c r="N441"/>
       <c r="O441"/>
       <c r="P441"/>
       <c r="Q441" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="442" spans="1:17">
       <c r="A442">
         <v>4258</v>
       </c>
       <c r="B442" t="s">
         <v>1733</v>
       </c>
       <c r="C442" t="s">
         <v>1734</v>
       </c>
       <c r="D442" t="s">
-        <v>1224</v>
+        <v>1735</v>
       </c>
       <c r="E442"/>
       <c r="F442"/>
       <c r="G442" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="H442" t="s">
         <v>23</v>
       </c>
       <c r="I442" t="s">
         <v>1045</v>
       </c>
       <c r="J442" t="s">
         <v>25</v>
       </c>
       <c r="K442"/>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442"/>
       <c r="N442"/>
       <c r="O442"/>
       <c r="P442"/>
       <c r="Q442" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="443" spans="1:17">
       <c r="A443">
         <v>19289</v>
       </c>
       <c r="B443" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="C443" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="D443" t="s">
         <v>132</v>
       </c>
       <c r="E443"/>
       <c r="F443"/>
       <c r="G443" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="H443" t="s">
         <v>45</v>
       </c>
       <c r="I443" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J443" t="s">
         <v>91</v>
       </c>
       <c r="K443"/>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
         <v>92</v>
       </c>
       <c r="N443"/>
       <c r="O443"/>
       <c r="P443"/>
       <c r="Q443" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="444" spans="1:17">
       <c r="A444">
         <v>4442</v>
       </c>
       <c r="B444" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="C444" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="D444" t="s">
         <v>1651</v>
       </c>
       <c r="E444"/>
       <c r="F444"/>
       <c r="G444" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="H444" t="s">
         <v>23</v>
       </c>
       <c r="I444" t="s">
         <v>1045</v>
       </c>
       <c r="J444" t="s">
         <v>25</v>
       </c>
       <c r="K444"/>
       <c r="L444" t="s">
         <v>26</v>
       </c>
       <c r="M444"/>
       <c r="N444"/>
       <c r="O444"/>
       <c r="P444"/>
       <c r="Q444" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="445" spans="1:17">
       <c r="A445">
         <v>4570</v>
       </c>
       <c r="B445" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="C445" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="D445" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="E445"/>
       <c r="F445"/>
       <c r="G445" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="H445" t="s">
         <v>23</v>
       </c>
       <c r="I445" t="s">
         <v>1045</v>
       </c>
       <c r="J445" t="s">
         <v>25</v>
       </c>
       <c r="K445"/>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445"/>
       <c r="N445"/>
       <c r="O445"/>
       <c r="P445" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="Q445" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="446" spans="1:17">
       <c r="A446">
         <v>10529</v>
       </c>
       <c r="B446" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="C446" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="D446" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E446"/>
       <c r="F446"/>
       <c r="G446" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="H446" t="s">
         <v>45</v>
       </c>
       <c r="I446" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J446" t="s">
         <v>25</v>
       </c>
       <c r="K446"/>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446"/>
       <c r="N446"/>
       <c r="O446"/>
       <c r="P446"/>
       <c r="Q446" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="447" spans="1:17">
       <c r="A447">
         <v>9745</v>
       </c>
       <c r="B447" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="C447" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="D447" t="s">
         <v>132</v>
       </c>
       <c r="E447"/>
       <c r="F447"/>
       <c r="G447" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="H447" t="s">
         <v>23</v>
       </c>
       <c r="I447" t="s">
         <v>1045</v>
       </c>
       <c r="J447" t="s">
         <v>25</v>
       </c>
       <c r="K447"/>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447"/>
       <c r="N447"/>
       <c r="O447"/>
       <c r="P447"/>
       <c r="Q447" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="448" spans="1:17">
       <c r="A448">
         <v>13852</v>
       </c>
       <c r="B448" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="C448" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="D448" t="s">
         <v>1607</v>
       </c>
       <c r="E448"/>
       <c r="F448"/>
       <c r="G448" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="H448" t="s">
         <v>45</v>
       </c>
       <c r="I448" t="s">
         <v>1609</v>
       </c>
       <c r="J448" t="s">
         <v>25</v>
       </c>
       <c r="K448"/>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448"/>
       <c r="N448"/>
       <c r="O448"/>
       <c r="P448"/>
       <c r="Q448" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="449" spans="1:17">
       <c r="A449">
         <v>10534</v>
       </c>
       <c r="B449" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="C449" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="D449" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E449"/>
       <c r="F449"/>
       <c r="G449" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="H449" t="s">
         <v>23</v>
       </c>
       <c r="I449" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J449" t="s">
         <v>25</v>
       </c>
       <c r="K449"/>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449"/>
       <c r="N449"/>
       <c r="O449"/>
       <c r="P449"/>
       <c r="Q449" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="450" spans="1:17">
       <c r="A450">
         <v>10535</v>
       </c>
       <c r="B450" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="C450" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="D450" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E450"/>
       <c r="F450"/>
       <c r="G450" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="H450" t="s">
         <v>23</v>
       </c>
       <c r="I450" t="s">
         <v>1045</v>
       </c>
       <c r="J450" t="s">
         <v>25</v>
       </c>
       <c r="K450"/>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450"/>
       <c r="N450"/>
       <c r="O450"/>
       <c r="P450" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="Q450" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="451" spans="1:17">
       <c r="A451">
         <v>5375</v>
       </c>
       <c r="B451" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="C451" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="D451" t="s">
-        <v>1084</v>
+        <v>19</v>
       </c>
       <c r="E451"/>
       <c r="F451"/>
       <c r="G451" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="H451" t="s">
         <v>23</v>
       </c>
       <c r="I451" t="s">
         <v>1045</v>
       </c>
       <c r="J451" t="s">
         <v>25</v>
       </c>
       <c r="K451"/>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451"/>
       <c r="N451"/>
       <c r="O451"/>
       <c r="P451" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="Q451" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="452" spans="1:17">
       <c r="A452">
         <v>10542</v>
       </c>
       <c r="B452" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="C452" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="D452" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E452"/>
       <c r="F452"/>
       <c r="G452" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="H452" t="s">
         <v>23</v>
       </c>
       <c r="I452" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J452" t="s">
         <v>25</v>
       </c>
       <c r="K452"/>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452"/>
       <c r="N452"/>
       <c r="O452"/>
       <c r="P452"/>
       <c r="Q452" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="453" spans="1:17">
       <c r="A453">
         <v>10545</v>
       </c>
       <c r="B453" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="C453" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="D453" t="s">
         <v>132</v>
       </c>
       <c r="E453"/>
       <c r="F453"/>
       <c r="G453" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="H453" t="s">
         <v>23</v>
       </c>
       <c r="I453" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J453" t="s">
         <v>25</v>
       </c>
       <c r="K453"/>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453"/>
       <c r="N453"/>
       <c r="O453"/>
       <c r="P453"/>
       <c r="Q453" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="454" spans="1:17">
       <c r="A454">
         <v>9616</v>
       </c>
       <c r="B454" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="C454" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="D454" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="E454"/>
       <c r="F454"/>
       <c r="G454" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="H454" t="s">
         <v>23</v>
       </c>
       <c r="I454" t="s">
         <v>1045</v>
       </c>
       <c r="J454" t="s">
         <v>25</v>
       </c>
       <c r="K454"/>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454"/>
       <c r="N454"/>
       <c r="O454"/>
       <c r="P454"/>
       <c r="Q454" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="455" spans="1:17">
       <c r="A455">
         <v>13572</v>
       </c>
       <c r="B455" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455"/>
       <c r="F455"/>
       <c r="G455" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="H455" t="s">
         <v>45</v>
       </c>
       <c r="I455" t="s">
         <v>1609</v>
       </c>
       <c r="J455" t="s">
         <v>25</v>
       </c>
       <c r="K455"/>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455"/>
       <c r="N455"/>
       <c r="O455"/>
       <c r="P455"/>
       <c r="Q455" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="456" spans="1:17">
       <c r="A456">
         <v>512</v>
       </c>
       <c r="B456" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="C456" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="D456" t="s">
         <v>132</v>
       </c>
       <c r="E456"/>
       <c r="F456"/>
       <c r="G456" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="H456" t="s">
         <v>23</v>
       </c>
       <c r="I456" t="s">
         <v>1045</v>
       </c>
       <c r="J456" t="s">
         <v>25</v>
       </c>
       <c r="K456"/>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456"/>
       <c r="N456"/>
       <c r="O456"/>
       <c r="P456"/>
       <c r="Q456" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="457" spans="1:17">
       <c r="A457">
         <v>10555</v>
       </c>
       <c r="B457" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="C457" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="D457" t="s">
         <v>62</v>
       </c>
       <c r="E457"/>
       <c r="F457"/>
       <c r="G457" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="H457" t="s">
         <v>45</v>
       </c>
       <c r="I457" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J457" t="s">
         <v>25</v>
       </c>
       <c r="K457"/>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457"/>
       <c r="N457"/>
       <c r="O457"/>
       <c r="P457"/>
       <c r="Q457" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="458" spans="1:17">
       <c r="A458">
         <v>10557</v>
       </c>
       <c r="B458" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="C458" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="D458" t="s">
         <v>132</v>
       </c>
       <c r="E458"/>
       <c r="F458"/>
       <c r="G458" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="H458" t="s">
         <v>23</v>
       </c>
       <c r="I458" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J458" t="s">
         <v>25</v>
       </c>
       <c r="K458"/>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458"/>
       <c r="N458"/>
       <c r="O458"/>
       <c r="P458"/>
       <c r="Q458" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="459" spans="1:17">
       <c r="A459">
         <v>6488</v>
       </c>
       <c r="B459" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="C459" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="D459" t="s">
-        <v>19</v>
+        <v>1232</v>
       </c>
       <c r="E459"/>
       <c r="F459"/>
       <c r="G459" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="H459" t="s">
         <v>23</v>
       </c>
       <c r="I459" t="s">
         <v>1045</v>
       </c>
       <c r="J459" t="s">
         <v>91</v>
       </c>
       <c r="K459"/>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
         <v>92</v>
       </c>
       <c r="N459"/>
       <c r="O459"/>
       <c r="P459"/>
       <c r="Q459" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="460" spans="1:17">
       <c r="A460">
         <v>9766</v>
       </c>
       <c r="B460" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460"/>
       <c r="F460"/>
       <c r="G460" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="H460" t="s">
         <v>23</v>
       </c>
       <c r="I460" t="s">
         <v>1045</v>
       </c>
       <c r="J460" t="s">
         <v>25</v>
       </c>
       <c r="K460"/>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460"/>
       <c r="N460"/>
       <c r="O460"/>
       <c r="P460" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="Q460" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="461" spans="1:17">
       <c r="A461">
         <v>6569</v>
       </c>
       <c r="B461" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="C461" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="D461" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="E461"/>
       <c r="F461"/>
       <c r="G461" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="H461" t="s">
         <v>23</v>
       </c>
       <c r="I461" t="s">
         <v>1045</v>
       </c>
       <c r="J461" t="s">
         <v>25</v>
       </c>
       <c r="K461"/>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461"/>
       <c r="N461"/>
       <c r="O461"/>
       <c r="P461" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="Q461" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="462" spans="1:17">
       <c r="A462">
         <v>1525</v>
       </c>
       <c r="B462" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="C462" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="D462" t="s">
-        <v>132</v>
+        <v>1232</v>
       </c>
       <c r="E462"/>
       <c r="F462"/>
       <c r="G462" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="H462" t="s">
         <v>23</v>
       </c>
       <c r="I462" t="s">
         <v>1045</v>
       </c>
       <c r="J462" t="s">
         <v>25</v>
       </c>
       <c r="K462"/>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462"/>
       <c r="N462"/>
       <c r="O462"/>
       <c r="P462"/>
       <c r="Q462" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="463" spans="1:17">
       <c r="A463">
         <v>10565</v>
       </c>
       <c r="B463" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="C463" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="D463" t="s">
         <v>1631</v>
       </c>
       <c r="E463"/>
       <c r="F463"/>
       <c r="G463" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="H463" t="s">
         <v>23</v>
       </c>
       <c r="I463" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J463" t="s">
         <v>25</v>
       </c>
       <c r="K463"/>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463"/>
       <c r="N463"/>
       <c r="O463"/>
       <c r="P463"/>
       <c r="Q463" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="464" spans="1:17">
       <c r="A464">
         <v>6757</v>
       </c>
       <c r="B464" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="C464" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="D464" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="E464"/>
       <c r="F464"/>
       <c r="G464" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="H464" t="s">
         <v>23</v>
       </c>
       <c r="I464" t="s">
         <v>1045</v>
       </c>
       <c r="J464" t="s">
         <v>25</v>
       </c>
       <c r="K464"/>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464"/>
       <c r="N464"/>
       <c r="O464"/>
       <c r="P464"/>
       <c r="Q464" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="465" spans="1:17">
       <c r="A465">
         <v>6897</v>
       </c>
       <c r="B465" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="C465" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="D465" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="E465"/>
       <c r="F465"/>
       <c r="G465" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="H465" t="s">
         <v>23</v>
       </c>
       <c r="I465" t="s">
         <v>1045</v>
       </c>
       <c r="J465" t="s">
         <v>25</v>
       </c>
       <c r="K465"/>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465"/>
       <c r="N465"/>
       <c r="O465"/>
       <c r="P465"/>
       <c r="Q465" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="466" spans="1:17">
       <c r="A466">
         <v>10574</v>
       </c>
       <c r="B466" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="C466" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="D466" t="s">
         <v>132</v>
       </c>
       <c r="E466"/>
       <c r="F466"/>
       <c r="G466" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="H466" t="s">
         <v>23</v>
       </c>
       <c r="I466" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J466" t="s">
         <v>25</v>
       </c>
       <c r="K466"/>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466"/>
       <c r="N466"/>
       <c r="O466"/>
       <c r="P466"/>
       <c r="Q466" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="467" spans="1:17">
       <c r="A467">
         <v>10575</v>
       </c>
       <c r="B467" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="C467" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="D467" t="s">
         <v>132</v>
       </c>
       <c r="E467"/>
       <c r="F467"/>
       <c r="G467" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="H467" t="s">
         <v>23</v>
       </c>
       <c r="I467" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J467" t="s">
         <v>25</v>
       </c>
       <c r="K467"/>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467"/>
       <c r="N467"/>
       <c r="O467"/>
       <c r="P467"/>
       <c r="Q467" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="468" spans="1:17">
       <c r="A468">
         <v>9654</v>
       </c>
       <c r="B468" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="C468" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="D468" t="s">
         <v>132</v>
       </c>
       <c r="E468"/>
       <c r="F468"/>
       <c r="G468" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="H468" t="s">
         <v>23</v>
       </c>
       <c r="I468" t="s">
         <v>1045</v>
       </c>
       <c r="J468" t="s">
         <v>25</v>
       </c>
       <c r="K468"/>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468"/>
       <c r="N468"/>
       <c r="O468"/>
       <c r="P468"/>
       <c r="Q468" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="469" spans="1:17">
       <c r="A469">
         <v>19182</v>
       </c>
       <c r="B469" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="C469" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="D469" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="E469"/>
       <c r="F469"/>
       <c r="G469" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="H469" t="s">
         <v>45</v>
       </c>
       <c r="I469" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J469" t="s">
         <v>25</v>
       </c>
       <c r="K469"/>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469"/>
       <c r="N469"/>
       <c r="O469"/>
       <c r="P469"/>
       <c r="Q469" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="470" spans="1:17">
       <c r="A470">
         <v>24333</v>
       </c>
       <c r="B470" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="C470" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="D470" t="s">
         <v>132</v>
       </c>
       <c r="E470"/>
       <c r="F470"/>
       <c r="G470" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="H470" t="s">
         <v>23</v>
       </c>
       <c r="I470" t="s">
         <v>34</v>
       </c>
       <c r="J470" t="s">
         <v>46</v>
       </c>
       <c r="K470" t="s">
         <v>54</v>
       </c>
       <c r="L470"/>
       <c r="M470"/>
       <c r="N470"/>
       <c r="O470" t="s">
         <v>48</v>
       </c>
       <c r="P470"/>
       <c r="Q470" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="471" spans="1:17">
       <c r="A471">
         <v>7089</v>
       </c>
       <c r="B471" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="C471" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="D471" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="E471"/>
       <c r="F471"/>
       <c r="G471" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="H471" t="s">
         <v>23</v>
       </c>
       <c r="I471" t="s">
         <v>1045</v>
       </c>
       <c r="J471" t="s">
         <v>25</v>
       </c>
       <c r="K471"/>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471"/>
       <c r="N471"/>
       <c r="O471"/>
       <c r="P471"/>
       <c r="Q471" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="472" spans="1:17">
       <c r="A472">
         <v>4260</v>
       </c>
       <c r="B472" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="C472" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="D472" t="s">
         <v>1048</v>
       </c>
       <c r="E472"/>
       <c r="F472"/>
       <c r="G472" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="H472" t="s">
         <v>23</v>
       </c>
       <c r="I472" t="s">
         <v>1045</v>
       </c>
       <c r="J472" t="s">
         <v>91</v>
       </c>
       <c r="K472"/>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="N472"/>
       <c r="O472"/>
       <c r="P472" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="Q472" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="473" spans="1:17">
       <c r="A473">
         <v>10583</v>
       </c>
       <c r="B473" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="C473" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="D473" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="E473"/>
       <c r="F473"/>
       <c r="G473" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="H473" t="s">
         <v>45</v>
       </c>
       <c r="I473" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J473" t="s">
         <v>25</v>
       </c>
       <c r="K473"/>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473"/>
       <c r="N473"/>
       <c r="O473"/>
       <c r="P473"/>
       <c r="Q473" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="474" spans="1:17">
       <c r="A474">
         <v>7682</v>
       </c>
       <c r="B474" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="C474" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="D474" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E474"/>
       <c r="F474"/>
       <c r="G474" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="H474" t="s">
         <v>23</v>
       </c>
       <c r="I474" t="s">
         <v>1045</v>
       </c>
       <c r="J474" t="s">
         <v>91</v>
       </c>
       <c r="K474"/>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
         <v>92</v>
       </c>
       <c r="N474"/>
       <c r="O474"/>
       <c r="P474" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="Q474" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="475" spans="1:17">
       <c r="A475">
         <v>10595</v>
       </c>
       <c r="B475" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="C475" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="D475" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="E475"/>
       <c r="F475"/>
       <c r="G475" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="H475" t="s">
         <v>45</v>
       </c>
       <c r="I475" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J475" t="s">
         <v>25</v>
       </c>
       <c r="K475"/>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475"/>
       <c r="N475"/>
       <c r="O475"/>
       <c r="P475"/>
       <c r="Q475" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="476" spans="1:17">
       <c r="A476">
         <v>10596</v>
       </c>
       <c r="B476" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="C476" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="D476" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E476"/>
       <c r="F476"/>
       <c r="G476" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="H476" t="s">
         <v>45</v>
       </c>
       <c r="I476" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J476" t="s">
         <v>25</v>
       </c>
       <c r="K476"/>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476"/>
       <c r="N476"/>
       <c r="O476"/>
       <c r="P476"/>
       <c r="Q476" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="477" spans="1:17">
       <c r="A477">
         <v>10597</v>
       </c>
       <c r="B477" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="C477" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="D477" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="E477"/>
       <c r="F477"/>
       <c r="G477" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="H477" t="s">
         <v>23</v>
       </c>
       <c r="I477" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J477" t="s">
         <v>25</v>
       </c>
       <c r="K477"/>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477"/>
       <c r="N477"/>
       <c r="O477"/>
       <c r="P477"/>
       <c r="Q477" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="478" spans="1:17">
       <c r="A478">
         <v>7788</v>
       </c>
       <c r="B478" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="C478" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="D478" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="E478"/>
       <c r="F478"/>
       <c r="G478" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="H478" t="s">
         <v>23</v>
       </c>
       <c r="I478" t="s">
         <v>1045</v>
       </c>
       <c r="J478" t="s">
         <v>25</v>
       </c>
       <c r="K478"/>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478"/>
       <c r="N478"/>
       <c r="O478"/>
       <c r="P478"/>
       <c r="Q478" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="479" spans="1:17">
       <c r="A479">
         <v>10600</v>
       </c>
       <c r="B479" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="C479" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="D479" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="E479"/>
       <c r="F479"/>
       <c r="G479" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="H479" t="s">
         <v>23</v>
       </c>
       <c r="I479" t="s">
         <v>24</v>
       </c>
       <c r="J479" t="s">
         <v>25</v>
       </c>
       <c r="K479"/>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479"/>
       <c r="N479"/>
       <c r="O479"/>
       <c r="P479"/>
       <c r="Q479" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="480" spans="1:17">
       <c r="A480">
         <v>10603</v>
       </c>
       <c r="B480" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="C480" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="D480" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="E480"/>
       <c r="F480"/>
       <c r="G480" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="H480" t="s">
         <v>45</v>
       </c>
       <c r="I480" t="s">
         <v>1723</v>
       </c>
       <c r="J480" t="s">
         <v>25</v>
       </c>
       <c r="K480"/>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480"/>
       <c r="N480"/>
       <c r="O480"/>
       <c r="P480"/>
       <c r="Q480" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="481" spans="1:17">
       <c r="A481">
         <v>10605</v>
       </c>
       <c r="B481" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="C481" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="D481" t="s">
         <v>1612</v>
       </c>
       <c r="E481"/>
       <c r="F481"/>
       <c r="G481" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="H481" t="s">
         <v>23</v>
       </c>
       <c r="I481" t="s">
         <v>1045</v>
       </c>
       <c r="J481" t="s">
         <v>25</v>
       </c>
       <c r="K481"/>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481"/>
       <c r="N481"/>
       <c r="O481"/>
       <c r="P481"/>
       <c r="Q481" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="482" spans="1:17">
       <c r="A482">
         <v>765</v>
       </c>
       <c r="B482" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="C482" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="D482" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="E482"/>
       <c r="F482"/>
       <c r="G482" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="H482" t="s">
         <v>65</v>
       </c>
       <c r="I482" t="s">
         <v>1045</v>
       </c>
       <c r="J482" t="s">
         <v>25</v>
       </c>
       <c r="K482"/>
       <c r="L482" t="s">
         <v>26</v>
       </c>
       <c r="M482"/>
       <c r="N482"/>
       <c r="O482"/>
       <c r="P482"/>
       <c r="Q482" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="483" spans="1:17">
       <c r="A483">
         <v>10608</v>
       </c>
       <c r="B483" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="C483"/>
       <c r="D483"/>
       <c r="E483"/>
       <c r="F483"/>
       <c r="G483" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="H483" t="s">
         <v>65</v>
       </c>
       <c r="I483" t="s">
         <v>1045</v>
       </c>
       <c r="J483" t="s">
         <v>25</v>
       </c>
       <c r="K483"/>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483"/>
       <c r="N483"/>
       <c r="O483"/>
       <c r="P483" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="Q483" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="484" spans="1:17">
       <c r="A484">
         <v>8574</v>
       </c>
       <c r="B484" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="C484" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="D484" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="E484"/>
       <c r="F484"/>
       <c r="G484" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="H484" t="s">
         <v>23</v>
       </c>
       <c r="I484" t="s">
         <v>1045</v>
       </c>
       <c r="J484" t="s">
         <v>25</v>
       </c>
       <c r="K484"/>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484"/>
       <c r="N484"/>
       <c r="O484"/>
       <c r="P484"/>
       <c r="Q484" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="485" spans="1:17">
       <c r="A485">
         <v>12917</v>
       </c>
       <c r="B485" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="C485"/>
       <c r="D485"/>
       <c r="E485"/>
       <c r="F485"/>
       <c r="G485" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="H485" t="s">
         <v>45</v>
       </c>
       <c r="I485" t="s">
         <v>1723</v>
       </c>
       <c r="J485" t="s">
         <v>25</v>
       </c>
       <c r="K485"/>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485"/>
       <c r="N485"/>
       <c r="O485"/>
       <c r="P485"/>
       <c r="Q485" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="486" spans="1:17">
       <c r="A486">
         <v>30173</v>
       </c>
       <c r="B486" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="C486" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="D486" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="E486"/>
       <c r="F486"/>
       <c r="G486" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="H486" t="s">
         <v>23</v>
       </c>
       <c r="I486" t="s">
         <v>98</v>
       </c>
       <c r="J486" t="s">
         <v>25</v>
       </c>
       <c r="K486"/>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486"/>
       <c r="N486"/>
       <c r="O486"/>
       <c r="P486"/>
       <c r="Q486" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="487" spans="1:17">
       <c r="A487">
         <v>10528</v>
       </c>
       <c r="B487" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="C487" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="D487" t="s">
         <v>132</v>
       </c>
       <c r="E487"/>
       <c r="F487"/>
       <c r="G487" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="H487" t="s">
         <v>23</v>
       </c>
       <c r="I487" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J487" t="s">
         <v>25</v>
       </c>
       <c r="K487"/>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487"/>
       <c r="N487"/>
       <c r="O487"/>
       <c r="P487"/>
       <c r="Q487" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="488" spans="1:17">
       <c r="A488">
         <v>9029</v>
       </c>
       <c r="B488" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="C488" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="D488" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="E488"/>
       <c r="F488"/>
       <c r="G488" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="H488" t="s">
         <v>23</v>
       </c>
       <c r="I488" t="s">
         <v>1045</v>
       </c>
       <c r="J488" t="s">
         <v>25</v>
       </c>
       <c r="K488"/>
       <c r="L488" t="s">
         <v>26</v>
       </c>
       <c r="M488"/>
       <c r="N488"/>
       <c r="O488"/>
       <c r="P488"/>
       <c r="Q488" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="489" spans="1:17">
       <c r="A489">
         <v>10582</v>
       </c>
       <c r="B489" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="C489" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="D489" t="s">
         <v>1623</v>
       </c>
       <c r="E489"/>
       <c r="F489"/>
       <c r="G489" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="H489" t="s">
         <v>23</v>
       </c>
       <c r="I489" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J489" t="s">
         <v>25</v>
       </c>
       <c r="K489"/>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489"/>
       <c r="N489"/>
       <c r="O489"/>
       <c r="P489"/>
       <c r="Q489" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="490" spans="1:17">
       <c r="A490">
         <v>13128</v>
       </c>
       <c r="B490" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="C490" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="D490" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="E490"/>
       <c r="F490"/>
       <c r="G490" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="H490" t="s">
         <v>45</v>
       </c>
       <c r="I490" t="s">
         <v>1723</v>
       </c>
       <c r="J490" t="s">
         <v>25</v>
       </c>
       <c r="K490"/>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490"/>
       <c r="N490"/>
       <c r="O490"/>
       <c r="P490" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="Q490" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="491" spans="1:17">
       <c r="A491">
         <v>13664</v>
       </c>
       <c r="B491" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="C491"/>
       <c r="D491"/>
       <c r="E491"/>
       <c r="F491"/>
       <c r="G491" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="H491" t="s">
         <v>45</v>
       </c>
       <c r="I491" t="s">
         <v>1609</v>
       </c>
       <c r="J491" t="s">
         <v>25</v>
       </c>
       <c r="K491"/>
       <c r="L491" t="s">
         <v>26</v>
       </c>
       <c r="M491"/>
       <c r="N491"/>
       <c r="O491"/>
       <c r="P491"/>
       <c r="Q491" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="492" spans="1:17">
       <c r="A492">
         <v>21365</v>
       </c>
       <c r="B492" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="C492" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="D492" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E492"/>
       <c r="F492"/>
       <c r="G492" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="H492" t="s">
         <v>45</v>
       </c>
       <c r="I492" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J492" t="s">
         <v>25</v>
       </c>
       <c r="K492"/>
       <c r="L492" t="s">
         <v>26</v>
       </c>
       <c r="M492"/>
       <c r="N492"/>
       <c r="O492"/>
       <c r="P492" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="Q492" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="493" spans="1:17">
       <c r="A493">
         <v>23756</v>
       </c>
       <c r="B493" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="C493" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="D493" t="s">
         <v>132</v>
       </c>
       <c r="E493" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="F493" t="s">
         <v>21</v>
       </c>
       <c r="G493"/>
       <c r="H493" t="s">
         <v>23</v>
       </c>
       <c r="I493" t="s">
         <v>34</v>
       </c>
       <c r="J493" t="s">
         <v>35</v>
       </c>
       <c r="K493"/>
       <c r="L493"/>
       <c r="M493"/>
       <c r="N493"/>
       <c r="O493" t="s">
         <v>71</v>
       </c>
       <c r="P493"/>
       <c r="Q493" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="494" spans="1:17">
       <c r="A494">
         <v>11652</v>
       </c>
       <c r="B494" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E494" t="s">
         <v>1907</v>
-      </c>
-[...7 lines deleted...]
-        <v>1906</v>
       </c>
       <c r="F494" t="s">
         <v>21</v>
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
         <v>23</v>
       </c>
       <c r="I494" t="s">
         <v>34</v>
       </c>
       <c r="J494" t="s">
         <v>35</v>
       </c>
       <c r="K494"/>
       <c r="L494"/>
       <c r="M494"/>
       <c r="N494"/>
       <c r="O494" t="s">
         <v>48</v>
       </c>
       <c r="P494"/>
       <c r="Q494" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="495" spans="1:17">
       <c r="A495">
         <v>11651</v>
       </c>
       <c r="B495" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="C495" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="D495" t="s">
-        <v>19</v>
+        <v>1232</v>
       </c>
       <c r="E495" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="F495" t="s">
         <v>21</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
         <v>23</v>
       </c>
       <c r="I495" t="s">
         <v>34</v>
       </c>
       <c r="J495" t="s">
         <v>35</v>
       </c>
       <c r="K495"/>
       <c r="L495"/>
       <c r="M495"/>
       <c r="N495"/>
       <c r="O495" t="s">
         <v>48</v>
       </c>
       <c r="P495"/>
       <c r="Q495" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="496" spans="1:17">
       <c r="A496">
         <v>11046</v>
       </c>
       <c r="B496" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="C496" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="D496" t="s">
-        <v>19</v>
+        <v>1232</v>
       </c>
       <c r="E496" t="s">
         <v>32</v>
       </c>
       <c r="F496" t="s">
         <v>21</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
         <v>23</v>
       </c>
       <c r="I496" t="s">
         <v>34</v>
       </c>
       <c r="J496" t="s">
         <v>35</v>
       </c>
       <c r="K496"/>
       <c r="L496"/>
       <c r="M496"/>
       <c r="N496"/>
       <c r="O496" t="s">
         <v>48</v>
       </c>
       <c r="P496" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="Q496" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="497" spans="1:17">
       <c r="A497">
         <v>10759</v>
       </c>
       <c r="B497" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="C497"/>
       <c r="D497"/>
       <c r="E497" t="s">
         <v>32</v>
       </c>
       <c r="F497" t="s">
         <v>21</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
         <v>65</v>
       </c>
       <c r="I497" t="s">
         <v>34</v>
       </c>
       <c r="J497" t="s">
         <v>35</v>
       </c>
       <c r="K497"/>
       <c r="L497"/>
       <c r="M497"/>
       <c r="N497"/>
       <c r="O497" t="s">
         <v>36</v>
       </c>
       <c r="P497" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="Q497" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="498" spans="1:17">
       <c r="A498">
         <v>14034</v>
       </c>
       <c r="B498" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="C498" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="D498" t="s">
         <v>132</v>
       </c>
       <c r="E498" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="F498" t="s">
         <v>21</v>
       </c>
       <c r="G498"/>
       <c r="H498" t="s">
         <v>45</v>
       </c>
       <c r="I498" t="s">
         <v>34</v>
       </c>
       <c r="J498" t="s">
         <v>35</v>
       </c>
       <c r="K498"/>
       <c r="L498"/>
       <c r="M498"/>
       <c r="N498"/>
       <c r="O498" t="s">
         <v>48</v>
       </c>
       <c r="P498" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="Q498" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="499" spans="1:17">
       <c r="A499">
         <v>11953</v>
       </c>
       <c r="B499" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="C499"/>
       <c r="D499"/>
       <c r="E499" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="F499" t="s">
         <v>21</v>
       </c>
       <c r="G499"/>
       <c r="H499" t="s">
         <v>45</v>
       </c>
       <c r="I499" t="s">
         <v>34</v>
       </c>
       <c r="J499" t="s">
         <v>35</v>
       </c>
       <c r="K499"/>
       <c r="L499"/>
       <c r="M499"/>
       <c r="N499"/>
       <c r="O499" t="s">
         <v>48</v>
       </c>
       <c r="P499"/>
       <c r="Q499" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="500" spans="1:17">
       <c r="A500">
         <v>23752</v>
       </c>
       <c r="B500" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="C500" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="D500" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="E500" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="F500" t="s">
         <v>85</v>
       </c>
       <c r="G500"/>
       <c r="H500" t="s">
         <v>23</v>
       </c>
       <c r="I500" t="s">
         <v>111</v>
       </c>
       <c r="J500" t="s">
         <v>25</v>
       </c>
       <c r="K500"/>
       <c r="L500" t="s">
         <v>26</v>
       </c>
       <c r="M500"/>
       <c r="N500"/>
       <c r="O500"/>
       <c r="P500"/>
       <c r="Q500" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="501" spans="1:17">
       <c r="A501">
         <v>23780</v>
       </c>
       <c r="B501" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D501" t="s">
+        <v>192</v>
+      </c>
+      <c r="E501" t="s">
         <v>1924</v>
-      </c>
-[...7 lines deleted...]
-        <v>1923</v>
       </c>
       <c r="F501" t="s">
         <v>85</v>
       </c>
       <c r="G501"/>
       <c r="H501" t="s">
         <v>23</v>
       </c>
       <c r="I501" t="s">
         <v>34</v>
       </c>
       <c r="J501" t="s">
         <v>35</v>
       </c>
       <c r="K501"/>
       <c r="L501"/>
       <c r="M501"/>
       <c r="N501"/>
       <c r="O501" t="s">
         <v>48</v>
       </c>
       <c r="P501"/>
       <c r="Q501" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="502" spans="1:17">
       <c r="A502">
         <v>28046</v>
       </c>
       <c r="B502" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="C502"/>
       <c r="D502"/>
       <c r="E502" t="s">
         <v>1042</v>
       </c>
       <c r="F502" t="s">
         <v>1043</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
         <v>23</v>
       </c>
       <c r="I502" t="s">
         <v>34</v>
       </c>
       <c r="J502" t="s">
         <v>25</v>
       </c>
       <c r="K502"/>
       <c r="L502" t="s">
         <v>26</v>
       </c>
       <c r="M502"/>
       <c r="N502"/>
       <c r="O502"/>
       <c r="P502"/>
       <c r="Q502" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="503" spans="1:17">
       <c r="A503">
         <v>12335</v>
       </c>
       <c r="B503" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="C503" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="D503" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="E503" t="s">
         <v>1042</v>
       </c>
       <c r="F503" t="s">
         <v>1043</v>
       </c>
       <c r="G503"/>
       <c r="H503" t="s">
         <v>23</v>
       </c>
       <c r="I503" t="s">
         <v>34</v>
       </c>
       <c r="J503" t="s">
         <v>91</v>
       </c>
       <c r="K503"/>
       <c r="L503" t="s">
         <v>26</v>
       </c>
       <c r="M503" t="s">
         <v>92</v>
       </c>
       <c r="N503"/>
       <c r="O503"/>
       <c r="P503"/>
       <c r="Q503" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="504" spans="1:17">
       <c r="A504">
         <v>89</v>
       </c>
       <c r="B504" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="C504" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="D504" t="s">
         <v>132</v>
       </c>
       <c r="E504" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="F504" t="s">
         <v>1043</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
         <v>23</v>
       </c>
       <c r="I504" t="s">
         <v>1045</v>
       </c>
       <c r="J504" t="s">
         <v>25</v>
       </c>
       <c r="K504"/>
       <c r="L504" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="M504"/>
       <c r="N504"/>
       <c r="O504"/>
       <c r="P504" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="Q504" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="505" spans="1:17">
       <c r="A505">
         <v>90</v>
       </c>
       <c r="B505" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="C505" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="D505" t="s">
         <v>132</v>
       </c>
       <c r="E505" t="s">
         <v>1042</v>
       </c>
       <c r="F505" t="s">
         <v>1043</v>
       </c>
       <c r="G505"/>
       <c r="H505" t="s">
         <v>23</v>
       </c>
       <c r="I505" t="s">
         <v>1045</v>
       </c>
       <c r="J505" t="s">
         <v>25</v>
       </c>
       <c r="K505"/>
       <c r="L505" t="s">
         <v>26</v>
       </c>
       <c r="M505"/>
       <c r="N505"/>
       <c r="O505"/>
       <c r="P505" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="Q505" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="506" spans="1:17">
       <c r="A506">
         <v>79193</v>
       </c>
       <c r="B506" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="C506"/>
       <c r="D506"/>
       <c r="E506" t="s">
         <v>1042</v>
       </c>
       <c r="F506" t="s">
         <v>1043</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
         <v>23</v>
       </c>
       <c r="I506" t="s">
         <v>1045</v>
       </c>
       <c r="J506" t="s">
         <v>25</v>
       </c>
       <c r="K506"/>
       <c r="L506" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="M506"/>
       <c r="N506"/>
       <c r="O506"/>
       <c r="P506"/>
       <c r="Q506" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="507" spans="1:17">
       <c r="A507">
         <v>79194</v>
       </c>
       <c r="B507" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="C507"/>
       <c r="D507"/>
       <c r="E507" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="F507" t="s">
         <v>1043</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
         <v>23</v>
       </c>
       <c r="I507" t="s">
         <v>1045</v>
       </c>
       <c r="J507" t="s">
         <v>25</v>
       </c>
       <c r="K507"/>
       <c r="L507" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="M507"/>
       <c r="N507"/>
       <c r="O507"/>
       <c r="P507"/>
       <c r="Q507" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="508" spans="1:17">
       <c r="A508">
         <v>79195</v>
       </c>
       <c r="B508" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="C508"/>
       <c r="D508"/>
       <c r="E508" t="s">
         <v>1042</v>
       </c>
       <c r="F508" t="s">
         <v>1043</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
         <v>23</v>
       </c>
       <c r="I508" t="s">
         <v>1045</v>
       </c>
       <c r="J508" t="s">
         <v>25</v>
       </c>
       <c r="K508"/>
       <c r="L508" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="M508"/>
       <c r="N508"/>
       <c r="O508"/>
       <c r="P508"/>
       <c r="Q508" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="509" spans="1:17">
       <c r="A509">
         <v>79197</v>
       </c>
       <c r="B509" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="C509"/>
       <c r="D509"/>
       <c r="E509" t="s">
         <v>1042</v>
       </c>
       <c r="F509" t="s">
         <v>1043</v>
       </c>
       <c r="G509"/>
       <c r="H509" t="s">
         <v>23</v>
       </c>
       <c r="I509" t="s">
         <v>1045</v>
       </c>
       <c r="J509" t="s">
         <v>25</v>
       </c>
       <c r="K509"/>
       <c r="L509" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="M509"/>
       <c r="N509"/>
       <c r="O509"/>
       <c r="P509"/>
       <c r="Q509" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="510" spans="1:17">
       <c r="A510">
         <v>28375</v>
       </c>
       <c r="B510" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="C510"/>
       <c r="D510"/>
       <c r="E510" t="s">
         <v>1042</v>
       </c>
       <c r="F510" t="s">
         <v>1043</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
         <v>23</v>
       </c>
       <c r="I510" t="s">
         <v>111</v>
       </c>
       <c r="J510" t="s">
         <v>25</v>
       </c>
       <c r="K510"/>
       <c r="L510" t="s">
         <v>26</v>
       </c>
       <c r="M510"/>
       <c r="N510"/>
       <c r="O510"/>
       <c r="P510"/>
       <c r="Q510" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="511" spans="1:17">
       <c r="A511">
         <v>28376</v>
       </c>
       <c r="B511" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="C511"/>
       <c r="D511"/>
       <c r="E511" t="s">
         <v>1042</v>
       </c>
       <c r="F511" t="s">
         <v>1043</v>
       </c>
       <c r="G511"/>
       <c r="H511" t="s">
         <v>23</v>
       </c>
       <c r="I511" t="s">
         <v>111</v>
       </c>
       <c r="J511" t="s">
         <v>25</v>
       </c>
       <c r="K511"/>
       <c r="L511" t="s">
         <v>26</v>
       </c>
       <c r="M511"/>
       <c r="N511"/>
       <c r="O511"/>
       <c r="P511"/>
       <c r="Q511" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="512" spans="1:17">
       <c r="A512">
         <v>31429</v>
       </c>
       <c r="B512" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="C512" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="D512" t="s">
         <v>132</v>
       </c>
       <c r="E512" t="s">
         <v>1042</v>
       </c>
       <c r="F512" t="s">
         <v>1043</v>
       </c>
       <c r="G512"/>
       <c r="H512" t="s">
         <v>23</v>
       </c>
       <c r="I512" t="s">
         <v>98</v>
       </c>
       <c r="J512" t="s">
         <v>91</v>
       </c>
       <c r="K512"/>
       <c r="L512" t="s">
         <v>26</v>
       </c>
       <c r="M512" t="s">
         <v>92</v>
       </c>
       <c r="N512"/>
       <c r="O512"/>
       <c r="P512"/>
       <c r="Q512" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="513" spans="1:17">
       <c r="A513">
         <v>79332</v>
       </c>
       <c r="B513" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="C513"/>
       <c r="D513"/>
       <c r="E513" t="s">
         <v>1042</v>
       </c>
       <c r="F513" t="s">
         <v>1043</v>
       </c>
       <c r="G513"/>
       <c r="H513" t="s">
         <v>23</v>
       </c>
       <c r="I513" t="s">
         <v>98</v>
       </c>
       <c r="J513" t="s">
         <v>91</v>
       </c>
       <c r="K513"/>
       <c r="L513" t="s">
         <v>26</v>
       </c>
       <c r="M513" t="s">
         <v>92</v>
       </c>
       <c r="N513"/>
       <c r="O513"/>
       <c r="P513"/>
       <c r="Q513" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="514" spans="1:17">
       <c r="A514">
         <v>28499</v>
       </c>
       <c r="B514" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="C514" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="D514" t="s">
         <v>132</v>
       </c>
       <c r="E514" t="s">
         <v>1042</v>
       </c>
       <c r="F514" t="s">
         <v>1043</v>
       </c>
       <c r="G514"/>
       <c r="H514" t="s">
         <v>23</v>
       </c>
       <c r="I514" t="s">
         <v>98</v>
       </c>
       <c r="J514" t="s">
         <v>25</v>
       </c>
       <c r="K514"/>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514"/>
       <c r="N514"/>
       <c r="O514"/>
       <c r="P514"/>
       <c r="Q514" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="515" spans="1:17">
       <c r="A515">
         <v>28653</v>
       </c>
       <c r="B515" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="C515"/>
       <c r="D515"/>
       <c r="E515" t="s">
         <v>1042</v>
       </c>
       <c r="F515" t="s">
         <v>1043</v>
       </c>
       <c r="G515"/>
       <c r="H515" t="s">
         <v>23</v>
       </c>
       <c r="I515" t="s">
         <v>24</v>
       </c>
       <c r="J515" t="s">
         <v>25</v>
       </c>
       <c r="K515"/>
       <c r="L515" t="s">
         <v>26</v>
       </c>
       <c r="M515"/>
       <c r="N515"/>
       <c r="O515"/>
       <c r="P515"/>
       <c r="Q515" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="516" spans="1:17">
       <c r="A516">
         <v>37403</v>
       </c>
       <c r="B516" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="C516"/>
       <c r="D516"/>
       <c r="E516" t="s">
         <v>1042</v>
       </c>
       <c r="F516" t="s">
         <v>1043</v>
       </c>
       <c r="G516"/>
       <c r="H516" t="s">
         <v>23</v>
       </c>
       <c r="I516" t="s">
         <v>1045</v>
       </c>
       <c r="J516" t="s">
         <v>25</v>
       </c>
       <c r="K516"/>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516"/>
       <c r="N516"/>
       <c r="O516"/>
       <c r="P516"/>
       <c r="Q516" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="517" spans="1:17">
       <c r="A517">
         <v>37404</v>
       </c>
       <c r="B517" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="C517"/>
       <c r="D517"/>
       <c r="E517" t="s">
         <v>1042</v>
       </c>
       <c r="F517" t="s">
         <v>1043</v>
       </c>
       <c r="G517"/>
       <c r="H517" t="s">
         <v>23</v>
       </c>
       <c r="I517" t="s">
         <v>1045</v>
       </c>
       <c r="J517" t="s">
         <v>25</v>
       </c>
       <c r="K517"/>
       <c r="L517" t="s">
         <v>26</v>
       </c>
       <c r="M517"/>
       <c r="N517"/>
       <c r="O517"/>
       <c r="P517"/>
       <c r="Q517" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="518" spans="1:17">
       <c r="A518">
         <v>37406</v>
       </c>
       <c r="B518" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="C518"/>
       <c r="D518"/>
       <c r="E518" t="s">
         <v>1042</v>
       </c>
       <c r="F518" t="s">
         <v>1043</v>
       </c>
       <c r="G518"/>
       <c r="H518" t="s">
         <v>23</v>
       </c>
       <c r="I518" t="s">
         <v>1045</v>
       </c>
       <c r="J518" t="s">
         <v>25</v>
       </c>
       <c r="K518"/>
       <c r="L518" t="s">
         <v>26</v>
       </c>
       <c r="M518"/>
       <c r="N518"/>
       <c r="O518"/>
       <c r="P518"/>
       <c r="Q518" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="519" spans="1:17">
       <c r="A519">
         <v>32252</v>
       </c>
       <c r="B519" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="C519"/>
       <c r="D519"/>
       <c r="E519" t="s">
         <v>1042</v>
       </c>
       <c r="F519" t="s">
         <v>1043</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
         <v>23</v>
       </c>
       <c r="I519" t="s">
         <v>1045</v>
       </c>
       <c r="J519" t="s">
         <v>25</v>
       </c>
       <c r="K519"/>
       <c r="L519" t="s">
         <v>26</v>
       </c>
       <c r="M519"/>
       <c r="N519"/>
       <c r="O519"/>
       <c r="P519"/>
       <c r="Q519" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="520" spans="1:17">
       <c r="A520">
         <v>28868</v>
       </c>
       <c r="B520" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="C520" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="D520" t="s">
         <v>132</v>
       </c>
       <c r="E520" t="s">
         <v>1042</v>
       </c>
       <c r="F520" t="s">
         <v>1043</v>
       </c>
       <c r="G520"/>
       <c r="H520" t="s">
         <v>23</v>
       </c>
       <c r="I520" t="s">
         <v>98</v>
       </c>
       <c r="J520" t="s">
         <v>25</v>
       </c>
       <c r="K520"/>
       <c r="L520" t="s">
         <v>26</v>
       </c>
       <c r="M520"/>
       <c r="N520"/>
       <c r="O520"/>
       <c r="P520"/>
       <c r="Q520" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="521" spans="1:17">
       <c r="A521">
         <v>30961</v>
       </c>
       <c r="B521" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="C521" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="D521" t="s">
-        <v>19</v>
+        <v>1232</v>
       </c>
       <c r="E521" t="s">
         <v>1042</v>
       </c>
       <c r="F521" t="s">
         <v>1043</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
         <v>23</v>
       </c>
       <c r="I521" t="s">
         <v>98</v>
       </c>
       <c r="J521" t="s">
         <v>25</v>
       </c>
       <c r="K521"/>
       <c r="L521" t="s">
         <v>26</v>
       </c>
       <c r="M521"/>
       <c r="N521"/>
       <c r="O521"/>
       <c r="P521"/>
       <c r="Q521" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="522" spans="1:17">
       <c r="A522">
         <v>28891</v>
       </c>
       <c r="B522" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="C522"/>
       <c r="D522"/>
       <c r="E522" t="s">
         <v>1042</v>
       </c>
       <c r="F522" t="s">
         <v>1043</v>
       </c>
       <c r="G522"/>
       <c r="H522" t="s">
         <v>23</v>
       </c>
       <c r="I522" t="s">
         <v>111</v>
       </c>
       <c r="J522" t="s">
         <v>25</v>
       </c>
       <c r="K522"/>
       <c r="L522" t="s">
         <v>26</v>
       </c>
       <c r="M522"/>
       <c r="N522"/>
       <c r="O522"/>
       <c r="P522"/>
       <c r="Q522" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="523" spans="1:17">
       <c r="A523">
         <v>79492</v>
       </c>
       <c r="B523" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="C523"/>
       <c r="D523"/>
       <c r="E523" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="F523" t="s">
         <v>1043</v>
       </c>
       <c r="G523"/>
       <c r="H523" t="s">
         <v>23</v>
       </c>
       <c r="I523" t="s">
         <v>111</v>
       </c>
       <c r="J523" t="s">
         <v>25</v>
       </c>
       <c r="K523"/>
       <c r="L523" t="s">
         <v>26</v>
       </c>
       <c r="M523"/>
       <c r="N523"/>
       <c r="O523"/>
       <c r="P523"/>
       <c r="Q523" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="524" spans="1:17">
       <c r="A524">
         <v>11710</v>
       </c>
       <c r="B524" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="C524" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="D524" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E524" t="s">
         <v>1042</v>
       </c>
       <c r="F524" t="s">
         <v>1043</v>
       </c>
       <c r="G524"/>
       <c r="H524" t="s">
         <v>23</v>
       </c>
       <c r="I524" t="s">
         <v>34</v>
       </c>
       <c r="J524" t="s">
         <v>25</v>
       </c>
       <c r="K524"/>
       <c r="L524" t="s">
         <v>26</v>
       </c>
       <c r="M524"/>
       <c r="N524"/>
       <c r="O524"/>
       <c r="P524"/>
       <c r="Q524" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="525" spans="1:17">
       <c r="A525">
         <v>12339</v>
       </c>
       <c r="B525" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="C525" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="D525" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E525" t="s">
         <v>1042</v>
       </c>
       <c r="F525" t="s">
         <v>1043</v>
       </c>
       <c r="G525"/>
       <c r="H525" t="s">
         <v>23</v>
       </c>
       <c r="I525" t="s">
         <v>34</v>
       </c>
       <c r="J525" t="s">
         <v>25</v>
       </c>
       <c r="K525"/>
       <c r="L525" t="s">
         <v>26</v>
       </c>
       <c r="M525"/>
       <c r="N525"/>
       <c r="O525"/>
       <c r="P525"/>
       <c r="Q525" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="526" spans="1:17">
       <c r="A526">
         <v>11028</v>
       </c>
       <c r="B526" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="C526" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="D526" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="E526" t="s">
         <v>1042</v>
       </c>
       <c r="F526" t="s">
         <v>1043</v>
       </c>
       <c r="G526"/>
       <c r="H526" t="s">
         <v>23</v>
       </c>
       <c r="I526" t="s">
         <v>34</v>
       </c>
       <c r="J526" t="s">
         <v>25</v>
       </c>
       <c r="K526"/>
       <c r="L526" t="s">
         <v>26</v>
       </c>
       <c r="M526"/>
       <c r="N526"/>
       <c r="O526"/>
       <c r="P526"/>
       <c r="Q526" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="527" spans="1:17">
       <c r="A527">
         <v>29030</v>
       </c>
       <c r="B527" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="C527"/>
       <c r="D527"/>
       <c r="E527" t="s">
         <v>1042</v>
       </c>
       <c r="F527" t="s">
         <v>1043</v>
       </c>
       <c r="G527"/>
       <c r="H527" t="s">
         <v>23</v>
       </c>
       <c r="I527" t="s">
         <v>34</v>
       </c>
       <c r="J527" t="s">
         <v>25</v>
       </c>
       <c r="K527"/>
       <c r="L527" t="s">
         <v>26</v>
       </c>
       <c r="M527"/>
       <c r="N527"/>
       <c r="O527"/>
       <c r="P527"/>
       <c r="Q527" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="528" spans="1:17">
       <c r="A528">
         <v>29031</v>
       </c>
       <c r="B528" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="C528"/>
       <c r="D528"/>
       <c r="E528" t="s">
         <v>1042</v>
       </c>
       <c r="F528" t="s">
         <v>1043</v>
       </c>
       <c r="G528"/>
       <c r="H528" t="s">
         <v>23</v>
       </c>
       <c r="I528" t="s">
         <v>34</v>
       </c>
       <c r="J528" t="s">
         <v>25</v>
       </c>
       <c r="K528"/>
       <c r="L528" t="s">
         <v>26</v>
       </c>
       <c r="M528"/>
       <c r="N528"/>
       <c r="O528"/>
       <c r="P528"/>
       <c r="Q528" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="529" spans="1:17">
       <c r="A529">
         <v>29032</v>
       </c>
       <c r="B529" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="C529"/>
       <c r="D529"/>
       <c r="E529" t="s">
         <v>1042</v>
       </c>
       <c r="F529" t="s">
         <v>1043</v>
       </c>
       <c r="G529"/>
       <c r="H529" t="s">
         <v>23</v>
       </c>
       <c r="I529" t="s">
         <v>34</v>
       </c>
       <c r="J529" t="s">
         <v>25</v>
       </c>
       <c r="K529"/>
       <c r="L529" t="s">
         <v>26</v>
       </c>
       <c r="M529"/>
       <c r="N529"/>
       <c r="O529"/>
       <c r="P529"/>
       <c r="Q529" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="530" spans="1:17">
       <c r="A530">
         <v>29033</v>
       </c>
       <c r="B530" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="C530"/>
       <c r="D530"/>
       <c r="E530" t="s">
         <v>1042</v>
       </c>
       <c r="F530" t="s">
         <v>1043</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
         <v>23</v>
       </c>
       <c r="I530" t="s">
         <v>34</v>
       </c>
       <c r="J530" t="s">
         <v>25</v>
       </c>
       <c r="K530"/>
       <c r="L530" t="s">
         <v>26</v>
       </c>
       <c r="M530"/>
       <c r="N530"/>
       <c r="O530"/>
       <c r="P530"/>
       <c r="Q530" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="531" spans="1:17">
       <c r="A531">
         <v>36648</v>
       </c>
       <c r="B531" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="C531"/>
       <c r="D531"/>
       <c r="E531" t="s">
         <v>1042</v>
       </c>
       <c r="F531" t="s">
         <v>1043</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
         <v>23</v>
       </c>
       <c r="I531" t="s">
         <v>34</v>
       </c>
       <c r="J531" t="s">
         <v>25</v>
       </c>
       <c r="K531"/>
       <c r="L531" t="s">
         <v>26</v>
       </c>
       <c r="M531"/>
       <c r="N531"/>
       <c r="O531"/>
       <c r="P531"/>
       <c r="Q531" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="532" spans="1:17">
       <c r="A532">
         <v>11912</v>
       </c>
       <c r="B532" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="C532" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="D532" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E532" t="s">
         <v>1042</v>
       </c>
       <c r="F532" t="s">
         <v>1043</v>
       </c>
       <c r="G532"/>
       <c r="H532" t="s">
         <v>23</v>
       </c>
       <c r="I532" t="s">
         <v>34</v>
       </c>
       <c r="J532" t="s">
         <v>25</v>
       </c>
       <c r="K532"/>
       <c r="L532" t="s">
         <v>26</v>
       </c>
       <c r="M532"/>
       <c r="N532"/>
       <c r="O532"/>
       <c r="P532"/>
       <c r="Q532" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="533" spans="1:17">
       <c r="A533">
         <v>31052</v>
       </c>
       <c r="B533" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="C533"/>
       <c r="D533"/>
       <c r="E533" t="s">
         <v>1042</v>
       </c>
       <c r="F533" t="s">
         <v>1043</v>
       </c>
       <c r="G533"/>
       <c r="H533" t="s">
         <v>23</v>
       </c>
       <c r="I533" t="s">
         <v>98</v>
       </c>
       <c r="J533" t="s">
         <v>25</v>
       </c>
       <c r="K533"/>
       <c r="L533" t="s">
         <v>26</v>
       </c>
       <c r="M533"/>
       <c r="N533"/>
       <c r="O533"/>
       <c r="P533"/>
       <c r="Q533" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="534" spans="1:17">
       <c r="A534">
         <v>29195</v>
       </c>
       <c r="B534" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="C534"/>
       <c r="D534"/>
       <c r="E534" t="s">
         <v>1042</v>
       </c>
       <c r="F534" t="s">
         <v>1043</v>
       </c>
       <c r="G534"/>
       <c r="H534" t="s">
         <v>23</v>
       </c>
       <c r="I534" t="s">
         <v>98</v>
       </c>
       <c r="J534" t="s">
         <v>25</v>
       </c>
       <c r="K534"/>
       <c r="L534" t="s">
         <v>26</v>
       </c>
       <c r="M534"/>
       <c r="N534"/>
       <c r="O534"/>
       <c r="P534"/>
       <c r="Q534" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="535" spans="1:17">
       <c r="A535">
         <v>31115</v>
       </c>
       <c r="B535" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="C535"/>
       <c r="D535"/>
       <c r="E535" t="s">
         <v>1042</v>
       </c>
       <c r="F535" t="s">
         <v>1043</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
         <v>23</v>
       </c>
       <c r="I535" t="s">
         <v>111</v>
       </c>
       <c r="J535" t="s">
         <v>25</v>
       </c>
       <c r="K535"/>
       <c r="L535" t="s">
         <v>26</v>
       </c>
       <c r="M535"/>
       <c r="N535"/>
       <c r="O535"/>
       <c r="P535"/>
       <c r="Q535" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="536" spans="1:17">
       <c r="A536">
         <v>29278</v>
       </c>
       <c r="B536" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="C536" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="D536" t="s">
         <v>132</v>
       </c>
       <c r="E536" t="s">
         <v>1042</v>
       </c>
       <c r="F536" t="s">
         <v>1043</v>
       </c>
       <c r="G536"/>
       <c r="H536" t="s">
         <v>23</v>
       </c>
       <c r="I536" t="s">
         <v>24</v>
       </c>
       <c r="J536" t="s">
         <v>25</v>
       </c>
       <c r="K536"/>
       <c r="L536" t="s">
         <v>26</v>
       </c>
       <c r="M536"/>
       <c r="N536"/>
       <c r="O536"/>
       <c r="P536"/>
       <c r="Q536" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="537" spans="1:17">
       <c r="A537">
         <v>36636</v>
       </c>
       <c r="B537" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="C537" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="D537" t="s">
-        <v>19</v>
+        <v>1232</v>
       </c>
       <c r="E537" t="s">
         <v>1042</v>
       </c>
       <c r="F537" t="s">
         <v>1043</v>
       </c>
       <c r="G537"/>
       <c r="H537" t="s">
         <v>23</v>
       </c>
       <c r="I537" t="s">
         <v>111</v>
       </c>
       <c r="J537" t="s">
         <v>25</v>
       </c>
       <c r="K537"/>
       <c r="L537" t="s">
         <v>26</v>
       </c>
       <c r="M537"/>
       <c r="N537"/>
       <c r="O537"/>
       <c r="P537"/>
       <c r="Q537" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="538" spans="1:17">
       <c r="A538">
         <v>79337</v>
       </c>
       <c r="B538" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="C538"/>
       <c r="D538"/>
       <c r="E538" t="s">
         <v>1042</v>
       </c>
       <c r="F538" t="s">
         <v>1043</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
         <v>23</v>
       </c>
       <c r="I538" t="s">
         <v>111</v>
       </c>
       <c r="J538" t="s">
         <v>91</v>
       </c>
       <c r="K538"/>
       <c r="L538" t="s">
         <v>26</v>
       </c>
       <c r="M538" t="s">
         <v>92</v>
       </c>
       <c r="N538"/>
       <c r="O538"/>
       <c r="P538"/>
       <c r="Q538" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="539" spans="1:17">
       <c r="A539">
         <v>29324</v>
       </c>
       <c r="B539" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="C539"/>
       <c r="D539"/>
       <c r="E539" t="s">
         <v>1042</v>
       </c>
       <c r="F539" t="s">
         <v>1043</v>
       </c>
       <c r="G539"/>
       <c r="H539" t="s">
         <v>23</v>
       </c>
       <c r="I539" t="s">
         <v>111</v>
       </c>
       <c r="J539" t="s">
         <v>25</v>
       </c>
       <c r="K539"/>
       <c r="L539" t="s">
         <v>26</v>
       </c>
       <c r="M539"/>
       <c r="N539"/>
       <c r="O539"/>
       <c r="P539"/>
       <c r="Q539" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="540" spans="1:17">
       <c r="A540">
         <v>29325</v>
       </c>
       <c r="B540" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="C540"/>
       <c r="D540"/>
       <c r="E540" t="s">
         <v>1042</v>
       </c>
       <c r="F540" t="s">
         <v>1043</v>
       </c>
       <c r="G540"/>
       <c r="H540" t="s">
         <v>23</v>
       </c>
       <c r="I540" t="s">
         <v>111</v>
       </c>
       <c r="J540" t="s">
         <v>25</v>
       </c>
       <c r="K540"/>
       <c r="L540" t="s">
         <v>26</v>
       </c>
       <c r="M540"/>
       <c r="N540"/>
       <c r="O540"/>
       <c r="P540"/>
       <c r="Q540" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="541" spans="1:17">
       <c r="A541">
         <v>29326</v>
       </c>
       <c r="B541" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="C541"/>
       <c r="D541"/>
       <c r="E541" t="s">
         <v>1042</v>
       </c>
       <c r="F541" t="s">
         <v>1043</v>
       </c>
       <c r="G541"/>
       <c r="H541" t="s">
         <v>23</v>
       </c>
       <c r="I541" t="s">
         <v>111</v>
       </c>
       <c r="J541" t="s">
         <v>25</v>
       </c>
       <c r="K541"/>
       <c r="L541" t="s">
         <v>26</v>
       </c>
       <c r="M541"/>
       <c r="N541"/>
       <c r="O541"/>
       <c r="P541"/>
       <c r="Q541" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="542" spans="1:17">
       <c r="A542">
         <v>29327</v>
       </c>
       <c r="B542" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="C542"/>
       <c r="D542"/>
       <c r="E542" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="F542" t="s">
         <v>1043</v>
       </c>
       <c r="G542"/>
       <c r="H542" t="s">
         <v>23</v>
       </c>
       <c r="I542" t="s">
         <v>111</v>
       </c>
       <c r="J542" t="s">
         <v>25</v>
       </c>
       <c r="K542"/>
       <c r="L542" t="s">
         <v>26</v>
       </c>
       <c r="M542"/>
       <c r="N542"/>
       <c r="O542"/>
       <c r="P542"/>
       <c r="Q542" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="543" spans="1:17">
       <c r="A543">
         <v>29328</v>
       </c>
       <c r="B543" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="C543"/>
       <c r="D543"/>
       <c r="E543" t="s">
         <v>1042</v>
       </c>
       <c r="F543" t="s">
         <v>1043</v>
       </c>
       <c r="G543"/>
       <c r="H543" t="s">
         <v>23</v>
       </c>
       <c r="I543" t="s">
         <v>111</v>
       </c>
       <c r="J543" t="s">
         <v>25</v>
       </c>
       <c r="K543"/>
       <c r="L543" t="s">
         <v>26</v>
       </c>
       <c r="M543"/>
       <c r="N543"/>
       <c r="O543"/>
       <c r="P543"/>
       <c r="Q543" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="544" spans="1:17">
       <c r="A544">
         <v>29329</v>
       </c>
       <c r="B544" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="C544"/>
       <c r="D544"/>
       <c r="E544" t="s">
         <v>1042</v>
       </c>
       <c r="F544" t="s">
         <v>1043</v>
       </c>
       <c r="G544"/>
       <c r="H544" t="s">
         <v>23</v>
       </c>
       <c r="I544" t="s">
         <v>111</v>
       </c>
       <c r="J544" t="s">
         <v>25</v>
       </c>
       <c r="K544"/>
       <c r="L544" t="s">
         <v>26</v>
       </c>
       <c r="M544"/>
       <c r="N544"/>
       <c r="O544"/>
       <c r="P544"/>
       <c r="Q544" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="545" spans="1:17">
       <c r="A545">
         <v>29337</v>
       </c>
       <c r="B545" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="C545"/>
       <c r="D545"/>
       <c r="E545" t="s">
         <v>1042</v>
       </c>
       <c r="F545" t="s">
         <v>1043</v>
       </c>
       <c r="G545"/>
       <c r="H545" t="s">
         <v>23</v>
       </c>
       <c r="I545" t="s">
         <v>111</v>
       </c>
       <c r="J545" t="s">
         <v>25</v>
       </c>
       <c r="K545"/>
       <c r="L545" t="s">
         <v>26</v>
       </c>
       <c r="M545"/>
       <c r="N545"/>
       <c r="O545"/>
       <c r="P545"/>
       <c r="Q545" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="546" spans="1:17">
       <c r="A546">
         <v>29339</v>
       </c>
       <c r="B546" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="C546"/>
       <c r="D546"/>
       <c r="E546" t="s">
         <v>1042</v>
       </c>
       <c r="F546" t="s">
         <v>1043</v>
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
         <v>23</v>
       </c>
       <c r="I546" t="s">
         <v>111</v>
       </c>
       <c r="J546" t="s">
         <v>25</v>
       </c>
       <c r="K546"/>
       <c r="L546" t="s">
         <v>26</v>
       </c>
       <c r="M546"/>
       <c r="N546"/>
       <c r="O546"/>
       <c r="P546"/>
       <c r="Q546" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="547" spans="1:17">
       <c r="A547">
         <v>6079</v>
       </c>
       <c r="B547" t="s">
-        <v>1989</v>
-[...2 lines deleted...]
-      <c r="D547"/>
+        <v>1990</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D547" t="s">
+        <v>132</v>
+      </c>
       <c r="E547" t="s">
         <v>1042</v>
       </c>
       <c r="F547" t="s">
         <v>1043</v>
       </c>
       <c r="G547"/>
       <c r="H547" t="s">
         <v>23</v>
       </c>
       <c r="I547" t="s">
         <v>1045</v>
       </c>
       <c r="J547" t="s">
         <v>25</v>
       </c>
       <c r="K547"/>
       <c r="L547" t="s">
         <v>26</v>
       </c>
       <c r="M547"/>
       <c r="N547"/>
       <c r="O547"/>
       <c r="P547"/>
       <c r="Q547" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="548" spans="1:17">
       <c r="A548">
         <v>29442</v>
       </c>
       <c r="B548" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="C548"/>
       <c r="D548"/>
       <c r="E548" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="F548" t="s">
         <v>1043</v>
       </c>
       <c r="G548"/>
       <c r="H548" t="s">
         <v>23</v>
       </c>
       <c r="I548" t="s">
         <v>111</v>
       </c>
       <c r="J548" t="s">
         <v>25</v>
       </c>
       <c r="K548"/>
       <c r="L548" t="s">
         <v>26</v>
       </c>
       <c r="M548"/>
       <c r="N548"/>
       <c r="O548"/>
       <c r="P548" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="Q548" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="549" spans="1:17">
       <c r="A549">
         <v>29443</v>
       </c>
       <c r="B549" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="C549"/>
       <c r="D549"/>
       <c r="E549" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="F549" t="s">
         <v>1043</v>
       </c>
       <c r="G549"/>
       <c r="H549" t="s">
         <v>23</v>
       </c>
       <c r="I549" t="s">
         <v>111</v>
       </c>
       <c r="J549" t="s">
         <v>25</v>
       </c>
       <c r="K549"/>
       <c r="L549" t="s">
         <v>26</v>
       </c>
       <c r="M549"/>
       <c r="N549"/>
       <c r="O549"/>
       <c r="P549" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="Q549" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="550" spans="1:17">
       <c r="A550">
         <v>31234</v>
       </c>
       <c r="B550" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="C550"/>
       <c r="D550"/>
       <c r="E550" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="F550" t="s">
         <v>1043</v>
       </c>
       <c r="G550"/>
       <c r="H550" t="s">
         <v>23</v>
       </c>
       <c r="I550" t="s">
         <v>111</v>
       </c>
       <c r="J550" t="s">
         <v>25</v>
       </c>
       <c r="K550"/>
       <c r="L550" t="s">
         <v>26</v>
       </c>
       <c r="M550"/>
       <c r="N550"/>
       <c r="O550"/>
       <c r="P550" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="Q550" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="551" spans="1:17">
       <c r="A551">
         <v>29496</v>
       </c>
       <c r="B551" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="C551"/>
       <c r="D551"/>
       <c r="E551" t="s">
         <v>1042</v>
       </c>
       <c r="F551" t="s">
         <v>1043</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
         <v>23</v>
       </c>
       <c r="I551" t="s">
         <v>98</v>
       </c>
       <c r="J551" t="s">
         <v>25</v>
       </c>
       <c r="K551"/>
       <c r="L551" t="s">
         <v>26</v>
       </c>
       <c r="M551"/>
       <c r="N551"/>
       <c r="O551"/>
       <c r="P551"/>
       <c r="Q551" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="552" spans="1:17">
       <c r="A552">
         <v>32249</v>
       </c>
       <c r="B552" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="C552" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="D552" t="s">
         <v>132</v>
       </c>
       <c r="E552" t="s">
         <v>1042</v>
       </c>
       <c r="F552" t="s">
         <v>1043</v>
       </c>
       <c r="G552"/>
       <c r="H552" t="s">
         <v>23</v>
       </c>
       <c r="I552" t="s">
         <v>98</v>
       </c>
       <c r="J552" t="s">
         <v>25</v>
       </c>
       <c r="K552"/>
       <c r="L552" t="s">
         <v>26</v>
       </c>
       <c r="M552"/>
       <c r="N552"/>
       <c r="O552"/>
       <c r="P552"/>
       <c r="Q552" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="553" spans="1:17">
       <c r="A553">
         <v>29544</v>
       </c>
       <c r="B553" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="C553" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="D553" t="s">
-        <v>19</v>
+        <v>1232</v>
       </c>
       <c r="E553" t="s">
         <v>1042</v>
       </c>
       <c r="F553" t="s">
         <v>1043</v>
       </c>
       <c r="G553"/>
       <c r="H553" t="s">
         <v>23</v>
       </c>
       <c r="I553" t="s">
         <v>98</v>
       </c>
       <c r="J553" t="s">
         <v>91</v>
       </c>
       <c r="K553"/>
       <c r="L553" t="s">
         <v>26</v>
       </c>
       <c r="M553" t="s">
         <v>92</v>
       </c>
       <c r="N553"/>
       <c r="O553"/>
       <c r="P553"/>
       <c r="Q553" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="554" spans="1:17">
       <c r="A554">
         <v>79270</v>
       </c>
       <c r="B554" t="s">
-        <v>2002</v>
-[...2 lines deleted...]
-      <c r="D554"/>
+        <v>2004</v>
+      </c>
+      <c r="C554" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D554" t="s">
+        <v>132</v>
+      </c>
       <c r="E554" t="s">
         <v>1042</v>
       </c>
       <c r="F554" t="s">
         <v>1043</v>
       </c>
       <c r="G554"/>
       <c r="H554" t="s">
         <v>23</v>
       </c>
       <c r="I554" t="s">
         <v>24</v>
       </c>
       <c r="J554" t="s">
         <v>25</v>
       </c>
       <c r="K554"/>
       <c r="L554" t="s">
         <v>26</v>
       </c>
       <c r="M554"/>
       <c r="N554"/>
       <c r="O554"/>
       <c r="P554"/>
       <c r="Q554" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="555" spans="1:17">
       <c r="A555">
         <v>29766</v>
       </c>
       <c r="B555" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="C555"/>
       <c r="D555"/>
       <c r="E555" t="s">
         <v>1042</v>
       </c>
       <c r="F555" t="s">
         <v>1043</v>
       </c>
       <c r="G555"/>
       <c r="H555" t="s">
         <v>23</v>
       </c>
       <c r="I555" t="s">
         <v>111</v>
       </c>
       <c r="J555" t="s">
         <v>25</v>
       </c>
       <c r="K555"/>
       <c r="L555" t="s">
         <v>26</v>
       </c>
       <c r="M555"/>
       <c r="N555"/>
       <c r="O555"/>
       <c r="P555"/>
       <c r="Q555" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="556" spans="1:17">
       <c r="A556">
         <v>11106</v>
       </c>
       <c r="B556" t="s">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="C556" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="D556" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="E556" t="s">
         <v>1042</v>
       </c>
       <c r="F556" t="s">
         <v>1043</v>
       </c>
       <c r="G556"/>
       <c r="H556" t="s">
         <v>23</v>
       </c>
       <c r="I556" t="s">
         <v>34</v>
       </c>
       <c r="J556" t="s">
         <v>25</v>
       </c>
       <c r="K556"/>
       <c r="L556" t="s">
         <v>26</v>
       </c>
       <c r="M556"/>
       <c r="N556"/>
       <c r="O556"/>
       <c r="P556"/>
       <c r="Q556" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="557" spans="1:17">
       <c r="A557">
         <v>29797</v>
       </c>
       <c r="B557" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="C557"/>
       <c r="D557"/>
       <c r="E557" t="s">
         <v>1042</v>
       </c>
       <c r="F557" t="s">
         <v>1043</v>
       </c>
       <c r="G557"/>
       <c r="H557" t="s">
         <v>23</v>
       </c>
       <c r="I557" t="s">
         <v>34</v>
       </c>
       <c r="J557" t="s">
         <v>25</v>
       </c>
       <c r="K557"/>
       <c r="L557" t="s">
         <v>26</v>
       </c>
       <c r="M557"/>
       <c r="N557"/>
       <c r="O557"/>
       <c r="P557"/>
       <c r="Q557" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="558" spans="1:17">
       <c r="A558">
         <v>29798</v>
       </c>
       <c r="B558" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="C558" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="D558" t="s">
         <v>132</v>
       </c>
       <c r="E558" t="s">
         <v>1042</v>
       </c>
       <c r="F558" t="s">
         <v>1043</v>
       </c>
       <c r="G558"/>
       <c r="H558" t="s">
         <v>23</v>
       </c>
       <c r="I558" t="s">
         <v>34</v>
       </c>
       <c r="J558" t="s">
         <v>25</v>
       </c>
       <c r="K558"/>
       <c r="L558" t="s">
         <v>26</v>
       </c>
       <c r="M558"/>
       <c r="N558"/>
       <c r="O558"/>
       <c r="P558"/>
       <c r="Q558" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="559" spans="1:17">
       <c r="A559">
         <v>29799</v>
       </c>
       <c r="B559" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C559"/>
       <c r="D559"/>
       <c r="E559" t="s">
         <v>1042</v>
       </c>
       <c r="F559" t="s">
         <v>1043</v>
       </c>
       <c r="G559"/>
       <c r="H559" t="s">
         <v>23</v>
       </c>
       <c r="I559" t="s">
         <v>34</v>
       </c>
       <c r="J559" t="s">
         <v>25</v>
       </c>
       <c r="K559"/>
       <c r="L559" t="s">
         <v>26</v>
       </c>
       <c r="M559"/>
       <c r="N559"/>
       <c r="O559"/>
       <c r="P559"/>
       <c r="Q559" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="560" spans="1:17">
       <c r="A560">
         <v>79330</v>
       </c>
       <c r="B560" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="C560"/>
       <c r="D560"/>
       <c r="E560" t="s">
         <v>1042</v>
       </c>
       <c r="F560" t="s">
         <v>1043</v>
       </c>
       <c r="G560"/>
       <c r="H560" t="s">
         <v>23</v>
       </c>
       <c r="I560" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J560" t="s">
         <v>25</v>
       </c>
       <c r="K560"/>
       <c r="L560" t="s">
         <v>26</v>
       </c>
       <c r="M560"/>
       <c r="N560"/>
       <c r="O560"/>
       <c r="P560"/>
       <c r="Q560" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="561" spans="1:17">
       <c r="A561">
         <v>68016</v>
       </c>
       <c r="B561" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="C561" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="D561" t="s">
         <v>132</v>
       </c>
       <c r="E561" t="s">
         <v>1042</v>
       </c>
       <c r="F561" t="s">
         <v>1043</v>
       </c>
       <c r="G561"/>
       <c r="H561" t="s">
         <v>23</v>
       </c>
       <c r="I561" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J561" t="s">
         <v>25</v>
       </c>
       <c r="K561"/>
       <c r="L561" t="s">
         <v>26</v>
       </c>
       <c r="M561"/>
       <c r="N561"/>
       <c r="O561"/>
       <c r="P561"/>
       <c r="Q561" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="562" spans="1:17">
       <c r="A562">
         <v>11065</v>
       </c>
       <c r="B562" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="C562" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="D562" t="s">
         <v>1607</v>
       </c>
       <c r="E562" t="s">
         <v>1042</v>
       </c>
       <c r="F562" t="s">
         <v>1043</v>
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
         <v>23</v>
       </c>
       <c r="I562" t="s">
         <v>111</v>
       </c>
       <c r="J562" t="s">
         <v>25</v>
       </c>
       <c r="K562"/>
       <c r="L562" t="s">
         <v>26</v>
       </c>
       <c r="M562"/>
       <c r="N562"/>
       <c r="O562"/>
       <c r="P562" t="s">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="Q562" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="563" spans="1:17">
       <c r="A563">
         <v>11830</v>
       </c>
       <c r="B563" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C563" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="D563" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E563" t="s">
         <v>1042</v>
       </c>
       <c r="F563" t="s">
         <v>1043</v>
       </c>
       <c r="G563"/>
       <c r="H563" t="s">
         <v>23</v>
       </c>
       <c r="I563" t="s">
         <v>111</v>
       </c>
       <c r="J563" t="s">
         <v>25</v>
       </c>
       <c r="K563"/>
       <c r="L563" t="s">
         <v>26</v>
       </c>
       <c r="M563"/>
       <c r="N563"/>
       <c r="O563"/>
       <c r="P563" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="Q563" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="564" spans="1:17">
       <c r="A564">
         <v>32342</v>
       </c>
       <c r="B564" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="C564" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="D564" t="s">
         <v>132</v>
       </c>
       <c r="E564" t="s">
         <v>1042</v>
       </c>
       <c r="F564" t="s">
         <v>1043</v>
       </c>
       <c r="G564"/>
       <c r="H564" t="s">
         <v>23</v>
       </c>
       <c r="I564" t="s">
         <v>111</v>
       </c>
       <c r="J564" t="s">
         <v>25</v>
       </c>
       <c r="K564"/>
       <c r="L564" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="M564"/>
       <c r="N564"/>
       <c r="O564"/>
       <c r="P564"/>
       <c r="Q564" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="565" spans="1:17">
       <c r="A565">
         <v>32250</v>
       </c>
       <c r="B565" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="C565" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="D565" t="s">
         <v>132</v>
       </c>
       <c r="E565" t="s">
         <v>1042</v>
       </c>
       <c r="F565" t="s">
         <v>1043</v>
       </c>
       <c r="G565"/>
       <c r="H565" t="s">
         <v>23</v>
       </c>
       <c r="I565" t="s">
         <v>98</v>
       </c>
       <c r="J565" t="s">
         <v>25</v>
       </c>
       <c r="K565"/>
       <c r="L565" t="s">
         <v>26</v>
       </c>
       <c r="M565"/>
       <c r="N565"/>
       <c r="O565"/>
       <c r="P565"/>
       <c r="Q565" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="566" spans="1:17">
       <c r="A566">
         <v>7945</v>
       </c>
       <c r="B566" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="C566" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="D566" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
       <c r="E566" t="s">
         <v>1042</v>
       </c>
       <c r="F566" t="s">
         <v>1043</v>
       </c>
       <c r="G566"/>
       <c r="H566" t="s">
         <v>23</v>
       </c>
       <c r="I566" t="s">
         <v>1045</v>
       </c>
       <c r="J566" t="s">
         <v>25</v>
       </c>
       <c r="K566"/>
       <c r="L566" t="s">
         <v>26</v>
       </c>
       <c r="M566"/>
       <c r="N566"/>
       <c r="O566"/>
       <c r="P566"/>
       <c r="Q566" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="567" spans="1:17">
       <c r="A567">
         <v>31443</v>
       </c>
       <c r="B567" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="C567" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="D567" t="s">
         <v>132</v>
       </c>
       <c r="E567" t="s">
         <v>1042</v>
       </c>
       <c r="F567" t="s">
         <v>1043</v>
       </c>
       <c r="G567"/>
       <c r="H567" t="s">
         <v>23</v>
       </c>
       <c r="I567" t="s">
         <v>98</v>
       </c>
       <c r="J567" t="s">
         <v>91</v>
       </c>
       <c r="K567"/>
       <c r="L567" t="s">
         <v>26</v>
       </c>
       <c r="M567" t="s">
         <v>92</v>
       </c>
       <c r="N567"/>
       <c r="O567"/>
       <c r="P567"/>
       <c r="Q567" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="568" spans="1:17">
       <c r="A568">
         <v>28325</v>
       </c>
       <c r="B568" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
       <c r="C568" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="D568" t="s">
         <v>132</v>
       </c>
       <c r="E568" t="s">
         <v>1042</v>
       </c>
       <c r="F568" t="s">
         <v>1043</v>
       </c>
       <c r="G568"/>
       <c r="H568" t="s">
         <v>23</v>
       </c>
       <c r="I568" t="s">
         <v>98</v>
       </c>
       <c r="J568" t="s">
         <v>25</v>
       </c>
       <c r="K568"/>
       <c r="L568" t="s">
         <v>26</v>
       </c>
       <c r="M568"/>
       <c r="N568"/>
       <c r="O568"/>
       <c r="P568"/>
       <c r="Q568" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="569" spans="1:17">
       <c r="A569">
         <v>31444</v>
       </c>
       <c r="B569" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="C569" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
       <c r="D569" t="s">
         <v>132</v>
       </c>
       <c r="E569" t="s">
         <v>1042</v>
       </c>
       <c r="F569" t="s">
         <v>1043</v>
       </c>
       <c r="G569"/>
       <c r="H569" t="s">
         <v>23</v>
       </c>
       <c r="I569" t="s">
         <v>98</v>
       </c>
       <c r="J569" t="s">
         <v>91</v>
       </c>
       <c r="K569"/>
       <c r="L569" t="s">
         <v>26</v>
       </c>
       <c r="M569" t="s">
         <v>92</v>
       </c>
       <c r="N569"/>
       <c r="O569"/>
       <c r="P569"/>
       <c r="Q569" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="570" spans="1:17">
       <c r="A570">
         <v>30138</v>
       </c>
       <c r="B570" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="C570"/>
       <c r="D570"/>
       <c r="E570" t="s">
         <v>1042</v>
       </c>
       <c r="F570" t="s">
         <v>1043</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
         <v>23</v>
       </c>
       <c r="I570" t="s">
         <v>111</v>
       </c>
       <c r="J570" t="s">
         <v>25</v>
       </c>
       <c r="K570"/>
       <c r="L570" t="s">
         <v>26</v>
       </c>
       <c r="M570"/>
       <c r="N570"/>
       <c r="O570"/>
       <c r="P570"/>
       <c r="Q570" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="571" spans="1:17">
       <c r="A571">
         <v>30172</v>
       </c>
       <c r="B571" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="C571" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
       <c r="D571" t="s">
         <v>132</v>
       </c>
       <c r="E571" t="s">
         <v>1042</v>
       </c>
       <c r="F571" t="s">
         <v>1043</v>
       </c>
       <c r="G571"/>
       <c r="H571" t="s">
         <v>23</v>
       </c>
       <c r="I571" t="s">
         <v>98</v>
       </c>
       <c r="J571" t="s">
         <v>25</v>
       </c>
       <c r="K571"/>
       <c r="L571" t="s">
         <v>26</v>
       </c>
       <c r="M571"/>
       <c r="N571"/>
       <c r="O571"/>
       <c r="P571"/>
       <c r="Q571" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="572" spans="1:17">
       <c r="A572">
         <v>26376</v>
       </c>
       <c r="B572" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="C572" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="D572" t="s">
         <v>132</v>
       </c>
       <c r="E572" t="s">
         <v>1042</v>
       </c>
       <c r="F572" t="s">
         <v>1043</v>
       </c>
       <c r="G572"/>
       <c r="H572" t="s">
         <v>23</v>
       </c>
       <c r="I572" t="s">
         <v>98</v>
       </c>
       <c r="J572" t="s">
         <v>91</v>
       </c>
       <c r="K572"/>
       <c r="L572" t="s">
         <v>26</v>
       </c>
       <c r="M572" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="N572"/>
       <c r="O572"/>
       <c r="P572"/>
       <c r="Q572" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="573" spans="1:17">
       <c r="A573">
         <v>79196</v>
       </c>
       <c r="B573" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="C573"/>
       <c r="D573"/>
       <c r="E573" t="s">
         <v>1042</v>
       </c>
       <c r="F573" t="s">
         <v>1043</v>
       </c>
       <c r="G573"/>
       <c r="H573" t="s">
         <v>23</v>
       </c>
       <c r="I573" t="s">
         <v>1045</v>
       </c>
       <c r="J573" t="s">
         <v>25</v>
       </c>
       <c r="K573"/>
       <c r="L573" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="M573"/>
       <c r="N573"/>
       <c r="O573"/>
       <c r="P573" t="s">
-        <v>2039</v>
+        <v>2042</v>
       </c>
       <c r="Q573" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="574" spans="1:17">
       <c r="A574">
         <v>30349</v>
       </c>
       <c r="B574" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="C574" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="D574" t="s">
-        <v>19</v>
+        <v>1232</v>
       </c>
       <c r="E574" t="s">
         <v>1042</v>
       </c>
       <c r="F574" t="s">
         <v>1043</v>
       </c>
       <c r="G574"/>
       <c r="H574" t="s">
         <v>23</v>
       </c>
       <c r="I574" t="s">
         <v>111</v>
       </c>
       <c r="J574" t="s">
         <v>25</v>
       </c>
       <c r="K574"/>
       <c r="L574" t="s">
         <v>26</v>
       </c>
       <c r="M574"/>
       <c r="N574"/>
       <c r="O574"/>
       <c r="P574"/>
       <c r="Q574" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="575" spans="1:17">
       <c r="A575">
         <v>80215</v>
       </c>
       <c r="B575" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="C575"/>
       <c r="D575"/>
       <c r="E575" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="F575" t="s">
         <v>1043</v>
       </c>
       <c r="G575"/>
       <c r="H575" t="s">
         <v>23</v>
       </c>
       <c r="I575" t="s">
         <v>111</v>
       </c>
       <c r="J575" t="s">
         <v>25</v>
       </c>
       <c r="K575"/>
       <c r="L575" t="s">
         <v>26</v>
       </c>
       <c r="M575"/>
       <c r="N575"/>
       <c r="O575"/>
       <c r="P575"/>
       <c r="Q575" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="576" spans="1:17">
       <c r="A576">
         <v>33011</v>
       </c>
       <c r="B576" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="C576" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="D576" t="s">
         <v>31</v>
       </c>
       <c r="E576" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="F576" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="G576"/>
       <c r="H576" t="s">
         <v>23</v>
       </c>
       <c r="I576" t="s">
         <v>34</v>
       </c>
       <c r="J576" t="s">
         <v>46</v>
       </c>
       <c r="K576" t="s">
         <v>54</v>
       </c>
       <c r="L576"/>
       <c r="M576"/>
       <c r="N576"/>
       <c r="O576" t="s">
         <v>36</v>
       </c>
       <c r="P576" t="s">
-        <v>2047</v>
+        <v>2050</v>
       </c>
       <c r="Q576" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="577" spans="1:17">
       <c r="A577">
         <v>14060</v>
       </c>
       <c r="B577" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="C577" t="s">
-        <v>2049</v>
+        <v>2052</v>
       </c>
       <c r="D577" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E577" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="F577" t="s">
         <v>1496</v>
       </c>
       <c r="G577"/>
       <c r="H577" t="s">
         <v>45</v>
       </c>
       <c r="I577" t="s">
         <v>34</v>
       </c>
       <c r="J577" t="s">
         <v>35</v>
       </c>
       <c r="K577"/>
       <c r="L577"/>
       <c r="M577"/>
       <c r="N577"/>
       <c r="O577" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P577"/>
       <c r="Q577" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="578" spans="1:17">
       <c r="A578">
         <v>32195</v>
       </c>
       <c r="B578" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="C578"/>
       <c r="D578"/>
       <c r="E578"/>
       <c r="F578"/>
       <c r="G578"/>
       <c r="H578" t="s">
         <v>23</v>
       </c>
       <c r="I578" t="s">
         <v>34</v>
       </c>
       <c r="J578" t="s">
         <v>35</v>
       </c>
       <c r="K578"/>
       <c r="L578"/>
       <c r="M578"/>
       <c r="N578"/>
       <c r="O578" t="s">
         <v>36</v>
       </c>
       <c r="P578"/>
       <c r="Q578" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="579" spans="1:17">
       <c r="A579">
         <v>24449</v>
       </c>
       <c r="B579" t="s">
-        <v>2052</v>
+        <v>2055</v>
       </c>
       <c r="C579"/>
       <c r="D579"/>
       <c r="E579"/>
       <c r="F579"/>
       <c r="G579"/>
       <c r="H579" t="s">
         <v>23</v>
       </c>
       <c r="I579" t="s">
         <v>34</v>
       </c>
       <c r="J579" t="s">
         <v>35</v>
       </c>
       <c r="K579"/>
       <c r="L579"/>
       <c r="M579"/>
       <c r="N579"/>
       <c r="O579" t="s">
         <v>36</v>
       </c>
       <c r="P579"/>
       <c r="Q579" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="580" spans="1:17">
       <c r="A580">
         <v>32197</v>
       </c>
       <c r="B580" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="C580"/>
       <c r="D580"/>
       <c r="E580"/>
       <c r="F580"/>
       <c r="G580"/>
       <c r="H580" t="s">
         <v>23</v>
       </c>
       <c r="I580" t="s">
         <v>34</v>
       </c>
       <c r="J580" t="s">
         <v>35</v>
       </c>
       <c r="K580"/>
       <c r="L580"/>
       <c r="M580"/>
       <c r="N580"/>
       <c r="O580" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="P580"/>
       <c r="Q580" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="581" spans="1:17">
       <c r="A581">
         <v>28182</v>
       </c>
       <c r="B581" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C581"/>
       <c r="D581"/>
       <c r="E581"/>
       <c r="F581"/>
       <c r="G581"/>
       <c r="H581" t="s">
         <v>23</v>
       </c>
       <c r="I581" t="s">
         <v>34</v>
       </c>
       <c r="J581" t="s">
         <v>35</v>
       </c>
       <c r="K581"/>
       <c r="L581"/>
       <c r="M581"/>
       <c r="N581"/>
       <c r="O581" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P581"/>
       <c r="Q581" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="582" spans="1:17">
       <c r="A582">
         <v>28187</v>
       </c>
       <c r="B582" t="s">
-        <v>2055</v>
+        <v>2058</v>
       </c>
       <c r="C582"/>
       <c r="D582"/>
       <c r="E582"/>
       <c r="F582"/>
       <c r="G582"/>
       <c r="H582" t="s">
         <v>23</v>
       </c>
       <c r="I582" t="s">
         <v>34</v>
       </c>
       <c r="J582" t="s">
         <v>35</v>
       </c>
       <c r="K582"/>
       <c r="L582"/>
       <c r="M582"/>
       <c r="N582"/>
       <c r="O582" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P582"/>
       <c r="Q582" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="583" spans="1:17">
       <c r="A583">
         <v>10655</v>
       </c>
       <c r="B583" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
       <c r="C583"/>
       <c r="D583"/>
       <c r="E583"/>
       <c r="F583"/>
       <c r="G583"/>
       <c r="H583" t="s">
         <v>23</v>
       </c>
       <c r="I583" t="s">
         <v>34</v>
       </c>
       <c r="J583" t="s">
         <v>35</v>
       </c>
       <c r="K583"/>
       <c r="L583"/>
       <c r="M583"/>
       <c r="N583"/>
       <c r="O583" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
       <c r="P583"/>
       <c r="Q583" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="584" spans="1:17">
       <c r="A584">
         <v>32198</v>
       </c>
       <c r="B584" t="s">
-        <v>2058</v>
+        <v>2061</v>
       </c>
       <c r="C584"/>
       <c r="D584"/>
       <c r="E584"/>
       <c r="F584"/>
       <c r="G584"/>
       <c r="H584" t="s">
         <v>23</v>
       </c>
       <c r="I584" t="s">
         <v>34</v>
       </c>
       <c r="J584" t="s">
         <v>35</v>
       </c>
       <c r="K584"/>
       <c r="L584"/>
       <c r="M584"/>
       <c r="N584"/>
       <c r="O584" t="s">
         <v>36</v>
       </c>
       <c r="P584"/>
       <c r="Q584" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="585" spans="1:17">
       <c r="A585">
         <v>32199</v>
       </c>
       <c r="B585" t="s">
-        <v>2059</v>
+        <v>2062</v>
       </c>
       <c r="C585"/>
       <c r="D585"/>
       <c r="E585"/>
       <c r="F585"/>
       <c r="G585"/>
       <c r="H585" t="s">
         <v>23</v>
       </c>
       <c r="I585" t="s">
         <v>34</v>
       </c>
       <c r="J585" t="s">
         <v>35</v>
       </c>
       <c r="K585"/>
       <c r="L585"/>
       <c r="M585"/>
       <c r="N585"/>
       <c r="O585" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="P585"/>
       <c r="Q585" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="586" spans="1:17">
       <c r="A586">
         <v>32200</v>
       </c>
       <c r="B586" t="s">
-        <v>2060</v>
+        <v>2063</v>
       </c>
       <c r="C586"/>
       <c r="D586"/>
       <c r="E586"/>
       <c r="F586"/>
       <c r="G586"/>
       <c r="H586" t="s">
         <v>23</v>
       </c>
       <c r="I586" t="s">
         <v>34</v>
       </c>
       <c r="J586" t="s">
         <v>35</v>
       </c>
       <c r="K586"/>
       <c r="L586"/>
       <c r="M586"/>
       <c r="N586"/>
       <c r="O586" t="s">
         <v>36</v>
       </c>
       <c r="P586"/>
       <c r="Q586" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="587" spans="1:17">
       <c r="A587">
         <v>2726</v>
       </c>
       <c r="B587" t="s">
-        <v>2061</v>
+        <v>2064</v>
       </c>
       <c r="C587" t="s">
-        <v>2062</v>
+        <v>2065</v>
       </c>
       <c r="D587" t="s">
-        <v>2063</v>
+        <v>2066</v>
       </c>
       <c r="E587"/>
       <c r="F587"/>
       <c r="G587"/>
       <c r="H587" t="s">
         <v>23</v>
       </c>
       <c r="I587" t="s">
         <v>1045</v>
       </c>
       <c r="J587" t="s">
         <v>25</v>
       </c>
       <c r="K587"/>
       <c r="L587" t="s">
         <v>26</v>
       </c>
       <c r="M587"/>
       <c r="N587"/>
       <c r="O587"/>
       <c r="P587"/>
       <c r="Q587" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="588" spans="1:17">
       <c r="A588">
         <v>26890</v>
       </c>
       <c r="B588" t="s">
-        <v>2064</v>
-[...2 lines deleted...]
-      <c r="D588"/>
+        <v>2067</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D588" t="s">
+        <v>132</v>
+      </c>
       <c r="E588"/>
       <c r="F588"/>
       <c r="G588"/>
       <c r="H588" t="s">
         <v>23</v>
       </c>
       <c r="I588" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="J588" t="s">
         <v>25</v>
       </c>
       <c r="K588"/>
       <c r="L588" t="s">
         <v>26</v>
       </c>
       <c r="M588"/>
       <c r="N588"/>
       <c r="O588"/>
       <c r="P588"/>
       <c r="Q588" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="589" spans="1:17">
       <c r="A589">
         <v>32201</v>
       </c>
       <c r="B589" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="C589"/>
       <c r="D589"/>
       <c r="E589"/>
       <c r="F589"/>
       <c r="G589"/>
       <c r="H589" t="s">
         <v>23</v>
       </c>
       <c r="I589" t="s">
         <v>34</v>
       </c>
       <c r="J589" t="s">
         <v>35</v>
       </c>
       <c r="K589"/>
       <c r="L589"/>
       <c r="M589"/>
       <c r="N589"/>
       <c r="O589" t="s">
         <v>36</v>
       </c>
       <c r="P589"/>
       <c r="Q589" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="590" spans="1:17">
       <c r="A590">
         <v>32218</v>
       </c>
       <c r="B590" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
       <c r="C590" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
       <c r="D590" t="s">
         <v>132</v>
       </c>
       <c r="E590"/>
       <c r="F590"/>
       <c r="G590"/>
       <c r="H590" t="s">
         <v>23</v>
       </c>
       <c r="I590" t="s">
         <v>34</v>
       </c>
       <c r="J590" t="s">
         <v>35</v>
       </c>
       <c r="K590"/>
       <c r="L590"/>
       <c r="M590"/>
       <c r="N590"/>
       <c r="O590" t="s">
         <v>48</v>
       </c>
       <c r="P590"/>
       <c r="Q590" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="591" spans="1:17">
       <c r="A591">
         <v>11675</v>
       </c>
       <c r="B591" t="s">
-        <v>2069</v>
+        <v>2073</v>
       </c>
       <c r="C591"/>
       <c r="D591"/>
       <c r="E591"/>
       <c r="F591"/>
       <c r="G591"/>
       <c r="H591" t="s">
         <v>23</v>
       </c>
       <c r="I591" t="s">
         <v>34</v>
       </c>
       <c r="J591" t="s">
         <v>35</v>
       </c>
       <c r="K591"/>
       <c r="L591"/>
       <c r="M591"/>
       <c r="N591"/>
       <c r="O591" t="s">
         <v>36</v>
       </c>
       <c r="P591"/>
       <c r="Q591" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="592" spans="1:17">
       <c r="A592">
         <v>28500</v>
       </c>
       <c r="B592" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
       <c r="C592"/>
       <c r="D592"/>
       <c r="E592"/>
       <c r="F592"/>
       <c r="G592"/>
       <c r="H592" t="s">
         <v>23</v>
       </c>
       <c r="I592" t="s">
         <v>98</v>
       </c>
       <c r="J592" t="s">
         <v>25</v>
       </c>
       <c r="K592"/>
       <c r="L592" t="s">
         <v>26</v>
       </c>
       <c r="M592"/>
       <c r="N592"/>
       <c r="O592"/>
       <c r="P592"/>
       <c r="Q592" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="593" spans="1:17">
       <c r="A593">
         <v>32190</v>
       </c>
       <c r="B593" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="C593"/>
       <c r="D593"/>
       <c r="E593"/>
       <c r="F593"/>
       <c r="G593"/>
       <c r="H593" t="s">
         <v>23</v>
       </c>
       <c r="I593" t="s">
         <v>34</v>
       </c>
       <c r="J593" t="s">
         <v>35</v>
       </c>
       <c r="K593"/>
       <c r="L593"/>
       <c r="M593"/>
       <c r="N593"/>
       <c r="O593" t="s">
         <v>36</v>
       </c>
       <c r="P593"/>
       <c r="Q593" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="594" spans="1:17">
       <c r="A594">
         <v>24451</v>
       </c>
       <c r="B594" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
       <c r="C594"/>
       <c r="D594"/>
       <c r="E594"/>
       <c r="F594"/>
       <c r="G594"/>
       <c r="H594" t="s">
         <v>23</v>
       </c>
       <c r="I594" t="s">
         <v>34</v>
       </c>
       <c r="J594" t="s">
         <v>35</v>
       </c>
       <c r="K594"/>
       <c r="L594"/>
       <c r="M594"/>
       <c r="N594"/>
       <c r="O594" t="s">
         <v>36</v>
       </c>
       <c r="P594"/>
       <c r="Q594" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="595" spans="1:17">
       <c r="A595">
         <v>28725</v>
       </c>
       <c r="B595" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="C595"/>
       <c r="D595"/>
       <c r="E595"/>
       <c r="F595"/>
       <c r="G595"/>
       <c r="H595" t="s">
         <v>23</v>
       </c>
       <c r="I595" t="s">
         <v>34</v>
       </c>
       <c r="J595" t="s">
         <v>35</v>
       </c>
       <c r="K595"/>
       <c r="L595"/>
       <c r="M595"/>
       <c r="N595"/>
       <c r="O595" t="s">
         <v>36</v>
       </c>
       <c r="P595"/>
       <c r="Q595" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="596" spans="1:17">
       <c r="A596">
         <v>32251</v>
       </c>
       <c r="B596" t="s">
-        <v>2074</v>
+        <v>2078</v>
       </c>
       <c r="C596"/>
       <c r="D596"/>
       <c r="E596"/>
       <c r="F596"/>
       <c r="G596"/>
       <c r="H596" t="s">
         <v>23</v>
       </c>
       <c r="I596" t="s">
         <v>1045</v>
       </c>
       <c r="J596" t="s">
         <v>91</v>
       </c>
       <c r="K596"/>
       <c r="L596" t="s">
         <v>26</v>
       </c>
       <c r="M596" t="s">
         <v>92</v>
       </c>
       <c r="N596"/>
       <c r="O596"/>
       <c r="P596"/>
       <c r="Q596" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="597" spans="1:17">
       <c r="A597">
         <v>32203</v>
       </c>
       <c r="B597" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
       <c r="C597"/>
       <c r="D597"/>
       <c r="E597"/>
       <c r="F597"/>
       <c r="G597"/>
       <c r="H597" t="s">
         <v>23</v>
       </c>
       <c r="I597" t="s">
         <v>34</v>
       </c>
       <c r="J597" t="s">
         <v>35</v>
       </c>
       <c r="K597"/>
       <c r="L597"/>
       <c r="M597"/>
       <c r="N597"/>
       <c r="O597" t="s">
         <v>36</v>
       </c>
       <c r="P597"/>
       <c r="Q597" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="598" spans="1:17">
       <c r="A598">
         <v>79262</v>
       </c>
       <c r="B598" t="s">
-        <v>2076</v>
+        <v>2080</v>
       </c>
       <c r="C598" t="s">
-        <v>2077</v>
+        <v>2081</v>
       </c>
       <c r="D598" t="s">
         <v>132</v>
       </c>
       <c r="E598"/>
       <c r="F598"/>
       <c r="G598"/>
       <c r="H598" t="s">
         <v>23</v>
       </c>
       <c r="I598" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J598" t="s">
         <v>25</v>
       </c>
       <c r="K598"/>
       <c r="L598" t="s">
         <v>26</v>
       </c>
       <c r="M598"/>
       <c r="N598"/>
       <c r="O598"/>
       <c r="P598"/>
       <c r="Q598" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="599" spans="1:17">
       <c r="A599">
         <v>37405</v>
       </c>
       <c r="B599" t="s">
-        <v>2078</v>
+        <v>2082</v>
       </c>
       <c r="C599"/>
       <c r="D599"/>
       <c r="E599"/>
       <c r="F599"/>
       <c r="G599"/>
       <c r="H599" t="s">
         <v>23</v>
       </c>
       <c r="I599" t="s">
         <v>1045</v>
       </c>
       <c r="J599" t="s">
         <v>25</v>
       </c>
       <c r="K599"/>
       <c r="L599" t="s">
         <v>26</v>
       </c>
       <c r="M599"/>
       <c r="N599"/>
       <c r="O599"/>
       <c r="P599"/>
       <c r="Q599" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="600" spans="1:17">
       <c r="A600">
         <v>62583</v>
       </c>
       <c r="B600" t="s">
-        <v>2079</v>
+        <v>2083</v>
       </c>
       <c r="C600" t="s">
-        <v>2080</v>
+        <v>2084</v>
       </c>
       <c r="D600" t="s">
         <v>1631</v>
       </c>
       <c r="E600"/>
       <c r="F600"/>
       <c r="G600"/>
       <c r="H600" t="s">
         <v>23</v>
       </c>
       <c r="I600" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J600" t="s">
         <v>25</v>
       </c>
       <c r="K600"/>
       <c r="L600" t="s">
         <v>26</v>
       </c>
       <c r="M600"/>
       <c r="N600"/>
       <c r="O600"/>
       <c r="P600"/>
       <c r="Q600" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="601" spans="1:17">
       <c r="A601">
         <v>32191</v>
       </c>
       <c r="B601" t="s">
-        <v>2081</v>
+        <v>2085</v>
       </c>
       <c r="C601"/>
       <c r="D601"/>
       <c r="E601"/>
       <c r="F601"/>
       <c r="G601"/>
       <c r="H601" t="s">
         <v>23</v>
       </c>
       <c r="I601" t="s">
         <v>34</v>
       </c>
       <c r="J601" t="s">
         <v>35</v>
       </c>
       <c r="K601"/>
       <c r="L601"/>
       <c r="M601"/>
       <c r="N601"/>
       <c r="O601" t="s">
         <v>48</v>
       </c>
       <c r="P601"/>
       <c r="Q601" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="602" spans="1:17">
       <c r="A602">
         <v>79491</v>
       </c>
       <c r="B602" t="s">
-        <v>2082</v>
+        <v>2086</v>
       </c>
       <c r="C602"/>
       <c r="D602"/>
       <c r="E602"/>
       <c r="F602"/>
       <c r="G602"/>
       <c r="H602" t="s">
         <v>23</v>
       </c>
       <c r="I602" t="s">
         <v>111</v>
       </c>
       <c r="J602" t="s">
         <v>25</v>
       </c>
       <c r="K602"/>
       <c r="L602" t="s">
         <v>26</v>
       </c>
       <c r="M602"/>
       <c r="N602"/>
       <c r="O602"/>
       <c r="P602"/>
       <c r="Q602" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="603" spans="1:17">
       <c r="A603">
         <v>29010</v>
       </c>
       <c r="B603" t="s">
-        <v>2083</v>
+        <v>2087</v>
       </c>
       <c r="C603"/>
       <c r="D603"/>
       <c r="E603"/>
       <c r="F603"/>
       <c r="G603"/>
       <c r="H603" t="s">
         <v>23</v>
       </c>
       <c r="I603" t="s">
         <v>34</v>
       </c>
       <c r="J603" t="s">
         <v>25</v>
       </c>
       <c r="K603"/>
       <c r="L603" t="s">
         <v>26</v>
       </c>
       <c r="M603"/>
       <c r="N603"/>
       <c r="O603"/>
       <c r="P603"/>
       <c r="Q603" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="604" spans="1:17">
       <c r="A604">
         <v>29034</v>
       </c>
       <c r="B604" t="s">
-        <v>2084</v>
+        <v>2088</v>
       </c>
       <c r="C604"/>
       <c r="D604"/>
       <c r="E604"/>
       <c r="F604"/>
       <c r="G604"/>
       <c r="H604" t="s">
         <v>23</v>
       </c>
       <c r="I604" t="s">
         <v>34</v>
       </c>
       <c r="J604" t="s">
         <v>25</v>
       </c>
       <c r="K604"/>
       <c r="L604" t="s">
         <v>26</v>
       </c>
       <c r="M604"/>
       <c r="N604"/>
       <c r="O604"/>
       <c r="P604"/>
       <c r="Q604" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="605" spans="1:17">
       <c r="A605">
         <v>24453</v>
       </c>
       <c r="B605" t="s">
-        <v>2085</v>
+        <v>2089</v>
       </c>
       <c r="C605"/>
       <c r="D605"/>
       <c r="E605"/>
       <c r="F605"/>
       <c r="G605"/>
       <c r="H605" t="s">
         <v>23</v>
       </c>
       <c r="I605" t="s">
         <v>34</v>
       </c>
       <c r="J605" t="s">
         <v>35</v>
       </c>
       <c r="K605"/>
       <c r="L605"/>
       <c r="M605"/>
       <c r="N605"/>
       <c r="O605" t="s">
         <v>48</v>
       </c>
       <c r="P605"/>
       <c r="Q605" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="606" spans="1:17">
       <c r="A606">
         <v>32193</v>
       </c>
       <c r="B606" t="s">
-        <v>2086</v>
+        <v>2090</v>
       </c>
       <c r="C606"/>
       <c r="D606"/>
       <c r="E606"/>
       <c r="F606"/>
       <c r="G606"/>
       <c r="H606" t="s">
         <v>23</v>
       </c>
       <c r="I606" t="s">
         <v>34</v>
       </c>
       <c r="J606" t="s">
         <v>35</v>
       </c>
       <c r="K606"/>
       <c r="L606"/>
       <c r="M606"/>
       <c r="N606"/>
       <c r="O606" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="P606"/>
       <c r="Q606" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="607" spans="1:17">
       <c r="A607">
         <v>32192</v>
       </c>
       <c r="B607" t="s">
-        <v>2087</v>
+        <v>2091</v>
       </c>
       <c r="C607"/>
       <c r="D607"/>
       <c r="E607"/>
       <c r="F607"/>
       <c r="G607"/>
       <c r="H607" t="s">
         <v>23</v>
       </c>
       <c r="I607" t="s">
         <v>34</v>
       </c>
       <c r="J607" t="s">
         <v>35</v>
       </c>
       <c r="K607"/>
       <c r="L607"/>
       <c r="M607"/>
       <c r="N607"/>
       <c r="O607" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P607"/>
       <c r="Q607" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="608" spans="1:17">
       <c r="A608">
         <v>32204</v>
       </c>
       <c r="B608" t="s">
-        <v>2088</v>
+        <v>2092</v>
       </c>
       <c r="C608"/>
       <c r="D608"/>
       <c r="E608"/>
       <c r="F608"/>
       <c r="G608"/>
       <c r="H608" t="s">
         <v>45</v>
       </c>
       <c r="I608" t="s">
         <v>34</v>
       </c>
       <c r="J608" t="s">
         <v>35</v>
       </c>
       <c r="K608"/>
       <c r="L608"/>
       <c r="M608"/>
       <c r="N608"/>
       <c r="O608" t="s">
         <v>48</v>
       </c>
       <c r="P608"/>
       <c r="Q608" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="609" spans="1:17">
       <c r="A609">
         <v>35013</v>
       </c>
       <c r="B609" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
       <c r="C609"/>
       <c r="D609"/>
       <c r="E609"/>
       <c r="F609"/>
       <c r="G609"/>
       <c r="H609" t="s">
         <v>45</v>
       </c>
       <c r="I609" t="s">
         <v>34</v>
       </c>
       <c r="J609" t="s">
         <v>35</v>
       </c>
       <c r="K609"/>
       <c r="L609"/>
       <c r="M609"/>
       <c r="N609"/>
       <c r="O609" t="s">
         <v>48</v>
       </c>
       <c r="P609" t="s">
-        <v>2090</v>
+        <v>2094</v>
       </c>
       <c r="Q609" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="610" spans="1:17">
       <c r="A610">
         <v>32205</v>
       </c>
       <c r="B610" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
       <c r="C610"/>
       <c r="D610"/>
       <c r="E610"/>
       <c r="F610"/>
       <c r="G610"/>
       <c r="H610" t="s">
         <v>23</v>
       </c>
       <c r="I610" t="s">
         <v>34</v>
       </c>
       <c r="J610" t="s">
         <v>35</v>
       </c>
       <c r="K610"/>
       <c r="L610"/>
       <c r="M610"/>
       <c r="N610"/>
       <c r="O610" t="s">
         <v>36</v>
       </c>
       <c r="P610"/>
       <c r="Q610" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="611" spans="1:17">
       <c r="A611">
         <v>31083</v>
       </c>
       <c r="B611" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="C611"/>
       <c r="D611"/>
       <c r="E611"/>
       <c r="F611"/>
       <c r="G611"/>
       <c r="H611" t="s">
         <v>23</v>
       </c>
       <c r="I611" t="s">
         <v>111</v>
       </c>
       <c r="J611" t="s">
         <v>25</v>
       </c>
       <c r="K611"/>
       <c r="L611" t="s">
         <v>26</v>
       </c>
       <c r="M611"/>
       <c r="N611"/>
       <c r="O611"/>
       <c r="P611"/>
       <c r="Q611" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="612" spans="1:17">
       <c r="A612">
         <v>11403</v>
       </c>
       <c r="B612" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="C612"/>
       <c r="D612"/>
       <c r="E612"/>
       <c r="F612"/>
       <c r="G612"/>
       <c r="H612" t="s">
         <v>23</v>
       </c>
       <c r="I612" t="s">
         <v>34</v>
       </c>
       <c r="J612" t="s">
         <v>35</v>
       </c>
       <c r="K612"/>
       <c r="L612"/>
       <c r="M612"/>
       <c r="N612"/>
       <c r="O612" t="s">
         <v>48</v>
       </c>
       <c r="P612"/>
       <c r="Q612" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="613" spans="1:17">
       <c r="A613">
         <v>24455</v>
       </c>
       <c r="B613" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="C613"/>
       <c r="D613"/>
       <c r="E613"/>
       <c r="F613"/>
       <c r="G613"/>
       <c r="H613" t="s">
         <v>45</v>
       </c>
       <c r="I613" t="s">
         <v>34</v>
       </c>
       <c r="J613" t="s">
         <v>35</v>
       </c>
       <c r="K613"/>
       <c r="L613"/>
       <c r="M613"/>
       <c r="N613"/>
       <c r="O613" t="s">
         <v>48</v>
       </c>
       <c r="P613"/>
       <c r="Q613" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="614" spans="1:17">
       <c r="A614">
         <v>32188</v>
       </c>
       <c r="B614" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="C614"/>
       <c r="D614"/>
       <c r="E614"/>
       <c r="F614"/>
       <c r="G614"/>
       <c r="H614" t="s">
         <v>23</v>
       </c>
       <c r="I614" t="s">
         <v>34</v>
       </c>
       <c r="J614" t="s">
         <v>35</v>
       </c>
       <c r="K614"/>
       <c r="L614"/>
       <c r="M614"/>
       <c r="N614"/>
       <c r="O614" t="s">
         <v>36</v>
       </c>
       <c r="P614"/>
       <c r="Q614" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="615" spans="1:17">
       <c r="A615">
         <v>24456</v>
       </c>
       <c r="B615" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
       <c r="C615" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="D615" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
       <c r="E615"/>
       <c r="F615"/>
       <c r="G615"/>
       <c r="H615" t="s">
         <v>23</v>
       </c>
       <c r="I615" t="s">
         <v>34</v>
       </c>
       <c r="J615" t="s">
         <v>35</v>
       </c>
       <c r="K615"/>
       <c r="L615"/>
       <c r="M615"/>
       <c r="N615"/>
       <c r="O615" t="s">
         <v>48</v>
       </c>
       <c r="P615" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
       <c r="Q615" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="616" spans="1:17">
       <c r="A616">
         <v>79520</v>
       </c>
       <c r="B616" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
       <c r="C616"/>
       <c r="D616"/>
       <c r="E616"/>
       <c r="F616"/>
       <c r="G616"/>
       <c r="H616" t="s">
         <v>23</v>
       </c>
       <c r="I616" t="s">
         <v>111</v>
       </c>
       <c r="J616" t="s">
         <v>25</v>
       </c>
       <c r="K616"/>
       <c r="L616" t="s">
         <v>26</v>
       </c>
       <c r="M616"/>
       <c r="N616"/>
       <c r="O616"/>
       <c r="P616"/>
       <c r="Q616" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="617" spans="1:17">
       <c r="A617">
         <v>29323</v>
       </c>
       <c r="B617" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
       <c r="C617"/>
       <c r="D617"/>
       <c r="E617"/>
       <c r="F617"/>
       <c r="G617"/>
       <c r="H617" t="s">
         <v>23</v>
       </c>
       <c r="I617" t="s">
         <v>111</v>
       </c>
       <c r="J617" t="s">
         <v>25</v>
       </c>
       <c r="K617"/>
       <c r="L617" t="s">
         <v>26</v>
       </c>
       <c r="M617"/>
       <c r="N617"/>
       <c r="O617"/>
       <c r="P617"/>
       <c r="Q617" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="618" spans="1:17">
       <c r="A618">
         <v>24445</v>
       </c>
       <c r="B618" t="s">
-        <v>2102</v>
+        <v>2106</v>
       </c>
       <c r="C618"/>
       <c r="D618"/>
       <c r="E618"/>
       <c r="F618"/>
       <c r="G618"/>
       <c r="H618" t="s">
         <v>45</v>
       </c>
       <c r="I618" t="s">
         <v>34</v>
       </c>
       <c r="J618" t="s">
         <v>35</v>
       </c>
       <c r="K618"/>
       <c r="L618"/>
       <c r="M618"/>
       <c r="N618"/>
       <c r="O618" t="s">
         <v>36</v>
       </c>
       <c r="P618"/>
       <c r="Q618" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="619" spans="1:17">
       <c r="A619">
         <v>24443</v>
       </c>
       <c r="B619" t="s">
-        <v>2103</v>
+        <v>2107</v>
       </c>
       <c r="C619"/>
       <c r="D619"/>
       <c r="E619"/>
       <c r="F619"/>
       <c r="G619"/>
       <c r="H619" t="s">
         <v>45</v>
       </c>
       <c r="I619" t="s">
         <v>34</v>
       </c>
       <c r="J619" t="s">
         <v>35</v>
       </c>
       <c r="K619"/>
       <c r="L619"/>
       <c r="M619"/>
       <c r="N619"/>
       <c r="O619" t="s">
         <v>36</v>
       </c>
       <c r="P619"/>
       <c r="Q619" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="620" spans="1:17">
       <c r="A620">
         <v>24457</v>
       </c>
       <c r="B620" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="C620"/>
       <c r="D620"/>
       <c r="E620"/>
       <c r="F620"/>
       <c r="G620"/>
       <c r="H620" t="s">
         <v>23</v>
       </c>
       <c r="I620" t="s">
         <v>34</v>
       </c>
       <c r="J620" t="s">
         <v>35</v>
       </c>
       <c r="K620"/>
       <c r="L620"/>
       <c r="M620"/>
       <c r="N620"/>
       <c r="O620" t="s">
         <v>36</v>
       </c>
       <c r="P620"/>
       <c r="Q620" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="621" spans="1:17">
       <c r="A621">
         <v>32206</v>
       </c>
       <c r="B621" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="C621"/>
       <c r="D621"/>
       <c r="E621"/>
       <c r="F621"/>
       <c r="G621"/>
       <c r="H621" t="s">
         <v>23</v>
       </c>
       <c r="I621" t="s">
         <v>34</v>
       </c>
       <c r="J621" t="s">
         <v>35</v>
       </c>
       <c r="K621"/>
       <c r="L621"/>
       <c r="M621"/>
       <c r="N621"/>
       <c r="O621" t="s">
         <v>36</v>
       </c>
       <c r="P621"/>
       <c r="Q621" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="622" spans="1:17">
       <c r="A622">
         <v>6076</v>
       </c>
       <c r="B622" t="s">
-        <v>2106</v>
-[...2 lines deleted...]
-      <c r="D622"/>
+        <v>2110</v>
+      </c>
+      <c r="C622" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D622" t="s">
+        <v>132</v>
+      </c>
       <c r="E622"/>
       <c r="F622"/>
       <c r="G622"/>
       <c r="H622" t="s">
         <v>23</v>
       </c>
       <c r="I622" t="s">
         <v>1045</v>
       </c>
       <c r="J622" t="s">
         <v>91</v>
       </c>
       <c r="K622"/>
       <c r="L622" t="s">
         <v>26</v>
       </c>
       <c r="M622" t="s">
         <v>92</v>
       </c>
       <c r="N622"/>
       <c r="O622"/>
       <c r="P622" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="Q622" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="623" spans="1:17">
       <c r="A623">
         <v>26887</v>
       </c>
       <c r="B623" t="s">
-        <v>2108</v>
-[...2 lines deleted...]
-      <c r="D623"/>
+        <v>2112</v>
+      </c>
+      <c r="C623" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D623" t="s">
+        <v>132</v>
+      </c>
       <c r="E623"/>
       <c r="F623"/>
       <c r="G623"/>
       <c r="H623" t="s">
         <v>23</v>
       </c>
       <c r="I623" t="s">
         <v>1045</v>
       </c>
       <c r="J623" t="s">
         <v>91</v>
       </c>
       <c r="K623"/>
       <c r="L623" t="s">
         <v>26</v>
       </c>
       <c r="M623" t="s">
         <v>92</v>
       </c>
       <c r="N623"/>
       <c r="O623"/>
       <c r="P623"/>
       <c r="Q623" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="624" spans="1:17">
       <c r="A624">
         <v>24441</v>
       </c>
       <c r="B624" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="C624" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="D624" t="s">
         <v>132</v>
       </c>
       <c r="E624"/>
       <c r="F624"/>
       <c r="G624"/>
       <c r="H624" t="s">
         <v>23</v>
       </c>
       <c r="I624" t="s">
         <v>34</v>
       </c>
       <c r="J624" t="s">
         <v>35</v>
       </c>
       <c r="K624"/>
       <c r="L624"/>
       <c r="M624"/>
       <c r="N624"/>
       <c r="O624" t="s">
         <v>36</v>
       </c>
       <c r="P624"/>
       <c r="Q624" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="625" spans="1:17">
       <c r="A625">
         <v>29431</v>
       </c>
       <c r="B625" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="C625"/>
       <c r="D625"/>
       <c r="E625"/>
       <c r="F625"/>
       <c r="G625"/>
       <c r="H625" t="s">
         <v>23</v>
       </c>
       <c r="I625" t="s">
         <v>111</v>
       </c>
       <c r="J625" t="s">
         <v>25</v>
       </c>
       <c r="K625"/>
       <c r="L625" t="s">
         <v>26</v>
       </c>
       <c r="M625"/>
       <c r="N625"/>
       <c r="O625"/>
       <c r="P625"/>
       <c r="Q625" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="626" spans="1:17">
       <c r="A626">
         <v>31211</v>
       </c>
       <c r="B626" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="C626"/>
       <c r="D626"/>
       <c r="E626"/>
       <c r="F626"/>
       <c r="G626"/>
       <c r="H626" t="s">
         <v>23</v>
       </c>
       <c r="I626" t="s">
         <v>111</v>
       </c>
       <c r="J626" t="s">
         <v>25</v>
       </c>
       <c r="K626"/>
       <c r="L626" t="s">
         <v>26</v>
       </c>
       <c r="M626"/>
       <c r="N626"/>
       <c r="O626"/>
       <c r="P626" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="Q626" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="627" spans="1:17">
       <c r="A627">
         <v>97945</v>
       </c>
       <c r="B627" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="C627"/>
       <c r="D627"/>
       <c r="E627"/>
       <c r="F627"/>
       <c r="G627"/>
       <c r="H627" t="s">
         <v>23</v>
       </c>
       <c r="I627" t="s">
         <v>111</v>
       </c>
       <c r="J627" t="s">
         <v>25</v>
       </c>
       <c r="K627"/>
       <c r="L627" t="s">
         <v>26</v>
       </c>
       <c r="M627"/>
       <c r="N627"/>
       <c r="O627"/>
       <c r="P627" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="Q627" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="628" spans="1:17">
       <c r="A628">
         <v>31212</v>
       </c>
       <c r="B628" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="C628"/>
       <c r="D628"/>
       <c r="E628"/>
       <c r="F628"/>
       <c r="G628"/>
       <c r="H628" t="s">
         <v>23</v>
       </c>
       <c r="I628" t="s">
         <v>111</v>
       </c>
       <c r="J628" t="s">
         <v>25</v>
       </c>
       <c r="K628"/>
       <c r="L628" t="s">
         <v>26</v>
       </c>
       <c r="M628"/>
       <c r="N628"/>
       <c r="O628"/>
       <c r="P628" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="Q628" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="629" spans="1:17">
       <c r="A629">
         <v>79198</v>
       </c>
       <c r="B629" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="C629"/>
       <c r="D629"/>
       <c r="E629"/>
       <c r="F629"/>
       <c r="G629"/>
       <c r="H629" t="s">
         <v>23</v>
       </c>
       <c r="I629" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J629" t="s">
         <v>25</v>
       </c>
       <c r="K629"/>
       <c r="L629" t="s">
         <v>26</v>
       </c>
       <c r="M629"/>
       <c r="N629"/>
       <c r="O629"/>
       <c r="P629"/>
       <c r="Q629" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="630" spans="1:17">
       <c r="A630">
         <v>79199</v>
       </c>
       <c r="B630" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C630"/>
       <c r="D630"/>
       <c r="E630"/>
       <c r="F630"/>
       <c r="G630"/>
       <c r="H630" t="s">
         <v>23</v>
       </c>
       <c r="I630" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J630" t="s">
         <v>25</v>
       </c>
       <c r="K630"/>
       <c r="L630" t="s">
         <v>26</v>
       </c>
       <c r="M630"/>
       <c r="N630"/>
       <c r="O630"/>
       <c r="P630"/>
       <c r="Q630" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="631" spans="1:17">
       <c r="A631">
         <v>79200</v>
       </c>
       <c r="B631" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="C631"/>
       <c r="D631"/>
       <c r="E631"/>
       <c r="F631"/>
       <c r="G631"/>
       <c r="H631" t="s">
         <v>23</v>
       </c>
       <c r="I631" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J631" t="s">
         <v>25</v>
       </c>
       <c r="K631"/>
       <c r="L631" t="s">
         <v>26</v>
       </c>
       <c r="M631"/>
       <c r="N631"/>
       <c r="O631"/>
       <c r="P631"/>
       <c r="Q631" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="632" spans="1:17">
       <c r="A632">
         <v>79201</v>
       </c>
       <c r="B632" t="s">
-        <v>2121</v>
+        <v>2125</v>
       </c>
       <c r="C632"/>
       <c r="D632"/>
       <c r="E632"/>
       <c r="F632"/>
       <c r="G632"/>
       <c r="H632" t="s">
         <v>23</v>
       </c>
       <c r="I632" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J632" t="s">
         <v>25</v>
       </c>
       <c r="K632"/>
       <c r="L632" t="s">
         <v>26</v>
       </c>
       <c r="M632"/>
       <c r="N632"/>
       <c r="O632"/>
       <c r="P632"/>
       <c r="Q632" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="633" spans="1:17">
       <c r="A633">
         <v>79202</v>
       </c>
       <c r="B633" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
       <c r="C633"/>
       <c r="D633"/>
       <c r="E633"/>
       <c r="F633"/>
       <c r="G633"/>
       <c r="H633" t="s">
         <v>23</v>
       </c>
       <c r="I633" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J633" t="s">
         <v>25</v>
       </c>
       <c r="K633"/>
       <c r="L633" t="s">
         <v>26</v>
       </c>
       <c r="M633"/>
       <c r="N633"/>
       <c r="O633"/>
       <c r="P633"/>
       <c r="Q633" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="634" spans="1:17">
       <c r="A634">
         <v>79203</v>
       </c>
       <c r="B634" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="C634"/>
       <c r="D634"/>
       <c r="E634"/>
       <c r="F634"/>
       <c r="G634"/>
       <c r="H634" t="s">
         <v>23</v>
       </c>
       <c r="I634" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J634" t="s">
         <v>25</v>
       </c>
       <c r="K634"/>
       <c r="L634" t="s">
         <v>26</v>
       </c>
       <c r="M634"/>
       <c r="N634"/>
       <c r="O634"/>
       <c r="P634"/>
       <c r="Q634" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="635" spans="1:17">
       <c r="A635">
         <v>79204</v>
       </c>
       <c r="B635" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="C635"/>
       <c r="D635"/>
       <c r="E635"/>
       <c r="F635"/>
       <c r="G635"/>
       <c r="H635" t="s">
         <v>23</v>
       </c>
       <c r="I635" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J635" t="s">
         <v>25</v>
       </c>
       <c r="K635"/>
       <c r="L635" t="s">
         <v>26</v>
       </c>
       <c r="M635"/>
       <c r="N635"/>
       <c r="O635"/>
       <c r="P635"/>
       <c r="Q635" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="636" spans="1:17">
       <c r="A636">
         <v>79205</v>
       </c>
       <c r="B636" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="C636"/>
       <c r="D636"/>
       <c r="E636"/>
       <c r="F636"/>
       <c r="G636"/>
       <c r="H636" t="s">
         <v>23</v>
       </c>
       <c r="I636" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J636" t="s">
         <v>25</v>
       </c>
       <c r="K636"/>
       <c r="L636" t="s">
         <v>26</v>
       </c>
       <c r="M636"/>
       <c r="N636"/>
       <c r="O636"/>
       <c r="P636"/>
       <c r="Q636" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="637" spans="1:17">
       <c r="A637">
         <v>79206</v>
       </c>
       <c r="B637" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="C637"/>
       <c r="D637"/>
       <c r="E637"/>
       <c r="F637"/>
       <c r="G637"/>
       <c r="H637" t="s">
         <v>23</v>
       </c>
       <c r="I637" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J637" t="s">
         <v>25</v>
       </c>
       <c r="K637"/>
       <c r="L637" t="s">
         <v>26</v>
       </c>
       <c r="M637"/>
       <c r="N637"/>
       <c r="O637"/>
       <c r="P637"/>
       <c r="Q637" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="638" spans="1:17">
       <c r="A638">
         <v>61287</v>
       </c>
       <c r="B638" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="C638" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="D638" t="s">
         <v>132</v>
       </c>
       <c r="E638"/>
       <c r="F638"/>
       <c r="G638"/>
       <c r="H638" t="s">
         <v>23</v>
       </c>
       <c r="I638" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J638" t="s">
         <v>25</v>
       </c>
       <c r="K638"/>
       <c r="L638" t="s">
         <v>26</v>
       </c>
       <c r="M638"/>
       <c r="N638"/>
       <c r="O638"/>
       <c r="P638"/>
       <c r="Q638" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="639" spans="1:17">
       <c r="A639">
         <v>6312</v>
       </c>
       <c r="B639" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="C639" t="s">
-        <v>2130</v>
+        <v>2134</v>
       </c>
       <c r="D639" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
       <c r="E639"/>
       <c r="F639"/>
       <c r="G639"/>
       <c r="H639" t="s">
         <v>23</v>
       </c>
       <c r="I639" t="s">
         <v>1045</v>
       </c>
       <c r="J639" t="s">
         <v>25</v>
       </c>
       <c r="K639"/>
       <c r="L639" t="s">
         <v>26</v>
       </c>
       <c r="M639"/>
       <c r="N639"/>
       <c r="O639"/>
       <c r="P639" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="Q639" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="640" spans="1:17">
       <c r="A640">
         <v>36637</v>
       </c>
       <c r="B640" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
       <c r="C640" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
       <c r="D640" t="s">
         <v>132</v>
       </c>
       <c r="E640"/>
       <c r="F640"/>
       <c r="G640"/>
       <c r="H640" t="s">
         <v>23</v>
       </c>
       <c r="I640" t="s">
         <v>111</v>
       </c>
       <c r="J640" t="s">
         <v>25</v>
       </c>
       <c r="K640"/>
       <c r="L640" t="s">
         <v>26</v>
       </c>
       <c r="M640"/>
       <c r="N640"/>
       <c r="O640"/>
       <c r="P640"/>
       <c r="Q640" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="641" spans="1:17">
       <c r="A641">
         <v>81375</v>
       </c>
       <c r="B641" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="C641" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="D641" t="s">
         <v>41</v>
       </c>
       <c r="E641"/>
       <c r="F641"/>
       <c r="G641"/>
       <c r="H641" t="s">
         <v>23</v>
       </c>
       <c r="I641" t="s">
         <v>111</v>
       </c>
       <c r="J641" t="s">
         <v>25</v>
       </c>
       <c r="K641"/>
       <c r="L641" t="s">
         <v>26</v>
       </c>
       <c r="M641"/>
       <c r="N641"/>
       <c r="O641"/>
       <c r="P641" t="s">
-        <v>2137</v>
+        <v>2141</v>
       </c>
       <c r="Q641" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="642" spans="1:17">
       <c r="A642">
         <v>32208</v>
       </c>
       <c r="B642" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
       <c r="C642"/>
       <c r="D642"/>
       <c r="E642"/>
       <c r="F642"/>
       <c r="G642"/>
       <c r="H642" t="s">
         <v>23</v>
       </c>
       <c r="I642" t="s">
         <v>34</v>
       </c>
       <c r="J642" t="s">
         <v>35</v>
       </c>
       <c r="K642"/>
       <c r="L642"/>
       <c r="M642"/>
       <c r="N642"/>
       <c r="O642" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P642"/>
       <c r="Q642" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="643" spans="1:17">
       <c r="A643">
         <v>29577</v>
       </c>
       <c r="B643" t="s">
-        <v>2139</v>
+        <v>2143</v>
       </c>
       <c r="C643"/>
       <c r="D643"/>
       <c r="E643"/>
       <c r="F643"/>
       <c r="G643"/>
       <c r="H643" t="s">
         <v>23</v>
       </c>
       <c r="I643" t="s">
         <v>34</v>
       </c>
       <c r="J643" t="s">
         <v>35</v>
       </c>
       <c r="K643"/>
       <c r="L643"/>
       <c r="M643"/>
       <c r="N643"/>
       <c r="O643" t="s">
         <v>36</v>
       </c>
       <c r="P643"/>
       <c r="Q643" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="644" spans="1:17">
       <c r="A644">
         <v>60574</v>
       </c>
       <c r="B644" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="C644" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="D644" t="s">
         <v>132</v>
       </c>
       <c r="E644"/>
       <c r="F644"/>
       <c r="G644"/>
       <c r="H644" t="s">
         <v>23</v>
       </c>
       <c r="I644" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J644" t="s">
         <v>25</v>
       </c>
       <c r="K644"/>
       <c r="L644" t="s">
         <v>26</v>
       </c>
       <c r="M644"/>
       <c r="N644"/>
       <c r="O644"/>
       <c r="P644"/>
       <c r="Q644" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="645" spans="1:17">
       <c r="A645">
         <v>32209</v>
       </c>
       <c r="B645" t="s">
-        <v>2141</v>
+        <v>2145</v>
       </c>
       <c r="C645"/>
       <c r="D645"/>
       <c r="E645"/>
       <c r="F645"/>
       <c r="G645"/>
       <c r="H645" t="s">
         <v>65</v>
       </c>
       <c r="I645" t="s">
         <v>34</v>
       </c>
       <c r="J645" t="s">
         <v>35</v>
       </c>
       <c r="K645"/>
       <c r="L645"/>
       <c r="M645"/>
       <c r="N645"/>
       <c r="O645" t="s">
         <v>36</v>
       </c>
       <c r="P645"/>
       <c r="Q645" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="646" spans="1:17">
       <c r="A646">
         <v>10965</v>
       </c>
       <c r="B646" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="C646" t="s">
-        <v>2143</v>
+        <v>2147</v>
       </c>
       <c r="D646" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="E646"/>
       <c r="F646"/>
       <c r="G646"/>
       <c r="H646" t="s">
         <v>65</v>
       </c>
       <c r="I646" t="s">
         <v>34</v>
       </c>
       <c r="J646" t="s">
         <v>35</v>
       </c>
       <c r="K646"/>
       <c r="L646"/>
       <c r="M646"/>
       <c r="N646"/>
       <c r="O646" t="s">
         <v>36</v>
       </c>
       <c r="P646"/>
       <c r="Q646" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="647" spans="1:17">
       <c r="A647">
         <v>29771</v>
       </c>
       <c r="B647" t="s">
-        <v>2144</v>
+        <v>2148</v>
       </c>
       <c r="C647"/>
       <c r="D647"/>
       <c r="E647"/>
       <c r="F647"/>
       <c r="G647"/>
       <c r="H647" t="s">
         <v>23</v>
       </c>
       <c r="I647" t="s">
         <v>34</v>
       </c>
       <c r="J647" t="s">
         <v>35</v>
       </c>
       <c r="K647"/>
       <c r="L647"/>
       <c r="M647"/>
       <c r="N647"/>
       <c r="O647" t="s">
         <v>36</v>
       </c>
       <c r="P647"/>
       <c r="Q647" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="648" spans="1:17">
       <c r="A648">
         <v>29792</v>
       </c>
       <c r="B648" t="s">
-        <v>2145</v>
+        <v>2149</v>
       </c>
       <c r="C648"/>
       <c r="D648"/>
       <c r="E648"/>
       <c r="F648"/>
       <c r="G648"/>
       <c r="H648" t="s">
         <v>23</v>
       </c>
       <c r="I648" t="s">
         <v>34</v>
       </c>
       <c r="J648" t="s">
         <v>35</v>
       </c>
       <c r="K648"/>
       <c r="L648"/>
       <c r="M648"/>
       <c r="N648"/>
       <c r="O648" t="s">
         <v>48</v>
       </c>
       <c r="P648"/>
       <c r="Q648" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="649" spans="1:17">
       <c r="A649">
         <v>10716</v>
       </c>
       <c r="B649" t="s">
-        <v>2146</v>
+        <v>2150</v>
       </c>
       <c r="C649"/>
       <c r="D649"/>
       <c r="E649"/>
       <c r="F649"/>
       <c r="G649"/>
       <c r="H649" t="s">
         <v>45</v>
       </c>
       <c r="I649" t="s">
         <v>34</v>
       </c>
       <c r="J649" t="s">
         <v>35</v>
       </c>
       <c r="K649"/>
       <c r="L649"/>
       <c r="M649"/>
       <c r="N649"/>
       <c r="O649" t="s">
         <v>36</v>
       </c>
       <c r="P649"/>
       <c r="Q649" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="650" spans="1:17">
       <c r="A650">
         <v>32210</v>
       </c>
       <c r="B650" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="C650"/>
       <c r="D650"/>
       <c r="E650"/>
       <c r="F650"/>
       <c r="G650"/>
       <c r="H650" t="s">
         <v>45</v>
       </c>
       <c r="I650" t="s">
         <v>34</v>
       </c>
       <c r="J650" t="s">
         <v>35</v>
       </c>
       <c r="K650"/>
       <c r="L650"/>
       <c r="M650"/>
       <c r="N650"/>
       <c r="O650" t="s">
         <v>36</v>
       </c>
       <c r="P650"/>
       <c r="Q650" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="651" spans="1:17">
       <c r="A651">
         <v>32211</v>
       </c>
       <c r="B651" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C651"/>
       <c r="D651"/>
       <c r="E651"/>
       <c r="F651"/>
       <c r="G651"/>
       <c r="H651" t="s">
         <v>45</v>
       </c>
       <c r="I651" t="s">
         <v>34</v>
       </c>
       <c r="J651" t="s">
         <v>35</v>
       </c>
       <c r="K651"/>
       <c r="L651"/>
       <c r="M651"/>
       <c r="N651"/>
       <c r="O651" t="s">
         <v>36</v>
       </c>
       <c r="P651"/>
       <c r="Q651" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="652" spans="1:17">
       <c r="A652">
         <v>68003</v>
       </c>
       <c r="B652" t="s">
-        <v>2149</v>
+        <v>2153</v>
       </c>
       <c r="C652"/>
       <c r="D652"/>
       <c r="E652"/>
       <c r="F652"/>
       <c r="G652"/>
       <c r="H652" t="s">
         <v>23</v>
       </c>
       <c r="I652" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J652" t="s">
         <v>25</v>
       </c>
       <c r="K652"/>
       <c r="L652" t="s">
         <v>26</v>
       </c>
       <c r="M652"/>
       <c r="N652"/>
       <c r="O652"/>
       <c r="P652" t="s">
-        <v>2150</v>
+        <v>2154</v>
       </c>
       <c r="Q652" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="653" spans="1:17">
       <c r="A653">
         <v>29856</v>
       </c>
       <c r="B653" t="s">
-        <v>2151</v>
+        <v>2155</v>
       </c>
       <c r="C653"/>
       <c r="D653"/>
       <c r="E653"/>
       <c r="F653"/>
       <c r="G653"/>
       <c r="H653" t="s">
         <v>23</v>
       </c>
       <c r="I653" t="s">
         <v>34</v>
       </c>
       <c r="J653" t="s">
         <v>35</v>
       </c>
       <c r="K653"/>
       <c r="L653"/>
       <c r="M653"/>
       <c r="N653"/>
       <c r="O653" t="s">
         <v>48</v>
       </c>
       <c r="P653"/>
       <c r="Q653" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="654" spans="1:17">
       <c r="A654">
         <v>11285</v>
       </c>
       <c r="B654" t="s">
-        <v>2152</v>
+        <v>2156</v>
       </c>
       <c r="C654"/>
       <c r="D654"/>
       <c r="E654"/>
       <c r="F654"/>
       <c r="G654"/>
       <c r="H654" t="s">
         <v>23</v>
       </c>
       <c r="I654" t="s">
         <v>111</v>
       </c>
       <c r="J654" t="s">
         <v>25</v>
       </c>
       <c r="K654"/>
       <c r="L654" t="s">
         <v>26</v>
       </c>
       <c r="M654"/>
       <c r="N654"/>
       <c r="O654"/>
       <c r="P654" t="s">
-        <v>2153</v>
+        <v>2157</v>
       </c>
       <c r="Q654" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="655" spans="1:17">
       <c r="A655">
         <v>98010</v>
       </c>
       <c r="B655" t="s">
-        <v>2154</v>
+        <v>2158</v>
       </c>
       <c r="C655"/>
       <c r="D655"/>
       <c r="E655"/>
       <c r="F655"/>
       <c r="G655"/>
       <c r="H655" t="s">
         <v>23</v>
       </c>
       <c r="I655" t="s">
         <v>111</v>
       </c>
       <c r="J655" t="s">
         <v>25</v>
       </c>
       <c r="K655"/>
       <c r="L655" t="s">
         <v>26</v>
       </c>
       <c r="M655"/>
       <c r="N655"/>
       <c r="O655"/>
       <c r="P655" t="s">
-        <v>2155</v>
+        <v>2159</v>
       </c>
       <c r="Q655" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="656" spans="1:17">
       <c r="A656">
         <v>32212</v>
       </c>
       <c r="B656" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
       <c r="C656"/>
       <c r="D656"/>
       <c r="E656"/>
       <c r="F656"/>
       <c r="G656"/>
       <c r="H656" t="s">
         <v>23</v>
       </c>
       <c r="I656" t="s">
         <v>34</v>
       </c>
       <c r="J656" t="s">
         <v>35</v>
       </c>
       <c r="K656"/>
       <c r="L656"/>
       <c r="M656"/>
       <c r="N656"/>
       <c r="O656" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="P656"/>
       <c r="Q656" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="657" spans="1:17">
       <c r="A657">
         <v>36578</v>
       </c>
       <c r="B657" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="C657"/>
       <c r="D657"/>
       <c r="E657"/>
       <c r="F657"/>
       <c r="G657"/>
       <c r="H657" t="s">
         <v>23</v>
       </c>
       <c r="I657" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J657" t="s">
         <v>25</v>
       </c>
       <c r="K657"/>
       <c r="L657" t="s">
         <v>26</v>
       </c>
       <c r="M657"/>
       <c r="N657"/>
       <c r="O657"/>
       <c r="P657"/>
       <c r="Q657" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="658" spans="1:17">
       <c r="A658">
         <v>36127</v>
       </c>
       <c r="B658" t="s">
-        <v>2158</v>
+        <v>2162</v>
       </c>
       <c r="C658"/>
       <c r="D658"/>
       <c r="E658"/>
       <c r="F658"/>
       <c r="G658"/>
       <c r="H658" t="s">
         <v>45</v>
       </c>
       <c r="I658" t="s">
         <v>1723</v>
       </c>
       <c r="J658" t="s">
         <v>91</v>
       </c>
       <c r="K658"/>
       <c r="L658" t="s">
         <v>26</v>
       </c>
       <c r="M658" t="s">
         <v>92</v>
       </c>
       <c r="N658"/>
       <c r="O658"/>
       <c r="P658"/>
       <c r="Q658" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="659" spans="1:17">
       <c r="A659">
         <v>27543</v>
       </c>
       <c r="B659" t="s">
-        <v>2159</v>
+        <v>2163</v>
       </c>
       <c r="C659"/>
       <c r="D659"/>
       <c r="E659"/>
       <c r="F659"/>
       <c r="G659"/>
       <c r="H659" t="s">
         <v>23</v>
       </c>
       <c r="I659" t="s">
         <v>1045</v>
       </c>
       <c r="J659" t="s">
         <v>91</v>
       </c>
       <c r="K659"/>
       <c r="L659" t="s">
         <v>26</v>
       </c>
       <c r="M659" t="s">
         <v>92</v>
       </c>
       <c r="N659"/>
       <c r="O659"/>
       <c r="P659"/>
       <c r="Q659" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="660" spans="1:17">
       <c r="A660">
         <v>79269</v>
       </c>
       <c r="B660" t="s">
-        <v>2160</v>
+        <v>2164</v>
       </c>
       <c r="C660" t="s">
-        <v>2161</v>
+        <v>2165</v>
       </c>
       <c r="D660" t="s">
         <v>132</v>
       </c>
       <c r="E660"/>
       <c r="F660"/>
       <c r="G660"/>
       <c r="H660" t="s">
         <v>23</v>
       </c>
       <c r="I660" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J660" t="s">
         <v>91</v>
       </c>
       <c r="K660"/>
       <c r="L660" t="s">
         <v>26</v>
       </c>
       <c r="M660" t="s">
         <v>92</v>
       </c>
       <c r="N660"/>
       <c r="O660"/>
       <c r="P660"/>
       <c r="Q660" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="661" spans="1:17">
       <c r="A661">
         <v>32194</v>
       </c>
       <c r="B661" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="C661"/>
       <c r="D661"/>
       <c r="E661"/>
       <c r="F661"/>
       <c r="G661"/>
       <c r="H661" t="s">
         <v>45</v>
       </c>
       <c r="I661" t="s">
         <v>34</v>
       </c>
       <c r="J661" t="s">
         <v>35</v>
       </c>
       <c r="K661"/>
       <c r="L661"/>
       <c r="M661"/>
       <c r="N661"/>
       <c r="O661" t="s">
         <v>48</v>
       </c>
       <c r="P661"/>
       <c r="Q661" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="662" spans="1:17">
       <c r="A662">
         <v>36250</v>
       </c>
       <c r="B662" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
       <c r="C662"/>
       <c r="D662"/>
       <c r="E662"/>
       <c r="F662"/>
       <c r="G662"/>
       <c r="H662" t="s">
         <v>45</v>
       </c>
       <c r="I662" t="s">
         <v>34</v>
       </c>
       <c r="J662" t="s">
         <v>35</v>
       </c>
       <c r="K662"/>
       <c r="L662"/>
       <c r="M662"/>
       <c r="N662"/>
       <c r="O662" t="s">
         <v>36</v>
       </c>
       <c r="P662" t="s">
-        <v>2164</v>
+        <v>2168</v>
       </c>
       <c r="Q662" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="663" spans="1:17">
       <c r="A663">
         <v>32215</v>
       </c>
       <c r="B663" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="C663"/>
       <c r="D663"/>
       <c r="E663"/>
       <c r="F663"/>
       <c r="G663"/>
       <c r="H663" t="s">
         <v>23</v>
       </c>
       <c r="I663" t="s">
         <v>34</v>
       </c>
       <c r="J663" t="s">
         <v>35</v>
       </c>
       <c r="K663"/>
       <c r="L663"/>
       <c r="M663"/>
       <c r="N663"/>
       <c r="O663" t="s">
         <v>36</v>
       </c>
       <c r="P663"/>
       <c r="Q663" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="664" spans="1:17">
       <c r="A664">
         <v>32217</v>
       </c>
       <c r="B664" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="C664"/>
       <c r="D664"/>
       <c r="E664"/>
       <c r="F664"/>
       <c r="G664"/>
       <c r="H664" t="s">
         <v>45</v>
       </c>
       <c r="I664" t="s">
         <v>34</v>
       </c>
       <c r="J664" t="s">
         <v>35</v>
       </c>
       <c r="K664"/>
       <c r="L664"/>
       <c r="M664"/>
       <c r="N664"/>
       <c r="O664" t="s">
         <v>36</v>
       </c>
       <c r="P664"/>
       <c r="Q664" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="665" spans="1:17">
       <c r="A665">
         <v>24460</v>
       </c>
       <c r="B665" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
       <c r="C665"/>
       <c r="D665"/>
       <c r="E665"/>
       <c r="F665"/>
       <c r="G665"/>
       <c r="H665" t="s">
         <v>65</v>
       </c>
       <c r="I665" t="s">
         <v>34</v>
       </c>
       <c r="J665" t="s">
         <v>35</v>
       </c>
       <c r="K665"/>
       <c r="L665"/>
       <c r="M665"/>
       <c r="N665"/>
       <c r="O665" t="s">
         <v>48</v>
       </c>
       <c r="P665"/>
       <c r="Q665" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="666" spans="1:17">
       <c r="A666">
         <v>75328</v>
       </c>
       <c r="B666" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="C666" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="D666" t="s">
         <v>132</v>
       </c>
       <c r="E666"/>
       <c r="F666"/>
       <c r="G666"/>
       <c r="H666" t="s">
         <v>23</v>
       </c>
       <c r="I666" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J666" t="s">
         <v>25</v>
       </c>
       <c r="K666"/>
       <c r="L666" t="s">
         <v>26</v>
       </c>
       <c r="M666"/>
       <c r="N666"/>
       <c r="O666"/>
       <c r="P666"/>
       <c r="Q666" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="667" spans="1:17">
       <c r="A667">
         <v>32484</v>
       </c>
       <c r="B667" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="C667"/>
       <c r="D667"/>
       <c r="E667"/>
       <c r="F667"/>
       <c r="G667"/>
       <c r="H667" t="s">
         <v>23</v>
       </c>
       <c r="I667" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J667" t="s">
         <v>25</v>
       </c>
       <c r="K667"/>
       <c r="L667" t="s">
         <v>26</v>
       </c>
       <c r="M667"/>
       <c r="N667"/>
       <c r="O667"/>
       <c r="P667"/>
       <c r="Q667" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="668" spans="1:17">
       <c r="A668">
         <v>26888</v>
       </c>
       <c r="B668" t="s">
-        <v>2171</v>
+        <v>2175</v>
       </c>
       <c r="C668"/>
       <c r="D668"/>
       <c r="E668"/>
       <c r="F668"/>
       <c r="G668"/>
       <c r="H668" t="s">
         <v>23</v>
       </c>
       <c r="I668" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="J668" t="s">
         <v>91</v>
       </c>
       <c r="K668"/>
       <c r="L668" t="s">
         <v>26</v>
       </c>
       <c r="M668" t="s">
         <v>92</v>
       </c>
       <c r="N668"/>
       <c r="O668"/>
       <c r="P668"/>
       <c r="Q668" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="669" spans="1:17">
       <c r="A669">
         <v>24458</v>
       </c>
       <c r="B669" t="s">
-        <v>2172</v>
+        <v>2176</v>
       </c>
       <c r="C669"/>
       <c r="D669"/>
       <c r="E669"/>
       <c r="F669"/>
       <c r="G669"/>
       <c r="H669" t="s">
         <v>23</v>
       </c>
       <c r="I669" t="s">
         <v>34</v>
       </c>
       <c r="J669" t="s">
         <v>35</v>
       </c>
       <c r="K669"/>
       <c r="L669"/>
       <c r="M669"/>
       <c r="N669"/>
       <c r="O669" t="s">
         <v>48</v>
       </c>
       <c r="P669" t="s">
-        <v>2173</v>
+        <v>2177</v>
       </c>
       <c r="Q669" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>