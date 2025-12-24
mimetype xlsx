--- v0 (2025-10-20)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="824">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="855">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -743,50 +743,62 @@
   <si>
     <t>Es una hierba perenne de hasta 130 cm de alto que crece formando densas macollas. Los tallos florales son erectos (o ligeramente caídos), no ramificados o, en el caso, muy poco. Estos tallos surgen de la base de la planta, junto con las hojas. Las hojas tienen el limbo enrollado, son largas, acintadas, ásperas al tacto, y miden hasta 30 cm x 3 mm. En su mayoría son glabras, pero a veces tienen algunos pelos hacia la base. La lígula que aparece entre la vaina de la hoja y la lámina es ciliada. Tienen una costilla notoria en el haz. Las espigas de semillas son de 6-30 cm de largo, plumosas, de color rojizo, rosado o púrpura. Cada espiguilla floral está rodeada por numerosas cerdas plumosas, de 12 a 26 mm de largo, y con una cerda significativamente más larga que las demás (16-40 mm). El raquis es angular. Las espigas maduras se vuelven de color pajizo, y las semillas se desprenden con las cerdas plumosas rodeándolas.</t>
   </si>
   <si>
     <t>Incluido, Incluido</t>
   </si>
   <si>
     <t>Pennisetum setaceum (Forssk.) Chiov.</t>
   </si>
   <si>
     <t>Cherax destructor Clark, 1936</t>
   </si>
   <si>
     <t>prueba_Yabbie (Castellano), Yabby (Inglés)</t>
   </si>
   <si>
     <t>Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Cangrejo de río de caparazón suave, con un par de crestas post-orbitales. El rostro es convergente, sin cresta central con los bordes no desarrollados y no espinosos. Carece de espinas postcervicales. Cefalotórax liso. Carece de sutura longitudinal y de pleópodos en el primer segmento subabdominal. Coloración variable, desde gris azulado a verdoso o marrón, dependiendo del hábitat en el que se encuentre. Puede llegar a los 15-20 cm de longitud con un peso de hasta 320 gramos. Tiene grandes y gruesas pinzas de bordes lisos, sin espolón en el carpopodito, muy apuntadas y con tonalidades rojizas en la base; la parte ventral de las quelas suele ser de color blanquecino o gris, mientras que la superior es del mismo color que el resto del cuerpo.</t>
   </si>
   <si>
     <t>Invertebrados</t>
   </si>
   <si>
+    <t>Chrysemys picta (Schneider, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Tortuga pintada (Castellano), Black-spectacled Toad (Inglés), Painted Turtle (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Galápago semiacuático de tamaño medio, pudiendo alcanzar los 25 cm. El caparazón es liso y ovalado, oscuro con bordes amarillos y/o rojos a los largo de las “suturas” de los escudos, y dibujos rojos en los escudos marginales. Algunos individuos pueden presentar una línea media dorsal amarilla o roja. El plastrón es amarillo o rojizo con manchas negras, aunque esta coloración puede variar en función de la subespecie de la que se trate. La cabeza, cuello, patas y cola son de color oliva o negro, y presentan rayas amarillas y/o rojas.</t>
+  </si>
+  <si>
     <t>Corbicula fluminea (Muller, 1774)</t>
   </si>
   <si>
     <t>prueba_Almeja de río asiática (Castellano), Txirla asiarra (Euskera), Cloïsa asiàtica (Catalán), Asiatic clam (Inglés), Golden Freshwater Clam (Inglés)</t>
   </si>
   <si>
     <t>Pequeña almeja, generalmente de 25 mm pero que puede llegar a los 4-5 cm de largo, con la concha sólida, robusta, de contorno triangular o redondo, con aspecto de cesto (“inflada”) y umbos prominentes. Tiene una escultura muy marcada, con costillas regulares y concéntricas características, en número de 7a14 por centímetro. El periostraco (“cáscara”) es brillante, de color marrón amarillento (a veces amarillo) o verdoso, ocasionalmente negruzco, casi negro. El interior (nácar) varía del color blanco al salmón o púrpura. El ligamento es corto, visible desde el exterior, y sobrepasa el margen dorsal. La charnela es robusta y muy arqueada. Tiene 3 dientes cardinales muy desarrollados en cada valva y 2 dientes laterales robustos y con estrías finas.</t>
   </si>
   <si>
     <t>Coturnix japonica Temminck &amp; Schlegel, 1849</t>
   </si>
   <si>
     <t>prueba_Codorniz japonesa (Castellano), Guatlla japonesa (Catalán), Japanese Quail (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Ave rechoncha de color marrón oscuro con manchas más claras en el dorso, y el vientre marrón más claro, aunque hay variaciones en el plumaje (marrón muy oscuro, castaño, moteado…). Tiene una raya de color blanquecino encima de los ojos a los lados de la cabeza. El pico es gris rosáceo. Las plumas del pecho de las hembras presentan manchas oscuras entre plumas generalmente pálidas, mientras que en los machos tienen un color marrón rojizo oscuro uniforme. Las mejillas de los machos son también de color marrón rojizo mientras que en las hembras son de color crema. Las patas son gris anaranjado o rosáceas. La cola es corta. Los huevos son de color marrón moteado, a menudo con un tono azulado, aunque en algunos casos pueden ser totalmente blancos. Los polluelos al nacer son marrones con rayas amarillas. Aunque el colorido indicado es típico de las poblaciones silvestres, la domesticación y cría selectiva se ha traducido en numerosas variedades de patrón y color del plumaje.</t>
   </si>
   <si>
     <t>Cylindropuntia imbricata (Haw.) F.M. Knuth</t>
@@ -812,65 +824,77 @@
   <si>
     <t>Mundial DD (Datos insuficientes)</t>
   </si>
   <si>
     <t>Arbusto suculento, de 20-50 cm de altura, ocasionalmente hasta 1,50 m, profusamente ramificado desde la base, con las ramas ascendentes y umbeliformes. Artejos cilíndricos, de color verde grisáceo, provistos de tubérculos longitudinales prominentes muy características, de 10- 15 x 1,6-2,5 (5) cm. Aréolas con tomento lanudo amarillento oscuro. Gloquidias de color amarillo, de 2-5 mm de longitud. Espinas 4-9 por aréola, a veces sólo una, muy punzantes, de color amarillento, rojizo o gris, de 1-4 cm de longitud, recurvadas en la punta, envueltas por una vaina papirácea plateada o blanquecina, aunque no en toda su longitud. Flores de color rosa, de 3,8-4 cm de longitud. Frutos de obcónicos a ovoides, amarillentos, espinosos, de 1,6-1,8 x 1,1-1,4 cm, tuberculados. Difiere de Cylindropuntia imbricata por su hábito más almohadillado, compacto y bajo, por su ramificación más profusa, por su mayor densidad de espinas de color argentado y por sus flores de color rosa suave. El género Cylindropuntia se ha separado de Opuntia para reunir a las especies con los artejos cilíndricos, provistas de una vaina papirácea que envuelve a las espinas y originarias de América del Norte y Central. Posteriores estudios genéticos y citogenéticos han puesto de manifiesto la clara separación de estas especies con respecto al resto de las especies de Opuntia con artejos planos o bien con artejos cilíndricos originarias de América del Sur.</t>
   </si>
   <si>
     <t>Cylindropuntia spinosior (Engelm.) F.M. Knuth</t>
   </si>
   <si>
     <t>prueba_Chumbera verrugosa (Castellano), Cholla (Castellano), Figuera de moro (Catalán), Cane Cholla (Inglés), Tuna (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>Arbusto suculento compacto, a veces arborescente, de 0,4-2 m de altura, con las ramas verticiladas. Segmentos caulinares cilíndricos, de color verde o ligeramente purpúreo, de 5-23 x 1,3-3,5 cm, cubiertos de tubérculos ovales prominentes. Aréolas con tomento pardusco o amarillento, a menudo elípticas. Gloquidias inconspicuas, amarillas o pardas, de 1-2 mm de longitud. Espinas 1-24 por aréola, de color crema a pardorojizo, entrelazadas, cubiertas por una vaina blanquecina y holgada. Flores de color rosa a rojo-púrpura, amarillo o blanco. Frutos anchamente cilíndricos, jugosos, fuertemente tuberculados, de color verde amarillento teñido de púrpura en la madurez, de 2,5-5 x 1,7-3 cm.</t>
   </si>
   <si>
     <t>Dreissena bugensis Andrusov, 1897</t>
   </si>
   <si>
     <t>prueba_Mejillón quagga (Castellano), Quagga Mussel (Inglés), Zebra mussel (Inglés)</t>
   </si>
   <si>
-    <t>Castellano, Inglés, Inglés</t>
-[...1 lines deleted...]
-  <si>
     <t>Molusco bivalvo con una concha de aspecto triangular, de unos 4 cm de longitud. La parte ventral es fuertemente convexa, sin carina o cresta ventrolateral. El margen dorsal de la concha es redondeado y presenta a menudo una extensión en forma de ala. Las valvas son claramente asimétricas: la parte anterior de la valva derecha está curvada a lo largo de la línea medio ventral; la parte más gruesa y antigua, el umbo, es puntiaguda y se sitúa en la parte anterior. El patrón de color va desde el marrón amarillento al negro, con un patrón de color rayado y/o en zig-zag, incluyendo formas intermedias con rayas de distintos tamaños y formas. La parte anterior interna de la valva está cubierta con una pequeña estructura llamada tabique, que sirve como zona de fijación de los músculos anteriores del pie. A lo largo de los bordes dorsales del interior de las valvas hay dos cicatrices alargadas donde se unen los músculos posteriores. Las valvas se unen entre sí a través de un ligamento en su porción dorsal anterior. En la bisagra presenta dientes vestigiales.</t>
   </si>
   <si>
     <t>Dreissena polymorpha (Pallas, 1771)</t>
   </si>
   <si>
     <t>prueba_Mejillón cebra (Castellano), Wandering Mussel (Inglés), Zebra mussel (Inglés)</t>
   </si>
   <si>
     <t>Molusco bivalvo que puede llegar a medir 3 cm de longitud, aunque por lo general es más pequeño. “Polymorpha” deriva de las muchas variaciones en color, patrón y forma de la concha. Ésta es triangular con umbos agudos y el borde externo romo, con un patrón irregular de bandas negras y blancas en zig-zag, aunque en ocasiones puede ser lisa. El periostraco (cubierta externa de la concha) está bien pulido. El mióforo (estructura en forma de placa o varilla sobre la cara interna de la concha sobre la que se fija el músculo retractor) es amplio y bien desarrollado, sin dientes laterales. Las valvas aparecen “infladas” en la parte posterior, aplanándose a lo largo de los márgenes ventral y anterior; una cresta aguda recorre los umbos hasta la parte posterior del margen ventral, formando un característico “hombro”; las valvas se unen por un ligamento situado en posición posterior a los umbos.</t>
   </si>
   <si>
+    <t>Duttaphrynus melanostictus (Schneider, 1799)</t>
+  </si>
+  <si>
+    <t>prueba_Sapo común asiático (Castellano), Asian Common Toad (Inglés), Asian Toad (Inglés), Common Sunda Toad (Inglés), Asian spined toad (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Sapo de tamaño medio, que llega a medir hasta 85 mm de longitud. Su cuerpo es robusto con la cabeza de pequeño tamaño y las patas cortas, con el primer dedo generalmente más largo que el segundo. Los dedos de las extremidades posteriores están palmeados. Su hocico es corto y romo. El tímpano es muy patente, ancho, al menos como dos tercios del diámetro del ojo. La coloración es variable, aunque el más común es el color amarillento o marrón, marcado con vetas más oscuras y manchas. La espalda está cubierta de verrugas espinosas, que suelen ser de color negro. El vientre es de color blanco sucio y carece de manchas. Los machos reproductores tienen la garganta de color amarillo-naranja brillante. Las glándulas parótidas son prominentes, con forma de riñón u ovalada. La piel es seca y presenta varias crestas óseas en la parte superior de la cabeza, una a lo largo del borde del hocico (cresta cantal), en frente del ojo (pre-orbitales), sobre el ojo (supra-orbitales), detrás del ojo (post-orbitales) y otra más corta entre el ojo y el oído (órbito-timpánica). Los juveniles presentan una banda negra en la garganta, carecen de verrugas y tienen el tímpano pequeño. Los renacuajos son pequeños, con el dorso negro y generalmente el vientre oscuro.</t>
+  </si>
+  <si>
+    <t>Anfibios</t>
+  </si>
+  <si>
     <t>Elodea canadensis Michx.</t>
   </si>
   <si>
     <t>prueba_Broza del Canadá (Castellano), Peste de agua (Castellano), Elodea (Catalán), American waterweed (Inglés)</t>
   </si>
   <si>
     <t>Es una planta herbácea acuática, sumergida, perenne, dioica, con raíces blancas, no ramificadas y filiformes. Los tallos son alargados y flexibles, de 20 a 30 cm de largo, ramificados y muy densos. Los entrenudos son largos y las articulaciones (nodos) frágiles. Las hojas se presentan en verticilos de 3 (en la porción inferior del tallo pueden aparecer opuestas), son sésiles, oblongo-lineales, de color verde oscuro translúcido, con el margen muy finamente dentado. Son rígidas pero su textura no es cerosa. Las hojas medias y altas son elípticas, de 2-5 mm de ancho, y una longitud de la hoja en proporción a la anchura de 3:1. El tallo de la flor femenina es de unos 2-15 cm de largo, filiforme; los sépalos y pétalos de unos 2-3 mm de longitud. Los pétalos son blancos o de un púrpura muy pálido, y aparecen en la superficie del agua. Las flores masculinas, pedunculadas, están ausentes en Europa. Los frutos son una cápsula ovoide de menos de 1 cm de largo y 3 mm de ancho que contiene semillas glabras.</t>
   </si>
   <si>
     <t>Elodea nuttallii (Planch.) H. St. John</t>
   </si>
   <si>
     <t>prueba_Broza del Canadá (Castellano), Peste de agua (Castellano), Nutall's water-weed (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Es una planta herbácea acuática, sumergida, perenne, dioica, con raíces blancas, no ramifi- cadas y filiformes. Los tallos son alargados y flexibles, redondos en sección transversal, de 20 a 30 cm de largo, ramificados y muy densos. Los entrenudos son largos y las articulaciones (nodos) frágiles. Las hojas, de color verde pálido, se presentan en verticilos de 3 (a veces de 4; en la porción inferior del tallo pueden aparecer opuestas), son sésiles, lineales o estrechamente lanceoladas, a menudo con los márgenes recurvados, de 6-13 mm de largo y 0,7-1,5 mm de ancho, con el ápice agudo, con el margen muy finamente dentado. Son rígidas pero su textura no es cerosa. Las hojas medias y altas son elípticas, de 2-5 mm de ancho, y una longitud de la hoja en proporción a la anchura de 6:1. La flor es pequeña (no más de 8 mm de diámetro), con las flores blancas cerosas producidas sobre pedicelos largos y filiformes; tienen 3 sépalos y 3 pétalos. Las flores masculinas, sésiles, están ausentes en Europa. Los frutos son una cápsula de ovoide a fusiforme de 5-7 mm de largo, que contiene semillas fusiformes con pelos largos en la base.</t>
   </si>
   <si>
     <t>Estrilda astrild (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Estrilda común (Castellano), Pico de coral (astrild) (Castellano), Common Waxbill (Inglés)</t>
@@ -947,50 +971,65 @@
   <si>
     <t>prueba_Bagre de canal (Castellano), Pez gato punteado (Castellano), Peix gat americà (Catalán), Channel Catfish (Inglés)</t>
   </si>
   <si>
     <t>Especie de gran tamaño, de cuerpo robusto y cilíndrico, que puede llegar al metro y medio de longitud y los 25 kg de peso. El cuerpo carece de escamas. La coloración es variable, y parece ser dependiente del agua en la que habita; es azul, oliva, gris o negro por el dorso, con numerosas manchas conspicuas oscuras en los flancos (aunque en los individuos muy grandes o muy pequeños pueden carecer de ellas) y el vientre blanco. La cabeza es ancha y aplanada con una gran boca terminal, en la cual la mandíbula superior sobresale más que la inferior. Tiene 8 barbillones largos y desiguales alrededor de la boca; 4 están en la barbilla, 2 en el hocico y uno en cada esquina de la boca. La aleta dorsal anterior, las pectorales y las ventrales presentan espinas duras. La aleta dorsal posterior es adiposa y se sitúa cercana al inicio de la caudal. La aleta caudal está fuertemente ahorquillada. La aleta anal es rectangular y presenta 25-29 radios blandos.</t>
   </si>
   <si>
     <t>Leiothrix lutea (Scopoli, 1786)</t>
   </si>
   <si>
     <t>prueba_Ruiseñor del Japón (Castellano), Leiotrix piquirrojo (Castellano), Rossinyol del Japó (Catalán), Pekin Robin (Inglés), Red-billed Leiothrix (Inglés)</t>
   </si>
   <si>
     <t>Es un pequeño paseriforme de atractivos colores, de 15 cm de largo, con la cabeza grande, el pico estrecho y una corta cola. La corona, nuca y espalda son de color verde oliva opaco, el cuerpo es grisáceo y verde oliva, con el vientre gris y la cola azulada; la garganta es amarilla, el pecho anaranjado o rojizo, y las alas amarillas, rojas y negras. El pico es de color rojo vivo. La cola es negra y está profundamente bifurcada; las coberteras sub-caudales son amarillas. Ambos sexos son muy similares en apariencia, aunque los tonos de las hembras suelen ser algo más apagados. Los juveniles tienen las manchas rojas y amarillas de las alas más apagadas, la garganta de color amarillo con bandas de color óxido en el pecho, y el dorso de color gris pizarra.</t>
   </si>
   <si>
     <t>Linepithema humile (Mayr, 1868)</t>
   </si>
   <si>
     <t>prueba_Hormiga argentina (Castellano), Argentine ant (Inglés)</t>
   </si>
   <si>
     <t>Las obreras, de color marrón, son de pequeño tamaño, monomórficos, con una longitud entre los 2.2 y 2.8 mm. La superficie del cuerpo es lisa, brillante, y carece de pelos en el dorso de cabeza y tórax. Las antenas tienen 12 segmentos, con el escapo más corto que el 1.5 de la longitud de la cabeza. Cabeza en forma de lágrima, con la parte más ancha muy por encima de los ojos, los cuales están posicionados relativamente bajos en la cabeza (por debajo de la línea media de la cara). El margen frontal del clípeo tiene una amplia concavidad, poco profunda. Pelos en el margen frontal del clípeo rectos. Las mandíbulas tienen entre 5 y 8 dientes grandes, con 5-13 dentículos pequeños. El primer diente apical es mucho más largo que el segundo. El peciolo es pequeño, en posición vertical, y está compuesto por un único segmento. Cara superior del propodeo generalmente de la misma longitud o más larga que la trasera. Puede tener el abdomen de color miel cuando lo tiene distendido al almacenar líquido. Los machos son pequeños, entre 2.8 y 3 mm de longitud, de color marrón oscuro, alados, con un tórax robusto y elíptico, más grande que la cabeza. Las reinas son más grandes, miden entre 4 y 6 mm., de color marrón oscuro con un gran tórax. Los huevos son elípticos y delicados, de color blanco nacarado, de unos 0.3 mm de largo y 0.2 mm de ancho. La pupa de las obreras es blanca, tornando a color crema y marrón oscuro a medida que se desarrolla; la pupa de los machos es un 50% más grande que la de las obreras, mientras que la de la reina es más del doble del tamaño de la pupa de las obreras.</t>
   </si>
   <si>
+    <t>Lithobates catesbeianus (Shaw, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Rana toro (Castellano), Rana toro americana (Castellano), Granota toro (Catalán), American Bullfrog (Inglés), Bullfrog (Inglés), Common Bullfrog (Inglés), Grenouille-taureau (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Es una rana de gran tamaño, con una longitud media de 10-17 cm, pudiendo llegar a superar los 40 cm de largo y el kilogramo de peso. La piel es lisa, sin verrugas, picos o arrugas. El cuerpo es robusto de coloración es variable, desde tonos café a distintos tonos de verde, con manchas más oscuras en el dorso, cabeza de color verde más claro y patas posteriores con bandas o manchas oscuras. El vientre es de color blanquecino, con algunas manchas grises. La cabeza es ancha y plana, con un pliegue de piel a cada lado que va desde detrás del ojo hasta el tímpano, visible, al que bordea. En los machos el tímpano es muy grande, varias veces mayor que el diámetro del ojo, con un borde oscuro, mientras que en las hembras no supera el tamaño del ojo. Los dedos de las patas posteriores, excepto el 4º, presentan membranas interdigitales Los renacuajos son excepcionalmente grandes, midiendo entre los 15 y los 18 cm de largo (el cuerpo puede llegar a tener el tamaño de una pelota de golf), de color marrón o verde oliva con pequeños puntos negros en el dorso. Los huevos son muy pequeños, de color negro, a veces con la parte inferior ligeramente más clara.</t>
+  </si>
+  <si>
+    <t>Rana catesbeiana Shaw, 1802</t>
+  </si>
+  <si>
     <t>Melanoides tuberculatus (Muller, 1774)</t>
   </si>
   <si>
     <t>prueba_Caracol trompeta (Castellano)</t>
   </si>
   <si>
     <t>Caracol que mide entre 20 y 40 mm, aunque puede llegar hasta los 8 cm. La concha tiene forma de torre, con espirales redondeadas con las suturas bien marcadas, liras notorias y generalmente con bordes transversales sobre las vueltas de la espira. El color suele ser marrón oscuro o verdoso con franjas rojizas en zigzag hasta las primeras vueltas, donde se vuelve más blancuzca. Sin embargo, las características de la concha (tanto la forma general, como el color de fondo o la ornamentación) pueden variar. La abertura es ovalada y el opérculo es paucispiral (con pocas espirales), con el núcleo cerca de la base. La cabeza se parece a una lengüeta, y está constreñida en su parte ventral para dar lugar al pie. Los tentáculos surgen justo por encima de esta área estrecha, siendo largos y delgados.</t>
   </si>
   <si>
     <t>Misgurnus anguillicaudatus (Cantor, 1842)</t>
   </si>
   <si>
     <t>prueba_Misgurno (Castellano), Dojo (Castellano), Weatherfish (Inglés), Dojo loach (Inglés), Weather loach (Inglés), Pond loach (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Especie dulceacuícola de tamaño medio, con aspecto que recuerda al de una anguila, alargado y cilíndrico, y que no suele superar los 28 cm de longitud. La coloración es muy variable, pero generalmente el dorso es marrón claro, con tonalidades amarillentas-verdosas y manchas negras. El vientre es de color marrón grisáceo. La boca es pequeña, estrecha y en posición sub-inferior, presenta labios gruesos, y está rodeada por 6 barbillones largos. La línea lateral es muy corta, no superando la longitud de la aleta pectoral. Posee una fuerte espina suborbital. La aleta dorsal está en posición algo adelantada respecto a las pélvicas, tiene la base corta, y cuenta con 9 radios. Las aletas pectorales son de forma triangular en vez de redondeada, y presentan un radio robusto. Presenta crestas adiposas alargadas y visibles a lo largo de las líneas medias dorsal y ventral del pedúnculo caudal. Las aletas pélvicas tienen entre 6 y 7 radios, y las anales entre 7 y 8. La aleta caudal es redondeada.</t>
   </si>
   <si>
     <t>Misgurnus fossilis</t>
   </si>
   <si>
     <t>Myiopsitta monachus (Boddaert, 1783)</t>
@@ -1205,59 +1244,89 @@
   <si>
     <t>Cotorra de color verde pálido, con la cara y alas de un verde más intenso, la barbilla negra y la nuca un poco azulada. La cola, muy larga y afilada, es de un tono verde más oscuro, con las plumas centrales azuladas y la punta verde amarillento. El pico es corto y ganchudo, con la mandíbula superior de color rojo intenso y la inferior negra. Los machos adultos tienen un característico collar rosáceo o rojizo, con una banda negra. Las hembras carecen de la línea negra en la cara que presentan los machos (aunque portan, en la misma zona, un área sombreada), y de la banda rosada en el pico. Los juveniles carecen de collar. Estas aves pueden llegar a medir hasta 40 cm y pesar unos 140 gramos. El colorido indicado es el original; sin embargo han aparecido mutaciones que han dado ejemplares con tonalidades azuladas, amarillas, blancas, etc.</t>
   </si>
   <si>
     <t>Pycnonotus cafer (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>prueba_Bulbul cafre (Castellano), Red-vented bulbul (Inglés)</t>
   </si>
   <si>
     <t>Es un ave de tamaño mediano, de unos 20 cm de longitud y entre 26 y 45 gramos de peso. El macho y la hembra son similares, aunque el macho tiende a ser de mayor tamaño. La cabeza tiene una apariencia cuadrada debido a la corta cresta que luce. El pico y los ojos son negros. El cuerpo es de tonalidades oscuras (marrones, grisáceas o de color humo), la cabeza es casi negra y el abdomen blanco. Presenta una característica y distintiva mancha de color carmesí bajo las plumas de la cola. La cola es de color marrón con la punta blanca. Los juveniles son como los adultos, pero con algún ribete de color marrón en las plumas. Los huevos son de color rosa pálido o rojizo, profundamente marcados con manchas oscuras de tonos marrón violáceo.</t>
   </si>
   <si>
     <t>Pycnonotus jocosus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Bulbul orfeo (Castellano), Bulbul de bigoti vermell (Catalán), Red-whiskered bulbu (Inglés), Red-whiskered Bulbul (Inglés), Red-whiskered BulbulI (Inglés), Bulbul orphée (Francés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Ave paseriforme de 17 a 23 cm de longitud, con una envergadura de unos 28 cm y un peso de 23-42 gramos. La cabeza es negra con una llamativa y puntiaguda cresta y unos distintivos parches rojos en los oídos; las mejillas son blancas y la nuca negra. El pico y los ojos son negros. La barbilla, garganta, pecho y vientre son blanquecinos, los flancos bronceados y la espalda marrón oscuro. La cola es larga y marrón, con los extremos de las plumas externas de color blanco, y presenta una característica mancha carmesí debajo de ella. Las patas son negras y relativamente cortas. Los machos y hembras son iguales en apariencia. Los juveniles son como los adultos, pero carecen de los parches rojos y tienen la corona de color gris oscuro.</t>
   </si>
   <si>
+    <t>Python regius (Shaw, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Pitón real (Castellano), Pitón bola (Castellano), Royal python (Inglés), Ball python (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Es un ofidio que mide 24-43 cm al nacer y alcanza una longitud de 1,8 m. Las hembras adultas son más grandes que los machos. Es de cuerpo robusto, con la cabeza más ancha que el cuello. Típicamente muestra un patrón de grandes marcas marrones con puntos más claros intercalados y el vientre es generalmente blanco (Graf, 2011).Cuando se sienten amenazados se enroscan en forma de bola con la cabeza en el centro. La esperanza de vida media es de 10 años en estado salvaje y 20 en cautividad, aunque existen registros en zoos de ejemplares que han vivido hasta 50 años (Graf, 2011). Las pitones son una especie con riesgo alto de invasión, ya que se trata de depredadores de tamaño medio-grande, capaces de alcanzar grandes densidades en hábitats apropiados, con coloración críptica que les permite pasar desapercibidas incluso en regiones urbanizadas, y que son importadas en gran número (en muchos casos hembras grávidas) (Reed, 2005).</t>
+  </si>
+  <si>
+    <t>Boa regia Shaw, 1802</t>
+  </si>
+  <si>
     <t>Quelea quelea (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Quelea común (Castellano), Teixidor de bec vermell (Catalán), Red-billed quelea (Inglés), Travailleur à bec rouge (Francés)</t>
   </si>
   <si>
     <t>Ave de pequeño tamaño, de unos 12 cm de largo y un peso entre 15 y 26 gramos. Presenta dimorfismo sexual. Los machos tienen un plumaje polimórfico, con zonas negras, amarillas, rosadas, moradas o blancas en la cabeza y cuello, y un vientre de diferentes coloraciones en su parte superior, siendo el resto de color marrón claro o blanco con algunas estrías oscuras. Suelen tener una máscara negra, aunque a veces es de color blanco. El pico es rojo. La cola es corta, de color marrón oscuro al igual que la parte superior del ala. El anillo orbital del ojo suele ser rojo, y el iris de color marrón. Las patas son naranjas. El plumaje fuera de la época reproductora no es brillante, y gran parte de la máscara, frente y corona se torna de color marrón grisáceo con rayas oscuras; la barbilla, garganta y ceja blanquecinas y las piernas de color carne. El plumaje nupcial de las hembras es similar al de los machos fuera de la época de cría, pero con el anillo ocular y el pico de color amarillo. Los juveniles tienen un plumaje similar a los machos fuera de la época reproductora, pero con la cabeza gris y las mejillas blanquecinas.</t>
   </si>
   <si>
+    <t>Rhinella marina (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Sapo marino (Castellano), Sapo Común (Castellano), Sapo Grande (Castellano), Marine Toad (Inglés), Giant Marine Toad (Inglés), Giant Toad (Inglés), Cane toad (Inglés), Agua Toad (Inglés), Crapaud (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Sapo robusto de gran tamaño, que llega a alcanzar los 15 cm de longitud, e incluso los supera. El color es variable, desde gris a marrón, pardo-rojizo y o verde oliva. El vientre es de color crema, pudiendo tener manchas marrones o negras. Su piel está surcada de verrugas y es áspera, con protuberancias que comienzan encima de los ojos y llegan al hocico. Las patas son cortas, con dedos en las extremidades posteriores unidos por membranas, de las que carecen lo anteriores, que son libres. Presentan una glándula parótida de gran tamaño detrás de cada ojo. Los ojos son dorados, con la pupila horizontal. El tímpano mide alrededor de la mitad a dos tercios del tamaño del ojo. Los jóvenes suelen ser lisos, de color oscuro a veces rojizo, y carecen de las grandes glándulas parótidas de los adultos. Los renacuajos tienen el dorso negro y el vientre blanco plateado con manchas negras.</t>
+  </si>
+  <si>
+    <t>Bufo marinus (Linnaeus, 1758)</t>
+  </si>
+  <si>
     <t>Rousettus aegyptiacus (E. Geoffroy, 1810)</t>
   </si>
   <si>
     <t>prueba_Murciélago frugívoro egipcio (Castellano), Murciélago egipcio (Castellano), Ratpenat frugívor d'Egipte (Catalán), Egyptian Fruit Bat (Inglés), Egyptian Rousette (Inglés)</t>
   </si>
   <si>
     <t>Es uno de los miembros más pequeños de los llamados megaquirópteros, murciélagos de la fruta o zorros voladores. Los adultos miden entre 14-19 cm de longitud, mientras que la envergadura varía entre los 48 y los 64 cm. Tiene una característica cara de zorro, orejas pequeñas y simples, y de punta roma más oscuras que el pelaje dorsal, y grandes ojos oscuros. El pelaje es de color marrón claro con las alas de color marrón más oscuro. Tienen cinco dedos en las patas posteriores, con garras. En las extremidades anteriores (alas) sólo presentan una garra en el 1er y 2º dígito, mientras que el resto sólo tienen cartílago. Las membranas de las “alas” son de color marrón oscuro, con pelo corto hasta la mitad proximal del antebrazo. Las extremidades posteriores tienen 5 dedos con garras. La cola es muy corta (a veces desaparece), con la membrana reducida considerablemente.</t>
   </si>
   <si>
     <t>Scardinius erythrophthalmus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Gardí (Castellano), Pearl roach (Inglés), Rudd (Inglés)</t>
   </si>
   <si>
     <t>Pez de tamaño mediano que no suele superar los 20 cm de longitud en España, aunque en sus zonas de origen pueden llegar a alcanzar los 50 cm y los 2 kg de peso. Presentan un cuerpo alto, alargado y relativamente comprimido lateralmente, con grandes escamas cuyo número en la línea lateral es de 40-45. El color es variable, pero comúnmente suelen ser de color plateado con la base de las aletas pectorales, ventrales, anal y caudal de un tono rojizo. Los ojos son de color anaranjado. La boca es pequeña, arqueada en posición súpera; presenta dos hileras de dientes faríngeos a cada lado, fuertemente aserrados. Las aletas son largas; la dorsal tiene 8-9 radios ramificados y la anal entre 9 y 12. La zona que se encuentra entre las aletas ventrales y la anal presenta una quilla dentada. Las aletas ventrales se sitúan en una posición avanzada respecto a la dorsal. La aleta caudal está profundamente escotada. Carecen de aleta adiposa.</t>
   </si>
   <si>
     <t>Scardinius erythrophtalmus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Sinanodonta woodiana (Lea, 1834)</t>
   </si>
   <si>
     <t>prueba_Almeja china del cieno (Castellano), Chinese Pond Mussel (Inglés)</t>
@@ -1287,50 +1356,62 @@
     <t>Trachemys scripta Schoepff, 1792</t>
   </si>
   <si>
     <t>prueba_Tortuga pintada (Castellano), Galápago americano o de Florida (Castellano), Jicotea elegante (Castellano), Tortuga japonesa o de orejas rojas (Castellano), Apoarmatu (Euskera), Tortuga d'orelles grogues (Catalán), Red-eared Slider Turtle (Inglés), Red-eared slider (Inglés), Slider (Inglés), Cumberland Slider Turtle (Inglés), Yellow-bellied Slider Turtle (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Galápago de tamaño mediano, con una mancha prominente a cada lado de la cabeza, cuyo colorido difiere según las subespecies (roja en T. s. elegans, y amarilla en T. s. scripta y T. s. troosti). El color de la piel, tanto de la cabeza como del cuerpo, varía del verde oliváceo al marrón, con numerosas líneas amarillas. En la zona prefrontal se observa un dibujo en forma de flecha formado por la unión de las líneas amarillas supratemporales que convergen con la línea sagital sobre el hocico. El cuello también posee numerosas líneas amarillas que bajo la boca se unen formando una Y. Las patas son también de color oscuro con numerosas líneas amarillas. El caparazón, en los individuos juveniles, es verdoso, con manchas y dibujos amarillos; en los adultos toma un color verde oscuro con líneas amarillas o pardas. La parte ventral (plastrón) es de color amarillento, generalmente con manchas verde oscuro. Su tamaño máximo puede variar entre los 20 y los 60 cm en función de la subespecie. (1) T.s. scripta: presenta una mancha amarilla que recorre la mejilla detrás de los ojos, la cual con frecuencia llega hasta el cuello. En la escama pleural del espaldar tiene una banda transversal amarilla y en los escudos anteriores del plastrón, un ocelo negro. (2) T.s. elegans: su característica banda ancha roja, se extiende desde el ojo hasta la parte superior del tímpano, y las líneas amarillas van desde el mentón al cuello. En la escama pleural tiene una banda transversal amarilla y en cada escudo del plastrón un ocelo negro. (3) T.s. troostii: exhibe una mancha amarilla alargada detrás del ojo, que no está conectada a ninguna línea. En la escama pleural tiene una banda transversal amarilla y en el plastrón pequeños ocelos negros.</t>
   </si>
   <si>
     <t>Chrysemys troostii Boulenger, 1889, Crysemys grayi Fritz &amp; Bienert, 1981, Crysemys scripta Fritz &amp; Bienert, 1981, Emys cumberlandensis Holbrook, 1840, Emys elegans Wied, 1838, Emys holbrooki Gray, 1844, Emys sanguinolenta Gray, 1855, Emys troosti Holbrook, 1836, Emys vittata Gray, 1831, Pseudemys elegans Force, 1928, Pseudemys grayi, Pseudemys scripta Carr, 1937, Testudo scripta Thunberg in Schoepff, 1792, Testudo serrata Daudin, 1802, Trachemys lineata Gray, 1873, Trachemys troosti Gray, 1863</t>
   </si>
   <si>
     <t>Ulex europaeus L.</t>
   </si>
   <si>
     <t>prueba_Aliaga (Castellano), Árguma (Castellano), Aulaga (Castellano), Tojo (Castellano), Otia (Euskera), ota (Euskera), Otea (Euskera), Gatosa (Catalán), toxo arnal (Gallego), Argoma (Gallego), Toixo (Gallego), Toxo (Gallego), Toxo arnaio (Gallego), Toxo arnelo (Gallego), Toxo macho (Gallego), Gorse (Inglés), Common Gorse (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Euskera, Catalán, Gallego, Gallego, Gallego, Gallego, Gallego, Gallego, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>Arbusto leñoso y muy espinoso, de hasta 2,5 m de altura, generalmente ascendente (a veces postrado), muy ramificado y enmarañado. Tiene raíces laterales poco profundas, a menudo con muchos nódulos. Los tallos jóvenes tienen una capa de cera y suelen terminar en una espina. Las ramas son de color verde oscuro, asurcadas (con generalmente 8 costillas longitudinales), entrelazadas unas con otras formando una maraña espinosa. Las hojas como tales no existen, pues en las plantas adultas se sustituyen por filodios (acículas espinosas) de sección triangular (las hojas de las plantas jóvenes son generalmente trifoliadas). A medida que el tallo comienza a crecer, se forman espinas primarias en las axilas de las hojas reducidas. Posteriormente aparecen espinas secundarias y terciarias, normalmente formadas en la primaria. Las flores son amarillas, amariposadas, de 12-21 mm, individuales o dispuestas en pequeños racimos en las axilas de las acículas. El cáliz es grande, aplanado lateralmente, por lo general cubierto de pelos y hendido hasta la base en 2 lóbulos rematados en 2-3 dientecillos. Tiene 2 bractéolas redondeadas u ovado-lanceoladas de 2-7,5 mm de anchura. La corola tiene un estandarte oval o redondeado, lampiño por el dorso y generalmente escotado hacia el ápice. Los frutos son legumbres inicialmente verdes y pubescentes, y se vuelven negras al madurar. Las semillas, de 1 a 8 por vaina, son de color marrón oscuro, lisas, brillantes, casi redondas, con un aril amarillo.</t>
+  </si>
+  <si>
+    <t>Xenopus laevis (Daudin, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Rana de uñas africana (Castellano), Platanna (Inglés), Common Clawed Toad (Inglés), Clawed Frog (Inglés), Clawed Toad (Inglés), Common Clawed Frog (Inglés), African Clawed Toad (Inglés), Common Platanna (Inglés), Smooth Clawed Frog (Inglés), African clawed frog (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Especie de tamaño mediano, siendo las hembras bastante más grandes que los machos (las hembras pueden medir 15 cm, mientras que los machos no suelen superar los 7 cm). Los adultos presentan la piel lisa, con abundante mucosidad. La coloración es variable, con manchas gris oliva, café o gris en el dorso, mientras que el vientre puede ser blanquecino o amarillento. El cuerpo es aplanado, hidrodinámico y con la cabeza pequeña. La boca carece de lengua y tiene las mandíbulas dentadas. Los ojos se encuentran en posición dorsal ligeramente frontal. Las extremidades anteriores son pequeñas y carecen de membranas; las posteriores son musculosas y los pies presentan membranas interdigitales bien desarrolladas. Esta especie, a diferencia de otros anuros, no emite cantos, sino unos leves sonidos metálicos.</t>
   </si>
   <si>
     <t>Acacia melanoxylon R.Br. in W.T.Aiton</t>
   </si>
   <si>
     <t>prueba_Acacia melanoxylon (Castellano), Acacia (Castellano), Acacia negra (Castellano), Acacia de los filodios (Castellano), Acacia de leño negro (Castellano), Acacia de madera negra (Castellano), Arkazia (Euskera), Acàcia de fusta negra (Catalán), Pan de espiño (Gallego), Oliveira de Australia (Gallego), Mimosa moura (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Gallego, Gallego</t>
   </si>
   <si>
     <t>Árbol siempreverde de hasta 40 m de altura, aunque en nuestro país no suele rebasar los 15. Las hojas de los ejemplares adultos se encuentran transformadas en filodios elípticos o lanceolados, más o menos curvadas. Flores en cabezuelas de color blanquecino o crema de aproximadamente 1 cm de diámetro, solitarias o agrupadas en racimos. Legumbres de 7-12 cm de longitud, comprimidas, retorcidas, de color pardo rojizo. Semillas elipsoidales, negras, brillantes, de unos 5 mm, rodeadas varias veces del funículo que es de color rosa o anaranjado y tiene pliegues.</t>
   </si>
   <si>
     <t>Achatina fulica (Ferussac, 1821)</t>
   </si>
   <si>
     <t>prueba_Caracol gigante africano (Castellano), Giant African snail (Inglés)</t>
   </si>
   <si>
     <t>Caracol de gran tamaño que puede llegar a medir 30 cm de longitud y 10 cm de diámetro, y pesar más de 30 gramos. La concha tiene forma de cono y es bastante puntiaguda; es el doble de alta que de ancha, con 6-9 espirales estriadas con suturas moderadamente marcadas. La superficie de la concha es bastante suave, con líneas de crecimiento débiles. El color varía según el medio en el que se encuentren, pero generalmente es marrón claro o rojizo, con vetas marrones o amarillentas, o bien marrón o de un color oscuro con rayas oscuras. La coloración se vuelve más clara hacia la punta de la concha, que suele ser blanca. La abertura es relativamente corta, con forma de media luna (más redondeada o más ovalada) y con un labio exterior fuerte, convexo, liso y uniformemente curvado. El manto es de color marrón oscuro, marrón moteado o más raramente crema pálido, con la piel elástica, húmeda y viscosa. Tiene dos pares de tentáculos en la cabeza; el inferior es corto, y el superior es grande, con los ojos redondos situados en la punta. Los huevos son esféricos o elipsoidales, de 4,5 a 5,5 mm de diámetro, de color amarillo o crema.</t>
   </si>
   <si>
     <t>Aedes albopictus (Skuse, 1895)</t>
   </si>
@@ -2238,50 +2319,56 @@
   <si>
     <t>prueba_Caracol Manzana (Castellano)</t>
   </si>
   <si>
     <t>Pseudemys concinna (Le Conte, 1830)</t>
   </si>
   <si>
     <t>prueba_Suwannee Cooter (Inglés)</t>
   </si>
   <si>
     <t>Chrysemys concinna Boulenger, 1889, Chrysemys hieroglyphica, Boulenger 1889, Chrysemys mobilensis Boulenger, 1889, Emys annulifera Gray, 1831, Emys concinna Dúmeril &amp; Bibron, 1835, Emys hieroglyphica Holbrook, 1836, Emys labyrinthica Duméril, Bibron &amp; Duméril, 1851, Emys mobilensis Holbrook, 1838, Emys orthonyx Wied, 1865, Pseudemys elonae Brimley, 1928, Pseudemys suwanniensis Carr, 1937, Pseudemys vioscana Brimley, 1928, Ptychemys hoyi Agassiz, 1857, Testudo concinna Le Conte, 1830</t>
   </si>
   <si>
     <t>Pseudemys nelsoni</t>
   </si>
   <si>
     <t>prueba_Florida Red-bellied Cooter (Inglés), Florida Redbelly Turtle (Inglés)</t>
   </si>
   <si>
     <t>Inglés, Inglés</t>
   </si>
   <si>
     <t>Chrysemys nelsoni Jackson, 1978</t>
   </si>
   <si>
+    <t>Pseudemys peninsularis Carr, 1938</t>
+  </si>
+  <si>
+    <t>prueba_Tortuga de la península (Castellano)</t>
+  </si>
+  <si>
     <t>Pteromys volans (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Ardilla voladora de Siberia (Castellano)</t>
   </si>
   <si>
     <t>Salvinia natans (L.) All.</t>
   </si>
   <si>
     <t>prueba_salvínia (Catalán), Salvinia nageante (Francés)</t>
   </si>
   <si>
     <t>Catalán, Francés</t>
   </si>
   <si>
     <t>Sciurus carolinensis Gmelin, 1788</t>
   </si>
   <si>
     <t>prueba_Ardilla gris (Castellano)</t>
   </si>
   <si>
     <t>Sciurus lis Temminck, 1844</t>
   </si>
   <si>
     <t>prueba_Ardilla de Japón (Castellano)</t>
@@ -2290,50 +2377,56 @@
     <t>Sciurus niger Linnaeus, 1758</t>
   </si>
   <si>
     <t>prueba_Ardilla zorro oriental (Castellano)</t>
   </si>
   <si>
     <t>Spilotes pullatus Cope, 1861</t>
   </si>
   <si>
     <t>Suricata suricatta (Schreber, 1776)</t>
   </si>
   <si>
     <t>prueba_Suricato (Castellano)</t>
   </si>
   <si>
     <t>Tamias sibiricus Laxmann, 1769</t>
   </si>
   <si>
     <t>prueba_Ardilla listada de Siberia (Castellano)</t>
   </si>
   <si>
     <t>Tephrocactus verschaffeltii (Cels ex F.A.C.Weber) D.R.Hunt &amp; Ritz</t>
   </si>
   <si>
     <t>Austrocylindropuntia verschaffeltii (Cels ex F.A.C.Weber) Backeb.</t>
+  </si>
+  <si>
+    <t>Varanus exanthematicus (Bosc, 1792)</t>
+  </si>
+  <si>
+    <t>prueba_Varano de sabana (Castellano), Varano terrestre-africano (Castellano)</t>
   </si>
   <si>
     <t>Zamenis lineatus (Camerano, 1891)</t>
   </si>
   <si>
     <t>Azolla caroliniana Willd.</t>
   </si>
   <si>
     <t>prueba_Arzolla (Castellano), Falguera d'aigo (Mallorquín), Verdet d'aigo (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Mallorquín, Mallorquín</t>
   </si>
   <si>
     <t>Batrachochytrium dendrobatidis Longcore, Pessier &amp; D.K. Nichols</t>
   </si>
   <si>
     <t>Hongos</t>
   </si>
   <si>
     <t>Callosciurus prevostii rafflesii (Vigors and Horsfield, 1828)</t>
   </si>
   <si>
     <t>Cortaderia jubata (Lemoine ex Carrière) Stapf</t>
   </si>
@@ -2832,51 +2925,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q272"/>
+  <dimension ref="A1:Q280"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2036.074" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="936.628" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="232.229" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2255.449" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="266.506" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="1328.247" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="52.987" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -4927,8953 +5020,9303 @@
       <c r="H46" t="s">
         <v>23</v>
       </c>
       <c r="I46" t="s">
         <v>242</v>
       </c>
       <c r="J46" t="s">
         <v>39</v>
       </c>
       <c r="K46"/>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>40</v>
       </c>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46"/>
       <c r="Q46" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>10504</v>
+        <v>10502</v>
       </c>
       <c r="B47" t="s">
         <v>243</v>
       </c>
       <c r="C47" t="s">
         <v>244</v>
       </c>
       <c r="D47" t="s">
-        <v>61</v>
+        <v>245</v>
       </c>
       <c r="E47" t="s">
         <v>180</v>
       </c>
       <c r="F47" t="s">
         <v>181</v>
       </c>
       <c r="G47" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H47" t="s">
         <v>23</v>
       </c>
       <c r="I47" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J47" t="s">
         <v>25</v>
       </c>
       <c r="K47"/>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>10507</v>
+        <v>10504</v>
       </c>
       <c r="B48" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C48" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D48" t="s">
-        <v>248</v>
+        <v>61</v>
       </c>
       <c r="E48" t="s">
+        <v>180</v>
+      </c>
+      <c r="F48" t="s">
+        <v>181</v>
+      </c>
+      <c r="G48" t="s">
         <v>249</v>
       </c>
-      <c r="F48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H48" t="s">
         <v>23</v>
       </c>
       <c r="I48" t="s">
-        <v>199</v>
+        <v>242</v>
       </c>
       <c r="J48" t="s">
         <v>25</v>
       </c>
       <c r="K48"/>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>16240</v>
+        <v>10507</v>
       </c>
       <c r="B49" t="s">
+        <v>250</v>
+      </c>
+      <c r="C49" t="s">
         <v>251</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>252</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F49" t="s">
         <v>181</v>
       </c>
       <c r="G49" t="s">
         <v>254</v>
       </c>
       <c r="H49" t="s">
         <v>23</v>
       </c>
       <c r="I49" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="J49" t="s">
         <v>25</v>
       </c>
       <c r="K49"/>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49"/>
       <c r="N49"/>
       <c r="O49"/>
-      <c r="P49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P49"/>
       <c r="Q49" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>16241</v>
+        <v>16240</v>
       </c>
       <c r="B50" t="s">
+        <v>255</v>
+      </c>
+      <c r="C50" t="s">
         <v>256</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>257</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" t="s">
+        <v>180</v>
+      </c>
+      <c r="F50" t="s">
+        <v>181</v>
+      </c>
+      <c r="G50" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="H50" t="s">
         <v>23</v>
       </c>
       <c r="I50" t="s">
         <v>183</v>
       </c>
       <c r="J50" t="s">
         <v>25</v>
       </c>
       <c r="K50"/>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
-      <c r="P50"/>
+      <c r="P50" t="s">
+        <v>259</v>
+      </c>
       <c r="Q50" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>16242</v>
+        <v>16241</v>
       </c>
       <c r="B51" t="s">
         <v>260</v>
       </c>
       <c r="C51" t="s">
         <v>261</v>
       </c>
       <c r="D51" t="s">
+        <v>215</v>
+      </c>
+      <c r="E51" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F51" t="s">
         <v>181</v>
       </c>
       <c r="G51" t="s">
         <v>263</v>
       </c>
       <c r="H51" t="s">
         <v>23</v>
       </c>
       <c r="I51" t="s">
         <v>183</v>
       </c>
       <c r="J51" t="s">
         <v>25</v>
       </c>
       <c r="K51"/>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51"/>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51"/>
       <c r="Q51" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>10513</v>
+        <v>16242</v>
       </c>
       <c r="B52" t="s">
         <v>264</v>
       </c>
       <c r="C52" t="s">
         <v>265</v>
       </c>
       <c r="D52" t="s">
         <v>266</v>
       </c>
       <c r="E52" t="s">
         <v>180</v>
       </c>
       <c r="F52" t="s">
         <v>181</v>
       </c>
       <c r="G52" t="s">
         <v>267</v>
       </c>
       <c r="H52" t="s">
         <v>23</v>
       </c>
       <c r="I52" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J52" t="s">
         <v>25</v>
       </c>
       <c r="K52"/>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>10514</v>
+        <v>10513</v>
       </c>
       <c r="B53" t="s">
         <v>268</v>
       </c>
       <c r="C53" t="s">
         <v>269</v>
       </c>
       <c r="D53" t="s">
-        <v>266</v>
+        <v>245</v>
       </c>
       <c r="E53" t="s">
         <v>180</v>
       </c>
       <c r="F53" t="s">
         <v>181</v>
       </c>
       <c r="G53" t="s">
         <v>270</v>
       </c>
       <c r="H53" t="s">
         <v>23</v>
       </c>
       <c r="I53" t="s">
         <v>242</v>
       </c>
       <c r="J53" t="s">
         <v>25</v>
       </c>
       <c r="K53"/>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53"/>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53"/>
       <c r="Q53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>4292</v>
+        <v>10514</v>
       </c>
       <c r="B54" t="s">
         <v>271</v>
       </c>
       <c r="C54" t="s">
         <v>272</v>
       </c>
       <c r="D54" t="s">
-        <v>166</v>
+        <v>245</v>
       </c>
       <c r="E54" t="s">
         <v>180</v>
       </c>
       <c r="F54" t="s">
         <v>181</v>
       </c>
       <c r="G54" t="s">
         <v>273</v>
       </c>
       <c r="H54" t="s">
         <v>23</v>
       </c>
       <c r="I54" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J54" t="s">
         <v>25</v>
       </c>
       <c r="K54"/>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54"/>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54"/>
       <c r="Q54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>10520</v>
+        <v>10515</v>
       </c>
       <c r="B55" t="s">
         <v>274</v>
       </c>
       <c r="C55" t="s">
         <v>275</v>
       </c>
       <c r="D55" t="s">
         <v>276</v>
       </c>
       <c r="E55" t="s">
         <v>180</v>
       </c>
       <c r="F55" t="s">
         <v>181</v>
       </c>
       <c r="G55" t="s">
         <v>277</v>
       </c>
       <c r="H55" t="s">
         <v>23</v>
       </c>
       <c r="I55" t="s">
-        <v>183</v>
+        <v>278</v>
       </c>
       <c r="J55" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K55"/>
       <c r="L55" t="s">
         <v>26</v>
       </c>
-      <c r="M55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M55"/>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>10775</v>
+        <v>4292</v>
       </c>
       <c r="B56" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C56" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D56" t="s">
-        <v>276</v>
+        <v>166</v>
       </c>
       <c r="E56" t="s">
         <v>180</v>
       </c>
       <c r="F56" t="s">
         <v>181</v>
       </c>
       <c r="G56" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="J56" t="s">
         <v>25</v>
       </c>
       <c r="K56"/>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56"/>
       <c r="N56"/>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
-        <v>10530</v>
+        <v>10520</v>
       </c>
       <c r="B57" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C57" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D57" t="s">
-        <v>166</v>
+        <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>180</v>
       </c>
       <c r="F57" t="s">
         <v>181</v>
       </c>
       <c r="G57" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="J57" t="s">
         <v>39</v>
       </c>
       <c r="K57"/>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>40</v>
       </c>
       <c r="N57"/>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
-        <v>1090</v>
+        <v>10775</v>
       </c>
       <c r="B58" t="s">
+        <v>286</v>
+      </c>
+      <c r="C58" t="s">
+        <v>287</v>
+      </c>
+      <c r="D58" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="E58" t="s">
         <v>180</v>
       </c>
       <c r="F58" t="s">
         <v>181</v>
       </c>
       <c r="G58" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H58" t="s">
         <v>23</v>
       </c>
       <c r="I58" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="J58" t="s">
         <v>25</v>
       </c>
       <c r="K58"/>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58"/>
       <c r="N58"/>
       <c r="O58"/>
-      <c r="P58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P58"/>
       <c r="Q58" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
-        <v>10536</v>
+        <v>10530</v>
       </c>
       <c r="B59" t="s">
         <v>289</v>
       </c>
       <c r="C59" t="s">
         <v>290</v>
       </c>
       <c r="D59" t="s">
-        <v>291</v>
+        <v>166</v>
       </c>
       <c r="E59" t="s">
         <v>180</v>
       </c>
       <c r="F59" t="s">
         <v>181</v>
       </c>
       <c r="G59" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="H59" t="s">
         <v>23</v>
       </c>
       <c r="I59" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="J59" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K59"/>
       <c r="L59" t="s">
         <v>26</v>
       </c>
-      <c r="M59"/>
+      <c r="M59" t="s">
+        <v>40</v>
+      </c>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
-        <v>10537</v>
+        <v>1090</v>
       </c>
       <c r="B60" t="s">
+        <v>292</v>
+      </c>
+      <c r="C60" t="s">
         <v>293</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="E60" t="s">
         <v>180</v>
       </c>
       <c r="F60" t="s">
         <v>181</v>
       </c>
       <c r="G60" t="s">
         <v>295</v>
       </c>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
         <v>183</v>
       </c>
       <c r="J60" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K60"/>
       <c r="L60" t="s">
         <v>26</v>
       </c>
-      <c r="M60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M60"/>
       <c r="N60"/>
       <c r="O60"/>
-      <c r="P60"/>
+      <c r="P60" t="s">
+        <v>296</v>
+      </c>
       <c r="Q60" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>10538</v>
+        <v>10536</v>
       </c>
       <c r="B61" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C61" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D61" t="s">
-        <v>49</v>
+        <v>299</v>
       </c>
       <c r="E61" t="s">
         <v>180</v>
       </c>
       <c r="F61" t="s">
         <v>181</v>
       </c>
       <c r="G61" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H61" t="s">
         <v>23</v>
       </c>
       <c r="I61" t="s">
         <v>46</v>
       </c>
       <c r="J61" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K61"/>
       <c r="L61" t="s">
         <v>26</v>
       </c>
-      <c r="M61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M61"/>
       <c r="N61"/>
       <c r="O61"/>
       <c r="P61"/>
       <c r="Q61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>10539</v>
+        <v>10537</v>
       </c>
       <c r="B62" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C62" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D62" t="s">
-        <v>219</v>
+        <v>245</v>
       </c>
       <c r="E62" t="s">
         <v>180</v>
       </c>
       <c r="F62" t="s">
         <v>181</v>
       </c>
       <c r="G62" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62" t="s">
         <v>183</v>
       </c>
       <c r="J62" t="s">
         <v>39</v>
       </c>
       <c r="K62"/>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
         <v>40</v>
       </c>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>10540</v>
+        <v>10538</v>
       </c>
       <c r="B63" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C63" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D63" t="s">
-        <v>166</v>
+        <v>49</v>
       </c>
       <c r="E63" t="s">
         <v>180</v>
       </c>
       <c r="F63" t="s">
         <v>181</v>
       </c>
       <c r="G63" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="J63" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K63"/>
       <c r="L63" t="s">
         <v>26</v>
       </c>
-      <c r="M63"/>
+      <c r="M63" t="s">
+        <v>40</v>
+      </c>
       <c r="N63"/>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>10543</v>
+        <v>10539</v>
       </c>
       <c r="B64" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C64" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D64" t="s">
-        <v>262</v>
+        <v>219</v>
       </c>
       <c r="E64" t="s">
         <v>180</v>
       </c>
       <c r="F64" t="s">
         <v>181</v>
       </c>
       <c r="G64" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="J64" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K64"/>
       <c r="L64" t="s">
         <v>26</v>
       </c>
-      <c r="M64"/>
+      <c r="M64" t="s">
+        <v>40</v>
+      </c>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>10547</v>
+        <v>10540</v>
       </c>
       <c r="B65" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C65" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D65" t="s">
-        <v>219</v>
+        <v>166</v>
       </c>
       <c r="E65" t="s">
         <v>180</v>
       </c>
       <c r="F65" t="s">
         <v>181</v>
       </c>
       <c r="G65" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
-        <v>242</v>
+        <v>24</v>
       </c>
       <c r="J65" t="s">
         <v>25</v>
       </c>
       <c r="K65"/>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65"/>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>10552</v>
+        <v>10543</v>
       </c>
       <c r="B66" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C66" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D66" t="s">
-        <v>78</v>
+        <v>266</v>
       </c>
       <c r="E66" t="s">
         <v>180</v>
       </c>
       <c r="F66" t="s">
         <v>181</v>
       </c>
       <c r="G66" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66" t="s">
-        <v>242</v>
+        <v>199</v>
       </c>
       <c r="J66" t="s">
         <v>25</v>
       </c>
       <c r="K66"/>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>10554</v>
+        <v>10547</v>
       </c>
       <c r="B67" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C67" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D67" t="s">
-        <v>316</v>
+        <v>219</v>
       </c>
       <c r="E67" t="s">
         <v>180</v>
       </c>
       <c r="F67" t="s">
         <v>181</v>
       </c>
       <c r="G67" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
-        <v>24</v>
+        <v>242</v>
       </c>
       <c r="J67" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K67"/>
       <c r="L67" t="s">
         <v>26</v>
       </c>
-      <c r="M67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
-      <c r="P67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P67"/>
       <c r="Q67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>10468</v>
+        <v>10548</v>
       </c>
       <c r="B68" t="s">
         <v>319</v>
       </c>
       <c r="C68" t="s">
         <v>320</v>
       </c>
       <c r="D68" t="s">
-        <v>53</v>
+        <v>321</v>
       </c>
       <c r="E68" t="s">
         <v>180</v>
       </c>
       <c r="F68" t="s">
         <v>181</v>
       </c>
       <c r="G68" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
-        <v>199</v>
+        <v>278</v>
       </c>
       <c r="J68" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K68"/>
       <c r="L68" t="s">
         <v>26</v>
       </c>
-      <c r="M68"/>
+      <c r="M68" t="s">
+        <v>40</v>
+      </c>
       <c r="N68"/>
       <c r="O68"/>
-      <c r="P68"/>
+      <c r="P68" t="s">
+        <v>323</v>
+      </c>
       <c r="Q68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>10564</v>
+        <v>10552</v>
       </c>
       <c r="B69" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C69" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D69" t="s">
-        <v>324</v>
+        <v>78</v>
       </c>
       <c r="E69" t="s">
         <v>180</v>
       </c>
       <c r="F69" t="s">
         <v>181</v>
       </c>
       <c r="G69" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
-        <v>46</v>
+        <v>242</v>
       </c>
       <c r="J69" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K69"/>
       <c r="L69" t="s">
         <v>26</v>
       </c>
-      <c r="M69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M69"/>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>6759</v>
+        <v>10554</v>
       </c>
       <c r="B70" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C70" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D70" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E70" t="s">
-        <v>258</v>
+        <v>180</v>
       </c>
       <c r="F70" t="s">
         <v>181</v>
       </c>
       <c r="G70" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
-        <v>183</v>
+        <v>24</v>
       </c>
       <c r="J70" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K70"/>
       <c r="L70" t="s">
         <v>26</v>
       </c>
-      <c r="M70"/>
+      <c r="M70" t="s">
+        <v>40</v>
+      </c>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="Q70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>6761</v>
+        <v>10468</v>
       </c>
       <c r="B71" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C71" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D71" t="s">
-        <v>333</v>
+        <v>53</v>
       </c>
       <c r="E71" t="s">
         <v>180</v>
       </c>
       <c r="F71" t="s">
         <v>181</v>
       </c>
       <c r="G71" t="s">
         <v>334</v>
       </c>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="J71" t="s">
         <v>25</v>
       </c>
       <c r="K71"/>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
-        <v>6762</v>
+        <v>10564</v>
       </c>
       <c r="B72" t="s">
         <v>335</v>
       </c>
       <c r="C72" t="s">
         <v>336</v>
       </c>
       <c r="D72" t="s">
-        <v>291</v>
+        <v>337</v>
       </c>
       <c r="E72" t="s">
         <v>180</v>
       </c>
       <c r="F72" t="s">
         <v>181</v>
       </c>
       <c r="G72" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
-        <v>183</v>
+        <v>46</v>
       </c>
       <c r="J72" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K72"/>
       <c r="L72" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="M72"/>
+        <v>26</v>
+      </c>
+      <c r="M72" t="s">
+        <v>40</v>
+      </c>
       <c r="N72"/>
       <c r="O72"/>
-      <c r="P72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P72"/>
       <c r="Q72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
-        <v>10570</v>
+        <v>6759</v>
       </c>
       <c r="B73" t="s">
+        <v>339</v>
+      </c>
+      <c r="C73" t="s">
         <v>340</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>341</v>
       </c>
-      <c r="D73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" t="s">
-        <v>180</v>
+        <v>262</v>
       </c>
       <c r="F73" t="s">
         <v>181</v>
       </c>
       <c r="G73" t="s">
-        <v>110</v>
+        <v>342</v>
       </c>
       <c r="H73" t="s">
         <v>23</v>
       </c>
       <c r="I73" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J73" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K73"/>
       <c r="L73" t="s">
         <v>26</v>
       </c>
-      <c r="M73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M73"/>
       <c r="N73"/>
       <c r="O73"/>
-      <c r="P73"/>
+      <c r="P73" t="s">
+        <v>343</v>
+      </c>
       <c r="Q73" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
-        <v>10572</v>
+        <v>6761</v>
       </c>
       <c r="B74" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C74" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D74" t="s">
-        <v>37</v>
+        <v>346</v>
       </c>
       <c r="E74" t="s">
         <v>180</v>
       </c>
       <c r="F74" t="s">
         <v>181</v>
       </c>
       <c r="G74" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="J74" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K74"/>
       <c r="L74" t="s">
         <v>26</v>
       </c>
-      <c r="M74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M74"/>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
-        <v>10573</v>
+        <v>6762</v>
       </c>
       <c r="B75" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C75" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="D75" t="s">
-        <v>347</v>
+        <v>299</v>
       </c>
       <c r="E75" t="s">
         <v>180</v>
       </c>
       <c r="F75" t="s">
         <v>181</v>
       </c>
       <c r="G75" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J75" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K75"/>
       <c r="L75" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="M75"/>
       <c r="N75"/>
       <c r="O75"/>
-      <c r="P75"/>
+      <c r="P75" t="s">
+        <v>352</v>
+      </c>
       <c r="Q75" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
-        <v>29658</v>
+        <v>10570</v>
       </c>
       <c r="B76" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C76" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="D76" t="s">
-        <v>351</v>
+        <v>245</v>
       </c>
       <c r="E76" t="s">
         <v>180</v>
       </c>
       <c r="F76" t="s">
         <v>181</v>
       </c>
       <c r="G76" t="s">
-        <v>352</v>
+        <v>110</v>
       </c>
       <c r="H76" t="s">
         <v>23</v>
       </c>
       <c r="I76" t="s">
-        <v>56</v>
+        <v>242</v>
       </c>
       <c r="J76" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K76"/>
       <c r="L76" t="s">
         <v>26</v>
       </c>
-      <c r="M76"/>
+      <c r="M76" t="s">
+        <v>40</v>
+      </c>
       <c r="N76"/>
       <c r="O76"/>
-      <c r="P76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P76"/>
       <c r="Q76" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
-        <v>10576</v>
+        <v>10572</v>
       </c>
       <c r="B77" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C77" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D77" t="s">
-        <v>356</v>
+        <v>37</v>
       </c>
       <c r="E77" t="s">
         <v>180</v>
       </c>
       <c r="F77" t="s">
         <v>181</v>
       </c>
       <c r="G77" t="s">
         <v>357</v>
       </c>
       <c r="H77" t="s">
         <v>23</v>
       </c>
       <c r="I77" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="J77" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K77"/>
       <c r="L77" t="s">
         <v>26</v>
       </c>
-      <c r="M77"/>
+      <c r="M77" t="s">
+        <v>40</v>
+      </c>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
-        <v>9652</v>
+        <v>10573</v>
       </c>
       <c r="B78" t="s">
         <v>358</v>
       </c>
       <c r="C78" t="s">
         <v>359</v>
       </c>
       <c r="D78" t="s">
-        <v>19</v>
+        <v>360</v>
       </c>
       <c r="E78" t="s">
         <v>180</v>
       </c>
       <c r="F78" t="s">
         <v>181</v>
       </c>
       <c r="G78" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H78" t="s">
         <v>23</v>
       </c>
       <c r="I78" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J78" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K78"/>
       <c r="L78" t="s">
         <v>26</v>
       </c>
-      <c r="M78"/>
+      <c r="M78" t="s">
+        <v>40</v>
+      </c>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78"/>
       <c r="Q78" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>10579</v>
+        <v>29658</v>
       </c>
       <c r="B79" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C79" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D79" t="s">
-        <v>166</v>
+        <v>364</v>
       </c>
       <c r="E79" t="s">
         <v>180</v>
       </c>
       <c r="F79" t="s">
         <v>181</v>
       </c>
       <c r="G79" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="J79" t="s">
         <v>25</v>
       </c>
       <c r="K79"/>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79"/>
       <c r="N79"/>
       <c r="O79"/>
-      <c r="P79"/>
+      <c r="P79" t="s">
+        <v>366</v>
+      </c>
       <c r="Q79" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>10581</v>
+        <v>10576</v>
       </c>
       <c r="B80" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C80" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="D80" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E80" t="s">
         <v>180</v>
       </c>
       <c r="F80" t="s">
         <v>181</v>
       </c>
       <c r="G80" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
         <v>183</v>
       </c>
       <c r="J80" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K80"/>
       <c r="L80" t="s">
         <v>26</v>
       </c>
-      <c r="M80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M80"/>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80"/>
       <c r="Q80" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>10584</v>
+        <v>9652</v>
       </c>
       <c r="B81" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C81" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D81" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="E81" t="s">
         <v>180</v>
       </c>
       <c r="F81" t="s">
         <v>181</v>
       </c>
       <c r="G81" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="H81" t="s">
         <v>23</v>
       </c>
       <c r="I81" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J81" t="s">
         <v>25</v>
       </c>
       <c r="K81"/>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81"/>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81"/>
       <c r="Q81" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>10585</v>
+        <v>10579</v>
       </c>
       <c r="B82" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C82" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D82" t="s">
-        <v>373</v>
+        <v>166</v>
       </c>
       <c r="E82" t="s">
         <v>180</v>
       </c>
       <c r="F82" t="s">
         <v>181</v>
       </c>
       <c r="G82" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="H82" t="s">
         <v>23</v>
       </c>
       <c r="I82" t="s">
-        <v>242</v>
+        <v>24</v>
       </c>
       <c r="J82" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K82"/>
       <c r="L82" t="s">
         <v>26</v>
       </c>
-      <c r="M82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M82"/>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82"/>
       <c r="Q82" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>10586</v>
+        <v>10581</v>
       </c>
       <c r="B83" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C83" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D83" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="E83" t="s">
         <v>180</v>
       </c>
       <c r="F83" t="s">
         <v>181</v>
       </c>
       <c r="G83" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
-        <v>46</v>
+        <v>183</v>
       </c>
       <c r="J83" t="s">
         <v>39</v>
       </c>
       <c r="K83"/>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>40</v>
       </c>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83"/>
       <c r="Q83" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>12167</v>
+        <v>10584</v>
       </c>
       <c r="B84" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C84" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D84" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="E84" t="s">
         <v>180</v>
       </c>
       <c r="F84" t="s">
         <v>181</v>
       </c>
       <c r="G84" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
-        <v>56</v>
+        <v>242</v>
       </c>
       <c r="J84" t="s">
         <v>25</v>
       </c>
       <c r="K84"/>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84"/>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84"/>
       <c r="Q84" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
-        <v>10587</v>
+        <v>10585</v>
       </c>
       <c r="B85" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C85" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D85" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="E85" t="s">
         <v>180</v>
       </c>
       <c r="F85" t="s">
         <v>181</v>
       </c>
       <c r="G85" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H85" t="s">
         <v>23</v>
       </c>
       <c r="I85" t="s">
-        <v>24</v>
+        <v>242</v>
       </c>
       <c r="J85" t="s">
         <v>39</v>
       </c>
       <c r="K85"/>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>40</v>
       </c>
       <c r="N85"/>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
-        <v>10588</v>
+        <v>10586</v>
       </c>
       <c r="B86" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C86" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D86" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>181</v>
       </c>
       <c r="G86" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="J86" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K86"/>
       <c r="L86" t="s">
         <v>26</v>
       </c>
-      <c r="M86"/>
+      <c r="M86" t="s">
+        <v>40</v>
+      </c>
       <c r="N86"/>
       <c r="O86"/>
       <c r="P86"/>
       <c r="Q86" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
-        <v>10590</v>
+        <v>12167</v>
       </c>
       <c r="B87" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C87" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D87" t="s">
-        <v>219</v>
+        <v>19</v>
       </c>
       <c r="E87" t="s">
         <v>180</v>
       </c>
       <c r="F87" t="s">
         <v>181</v>
       </c>
       <c r="G87" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
-        <v>199</v>
+        <v>56</v>
       </c>
       <c r="J87" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K87"/>
       <c r="L87" t="s">
         <v>26</v>
       </c>
-      <c r="M87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M87"/>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
-        <v>10591</v>
+        <v>10587</v>
       </c>
       <c r="B88" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C88" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D88" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="E88" t="s">
         <v>180</v>
       </c>
       <c r="F88" t="s">
         <v>181</v>
       </c>
       <c r="G88" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
-        <v>199</v>
+        <v>24</v>
       </c>
       <c r="J88" t="s">
         <v>39</v>
       </c>
       <c r="K88"/>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>40</v>
       </c>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
-        <v>10592</v>
+        <v>10588</v>
       </c>
       <c r="B89" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C89" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D89" t="s">
-        <v>203</v>
+        <v>401</v>
       </c>
       <c r="E89" t="s">
         <v>180</v>
       </c>
       <c r="F89" t="s">
         <v>181</v>
       </c>
       <c r="G89" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
         <v>199</v>
       </c>
       <c r="J89" t="s">
         <v>25</v>
       </c>
       <c r="K89"/>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89"/>
       <c r="N89"/>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
-        <v>10598</v>
+        <v>10590</v>
       </c>
       <c r="B90" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C90" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D90" t="s">
-        <v>262</v>
+        <v>219</v>
       </c>
       <c r="E90" t="s">
         <v>180</v>
       </c>
       <c r="F90" t="s">
         <v>181</v>
       </c>
       <c r="G90" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
-        <v>46</v>
+        <v>199</v>
       </c>
       <c r="J90" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K90"/>
       <c r="L90" t="s">
         <v>26</v>
       </c>
-      <c r="M90"/>
+      <c r="M90" t="s">
+        <v>40</v>
+      </c>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90"/>
       <c r="Q90" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
-        <v>10604</v>
+        <v>10591</v>
       </c>
       <c r="B91" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="C91" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D91" t="s">
-        <v>266</v>
+        <v>408</v>
       </c>
       <c r="E91" t="s">
         <v>180</v>
       </c>
       <c r="F91" t="s">
         <v>181</v>
       </c>
       <c r="G91" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="J91" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K91"/>
       <c r="L91" t="s">
         <v>26</v>
       </c>
-      <c r="M91"/>
+      <c r="M91" t="s">
+        <v>40</v>
+      </c>
       <c r="N91"/>
       <c r="O91"/>
-      <c r="P91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P91"/>
       <c r="Q91" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
-        <v>10607</v>
+        <v>29985</v>
       </c>
       <c r="B92" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C92" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D92" t="s">
-        <v>219</v>
+        <v>412</v>
       </c>
       <c r="E92" t="s">
-        <v>180</v>
+        <v>253</v>
       </c>
       <c r="F92" t="s">
         <v>181</v>
       </c>
       <c r="G92" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="H92" t="s">
         <v>23</v>
       </c>
       <c r="I92" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J92" t="s">
         <v>25</v>
       </c>
       <c r="K92"/>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92"/>
       <c r="N92"/>
       <c r="O92"/>
-      <c r="P92"/>
+      <c r="P92" t="s">
+        <v>414</v>
+      </c>
       <c r="Q92" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
-        <v>10601</v>
+        <v>10592</v>
       </c>
       <c r="B93" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="C93" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="D93" t="s">
-        <v>123</v>
+        <v>203</v>
       </c>
       <c r="E93" t="s">
         <v>180</v>
       </c>
       <c r="F93" t="s">
         <v>181</v>
       </c>
       <c r="G93" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="H93" t="s">
         <v>23</v>
       </c>
       <c r="I93" t="s">
         <v>199</v>
       </c>
       <c r="J93" t="s">
         <v>25</v>
       </c>
       <c r="K93"/>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93"/>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93"/>
       <c r="Q93" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
-        <v>10510</v>
+        <v>24210</v>
       </c>
       <c r="B94" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="C94" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="D94" t="s">
-        <v>61</v>
+        <v>420</v>
       </c>
       <c r="E94" t="s">
         <v>180</v>
       </c>
       <c r="F94" t="s">
         <v>181</v>
       </c>
       <c r="G94" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="H94" t="s">
         <v>23</v>
       </c>
       <c r="I94" t="s">
-        <v>199</v>
+        <v>278</v>
       </c>
       <c r="J94" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K94"/>
       <c r="L94" t="s">
         <v>26</v>
       </c>
-      <c r="M94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M94"/>
       <c r="N94"/>
       <c r="O94"/>
-      <c r="P94"/>
+      <c r="P94" t="s">
+        <v>422</v>
+      </c>
       <c r="Q94" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
-        <v>12177</v>
+        <v>10598</v>
       </c>
       <c r="B95" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="C95" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="D95" t="s">
-        <v>418</v>
+        <v>266</v>
       </c>
       <c r="E95" t="s">
         <v>180</v>
       </c>
       <c r="F95" t="s">
         <v>181</v>
       </c>
       <c r="G95" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="H95" t="s">
         <v>23</v>
       </c>
       <c r="I95" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="J95" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K95"/>
       <c r="L95" t="s">
         <v>26</v>
       </c>
-      <c r="M95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M95"/>
       <c r="N95"/>
       <c r="O95"/>
-      <c r="P95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P95"/>
       <c r="Q95" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
-        <v>9130</v>
+        <v>10604</v>
       </c>
       <c r="B96" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="C96" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="D96" t="s">
-        <v>423</v>
+        <v>245</v>
       </c>
       <c r="E96" t="s">
         <v>180</v>
       </c>
       <c r="F96" t="s">
         <v>181</v>
       </c>
       <c r="G96" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="H96" t="s">
         <v>23</v>
       </c>
       <c r="I96" t="s">
-        <v>183</v>
+        <v>24</v>
       </c>
       <c r="J96" t="s">
         <v>25</v>
       </c>
       <c r="K96"/>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96"/>
       <c r="N96"/>
       <c r="O96"/>
-      <c r="P96"/>
+      <c r="P96" t="s">
+        <v>429</v>
+      </c>
       <c r="Q96" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
-        <v>1912</v>
+        <v>10607</v>
       </c>
       <c r="B97" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C97" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="D97" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-      <c r="F97"/>
+        <v>219</v>
+      </c>
+      <c r="E97" t="s">
+        <v>180</v>
+      </c>
+      <c r="F97" t="s">
+        <v>181</v>
+      </c>
       <c r="G97" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="H97" t="s">
         <v>23</v>
       </c>
       <c r="I97" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J97" t="s">
         <v>25</v>
       </c>
       <c r="K97"/>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97"/>
       <c r="N97"/>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
-        <v>10470</v>
+        <v>10601</v>
       </c>
       <c r="B98" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C98" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="D98" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-      <c r="F98"/>
+        <v>123</v>
+      </c>
+      <c r="E98" t="s">
+        <v>180</v>
+      </c>
+      <c r="F98" t="s">
+        <v>181</v>
+      </c>
       <c r="G98" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="H98" t="s">
         <v>23</v>
       </c>
       <c r="I98" t="s">
-        <v>242</v>
+        <v>199</v>
       </c>
       <c r="J98" t="s">
         <v>25</v>
       </c>
       <c r="K98"/>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98"/>
       <c r="N98"/>
       <c r="O98"/>
       <c r="P98"/>
       <c r="Q98" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
-        <v>10473</v>
+        <v>10510</v>
       </c>
       <c r="B99" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C99" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D99" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-      <c r="F99"/>
+        <v>61</v>
+      </c>
+      <c r="E99" t="s">
+        <v>180</v>
+      </c>
+      <c r="F99" t="s">
+        <v>181</v>
+      </c>
       <c r="G99" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
-        <v>242</v>
+        <v>199</v>
       </c>
       <c r="J99" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K99"/>
       <c r="L99" t="s">
         <v>26</v>
       </c>
-      <c r="M99"/>
+      <c r="M99" t="s">
+        <v>40</v>
+      </c>
       <c r="N99"/>
       <c r="O99"/>
       <c r="P99"/>
       <c r="Q99" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
-        <v>1075</v>
+        <v>12177</v>
       </c>
       <c r="B100" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="C100" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="D100" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-      <c r="F100"/>
+        <v>441</v>
+      </c>
+      <c r="E100" t="s">
+        <v>180</v>
+      </c>
+      <c r="F100" t="s">
+        <v>181</v>
+      </c>
       <c r="G100" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="H100" t="s">
         <v>23</v>
       </c>
       <c r="I100" t="s">
-        <v>183</v>
+        <v>56</v>
       </c>
       <c r="J100" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K100"/>
       <c r="L100" t="s">
         <v>26</v>
       </c>
-      <c r="M100"/>
+      <c r="M100" t="s">
+        <v>40</v>
+      </c>
       <c r="N100"/>
       <c r="O100"/>
-      <c r="P100"/>
+      <c r="P100" t="s">
+        <v>443</v>
+      </c>
       <c r="Q100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
-        <v>9489</v>
+        <v>9130</v>
       </c>
       <c r="B101" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C101" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D101" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-      <c r="F101"/>
+        <v>446</v>
+      </c>
+      <c r="E101" t="s">
+        <v>180</v>
+      </c>
+      <c r="F101" t="s">
+        <v>181</v>
+      </c>
       <c r="G101" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
         <v>183</v>
       </c>
       <c r="J101" t="s">
         <v>25</v>
       </c>
       <c r="K101"/>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101"/>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
-        <v>1807</v>
+        <v>10471</v>
       </c>
       <c r="B102" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C102" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="D102" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-      <c r="F102"/>
+        <v>450</v>
+      </c>
+      <c r="E102" t="s">
+        <v>180</v>
+      </c>
+      <c r="F102" t="s">
+        <v>181</v>
+      </c>
       <c r="G102" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
-        <v>183</v>
+        <v>278</v>
       </c>
       <c r="J102" t="s">
         <v>39</v>
       </c>
       <c r="K102"/>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>40</v>
       </c>
       <c r="N102"/>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
-        <v>10478</v>
+        <v>1912</v>
       </c>
       <c r="B103" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C103" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="D103" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
         <v>183</v>
       </c>
       <c r="J103" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K103"/>
       <c r="L103" t="s">
         <v>26</v>
       </c>
-      <c r="M103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M103"/>
       <c r="N103"/>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
-        <v>1076</v>
+        <v>10470</v>
       </c>
       <c r="B104" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C104" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="D104" t="s">
-        <v>248</v>
+        <v>219</v>
       </c>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="H104" t="s">
         <v>23</v>
       </c>
       <c r="I104" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J104" t="s">
         <v>25</v>
       </c>
       <c r="K104"/>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104"/>
       <c r="N104"/>
       <c r="O104"/>
       <c r="P104"/>
       <c r="Q104" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
-        <v>2282</v>
+        <v>10473</v>
       </c>
       <c r="B105" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C105" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D105" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H105" t="s">
         <v>23</v>
       </c>
       <c r="I105" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J105" t="s">
         <v>25</v>
       </c>
       <c r="K105"/>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105"/>
       <c r="N105"/>
       <c r="O105"/>
       <c r="P105"/>
       <c r="Q105" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
-        <v>10482</v>
+        <v>1075</v>
       </c>
       <c r="B106" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="C106" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="D106" t="s">
-        <v>78</v>
+        <v>465</v>
       </c>
       <c r="E106"/>
       <c r="F106"/>
       <c r="G106" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J106" t="s">
         <v>25</v>
       </c>
       <c r="K106"/>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106"/>
       <c r="N106"/>
       <c r="O106"/>
       <c r="P106"/>
       <c r="Q106" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
-        <v>2382</v>
+        <v>9489</v>
       </c>
       <c r="B107" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="C107" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="D107" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="H107" t="s">
         <v>23</v>
       </c>
       <c r="I107" t="s">
         <v>183</v>
       </c>
       <c r="J107" t="s">
         <v>25</v>
       </c>
       <c r="K107"/>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107"/>
       <c r="N107"/>
       <c r="O107"/>
       <c r="P107"/>
       <c r="Q107" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
-        <v>10486</v>
+        <v>1807</v>
       </c>
       <c r="B108" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="C108" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="D108" t="s">
-        <v>78</v>
+        <v>473</v>
       </c>
       <c r="E108"/>
       <c r="F108"/>
       <c r="G108" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="H108" t="s">
         <v>23</v>
       </c>
       <c r="I108" t="s">
         <v>183</v>
       </c>
       <c r="J108" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K108"/>
       <c r="L108" t="s">
         <v>26</v>
       </c>
-      <c r="M108"/>
+      <c r="M108" t="s">
+        <v>40</v>
+      </c>
       <c r="N108"/>
       <c r="O108"/>
       <c r="P108"/>
       <c r="Q108" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
-        <v>2727</v>
+        <v>10478</v>
       </c>
       <c r="B109" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="C109" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="D109" t="s">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="E109"/>
       <c r="F109"/>
       <c r="G109" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="H109" t="s">
         <v>23</v>
       </c>
       <c r="I109" t="s">
         <v>183</v>
       </c>
       <c r="J109" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K109"/>
       <c r="L109" t="s">
         <v>26</v>
       </c>
-      <c r="M109"/>
+      <c r="M109" t="s">
+        <v>40</v>
+      </c>
       <c r="N109"/>
       <c r="O109"/>
       <c r="P109"/>
       <c r="Q109" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
-        <v>2804</v>
+        <v>1076</v>
       </c>
       <c r="B110" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="C110" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="D110" t="s">
-        <v>474</v>
+        <v>252</v>
       </c>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="H110" t="s">
         <v>23</v>
       </c>
       <c r="I110" t="s">
         <v>183</v>
       </c>
       <c r="J110" t="s">
         <v>25</v>
       </c>
       <c r="K110"/>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110"/>
       <c r="N110"/>
       <c r="O110"/>
       <c r="P110"/>
       <c r="Q110" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
-        <v>10492</v>
+        <v>2282</v>
       </c>
       <c r="B111" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="C111" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="D111" t="s">
-        <v>219</v>
+        <v>484</v>
       </c>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="H111" t="s">
         <v>23</v>
       </c>
       <c r="I111" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J111" t="s">
         <v>25</v>
       </c>
       <c r="K111"/>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111"/>
       <c r="N111"/>
       <c r="O111"/>
       <c r="P111"/>
       <c r="Q111" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
-        <v>10493</v>
+        <v>10482</v>
       </c>
       <c r="B112" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="C112" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="D112" t="s">
         <v>78</v>
       </c>
       <c r="E112"/>
       <c r="F112"/>
       <c r="G112" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="H112" t="s">
         <v>23</v>
       </c>
       <c r="I112" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J112" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K112"/>
       <c r="L112" t="s">
         <v>26</v>
       </c>
-      <c r="M112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M112"/>
       <c r="N112"/>
       <c r="O112"/>
       <c r="P112"/>
       <c r="Q112" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
-        <v>3172</v>
+        <v>2382</v>
       </c>
       <c r="B113" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="C113" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="D113" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="E113"/>
       <c r="F113"/>
       <c r="G113" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="H113" t="s">
         <v>23</v>
       </c>
       <c r="I113" t="s">
         <v>183</v>
       </c>
       <c r="J113" t="s">
         <v>25</v>
       </c>
       <c r="K113"/>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113"/>
       <c r="N113"/>
       <c r="O113"/>
       <c r="P113"/>
       <c r="Q113" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
-        <v>3174</v>
+        <v>10486</v>
       </c>
       <c r="B114" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="C114" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="D114" t="s">
-        <v>488</v>
+        <v>78</v>
       </c>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="H114" t="s">
         <v>23</v>
       </c>
       <c r="I114" t="s">
         <v>183</v>
       </c>
       <c r="J114" t="s">
         <v>25</v>
       </c>
       <c r="K114"/>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114"/>
       <c r="N114"/>
       <c r="O114"/>
       <c r="P114"/>
       <c r="Q114" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
-        <v>3374</v>
+        <v>2727</v>
       </c>
       <c r="B115" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="C115" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="D115" t="s">
-        <v>492</v>
+        <v>461</v>
       </c>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="H115" t="s">
         <v>23</v>
       </c>
       <c r="I115" t="s">
         <v>183</v>
       </c>
       <c r="J115" t="s">
         <v>25</v>
       </c>
       <c r="K115"/>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115"/>
       <c r="N115"/>
       <c r="O115"/>
       <c r="P115"/>
       <c r="Q115" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
-        <v>1085</v>
+        <v>2804</v>
       </c>
       <c r="B116" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="C116" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="D116" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="E116"/>
       <c r="F116"/>
       <c r="G116" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="H116" t="s">
         <v>23</v>
       </c>
       <c r="I116" t="s">
         <v>183</v>
       </c>
       <c r="J116" t="s">
         <v>25</v>
       </c>
       <c r="K116"/>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116"/>
       <c r="N116"/>
       <c r="O116"/>
       <c r="P116"/>
       <c r="Q116" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
-        <v>1086</v>
+        <v>10492</v>
       </c>
       <c r="B117" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="C117" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="D117" t="s">
-        <v>500</v>
+        <v>219</v>
       </c>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="H117" t="s">
         <v>23</v>
       </c>
       <c r="I117" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J117" t="s">
         <v>25</v>
       </c>
       <c r="K117"/>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117"/>
       <c r="N117"/>
       <c r="O117"/>
       <c r="P117"/>
       <c r="Q117" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
-        <v>10508</v>
+        <v>10493</v>
       </c>
       <c r="B118" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="C118" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="D118" t="s">
-        <v>504</v>
+        <v>78</v>
       </c>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="H118" t="s">
         <v>23</v>
       </c>
       <c r="I118" t="s">
         <v>183</v>
       </c>
       <c r="J118" t="s">
         <v>39</v>
       </c>
       <c r="K118"/>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>40</v>
       </c>
       <c r="N118"/>
       <c r="O118"/>
       <c r="P118"/>
       <c r="Q118" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
-        <v>1524</v>
+        <v>3172</v>
       </c>
       <c r="B119" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C119" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D119" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="H119" t="s">
         <v>23</v>
       </c>
       <c r="I119" t="s">
         <v>183</v>
       </c>
       <c r="J119" t="s">
         <v>25</v>
       </c>
       <c r="K119"/>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119"/>
       <c r="N119"/>
       <c r="O119"/>
       <c r="P119"/>
       <c r="Q119" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
-        <v>3942</v>
+        <v>3174</v>
       </c>
       <c r="B120" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C120" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D120" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="H120" t="s">
         <v>23</v>
       </c>
       <c r="I120" t="s">
         <v>183</v>
       </c>
       <c r="J120" t="s">
         <v>25</v>
       </c>
       <c r="K120"/>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120"/>
       <c r="N120"/>
       <c r="O120"/>
-      <c r="P120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P120"/>
       <c r="Q120" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
-        <v>10511</v>
+        <v>3374</v>
       </c>
       <c r="B121" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C121" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D121" t="s">
-        <v>78</v>
+        <v>519</v>
       </c>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="H121" t="s">
         <v>23</v>
       </c>
       <c r="I121" t="s">
-        <v>518</v>
+        <v>183</v>
       </c>
       <c r="J121" t="s">
         <v>25</v>
       </c>
       <c r="K121"/>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121"/>
       <c r="N121"/>
       <c r="O121"/>
       <c r="P121"/>
       <c r="Q121" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
-        <v>10512</v>
+        <v>1085</v>
       </c>
       <c r="B122" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="C122" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D122" t="s">
-        <v>219</v>
+        <v>523</v>
       </c>
       <c r="E122"/>
       <c r="F122"/>
       <c r="G122" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="H122" t="s">
         <v>23</v>
       </c>
       <c r="I122" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J122" t="s">
         <v>25</v>
       </c>
       <c r="K122"/>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122"/>
       <c r="N122"/>
       <c r="O122"/>
       <c r="P122"/>
       <c r="Q122" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
-        <v>10516</v>
+        <v>1086</v>
       </c>
       <c r="B123" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="C123" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D123" t="s">
-        <v>19</v>
+        <v>527</v>
       </c>
       <c r="E123"/>
       <c r="F123"/>
       <c r="G123" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="H123" t="s">
         <v>23</v>
       </c>
       <c r="I123" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J123" t="s">
         <v>25</v>
       </c>
       <c r="K123"/>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123"/>
       <c r="N123"/>
       <c r="O123"/>
       <c r="P123"/>
       <c r="Q123" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124">
-        <v>4258</v>
+        <v>10508</v>
       </c>
       <c r="B124" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="C124" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="D124" t="s">
-        <v>351</v>
+        <v>531</v>
       </c>
       <c r="E124"/>
       <c r="F124"/>
       <c r="G124" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="H124" t="s">
         <v>23</v>
       </c>
       <c r="I124" t="s">
         <v>183</v>
       </c>
       <c r="J124" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K124"/>
       <c r="L124" t="s">
         <v>26</v>
       </c>
-      <c r="M124"/>
+      <c r="M124" t="s">
+        <v>40</v>
+      </c>
       <c r="N124"/>
       <c r="O124"/>
       <c r="P124"/>
       <c r="Q124" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
-        <v>4442</v>
+        <v>1524</v>
       </c>
       <c r="B125" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="C125" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="D125" t="s">
-        <v>464</v>
+        <v>535</v>
       </c>
       <c r="E125"/>
       <c r="F125"/>
       <c r="G125" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="H125" t="s">
         <v>23</v>
       </c>
       <c r="I125" t="s">
         <v>183</v>
       </c>
       <c r="J125" t="s">
         <v>25</v>
       </c>
       <c r="K125"/>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125"/>
       <c r="N125"/>
       <c r="O125"/>
       <c r="P125"/>
       <c r="Q125" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
-        <v>4570</v>
+        <v>3942</v>
       </c>
       <c r="B126" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="C126" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="D126" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="H126" t="s">
         <v>23</v>
       </c>
       <c r="I126" t="s">
         <v>183</v>
       </c>
       <c r="J126" t="s">
         <v>25</v>
       </c>
       <c r="K126"/>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126"/>
       <c r="N126"/>
       <c r="O126"/>
       <c r="P126" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="Q126" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
-        <v>9745</v>
+        <v>10511</v>
       </c>
       <c r="B127" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="C127" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="D127" t="s">
         <v>78</v>
       </c>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="H127" t="s">
         <v>23</v>
       </c>
       <c r="I127" t="s">
-        <v>183</v>
+        <v>545</v>
       </c>
       <c r="J127" t="s">
         <v>25</v>
       </c>
       <c r="K127"/>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127"/>
       <c r="N127"/>
       <c r="O127"/>
       <c r="P127"/>
       <c r="Q127" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
-        <v>10534</v>
+        <v>10512</v>
       </c>
       <c r="B128" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C128" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="D128" t="s">
         <v>219</v>
       </c>
       <c r="E128"/>
       <c r="F128"/>
       <c r="G128" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="H128" t="s">
         <v>23</v>
       </c>
       <c r="I128" t="s">
         <v>242</v>
       </c>
       <c r="J128" t="s">
         <v>25</v>
       </c>
       <c r="K128"/>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128"/>
       <c r="N128"/>
       <c r="O128"/>
       <c r="P128"/>
       <c r="Q128" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
-        <v>10535</v>
+        <v>10516</v>
       </c>
       <c r="B129" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="C129" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="D129" t="s">
-        <v>219</v>
+        <v>19</v>
       </c>
       <c r="E129"/>
       <c r="F129"/>
       <c r="G129" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="H129" t="s">
         <v>23</v>
       </c>
       <c r="I129" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J129" t="s">
         <v>25</v>
       </c>
       <c r="K129"/>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129"/>
       <c r="N129"/>
       <c r="O129"/>
-      <c r="P129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P129"/>
       <c r="Q129" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
-        <v>5375</v>
+        <v>4258</v>
       </c>
       <c r="B130" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="C130" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="D130" t="s">
-        <v>224</v>
+        <v>364</v>
       </c>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="H130" t="s">
         <v>23</v>
       </c>
       <c r="I130" t="s">
         <v>183</v>
       </c>
       <c r="J130" t="s">
         <v>25</v>
       </c>
       <c r="K130"/>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130"/>
       <c r="N130"/>
       <c r="O130"/>
-      <c r="P130" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P130"/>
       <c r="Q130" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
-        <v>10542</v>
+        <v>4442</v>
       </c>
       <c r="B131" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C131" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="D131" t="s">
-        <v>219</v>
+        <v>491</v>
       </c>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="H131" t="s">
         <v>23</v>
       </c>
       <c r="I131" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J131" t="s">
         <v>25</v>
       </c>
       <c r="K131"/>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131"/>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131"/>
       <c r="Q131" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
-        <v>10545</v>
+        <v>4570</v>
       </c>
       <c r="B132" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="C132" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="D132" t="s">
-        <v>78</v>
+        <v>560</v>
       </c>
       <c r="E132"/>
       <c r="F132"/>
       <c r="G132" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="H132" t="s">
         <v>23</v>
       </c>
       <c r="I132" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J132" t="s">
         <v>25</v>
       </c>
       <c r="K132"/>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132"/>
       <c r="N132"/>
       <c r="O132"/>
-      <c r="P132"/>
+      <c r="P132" t="s">
+        <v>562</v>
+      </c>
       <c r="Q132" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
-        <v>9616</v>
+        <v>9745</v>
       </c>
       <c r="B133" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="C133" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="D133" t="s">
-        <v>558</v>
+        <v>78</v>
       </c>
       <c r="E133"/>
       <c r="F133"/>
       <c r="G133" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="H133" t="s">
         <v>23</v>
       </c>
       <c r="I133" t="s">
         <v>183</v>
       </c>
       <c r="J133" t="s">
         <v>25</v>
       </c>
       <c r="K133"/>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133"/>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133"/>
       <c r="Q133" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
-        <v>512</v>
+        <v>10534</v>
       </c>
       <c r="B134" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="C134" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="D134" t="s">
-        <v>78</v>
+        <v>219</v>
       </c>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="H134" t="s">
         <v>23</v>
       </c>
       <c r="I134" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J134" t="s">
         <v>25</v>
       </c>
       <c r="K134"/>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134"/>
       <c r="N134"/>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
-        <v>10557</v>
+        <v>10535</v>
       </c>
       <c r="B135" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="C135" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="D135" t="s">
-        <v>78</v>
+        <v>219</v>
       </c>
       <c r="E135"/>
       <c r="F135"/>
       <c r="G135" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="H135" t="s">
         <v>23</v>
       </c>
       <c r="I135" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J135" t="s">
         <v>25</v>
       </c>
       <c r="K135"/>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135"/>
       <c r="N135"/>
       <c r="O135"/>
-      <c r="P135"/>
+      <c r="P135" t="s">
+        <v>572</v>
+      </c>
       <c r="Q135" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136">
-        <v>6488</v>
+        <v>5375</v>
       </c>
       <c r="B136" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="C136" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="D136" t="s">
-        <v>19</v>
+        <v>224</v>
       </c>
       <c r="E136"/>
       <c r="F136"/>
       <c r="G136" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="H136" t="s">
         <v>23</v>
       </c>
       <c r="I136" t="s">
         <v>183</v>
       </c>
       <c r="J136" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K136"/>
       <c r="L136" t="s">
         <v>26</v>
       </c>
-      <c r="M136" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M136"/>
       <c r="N136"/>
       <c r="O136"/>
-      <c r="P136"/>
+      <c r="P136" t="s">
+        <v>576</v>
+      </c>
       <c r="Q136" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137">
-        <v>9766</v>
+        <v>10542</v>
       </c>
       <c r="B137" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-      <c r="D137"/>
+        <v>577</v>
+      </c>
+      <c r="C137" t="s">
+        <v>578</v>
+      </c>
+      <c r="D137" t="s">
+        <v>219</v>
+      </c>
       <c r="E137"/>
       <c r="F137"/>
       <c r="G137" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
       <c r="H137" t="s">
         <v>23</v>
       </c>
       <c r="I137" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J137" t="s">
         <v>25</v>
       </c>
       <c r="K137"/>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137"/>
       <c r="N137"/>
       <c r="O137"/>
-      <c r="P137" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P137"/>
       <c r="Q137" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138">
-        <v>6569</v>
+        <v>10545</v>
       </c>
       <c r="B138" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="C138" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="D138" t="s">
-        <v>574</v>
+        <v>78</v>
       </c>
       <c r="E138"/>
       <c r="F138"/>
       <c r="G138" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="H138" t="s">
         <v>23</v>
       </c>
       <c r="I138" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J138" t="s">
         <v>25</v>
       </c>
       <c r="K138"/>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138"/>
       <c r="N138"/>
       <c r="O138"/>
-      <c r="P138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P138"/>
       <c r="Q138" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139">
-        <v>1525</v>
+        <v>9616</v>
       </c>
       <c r="B139" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="C139" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="D139" t="s">
-        <v>78</v>
+        <v>585</v>
       </c>
       <c r="E139"/>
       <c r="F139"/>
       <c r="G139" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="H139" t="s">
         <v>23</v>
       </c>
       <c r="I139" t="s">
         <v>183</v>
       </c>
       <c r="J139" t="s">
         <v>25</v>
       </c>
       <c r="K139"/>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139"/>
       <c r="N139"/>
       <c r="O139"/>
       <c r="P139"/>
       <c r="Q139" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140">
-        <v>10565</v>
+        <v>512</v>
       </c>
       <c r="B140" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C140" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="D140" t="s">
-        <v>450</v>
+        <v>78</v>
       </c>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="H140" t="s">
         <v>23</v>
       </c>
       <c r="I140" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J140" t="s">
         <v>25</v>
       </c>
       <c r="K140"/>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140"/>
       <c r="N140"/>
       <c r="O140"/>
       <c r="P140"/>
       <c r="Q140" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141">
-        <v>6757</v>
+        <v>10557</v>
       </c>
       <c r="B141" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="C141" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="D141" t="s">
-        <v>585</v>
+        <v>78</v>
       </c>
       <c r="E141"/>
       <c r="F141"/>
       <c r="G141" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="H141" t="s">
         <v>23</v>
       </c>
       <c r="I141" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J141" t="s">
         <v>25</v>
       </c>
       <c r="K141"/>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141"/>
       <c r="N141"/>
       <c r="O141"/>
       <c r="P141"/>
       <c r="Q141" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142">
-        <v>6897</v>
+        <v>6488</v>
       </c>
       <c r="B142" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="C142" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="D142" t="s">
-        <v>589</v>
+        <v>19</v>
       </c>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="H142" t="s">
         <v>23</v>
       </c>
       <c r="I142" t="s">
         <v>183</v>
       </c>
       <c r="J142" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K142"/>
       <c r="L142" t="s">
         <v>26</v>
       </c>
-      <c r="M142"/>
+      <c r="M142" t="s">
+        <v>40</v>
+      </c>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142"/>
       <c r="Q142" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143">
-        <v>10574</v>
+        <v>9766</v>
       </c>
       <c r="B143" t="s">
-        <v>591</v>
-[...6 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+      <c r="C143"/>
+      <c r="D143"/>
       <c r="E143"/>
       <c r="F143"/>
       <c r="G143" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="H143" t="s">
         <v>23</v>
       </c>
       <c r="I143" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J143" t="s">
         <v>25</v>
       </c>
       <c r="K143"/>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143"/>
       <c r="N143"/>
       <c r="O143"/>
-      <c r="P143"/>
+      <c r="P143" t="s">
+        <v>598</v>
+      </c>
       <c r="Q143" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144">
-        <v>10575</v>
+        <v>6569</v>
       </c>
       <c r="B144" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C144" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="D144" t="s">
-        <v>78</v>
+        <v>601</v>
       </c>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="H144" t="s">
         <v>23</v>
       </c>
       <c r="I144" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J144" t="s">
         <v>25</v>
       </c>
       <c r="K144"/>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144"/>
       <c r="N144"/>
       <c r="O144"/>
-      <c r="P144"/>
+      <c r="P144" t="s">
+        <v>603</v>
+      </c>
       <c r="Q144" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145">
-        <v>9654</v>
+        <v>1525</v>
       </c>
       <c r="B145" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="C145" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="D145" t="s">
         <v>78</v>
       </c>
       <c r="E145"/>
       <c r="F145"/>
       <c r="G145" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="H145" t="s">
         <v>23</v>
       </c>
       <c r="I145" t="s">
         <v>183</v>
       </c>
       <c r="J145" t="s">
         <v>25</v>
       </c>
       <c r="K145"/>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145"/>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145"/>
       <c r="Q145" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146">
-        <v>7089</v>
+        <v>10565</v>
       </c>
       <c r="B146" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="C146" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="D146" t="s">
-        <v>602</v>
+        <v>477</v>
       </c>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="H146" t="s">
         <v>23</v>
       </c>
       <c r="I146" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J146" t="s">
         <v>25</v>
       </c>
       <c r="K146"/>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146"/>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146"/>
       <c r="Q146" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147">
-        <v>4260</v>
+        <v>6757</v>
       </c>
       <c r="B147" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="C147" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="D147" t="s">
-        <v>186</v>
+        <v>612</v>
       </c>
       <c r="E147"/>
       <c r="F147"/>
       <c r="G147" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="H147" t="s">
         <v>23</v>
       </c>
       <c r="I147" t="s">
         <v>183</v>
       </c>
       <c r="J147" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K147"/>
       <c r="L147" t="s">
         <v>26</v>
       </c>
-      <c r="M147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M147"/>
       <c r="N147"/>
       <c r="O147"/>
-      <c r="P147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P147"/>
       <c r="Q147" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148">
-        <v>7682</v>
+        <v>6897</v>
       </c>
       <c r="B148" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="C148" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="D148" t="s">
-        <v>219</v>
+        <v>616</v>
       </c>
       <c r="E148"/>
       <c r="F148"/>
       <c r="G148" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="H148" t="s">
         <v>23</v>
       </c>
       <c r="I148" t="s">
         <v>183</v>
       </c>
       <c r="J148" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K148"/>
       <c r="L148" t="s">
         <v>26</v>
       </c>
-      <c r="M148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M148"/>
       <c r="N148"/>
       <c r="O148"/>
-      <c r="P148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P148"/>
       <c r="Q148" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149">
-        <v>10597</v>
+        <v>10574</v>
       </c>
       <c r="B149" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="C149" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="D149" t="s">
-        <v>276</v>
+        <v>78</v>
       </c>
       <c r="E149"/>
       <c r="F149"/>
       <c r="G149" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="H149" t="s">
         <v>23</v>
       </c>
       <c r="I149" t="s">
         <v>242</v>
       </c>
       <c r="J149" t="s">
         <v>25</v>
       </c>
       <c r="K149"/>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149"/>
       <c r="N149"/>
       <c r="O149"/>
       <c r="P149"/>
       <c r="Q149" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150">
-        <v>7788</v>
+        <v>10575</v>
       </c>
       <c r="B150" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="C150" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="D150" t="s">
-        <v>617</v>
+        <v>78</v>
       </c>
       <c r="E150"/>
       <c r="F150"/>
       <c r="G150" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="H150" t="s">
         <v>23</v>
       </c>
       <c r="I150" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J150" t="s">
         <v>25</v>
       </c>
       <c r="K150"/>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150"/>
       <c r="N150"/>
       <c r="O150"/>
       <c r="P150"/>
       <c r="Q150" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151">
-        <v>10600</v>
+        <v>9654</v>
       </c>
       <c r="B151" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="C151" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="D151" t="s">
-        <v>621</v>
+        <v>78</v>
       </c>
       <c r="E151"/>
       <c r="F151"/>
       <c r="G151" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="H151" t="s">
         <v>23</v>
       </c>
       <c r="I151" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="J151" t="s">
         <v>25</v>
       </c>
       <c r="K151"/>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151"/>
       <c r="N151"/>
       <c r="O151"/>
       <c r="P151"/>
       <c r="Q151" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
-        <v>10605</v>
+        <v>7089</v>
       </c>
       <c r="B152" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C152" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="D152" t="s">
-        <v>434</v>
+        <v>629</v>
       </c>
       <c r="E152"/>
       <c r="F152"/>
       <c r="G152" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="H152" t="s">
         <v>23</v>
       </c>
       <c r="I152" t="s">
         <v>183</v>
       </c>
       <c r="J152" t="s">
         <v>25</v>
       </c>
       <c r="K152"/>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152"/>
       <c r="N152"/>
       <c r="O152"/>
       <c r="P152"/>
       <c r="Q152" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
-        <v>8574</v>
+        <v>4260</v>
       </c>
       <c r="B153" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C153" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="D153" t="s">
-        <v>628</v>
+        <v>186</v>
       </c>
       <c r="E153"/>
       <c r="F153"/>
       <c r="G153" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="H153" t="s">
         <v>23</v>
       </c>
       <c r="I153" t="s">
         <v>183</v>
       </c>
       <c r="J153" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K153"/>
       <c r="L153" t="s">
         <v>26</v>
       </c>
-      <c r="M153"/>
+      <c r="M153" t="s">
+        <v>236</v>
+      </c>
       <c r="N153"/>
       <c r="O153"/>
-      <c r="P153"/>
+      <c r="P153" t="s">
+        <v>634</v>
+      </c>
       <c r="Q153" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
-        <v>30173</v>
+        <v>7682</v>
       </c>
       <c r="B154" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="C154" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="D154" t="s">
-        <v>266</v>
+        <v>219</v>
       </c>
       <c r="E154"/>
       <c r="F154"/>
       <c r="G154" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="H154" t="s">
         <v>23</v>
       </c>
       <c r="I154" t="s">
-        <v>46</v>
+        <v>183</v>
       </c>
       <c r="J154" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K154"/>
       <c r="L154" t="s">
         <v>26</v>
       </c>
-      <c r="M154"/>
+      <c r="M154" t="s">
+        <v>40</v>
+      </c>
       <c r="N154"/>
       <c r="O154"/>
-      <c r="P154"/>
+      <c r="P154" t="s">
+        <v>638</v>
+      </c>
       <c r="Q154" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
-        <v>10528</v>
+        <v>10597</v>
       </c>
       <c r="B155" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="C155" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="D155" t="s">
-        <v>78</v>
+        <v>284</v>
       </c>
       <c r="E155"/>
       <c r="F155"/>
       <c r="G155" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="H155" t="s">
         <v>23</v>
       </c>
       <c r="I155" t="s">
         <v>242</v>
       </c>
       <c r="J155" t="s">
         <v>25</v>
       </c>
       <c r="K155"/>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155"/>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155"/>
       <c r="Q155" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
-        <v>9029</v>
+        <v>7788</v>
       </c>
       <c r="B156" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="C156" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="D156" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="E156"/>
       <c r="F156"/>
       <c r="G156" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="H156" t="s">
         <v>23</v>
       </c>
       <c r="I156" t="s">
         <v>183</v>
       </c>
       <c r="J156" t="s">
         <v>25</v>
       </c>
       <c r="K156"/>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156"/>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156"/>
       <c r="Q156" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
-        <v>10582</v>
+        <v>10600</v>
       </c>
       <c r="B157" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="C157" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="D157" t="s">
-        <v>442</v>
+        <v>648</v>
       </c>
       <c r="E157"/>
       <c r="F157"/>
       <c r="G157" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="H157" t="s">
         <v>23</v>
       </c>
       <c r="I157" t="s">
-        <v>242</v>
+        <v>24</v>
       </c>
       <c r="J157" t="s">
         <v>25</v>
       </c>
       <c r="K157"/>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157"/>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157"/>
       <c r="Q157" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158">
-        <v>23752</v>
+        <v>10605</v>
       </c>
       <c r="B158" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="C158" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="D158" t="s">
-        <v>645</v>
-[...7 lines deleted...]
-      <c r="G158"/>
+        <v>461</v>
+      </c>
+      <c r="E158"/>
+      <c r="F158"/>
+      <c r="G158" t="s">
+        <v>652</v>
+      </c>
       <c r="H158" t="s">
         <v>23</v>
       </c>
       <c r="I158" t="s">
-        <v>56</v>
+        <v>183</v>
       </c>
       <c r="J158" t="s">
         <v>25</v>
       </c>
       <c r="K158"/>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158"/>
       <c r="N158"/>
       <c r="O158"/>
       <c r="P158"/>
       <c r="Q158" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159">
-        <v>28046</v>
+        <v>8574</v>
       </c>
       <c r="B159" t="s">
-        <v>647</v>
-[...9 lines deleted...]
-      <c r="G159"/>
+        <v>653</v>
+      </c>
+      <c r="C159" t="s">
+        <v>654</v>
+      </c>
+      <c r="D159" t="s">
+        <v>655</v>
+      </c>
+      <c r="E159"/>
+      <c r="F159"/>
+      <c r="G159" t="s">
+        <v>656</v>
+      </c>
       <c r="H159" t="s">
         <v>23</v>
       </c>
       <c r="I159" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="J159" t="s">
         <v>25</v>
       </c>
       <c r="K159"/>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159"/>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159"/>
       <c r="Q159" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160">
-        <v>12335</v>
+        <v>30173</v>
       </c>
       <c r="B160" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="C160" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="D160" t="s">
-        <v>650</v>
-[...7 lines deleted...]
-      <c r="G160"/>
+        <v>245</v>
+      </c>
+      <c r="E160"/>
+      <c r="F160"/>
+      <c r="G160" t="s">
+        <v>659</v>
+      </c>
       <c r="H160" t="s">
         <v>23</v>
       </c>
       <c r="I160" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="J160" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K160"/>
       <c r="L160" t="s">
         <v>26</v>
       </c>
-      <c r="M160" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M160"/>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160"/>
       <c r="Q160" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161">
-        <v>89</v>
+        <v>10528</v>
       </c>
       <c r="B161" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="C161" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="D161" t="s">
         <v>78</v>
       </c>
-      <c r="E161" t="s">
-[...5 lines deleted...]
-      <c r="G161"/>
+      <c r="E161"/>
+      <c r="F161"/>
+      <c r="G161" t="s">
+        <v>662</v>
+      </c>
       <c r="H161" t="s">
         <v>23</v>
       </c>
       <c r="I161" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J161" t="s">
         <v>25</v>
       </c>
       <c r="K161"/>
       <c r="L161" t="s">
-        <v>338</v>
+        <v>26</v>
       </c>
       <c r="M161"/>
       <c r="N161"/>
       <c r="O161"/>
-      <c r="P161" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P161"/>
       <c r="Q161" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162">
-        <v>90</v>
+        <v>9029</v>
       </c>
       <c r="B162" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="C162" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="D162" t="s">
-        <v>78</v>
-[...7 lines deleted...]
-      <c r="G162"/>
+        <v>665</v>
+      </c>
+      <c r="E162"/>
+      <c r="F162"/>
+      <c r="G162" t="s">
+        <v>666</v>
+      </c>
       <c r="H162" t="s">
         <v>23</v>
       </c>
       <c r="I162" t="s">
         <v>183</v>
       </c>
       <c r="J162" t="s">
         <v>25</v>
       </c>
       <c r="K162"/>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162"/>
       <c r="N162"/>
       <c r="O162"/>
-      <c r="P162" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P162"/>
       <c r="Q162" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163">
-        <v>79193</v>
+        <v>10582</v>
       </c>
       <c r="B163" t="s">
-        <v>657</v>
-[...9 lines deleted...]
-      <c r="G163"/>
+        <v>667</v>
+      </c>
+      <c r="C163" t="s">
+        <v>668</v>
+      </c>
+      <c r="D163" t="s">
+        <v>469</v>
+      </c>
+      <c r="E163"/>
+      <c r="F163"/>
+      <c r="G163" t="s">
+        <v>669</v>
+      </c>
       <c r="H163" t="s">
         <v>23</v>
       </c>
       <c r="I163" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J163" t="s">
         <v>25</v>
       </c>
       <c r="K163"/>
       <c r="L163" t="s">
-        <v>338</v>
+        <v>26</v>
       </c>
       <c r="M163"/>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163"/>
       <c r="Q163" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164">
-        <v>79194</v>
+        <v>23752</v>
       </c>
       <c r="B164" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-      <c r="D164"/>
+        <v>670</v>
+      </c>
+      <c r="C164" t="s">
+        <v>671</v>
+      </c>
+      <c r="D164" t="s">
+        <v>672</v>
+      </c>
       <c r="E164" t="s">
-        <v>249</v>
+        <v>673</v>
       </c>
       <c r="F164" t="s">
-        <v>181</v>
+        <v>33</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
         <v>23</v>
       </c>
       <c r="I164" t="s">
-        <v>183</v>
+        <v>56</v>
       </c>
       <c r="J164" t="s">
         <v>25</v>
       </c>
       <c r="K164"/>
       <c r="L164" t="s">
-        <v>338</v>
+        <v>26</v>
       </c>
       <c r="M164"/>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164"/>
       <c r="Q164" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165">
-        <v>79195</v>
+        <v>28046</v>
       </c>
       <c r="B165" t="s">
-        <v>659</v>
+        <v>674</v>
       </c>
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165" t="s">
         <v>180</v>
       </c>
       <c r="F165" t="s">
         <v>181</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
         <v>23</v>
       </c>
       <c r="I165" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="J165" t="s">
         <v>25</v>
       </c>
       <c r="K165"/>
       <c r="L165" t="s">
-        <v>338</v>
+        <v>26</v>
       </c>
       <c r="M165"/>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165"/>
       <c r="Q165" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166">
-        <v>79197</v>
+        <v>12335</v>
       </c>
       <c r="B166" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-      <c r="D166"/>
+        <v>675</v>
+      </c>
+      <c r="C166" t="s">
+        <v>676</v>
+      </c>
+      <c r="D166" t="s">
+        <v>677</v>
+      </c>
       <c r="E166" t="s">
         <v>180</v>
       </c>
       <c r="F166" t="s">
         <v>181</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>23</v>
       </c>
       <c r="I166" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="J166" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K166"/>
       <c r="L166" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="M166"/>
+        <v>26</v>
+      </c>
+      <c r="M166" t="s">
+        <v>40</v>
+      </c>
       <c r="N166"/>
       <c r="O166"/>
       <c r="P166"/>
       <c r="Q166" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167">
-        <v>28375</v>
+        <v>89</v>
       </c>
       <c r="B167" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-      <c r="D167"/>
+        <v>678</v>
+      </c>
+      <c r="C167" t="s">
+        <v>679</v>
+      </c>
+      <c r="D167" t="s">
+        <v>78</v>
+      </c>
       <c r="E167" t="s">
-        <v>180</v>
+        <v>253</v>
       </c>
       <c r="F167" t="s">
         <v>181</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>23</v>
       </c>
       <c r="I167" t="s">
-        <v>56</v>
+        <v>183</v>
       </c>
       <c r="J167" t="s">
         <v>25</v>
       </c>
       <c r="K167"/>
       <c r="L167" t="s">
-        <v>26</v>
+        <v>351</v>
       </c>
       <c r="M167"/>
       <c r="N167"/>
       <c r="O167"/>
-      <c r="P167"/>
+      <c r="P167" t="s">
+        <v>680</v>
+      </c>
       <c r="Q167" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168">
-        <v>28376</v>
+        <v>90</v>
       </c>
       <c r="B168" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-      <c r="D168"/>
+        <v>681</v>
+      </c>
+      <c r="C168" t="s">
+        <v>682</v>
+      </c>
+      <c r="D168" t="s">
+        <v>78</v>
+      </c>
       <c r="E168" t="s">
         <v>180</v>
       </c>
       <c r="F168" t="s">
         <v>181</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
         <v>23</v>
       </c>
       <c r="I168" t="s">
-        <v>56</v>
+        <v>183</v>
       </c>
       <c r="J168" t="s">
         <v>25</v>
       </c>
       <c r="K168"/>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168"/>
       <c r="N168"/>
       <c r="O168"/>
-      <c r="P168"/>
+      <c r="P168" t="s">
+        <v>683</v>
+      </c>
       <c r="Q168" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169">
-        <v>31429</v>
+        <v>79193</v>
       </c>
       <c r="B169" t="s">
-        <v>663</v>
-[...6 lines deleted...]
-      </c>
+        <v>684</v>
+      </c>
+      <c r="C169"/>
+      <c r="D169"/>
       <c r="E169" t="s">
         <v>180</v>
       </c>
       <c r="F169" t="s">
         <v>181</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
         <v>23</v>
       </c>
       <c r="I169" t="s">
-        <v>46</v>
+        <v>183</v>
       </c>
       <c r="J169" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K169"/>
       <c r="L169" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="M169"/>
       <c r="N169"/>
       <c r="O169"/>
       <c r="P169"/>
       <c r="Q169" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170">
-        <v>79332</v>
+        <v>79194</v>
       </c>
       <c r="B170" t="s">
-        <v>665</v>
+        <v>685</v>
       </c>
       <c r="C170"/>
       <c r="D170"/>
       <c r="E170" t="s">
-        <v>180</v>
+        <v>253</v>
       </c>
       <c r="F170" t="s">
         <v>181</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
         <v>23</v>
       </c>
       <c r="I170" t="s">
-        <v>46</v>
+        <v>183</v>
       </c>
       <c r="J170" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K170"/>
       <c r="L170" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="M170"/>
       <c r="N170"/>
       <c r="O170"/>
       <c r="P170"/>
       <c r="Q170" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171">
-        <v>28499</v>
+        <v>79195</v>
       </c>
       <c r="B171" t="s">
-        <v>666</v>
-[...6 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="C171"/>
+      <c r="D171"/>
       <c r="E171" t="s">
         <v>180</v>
       </c>
       <c r="F171" t="s">
         <v>181</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>23</v>
       </c>
       <c r="I171" t="s">
-        <v>46</v>
+        <v>183</v>
       </c>
       <c r="J171" t="s">
         <v>25</v>
       </c>
       <c r="K171"/>
       <c r="L171" t="s">
-        <v>26</v>
+        <v>351</v>
       </c>
       <c r="M171"/>
       <c r="N171"/>
       <c r="O171"/>
       <c r="P171"/>
       <c r="Q171" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172">
-        <v>28653</v>
+        <v>79197</v>
       </c>
       <c r="B172" t="s">
-        <v>668</v>
+        <v>687</v>
       </c>
       <c r="C172"/>
       <c r="D172"/>
       <c r="E172" t="s">
         <v>180</v>
       </c>
       <c r="F172" t="s">
         <v>181</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>23</v>
       </c>
       <c r="I172" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="J172" t="s">
         <v>25</v>
       </c>
       <c r="K172"/>
       <c r="L172" t="s">
-        <v>26</v>
+        <v>351</v>
       </c>
       <c r="M172"/>
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172"/>
       <c r="Q172" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173">
-        <v>37403</v>
+        <v>28375</v>
       </c>
       <c r="B173" t="s">
-        <v>669</v>
+        <v>688</v>
       </c>
       <c r="C173"/>
       <c r="D173"/>
       <c r="E173" t="s">
         <v>180</v>
       </c>
       <c r="F173" t="s">
         <v>181</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>23</v>
       </c>
       <c r="I173" t="s">
-        <v>183</v>
+        <v>56</v>
       </c>
       <c r="J173" t="s">
         <v>25</v>
       </c>
       <c r="K173"/>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173"/>
       <c r="N173"/>
       <c r="O173"/>
       <c r="P173"/>
       <c r="Q173" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174">
-        <v>37404</v>
+        <v>28376</v>
       </c>
       <c r="B174" t="s">
-        <v>670</v>
+        <v>689</v>
       </c>
       <c r="C174"/>
       <c r="D174"/>
       <c r="E174" t="s">
         <v>180</v>
       </c>
       <c r="F174" t="s">
         <v>181</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
         <v>23</v>
       </c>
       <c r="I174" t="s">
-        <v>183</v>
+        <v>56</v>
       </c>
       <c r="J174" t="s">
         <v>25</v>
       </c>
       <c r="K174"/>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174"/>
       <c r="N174"/>
       <c r="O174"/>
       <c r="P174"/>
       <c r="Q174" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175">
-        <v>37406</v>
+        <v>31429</v>
       </c>
       <c r="B175" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-      <c r="D175"/>
+        <v>690</v>
+      </c>
+      <c r="C175" t="s">
+        <v>691</v>
+      </c>
+      <c r="D175" t="s">
+        <v>78</v>
+      </c>
       <c r="E175" t="s">
         <v>180</v>
       </c>
       <c r="F175" t="s">
         <v>181</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>23</v>
       </c>
       <c r="I175" t="s">
-        <v>183</v>
+        <v>46</v>
       </c>
       <c r="J175" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K175"/>
       <c r="L175" t="s">
         <v>26</v>
       </c>
-      <c r="M175"/>
+      <c r="M175" t="s">
+        <v>40</v>
+      </c>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175"/>
       <c r="Q175" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176">
-        <v>32252</v>
+        <v>79332</v>
       </c>
       <c r="B176" t="s">
-        <v>672</v>
+        <v>692</v>
       </c>
       <c r="C176"/>
       <c r="D176"/>
       <c r="E176" t="s">
         <v>180</v>
       </c>
       <c r="F176" t="s">
         <v>181</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>23</v>
       </c>
       <c r="I176" t="s">
-        <v>183</v>
+        <v>46</v>
       </c>
       <c r="J176" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K176"/>
       <c r="L176" t="s">
         <v>26</v>
       </c>
-      <c r="M176"/>
+      <c r="M176" t="s">
+        <v>40</v>
+      </c>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176"/>
       <c r="Q176" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177">
-        <v>28868</v>
+        <v>28499</v>
       </c>
       <c r="B177" t="s">
-        <v>673</v>
+        <v>693</v>
       </c>
       <c r="C177" t="s">
-        <v>674</v>
+        <v>694</v>
       </c>
       <c r="D177" t="s">
         <v>78</v>
       </c>
       <c r="E177" t="s">
         <v>180</v>
       </c>
       <c r="F177" t="s">
         <v>181</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>23</v>
       </c>
       <c r="I177" t="s">
         <v>46</v>
       </c>
       <c r="J177" t="s">
         <v>25</v>
       </c>
       <c r="K177"/>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177"/>
       <c r="Q177" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178">
-        <v>30961</v>
+        <v>28653</v>
       </c>
       <c r="B178" t="s">
-        <v>675</v>
-[...6 lines deleted...]
-      </c>
+        <v>695</v>
+      </c>
+      <c r="C178"/>
+      <c r="D178"/>
       <c r="E178" t="s">
         <v>180</v>
       </c>
       <c r="F178" t="s">
         <v>181</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>23</v>
       </c>
       <c r="I178" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="J178" t="s">
         <v>25</v>
       </c>
       <c r="K178"/>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178"/>
       <c r="Q178" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179">
-        <v>28891</v>
+        <v>37403</v>
       </c>
       <c r="B179" t="s">
-        <v>677</v>
+        <v>696</v>
       </c>
       <c r="C179"/>
       <c r="D179"/>
       <c r="E179" t="s">
         <v>180</v>
       </c>
       <c r="F179" t="s">
         <v>181</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
         <v>23</v>
       </c>
       <c r="I179" t="s">
-        <v>56</v>
+        <v>183</v>
       </c>
       <c r="J179" t="s">
         <v>25</v>
       </c>
       <c r="K179"/>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179"/>
       <c r="Q179" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180">
-        <v>79492</v>
+        <v>37404</v>
       </c>
       <c r="B180" t="s">
-        <v>678</v>
+        <v>697</v>
       </c>
       <c r="C180"/>
       <c r="D180"/>
       <c r="E180" t="s">
-        <v>240</v>
+        <v>180</v>
       </c>
       <c r="F180" t="s">
         <v>181</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
         <v>23</v>
       </c>
       <c r="I180" t="s">
-        <v>56</v>
+        <v>183</v>
       </c>
       <c r="J180" t="s">
         <v>25</v>
       </c>
       <c r="K180"/>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180"/>
       <c r="Q180" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181">
-        <v>11710</v>
+        <v>37406</v>
       </c>
       <c r="B181" t="s">
-        <v>679</v>
-[...6 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="C181"/>
+      <c r="D181"/>
       <c r="E181" t="s">
         <v>180</v>
       </c>
       <c r="F181" t="s">
         <v>181</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>23</v>
       </c>
       <c r="I181" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="J181" t="s">
         <v>25</v>
       </c>
       <c r="K181"/>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181"/>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181"/>
       <c r="Q181" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182">
-        <v>12339</v>
+        <v>32252</v>
       </c>
       <c r="B182" t="s">
-        <v>681</v>
-[...6 lines deleted...]
-      </c>
+        <v>699</v>
+      </c>
+      <c r="C182"/>
+      <c r="D182"/>
       <c r="E182" t="s">
         <v>180</v>
       </c>
       <c r="F182" t="s">
         <v>181</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>23</v>
       </c>
       <c r="I182" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="J182" t="s">
         <v>25</v>
       </c>
       <c r="K182"/>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182"/>
       <c r="N182"/>
       <c r="O182"/>
       <c r="P182"/>
       <c r="Q182" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183">
-        <v>11028</v>
+        <v>28868</v>
       </c>
       <c r="B183" t="s">
-        <v>683</v>
+        <v>700</v>
       </c>
       <c r="C183" t="s">
-        <v>684</v>
+        <v>701</v>
       </c>
       <c r="D183" t="s">
-        <v>685</v>
+        <v>78</v>
       </c>
       <c r="E183" t="s">
         <v>180</v>
       </c>
       <c r="F183" t="s">
         <v>181</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>23</v>
       </c>
       <c r="I183" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="J183" t="s">
         <v>25</v>
       </c>
       <c r="K183"/>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183"/>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183"/>
       <c r="Q183" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184">
-        <v>29030</v>
+        <v>30961</v>
       </c>
       <c r="B184" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-      <c r="D184"/>
+        <v>702</v>
+      </c>
+      <c r="C184" t="s">
+        <v>703</v>
+      </c>
+      <c r="D184" t="s">
+        <v>19</v>
+      </c>
       <c r="E184" t="s">
         <v>180</v>
       </c>
       <c r="F184" t="s">
         <v>181</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>23</v>
       </c>
       <c r="I184" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="J184" t="s">
         <v>25</v>
       </c>
       <c r="K184"/>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184"/>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184"/>
       <c r="Q184" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185">
-        <v>29031</v>
+        <v>28891</v>
       </c>
       <c r="B185" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="C185"/>
       <c r="D185"/>
       <c r="E185" t="s">
         <v>180</v>
       </c>
       <c r="F185" t="s">
         <v>181</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>23</v>
       </c>
       <c r="I185" t="s">
-        <v>199</v>
+        <v>56</v>
       </c>
       <c r="J185" t="s">
         <v>25</v>
       </c>
       <c r="K185"/>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185"/>
       <c r="N185"/>
       <c r="O185"/>
       <c r="P185"/>
       <c r="Q185" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186">
-        <v>29032</v>
+        <v>79492</v>
       </c>
       <c r="B186" t="s">
-        <v>688</v>
+        <v>705</v>
       </c>
       <c r="C186"/>
       <c r="D186"/>
       <c r="E186" t="s">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="F186" t="s">
         <v>181</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
         <v>23</v>
       </c>
       <c r="I186" t="s">
-        <v>199</v>
+        <v>56</v>
       </c>
       <c r="J186" t="s">
         <v>25</v>
       </c>
       <c r="K186"/>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186"/>
       <c r="N186"/>
       <c r="O186"/>
       <c r="P186"/>
       <c r="Q186" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187">
-        <v>29033</v>
+        <v>11710</v>
       </c>
       <c r="B187" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-      <c r="D187"/>
+        <v>706</v>
+      </c>
+      <c r="C187" t="s">
+        <v>707</v>
+      </c>
+      <c r="D187" t="s">
+        <v>144</v>
+      </c>
       <c r="E187" t="s">
         <v>180</v>
       </c>
       <c r="F187" t="s">
         <v>181</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
         <v>23</v>
       </c>
       <c r="I187" t="s">
         <v>199</v>
       </c>
       <c r="J187" t="s">
         <v>25</v>
       </c>
       <c r="K187"/>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187"/>
       <c r="N187"/>
       <c r="O187"/>
       <c r="P187"/>
       <c r="Q187" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188">
-        <v>36648</v>
+        <v>12339</v>
       </c>
       <c r="B188" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-      <c r="D188"/>
+        <v>708</v>
+      </c>
+      <c r="C188" t="s">
+        <v>709</v>
+      </c>
+      <c r="D188" t="s">
+        <v>144</v>
+      </c>
       <c r="E188" t="s">
         <v>180</v>
       </c>
       <c r="F188" t="s">
         <v>181</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>23</v>
       </c>
       <c r="I188" t="s">
         <v>199</v>
       </c>
       <c r="J188" t="s">
         <v>25</v>
       </c>
       <c r="K188"/>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188"/>
       <c r="N188"/>
       <c r="O188"/>
       <c r="P188"/>
       <c r="Q188" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189">
-        <v>11912</v>
+        <v>11028</v>
       </c>
       <c r="B189" t="s">
-        <v>691</v>
+        <v>710</v>
       </c>
       <c r="C189" t="s">
-        <v>692</v>
+        <v>711</v>
       </c>
       <c r="D189" t="s">
-        <v>693</v>
+        <v>712</v>
       </c>
       <c r="E189" t="s">
         <v>180</v>
       </c>
       <c r="F189" t="s">
         <v>181</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
         <v>23</v>
       </c>
       <c r="I189" t="s">
         <v>199</v>
       </c>
       <c r="J189" t="s">
         <v>25</v>
       </c>
       <c r="K189"/>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189"/>
       <c r="N189"/>
       <c r="O189"/>
       <c r="P189"/>
       <c r="Q189" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190">
-        <v>31052</v>
+        <v>29030</v>
       </c>
       <c r="B190" t="s">
-        <v>694</v>
+        <v>713</v>
       </c>
       <c r="C190"/>
       <c r="D190"/>
       <c r="E190" t="s">
         <v>180</v>
       </c>
       <c r="F190" t="s">
         <v>181</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>23</v>
       </c>
       <c r="I190" t="s">
-        <v>46</v>
+        <v>199</v>
       </c>
       <c r="J190" t="s">
         <v>25</v>
       </c>
       <c r="K190"/>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190"/>
       <c r="N190"/>
       <c r="O190"/>
       <c r="P190"/>
       <c r="Q190" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191">
-        <v>29195</v>
+        <v>29031</v>
       </c>
       <c r="B191" t="s">
-        <v>695</v>
+        <v>714</v>
       </c>
       <c r="C191"/>
       <c r="D191"/>
       <c r="E191" t="s">
         <v>180</v>
       </c>
       <c r="F191" t="s">
         <v>181</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
         <v>23</v>
       </c>
       <c r="I191" t="s">
-        <v>46</v>
+        <v>199</v>
       </c>
       <c r="J191" t="s">
         <v>25</v>
       </c>
       <c r="K191"/>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191"/>
       <c r="N191"/>
       <c r="O191"/>
       <c r="P191"/>
       <c r="Q191" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192">
-        <v>31115</v>
+        <v>29032</v>
       </c>
       <c r="B192" t="s">
-        <v>696</v>
+        <v>715</v>
       </c>
       <c r="C192"/>
       <c r="D192"/>
       <c r="E192" t="s">
         <v>180</v>
       </c>
       <c r="F192" t="s">
         <v>181</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>23</v>
       </c>
       <c r="I192" t="s">
-        <v>56</v>
+        <v>199</v>
       </c>
       <c r="J192" t="s">
         <v>25</v>
       </c>
       <c r="K192"/>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192"/>
       <c r="N192"/>
       <c r="O192"/>
       <c r="P192"/>
       <c r="Q192" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193">
-        <v>29278</v>
+        <v>29033</v>
       </c>
       <c r="B193" t="s">
-        <v>697</v>
-[...6 lines deleted...]
-      </c>
+        <v>716</v>
+      </c>
+      <c r="C193"/>
+      <c r="D193"/>
       <c r="E193" t="s">
         <v>180</v>
       </c>
       <c r="F193" t="s">
         <v>181</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
         <v>23</v>
       </c>
       <c r="I193" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="J193" t="s">
         <v>25</v>
       </c>
       <c r="K193"/>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193"/>
       <c r="N193"/>
       <c r="O193"/>
       <c r="P193"/>
       <c r="Q193" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194">
-        <v>36636</v>
+        <v>36648</v>
       </c>
       <c r="B194" t="s">
-        <v>699</v>
-[...6 lines deleted...]
-      </c>
+        <v>717</v>
+      </c>
+      <c r="C194"/>
+      <c r="D194"/>
       <c r="E194" t="s">
         <v>180</v>
       </c>
       <c r="F194" t="s">
         <v>181</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
         <v>23</v>
       </c>
       <c r="I194" t="s">
-        <v>56</v>
+        <v>199</v>
       </c>
       <c r="J194" t="s">
         <v>25</v>
       </c>
       <c r="K194"/>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194"/>
       <c r="N194"/>
       <c r="O194"/>
       <c r="P194"/>
       <c r="Q194" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195">
-        <v>79337</v>
+        <v>11912</v>
       </c>
       <c r="B195" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-      <c r="D195"/>
+        <v>718</v>
+      </c>
+      <c r="C195" t="s">
+        <v>719</v>
+      </c>
+      <c r="D195" t="s">
+        <v>720</v>
+      </c>
       <c r="E195" t="s">
         <v>180</v>
       </c>
       <c r="F195" t="s">
         <v>181</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>23</v>
       </c>
       <c r="I195" t="s">
-        <v>56</v>
+        <v>199</v>
       </c>
       <c r="J195" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K195"/>
       <c r="L195" t="s">
         <v>26</v>
       </c>
-      <c r="M195" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M195"/>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195"/>
       <c r="Q195" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
-        <v>29324</v>
+        <v>31052</v>
       </c>
       <c r="B196" t="s">
-        <v>702</v>
+        <v>721</v>
       </c>
       <c r="C196"/>
       <c r="D196"/>
       <c r="E196" t="s">
         <v>180</v>
       </c>
       <c r="F196" t="s">
         <v>181</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>23</v>
       </c>
       <c r="I196" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="J196" t="s">
         <v>25</v>
       </c>
       <c r="K196"/>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196"/>
       <c r="N196"/>
       <c r="O196"/>
       <c r="P196"/>
       <c r="Q196" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
-        <v>29325</v>
+        <v>29195</v>
       </c>
       <c r="B197" t="s">
-        <v>703</v>
+        <v>722</v>
       </c>
       <c r="C197"/>
       <c r="D197"/>
       <c r="E197" t="s">
         <v>180</v>
       </c>
       <c r="F197" t="s">
         <v>181</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>23</v>
       </c>
       <c r="I197" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="J197" t="s">
         <v>25</v>
       </c>
       <c r="K197"/>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197"/>
       <c r="N197"/>
       <c r="O197"/>
       <c r="P197"/>
       <c r="Q197" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
-        <v>29326</v>
+        <v>31115</v>
       </c>
       <c r="B198" t="s">
-        <v>704</v>
+        <v>723</v>
       </c>
       <c r="C198"/>
       <c r="D198"/>
       <c r="E198" t="s">
         <v>180</v>
       </c>
       <c r="F198" t="s">
         <v>181</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>23</v>
       </c>
       <c r="I198" t="s">
         <v>56</v>
       </c>
       <c r="J198" t="s">
         <v>25</v>
       </c>
       <c r="K198"/>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198"/>
       <c r="N198"/>
       <c r="O198"/>
       <c r="P198"/>
       <c r="Q198" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199">
-        <v>29327</v>
+        <v>29278</v>
       </c>
       <c r="B199" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-      <c r="D199"/>
+        <v>724</v>
+      </c>
+      <c r="C199" t="s">
+        <v>725</v>
+      </c>
+      <c r="D199" t="s">
+        <v>78</v>
+      </c>
       <c r="E199" t="s">
-        <v>249</v>
+        <v>180</v>
       </c>
       <c r="F199" t="s">
         <v>181</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>23</v>
       </c>
       <c r="I199" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="J199" t="s">
         <v>25</v>
       </c>
       <c r="K199"/>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199"/>
       <c r="N199"/>
       <c r="O199"/>
       <c r="P199"/>
       <c r="Q199" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200">
-        <v>29328</v>
+        <v>36636</v>
       </c>
       <c r="B200" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-      <c r="D200"/>
+        <v>726</v>
+      </c>
+      <c r="C200" t="s">
+        <v>727</v>
+      </c>
+      <c r="D200" t="s">
+        <v>19</v>
+      </c>
       <c r="E200" t="s">
         <v>180</v>
       </c>
       <c r="F200" t="s">
         <v>181</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>23</v>
       </c>
       <c r="I200" t="s">
         <v>56</v>
       </c>
       <c r="J200" t="s">
         <v>25</v>
       </c>
       <c r="K200"/>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200"/>
       <c r="N200"/>
       <c r="O200"/>
       <c r="P200"/>
       <c r="Q200" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201">
-        <v>29329</v>
+        <v>79337</v>
       </c>
       <c r="B201" t="s">
-        <v>707</v>
+        <v>728</v>
       </c>
       <c r="C201"/>
       <c r="D201"/>
       <c r="E201" t="s">
         <v>180</v>
       </c>
       <c r="F201" t="s">
         <v>181</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>23</v>
       </c>
       <c r="I201" t="s">
         <v>56</v>
       </c>
       <c r="J201" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K201"/>
       <c r="L201" t="s">
         <v>26</v>
       </c>
-      <c r="M201"/>
+      <c r="M201" t="s">
+        <v>40</v>
+      </c>
       <c r="N201"/>
       <c r="O201"/>
       <c r="P201"/>
       <c r="Q201" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
-        <v>29337</v>
+        <v>29324</v>
       </c>
       <c r="B202" t="s">
-        <v>708</v>
+        <v>729</v>
       </c>
       <c r="C202"/>
       <c r="D202"/>
       <c r="E202" t="s">
         <v>180</v>
       </c>
       <c r="F202" t="s">
         <v>181</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>23</v>
       </c>
       <c r="I202" t="s">
         <v>56</v>
       </c>
       <c r="J202" t="s">
         <v>25</v>
       </c>
       <c r="K202"/>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202"/>
       <c r="N202"/>
       <c r="O202"/>
       <c r="P202"/>
       <c r="Q202" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
-        <v>29339</v>
+        <v>29325</v>
       </c>
       <c r="B203" t="s">
-        <v>709</v>
+        <v>730</v>
       </c>
       <c r="C203"/>
       <c r="D203"/>
       <c r="E203" t="s">
         <v>180</v>
       </c>
       <c r="F203" t="s">
         <v>181</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
         <v>23</v>
       </c>
       <c r="I203" t="s">
         <v>56</v>
       </c>
       <c r="J203" t="s">
         <v>25</v>
       </c>
       <c r="K203"/>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203"/>
       <c r="N203"/>
       <c r="O203"/>
       <c r="P203"/>
       <c r="Q203" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204">
-        <v>6079</v>
+        <v>29326</v>
       </c>
       <c r="B204" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="C204"/>
       <c r="D204"/>
       <c r="E204" t="s">
         <v>180</v>
       </c>
       <c r="F204" t="s">
         <v>181</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
         <v>23</v>
       </c>
       <c r="I204" t="s">
-        <v>183</v>
+        <v>56</v>
       </c>
       <c r="J204" t="s">
         <v>25</v>
       </c>
       <c r="K204"/>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204"/>
       <c r="N204"/>
       <c r="O204"/>
       <c r="P204"/>
       <c r="Q204" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205">
-        <v>29442</v>
+        <v>29327</v>
       </c>
       <c r="B205" t="s">
-        <v>711</v>
+        <v>732</v>
       </c>
       <c r="C205"/>
       <c r="D205"/>
       <c r="E205" t="s">
-        <v>712</v>
+        <v>253</v>
       </c>
       <c r="F205" t="s">
         <v>181</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>23</v>
       </c>
       <c r="I205" t="s">
         <v>56</v>
       </c>
       <c r="J205" t="s">
         <v>25</v>
       </c>
       <c r="K205"/>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205"/>
       <c r="N205"/>
       <c r="O205"/>
-      <c r="P205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P205"/>
       <c r="Q205" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
-        <v>29443</v>
+        <v>29328</v>
       </c>
       <c r="B206" t="s">
-        <v>714</v>
+        <v>733</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206" t="s">
-        <v>712</v>
+        <v>180</v>
       </c>
       <c r="F206" t="s">
         <v>181</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
         <v>23</v>
       </c>
       <c r="I206" t="s">
         <v>56</v>
       </c>
       <c r="J206" t="s">
         <v>25</v>
       </c>
       <c r="K206"/>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206"/>
       <c r="N206"/>
       <c r="O206"/>
-      <c r="P206" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P206"/>
       <c r="Q206" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207">
-        <v>31234</v>
+        <v>29329</v>
       </c>
       <c r="B207" t="s">
-        <v>716</v>
+        <v>734</v>
       </c>
       <c r="C207"/>
       <c r="D207"/>
       <c r="E207" t="s">
-        <v>712</v>
+        <v>180</v>
       </c>
       <c r="F207" t="s">
         <v>181</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
         <v>23</v>
       </c>
       <c r="I207" t="s">
         <v>56</v>
       </c>
       <c r="J207" t="s">
         <v>25</v>
       </c>
       <c r="K207"/>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207"/>
       <c r="N207"/>
       <c r="O207"/>
-      <c r="P207" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P207"/>
       <c r="Q207" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208">
-        <v>29496</v>
+        <v>29337</v>
       </c>
       <c r="B208" t="s">
-        <v>718</v>
+        <v>735</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208" t="s">
         <v>180</v>
       </c>
       <c r="F208" t="s">
         <v>181</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>23</v>
       </c>
       <c r="I208" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="J208" t="s">
         <v>25</v>
       </c>
       <c r="K208"/>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208"/>
       <c r="N208"/>
       <c r="O208"/>
       <c r="P208"/>
       <c r="Q208" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209">
-        <v>32249</v>
+        <v>29339</v>
       </c>
       <c r="B209" t="s">
-        <v>719</v>
-[...6 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="C209"/>
+      <c r="D209"/>
       <c r="E209" t="s">
         <v>180</v>
       </c>
       <c r="F209" t="s">
         <v>181</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>23</v>
       </c>
       <c r="I209" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="J209" t="s">
         <v>25</v>
       </c>
       <c r="K209"/>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209"/>
       <c r="N209"/>
       <c r="O209"/>
       <c r="P209"/>
       <c r="Q209" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210">
-        <v>29544</v>
+        <v>6079</v>
       </c>
       <c r="B210" t="s">
-        <v>721</v>
-[...6 lines deleted...]
-      </c>
+        <v>737</v>
+      </c>
+      <c r="C210"/>
+      <c r="D210"/>
       <c r="E210" t="s">
         <v>180</v>
       </c>
       <c r="F210" t="s">
         <v>181</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
         <v>23</v>
       </c>
       <c r="I210" t="s">
-        <v>46</v>
+        <v>183</v>
       </c>
       <c r="J210" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K210"/>
       <c r="L210" t="s">
         <v>26</v>
       </c>
-      <c r="M210" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M210"/>
       <c r="N210"/>
       <c r="O210"/>
       <c r="P210"/>
       <c r="Q210" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
-        <v>79270</v>
+        <v>29442</v>
       </c>
       <c r="B211" t="s">
-        <v>723</v>
+        <v>738</v>
       </c>
       <c r="C211"/>
       <c r="D211"/>
       <c r="E211" t="s">
-        <v>180</v>
+        <v>739</v>
       </c>
       <c r="F211" t="s">
         <v>181</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
         <v>23</v>
       </c>
       <c r="I211" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="J211" t="s">
         <v>25</v>
       </c>
       <c r="K211"/>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211"/>
       <c r="N211"/>
       <c r="O211"/>
-      <c r="P211"/>
+      <c r="P211" t="s">
+        <v>740</v>
+      </c>
       <c r="Q211" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
-        <v>29766</v>
+        <v>29443</v>
       </c>
       <c r="B212" t="s">
-        <v>724</v>
+        <v>741</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212" t="s">
-        <v>180</v>
+        <v>739</v>
       </c>
       <c r="F212" t="s">
         <v>181</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
         <v>23</v>
       </c>
       <c r="I212" t="s">
         <v>56</v>
       </c>
       <c r="J212" t="s">
         <v>25</v>
       </c>
       <c r="K212"/>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212"/>
       <c r="N212"/>
       <c r="O212"/>
-      <c r="P212"/>
+      <c r="P212" t="s">
+        <v>742</v>
+      </c>
       <c r="Q212" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
-        <v>11106</v>
+        <v>31234</v>
       </c>
       <c r="B213" t="s">
-        <v>725</v>
-[...6 lines deleted...]
-      </c>
+        <v>743</v>
+      </c>
+      <c r="C213"/>
+      <c r="D213"/>
       <c r="E213" t="s">
-        <v>180</v>
+        <v>739</v>
       </c>
       <c r="F213" t="s">
         <v>181</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>23</v>
       </c>
       <c r="I213" t="s">
-        <v>199</v>
+        <v>56</v>
       </c>
       <c r="J213" t="s">
         <v>25</v>
       </c>
       <c r="K213"/>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213"/>
       <c r="N213"/>
       <c r="O213"/>
-      <c r="P213"/>
+      <c r="P213" t="s">
+        <v>744</v>
+      </c>
       <c r="Q213" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
-        <v>29797</v>
+        <v>29496</v>
       </c>
       <c r="B214" t="s">
-        <v>727</v>
+        <v>745</v>
       </c>
       <c r="C214"/>
       <c r="D214"/>
       <c r="E214" t="s">
         <v>180</v>
       </c>
       <c r="F214" t="s">
         <v>181</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>23</v>
       </c>
       <c r="I214" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="J214" t="s">
         <v>25</v>
       </c>
       <c r="K214"/>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214"/>
       <c r="N214"/>
       <c r="O214"/>
       <c r="P214"/>
       <c r="Q214" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
-        <v>29798</v>
+        <v>32249</v>
       </c>
       <c r="B215" t="s">
-        <v>728</v>
+        <v>746</v>
       </c>
       <c r="C215" t="s">
-        <v>729</v>
+        <v>747</v>
       </c>
       <c r="D215" t="s">
         <v>78</v>
       </c>
       <c r="E215" t="s">
         <v>180</v>
       </c>
       <c r="F215" t="s">
         <v>181</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>23</v>
       </c>
       <c r="I215" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="J215" t="s">
         <v>25</v>
       </c>
       <c r="K215"/>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215"/>
       <c r="N215"/>
       <c r="O215"/>
       <c r="P215"/>
       <c r="Q215" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
-        <v>29799</v>
+        <v>29544</v>
       </c>
       <c r="B216" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-      <c r="D216"/>
+        <v>748</v>
+      </c>
+      <c r="C216" t="s">
+        <v>749</v>
+      </c>
+      <c r="D216" t="s">
+        <v>19</v>
+      </c>
       <c r="E216" t="s">
         <v>180</v>
       </c>
       <c r="F216" t="s">
         <v>181</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>23</v>
       </c>
       <c r="I216" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="J216" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K216"/>
       <c r="L216" t="s">
         <v>26</v>
       </c>
-      <c r="M216"/>
+      <c r="M216" t="s">
+        <v>40</v>
+      </c>
       <c r="N216"/>
       <c r="O216"/>
       <c r="P216"/>
       <c r="Q216" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217">
-        <v>79330</v>
+        <v>79270</v>
       </c>
       <c r="B217" t="s">
-        <v>731</v>
+        <v>750</v>
       </c>
       <c r="C217"/>
       <c r="D217"/>
       <c r="E217" t="s">
         <v>180</v>
       </c>
       <c r="F217" t="s">
         <v>181</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>23</v>
       </c>
       <c r="I217" t="s">
-        <v>242</v>
+        <v>24</v>
       </c>
       <c r="J217" t="s">
         <v>25</v>
       </c>
       <c r="K217"/>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217"/>
       <c r="N217"/>
       <c r="O217"/>
       <c r="P217"/>
       <c r="Q217" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:17">
       <c r="A218">
-        <v>68016</v>
+        <v>29766</v>
       </c>
       <c r="B218" t="s">
-        <v>732</v>
-[...6 lines deleted...]
-      </c>
+        <v>751</v>
+      </c>
+      <c r="C218"/>
+      <c r="D218"/>
       <c r="E218" t="s">
         <v>180</v>
       </c>
       <c r="F218" t="s">
         <v>181</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>23</v>
       </c>
       <c r="I218" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J218" t="s">
         <v>25</v>
       </c>
       <c r="K218"/>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218"/>
       <c r="N218"/>
       <c r="O218"/>
       <c r="P218"/>
       <c r="Q218" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:17">
       <c r="A219">
-        <v>11065</v>
+        <v>11106</v>
       </c>
       <c r="B219" t="s">
-        <v>734</v>
+        <v>752</v>
       </c>
       <c r="C219" t="s">
-        <v>735</v>
+        <v>753</v>
       </c>
       <c r="D219" t="s">
-        <v>504</v>
+        <v>677</v>
       </c>
       <c r="E219" t="s">
         <v>180</v>
       </c>
       <c r="F219" t="s">
         <v>181</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
         <v>23</v>
       </c>
       <c r="I219" t="s">
-        <v>56</v>
+        <v>199</v>
       </c>
       <c r="J219" t="s">
         <v>25</v>
       </c>
       <c r="K219"/>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219"/>
       <c r="N219"/>
       <c r="O219"/>
-      <c r="P219" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P219"/>
       <c r="Q219" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:17">
       <c r="A220">
-        <v>11830</v>
+        <v>29797</v>
       </c>
       <c r="B220" t="s">
-        <v>737</v>
-[...6 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="C220"/>
+      <c r="D220"/>
       <c r="E220" t="s">
         <v>180</v>
       </c>
       <c r="F220" t="s">
         <v>181</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>23</v>
       </c>
       <c r="I220" t="s">
-        <v>56</v>
+        <v>199</v>
       </c>
       <c r="J220" t="s">
         <v>25</v>
       </c>
       <c r="K220"/>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220"/>
       <c r="N220"/>
       <c r="O220"/>
-      <c r="P220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P220"/>
       <c r="Q220" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="221" spans="1:17">
       <c r="A221">
-        <v>32250</v>
+        <v>29798</v>
       </c>
       <c r="B221" t="s">
-        <v>741</v>
+        <v>755</v>
       </c>
       <c r="C221" t="s">
-        <v>742</v>
+        <v>756</v>
       </c>
       <c r="D221" t="s">
         <v>78</v>
       </c>
       <c r="E221" t="s">
         <v>180</v>
       </c>
       <c r="F221" t="s">
         <v>181</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>23</v>
       </c>
       <c r="I221" t="s">
-        <v>46</v>
+        <v>199</v>
       </c>
       <c r="J221" t="s">
         <v>25</v>
       </c>
       <c r="K221"/>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221"/>
       <c r="N221"/>
       <c r="O221"/>
       <c r="P221"/>
       <c r="Q221" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:17">
       <c r="A222">
-        <v>7945</v>
+        <v>29799</v>
       </c>
       <c r="B222" t="s">
-        <v>743</v>
-[...6 lines deleted...]
-      </c>
+        <v>757</v>
+      </c>
+      <c r="C222"/>
+      <c r="D222"/>
       <c r="E222" t="s">
         <v>180</v>
       </c>
       <c r="F222" t="s">
         <v>181</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>23</v>
       </c>
       <c r="I222" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="J222" t="s">
         <v>25</v>
       </c>
       <c r="K222"/>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222"/>
       <c r="N222"/>
       <c r="O222"/>
       <c r="P222"/>
       <c r="Q222" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:17">
       <c r="A223">
-        <v>31443</v>
+        <v>79330</v>
       </c>
       <c r="B223" t="s">
-        <v>746</v>
-[...6 lines deleted...]
-      </c>
+        <v>758</v>
+      </c>
+      <c r="C223"/>
+      <c r="D223"/>
       <c r="E223" t="s">
         <v>180</v>
       </c>
       <c r="F223" t="s">
         <v>181</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
         <v>23</v>
       </c>
       <c r="I223" t="s">
-        <v>46</v>
+        <v>242</v>
       </c>
       <c r="J223" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K223"/>
       <c r="L223" t="s">
         <v>26</v>
       </c>
-      <c r="M223" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M223"/>
       <c r="N223"/>
       <c r="O223"/>
       <c r="P223"/>
       <c r="Q223" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:17">
       <c r="A224">
-        <v>28325</v>
+        <v>68016</v>
       </c>
       <c r="B224" t="s">
-        <v>748</v>
+        <v>759</v>
       </c>
       <c r="C224" t="s">
-        <v>749</v>
+        <v>760</v>
       </c>
       <c r="D224" t="s">
         <v>78</v>
       </c>
       <c r="E224" t="s">
         <v>180</v>
       </c>
       <c r="F224" t="s">
         <v>181</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
         <v>23</v>
       </c>
       <c r="I224" t="s">
-        <v>46</v>
+        <v>242</v>
       </c>
       <c r="J224" t="s">
         <v>25</v>
       </c>
       <c r="K224"/>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224"/>
       <c r="N224"/>
       <c r="O224"/>
       <c r="P224"/>
       <c r="Q224" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:17">
       <c r="A225">
-        <v>31444</v>
+        <v>11065</v>
       </c>
       <c r="B225" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="C225" t="s">
-        <v>751</v>
+        <v>762</v>
       </c>
       <c r="D225" t="s">
-        <v>78</v>
+        <v>531</v>
       </c>
       <c r="E225" t="s">
         <v>180</v>
       </c>
       <c r="F225" t="s">
         <v>181</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
         <v>23</v>
       </c>
       <c r="I225" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="J225" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K225"/>
       <c r="L225" t="s">
         <v>26</v>
       </c>
-      <c r="M225" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M225"/>
       <c r="N225"/>
       <c r="O225"/>
-      <c r="P225"/>
+      <c r="P225" t="s">
+        <v>763</v>
+      </c>
       <c r="Q225" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:17">
       <c r="A226">
-        <v>30138</v>
+        <v>11830</v>
       </c>
       <c r="B226" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-      <c r="D226"/>
+        <v>764</v>
+      </c>
+      <c r="C226" t="s">
+        <v>765</v>
+      </c>
+      <c r="D226" t="s">
+        <v>766</v>
+      </c>
       <c r="E226" t="s">
         <v>180</v>
       </c>
       <c r="F226" t="s">
         <v>181</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
         <v>23</v>
       </c>
       <c r="I226" t="s">
         <v>56</v>
       </c>
       <c r="J226" t="s">
         <v>25</v>
       </c>
       <c r="K226"/>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226"/>
       <c r="N226"/>
       <c r="O226"/>
-      <c r="P226"/>
+      <c r="P226" t="s">
+        <v>767</v>
+      </c>
       <c r="Q226" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:17">
       <c r="A227">
-        <v>30172</v>
+        <v>32342</v>
       </c>
       <c r="B227" t="s">
-        <v>753</v>
+        <v>768</v>
       </c>
       <c r="C227" t="s">
-        <v>754</v>
+        <v>769</v>
       </c>
       <c r="D227" t="s">
         <v>78</v>
       </c>
       <c r="E227" t="s">
         <v>180</v>
       </c>
       <c r="F227" t="s">
         <v>181</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>23</v>
       </c>
       <c r="I227" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="J227" t="s">
         <v>25</v>
       </c>
       <c r="K227"/>
       <c r="L227" t="s">
-        <v>26</v>
+        <v>351</v>
       </c>
       <c r="M227"/>
       <c r="N227"/>
       <c r="O227"/>
       <c r="P227"/>
       <c r="Q227" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:17">
       <c r="A228">
-        <v>26376</v>
+        <v>32250</v>
       </c>
       <c r="B228" t="s">
-        <v>755</v>
+        <v>770</v>
       </c>
       <c r="C228" t="s">
-        <v>756</v>
+        <v>771</v>
       </c>
       <c r="D228" t="s">
         <v>78</v>
       </c>
       <c r="E228" t="s">
         <v>180</v>
       </c>
       <c r="F228" t="s">
         <v>181</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
         <v>23</v>
       </c>
       <c r="I228" t="s">
         <v>46</v>
       </c>
       <c r="J228" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K228"/>
       <c r="L228" t="s">
         <v>26</v>
       </c>
-      <c r="M228" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M228"/>
       <c r="N228"/>
       <c r="O228"/>
       <c r="P228"/>
       <c r="Q228" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:17">
       <c r="A229">
-        <v>79196</v>
+        <v>7945</v>
       </c>
       <c r="B229" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-      <c r="D229"/>
+        <v>772</v>
+      </c>
+      <c r="C229" t="s">
+        <v>773</v>
+      </c>
+      <c r="D229" t="s">
+        <v>774</v>
+      </c>
       <c r="E229" t="s">
         <v>180</v>
       </c>
       <c r="F229" t="s">
         <v>181</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
         <v>23</v>
       </c>
       <c r="I229" t="s">
         <v>183</v>
       </c>
       <c r="J229" t="s">
         <v>25</v>
       </c>
       <c r="K229"/>
       <c r="L229" t="s">
-        <v>338</v>
+        <v>26</v>
       </c>
       <c r="M229"/>
       <c r="N229"/>
       <c r="O229"/>
-      <c r="P229" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P229"/>
       <c r="Q229" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:17">
       <c r="A230">
-        <v>80215</v>
+        <v>31443</v>
       </c>
       <c r="B230" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-      <c r="D230"/>
+        <v>775</v>
+      </c>
+      <c r="C230" t="s">
+        <v>776</v>
+      </c>
+      <c r="D230" t="s">
+        <v>78</v>
+      </c>
       <c r="E230" t="s">
-        <v>258</v>
+        <v>180</v>
       </c>
       <c r="F230" t="s">
         <v>181</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
         <v>23</v>
       </c>
       <c r="I230" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="J230" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K230"/>
       <c r="L230" t="s">
         <v>26</v>
       </c>
-      <c r="M230"/>
+      <c r="M230" t="s">
+        <v>40</v>
+      </c>
       <c r="N230"/>
       <c r="O230"/>
       <c r="P230"/>
       <c r="Q230" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="231" spans="1:17">
       <c r="A231">
-        <v>2726</v>
+        <v>28325</v>
       </c>
       <c r="B231" t="s">
-        <v>760</v>
+        <v>777</v>
       </c>
       <c r="C231" t="s">
-        <v>761</v>
+        <v>778</v>
       </c>
       <c r="D231" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-      <c r="F231"/>
+        <v>78</v>
+      </c>
+      <c r="E231" t="s">
+        <v>180</v>
+      </c>
+      <c r="F231" t="s">
+        <v>181</v>
+      </c>
       <c r="G231"/>
       <c r="H231" t="s">
         <v>23</v>
       </c>
       <c r="I231" t="s">
-        <v>183</v>
+        <v>46</v>
       </c>
       <c r="J231" t="s">
         <v>25</v>
       </c>
       <c r="K231"/>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231"/>
       <c r="N231"/>
       <c r="O231"/>
       <c r="P231"/>
       <c r="Q231" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="232" spans="1:17">
       <c r="A232">
-        <v>26890</v>
+        <v>31444</v>
       </c>
       <c r="B232" t="s">
-        <v>763</v>
-[...4 lines deleted...]
-      <c r="F232"/>
+        <v>779</v>
+      </c>
+      <c r="C232" t="s">
+        <v>780</v>
+      </c>
+      <c r="D232" t="s">
+        <v>78</v>
+      </c>
+      <c r="E232" t="s">
+        <v>180</v>
+      </c>
+      <c r="F232" t="s">
+        <v>181</v>
+      </c>
       <c r="G232"/>
       <c r="H232" t="s">
         <v>23</v>
       </c>
       <c r="I232" t="s">
-        <v>764</v>
+        <v>46</v>
       </c>
       <c r="J232" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K232"/>
       <c r="L232" t="s">
         <v>26</v>
       </c>
-      <c r="M232"/>
+      <c r="M232" t="s">
+        <v>40</v>
+      </c>
       <c r="N232"/>
       <c r="O232"/>
       <c r="P232"/>
       <c r="Q232" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:17">
       <c r="A233">
-        <v>28500</v>
+        <v>30138</v>
       </c>
       <c r="B233" t="s">
-        <v>765</v>
+        <v>781</v>
       </c>
       <c r="C233"/>
       <c r="D233"/>
-      <c r="E233"/>
-      <c r="F233"/>
+      <c r="E233" t="s">
+        <v>180</v>
+      </c>
+      <c r="F233" t="s">
+        <v>181</v>
+      </c>
       <c r="G233"/>
       <c r="H233" t="s">
         <v>23</v>
       </c>
       <c r="I233" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="J233" t="s">
         <v>25</v>
       </c>
       <c r="K233"/>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233"/>
       <c r="N233"/>
       <c r="O233"/>
       <c r="P233"/>
       <c r="Q233" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="234" spans="1:17">
       <c r="A234">
-        <v>32251</v>
+        <v>30172</v>
       </c>
       <c r="B234" t="s">
-        <v>766</v>
-[...4 lines deleted...]
-      <c r="F234"/>
+        <v>782</v>
+      </c>
+      <c r="C234" t="s">
+        <v>783</v>
+      </c>
+      <c r="D234" t="s">
+        <v>78</v>
+      </c>
+      <c r="E234" t="s">
+        <v>180</v>
+      </c>
+      <c r="F234" t="s">
+        <v>181</v>
+      </c>
       <c r="G234"/>
       <c r="H234" t="s">
         <v>23</v>
       </c>
       <c r="I234" t="s">
-        <v>183</v>
+        <v>46</v>
       </c>
       <c r="J234" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K234"/>
       <c r="L234" t="s">
         <v>26</v>
       </c>
-      <c r="M234" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M234"/>
       <c r="N234"/>
       <c r="O234"/>
       <c r="P234"/>
       <c r="Q234" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="235" spans="1:17">
       <c r="A235">
-        <v>79262</v>
+        <v>26376</v>
       </c>
       <c r="B235" t="s">
-        <v>767</v>
+        <v>784</v>
       </c>
       <c r="C235" t="s">
-        <v>768</v>
+        <v>785</v>
       </c>
       <c r="D235" t="s">
         <v>78</v>
       </c>
-      <c r="E235"/>
-      <c r="F235"/>
+      <c r="E235" t="s">
+        <v>180</v>
+      </c>
+      <c r="F235" t="s">
+        <v>181</v>
+      </c>
       <c r="G235"/>
       <c r="H235" t="s">
         <v>23</v>
       </c>
       <c r="I235" t="s">
-        <v>242</v>
+        <v>46</v>
       </c>
       <c r="J235" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K235"/>
       <c r="L235" t="s">
         <v>26</v>
       </c>
-      <c r="M235"/>
+      <c r="M235" t="s">
+        <v>236</v>
+      </c>
       <c r="N235"/>
       <c r="O235"/>
       <c r="P235"/>
       <c r="Q235" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="236" spans="1:17">
       <c r="A236">
-        <v>37405</v>
+        <v>79196</v>
       </c>
       <c r="B236" t="s">
-        <v>769</v>
+        <v>786</v>
       </c>
       <c r="C236"/>
       <c r="D236"/>
-      <c r="E236"/>
-      <c r="F236"/>
+      <c r="E236" t="s">
+        <v>180</v>
+      </c>
+      <c r="F236" t="s">
+        <v>181</v>
+      </c>
       <c r="G236"/>
       <c r="H236" t="s">
         <v>23</v>
       </c>
       <c r="I236" t="s">
         <v>183</v>
       </c>
       <c r="J236" t="s">
         <v>25</v>
       </c>
       <c r="K236"/>
       <c r="L236" t="s">
-        <v>26</v>
+        <v>351</v>
       </c>
       <c r="M236"/>
       <c r="N236"/>
       <c r="O236"/>
-      <c r="P236"/>
+      <c r="P236" t="s">
+        <v>787</v>
+      </c>
       <c r="Q236" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:17">
       <c r="A237">
-        <v>62583</v>
+        <v>30349</v>
       </c>
       <c r="B237" t="s">
-        <v>770</v>
+        <v>788</v>
       </c>
       <c r="C237" t="s">
-        <v>771</v>
+        <v>789</v>
       </c>
       <c r="D237" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-      <c r="F237"/>
+        <v>19</v>
+      </c>
+      <c r="E237" t="s">
+        <v>180</v>
+      </c>
+      <c r="F237" t="s">
+        <v>181</v>
+      </c>
       <c r="G237"/>
       <c r="H237" t="s">
         <v>23</v>
       </c>
       <c r="I237" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J237" t="s">
         <v>25</v>
       </c>
       <c r="K237"/>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237"/>
       <c r="N237"/>
       <c r="O237"/>
       <c r="P237"/>
       <c r="Q237" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="238" spans="1:17">
       <c r="A238">
-        <v>79491</v>
+        <v>80215</v>
       </c>
       <c r="B238" t="s">
-        <v>772</v>
+        <v>790</v>
       </c>
       <c r="C238"/>
       <c r="D238"/>
-      <c r="E238"/>
-      <c r="F238"/>
+      <c r="E238" t="s">
+        <v>262</v>
+      </c>
+      <c r="F238" t="s">
+        <v>181</v>
+      </c>
       <c r="G238"/>
       <c r="H238" t="s">
         <v>23</v>
       </c>
       <c r="I238" t="s">
         <v>56</v>
       </c>
       <c r="J238" t="s">
         <v>25</v>
       </c>
       <c r="K238"/>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238"/>
       <c r="N238"/>
       <c r="O238"/>
       <c r="P238"/>
       <c r="Q238" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="239" spans="1:17">
       <c r="A239">
-        <v>29010</v>
+        <v>2726</v>
       </c>
       <c r="B239" t="s">
-        <v>773</v>
-[...2 lines deleted...]
-      <c r="D239"/>
+        <v>791</v>
+      </c>
+      <c r="C239" t="s">
+        <v>792</v>
+      </c>
+      <c r="D239" t="s">
+        <v>793</v>
+      </c>
       <c r="E239"/>
       <c r="F239"/>
       <c r="G239"/>
       <c r="H239" t="s">
         <v>23</v>
       </c>
       <c r="I239" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="J239" t="s">
         <v>25</v>
       </c>
       <c r="K239"/>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239"/>
       <c r="N239"/>
       <c r="O239"/>
       <c r="P239"/>
       <c r="Q239" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="240" spans="1:17">
       <c r="A240">
-        <v>29034</v>
+        <v>26890</v>
       </c>
       <c r="B240" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="C240"/>
       <c r="D240"/>
       <c r="E240"/>
       <c r="F240"/>
       <c r="G240"/>
       <c r="H240" t="s">
         <v>23</v>
       </c>
       <c r="I240" t="s">
-        <v>199</v>
+        <v>795</v>
       </c>
       <c r="J240" t="s">
         <v>25</v>
       </c>
       <c r="K240"/>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240"/>
       <c r="N240"/>
       <c r="O240"/>
       <c r="P240"/>
       <c r="Q240" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:17">
       <c r="A241">
-        <v>31083</v>
+        <v>28500</v>
       </c>
       <c r="B241" t="s">
-        <v>775</v>
+        <v>796</v>
       </c>
       <c r="C241"/>
       <c r="D241"/>
       <c r="E241"/>
       <c r="F241"/>
       <c r="G241"/>
       <c r="H241" t="s">
         <v>23</v>
       </c>
       <c r="I241" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="J241" t="s">
         <v>25</v>
       </c>
       <c r="K241"/>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241"/>
       <c r="N241"/>
       <c r="O241"/>
       <c r="P241"/>
       <c r="Q241" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="242" spans="1:17">
       <c r="A242">
-        <v>79520</v>
+        <v>32251</v>
       </c>
       <c r="B242" t="s">
-        <v>776</v>
+        <v>797</v>
       </c>
       <c r="C242"/>
       <c r="D242"/>
       <c r="E242"/>
       <c r="F242"/>
       <c r="G242"/>
       <c r="H242" t="s">
         <v>23</v>
       </c>
       <c r="I242" t="s">
-        <v>56</v>
+        <v>183</v>
       </c>
       <c r="J242" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K242"/>
       <c r="L242" t="s">
         <v>26</v>
       </c>
-      <c r="M242"/>
+      <c r="M242" t="s">
+        <v>40</v>
+      </c>
       <c r="N242"/>
       <c r="O242"/>
       <c r="P242"/>
       <c r="Q242" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:17">
       <c r="A243">
-        <v>29323</v>
+        <v>79262</v>
       </c>
       <c r="B243" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-      <c r="D243"/>
+        <v>798</v>
+      </c>
+      <c r="C243" t="s">
+        <v>799</v>
+      </c>
+      <c r="D243" t="s">
+        <v>78</v>
+      </c>
       <c r="E243"/>
       <c r="F243"/>
       <c r="G243"/>
       <c r="H243" t="s">
         <v>23</v>
       </c>
       <c r="I243" t="s">
-        <v>56</v>
+        <v>242</v>
       </c>
       <c r="J243" t="s">
         <v>25</v>
       </c>
       <c r="K243"/>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243"/>
       <c r="N243"/>
       <c r="O243"/>
       <c r="P243"/>
       <c r="Q243" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:17">
       <c r="A244">
-        <v>6076</v>
+        <v>37405</v>
       </c>
       <c r="B244" t="s">
-        <v>778</v>
+        <v>800</v>
       </c>
       <c r="C244"/>
       <c r="D244"/>
       <c r="E244"/>
       <c r="F244"/>
       <c r="G244"/>
       <c r="H244" t="s">
         <v>23</v>
       </c>
       <c r="I244" t="s">
         <v>183</v>
       </c>
       <c r="J244" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K244"/>
       <c r="L244" t="s">
         <v>26</v>
       </c>
-      <c r="M244" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M244"/>
       <c r="N244"/>
       <c r="O244"/>
-      <c r="P244" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P244"/>
       <c r="Q244" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="245" spans="1:17">
       <c r="A245">
-        <v>26887</v>
+        <v>62583</v>
       </c>
       <c r="B245" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-      <c r="D245"/>
+        <v>801</v>
+      </c>
+      <c r="C245" t="s">
+        <v>802</v>
+      </c>
+      <c r="D245" t="s">
+        <v>477</v>
+      </c>
       <c r="E245"/>
       <c r="F245"/>
       <c r="G245"/>
       <c r="H245" t="s">
         <v>23</v>
       </c>
       <c r="I245" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J245" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K245"/>
       <c r="L245" t="s">
         <v>26</v>
       </c>
-      <c r="M245" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M245"/>
       <c r="N245"/>
       <c r="O245"/>
       <c r="P245"/>
       <c r="Q245" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="246" spans="1:17">
       <c r="A246">
-        <v>29431</v>
+        <v>79491</v>
       </c>
       <c r="B246" t="s">
-        <v>781</v>
+        <v>803</v>
       </c>
       <c r="C246"/>
       <c r="D246"/>
       <c r="E246"/>
       <c r="F246"/>
       <c r="G246"/>
       <c r="H246" t="s">
         <v>23</v>
       </c>
       <c r="I246" t="s">
         <v>56</v>
       </c>
       <c r="J246" t="s">
         <v>25</v>
       </c>
       <c r="K246"/>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246"/>
       <c r="N246"/>
       <c r="O246"/>
       <c r="P246"/>
       <c r="Q246" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="247" spans="1:17">
       <c r="A247">
-        <v>31211</v>
+        <v>29010</v>
       </c>
       <c r="B247" t="s">
-        <v>782</v>
+        <v>804</v>
       </c>
       <c r="C247"/>
       <c r="D247"/>
       <c r="E247"/>
       <c r="F247"/>
       <c r="G247"/>
       <c r="H247" t="s">
         <v>23</v>
       </c>
       <c r="I247" t="s">
-        <v>56</v>
+        <v>199</v>
       </c>
       <c r="J247" t="s">
         <v>25</v>
       </c>
       <c r="K247"/>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247"/>
       <c r="N247"/>
       <c r="O247"/>
-      <c r="P247" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P247"/>
       <c r="Q247" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="248" spans="1:17">
       <c r="A248">
-        <v>97945</v>
+        <v>29034</v>
       </c>
       <c r="B248" t="s">
-        <v>784</v>
+        <v>805</v>
       </c>
       <c r="C248"/>
       <c r="D248"/>
       <c r="E248"/>
       <c r="F248"/>
       <c r="G248"/>
       <c r="H248" t="s">
         <v>23</v>
       </c>
       <c r="I248" t="s">
-        <v>56</v>
+        <v>199</v>
       </c>
       <c r="J248" t="s">
         <v>25</v>
       </c>
       <c r="K248"/>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248"/>
       <c r="N248"/>
       <c r="O248"/>
-      <c r="P248" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P248"/>
       <c r="Q248" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="249" spans="1:17">
       <c r="A249">
-        <v>31212</v>
+        <v>31083</v>
       </c>
       <c r="B249" t="s">
-        <v>786</v>
+        <v>806</v>
       </c>
       <c r="C249"/>
       <c r="D249"/>
       <c r="E249"/>
       <c r="F249"/>
       <c r="G249"/>
       <c r="H249" t="s">
         <v>23</v>
       </c>
       <c r="I249" t="s">
         <v>56</v>
       </c>
       <c r="J249" t="s">
         <v>25</v>
       </c>
       <c r="K249"/>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249"/>
       <c r="N249"/>
       <c r="O249"/>
-      <c r="P249" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P249"/>
       <c r="Q249" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="250" spans="1:17">
       <c r="A250">
-        <v>79198</v>
+        <v>79520</v>
       </c>
       <c r="B250" t="s">
-        <v>788</v>
+        <v>807</v>
       </c>
       <c r="C250"/>
       <c r="D250"/>
       <c r="E250"/>
       <c r="F250"/>
       <c r="G250"/>
       <c r="H250" t="s">
         <v>23</v>
       </c>
       <c r="I250" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J250" t="s">
         <v>25</v>
       </c>
       <c r="K250"/>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250"/>
       <c r="N250"/>
       <c r="O250"/>
       <c r="P250"/>
       <c r="Q250" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="251" spans="1:17">
       <c r="A251">
-        <v>79199</v>
+        <v>29323</v>
       </c>
       <c r="B251" t="s">
-        <v>789</v>
+        <v>808</v>
       </c>
       <c r="C251"/>
       <c r="D251"/>
       <c r="E251"/>
       <c r="F251"/>
       <c r="G251"/>
       <c r="H251" t="s">
         <v>23</v>
       </c>
       <c r="I251" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J251" t="s">
         <v>25</v>
       </c>
       <c r="K251"/>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251"/>
       <c r="N251"/>
       <c r="O251"/>
       <c r="P251"/>
       <c r="Q251" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="252" spans="1:17">
       <c r="A252">
-        <v>79200</v>
+        <v>6076</v>
       </c>
       <c r="B252" t="s">
-        <v>790</v>
+        <v>809</v>
       </c>
       <c r="C252"/>
       <c r="D252"/>
       <c r="E252"/>
       <c r="F252"/>
       <c r="G252"/>
       <c r="H252" t="s">
         <v>23</v>
       </c>
       <c r="I252" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J252" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K252"/>
       <c r="L252" t="s">
         <v>26</v>
       </c>
-      <c r="M252"/>
+      <c r="M252" t="s">
+        <v>40</v>
+      </c>
       <c r="N252"/>
       <c r="O252"/>
-      <c r="P252"/>
+      <c r="P252" t="s">
+        <v>810</v>
+      </c>
       <c r="Q252" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="253" spans="1:17">
       <c r="A253">
-        <v>79201</v>
+        <v>26887</v>
       </c>
       <c r="B253" t="s">
-        <v>791</v>
+        <v>811</v>
       </c>
       <c r="C253"/>
       <c r="D253"/>
       <c r="E253"/>
       <c r="F253"/>
       <c r="G253"/>
       <c r="H253" t="s">
         <v>23</v>
       </c>
       <c r="I253" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="J253" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K253"/>
       <c r="L253" t="s">
         <v>26</v>
       </c>
-      <c r="M253"/>
+      <c r="M253" t="s">
+        <v>40</v>
+      </c>
       <c r="N253"/>
       <c r="O253"/>
       <c r="P253"/>
       <c r="Q253" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="254" spans="1:17">
       <c r="A254">
-        <v>79202</v>
+        <v>29431</v>
       </c>
       <c r="B254" t="s">
-        <v>792</v>
+        <v>812</v>
       </c>
       <c r="C254"/>
       <c r="D254"/>
       <c r="E254"/>
       <c r="F254"/>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>23</v>
       </c>
       <c r="I254" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J254" t="s">
         <v>25</v>
       </c>
       <c r="K254"/>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254"/>
       <c r="N254"/>
       <c r="O254"/>
       <c r="P254"/>
       <c r="Q254" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="255" spans="1:17">
       <c r="A255">
-        <v>79203</v>
+        <v>31211</v>
       </c>
       <c r="B255" t="s">
-        <v>793</v>
+        <v>813</v>
       </c>
       <c r="C255"/>
       <c r="D255"/>
       <c r="E255"/>
       <c r="F255"/>
       <c r="G255"/>
       <c r="H255" t="s">
         <v>23</v>
       </c>
       <c r="I255" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J255" t="s">
         <v>25</v>
       </c>
       <c r="K255"/>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255"/>
       <c r="N255"/>
       <c r="O255"/>
-      <c r="P255"/>
+      <c r="P255" t="s">
+        <v>814</v>
+      </c>
       <c r="Q255" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="256" spans="1:17">
       <c r="A256">
-        <v>79204</v>
+        <v>97945</v>
       </c>
       <c r="B256" t="s">
-        <v>794</v>
+        <v>815</v>
       </c>
       <c r="C256"/>
       <c r="D256"/>
       <c r="E256"/>
       <c r="F256"/>
       <c r="G256"/>
       <c r="H256" t="s">
         <v>23</v>
       </c>
       <c r="I256" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J256" t="s">
         <v>25</v>
       </c>
       <c r="K256"/>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256"/>
       <c r="N256"/>
       <c r="O256"/>
-      <c r="P256"/>
+      <c r="P256" t="s">
+        <v>816</v>
+      </c>
       <c r="Q256" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="257" spans="1:17">
       <c r="A257">
-        <v>79205</v>
+        <v>31212</v>
       </c>
       <c r="B257" t="s">
-        <v>795</v>
+        <v>817</v>
       </c>
       <c r="C257"/>
       <c r="D257"/>
       <c r="E257"/>
       <c r="F257"/>
       <c r="G257"/>
       <c r="H257" t="s">
         <v>23</v>
       </c>
       <c r="I257" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J257" t="s">
         <v>25</v>
       </c>
       <c r="K257"/>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257"/>
       <c r="N257"/>
       <c r="O257"/>
-      <c r="P257"/>
+      <c r="P257" t="s">
+        <v>818</v>
+      </c>
       <c r="Q257" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="258" spans="1:17">
       <c r="A258">
-        <v>79206</v>
+        <v>79198</v>
       </c>
       <c r="B258" t="s">
-        <v>796</v>
+        <v>819</v>
       </c>
       <c r="C258"/>
       <c r="D258"/>
       <c r="E258"/>
       <c r="F258"/>
       <c r="G258"/>
       <c r="H258" t="s">
         <v>23</v>
       </c>
       <c r="I258" t="s">
         <v>242</v>
       </c>
       <c r="J258" t="s">
         <v>25</v>
       </c>
       <c r="K258"/>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258"/>
       <c r="N258"/>
       <c r="O258"/>
       <c r="P258"/>
       <c r="Q258" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:17">
       <c r="A259">
-        <v>61287</v>
+        <v>79199</v>
       </c>
       <c r="B259" t="s">
-        <v>797</v>
-[...6 lines deleted...]
-      </c>
+        <v>820</v>
+      </c>
+      <c r="C259"/>
+      <c r="D259"/>
       <c r="E259"/>
       <c r="F259"/>
       <c r="G259"/>
       <c r="H259" t="s">
         <v>23</v>
       </c>
       <c r="I259" t="s">
         <v>242</v>
       </c>
       <c r="J259" t="s">
         <v>25</v>
       </c>
       <c r="K259"/>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259"/>
       <c r="N259"/>
       <c r="O259"/>
       <c r="P259"/>
       <c r="Q259" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="260" spans="1:17">
       <c r="A260">
-        <v>6312</v>
+        <v>79200</v>
       </c>
       <c r="B260" t="s">
-        <v>799</v>
-[...6 lines deleted...]
-      </c>
+        <v>821</v>
+      </c>
+      <c r="C260"/>
+      <c r="D260"/>
       <c r="E260"/>
       <c r="F260"/>
       <c r="G260"/>
       <c r="H260" t="s">
         <v>23</v>
       </c>
       <c r="I260" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="J260" t="s">
         <v>25</v>
       </c>
       <c r="K260"/>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260"/>
       <c r="N260"/>
       <c r="O260"/>
-      <c r="P260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P260"/>
       <c r="Q260" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="261" spans="1:17">
       <c r="A261">
-        <v>36637</v>
+        <v>79201</v>
       </c>
       <c r="B261" t="s">
-        <v>803</v>
-[...6 lines deleted...]
-      </c>
+        <v>822</v>
+      </c>
+      <c r="C261"/>
+      <c r="D261"/>
       <c r="E261"/>
       <c r="F261"/>
       <c r="G261"/>
       <c r="H261" t="s">
         <v>23</v>
       </c>
       <c r="I261" t="s">
-        <v>56</v>
+        <v>242</v>
       </c>
       <c r="J261" t="s">
         <v>25</v>
       </c>
       <c r="K261"/>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261"/>
       <c r="N261"/>
       <c r="O261"/>
       <c r="P261"/>
       <c r="Q261" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="262" spans="1:17">
       <c r="A262">
-        <v>81375</v>
+        <v>79202</v>
       </c>
       <c r="B262" t="s">
-        <v>805</v>
-[...6 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="C262"/>
+      <c r="D262"/>
       <c r="E262"/>
       <c r="F262"/>
       <c r="G262"/>
       <c r="H262" t="s">
         <v>23</v>
       </c>
       <c r="I262" t="s">
-        <v>56</v>
+        <v>242</v>
       </c>
       <c r="J262" t="s">
         <v>25</v>
       </c>
       <c r="K262"/>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262"/>
       <c r="N262"/>
       <c r="O262"/>
-      <c r="P262" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P262"/>
       <c r="Q262" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="263" spans="1:17">
       <c r="A263">
-        <v>60574</v>
+        <v>79203</v>
       </c>
       <c r="B263" t="s">
-        <v>809</v>
-[...6 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="C263"/>
+      <c r="D263"/>
       <c r="E263"/>
       <c r="F263"/>
       <c r="G263"/>
       <c r="H263" t="s">
         <v>23</v>
       </c>
       <c r="I263" t="s">
         <v>242</v>
       </c>
       <c r="J263" t="s">
         <v>25</v>
       </c>
       <c r="K263"/>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263"/>
       <c r="N263"/>
       <c r="O263"/>
       <c r="P263"/>
       <c r="Q263" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="264" spans="1:17">
       <c r="A264">
-        <v>68003</v>
+        <v>79204</v>
       </c>
       <c r="B264" t="s">
-        <v>810</v>
+        <v>825</v>
       </c>
       <c r="C264"/>
       <c r="D264"/>
       <c r="E264"/>
       <c r="F264"/>
       <c r="G264"/>
       <c r="H264" t="s">
         <v>23</v>
       </c>
       <c r="I264" t="s">
         <v>242</v>
       </c>
       <c r="J264" t="s">
         <v>25</v>
       </c>
       <c r="K264"/>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264"/>
       <c r="N264"/>
       <c r="O264"/>
-      <c r="P264" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P264"/>
       <c r="Q264" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="265" spans="1:17">
       <c r="A265">
-        <v>11285</v>
+        <v>79205</v>
       </c>
       <c r="B265" t="s">
-        <v>812</v>
+        <v>826</v>
       </c>
       <c r="C265"/>
       <c r="D265"/>
       <c r="E265"/>
       <c r="F265"/>
       <c r="G265"/>
       <c r="H265" t="s">
         <v>23</v>
       </c>
       <c r="I265" t="s">
-        <v>56</v>
+        <v>242</v>
       </c>
       <c r="J265" t="s">
         <v>25</v>
       </c>
       <c r="K265"/>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265"/>
       <c r="N265"/>
       <c r="O265"/>
-      <c r="P265" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P265"/>
       <c r="Q265" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="266" spans="1:17">
       <c r="A266">
-        <v>98010</v>
+        <v>79206</v>
       </c>
       <c r="B266" t="s">
-        <v>814</v>
+        <v>827</v>
       </c>
       <c r="C266"/>
       <c r="D266"/>
       <c r="E266"/>
       <c r="F266"/>
       <c r="G266"/>
       <c r="H266" t="s">
         <v>23</v>
       </c>
       <c r="I266" t="s">
-        <v>56</v>
+        <v>242</v>
       </c>
       <c r="J266" t="s">
         <v>25</v>
       </c>
       <c r="K266"/>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266"/>
       <c r="N266"/>
       <c r="O266"/>
-      <c r="P266" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P266"/>
       <c r="Q266" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="267" spans="1:17">
       <c r="A267">
-        <v>36578</v>
+        <v>61287</v>
       </c>
       <c r="B267" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-      <c r="D267"/>
+        <v>828</v>
+      </c>
+      <c r="C267" t="s">
+        <v>829</v>
+      </c>
+      <c r="D267" t="s">
+        <v>78</v>
+      </c>
       <c r="E267"/>
       <c r="F267"/>
       <c r="G267"/>
       <c r="H267" t="s">
         <v>23</v>
       </c>
       <c r="I267" t="s">
         <v>242</v>
       </c>
       <c r="J267" t="s">
         <v>25</v>
       </c>
       <c r="K267"/>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267"/>
       <c r="N267"/>
       <c r="O267"/>
       <c r="P267"/>
       <c r="Q267" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="268" spans="1:17">
       <c r="A268">
-        <v>27543</v>
+        <v>6312</v>
       </c>
       <c r="B268" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-      <c r="D268"/>
+        <v>830</v>
+      </c>
+      <c r="C268" t="s">
+        <v>831</v>
+      </c>
+      <c r="D268" t="s">
+        <v>832</v>
+      </c>
       <c r="E268"/>
       <c r="F268"/>
       <c r="G268"/>
       <c r="H268" t="s">
         <v>23</v>
       </c>
       <c r="I268" t="s">
         <v>183</v>
       </c>
       <c r="J268" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K268"/>
       <c r="L268" t="s">
         <v>26</v>
       </c>
-      <c r="M268" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M268"/>
       <c r="N268"/>
       <c r="O268"/>
-      <c r="P268"/>
+      <c r="P268" t="s">
+        <v>833</v>
+      </c>
       <c r="Q268" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="269" spans="1:17">
       <c r="A269">
-        <v>79269</v>
+        <v>36637</v>
       </c>
       <c r="B269" t="s">
-        <v>818</v>
+        <v>834</v>
       </c>
       <c r="C269" t="s">
-        <v>819</v>
+        <v>835</v>
       </c>
       <c r="D269" t="s">
         <v>78</v>
       </c>
       <c r="E269"/>
       <c r="F269"/>
       <c r="G269"/>
       <c r="H269" t="s">
         <v>23</v>
       </c>
       <c r="I269" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J269" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K269"/>
       <c r="L269" t="s">
         <v>26</v>
       </c>
-      <c r="M269" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M269"/>
       <c r="N269"/>
       <c r="O269"/>
       <c r="P269"/>
       <c r="Q269" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="270" spans="1:17">
       <c r="A270">
-        <v>75328</v>
+        <v>81375</v>
       </c>
       <c r="B270" t="s">
-        <v>820</v>
+        <v>836</v>
       </c>
       <c r="C270" t="s">
-        <v>821</v>
+        <v>837</v>
       </c>
       <c r="D270" t="s">
-        <v>78</v>
+        <v>838</v>
       </c>
       <c r="E270"/>
       <c r="F270"/>
       <c r="G270"/>
       <c r="H270" t="s">
         <v>23</v>
       </c>
       <c r="I270" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="J270" t="s">
         <v>25</v>
       </c>
       <c r="K270"/>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270"/>
       <c r="N270"/>
       <c r="O270"/>
-      <c r="P270"/>
+      <c r="P270" t="s">
+        <v>839</v>
+      </c>
       <c r="Q270" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="271" spans="1:17">
       <c r="A271">
-        <v>32484</v>
+        <v>60574</v>
       </c>
       <c r="B271" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-      <c r="D271"/>
+        <v>840</v>
+      </c>
+      <c r="C271" t="s">
+        <v>619</v>
+      </c>
+      <c r="D271" t="s">
+        <v>78</v>
+      </c>
       <c r="E271"/>
       <c r="F271"/>
       <c r="G271"/>
       <c r="H271" t="s">
         <v>23</v>
       </c>
       <c r="I271" t="s">
         <v>242</v>
       </c>
       <c r="J271" t="s">
         <v>25</v>
       </c>
       <c r="K271"/>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271"/>
       <c r="N271"/>
       <c r="O271"/>
       <c r="P271"/>
       <c r="Q271" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="272" spans="1:17">
       <c r="A272">
-        <v>26888</v>
+        <v>68003</v>
       </c>
       <c r="B272" t="s">
-        <v>823</v>
+        <v>841</v>
       </c>
       <c r="C272"/>
       <c r="D272"/>
       <c r="E272"/>
       <c r="F272"/>
       <c r="G272"/>
       <c r="H272" t="s">
         <v>23</v>
       </c>
       <c r="I272" t="s">
         <v>242</v>
       </c>
       <c r="J272" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K272"/>
       <c r="L272" t="s">
         <v>26</v>
       </c>
-      <c r="M272" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M272"/>
       <c r="N272"/>
       <c r="O272"/>
-      <c r="P272"/>
+      <c r="P272" t="s">
+        <v>842</v>
+      </c>
       <c r="Q272" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="273" spans="1:17">
+      <c r="A273">
+        <v>11285</v>
+      </c>
+      <c r="B273" t="s">
+        <v>843</v>
+      </c>
+      <c r="C273"/>
+      <c r="D273"/>
+      <c r="E273"/>
+      <c r="F273"/>
+      <c r="G273"/>
+      <c r="H273" t="s">
+        <v>23</v>
+      </c>
+      <c r="I273" t="s">
+        <v>56</v>
+      </c>
+      <c r="J273" t="s">
+        <v>25</v>
+      </c>
+      <c r="K273"/>
+      <c r="L273" t="s">
+        <v>26</v>
+      </c>
+      <c r="M273"/>
+      <c r="N273"/>
+      <c r="O273"/>
+      <c r="P273" t="s">
+        <v>844</v>
+      </c>
+      <c r="Q273" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="274" spans="1:17">
+      <c r="A274">
+        <v>98010</v>
+      </c>
+      <c r="B274" t="s">
+        <v>845</v>
+      </c>
+      <c r="C274"/>
+      <c r="D274"/>
+      <c r="E274"/>
+      <c r="F274"/>
+      <c r="G274"/>
+      <c r="H274" t="s">
+        <v>23</v>
+      </c>
+      <c r="I274" t="s">
+        <v>56</v>
+      </c>
+      <c r="J274" t="s">
+        <v>25</v>
+      </c>
+      <c r="K274"/>
+      <c r="L274" t="s">
+        <v>26</v>
+      </c>
+      <c r="M274"/>
+      <c r="N274"/>
+      <c r="O274"/>
+      <c r="P274" t="s">
+        <v>846</v>
+      </c>
+      <c r="Q274" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="275" spans="1:17">
+      <c r="A275">
+        <v>36578</v>
+      </c>
+      <c r="B275" t="s">
+        <v>847</v>
+      </c>
+      <c r="C275"/>
+      <c r="D275"/>
+      <c r="E275"/>
+      <c r="F275"/>
+      <c r="G275"/>
+      <c r="H275" t="s">
+        <v>23</v>
+      </c>
+      <c r="I275" t="s">
+        <v>242</v>
+      </c>
+      <c r="J275" t="s">
+        <v>25</v>
+      </c>
+      <c r="K275"/>
+      <c r="L275" t="s">
+        <v>26</v>
+      </c>
+      <c r="M275"/>
+      <c r="N275"/>
+      <c r="O275"/>
+      <c r="P275"/>
+      <c r="Q275" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="276" spans="1:17">
+      <c r="A276">
+        <v>27543</v>
+      </c>
+      <c r="B276" t="s">
+        <v>848</v>
+      </c>
+      <c r="C276"/>
+      <c r="D276"/>
+      <c r="E276"/>
+      <c r="F276"/>
+      <c r="G276"/>
+      <c r="H276" t="s">
+        <v>23</v>
+      </c>
+      <c r="I276" t="s">
+        <v>183</v>
+      </c>
+      <c r="J276" t="s">
+        <v>39</v>
+      </c>
+      <c r="K276"/>
+      <c r="L276" t="s">
+        <v>26</v>
+      </c>
+      <c r="M276" t="s">
+        <v>40</v>
+      </c>
+      <c r="N276"/>
+      <c r="O276"/>
+      <c r="P276"/>
+      <c r="Q276" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="277" spans="1:17">
+      <c r="A277">
+        <v>79269</v>
+      </c>
+      <c r="B277" t="s">
+        <v>849</v>
+      </c>
+      <c r="C277" t="s">
+        <v>850</v>
+      </c>
+      <c r="D277" t="s">
+        <v>78</v>
+      </c>
+      <c r="E277"/>
+      <c r="F277"/>
+      <c r="G277"/>
+      <c r="H277" t="s">
+        <v>23</v>
+      </c>
+      <c r="I277" t="s">
+        <v>242</v>
+      </c>
+      <c r="J277" t="s">
+        <v>39</v>
+      </c>
+      <c r="K277"/>
+      <c r="L277" t="s">
+        <v>26</v>
+      </c>
+      <c r="M277" t="s">
+        <v>40</v>
+      </c>
+      <c r="N277"/>
+      <c r="O277"/>
+      <c r="P277"/>
+      <c r="Q277" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="278" spans="1:17">
+      <c r="A278">
+        <v>75328</v>
+      </c>
+      <c r="B278" t="s">
+        <v>851</v>
+      </c>
+      <c r="C278" t="s">
+        <v>852</v>
+      </c>
+      <c r="D278" t="s">
+        <v>78</v>
+      </c>
+      <c r="E278"/>
+      <c r="F278"/>
+      <c r="G278"/>
+      <c r="H278" t="s">
+        <v>23</v>
+      </c>
+      <c r="I278" t="s">
+        <v>242</v>
+      </c>
+      <c r="J278" t="s">
+        <v>25</v>
+      </c>
+      <c r="K278"/>
+      <c r="L278" t="s">
+        <v>26</v>
+      </c>
+      <c r="M278"/>
+      <c r="N278"/>
+      <c r="O278"/>
+      <c r="P278"/>
+      <c r="Q278" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="279" spans="1:17">
+      <c r="A279">
+        <v>32484</v>
+      </c>
+      <c r="B279" t="s">
+        <v>853</v>
+      </c>
+      <c r="C279"/>
+      <c r="D279"/>
+      <c r="E279"/>
+      <c r="F279"/>
+      <c r="G279"/>
+      <c r="H279" t="s">
+        <v>23</v>
+      </c>
+      <c r="I279" t="s">
+        <v>242</v>
+      </c>
+      <c r="J279" t="s">
+        <v>25</v>
+      </c>
+      <c r="K279"/>
+      <c r="L279" t="s">
+        <v>26</v>
+      </c>
+      <c r="M279"/>
+      <c r="N279"/>
+      <c r="O279"/>
+      <c r="P279"/>
+      <c r="Q279" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="280" spans="1:17">
+      <c r="A280">
+        <v>26888</v>
+      </c>
+      <c r="B280" t="s">
+        <v>854</v>
+      </c>
+      <c r="C280"/>
+      <c r="D280"/>
+      <c r="E280"/>
+      <c r="F280"/>
+      <c r="G280"/>
+      <c r="H280" t="s">
+        <v>23</v>
+      </c>
+      <c r="I280" t="s">
+        <v>242</v>
+      </c>
+      <c r="J280" t="s">
+        <v>39</v>
+      </c>
+      <c r="K280"/>
+      <c r="L280" t="s">
+        <v>26</v>
+      </c>
+      <c r="M280" t="s">
+        <v>40</v>
+      </c>
+      <c r="N280"/>
+      <c r="O280"/>
+      <c r="P280"/>
+      <c r="Q280" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>