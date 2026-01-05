--- v0 (2025-10-20)
+++ v1 (2026-01-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -104,86 +104,116 @@
   <si>
     <t>Es el ofidio de menor tamaño en las islas Baleares, con longitud hocico-cloaca media de 329 mm. Cabeza corta, deprimida, con ojos relativamente pequeños, de pupila redonda o verticalmente oval, iris anaranjado o rojizo y cola relativamente corta. Normalmente posee nueve escamas supralabiales, la cuarta y quinta en contacto con el ojo, y la sexta alta, normalmente en contacto con la parietal, con una supralabial extra posteriormente, más pequeña, en forma de cuña. Escamas dorsales lisas, siempre en 19 rangos en mitad del cuerpo. Cabeza con color de fondo gris, con banda oscura disruptiva del ojo, cuya porción postorbital es pequeña; tras la cabeza hay un collar pálido seguido de uno oscuro, dividido en una porción medio dorsal y dos laterales. Coloración de fondo del cuerpo grisácea, que tiende a marrón cuando los individuos han mudado recientemente.</t>
   </si>
   <si>
     <t>Terrestre</t>
   </si>
   <si>
     <t>Reptiles</t>
   </si>
   <si>
     <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>CEEEI: Incluido</t>
   </si>
   <si>
     <t>Macroprotodon cucullatus mauritanicus Busack &amp; Mccoy, 1990</t>
   </si>
   <si>
     <t>Filtros:  normativa: 13  / Taxonomía: Reptiles  / Origen: exótica</t>
   </si>
   <si>
+    <t>Chrysemys picta (Schneider, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Tortuga pintada (Castellano), Black-spectacled Toad (Inglés), Painted Turtle (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Mundial</t>
+  </si>
+  <si>
+    <t>Galápago semiacuático de tamaño medio, pudiendo alcanzar los 25 cm. El caparazón es liso y ovalado, oscuro con bordes amarillos y/o rojos a los largo de las “suturas” de los escudos, y dibujos rojos en los escudos marginales. Algunos individuos pueden presentar una línea media dorsal amarilla o roja. El plastrón es amarillo o rojizo con manchas negras, aunque esta coloración puede variar en función de la subespecie de la que se trate. La cabeza, cuello, patas y cola son de color oliva o negro, y presentan rayas amarillas y/o rojas.</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013)</t>
+  </si>
+  <si>
     <t>Pantherophis guttatus Smith, Chiszar, Staley &amp; Tepedelen, 1994</t>
   </si>
   <si>
     <t>prueba_Culebra del maizal (Castellano), Serpiente del maíz (Castellano), Serp del blat de moro (Catalán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Catalán</t>
   </si>
   <si>
-    <t>Mundial LC (Preocupación menor)</t>
-[...4 lines deleted...]
-  <si>
     <t>Culebra de tamaño moderado que puede llegar a superar el metro y medio de longitud, de cuerpo fino aunque robusto, cabeza bien diferenciada del cuerpo, de hocico corto y redondeado, con ojos grandes y pupila redonda, y grandes escamas sobre la cabeza. Las escamas dorsales son lisas, mientras que las ventrales presentan una quilla pronunciada. Su patrón de color es muy variable, aunque la coloración más común es color naranja o marrón-amarillo, con manchas ligeramente triangulares rojas con bordes negros, aunque también las hay más pardas, grises, amarillentas, anaranjadas e incluso albinas, con manchas rojizas de intensidad variable. La marca dorsal de la cabeza se afina en una punta (en forma de lanza), y suele presentar una franja roja que atraviesa el hocico pasando por ambos ojos. El vientre es blanco o de color crema, normalmente con marcas negras alternas que le dan un aspecto de tablero de ajedrez, a veces moteadas con naranjas o rojos. La parte inferior de la cola presenta dos rayas negras. Los jóvenes tienen un aspecto similar a los adultos, aunque su colorido suele ser más parduzco.</t>
   </si>
   <si>
-    <t>Catálogo español de especies exóticas invasoras (RD 630/2013)</t>
-[...1 lines deleted...]
-  <si>
     <t>Elaphe guttata (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Psammophis schokari (Forskål, 1775)</t>
   </si>
   <si>
     <t>prueba_Bucerrig (Castellano), Culebra de las arenas de Forskål (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano</t>
   </si>
   <si>
     <t>Se trata de una culebra con una forma corporal marcadamente alargada y esbelta. Generalmente suele alcanzar una longitud en torno a los 80-110 o 120 cm (Gruber, 1993; Schleich, 1996; Trape y Mané, 2006). La coloración y librea es muy variable, existiendo individuos con diseño rayado e individuos con diseño liso de diferentes coloraciones, estableciéndose incluso patrones de coloración determinados. Además, normalmente, la coloración de animal le proporciona una muy buena capacidad de camuflaje en el medio en el que habita.</t>
   </si>
   <si>
+    <t>Python regius (Shaw, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Pitón real (Castellano), Pitón bola (Castellano), Royal python (Inglés), Ball python (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Mundial NT (Casi amenazado)</t>
+  </si>
+  <si>
+    <t>Es un ofidio que mide 24-43 cm al nacer y alcanza una longitud de 1,8 m. Las hembras adultas son más grandes que los machos. Es de cuerpo robusto, con la cabeza más ancha que el cuello. Típicamente muestra un patrón de grandes marcas marrones con puntos más claros intercalados y el vientre es generalmente blanco (Graf, 2011).Cuando se sienten amenazados se enroscan en forma de bola con la cabeza en el centro. La esperanza de vida media es de 10 años en estado salvaje y 20 en cautividad, aunque existen registros en zoos de ejemplares que han vivido hasta 50 años (Graf, 2011). Las pitones son una especie con riesgo alto de invasión, ya que se trata de depredadores de tamaño medio-grande, capaces de alcanzar grandes densidades en hábitats apropiados, con coloración críptica que les permite pasar desapercibidas incluso en regiones urbanizadas, y que son importadas en gran número (en muchos casos hembras grávidas) (Reed, 2005).</t>
+  </si>
+  <si>
+    <t>Boa regia Shaw, 1802</t>
+  </si>
+  <si>
     <t>Trachemys scripta Schoepff, 1792</t>
   </si>
   <si>
     <t>prueba_Tortuga pintada (Castellano), Galápago americano o de Florida (Castellano), Jicotea elegante (Castellano), Tortuga japonesa o de orejas rojas (Castellano), Apoarmatu (Euskera), Tortuga d'orelles grogues (Catalán), Red-eared Slider Turtle (Inglés), Red-eared slider (Inglés), Slider (Inglés), Cumberland Slider Turtle (Inglés), Yellow-bellied Slider Turtle (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Galápago de tamaño mediano, con una mancha prominente a cada lado de la cabeza, cuyo colorido difiere según las subespecies (roja en T. s. elegans, y amarilla en T. s. scripta y T. s. troosti). El color de la piel, tanto de la cabeza como del cuerpo, varía del verde oliváceo al marrón, con numerosas líneas amarillas. En la zona prefrontal se observa un dibujo en forma de flecha formado por la unión de las líneas amarillas supratemporales que convergen con la línea sagital sobre el hocico. El cuello también posee numerosas líneas amarillas que bajo la boca se unen formando una Y. Las patas son también de color oscuro con numerosas líneas amarillas. El caparazón, en los individuos juveniles, es verdoso, con manchas y dibujos amarillos; en los adultos toma un color verde oscuro con líneas amarillas o pardas. La parte ventral (plastrón) es de color amarillento, generalmente con manchas verde oscuro. Su tamaño máximo puede variar entre los 20 y los 60 cm en función de la subespecie. (1) T.s. scripta: presenta una mancha amarilla que recorre la mejilla detrás de los ojos, la cual con frecuencia llega hasta el cuello. En la escama pleural del espaldar tiene una banda transversal amarilla y en los escudos anteriores del plastrón, un ocelo negro. (2) T.s. elegans: su característica banda ancha roja, se extiende desde el ojo hasta la parte superior del tímpano, y las líneas amarillas van desde el mentón al cuello. En la escama pleural tiene una banda transversal amarilla y en cada escudo del plastrón un ocelo negro. (3) T.s. troostii: exhibe una mancha amarilla alargada detrás del ojo, que no está conectada a ninguna línea. En la escama pleural tiene una banda transversal amarilla y en el plastrón pequeños ocelos negros.</t>
   </si>
   <si>
     <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo</t>
   </si>
   <si>
     <t>Incluido</t>
   </si>
   <si>
     <t>Chrysemys troostii Boulenger, 1889, Crysemys grayi Fritz &amp; Bienert, 1981, Crysemys scripta Fritz &amp; Bienert, 1981, Emys cumberlandensis Holbrook, 1840, Emys elegans Wied, 1838, Emys holbrooki Gray, 1844, Emys sanguinolenta Gray, 1855, Emys troosti Holbrook, 1836, Emys vittata Gray, 1831, Pseudemys elegans Force, 1928, Pseudemys grayi, Pseudemys scripta Carr, 1937, Testudo scripta Thunberg in Schoepff, 1792, Testudo serrata Daudin, 1802, Trachemys lineata Gray, 1873, Trachemys troosti Gray, 1863</t>
   </si>
   <si>
     <t>Lampropeltis californiae (Blainville, 1855)</t>
   </si>
   <si>
     <t>prueba_Serpiente rey de California (Castellano), Culebra real de California (Castellano)</t>
@@ -192,50 +222,65 @@
     <t>Lampropeltis getula (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Pseudemys concinna (Le Conte, 1830)</t>
   </si>
   <si>
     <t>prueba_Suwannee Cooter (Inglés)</t>
   </si>
   <si>
     <t>Inglés</t>
   </si>
   <si>
     <t>Chrysemys concinna Boulenger, 1889, Chrysemys hieroglyphica, Boulenger 1889, Chrysemys mobilensis Boulenger, 1889, Emys annulifera Gray, 1831, Emys concinna Dúmeril &amp; Bibron, 1835, Emys hieroglyphica Holbrook, 1836, Emys labyrinthica Duméril, Bibron &amp; Duméril, 1851, Emys mobilensis Holbrook, 1838, Emys orthonyx Wied, 1865, Pseudemys elonae Brimley, 1928, Pseudemys suwanniensis Carr, 1937, Pseudemys vioscana Brimley, 1928, Ptychemys hoyi Agassiz, 1857, Testudo concinna Le Conte, 1830</t>
   </si>
   <si>
     <t>Pseudemys nelsoni</t>
   </si>
   <si>
     <t>prueba_Florida Red-bellied Cooter (Inglés), Florida Redbelly Turtle (Inglés)</t>
   </si>
   <si>
     <t>Inglés, Inglés</t>
   </si>
   <si>
     <t>Chrysemys nelsoni Jackson, 1978</t>
+  </si>
+  <si>
+    <t>Pseudemys peninsularis Carr, 1938</t>
+  </si>
+  <si>
+    <t>prueba_Tortuga de la península (Castellano)</t>
+  </si>
+  <si>
+    <t>CEEEI: Incluido, CEEEI: Incluido</t>
+  </si>
+  <si>
+    <t>Varanus exanthematicus (Bosc, 1792)</t>
+  </si>
+  <si>
+    <t>prueba_Varano de sabana (Castellano), Varano terrestre-africano (Castellano)</t>
   </si>
   <si>
     <t>Mauremys caspica (Gmelin, 1774)</t>
   </si>
   <si>
     <t>Clemmys caspica Wagler 1830, Emys caspica Duméril &amp; Bibron, 1835, Emys grayi Günther, 1869, Testudo caspica Gmelin, 1774</t>
   </si>
   <si>
     <t>Mauremys reevesii (Gray, 1831)</t>
   </si>
   <si>
     <t>Chinemys megalocephala Fang, 1934, Chinemys reevesii Smith, 1931, Clemmys unicolor Sclater, 1873, Damonia reevesii Gray, 1869, Damonia unicolor Gray, 1873, Emys japonica Duméril &amp; Duméril, 1851, Emys reevesii Gray, 1831, Geoclemys grangeri Schmidt, 1925, Geoclemys paracaretta Chang, 1929, Geoclemys reevesii Gray, 1855</t>
   </si>
   <si>
     <t>Mauremys rivulata (Valenciennes, 1833)</t>
   </si>
   <si>
     <t>Emys pannonica Gray, 1870, Emys rivulata Valenciennes, 1833, Emys tristrami Gray, 1869, Mauremys rivulata Fritz &amp; Wichuf, 1997</t>
   </si>
   <si>
     <t>Pseudemys floridana</t>
   </si>
   <si>
     <t>Chrysemys floridana Fritz, 1981, Emys floridana Dúmeril &amp; Bibron, 1835, Testudo floridana Le Conte, 1830</t>
   </si>
@@ -569,70 +614,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q14"/>
+  <dimension ref="A1:Q18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="438.75" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2053.784" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="252.367" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="588.571" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="77.695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -698,521 +743,691 @@
       </c>
       <c r="I2" t="s">
         <v>24</v>
       </c>
       <c r="J2" t="s">
         <v>25</v>
       </c>
       <c r="K2" t="s">
         <v>26</v>
       </c>
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:17">
       <c r="A3">
-        <v>29658</v>
+        <v>10502</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>35</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>36</v>
       </c>
       <c r="K3"/>
       <c r="L3" t="s">
         <v>27</v>
       </c>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3"/>
-      <c r="P3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P3"/>
       <c r="Q3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4">
-        <v>12167</v>
+        <v>29658</v>
       </c>
       <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>38</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
       <c r="I4" t="s">
         <v>24</v>
       </c>
       <c r="J4" t="s">
         <v>36</v>
       </c>
       <c r="K4"/>
       <c r="L4" t="s">
         <v>27</v>
       </c>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
-      <c r="P4"/>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
       <c r="Q4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5">
-        <v>12177</v>
+        <v>12167</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" t="s">
         <v>43</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>34</v>
       </c>
       <c r="G5" t="s">
         <v>45</v>
       </c>
       <c r="H5" t="s">
         <v>23</v>
       </c>
       <c r="I5" t="s">
         <v>24</v>
       </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="K5"/>
       <c r="L5" t="s">
         <v>27</v>
       </c>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
-      <c r="P5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P5"/>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6">
-        <v>36636</v>
+        <v>29985</v>
       </c>
       <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
-      <c r="G6"/>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
       <c r="H6" t="s">
         <v>23</v>
       </c>
       <c r="I6" t="s">
         <v>24</v>
       </c>
       <c r="J6" t="s">
         <v>36</v>
       </c>
       <c r="K6"/>
       <c r="L6" t="s">
         <v>27</v>
       </c>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
-      <c r="P6"/>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
       <c r="Q6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7">
-        <v>79337</v>
+        <v>12177</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-      <c r="D7"/>
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
-      <c r="G7"/>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
       <c r="H7" t="s">
         <v>23</v>
       </c>
       <c r="I7" t="s">
         <v>24</v>
       </c>
       <c r="J7" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="K7"/>
       <c r="L7" t="s">
         <v>27</v>
       </c>
       <c r="M7" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
-      <c r="P7"/>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
       <c r="Q7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8">
-        <v>11065</v>
+        <v>36636</v>
       </c>
       <c r="B8" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
         <v>23</v>
       </c>
       <c r="I8" t="s">
         <v>24</v>
       </c>
       <c r="J8" t="s">
         <v>36</v>
       </c>
       <c r="K8"/>
       <c r="L8" t="s">
         <v>27</v>
       </c>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
-      <c r="P8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P8"/>
       <c r="Q8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9">
-        <v>11830</v>
+        <v>79337</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="C9"/>
+      <c r="D9"/>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
         <v>23</v>
       </c>
       <c r="I9" t="s">
         <v>24</v>
       </c>
       <c r="J9" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="K9"/>
       <c r="L9" t="s">
         <v>27</v>
       </c>
-      <c r="M9"/>
+      <c r="M9" t="s">
+        <v>57</v>
+      </c>
       <c r="N9"/>
       <c r="O9"/>
-      <c r="P9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P9"/>
       <c r="Q9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10">
-        <v>31211</v>
+        <v>11065</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="F10"/>
+        <v>62</v>
+      </c>
+      <c r="C10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>23</v>
       </c>
       <c r="I10" t="s">
         <v>24</v>
       </c>
       <c r="J10" t="s">
         <v>36</v>
       </c>
       <c r="K10"/>
       <c r="L10" t="s">
         <v>27</v>
       </c>
       <c r="M10"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="Q10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>97945</v>
+        <v>11830</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
-[...4 lines deleted...]
-      <c r="F11"/>
+        <v>66</v>
+      </c>
+      <c r="C11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" t="s">
+        <v>68</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
       <c r="G11"/>
       <c r="H11" t="s">
         <v>23</v>
       </c>
       <c r="I11" t="s">
         <v>24</v>
       </c>
       <c r="J11" t="s">
         <v>36</v>
       </c>
       <c r="K11"/>
       <c r="L11" t="s">
         <v>27</v>
       </c>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="Q11" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>31212</v>
+        <v>32342</v>
       </c>
       <c r="B12" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-      <c r="F12"/>
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
       <c r="G12"/>
       <c r="H12" t="s">
         <v>23</v>
       </c>
       <c r="I12" t="s">
         <v>24</v>
       </c>
       <c r="J12" t="s">
         <v>36</v>
       </c>
       <c r="K12"/>
       <c r="L12" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
-      <c r="P12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P12"/>
       <c r="Q12" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>11285</v>
+        <v>30349</v>
       </c>
       <c r="B13" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      <c r="F13"/>
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>23</v>
       </c>
       <c r="I13" t="s">
         <v>24</v>
       </c>
       <c r="J13" t="s">
         <v>36</v>
       </c>
       <c r="K13"/>
       <c r="L13" t="s">
         <v>27</v>
       </c>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
-      <c r="P13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P13"/>
       <c r="Q13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>98010</v>
+        <v>31211</v>
       </c>
       <c r="B14" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>23</v>
       </c>
       <c r="I14" t="s">
         <v>24</v>
       </c>
       <c r="J14" t="s">
         <v>36</v>
       </c>
       <c r="K14"/>
       <c r="L14" t="s">
         <v>27</v>
       </c>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="Q14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
+      <c r="A15">
+        <v>97945</v>
+      </c>
+      <c r="B15" t="s">
+        <v>77</v>
+      </c>
+      <c r="C15"/>
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15"/>
+      <c r="G15"/>
+      <c r="H15" t="s">
+        <v>23</v>
+      </c>
+      <c r="I15" t="s">
+        <v>24</v>
+      </c>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15"/>
+      <c r="L15" t="s">
+        <v>27</v>
+      </c>
+      <c r="M15"/>
+      <c r="N15"/>
+      <c r="O15"/>
+      <c r="P15" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
+      <c r="A16">
+        <v>31212</v>
+      </c>
+      <c r="B16" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16"/>
+      <c r="D16"/>
+      <c r="E16"/>
+      <c r="F16"/>
+      <c r="G16"/>
+      <c r="H16" t="s">
+        <v>23</v>
+      </c>
+      <c r="I16" t="s">
+        <v>24</v>
+      </c>
+      <c r="J16" t="s">
+        <v>36</v>
+      </c>
+      <c r="K16"/>
+      <c r="L16" t="s">
+        <v>27</v>
+      </c>
+      <c r="M16"/>
+      <c r="N16"/>
+      <c r="O16"/>
+      <c r="P16" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17">
+      <c r="A17">
+        <v>11285</v>
+      </c>
+      <c r="B17" t="s">
+        <v>81</v>
+      </c>
+      <c r="C17"/>
+      <c r="D17"/>
+      <c r="E17"/>
+      <c r="F17"/>
+      <c r="G17"/>
+      <c r="H17" t="s">
+        <v>23</v>
+      </c>
+      <c r="I17" t="s">
+        <v>24</v>
+      </c>
+      <c r="J17" t="s">
+        <v>36</v>
+      </c>
+      <c r="K17"/>
+      <c r="L17" t="s">
+        <v>27</v>
+      </c>
+      <c r="M17"/>
+      <c r="N17"/>
+      <c r="O17"/>
+      <c r="P17" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
+      <c r="A18">
+        <v>98010</v>
+      </c>
+      <c r="B18" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18"/>
+      <c r="E18"/>
+      <c r="F18"/>
+      <c r="G18"/>
+      <c r="H18" t="s">
+        <v>23</v>
+      </c>
+      <c r="I18" t="s">
+        <v>24</v>
+      </c>
+      <c r="J18" t="s">
+        <v>36</v>
+      </c>
+      <c r="K18"/>
+      <c r="L18" t="s">
+        <v>27</v>
+      </c>
+      <c r="M18"/>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q18" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>