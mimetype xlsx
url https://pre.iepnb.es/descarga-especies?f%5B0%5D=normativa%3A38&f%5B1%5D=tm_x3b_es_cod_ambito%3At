--- v0 (2025-10-20)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -314,50 +314,68 @@
   <si>
     <t>Herbácea perenne que alcanza un gran tamaño, de 2 a 6 metros de altura. Tiene una gruesa raíz principal de color amarillo. Las hojas son alternas, profundamente divididas e irregularmente dentadas. Antes de florecer presenta una roseta de hojas que aumentan de tamaño cada año, alternas, de hasta 3 metros de largo y 1,7 de ancho. Las hojas superiores del tallo floral van disminuyendo en tamaño. El haz es glabro pero el peciolo y el envés son pubescentes. El tallo floral llega a los 5 metros de alto y 10 cm de diámetro, es hueco, estriado, con manchas de color rojizo-púrpura, con cerdas afiladas que producen una savia fototóxica al tocarlas. La inflorescencia es una umbela principal de gran tamaño (hasta 80 cm de diámetro). con hasta 8 umbelas satélite, más pequeñas. Las flores se disponen sobre pedicelos de 10-20 mm de largo, son blancas o rosadas, con pétalos de hasta 12 mm de largo. Los frutos son numerosos, elípticos y aplanados, de 6-18 mm de largo por 4-10 de ancho, con finas crestas dorsales y crestas laterales aladas; el endospermo es graso y los frutos maduros tienen un fuerte olor a resina. Tienen uncas distintivas rayas oscuras (oleoductos), 2 en un lado y 4 en el reverso. Una vez que florece (a los 3-5 años), la planta muere.</t>
   </si>
   <si>
     <t>Herpestes javanicus (É. Geoffroy Saint-Hilaire, 1818)</t>
   </si>
   <si>
     <t>prueba_Mangosta pequeña asiática (Castellano), Mangosta de Java (Catalán), Small Indian mongoose (Inglés), Javan Mongoose (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>Tiene un cuerpo delgado con patas cortas. La cabeza es alargada con un hocico punteado. La cola es robusta. La longitud de la cabeza es de 509-671 mm. Las orejas son cortas y se aprecian solo ligeramente a través del pelaje. Los pies tienen 5 dedos con garras largas y afiladas no retráctiles. El pelo es corto. El pelaje es suave, desde pálido a marrón oscuro moteado con puntos dorados. La parte inferior es más clara que el resto del cuerpo. Los ojos son ámbar/marrones pero son azules verdosos en las crías. Hay dimorfismo sexual. Las hembras tienen una longitud de 509-578 mm con una media de 540 mm. Los machos tienen una cabeza más ancha y el cuerpo más robusto con una longitud de 544-671 mm con una media de 591 mm.</t>
   </si>
   <si>
     <t>Hydrocotyle ranunculoides L. f.</t>
   </si>
   <si>
     <t>prueba_Redondita de agua (Castellano), Water pennywort (Inglés)</t>
   </si>
   <si>
     <t>Planta acuática de tallos rastreros y carnosos, rizomatosos y estoloníferos, de finos a robustos, glabros, con nodos en intervalos de 40-150 mm en los que se producen raíces filiformes. Hay tallos acuáticos flotantes pero también rastreros en suelos encharcados. Las hojas son emergentes, alternas, no peltadas, con peciolos delgados, redondeadas o en forma de riñón, con 3-7 lóbulos (las divisiones de los lóbulos se extienden hasta aproximadamente la mitad de la hoja; los lóbulos marginales están superpuestos), no esclerófilas, de menos de 1 mm de espesor, con 5 a 7 nervios. Pueden medir desde 20 a 45 mm a 100 hasta 150 mm, dependiendo de la disponibilidad de nitrato y tienen los bordes estrechamente lobulados. Las estípulas están presentes, son cóncavas, enteras, orbiculares, con estrías pardas. Los escapos (tallos sin hojas con flores en el ápice) son glabros, de 15 a 45 mm de largo, opuestos a las hojas. Las flores son muy pequeñas, poco visibles, de unos 3 mm de diámetro, de color amarillo cremoso, y se presentan en umbelas simples de 4 a 12 flores, con pedicelos de 1-2 mm ascendentes, debajo del dosel de hojas. El involucro tiene brácteas de 1-2 mm de largo con el ápice obtuso. El fruto es suborbicular aplanado dorsalmente, con la base emarginada, de castaño amarillento a pardo rojizo; mericarpos con 3 costillas subiguales.</t>
   </si>
   <si>
+    <t>Lithobates catesbeianus (Shaw, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Rana toro (Castellano), Rana toro americana (Castellano), Granota toro (Catalán), American Bullfrog (Inglés), Bullfrog (Inglés), Common Bullfrog (Inglés), Grenouille-taureau (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Es una rana de gran tamaño, con una longitud media de 10-17 cm, pudiendo llegar a superar los 40 cm de largo y el kilogramo de peso. La piel es lisa, sin verrugas, picos o arrugas. El cuerpo es robusto de coloración es variable, desde tonos café a distintos tonos de verde, con manchas más oscuras en el dorso, cabeza de color verde más claro y patas posteriores con bandas o manchas oscuras. El vientre es de color blanquecino, con algunas manchas grises. La cabeza es ancha y plana, con un pliegue de piel a cada lado que va desde detrás del ojo hasta el tímpano, visible, al que bordea. En los machos el tímpano es muy grande, varias veces mayor que el diámetro del ojo, con un borde oscuro, mientras que en las hembras no supera el tamaño del ojo. Los dedos de las patas posteriores, excepto el 4º, presentan membranas interdigitales Los renacuajos son excepcionalmente grandes, midiendo entre los 15 y los 18 cm de largo (el cuerpo puede llegar a tener el tamaño de una pelota de golf), de color marrón o verde oliva con pequeños puntos negros en el dorso. Los huevos son muy pequeños, de color negro, a veces con la parte inferior ligeramente más clara.</t>
+  </si>
+  <si>
+    <t>Anfibios</t>
+  </si>
+  <si>
+    <t>Rana catesbeiana Shaw, 1802</t>
+  </si>
+  <si>
     <t>Misgurnus anguillicaudatus (Cantor, 1842)</t>
   </si>
   <si>
     <t>prueba_Misgurno (Castellano), Dojo (Castellano), Weatherfish (Inglés), Dojo loach (Inglés), Weather loach (Inglés), Pond loach (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Especie dulceacuícola de tamaño medio, con aspecto que recuerda al de una anguila, alargado y cilíndrico, y que no suele superar los 28 cm de longitud. La coloración es muy variable, pero generalmente el dorso es marrón claro, con tonalidades amarillentas-verdosas y manchas negras. El vientre es de color marrón grisáceo. La boca es pequeña, estrecha y en posición sub-inferior, presenta labios gruesos, y está rodeada por 6 barbillones largos. La línea lateral es muy corta, no superando la longitud de la aleta pectoral. Posee una fuerte espina suborbital. La aleta dorsal está en posición algo adelantada respecto a las pélvicas, tiene la base corta, y cuenta con 9 radios. Las aletas pectorales son de forma triangular en vez de redondeada, y presentan un radio robusto. Presenta crestas adiposas alargadas y visibles a lo largo de las líneas medias dorsal y ventral del pedúnculo caudal. Las aletas pélvicas tienen entre 6 y 7 radios, y las anales entre 7 y 8. La aleta caudal es redondeada.</t>
   </si>
   <si>
     <t>Misgurnus fossilis</t>
   </si>
   <si>
     <t>Nyctereutes procyonoides (Gray, 1834)</t>
   </si>
   <si>
     <t>prueba_Perro mapache (Castellano), Gos viverrí (Catalán), Racoon dog (Inglés), Raccoon Dog (Inglés), Chien Viverrin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>De tamaño similar al de un zorro, este cánido tiene el cuerpo alargado y robusto, cola corta, con una cabeza pequeña y el hocico corto y puntiagudo. Las orejas son cortas y de perfil redondeado. Las patas son cortas, con garras curvas. El pelaje, denso y suave, varía de amarillento a gris o rojizo. La cara presenta una máscara negra que le cubre los ojos y las mejillas, con el pelo de las mejillas largo; el hocico es blanco. El pecho, garganta, patas y pies son de color marrón negruzco. El vientre es de color marrón claro a bronceado. Presenta pelos negros en el lomo, hombros y parte dorsal de la cola. La cola es gruesa y peluda, negra en la parte dorsal y amarilla en la ventral, con la punta negra.</t>
@@ -465,50 +483,62 @@
     <t>prueba_Ibis sagrado (Castellano), Ibis sakratu (Euskera), Ibis sagrat (Catalán), African Sacred Ibis (Inglés), Sacred Ibis (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>Ave de buen tamaño, con una longitud de 65 a 89 cm, una envergadura de 112-124 cm y un peso de aproximadamente 1,5 kg. Las hembras son algo más pequeñas que los machos. El plumaje del cuerpo es muy blanco, contrastando con la cabeza y cuello que son negros y sin plumas. El pico es largo, muy curvado hacia abajo, ancho en la base y de color negro. La punta de las plumas primarias y secundarias de las alas es negra. La cola es corta, y en el dorso cuelga una falsa cola formada por unas largas plumas ornamentales negras. Las patas son negras con tintes rojizos. Los jóvenes carecen de las plumas ornamentales negras, y tienen la garganta y la parte anterior del cuello de color blanco.</t>
   </si>
   <si>
     <t>Trachemys scripta Schoepff, 1792</t>
   </si>
   <si>
     <t>prueba_Tortuga pintada (Castellano), Galápago americano o de Florida (Castellano), Jicotea elegante (Castellano), Tortuga japonesa o de orejas rojas (Castellano), Apoarmatu (Euskera), Tortuga d'orelles grogues (Catalán), Red-eared Slider Turtle (Inglés), Red-eared slider (Inglés), Slider (Inglés), Cumberland Slider Turtle (Inglés), Yellow-bellied Slider Turtle (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Galápago de tamaño mediano, con una mancha prominente a cada lado de la cabeza, cuyo colorido difiere según las subespecies (roja en T. s. elegans, y amarilla en T. s. scripta y T. s. troosti). El color de la piel, tanto de la cabeza como del cuerpo, varía del verde oliváceo al marrón, con numerosas líneas amarillas. En la zona prefrontal se observa un dibujo en forma de flecha formado por la unión de las líneas amarillas supratemporales que convergen con la línea sagital sobre el hocico. El cuello también posee numerosas líneas amarillas que bajo la boca se unen formando una Y. Las patas son también de color oscuro con numerosas líneas amarillas. El caparazón, en los individuos juveniles, es verdoso, con manchas y dibujos amarillos; en los adultos toma un color verde oscuro con líneas amarillas o pardas. La parte ventral (plastrón) es de color amarillento, generalmente con manchas verde oscuro. Su tamaño máximo puede variar entre los 20 y los 60 cm en función de la subespecie. (1) T.s. scripta: presenta una mancha amarilla que recorre la mejilla detrás de los ojos, la cual con frecuencia llega hasta el cuello. En la escama pleural del espaldar tiene una banda transversal amarilla y en los escudos anteriores del plastrón, un ocelo negro. (2) T.s. elegans: su característica banda ancha roja, se extiende desde el ojo hasta la parte superior del tímpano, y las líneas amarillas van desde el mentón al cuello. En la escama pleural tiene una banda transversal amarilla y en cada escudo del plastrón un ocelo negro. (3) T.s. troostii: exhibe una mancha amarilla alargada detrás del ojo, que no está conectada a ninguna línea. En la escama pleural tiene una banda transversal amarilla y en el plastrón pequeños ocelos negros.</t>
   </si>
   <si>
     <t>Reptiles</t>
   </si>
   <si>
     <t>Chrysemys troostii Boulenger, 1889, Crysemys grayi Fritz &amp; Bienert, 1981, Crysemys scripta Fritz &amp; Bienert, 1981, Emys cumberlandensis Holbrook, 1840, Emys elegans Wied, 1838, Emys holbrooki Gray, 1844, Emys sanguinolenta Gray, 1855, Emys troosti Holbrook, 1836, Emys vittata Gray, 1831, Pseudemys elegans Force, 1928, Pseudemys grayi, Pseudemys scripta Carr, 1937, Testudo scripta Thunberg in Schoepff, 1792, Testudo serrata Daudin, 1802, Trachemys lineata Gray, 1873, Trachemys troosti Gray, 1863</t>
+  </si>
+  <si>
+    <t>Xenopus laevis (Daudin, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Rana de uñas africana (Castellano), Platanna (Inglés), Common Clawed Toad (Inglés), Clawed Frog (Inglés), Clawed Toad (Inglés), Common Clawed Frog (Inglés), African Clawed Toad (Inglés), Common Platanna (Inglés), Smooth Clawed Frog (Inglés), African clawed frog (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Especie de tamaño mediano, siendo las hembras bastante más grandes que los machos (las hembras pueden medir 15 cm, mientras que los machos no suelen superar los 7 cm). Los adultos presentan la piel lisa, con abundante mucosidad. La coloración es variable, con manchas gris oliva, café o gris en el dorso, mientras que el vientre puede ser blanquecino o amarillento. El cuerpo es aplanado, hidrodinámico y con la cabeza pequeña. La boca carece de lengua y tiene las mandíbulas dentadas. Los ojos se encuentran en posición dorsal ligeramente frontal. Las extremidades anteriores son pequeñas y carecen de membranas; las posteriores son musculosas y los pies presentan membranas interdigitales bien desarrolladas. Esta especie, a diferencia de otros anuros, no emite cantos, sino unos leves sonidos metálicos.</t>
   </si>
   <si>
     <t>Ailanthus altissima (Mill.) Swingle</t>
   </si>
   <si>
     <t>prueba_Gandul de carretera (Castellano), árbol del cielo (Castellano), Alcacia (Castellano), Alianto (Castellano), Arcacia (Castellano), Follón de cochino (Castellano), Noguera loca (Castellano), Oilanto (Castellano), Zumaque falso (Castellano), Ailanto (Castellano), Ailantoa (Euskera), Cornissa (Catalán), Ailant (Catalán), Vernís del Japó (Catalán), Irlando (Catalán), árbore do ceo (Gallego), Ailanto (Gallego), Arbre de carretera (Mallorquín), Arbre del cel (Mallorquín), Arbre pudent (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Catalán, Catalán, Catalán, Gallego, Gallego, Mallorquín, Mallorquín, Mallorquín</t>
   </si>
   <si>
     <t>Árbol caducifolio dioico, de hasta 25 m de altura. El tronco tiene la corteza gris, lisa en ejemplares jóvenes y más rugosa en los adultos. Las hojas son compuestas, pubescentes o casi glabras, imparipinnadas, con 11-25 grandes foliolos ovalados o lanceolados. Los foliolos tienen el ápice acuminado, truncado en la base. Los foliolos inferiores tienen un diente romo junto a una glándula que despide un olor desagradable al frotarla. Las flores son pequeñas, actinomorfas, pentámeras, de color verde o blanco amarillento, dispuestas en panículas de hasta 30 cm de largo. El fruto es una sámara alargada de color verde amarillento a pardo-naranja, cambiando marrón a medida que pasa el tiempo, de hasta 5 cm de longitud, con el ala membranosa escotada en uno de los lados; se disponen en grandes racimos colgantes; las semillas se sitúan en el centro del fruto y son de color amarillento.</t>
   </si>
   <si>
     <t>Alternanthera philoxeroides (Mart.) Griseb.</t>
   </si>
   <si>
     <t>prueba_Lagunilla (Castellano), Huiro verde (Castellano), Hierba del lagarto (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano</t>
   </si>
   <si>
     <t>Planta flotante emergente, perenne, carnosa, que puede llegar al metro de altura; a veces tiene raíces fibrosas que surgen en los nodos. Presenta grandes entrenudos huecos (en tierra son más pequeños y menos huecos). Presenta tallos largos y ramificados, que se hacen huecos al madurar; cuando la plata crece sobre el agua, los tallos crecen hasta 60 cm y presentan grandes entrenudos huecos; cuando crece en tierra, los tallos son más cortos y los entrenudos más pequeños y menos huecos. Las hojas, de color verde oscuro brillante, son simples, lanceoladas, con márgenes lisos y un distintivo nervio central, dispuestas en pares opuestos a lo largo de los tallos, sésiles (sin pedúnculo), de 2 a 7 cm de longitud y 1-2 cm de ancho. La inflorescencia es de color blanco, en forma de bola y parecida al papel, de 8 a 10 mm de diámetro y dispuesta en el extremo de tallos cortos que crecen en las axilas de las hojas.</t>
   </si>
@@ -1172,51 +1202,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q107"/>
+  <dimension ref="A1:Q109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="593.284" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2255.449" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="252.367" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="588.571" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="52.987" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -1982,3421 +2012,3513 @@
       <c r="H17" t="s">
         <v>23</v>
       </c>
       <c r="I17" t="s">
         <v>57</v>
       </c>
       <c r="J17" t="s">
         <v>25</v>
       </c>
       <c r="K17"/>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>10554</v>
+        <v>10548</v>
       </c>
       <c r="B18" t="s">
         <v>100</v>
       </c>
       <c r="C18" t="s">
         <v>101</v>
       </c>
       <c r="D18" t="s">
         <v>102</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18" t="s">
         <v>55</v>
       </c>
       <c r="G18" t="s">
         <v>103</v>
       </c>
       <c r="H18" t="s">
         <v>23</v>
       </c>
       <c r="I18" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="J18" t="s">
         <v>25</v>
       </c>
       <c r="K18"/>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
         <v>27</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Q18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>10564</v>
+        <v>10554</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C19" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
         <v>55</v>
       </c>
       <c r="G19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H19" t="s">
         <v>23</v>
       </c>
       <c r="I19" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J19" t="s">
         <v>25</v>
       </c>
       <c r="K19"/>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
-      <c r="P19"/>
+      <c r="P19" t="s">
+        <v>110</v>
+      </c>
       <c r="Q19" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>10570</v>
+        <v>10564</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D20" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
         <v>55</v>
       </c>
       <c r="G20" t="s">
-        <v>50</v>
+        <v>114</v>
       </c>
       <c r="H20" t="s">
         <v>23</v>
       </c>
       <c r="I20" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="J20" t="s">
         <v>25</v>
       </c>
       <c r="K20"/>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
         <v>27</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>10572</v>
+        <v>10570</v>
       </c>
       <c r="B21" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C21" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" t="s">
         <v>55</v>
       </c>
       <c r="G21" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="H21" t="s">
         <v>23</v>
       </c>
       <c r="I21" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="J21" t="s">
         <v>25</v>
       </c>
       <c r="K21"/>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>10573</v>
+        <v>10572</v>
       </c>
       <c r="B22" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C22" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D22" t="s">
-        <v>116</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>54</v>
       </c>
       <c r="F22" t="s">
         <v>55</v>
       </c>
       <c r="G22" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H22" t="s">
         <v>23</v>
       </c>
       <c r="I22" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="J22" t="s">
         <v>25</v>
       </c>
       <c r="K22"/>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
         <v>27</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>10581</v>
+        <v>10573</v>
       </c>
       <c r="B23" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C23" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D23" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H23" t="s">
         <v>23</v>
       </c>
       <c r="I23" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J23" t="s">
         <v>25</v>
       </c>
       <c r="K23"/>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>10585</v>
+        <v>10581</v>
       </c>
       <c r="B24" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C24" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D24" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H24" t="s">
         <v>23</v>
       </c>
       <c r="I24" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J24" t="s">
         <v>25</v>
       </c>
       <c r="K24"/>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>10586</v>
+        <v>10585</v>
       </c>
       <c r="B25" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C25" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D25" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H25" t="s">
         <v>23</v>
       </c>
       <c r="I25" t="s">
-        <v>42</v>
+        <v>80</v>
       </c>
       <c r="J25" t="s">
         <v>25</v>
       </c>
       <c r="K25"/>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>10587</v>
+        <v>10586</v>
       </c>
       <c r="B26" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C26" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D26" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26" t="s">
         <v>55</v>
       </c>
       <c r="G26" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H26" t="s">
         <v>23</v>
       </c>
       <c r="I26" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J26" t="s">
         <v>25</v>
       </c>
       <c r="K26"/>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>10590</v>
+        <v>10587</v>
       </c>
       <c r="B27" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C27" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27" t="s">
         <v>55</v>
       </c>
       <c r="G27" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="H27" t="s">
         <v>23</v>
       </c>
       <c r="I27" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="J27" t="s">
         <v>25</v>
       </c>
       <c r="K27"/>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
         <v>27</v>
       </c>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>10591</v>
+        <v>10590</v>
       </c>
       <c r="B28" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C28" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D28" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
         <v>55</v>
       </c>
       <c r="G28" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="H28" t="s">
         <v>23</v>
       </c>
       <c r="I28" t="s">
         <v>64</v>
       </c>
       <c r="J28" t="s">
         <v>25</v>
       </c>
       <c r="K28"/>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
         <v>27</v>
       </c>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>10510</v>
+        <v>10591</v>
       </c>
       <c r="B29" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C29" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D29" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E29" t="s">
         <v>54</v>
       </c>
       <c r="F29" t="s">
         <v>55</v>
       </c>
       <c r="G29" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H29" t="s">
         <v>23</v>
       </c>
       <c r="I29" t="s">
         <v>64</v>
       </c>
       <c r="J29" t="s">
         <v>25</v>
       </c>
       <c r="K29"/>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
         <v>27</v>
       </c>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>12177</v>
+        <v>10510</v>
       </c>
       <c r="B30" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C30" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D30" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>54</v>
       </c>
       <c r="F30" t="s">
         <v>55</v>
       </c>
       <c r="G30" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H30" t="s">
         <v>23</v>
       </c>
       <c r="I30" t="s">
-        <v>149</v>
+        <v>64</v>
       </c>
       <c r="J30" t="s">
         <v>25</v>
       </c>
       <c r="K30"/>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>27</v>
       </c>
       <c r="N30"/>
       <c r="O30"/>
-      <c r="P30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P30"/>
       <c r="Q30" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>1807</v>
+        <v>12177</v>
       </c>
       <c r="B31" t="s">
         <v>151</v>
       </c>
       <c r="C31" t="s">
         <v>152</v>
       </c>
       <c r="D31" t="s">
         <v>153</v>
       </c>
-      <c r="E31"/>
-      <c r="F31"/>
+      <c r="E31" t="s">
+        <v>54</v>
+      </c>
+      <c r="F31" t="s">
+        <v>55</v>
+      </c>
       <c r="G31" t="s">
         <v>154</v>
       </c>
       <c r="H31" t="s">
         <v>23</v>
       </c>
       <c r="I31" t="s">
-        <v>57</v>
+        <v>155</v>
       </c>
       <c r="J31" t="s">
         <v>25</v>
       </c>
       <c r="K31"/>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31"/>
       <c r="O31"/>
-      <c r="P31"/>
+      <c r="P31" t="s">
+        <v>156</v>
+      </c>
       <c r="Q31" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>10478</v>
+        <v>10471</v>
       </c>
       <c r="B32" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C32" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D32" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-      <c r="F32"/>
+        <v>159</v>
+      </c>
+      <c r="E32" t="s">
+        <v>54</v>
+      </c>
+      <c r="F32" t="s">
+        <v>55</v>
+      </c>
       <c r="G32" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H32" t="s">
         <v>23</v>
       </c>
       <c r="I32" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="J32" t="s">
         <v>25</v>
       </c>
       <c r="K32"/>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>10493</v>
+        <v>1807</v>
       </c>
       <c r="B33" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C33" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D33" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H33" t="s">
         <v>23</v>
       </c>
       <c r="I33" t="s">
         <v>57</v>
       </c>
       <c r="J33" t="s">
         <v>25</v>
       </c>
       <c r="K33"/>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>10508</v>
+        <v>10478</v>
       </c>
       <c r="B34" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C34" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D34" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="H34" t="s">
         <v>23</v>
       </c>
       <c r="I34" t="s">
         <v>57</v>
       </c>
       <c r="J34" t="s">
         <v>25</v>
       </c>
       <c r="K34"/>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>6488</v>
+        <v>10493</v>
       </c>
       <c r="B35" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C35" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D35" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E35"/>
       <c r="F35"/>
       <c r="G35" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="H35" t="s">
         <v>23</v>
       </c>
       <c r="I35" t="s">
         <v>57</v>
       </c>
       <c r="J35" t="s">
         <v>25</v>
       </c>
       <c r="K35"/>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>4260</v>
+        <v>10508</v>
       </c>
       <c r="B36" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C36" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D36" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H36" t="s">
         <v>23</v>
       </c>
       <c r="I36" t="s">
         <v>57</v>
       </c>
       <c r="J36" t="s">
         <v>25</v>
       </c>
       <c r="K36"/>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="N36"/>
       <c r="O36"/>
-      <c r="P36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P36"/>
       <c r="Q36" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>7682</v>
+        <v>6488</v>
       </c>
       <c r="B37" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C37" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D37" t="s">
-        <v>77</v>
+        <v>179</v>
       </c>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H37" t="s">
         <v>23</v>
       </c>
       <c r="I37" t="s">
         <v>57</v>
       </c>
       <c r="J37" t="s">
         <v>25</v>
       </c>
       <c r="K37"/>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37"/>
       <c r="O37"/>
-      <c r="P37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P37"/>
       <c r="Q37" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>988</v>
+        <v>4260</v>
       </c>
       <c r="B38" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C38" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D38" t="s">
-        <v>157</v>
+        <v>183</v>
       </c>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="H38" t="s">
         <v>23</v>
       </c>
       <c r="I38" t="s">
         <v>57</v>
       </c>
       <c r="J38" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K38"/>
-      <c r="L38"/>
+      <c r="L38" t="s">
+        <v>26</v>
+      </c>
       <c r="M38" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="Q38" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>12335</v>
+        <v>7682</v>
       </c>
       <c r="B39" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C39" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D39" t="s">
-        <v>186</v>
-[...7 lines deleted...]
-      <c r="G39"/>
+        <v>77</v>
+      </c>
+      <c r="E39"/>
+      <c r="F39"/>
+      <c r="G39" t="s">
+        <v>188</v>
+      </c>
       <c r="H39" t="s">
         <v>23</v>
       </c>
       <c r="I39" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="J39" t="s">
         <v>25</v>
       </c>
       <c r="K39"/>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39"/>
       <c r="O39"/>
-      <c r="P39"/>
+      <c r="P39" t="s">
+        <v>189</v>
+      </c>
       <c r="Q39" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>32549</v>
+        <v>988</v>
       </c>
       <c r="B40" t="s">
-        <v>187</v>
-[...9 lines deleted...]
-      <c r="G40"/>
+        <v>190</v>
+      </c>
+      <c r="C40" t="s">
+        <v>191</v>
+      </c>
+      <c r="D40" t="s">
+        <v>167</v>
+      </c>
+      <c r="E40"/>
+      <c r="F40"/>
+      <c r="G40" t="s">
+        <v>192</v>
+      </c>
       <c r="H40" t="s">
         <v>23</v>
       </c>
       <c r="I40" t="s">
         <v>57</v>
       </c>
       <c r="J40" t="s">
         <v>58</v>
       </c>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>27</v>
       </c>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="Q40" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>28318</v>
+        <v>12335</v>
       </c>
       <c r="B41" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="D41"/>
+        <v>194</v>
+      </c>
+      <c r="C41" t="s">
+        <v>195</v>
+      </c>
+      <c r="D41" t="s">
+        <v>196</v>
+      </c>
       <c r="E41" t="s">
         <v>54</v>
       </c>
       <c r="F41" t="s">
         <v>55</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>23</v>
       </c>
       <c r="I41" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="J41" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K41"/>
-      <c r="L41"/>
+      <c r="L41" t="s">
+        <v>26</v>
+      </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41"/>
       <c r="O41"/>
       <c r="P41"/>
       <c r="Q41" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>31429</v>
+        <v>32549</v>
       </c>
       <c r="B42" t="s">
-        <v>190</v>
-[...6 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="C42"/>
+      <c r="D42"/>
       <c r="E42" t="s">
         <v>54</v>
       </c>
       <c r="F42" t="s">
         <v>55</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>23</v>
       </c>
       <c r="I42" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="J42" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K42"/>
-      <c r="L42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42"/>
       <c r="O42"/>
-      <c r="P42"/>
+      <c r="P42" t="s">
+        <v>198</v>
+      </c>
       <c r="Q42" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>79332</v>
+        <v>28318</v>
       </c>
       <c r="B43" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>54</v>
       </c>
       <c r="F43" t="s">
         <v>55</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>23</v>
       </c>
       <c r="I43" t="s">
         <v>42</v>
       </c>
       <c r="J43" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K43"/>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>28610</v>
+        <v>31429</v>
       </c>
       <c r="B44" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-      <c r="D44"/>
+        <v>200</v>
+      </c>
+      <c r="C44" t="s">
+        <v>201</v>
+      </c>
+      <c r="D44" t="s">
+        <v>171</v>
+      </c>
       <c r="E44" t="s">
         <v>54</v>
       </c>
       <c r="F44" t="s">
         <v>55</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>23</v>
       </c>
       <c r="I44" t="s">
         <v>42</v>
       </c>
       <c r="J44" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K44"/>
-      <c r="L44"/>
+      <c r="L44" t="s">
+        <v>26</v>
+      </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>79334</v>
+        <v>79332</v>
       </c>
       <c r="B45" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>54</v>
       </c>
       <c r="F45" t="s">
         <v>55</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>23</v>
       </c>
       <c r="I45" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J45" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K45"/>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>26</v>
+      </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>26375</v>
+        <v>28610</v>
       </c>
       <c r="B46" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46" t="s">
         <v>54</v>
       </c>
       <c r="F46" t="s">
         <v>55</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>23</v>
       </c>
       <c r="I46" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="J46" t="s">
         <v>58</v>
       </c>
       <c r="K46"/>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46"/>
       <c r="Q46" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>29059</v>
+        <v>79334</v>
       </c>
       <c r="B47" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47" t="s">
         <v>54</v>
       </c>
       <c r="F47" t="s">
         <v>55</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
         <v>23</v>
       </c>
       <c r="I47" t="s">
         <v>24</v>
       </c>
       <c r="J47" t="s">
         <v>58</v>
       </c>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>27</v>
       </c>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>5033</v>
+        <v>26375</v>
       </c>
       <c r="B48" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48" t="s">
         <v>54</v>
       </c>
       <c r="F48" t="s">
         <v>55</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>23</v>
       </c>
       <c r="I48" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="J48" t="s">
         <v>58</v>
       </c>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="N48"/>
       <c r="O48"/>
-      <c r="P48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P48"/>
       <c r="Q48" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>31434</v>
+        <v>29059</v>
       </c>
       <c r="B49" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49" t="s">
         <v>54</v>
       </c>
       <c r="F49" t="s">
         <v>55</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>23</v>
       </c>
       <c r="I49" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="J49" t="s">
         <v>58</v>
       </c>
       <c r="K49"/>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49"/>
       <c r="O49"/>
       <c r="P49"/>
       <c r="Q49" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>79337</v>
+        <v>5033</v>
       </c>
       <c r="B50" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50" t="s">
         <v>54</v>
       </c>
       <c r="F50" t="s">
         <v>55</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>23</v>
       </c>
       <c r="I50" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="J50" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K50"/>
-      <c r="L50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N50"/>
       <c r="O50"/>
-      <c r="P50"/>
+      <c r="P50" t="s">
+        <v>208</v>
+      </c>
       <c r="Q50" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>32554</v>
+        <v>31434</v>
       </c>
       <c r="B51" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51" t="s">
         <v>54</v>
       </c>
       <c r="F51" t="s">
         <v>55</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>23</v>
       </c>
       <c r="I51" t="s">
         <v>57</v>
       </c>
       <c r="J51" t="s">
         <v>58</v>
       </c>
       <c r="K51"/>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>27</v>
       </c>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51"/>
       <c r="Q51" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>79338</v>
+        <v>79337</v>
       </c>
       <c r="B52" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52" t="s">
         <v>54</v>
       </c>
       <c r="F52" t="s">
         <v>55</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
         <v>23</v>
       </c>
       <c r="I52" t="s">
-        <v>80</v>
+        <v>155</v>
       </c>
       <c r="J52" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K52"/>
-      <c r="L52"/>
+      <c r="L52" t="s">
+        <v>26</v>
+      </c>
       <c r="M52" t="s">
         <v>27</v>
       </c>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>31435</v>
+        <v>32554</v>
       </c>
       <c r="B53" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53" t="s">
         <v>54</v>
       </c>
       <c r="F53" t="s">
         <v>55</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
         <v>23</v>
       </c>
       <c r="I53" t="s">
         <v>57</v>
       </c>
       <c r="J53" t="s">
         <v>58</v>
       </c>
       <c r="K53"/>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53"/>
       <c r="Q53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>29498</v>
+        <v>79338</v>
       </c>
       <c r="B54" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
         <v>54</v>
       </c>
       <c r="F54" t="s">
         <v>55</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>23</v>
       </c>
       <c r="I54" t="s">
-        <v>42</v>
+        <v>80</v>
       </c>
       <c r="J54" t="s">
         <v>58</v>
       </c>
       <c r="K54"/>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54"/>
       <c r="Q54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>6489</v>
+        <v>31435</v>
       </c>
       <c r="B55" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55" t="s">
         <v>54</v>
       </c>
       <c r="F55" t="s">
         <v>55</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>23</v>
       </c>
       <c r="I55" t="s">
         <v>57</v>
       </c>
       <c r="J55" t="s">
         <v>58</v>
       </c>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>29544</v>
+        <v>29498</v>
       </c>
       <c r="B56" t="s">
-        <v>206</v>
-[...6 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="C56"/>
+      <c r="D56"/>
       <c r="E56" t="s">
         <v>54</v>
       </c>
       <c r="F56" t="s">
         <v>55</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56" t="s">
         <v>42</v>
       </c>
       <c r="J56" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K56"/>
-      <c r="L56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56"/>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
-        <v>31437</v>
+        <v>6489</v>
       </c>
       <c r="B57" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57" t="s">
         <v>54</v>
       </c>
       <c r="F57" t="s">
         <v>55</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J57" t="s">
         <v>58</v>
       </c>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57"/>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
-        <v>31439</v>
+        <v>29544</v>
       </c>
       <c r="B58" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-      <c r="D58"/>
+        <v>216</v>
+      </c>
+      <c r="C58" t="s">
+        <v>217</v>
+      </c>
+      <c r="D58" t="s">
+        <v>179</v>
+      </c>
       <c r="E58" t="s">
         <v>54</v>
       </c>
       <c r="F58" t="s">
         <v>55</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>23</v>
       </c>
       <c r="I58" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J58" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K58"/>
-      <c r="L58"/>
+      <c r="L58" t="s">
+        <v>26</v>
+      </c>
       <c r="M58" t="s">
         <v>27</v>
       </c>
       <c r="N58"/>
       <c r="O58"/>
-      <c r="P58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P58"/>
       <c r="Q58" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
-        <v>32334</v>
+        <v>31437</v>
       </c>
       <c r="B59" t="s">
-        <v>211</v>
-[...6 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="C59"/>
+      <c r="D59"/>
       <c r="E59" t="s">
         <v>54</v>
       </c>
       <c r="F59" t="s">
         <v>55</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>23</v>
       </c>
       <c r="I59" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J59" t="s">
         <v>58</v>
       </c>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>27</v>
       </c>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
-        <v>31443</v>
+        <v>31439</v>
       </c>
       <c r="B60" t="s">
-        <v>213</v>
-[...6 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="C60"/>
+      <c r="D60"/>
       <c r="E60" t="s">
         <v>54</v>
       </c>
       <c r="F60" t="s">
         <v>55</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J60" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K60"/>
-      <c r="L60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60"/>
       <c r="O60"/>
-      <c r="P60"/>
+      <c r="P60" t="s">
+        <v>220</v>
+      </c>
       <c r="Q60" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>31444</v>
+        <v>32334</v>
       </c>
       <c r="B61" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C61" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="D61" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="E61" t="s">
         <v>54</v>
       </c>
       <c r="F61" t="s">
         <v>55</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>23</v>
       </c>
       <c r="I61" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="J61" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K61"/>
-      <c r="L61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
         <v>27</v>
       </c>
       <c r="N61"/>
       <c r="O61"/>
       <c r="P61"/>
       <c r="Q61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>26376</v>
+        <v>31443</v>
       </c>
       <c r="B62" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C62" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="D62" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="E62" t="s">
         <v>54</v>
       </c>
       <c r="F62" t="s">
         <v>55</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62" t="s">
         <v>42</v>
       </c>
       <c r="J62" t="s">
         <v>25</v>
       </c>
       <c r="K62"/>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>32557</v>
+        <v>31444</v>
       </c>
       <c r="B63" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-      <c r="D63"/>
+        <v>225</v>
+      </c>
+      <c r="C63" t="s">
+        <v>226</v>
+      </c>
+      <c r="D63" t="s">
+        <v>171</v>
+      </c>
       <c r="E63" t="s">
         <v>54</v>
       </c>
       <c r="F63" t="s">
         <v>55</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="J63" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K63"/>
-      <c r="L63"/>
+      <c r="L63" t="s">
+        <v>26</v>
+      </c>
       <c r="M63" t="s">
         <v>27</v>
       </c>
       <c r="N63"/>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>1911</v>
+        <v>26376</v>
       </c>
       <c r="B64" t="s">
-        <v>220</v>
-[...4 lines deleted...]
-      <c r="F64"/>
+        <v>227</v>
+      </c>
+      <c r="C64" t="s">
+        <v>228</v>
+      </c>
+      <c r="D64" t="s">
+        <v>171</v>
+      </c>
+      <c r="E64" t="s">
+        <v>54</v>
+      </c>
+      <c r="F64" t="s">
+        <v>55</v>
+      </c>
       <c r="G64"/>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="J64" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K64"/>
-      <c r="L64"/>
+      <c r="L64" t="s">
+        <v>26</v>
+      </c>
       <c r="M64" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>100126</v>
+        <v>32557</v>
       </c>
       <c r="B65" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
-      <c r="E65"/>
-      <c r="F65"/>
+      <c r="E65" t="s">
+        <v>54</v>
+      </c>
+      <c r="F65" t="s">
+        <v>55</v>
+      </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="J65" t="s">
         <v>58</v>
       </c>
       <c r="K65"/>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>27</v>
       </c>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>32550</v>
+        <v>1911</v>
       </c>
       <c r="B66" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J66" t="s">
         <v>58</v>
       </c>
       <c r="K66"/>
       <c r="L66"/>
       <c r="M66" t="s">
         <v>27</v>
       </c>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>2376</v>
+        <v>100126</v>
       </c>
       <c r="B67" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="J67" t="s">
         <v>58</v>
       </c>
       <c r="K67"/>
       <c r="L67"/>
       <c r="M67" t="s">
         <v>27</v>
       </c>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>48224</v>
+        <v>32550</v>
       </c>
       <c r="B68" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
         <v>80</v>
       </c>
       <c r="J68" t="s">
         <v>58</v>
       </c>
       <c r="K68"/>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>27</v>
       </c>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>100118</v>
+        <v>2376</v>
       </c>
       <c r="B69" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J69" t="s">
         <v>58</v>
       </c>
       <c r="K69"/>
       <c r="L69"/>
       <c r="M69" t="s">
         <v>27</v>
       </c>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>100119</v>
+        <v>48224</v>
       </c>
       <c r="B70" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J70" t="s">
         <v>58</v>
       </c>
       <c r="K70"/>
       <c r="L70"/>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70"/>
       <c r="Q70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>9526</v>
+        <v>100118</v>
       </c>
       <c r="B71" t="s">
-        <v>227</v>
-[...6 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="C71"/>
+      <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J71" t="s">
         <v>58</v>
       </c>
       <c r="K71"/>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>27</v>
       </c>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
-        <v>100128</v>
+        <v>100119</v>
       </c>
       <c r="B72" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="J72" t="s">
         <v>58</v>
       </c>
       <c r="K72"/>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>27</v>
       </c>
       <c r="N72"/>
       <c r="O72"/>
       <c r="P72"/>
       <c r="Q72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
-        <v>79333</v>
+        <v>9526</v>
       </c>
       <c r="B73" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-      <c r="D73"/>
+        <v>237</v>
+      </c>
+      <c r="C73" t="s">
+        <v>238</v>
+      </c>
+      <c r="D73" t="s">
+        <v>239</v>
+      </c>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>23</v>
       </c>
       <c r="I73" t="s">
         <v>57</v>
       </c>
       <c r="J73" t="s">
         <v>58</v>
       </c>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73" t="s">
         <v>27</v>
       </c>
       <c r="N73"/>
       <c r="O73"/>
       <c r="P73"/>
       <c r="Q73" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
-        <v>100129</v>
+        <v>100128</v>
       </c>
       <c r="B74" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="J74" t="s">
         <v>58</v>
       </c>
       <c r="K74"/>
       <c r="L74"/>
       <c r="M74" t="s">
         <v>27</v>
       </c>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
-        <v>32251</v>
+        <v>79333</v>
       </c>
       <c r="B75" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
         <v>57</v>
       </c>
       <c r="J75" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K75"/>
-      <c r="L75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L75"/>
       <c r="M75" t="s">
         <v>27</v>
       </c>
       <c r="N75"/>
       <c r="O75"/>
       <c r="P75"/>
       <c r="Q75" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
-        <v>32551</v>
+        <v>100129</v>
       </c>
       <c r="B76" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76"/>
       <c r="H76" t="s">
         <v>23</v>
       </c>
       <c r="I76" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J76" t="s">
         <v>58</v>
       </c>
       <c r="K76"/>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>27</v>
       </c>
       <c r="N76"/>
       <c r="O76"/>
       <c r="P76"/>
       <c r="Q76" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
-        <v>100120</v>
+        <v>32251</v>
       </c>
       <c r="B77" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>23</v>
       </c>
       <c r="I77" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J77" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K77"/>
-      <c r="L77"/>
+      <c r="L77" t="s">
+        <v>26</v>
+      </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
-        <v>79335</v>
+        <v>32551</v>
       </c>
       <c r="B78" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>23</v>
       </c>
       <c r="I78" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J78" t="s">
         <v>58</v>
       </c>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>27</v>
       </c>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78"/>
       <c r="Q78" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>31430</v>
+        <v>100120</v>
       </c>
       <c r="B79" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J79" t="s">
         <v>58</v>
       </c>
       <c r="K79"/>
       <c r="L79"/>
       <c r="M79" t="s">
         <v>27</v>
       </c>
       <c r="N79"/>
       <c r="O79"/>
       <c r="P79"/>
       <c r="Q79" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>32552</v>
+        <v>79335</v>
       </c>
       <c r="B80" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J80" t="s">
         <v>58</v>
       </c>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80" t="s">
         <v>27</v>
       </c>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80"/>
       <c r="Q80" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>31431</v>
+        <v>31430</v>
       </c>
       <c r="B81" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>23</v>
       </c>
       <c r="I81" t="s">
         <v>57</v>
       </c>
       <c r="J81" t="s">
         <v>58</v>
       </c>
       <c r="K81"/>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>27</v>
       </c>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81"/>
       <c r="Q81" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>31432</v>
+        <v>32552</v>
       </c>
       <c r="B82" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>23</v>
       </c>
       <c r="I82" t="s">
         <v>57</v>
       </c>
       <c r="J82" t="s">
         <v>58</v>
       </c>
       <c r="K82"/>
       <c r="L82"/>
       <c r="M82" t="s">
         <v>27</v>
       </c>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82"/>
       <c r="Q82" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>32553</v>
+        <v>31431</v>
       </c>
       <c r="B83" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
         <v>57</v>
       </c>
       <c r="J83" t="s">
         <v>58</v>
       </c>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83" t="s">
         <v>27</v>
       </c>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83"/>
       <c r="Q83" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>31433</v>
+        <v>31432</v>
       </c>
       <c r="B84" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
         <v>57</v>
       </c>
       <c r="J84" t="s">
         <v>58</v>
       </c>
       <c r="K84"/>
       <c r="L84"/>
       <c r="M84" t="s">
         <v>27</v>
       </c>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84"/>
       <c r="Q84" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
-        <v>79336</v>
+        <v>32553</v>
       </c>
       <c r="B85" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>23</v>
       </c>
       <c r="I85" t="s">
         <v>57</v>
       </c>
       <c r="J85" t="s">
         <v>58</v>
       </c>
       <c r="K85"/>
       <c r="L85"/>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85"/>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
-        <v>6076</v>
+        <v>31433</v>
       </c>
       <c r="B86" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
         <v>57</v>
       </c>
       <c r="J86" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K86"/>
-      <c r="L86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
         <v>27</v>
       </c>
       <c r="N86"/>
       <c r="O86"/>
-      <c r="P86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P86"/>
       <c r="Q86" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
-        <v>26887</v>
+        <v>79336</v>
       </c>
       <c r="B87" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
         <v>57</v>
       </c>
       <c r="J87" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K87"/>
-      <c r="L87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L87"/>
       <c r="M87" t="s">
         <v>27</v>
       </c>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
-        <v>32555</v>
+        <v>6076</v>
       </c>
       <c r="B88" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
         <v>57</v>
       </c>
       <c r="J88" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K88"/>
-      <c r="L88"/>
+      <c r="L88" t="s">
+        <v>26</v>
+      </c>
       <c r="M88" t="s">
         <v>27</v>
       </c>
       <c r="N88"/>
       <c r="O88"/>
-      <c r="P88"/>
+      <c r="P88" t="s">
+        <v>255</v>
+      </c>
       <c r="Q88" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
-        <v>100121</v>
+        <v>26887</v>
       </c>
       <c r="B89" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J89" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K89"/>
-      <c r="L89"/>
+      <c r="L89" t="s">
+        <v>26</v>
+      </c>
       <c r="M89" t="s">
         <v>27</v>
       </c>
       <c r="N89"/>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
-        <v>31436</v>
+        <v>32555</v>
       </c>
       <c r="B90" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
         <v>57</v>
       </c>
       <c r="J90" t="s">
         <v>58</v>
       </c>
       <c r="K90"/>
       <c r="L90"/>
       <c r="M90" t="s">
         <v>27</v>
       </c>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90"/>
       <c r="Q90" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
-        <v>100132</v>
+        <v>100121</v>
       </c>
       <c r="B91" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="J91" t="s">
         <v>58</v>
       </c>
       <c r="K91"/>
       <c r="L91"/>
       <c r="M91" t="s">
         <v>27</v>
       </c>
       <c r="N91"/>
       <c r="O91"/>
-      <c r="P91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P91"/>
       <c r="Q91" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
-        <v>60630</v>
+        <v>31436</v>
       </c>
       <c r="B92" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>23</v>
       </c>
       <c r="I92" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J92" t="s">
         <v>58</v>
       </c>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92" t="s">
         <v>27</v>
       </c>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92"/>
       <c r="Q92" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
-        <v>31438</v>
+        <v>100132</v>
       </c>
       <c r="B93" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>23</v>
       </c>
       <c r="I93" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="J93" t="s">
         <v>58</v>
       </c>
       <c r="K93"/>
       <c r="L93"/>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93"/>
       <c r="O93"/>
-      <c r="P93"/>
+      <c r="P93" t="s">
+        <v>261</v>
+      </c>
       <c r="Q93" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
-        <v>31440</v>
+        <v>60630</v>
       </c>
       <c r="B94" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94"/>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>23</v>
       </c>
       <c r="I94" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J94" t="s">
         <v>58</v>
       </c>
       <c r="K94"/>
       <c r="L94"/>
       <c r="M94" t="s">
         <v>27</v>
       </c>
       <c r="N94"/>
       <c r="O94"/>
-      <c r="P94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P94"/>
       <c r="Q94" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
-        <v>100131</v>
+        <v>31438</v>
       </c>
       <c r="B95" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>23</v>
       </c>
       <c r="I95" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J95" t="s">
         <v>58</v>
       </c>
       <c r="K95"/>
       <c r="L95"/>
       <c r="M95" t="s">
         <v>27</v>
       </c>
       <c r="N95"/>
       <c r="O95"/>
       <c r="P95"/>
       <c r="Q95" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
-        <v>31441</v>
+        <v>31440</v>
       </c>
       <c r="B96" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96" t="s">
         <v>23</v>
       </c>
       <c r="I96" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J96" t="s">
         <v>58</v>
       </c>
       <c r="K96"/>
       <c r="L96"/>
       <c r="M96" t="s">
         <v>27</v>
       </c>
       <c r="N96"/>
       <c r="O96"/>
-      <c r="P96"/>
+      <c r="P96" t="s">
+        <v>265</v>
+      </c>
       <c r="Q96" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
-        <v>31442</v>
+        <v>100131</v>
       </c>
       <c r="B97" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97" t="s">
         <v>23</v>
       </c>
       <c r="I97" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J97" t="s">
         <v>58</v>
       </c>
       <c r="K97"/>
       <c r="L97"/>
       <c r="M97" t="s">
         <v>27</v>
       </c>
       <c r="N97"/>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
-        <v>100133</v>
+        <v>31441</v>
       </c>
       <c r="B98" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98"/>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>23</v>
       </c>
       <c r="I98" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J98" t="s">
         <v>58</v>
       </c>
       <c r="K98"/>
       <c r="L98"/>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98"/>
       <c r="O98"/>
       <c r="P98"/>
       <c r="Q98" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
-        <v>82290</v>
+        <v>31442</v>
       </c>
       <c r="B99" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
         <v>57</v>
       </c>
       <c r="J99" t="s">
         <v>58</v>
       </c>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99" t="s">
         <v>27</v>
       </c>
       <c r="N99"/>
       <c r="O99"/>
       <c r="P99"/>
       <c r="Q99" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
-        <v>27543</v>
+        <v>100133</v>
       </c>
       <c r="B100" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>23</v>
       </c>
       <c r="I100" t="s">
         <v>57</v>
       </c>
       <c r="J100" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K100"/>
-      <c r="L100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L100"/>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100"/>
       <c r="O100"/>
       <c r="P100"/>
       <c r="Q100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
-        <v>72463</v>
+        <v>82290</v>
       </c>
       <c r="B101" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J101" t="s">
         <v>58</v>
       </c>
       <c r="K101"/>
       <c r="L101"/>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
-        <v>79269</v>
+        <v>27543</v>
       </c>
       <c r="B102" t="s">
-        <v>263</v>
-[...6 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="C102"/>
+      <c r="D102"/>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102"/>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J102" t="s">
         <v>25</v>
       </c>
       <c r="K102"/>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102"/>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
-        <v>79340</v>
+        <v>72463</v>
       </c>
       <c r="B103" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
         <v>80</v>
       </c>
       <c r="J103" t="s">
         <v>58</v>
       </c>
       <c r="K103"/>
       <c r="L103"/>
       <c r="M103" t="s">
         <v>27</v>
       </c>
       <c r="N103"/>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
-        <v>100127</v>
+        <v>79269</v>
       </c>
       <c r="B104" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-      <c r="D104"/>
+        <v>273</v>
+      </c>
+      <c r="C104" t="s">
+        <v>274</v>
+      </c>
+      <c r="D104" t="s">
+        <v>171</v>
+      </c>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>23</v>
       </c>
       <c r="I104" t="s">
         <v>80</v>
       </c>
       <c r="J104" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K104"/>
-      <c r="L104"/>
+      <c r="L104" t="s">
+        <v>26</v>
+      </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104"/>
       <c r="O104"/>
       <c r="P104"/>
       <c r="Q104" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
-        <v>26888</v>
+        <v>79340</v>
       </c>
       <c r="B105" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C105"/>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>23</v>
       </c>
       <c r="I105" t="s">
         <v>80</v>
       </c>
       <c r="J105" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K105"/>
-      <c r="L105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L105"/>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105"/>
       <c r="O105"/>
       <c r="P105"/>
       <c r="Q105" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
-        <v>76568</v>
+        <v>100127</v>
       </c>
       <c r="B106" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="C106"/>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106"/>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
         <v>80</v>
       </c>
       <c r="J106" t="s">
         <v>58</v>
       </c>
       <c r="K106"/>
       <c r="L106"/>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106"/>
       <c r="O106"/>
       <c r="P106"/>
       <c r="Q106" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
-        <v>100130</v>
+        <v>26888</v>
       </c>
       <c r="B107" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>23</v>
       </c>
       <c r="I107" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="J107" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="K107"/>
-      <c r="L107"/>
+      <c r="L107" t="s">
+        <v>26</v>
+      </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107"/>
       <c r="O107"/>
-      <c r="P107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P107"/>
       <c r="Q107" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17">
+      <c r="A108">
+        <v>76568</v>
+      </c>
+      <c r="B108" t="s">
+        <v>278</v>
+      </c>
+      <c r="C108"/>
+      <c r="D108"/>
+      <c r="E108"/>
+      <c r="F108"/>
+      <c r="G108"/>
+      <c r="H108" t="s">
+        <v>23</v>
+      </c>
+      <c r="I108" t="s">
+        <v>80</v>
+      </c>
+      <c r="J108" t="s">
+        <v>58</v>
+      </c>
+      <c r="K108"/>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>27</v>
+      </c>
+      <c r="N108"/>
+      <c r="O108"/>
+      <c r="P108"/>
+      <c r="Q108" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17">
+      <c r="A109">
+        <v>100130</v>
+      </c>
+      <c r="B109" t="s">
+        <v>279</v>
+      </c>
+      <c r="C109"/>
+      <c r="D109"/>
+      <c r="E109"/>
+      <c r="F109"/>
+      <c r="G109"/>
+      <c r="H109" t="s">
+        <v>23</v>
+      </c>
+      <c r="I109" t="s">
+        <v>57</v>
+      </c>
+      <c r="J109" t="s">
+        <v>58</v>
+      </c>
+      <c r="K109"/>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>27</v>
+      </c>
+      <c r="N109"/>
+      <c r="O109"/>
+      <c r="P109" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q109" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>