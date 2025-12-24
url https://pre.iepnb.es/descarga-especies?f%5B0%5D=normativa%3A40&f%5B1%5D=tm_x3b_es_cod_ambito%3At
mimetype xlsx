--- v0 (2025-10-20)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1637">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1635">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -4903,56 +4903,50 @@
     <t>Cistus umbellatus subsp. viscosus (Willk.) Demoly</t>
   </si>
   <si>
     <t>prueba_Jarilla (Castellano), Apagalumbres (Castellano), Ardevieja (Castellano), Jarillas (Castellano), Juagarzo (Castellano), Matalumbres (Castellano), jaguarcillo (Castellano)</t>
   </si>
   <si>
     <t>Región Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Región Mediterránea</t>
   </si>
   <si>
     <t>Halimium umbellatum subsp. viscosum (Willk.) O. Bolós &amp; Vigo, Halimium verticillatum</t>
   </si>
   <si>
     <t>Dianthus rupicola Biv.</t>
   </si>
   <si>
     <t>prueba_Clavell de penyal (Mallorquín)</t>
   </si>
   <si>
     <t>Mallorquín</t>
   </si>
   <si>
     <t>Región Mediterránea U2 (Desfavorable-malo)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Reseda decursiva Forsk. Fl. Aegypt. LXVI (1775)</t>
   </si>
   <si>
     <t>Biscutella sempervirens subsp. vicentina (Samp.) Malag.</t>
   </si>
   <si>
     <t>Biscutella vicentina (Samp.) Guinea</t>
   </si>
   <si>
     <t>Cladonia spp. (subgenus Cladina)</t>
   </si>
   <si>
     <t>prueba_Mujo (Castellano)</t>
   </si>
   <si>
     <t>Hongos</t>
   </si>
   <si>
     <t>Podarcis hispanica atrata</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -5274,51 +5268,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q375"/>
+  <dimension ref="A1:Q374"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2795.746" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1225.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4999.493" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="266.506" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="524.872" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="52.987" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -21919,196 +21913,157 @@
       <c r="E371" t="s">
         <v>1628</v>
       </c>
       <c r="F371" t="s">
         <v>1623</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
         <v>23</v>
       </c>
       <c r="I371" t="s">
         <v>45</v>
       </c>
       <c r="J371" t="s">
         <v>25</v>
       </c>
       <c r="K371" t="s">
         <v>26</v>
       </c>
       <c r="L371"/>
       <c r="M371"/>
       <c r="N371" t="s">
         <v>135</v>
       </c>
       <c r="O371"/>
-      <c r="P371" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P371"/>
       <c r="Q371" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="372" spans="1:17">
       <c r="A372">
-        <v>24314</v>
+        <v>2659</v>
       </c>
       <c r="B372" t="s">
-        <v>1630</v>
+        <v>1629</v>
       </c>
       <c r="C372"/>
       <c r="D372"/>
-      <c r="E372" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E372"/>
+      <c r="F372"/>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>23</v>
       </c>
       <c r="I372" t="s">
         <v>45</v>
       </c>
       <c r="J372" t="s">
         <v>53</v>
       </c>
       <c r="K372"/>
       <c r="L372"/>
       <c r="M372"/>
       <c r="N372" t="s">
-        <v>423</v>
+        <v>69</v>
       </c>
       <c r="O372"/>
-      <c r="P372"/>
+      <c r="P372" t="s">
+        <v>1630</v>
+      </c>
       <c r="Q372" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="373" spans="1:17">
       <c r="A373">
-        <v>2659</v>
+        <v>24426</v>
       </c>
       <c r="B373" t="s">
         <v>1631</v>
       </c>
-      <c r="C373"/>
-      <c r="D373"/>
+      <c r="C373" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D373" t="s">
+        <v>198</v>
+      </c>
       <c r="E373"/>
       <c r="F373"/>
       <c r="G373"/>
       <c r="H373" t="s">
         <v>23</v>
       </c>
       <c r="I373" t="s">
-        <v>45</v>
+        <v>1633</v>
       </c>
       <c r="J373" t="s">
         <v>53</v>
       </c>
       <c r="K373"/>
       <c r="L373"/>
       <c r="M373"/>
       <c r="N373" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="O373"/>
-      <c r="P373" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P373"/>
       <c r="Q373" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="374" spans="1:17">
       <c r="A374">
-        <v>24426</v>
+        <v>24425</v>
       </c>
       <c r="B374" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="C374" t="s">
         <v>1634</v>
       </c>
-      <c r="D374" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C374"/>
+      <c r="D374"/>
       <c r="E374"/>
       <c r="F374"/>
       <c r="G374"/>
       <c r="H374" t="s">
         <v>23</v>
       </c>
       <c r="I374" t="s">
-        <v>1635</v>
+        <v>68</v>
       </c>
       <c r="J374" t="s">
         <v>53</v>
       </c>
       <c r="K374"/>
       <c r="L374"/>
       <c r="M374"/>
       <c r="N374" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="O374"/>
       <c r="P374"/>
       <c r="Q374" t="s">
-        <v>29</v>
-[...31 lines deleted...]
-      <c r="Q375" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>