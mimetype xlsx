--- v0 (2026-01-08)
+++ v1 (2026-01-30)
@@ -68,396 +68,396 @@
   <si>
     <t>Categoría de protección RD 139/2011</t>
   </si>
   <si>
     <t>Categoría de protección CEEEI</t>
   </si>
   <si>
     <t>Categoría de protección Lista de especies exóticas preocupantes para la UE</t>
   </si>
   <si>
     <t>Categoría de protección Directiva Hábitats</t>
   </si>
   <si>
     <t>Categoría de protección Listado de Especies Silvestres en Régimen de Protección Especial y CEEA</t>
   </si>
   <si>
     <t>Sinonimo</t>
   </si>
   <si>
     <t>parametros</t>
   </si>
   <si>
     <t>Hyla molleri (Bedriaga, 1889)</t>
   </si>
   <si>
-    <t>prueba_Ranita de San Antón (Castellano), Rana de san antón (Castellano), Rana de san antonio (Castellano), Ranita de San Antón ibérica (Castellano), Ranita de San Antonio (Castellano), Zuhait-igel arrunta (Euskera), Reineta (Catalán), Estroza (Gallego), European Tree Frog (Inglés), Rainette Verte (Francés)</t>
+    <t>Ranita de San Antón (Castellano), Rana de san antón (Castellano), Rana de san antonio (Castellano), Ranita de San Antón ibérica (Castellano), Ranita de San Antonio (Castellano), Zuhait-igel arrunta (Euskera), Reineta (Catalán), Estroza (Gallego), European Tree Frog (Inglés), Rainette Verte (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>España, España, Mundial, Región Atlántica, Región Alpina, Región Mediterránea</t>
   </si>
   <si>
     <t>Rana de tamaño pequeño, hasta 45-50 mm de longitud, de cabeza ancha y hocico redondeado y corto. Pupila horizontal e iris dorado con un moteado negro. Tímpano bien visible, con un diámetro similar a la mitad del diámetro del ojo. Extremidades anteriores cortas, con los dedos ligeramente palmeados y tubérculos subarticulares y palmares redondeados, pequeños y blandos. Las extremidades posteriores son largas y ágiles; los dedos presentan una palmeadura en sus dos tercios inferiores, además de tubérculos subarticulares salientes y un tubérculo metatarsal interno desarrollado. Los dedos tanto de las extremidades anteriores como de las posteriores presentan discos adhesivos en sus extremos, siendo los de los miembros anteriores algo más grandes. Coloración dorsal muy llamativa, de un verde claro muy intenso y uniforme, aunque pueden aparecer también tonos amarillentos, grisáceos o azules. La coloración ventral es blanca o amarillenta. Presentan una banda lateral oscura que recorre longitudinalmente todo el cuerpo desde el hocico pasando por el ojo y el tímpano, y que en la región lumbar dibuja un bucle hacia la zona antero-dorsal. Los machos presentan un saco vocal que, cuando está hinchado, tiene un tamaño mayor que el de la cabeza, y cuando está deshinchado forma pliegues en la garganta cuya coloración y textura son diferentes al resto de la piel de la zona ventral.</t>
   </si>
   <si>
     <t>Terrestre</t>
   </si>
   <si>
     <t>Anfibios</t>
   </si>
   <si>
     <t>Directiva 92/43/CEE (Directiva Hábitats), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Anexo IV</t>
   </si>
   <si>
     <t>Hyla arborea (Linnaeus, 1758), Hyla arborea molleri Bedriaga, 1889</t>
   </si>
   <si>
     <t>Filtros:  normativa: 40  / Taxonomía: Anfibios</t>
   </si>
   <si>
     <t>Pelophylax perezi (Seoane, 1885)</t>
   </si>
   <si>
-    <t>prueba_Rana Común (Castellano), Rana verde común (Castellano), Perez's Frog (Inglés), Rana (Latín)</t>
+    <t>Rana Común (Castellano), Rana verde común (Castellano), Perez's Frog (Inglés), Rana (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Latín</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Alpina FV (Favorable),  Región Macaronésica FV (Favorable),  Región Mediterránea U1 (Desfavorable-inadecuado),  Región Atlántica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>España, Mundial, Región Alpina, Región Macaronésica, Región Mediterránea, Región Atlántica</t>
   </si>
   <si>
     <t>Rana de tamaño mediano, de hasta 110 mm de longitud. La coloración es muy variable, aunque suele ser verde, con manchas negras. Usualmente presenta una línea vertebral clara. El tímpano es muy conspicuo y los pliegues dorsolaterales están moderadamente desarrollados. Los dedos de las extremidades posteriores están unidos por membranas interdigitales ampliamente desarrolladas.</t>
   </si>
   <si>
     <t>Directiva 92/43/CEE (Directiva Hábitats)</t>
   </si>
   <si>
     <t>Anexo V</t>
   </si>
   <si>
     <t>Rana perezi Seoane, 1885</t>
   </si>
   <si>
     <t>Alytes obstetricans (Laurenti, 1768)</t>
   </si>
   <si>
-    <t>prueba_Sapo partero común (Castellano), Txantxiku arrunta (Euskera), Totil (Catalán), Sapiño comadrón (Gallego), Common Midwife Toad (Inglés)</t>
+    <t>Sapo partero común (Castellano), Txantxiku arrunta (Euskera), Totil (Catalán), Sapiño comadrón (Gallego), Common Midwife Toad (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Alpina, Región Mediterránea</t>
   </si>
   <si>
     <t>Sapo de tamaño pequeño (menor de 5 cm). Aspecto rechoncho, cabeza grande y hocico redondeado, ojos prominentes, pupila vertical e iris dorado con vetas negras. Tímpano visible y más pequeño que el ojo. Pliegue gular patente. Glándulas parotídeas poco aparentes. Piel granulosa con verrugas pequeñas, frecuentemente agrupadas en los costados en dos hileras dorsolaterales. Miembros cortos y fuertes, los anteriores con 3 tubérculos metacarpianos, y los posteriores con membrana interdigital muy reducida y con un tubérculo metatarsiano pequeño. Coloración dorsal de gris a parda con pequeñas manchas verdes, rojizas y negras poco marcadas. Zona ventral clara.</t>
   </si>
   <si>
     <t>Calotriton asper (Dugès, 1852)</t>
   </si>
   <si>
-    <t>prueba_Tritón pirenaico (Castellano), Uhandre piriniarra (Euskera), Tritó pirinenc (Catalán), Sabandixa pirenaica (Gallego), Pyrenean Mountain Newt (Inglés), Pyrenees Mountain Newt (Inglés), Pyrenean Mountain Salamander (Inglés), Pyreneen Salamander (Inglés), Pyrenean Brook Salamander (Inglés), Pyrenean Newt (Inglés)</t>
+    <t>Tritón pirenaico (Castellano), Uhandre piriniarra (Euskera), Tritó pirinenc (Catalán), Sabandixa pirenaica (Gallego), Pyrenean Mountain Newt (Inglés), Pyrenees Mountain Newt (Inglés), Pyrenean Mountain Salamander (Inglés), Pyreneen Salamander (Inglés), Pyrenean Brook Salamander (Inglés), Pyrenean Newt (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Alpina FV (Favorable),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>La coloración dorso-lateral en general es marrón pardusca, presentando una gran variabilidad intra e interpoblacional desde colores marrón claro casi beige hasta marrón oscuro casi negro. A menudo una franja dorsal axial más o menos continua de color amarillo intenso y de borde irregular que se va haciendo menos aparente con la edad. No existen excesivas diferencias en la coloración de ambos sexos, aunque en general la coloración críptica dorsal y aposemática ventral se mantiene durante mayor tiempo en los machos. Los machos presentan un mamelón cloacal semiesférico prominente con una obertura longitudinal. Las hembras presentan un mamelón cónico, dirigido hacia atrás y frecuentemente estriado en el extremo. La longitud de la cola es claramente menor a la del cuerpo en los machos, mientras que en las hembras la longitud de la cola es igual o ligeramente inferior a la del cuerpo. Habitualmente la cabeza de los machos es más ancha y redondeada que la de las hembras, con las inserciones hiomandibulares más pronunciadas. Las extremidades son más robustas en los machos al igual que la cola.</t>
   </si>
   <si>
     <t>Euproctus asper (Dugès, 1852)</t>
   </si>
   <si>
     <t>Epidalea calamita (Laurenti, 1768)</t>
   </si>
   <si>
-    <t>prueba_Sapo corredor (Castellano), Apo lasterkaria (Euskera), Txingudi (Euskera), Gripau corredor (Catalán), Sapo corriqueiro (Gallego), Natterjack Toad (Inglés)</t>
+    <t>Sapo corredor (Castellano), Apo lasterkaria (Euskera), Txingudi (Euskera), Gripau corredor (Catalán), Sapo corriqueiro (Gallego), Natterjack Toad (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Sapo de mediana talla aunque con un amplio rango de tamaño (31,3 - 71 mm en machos; 38,8 - 98 mm en hembras). Robusto y de extremidades relativamente cortas, tiene la cabeza más ancha que larga y el hocico corto y redondeado. Las gándulas parótidas son conspicuas y bastante paralelas, dispuestas a continuación de unos ojos prominentes con pupila horizontal e iris amarillo metálico con vetas negras. El tímpano apenas se aprecia y mide la mitad del diámetro del ojo. Los dedos son cortos, con tubérculos subarticulares pares y dos tubérculos palmares. La piel dorsal es muy verrucosa, con las verrugas de tamaños muy dispares y dispuestas irregularmente, a menudo de color rojizo especialmente en las hembras. La coloración dorsal es muy variable, pero generalmente verde grisáceo a marrón, alternada con manchas más claras de distinto tamaño generalmente difusas, pero que pueden presentarse bien definidas. Una característica línea media dorsal amarilla clara suele recorrer longitudinalmente el cuerpo desde la base de los ojos hasta la cloaca, pero esta línea puede estar ausente. La región ventral es de color crema y de aspecto granulado, especialmente en la zona pélvica.</t>
   </si>
   <si>
     <t>Bufo calamita (Laurenti, 1768)</t>
   </si>
   <si>
     <t>Pelobates cultripes (Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_Sapo de espuelas (Castellano), Sapo de espuelas ibérico (Castellano), Apo ezproidun arrunta (Euskera), Gripau d'esperons (Catalán), Sapo de esporóns (Gallego), Western Spadefoot (Inglés)</t>
+    <t>Sapo de espuelas (Castellano), Sapo de espuelas ibérico (Castellano), Apo ezproidun arrunta (Euskera), Gripau d'esperons (Catalán), Sapo de esporóns (Gallego), Western Spadefoot (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial VU (Vulnerable),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Sapo de apariencia robusta y de talla mediana. La longitud total máxima se sitúa en 125 mm, aunque por lo general presentan tallas menores, siendo las hembras más grandes que los machos. No presenta tímpanos externamente visibles, ni tampoco glándulas parotídeas aparentes. Los ojos presentan la pupila vertical con el iris de color plateado, amarillento o verde, con reflejos metálicos y un fino reticulado oscuro. Los tubérculos metatarsianos están muy desarrollados y endurecidos, formando una espuela de color negro. La piel es lisa y brillante. La coloración dorsal es variable: blanquecina, amarillenta, grisácea, verdosa o parda, a menudo con presencia de manchas pardas o verdosas más oscuras. Ventralmente presentan tonos blanquecinos, amarillentos o grisáceos, a veces con manchas oscuras.</t>
   </si>
   <si>
     <t>Rana temporaria Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Rana bermeja (Castellano), Baso-igel gorria (Euskera), Granota roja (Catalán), Ra do monte (Gallego), European Common Frog (Inglés)</t>
+    <t>Rana bermeja (Castellano), Baso-igel gorria (Euskera), Granota roja (Catalán), Ra do monte (Gallego), European Common Frog (Inglés)</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Rana grande y de aspecto robusto. Las hembras son más grandes que los machos y pueden superar los 90 mm de longitud. Presenta dos manchas oscuras a ambos lados de la cabeza en forma de un antifaz. El hocico es redondeado y los ojos tienen la pupila horizontal. El tímpano es grande y tiene un tamaño 2/3 menor que el ojo. En las patas anteriores, el tercer dedo de la mano es siempre mayor que el resto. Las patas posteriores son más cortas y rechonchas que en otras ranas pardas. Las membranas interdigitales solo cubren entre 1/2 y 2/3 de la longitud de los dedos. Los dedos tienen nódulos desarrollados, en las patas anteriores presentan tres tubérculos palmares, más desarrollados en los machos. Tiene los pliegues dorsolaterales casi paralelos y próximos entre sí. La coloración en esta especie es muy variable, pudiendo encontrarse ejemplares completamente negros, grises, naranjas o incluso rojos. Asimismo presentan un patrón de manchas muy variado, desde un diseño completamente liso a ejemplares jaspeados y manchados. Muchos ejemplares presentan una mancha en forma de V invertida en la espalda. La coloración del vientre es más clara que el dorso, con matices blancos o amarillentos, pudiendo aparecer manchas de extensión variable.</t>
   </si>
   <si>
     <t>Hyla meridionalis Boettger, 1874</t>
   </si>
   <si>
-    <t>prueba_Ranita meridional (Castellano), Hegoaldeko zuhaitz-igela (Euskera), Reineta (Catalán), Mediterranean Tree Frog (Inglés), Stripeless Tree Frog (Inglés), Rainette Verte (Francés), Rainette Meridionale (Francés)</t>
+    <t>Ranita meridional (Castellano), Hegoaldeko zuhaitz-igela (Euskera), Reineta (Catalán), Mediterranean Tree Frog (Inglés), Stripeless Tree Frog (Inglés), Rainette Verte (Francés), Rainette Meridionale (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina XX (Desconocido),  Región Mediterránea XX (Desconocido),  Región Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Alpina, Región Mediterránea, Región Macaronésica</t>
   </si>
   <si>
     <t>Especie muy similar a Hyla arborea. Se distingue de ésta por tener la banda lateral oscura únicamente desde la narina hasta detrás del tímpano. El cuerpo es más estilizado. La articulación de la extremidad posterior se sitúa entre el ojo y las narinas, cuando extendida, en vez de situarse entre el tímpano y el ojo, como es el caso de H. arborea.</t>
   </si>
   <si>
     <t>Discoglossus galganoi Capula, Nascetti, Lanza, Crespo &amp; Bullini 1985</t>
   </si>
   <si>
-    <t>prueba_Sapillo pintojo (Castellano), Sapillo pintojo ibérico (Castellano), Apo pintatu iberiarra (Euskera), Apo pintatua (Euskera), Sapiño pintoxo (Gallego), Iberian Painted Frog (Inglés)</t>
+    <t>Sapillo pintojo (Castellano), Sapillo pintojo ibérico (Castellano), Apo pintatu iberiarra (Euskera), Apo pintatua (Euskera), Sapiño pintoxo (Gallego), Iberian Painted Frog (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Gallego, Inglés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Atlántica FV (Favorable),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Mediterránea</t>
   </si>
   <si>
     <t>Sapillo de aspecto similar a una rana y pequeño a mediano tamaño (generalmente, entre 45 y 65 mm, excepcionalmente hasta 80 mm de talla). Piel lisa, a excepción de dos cordones glandulares laterales que se extienden a lo largo del dorso desde detrás de los ojos. El hocico es puntiagudo y el tímpano poco conspicuo. La pupila es acorazonada. La coloración dorsal es muy variable, dominando coloraciones pardas formando diseños uniformes, moteados o con bandas longitudinales. La piel ventral es lisa con la coloración blanquecina o amarillenta. Presentan tres tubérculos palmares, el menor de los cuales es el central. Los tubérculos subarticulares están poco marcados. Los machos presentan palmeaduras bien desarrolladas entre los dedos de las extremidades posteriores.</t>
   </si>
   <si>
     <t>Anexo II - No prioritaria, Anexo IV</t>
   </si>
   <si>
     <t>Rana dalmatina Bonaparte, 1840</t>
   </si>
   <si>
-    <t>prueba_Rana ágil (Castellano), Baso-igel jauzkaria (Euskera), Granota àgil (Catalán), Agile Frog (Inglés)</t>
+    <t>Rana ágil (Castellano), Baso-igel jauzkaria (Euskera), Granota àgil (Catalán), Agile Frog (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Es una rana parda de mediano tamaño, de entre 40 y 80 mm de longitud total. Tiene el tímpano muy visible, de tamaño similar al del ojo y situado cerca de éste. La pupila es horizontal y el iris bicolor, con la parte superior dorada y la inferior pardo oscura. Su piel es lisa. No presenta glándulas parotídeas; los pliegues dorsolaterales son visibles y están separados entre sí, ligeramente convergentes a la altura de los miembros anteriores. Su coloración dorsal es de tonos pardos con manchas dispersas más oscuras que incluyen una V invertida entre los hombros. El vientre es de color marfil o crema, liso y con frecuencia desprovisto de manchas en la población ibérica. Las patas posteriores están conspicuamente rayadas y son muy largas, lo que le permite dar grandes saltos. Los pies tienen membranas interdigitales bastante desarrolladas.</t>
   </si>
   <si>
     <t>CEEA: Vulnerable</t>
   </si>
   <si>
     <t>Rana iberica Boulenger, 1879</t>
   </si>
   <si>
-    <t>prueba_Rana pasilarga (Castellano), Rana patilarga (Castellano), Baso-igel iberiarra (Euskera), Ra patilonga (Gallego), Iberian Frog (Inglés)</t>
+    <t>Rana pasilarga (Castellano), Rana patilarga (Castellano), Baso-igel iberiarra (Euskera), Ra patilonga (Gallego), Iberian Frog (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Gallego, Inglés</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Región Atlántica U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Rana parda de pequeño tamaño y muy esbelta. Con mancha oscura entre el ojo y el tímpano. Garganta oscura con línea central clara. Miembros posteriores muy largos. Tímpano más pequeño que el ojo, poco destacado y separado de este. Pliegues dorsolaterales relativamente separados. Tubérculo metatarsal interno pequeño. Palmeaduras extensas.</t>
   </si>
   <si>
     <t>Triturus marmoratus (Latreille, 1800)</t>
   </si>
   <si>
-    <t>prueba_Tritón jaspeado (Castellano), Uhandre marmolairea (Euskera), Tritó verd (Catalán), Pintafontes verde (Gallego), Marbled Newt (Inglés)</t>
+    <t>Tritón jaspeado (Castellano), Uhandre marmolairea (Euskera), Tritó verd (Catalán), Pintafontes verde (Gallego), Marbled Newt (Inglés)</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Es un urodelo que en estado adulto presenta una talla comprendida entre los 110 y 160 mm. El cuerpo es robusto y es de sección subcircular, algo aplanado dorso-ventralmente. La cola suele tener una longitud algo inferior al cuerpo, está fuertemente comprimida lateralmente y es mucho más gruesa en su segmento proximal, donde presenta una sección casi circular aplanándose rápidamente. La cabeza, casi tan ancha como larga, está ligeramente deprimida. El morro es ancho y redondeado. Durante el periodo de celo los machos presentan una cresta dorso-caudal muy desarrollada, de borde algo ondulado. La hembra carece de cresta dorsal y presenta un pequeño surco en su lugar. La cloaca es globosa. En el macho es semiesférica, muy hinchada durante el celo y tiene una abertura longitudinal larga. En la hembra está menos desarrollada, es de sección más oval y presenta numerosas papilas. La coloración general de fondo es verde o amarillo verdoso con numerosas manchas negruzcas de gran tamaño que forman un reticulado y que frecuentemente se unen formando grandes bandas. Las larvas recién eclosionadas son de color blanco amarillento o de tonos verdosos ocasionalmente, con dos líneas paralelas dorsales de color pardo cobrizo. Cuando la larva posee ya las cuatro extremidades presenta una cresta dorsocaudal muy desarrollada. Ésta se inicia a la altura del espacio interbranquial y alcanza su máximo desarrollo en la zona proximal de la cola. La aleta y la cresta presentan algunas manchas oscuras redondeadas. Las extremidades son largas y delgadas, destacando la gran longitud de los dedos.</t>
   </si>
   <si>
     <t>Triturus marmoratus marmoratus (Latreille, 1800)</t>
   </si>
   <si>
     <t>Alytes cisternasii Boscá, 1879</t>
   </si>
   <si>
-    <t>prueba_Sapo partero ibérico (Castellano), Iberian Midwife Toad (Inglés)</t>
+    <t>Sapo partero ibérico (Castellano), Iberian Midwife Toad (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Sapo de tamaño pequeño (menor de 5 cm). Aspecto muy rechoncho, cabeza grande y hocico redondeado, ojos prominentes, pupila vertical e iris dorado con vetas negras. Tímpano visible y más pequeño que el ojo. Pliegue gular patente. Glándulas parotídeas poco aparentes. Piel granulosa con verrugas pequeñas, frecuentemente agrupadas en los costados en dos hileras dorsolaterales. Miembros cortos y fuertes, los anteriores con dos tubérculos metacarpianos, y los posteriores con membrana interdigital muy reducida y con un tubérculo metatarsiano pequeño. Los dos tubérculos metatarsianos han sido a menudo utilizados como carácter discriminante con respecto a A. obstetricans (que tiene tres generalmente) pero hay excepciones en esta última especie. Coloración dorsal parda con pequeñas manchas más oscuras y poco marcadas, a menudo coronadas por vistosos puntos naranja. Zona ventral clara.</t>
   </si>
   <si>
     <t>Discoglossus pictus (Otth, 1837)</t>
   </si>
   <si>
-    <t>prueba_Sapillo pintojo mediterráneo (Castellano), Sapillo pintojo norteafricano oriental (Castellano), Painted Frog (Inglés), Discoglosse Peint (Francés)</t>
+    <t>Sapillo pintojo mediterráneo (Castellano), Sapillo pintojo norteafricano oriental (Castellano), Painted Frog (Inglés), Discoglosse Peint (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>Los adultos tienen aspecto de rana y miden generalmente unos 30- 60 mm de longitud hocico-cloaca, aunque ocasionalmente pueden superar los 80 mm (datos de Knoepffler, 1962, de ejemplares de Port-Bou, más habituales son tallas de hasta 75 mm en machos y 72 mm en hembras, según Salvador y García París, 2001). Los machos son de mayor tamaño que las hembras, al contrario que la mayor parte de especies de anuros. El peso varía entre 20 y 50 g, y es también mayor en los machos (Knoepffler, 1962). La cabeza es aplastada, un poco más ancha que larga, con el hocico puntiagudo o redondeado, sin canto rostral y muy prominente con respecto a la mandíbula inferior. La lengua es casi inmóvil y de forma discoidal, como es característico en la familia Discoglossidae. Los dientes vomerianos forman una única serie, recta o ligeramente curvada y estrechamente interrumpida en el centro. El tímpano mide entre 3/5 y 2/3 del diámetro del ojo y se distingue con más claridad que en otras especies del género. Boulenger (1897, p. 131) indica que en al menos un ejemplar procedente de Argelia, el tímpano está completamente oculto bajo la piel y discute algunas excepciones con respecto a estas diferencias entre especies (en las otras especies ibéricas de Discoglossus el tímpano no es visible). La pupila es de forma acorazonada o abombada. El iris es dorado, con partes inferiores blanquecinas o amarillentas. Los dedos de los miembros anteriores son cortos; el primero es el más corto, el tercero el más largo y el segundo y cuarto más o menos de la misma longitud. Tienen tres tubérculos metacarpianos, el central es el de mayor tamaño, sobre todo en los machos. Las patas posteriores son relativamente cortas: la articulación tibio-tarsal no alcanza el hocico al extender la pata longitudinalmente. No presentan tubérculos subarticulares marcados, pero sí un pequeño tubérculo metatarsal interno. Las membranas interdigitales están bastante desarrolladas entre los dedos de las patas posteriores en los machos, pero están muy reducidas o ausentes en hembras y juveniles (1/4 o 1/3 de la longitud de los dedos). La piel es lisa, con granulaciones pero en menor cantidad que en D. galganoi. Presentan cordones glandulares longitudinales desde detrás de los ojos hasta la parte posterior del cuerpo. La piel ventral es lisa, excepto en las patas posteriores, que suelen presentar granulaciones cerca de la cloaca. En ocasiones también se observan pequeñas granulaciones en partes de la región gular y abdominal. La coloración dorsal es muy variable, de gris oliva a marrón rojizo, generalmente con reflejos metálicos, mientras que la piel ventral es blanquecina, grisácea o amarillenta. En cuanto a los diseños dorsales, como ocurre en las otras especies de Discoglossus presentes en la Península Ibérica existen tres variaciones principales que pueden darse de manera simultánea en una misma población: patrones rayados (tres bandas longitudinales claras, ver por ejemplo fotografías en Montori et al., 2007, p. 22; y Salvador &amp; García París, 2001, p. 122); moteados (manchas más o menos circulares, a menudo con bordes claros, dispuestas por todo el dorso, ver Montori et al., 2007, p. 22); y uniformes (el patrón menos común, ver por ejemplo Escoriza et al., 2007). Estos tres diseños dorsales fueron descritos como variedades por Schreiber (1912). Según Lantz (1947) los patrones de coloración siguen patrones de herencia mendeliana (ver también Alonso-Bedate, 1960). Presentan una banda temporal oscura desde el hocico hasta el tímpano y bandas transversales oscuras en la parte superior de los miembros posteriores. A menudo se observa una mancha oscura en forma triangular o acorazonada entre los ojos. Se han citado casos de albinismo (Boulenger, 1897). Boulenger (1897) y Knoepffler (1962) presentan descripciones detalladas e ilustradas con figuras de la osteología de D. pictus (exclusivamente la osteología craneal en el trabajo de Knoepffler, donde se discuten las diferencias con respecto a D. sardus).</t>
   </si>
   <si>
     <t>Chioglossa lusitanica Bocage, 1864</t>
   </si>
   <si>
-    <t>prueba_Salamandra rabilarga (Castellano), Arrabio buztaneuzea (Euskera), Saramaganta (Catalán), Pinchorra rabilonga (Gallego), Golden-striped Salamander (Inglés)</t>
+    <t>Salamandra rabilarga (Castellano), Arrabio buztaneuzea (Euskera), Saramaganta (Catalán), Pinchorra rabilonga (Gallego), Golden-striped Salamander (Inglés)</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, España, Región Atlántica, Región Mediterránea</t>
   </si>
   <si>
     <t>Salamandra con cuerpo muy alargado, cabeza aplastada, extremidades cortas y una longitud total de hasta 16 cm. Su cola, cuando no está regenerada, es especialmente larga, alcanzando longitudes que duplican la longitud de cabeza y cuerpo. La piel es lisa y reluciente. Coloración de pardo oscuro a negro, con dos bandas dorsolaterales de color bronceado o cobrizo que se extienden por todo el cuerpo y fusionan en las partes posteriores de la cola.</t>
   </si>
   <si>
     <t>Anexo IV, Anexo II - No prioritaria</t>
   </si>
   <si>
     <t>Alytes muletensis (Sanchiz &amp; Adrover, 1977)</t>
   </si>
   <si>
-    <t>prueba_Sapillo balear (Castellano), Ferreret (Castellano), Balearectako txantxikua (Euskera), Mallorcan Midwife Toad (Inglés), Majorca Midwife Toad (Inglés), Majorcan Midwife Toad (Inglés)</t>
+    <t>Sapillo balear (Castellano), Ferreret (Castellano), Balearectako txantxikua (Euskera), Mallorcan Midwife Toad (Inglés), Majorca Midwife Toad (Inglés), Majorcan Midwife Toad (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España CR (En peligro crítico),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, España, Región Mediterránea</t>
   </si>
   <si>
     <t>Sapo pequeño, menor de 4 cm, de aspecto grácil. Ojos muy prominentes. Iris dorado vermiculado de negro, pupila vertical. Miembros largos y poco robustos, los posteriores más largos que el cuerpo. Tres tubérculos metacarpianos, el interno más prominente. Sin tubérculos subarticulares. Un solo tubérculo palmar. Piel lisa o muy poco granulosa, brillante. Mucosidad poco abundante, sin olor especial. Coloración de fondo del dorso amarillo-dorada, con tonos verdes y anaranjados. Manchas dispersas más oscuras. La cara externa de las patas suele tener bandas oscuras. Zona ventral poco pigmentada.</t>
   </si>
   <si>
     <t>CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Anexo II - Prioritaria, Anexo IV</t>
   </si>
   <si>
     <t>Bufotes viridis balearicus</t>
   </si>
   <si>
-    <t>prueba_Sapo Verde (Castellano), Sapo verde balear (Castellano), Green Toad (Inglés), European Green Toad (Inglés), Crapaud vert (Francés)</t>
+    <t>Sapo Verde (Castellano), Sapo verde balear (Castellano), Green Toad (Inglés), European Green Toad (Inglés), Crapaud vert (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Sapo robusto, con las glándulas parotídeas conspicuas y paralelas entre sí. Pupila horizontal y elíptica. Los tubérculos subarticulares son sencillos. Presentan dos tubérculos palmares en los miembros anteriores. Dorso cubierto de verrugas y vientre granulado. Dorso, parte superior de la cabeza y de las patas con coloración de fondo blanca o blanco amarillenta con manchas verdes y verrugas rojizas.</t>
   </si>
   <si>
     <t>Bufo balearicus (Boettger, 1870), Bufotes balearicus (Boettger, 1870), Bufo viridis (Laurenti, 1768)</t>
   </si>
   <si>
     <t>Calotriton arnoldi Carranza &amp; Amat, 2005</t>
   </si>
   <si>
-    <t>prueba_Tritón del Montseny (Castellano), Tritó del Montseny (Catalán), Montseny brook newt (Inglés), Euprocte de Montseny (Francés)</t>
+    <t>Tritón del Montseny (Castellano), Tritó del Montseny (Catalán), Montseny brook newt (Inglés), Euprocte de Montseny (Francés)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>Especie similar a Calotriton asper, su longitud total es menor. Los tubérculos espinosos del dorso son más pequeños y en menor número que en C. asper. Tubérculos nunca presentes en el vientre ni en la parte inferior de la cola. En C. asper sí puede haberlos. Carece de la banda dorsal amarilla o clara presente en C. asper. Vientre translúcido, mientras que es opaco en C. asper. La cloaca de la hembra es cilíndrica y estrecha; por el contrario, es de forma cónica y bulbosa en C. asper. Las poblaciones orientales y occidentales de la especie difieren en morfología y coloración. Epidermis de apariencia rugosa con gránulos queratinizados, pero menos abundantes y sobresalientes que en el tritón pirenaico y habitualmente ausentes en la cara ventral de los individuos. Cabeza relativamente grande y aplanada, más ancha en los machos que en las hembras. El cuerpo es alargado de sección más bien semicilíndrica con ligero aplanamiento dorsal y ventral, extremidades cortas pero bien desarrolladas. La cola está comprimida lateralmente y es más alta en los machos, mientras que en las hembras es mucho más larga en relación a la longitud cabeza más tronco. La región cloacal presenta un aspecto idéntico al del tritón pirenaico, si bien en las hembras, la protuberancia cloacal se asienta directamente sobre la base de la cola y no sobre un mamelón. Pigmentación dorsal parda uniforme de una tonalidad chocolateada. Algunos individuos muestran en la cara lateral de la cola y más raramente en los flancos pequeñas manchas irregulares de tono amarillo pálido de carácter tenue. En la parte inferior de los flancos se pueden apreciar a veces un fino salpicado de manchitas plateadas. La región gular, el vientre y la cara ventral son en general de color crema translúcido, hasta el punto que en las hembras en ovogénesis activa pueden apreciarse los folículos ováricos. En los machos en la parte anterior del vientre aparece un mosaico de puntitos grises de diversas tonalidades. En todos los casos, existe en ésta misma región una mancha irregular de color blanco marfil (Carranza y Amat, 2005).  La longitud media de cabeza y cuerpo es de 57,7 mm en machos y de 58 mm en hembras. La longitud media de la cola es de 38,4 mm en machos y de 42 mm en hembras (Carranza y Amat, 2005).Según Montori y Campeny (1991), la longitud media de cabeza y cuerpo es en machos de 60,2 mm (n = 11) y en hembras 58,9 mm (n = 7). Según estos autores la longitud total media es 104,6 mm en machos (n = 11) y 104,6 mm en hembras (n = 7). Los machos de C. arnoldi tienen la cola más corta y más alta que las hembras (Valbuena Ureña et al., 2013). La larva es muy similar en cuanto a aspecto a Calotriton asper, presenta sin embargo, la coloración pardo - chocolateada característica de la especie (Carranza y Amat, 2005).  Diferencias con Euproctus asper: La longitud total es menor que en C. asper. Los tubérculos espinosos del dorso son más pequeños y en menor número que en Calotriton asper. Tubérculos nunca presentes en el vientre ni en la parte inferior de la cola. En C. asper sí puede haberlos. Carece de la banda dorsal amarilla o clara presente en C. asper. Vientre translúcido, mientras que es opaco en C. asper . La cloaca de la hembra es cilíndrica y estrecha; por el contrario, es de forma cónica y bulbosa en C. asper (Montori y Campeny, 1991; Carranza y Amat, 2005).</t>
   </si>
   <si>
     <t>Discoglossus galganoi jeanneae Busack, 1986</t>
   </si>
   <si>
-    <t>prueba_Sapillo pintojo meridional (Castellano), Sapillo pintojo ibérico meridional (Castellano), Spanish Painted Frog (Inglés)</t>
+    <t>Sapillo pintojo meridional (Castellano), Sapillo pintojo ibérico meridional (Castellano), Spanish Painted Frog (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial NT (Casi amenazado),  Región Mediterránea U2 (Desfavorable-malo),  Región Atlántica XX (Desconocido)</t>
   </si>
   <si>
     <t>España, Mundial, Región Mediterránea, Región Atlántica</t>
   </si>
   <si>
     <t>Discoglossus jeanneae Busack, 1986</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -783,51 +783,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="376.194" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="367.91" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="266.506" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4728.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="119.114" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="55.272" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>