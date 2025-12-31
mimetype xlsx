--- v0 (2025-10-20)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1816">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1814">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -5454,56 +5454,50 @@
     <t>Cistus umbellatus subsp. viscosus (Willk.) Demoly</t>
   </si>
   <si>
     <t>prueba_Jarilla (Castellano), Apagalumbres (Castellano), Ardevieja (Castellano), Jarillas (Castellano), Juagarzo (Castellano), Matalumbres (Castellano), jaguarcillo (Castellano)</t>
   </si>
   <si>
     <t>Región Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Región Mediterránea</t>
   </si>
   <si>
     <t>Halimium umbellatum subsp. viscosum (Willk.) O. Bolós &amp; Vigo, Halimium verticillatum</t>
   </si>
   <si>
     <t>Dianthus rupicola Biv.</t>
   </si>
   <si>
     <t>prueba_Clavell de penyal (Mallorquín)</t>
   </si>
   <si>
     <t>Mallorquín</t>
   </si>
   <si>
     <t>Región Mediterránea U2 (Desfavorable-malo)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Reseda decursiva Forsk. Fl. Aegypt. LXVI (1775)</t>
   </si>
   <si>
     <t>Biscutella sempervirens subsp. vicentina (Samp.) Malag.</t>
   </si>
   <si>
     <t>Biscutella vicentina (Samp.) Guinea</t>
   </si>
   <si>
     <t>Delphinus delphis delphis Linnaeus, 1758</t>
   </si>
   <si>
     <t>prueba_Delfín común (Castellano), Izurde arrunta (Euskera), Dolfi comú (Catalán), Golfiño común (Gallego)</t>
   </si>
   <si>
     <t>Delphinus pomeegra Owen, 1800</t>
   </si>
   <si>
     <t>Phocoena phocoena phocoena (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Marsopa (Castellano), Marsopa común (Castellano), Mazopa (Euskera), Toniña (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Gallego</t>
   </si>
@@ -5831,51 +5825,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q408"/>
+  <dimension ref="A1:Q407"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2795.746" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1225.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4999.493" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="266.506" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="671.122" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="49.417" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -23959,202 +23953,163 @@
       <c r="E404" t="s">
         <v>1805</v>
       </c>
       <c r="F404" t="s">
         <v>1800</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
         <v>23</v>
       </c>
       <c r="I404" t="s">
         <v>45</v>
       </c>
       <c r="J404" t="s">
         <v>25</v>
       </c>
       <c r="K404" t="s">
         <v>26</v>
       </c>
       <c r="L404"/>
       <c r="M404"/>
       <c r="N404" t="s">
         <v>130</v>
       </c>
       <c r="O404"/>
-      <c r="P404" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P404"/>
       <c r="Q404" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="405" spans="1:17">
       <c r="A405">
-        <v>24314</v>
+        <v>2659</v>
       </c>
       <c r="B405" t="s">
-        <v>1807</v>
+        <v>1806</v>
       </c>
       <c r="C405"/>
       <c r="D405"/>
-      <c r="E405" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E405"/>
+      <c r="F405"/>
       <c r="G405"/>
       <c r="H405" t="s">
         <v>23</v>
       </c>
       <c r="I405" t="s">
         <v>45</v>
       </c>
       <c r="J405" t="s">
         <v>53</v>
       </c>
       <c r="K405"/>
       <c r="L405"/>
       <c r="M405"/>
       <c r="N405" t="s">
-        <v>424</v>
+        <v>69</v>
       </c>
       <c r="O405"/>
-      <c r="P405"/>
+      <c r="P405" t="s">
+        <v>1807</v>
+      </c>
       <c r="Q405" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="406" spans="1:17">
       <c r="A406">
-        <v>2659</v>
+        <v>20071</v>
       </c>
       <c r="B406" t="s">
         <v>1808</v>
       </c>
-      <c r="C406"/>
-      <c r="D406"/>
+      <c r="C406" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D406" t="s">
+        <v>395</v>
+      </c>
       <c r="E406"/>
       <c r="F406"/>
       <c r="G406"/>
       <c r="H406" t="s">
-        <v>23</v>
+        <v>641</v>
       </c>
       <c r="I406" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="J406" t="s">
         <v>53</v>
       </c>
       <c r="K406"/>
       <c r="L406"/>
       <c r="M406"/>
       <c r="N406" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="O406"/>
       <c r="P406" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="Q406" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="407" spans="1:17">
       <c r="A407">
-        <v>20071</v>
+        <v>20091</v>
       </c>
       <c r="B407" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="C407" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="D407" t="s">
-        <v>395</v>
+        <v>1813</v>
       </c>
       <c r="E407"/>
       <c r="F407"/>
       <c r="G407"/>
       <c r="H407" t="s">
         <v>641</v>
       </c>
       <c r="I407" t="s">
         <v>36</v>
       </c>
       <c r="J407" t="s">
         <v>53</v>
       </c>
       <c r="K407"/>
       <c r="L407"/>
       <c r="M407"/>
       <c r="N407" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="O407"/>
-      <c r="P407" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P407"/>
       <c r="Q407" t="s">
-        <v>29</v>
-[...35 lines deleted...]
-      <c r="Q408" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>