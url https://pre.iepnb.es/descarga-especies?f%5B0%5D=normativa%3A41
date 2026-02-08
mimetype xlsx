--- v0 (2025-11-10)
+++ v1 (2026-02-08)
@@ -68,3663 +68,3663 @@
   <si>
     <t>Categoría de protección RD 139/2011</t>
   </si>
   <si>
     <t>Categoría de protección CEEEI</t>
   </si>
   <si>
     <t>Categoría de protección Lista de especies exóticas preocupantes para la UE</t>
   </si>
   <si>
     <t>Categoría de protección Directiva Hábitats</t>
   </si>
   <si>
     <t>Categoría de protección Listado de Especies Silvestres en Régimen de Protección Especial y CEEA</t>
   </si>
   <si>
     <t>Sinonimo</t>
   </si>
   <si>
     <t>parametros</t>
   </si>
   <si>
     <t>Tetrao urogallus aquitanicus Ingram, 1915</t>
   </si>
   <si>
-    <t>prueba_Urogallo pirenaico (Castellano), Urogallo (Castellano), Basoilarra (Euskera), Gall fer (Catalán), Pita do monte (Gallego)</t>
+    <t>Urogallo pirenaico (Castellano), Urogallo (Castellano), Basoilarra (Euskera), Gall fer (Catalán), Pita do monte (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego</t>
   </si>
   <si>
     <t>España EN (En peligro)</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Se trata de un ave forestal de hábitos terrestres, inconfundible por su corpulencia y su marcado dimorfismo sexual. El macho exhibe un plumaje dominado por el color negro pizarra, excepto por una banda pectoral verde oscuro metálico y alas marrones con una mancha blanca en la base. Entre las plumas negras aparecen pequeñas zonas blancas en vientre y cola. Posee pico blanco hueso, barba negra corta, ceja roja muy marcada y patas emplumadas en gris. La hembra es muy diferente, un 40% menor en tamaño y con plumaje críptico. Exhibe un patrón general terroso barrado y moteado —más rojizo en cabeza, pecho y cola; más blanco en cuello, vientre y obispillo—, con las alas pardas. Los jóvenes son iguales que los adultos de cada sexo. Resulta difícil de observar debido a su discreto carácter, por lo que su detección es más sencilla por la localización de sus características huellas y excrementos. Cuando se tiene la fortuna de hallarlo, su presencia resulta espectacular, sobre todo en el momento de arrancar en vuelo.</t>
   </si>
   <si>
     <t>Terrestre</t>
   </si>
   <si>
     <t>Aves</t>
   </si>
   <si>
     <t>Directiva 2009/147/CE (Directiva Aves)</t>
   </si>
   <si>
     <t>Artículo I</t>
   </si>
   <si>
     <t>Filtros:  normativa: 41</t>
   </si>
   <si>
     <t>Tetrao urogallus cantabricus (Castroviejo, 1967)</t>
   </si>
   <si>
-    <t>prueba_Urogallo común (Castellano), Urogallo cantábrico (Castellano), Basoilarra (Euskera), Gall fer (Catalán), Pita do monte (Gallego)</t>
+    <t>Urogallo común (Castellano), Urogallo cantábrico (Castellano), Basoilarra (Euskera), Gall fer (Catalán), Pita do monte (Gallego)</t>
   </si>
   <si>
     <t>Bulweria bulwerii (Jardine &amp; Selby, 1828)</t>
   </si>
   <si>
-    <t>prueba_Petrel de Bulwer (Castellano), Bulwer gabaia (Euskera), Petrell de Bulwer (Catalán), Pardela de Bulwer (Gallego), Bulwer's Petrel (Inglés), Pétrel de Bulwer (Francés)</t>
+    <t>Petrel de Bulwer (Castellano), Bulwer gabaia (Euskera), Petrell de Bulwer (Catalán), Pardela de Bulwer (Gallego), Bulwer's Petrel (Inglés), Pétrel de Bulwer (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Canarias EN (En peligro),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Canarias, Mundial</t>
   </si>
   <si>
     <t>De tamaño intermedio entre los paíños y las pardelas, el petrel de Bulwer es un ave marina grácil, con larga cola y amplias y estrechas alas. Posee color marrón oscuro en todo el cuerpo, a excepción de una franja más clara formada por las plumas supracobertoras alares. No existen diferencias apreciables entre sexos ni edades. Tiene un vuelo ágil, con un batir de alas potente y planeos frecuentes.</t>
   </si>
   <si>
     <t>Marino</t>
   </si>
   <si>
     <t>Directiva 2009/147/CE (Directiva Aves), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Anexo I</t>
   </si>
   <si>
     <t>Chlamydotis undulata (Jacquin, 1784)</t>
   </si>
   <si>
-    <t>prueba_Avutarda hubara (Castellano), Avutarda hubara canaria (Castellano), Hubara canaria (Castellano), Hubara (Euskera), African Houbara Bustard (Inglés), Houbara Bustard (Inglés), African Houbara (Inglés)</t>
+    <t>Avutarda hubara (Castellano), Avutarda hubara canaria (Castellano), Hubara canaria (Castellano), Hubara (Euskera), African Houbara Bustard (Inglés), Houbara Bustard (Inglés), African Houbara (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Canarias EN (En peligro),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>El aspecto físico de la hubara canaria recuerda al de los otros otídidos de nuestra fauna, si bien resulta más estilizada y ligera que la avutarda común, y considerablemente mayor que el sisón común. Se trata de un ave de gran tamaño, en cuyo dorso predominan los tonos cremosos, con abundantes barrados, moteados y vermiculados, que confieren al plumaje un carácter muy críptico. En las regiones ventrales, sin embargo, destaca el blanco. Posee un cuello bastante largo y delgado, en el que se combinan los tonos grisáceos y blancos, con una ancha banda longitudinal negra que, partiendo de las mejillas, alcanza la zona pectoral, donde se cierra en forma de collar. La cabeza, grisácea, presenta un pequeño moño eréctil de plumas blanquinegras, más llamativo en el macho. Los jóvenes son parecidos a los adultos, pero de plumaje más apagado y menos contrastado. En vuelo —pesado y batido—, la hubara mantiene las alas ligeramente arqueadas, siendo entonces especialmente visible una banda blanca a la altura de las primarias.</t>
   </si>
   <si>
     <t>CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Columba bollii Godman, 1872</t>
   </si>
   <si>
-    <t>prueba_Paloma turqué (Castellano), Kanarietako uso buztanbeltza (Euskera), Colom canari de Bolle (Catalán), Pomba canaria rabinegra (Gallego), Bolle's Pigeon (Inglés), Bolle's Laurel Pigeon (Inglés), Dark-tailed Laurel-pigeon (Inglés)</t>
+    <t>Paloma turqué (Castellano), Kanarietako uso buztanbeltza (Euskera), Colom canari de Bolle (Catalán), Pomba canaria rabinegra (Gallego), Bolle's Pigeon (Inglés), Bolle's Laurel Pigeon (Inglés), Dark-tailed Laurel-pigeon (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Canarias NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es una paloma de gran tamaño, similar a la paloma torcaz, aunque más oscura y sin marcas blancas. Presenta una coloración general grisáceo-pizarrosa en la que destacan el pecho de color vinoso, con reflejos verdes y rosados en el cuello, las alas más oscuras y la cola larga, en la que resalta una banda oscura terminal y una banda pálida subterminal. El joven posee una tonalidad pardo-grisácea oscura, pero sin los reflejos e irisaciones del cuello. En vuelo, que es potente y rápido, muestra unas alas más cortas y redondeadas que otras palomas.</t>
   </si>
   <si>
     <t>Pelagodroma marina (Latham, 1790)</t>
   </si>
   <si>
-    <t>prueba_Bailarín (Castellano), Paíño pechialbo (Castellano), White-faced Storm Petrel (Inglés), White-faced Storm-Petrel (Inglés), Océanite frégate (Francés)</t>
+    <t>Bailarín (Castellano), Paíño pechialbo (Castellano), White-faced Storm Petrel (Inglés), White-faced Storm-Petrel (Inglés), Océanite frégate (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Canarias CR (En peligro crítico),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Esta pequeña ave marina, de aspecto grácil y delicado, se caracteriza por ser, dentro del grupo de los paíños presentes en nuestras aguas, el único con las partes inferiores claras. El ojo aparece rodeado por una mancha oscura que destaca mucho sobre el resto de la cara blanca. Su pico es proporcionalmente más largo que en otros congéneres. Visto por arriba presenta la zona central del cuerpo y las plumas coberteras de las alas con tonalidades pardo-grisáceas, mientras que las plumas de vuelo son negras. El obispillo gris contrasta con las plumas de la cola, también negras. Visto ventralmente resulta blanco, salvo por la cola y las plumas de vuelo en las alas, que son oscuras. Su silueta en vuelo también es característica, pues las patas asoman notablemente tras la cola y las puntas de las alas aparecen ampliamente redondeadas. Su vuelo es errático y más potente que el de otros paíños; efectúa menos revoloteos pero, en cambio, se balancea más de un lado a otro. A menudo, da la impresión de que salta por encima de la superficie del agua.</t>
   </si>
   <si>
     <t>Marino y Terrestre</t>
   </si>
   <si>
     <t>CEEA: Vulnerable</t>
   </si>
   <si>
     <t>Puffinus baroli (Bonaparte, 1857)</t>
   </si>
   <si>
-    <t>prueba_Pardela chica (Castellano), Gabai txikia (Euskera), Baldriga petita (Catalán), Pardela pequena (Gallego), Macaronesian Shearwater (Inglés), Little Shearwater (Inglés), Puffin de Macaronésie (Francés)</t>
+    <t>Pardela chica (Castellano), Gabai txikia (Euskera), Baldriga petita (Catalán), Pardela pequena (Gallego), Macaronesian Shearwater (Inglés), Little Shearwater (Inglés), Puffin de Macaronésie (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Esta pardela, de pequeño tamaño, recuerda a la pardela pichoneta por su coloración, aunque exhibe una silueta marcadamente más compacta. Tiene la coloración de las zonas superiores oscura, con el borde posterior de las plumas de vuelo más claro y tenue. Por abajo es blanca, salvo por un fino borde negro presente en el contorno de las alas. El ojo aparece generalmente rodeado de blanco. Posee alas más cortas y redondeadas que la pardela pichoneta, además de cuello y pico más cortos. No existen diferencias apreciables entre sexos ni edades. En vuelo realiza batidos de alas numerosos, con aleteos más rápidos y series más largas que el resto de las pardelas, pudiendo recordar incluso al alca común. Además, a menudo vuela con las alas arqueadas y con la cabeza levantada.</t>
   </si>
   <si>
     <t>Anexo I, Artículo I</t>
   </si>
   <si>
     <t>Puffinus assimilis Gould,1838, Puffinus assimilis subsp. baroli Gould, 1838</t>
   </si>
   <si>
     <t>Puffinus puffinus (Brünnich, 1764)</t>
   </si>
   <si>
-    <t>prueba_Pardela pichoneta (Castellano), Gabai arrunta (Euskera), Baldriga pufí (Catalán), Pardela furabuchos (Gallego), Manx Shearwater (Inglés), Puffin des Anglais (Francés)</t>
+    <t>Pardela pichoneta (Castellano), Gabai arrunta (Euskera), Baldriga pufí (Catalán), Pardela furabuchos (Gallego), Manx Shearwater (Inglés), Puffin des Anglais (Francés)</t>
   </si>
   <si>
     <t>Pardela de tamaño mediano, de aspecto muy similar a la pardela balear, aunque es uniformemente muy oscura, casi negra, por arriba, lo que produce un marcado contraste con sus partes inferiores, completamente blancas, a excepción de un estrecho borde en la parte posterior de las alas, también oscuro. Las patas no asoman tras la cola, por lo que esta termina en ángulo recto. Tiene cabeza pequeña, con pico fino y largo, y con una media luna blanca tras la mejilla oscura. No existen diferencias apreciables entre sexos ni edades. En vuelo alterna a partes iguales secuencias de planeo con secuencias de aleteo; pero si el viento es fuerte vuela casi exclusivamente planeando, remontando en ocasiones varios metros sobre la superficie del agua.</t>
   </si>
   <si>
     <t>Saxicola dacotiae (Meade-Waldo, 1889)</t>
   </si>
   <si>
-    <t>prueba_Tarabilla canaria (Castellano), Kanarietako pitxartxarra (Euskera), Bitxac canari (Catalán), Chasco canario (Gallego), Canary Islands Stonechat (Inglés), Canary Islands Chat (Inglés), Canary Islands Bush Chat (Inglés), Fuerteventura Stonechat (Inglés)</t>
+    <t>Tarabilla canaria (Castellano), Kanarietako pitxartxarra (Euskera), Bitxac canari (Catalán), Chasco canario (Gallego), Canary Islands Stonechat (Inglés), Canary Islands Chat (Inglés), Canary Islands Bush Chat (Inglés), Fuerteventura Stonechat (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Canarias EN (En peligro),  Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Pequeño pájaro de aspecto rechoncho, muy similar a la tarabilla común. El macho se distingue por su cabeza negra, con breve ceja y garganta blancas, mancha alar blanca y por el obispillo oscuro. La hembra, más pálida y grisácea, suele carecer de manchas blancas en las alas aunque a veces presenta igualmente estas manchas, pero mucho más tenues que en el macho.</t>
   </si>
   <si>
     <t>Branta leucopsis (Bechstein, 1803)</t>
   </si>
   <si>
-    <t>prueba_Barnacla cariblanca (Castellano), Branta musuzuria (Euskera), Oca de galta blanca (Catalán), Ganso sangano (Gallego), Barnacle Goose (Inglés)</t>
+    <t>Barnacla cariblanca (Castellano), Branta musuzuria (Euskera), Oca de galta blanca (Catalán), Ganso sangano (Gallego), Barnacle Goose (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Mundial</t>
   </si>
   <si>
     <t>Se trata de un ganso de tamaño mediano, con la popa blanca, el cuello y el píleo negros, la cara blanca y las partes superiores de color gris claro, con un barrado transversal más oscuro. Los adultos se distinguen de los jóvenes por presentar el barrado oscuro de los flancos más definido que estos. En vuelo ofrece un aspecto bastante claro, con un marcado contraste entre el pecho negro y el vientre blancuzco.</t>
   </si>
   <si>
     <t>Troglodytes troglodytes (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Chochín común (Castellano), Chochín (Castellano), Txepetxa (Euskera), Cargolet (Catalán), Carrizo (Gallego), Wren (Inglés), Winter Wren (Inglés)</t>
+    <t>Chochín común (Castellano), Chochín (Castellano), Txepetxa (Euskera), Cargolet (Catalán), Carrizo (Gallego), Wren (Inglés), Winter Wren (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>El chochín común es un pajarillo de pequeño tamaño, aspecto compacto, cabeza voluminosa y cola corta, que se caracteriza por poseer un plumaje pardo-rojizo —algo más claro en las partes inferiores— finamente vermiculado de tonos más oscuros. Sobre el ojo presenta una marcada ceja de color crema. El pico es fino y algo curvado, con distinta longitud según la subespecie. Las diferencias entre edades y sexos son muy sutiles y resultan difíciles de reconocer en el campo. De carácter inquieto, el chochín —una de las especies más pequeñas de nuestra avifauna— cuando se excita suele sacudir y levantar su cola formando un ángulo de 90 grados, antes de desaparecer entre la densa vegetación.</t>
   </si>
   <si>
     <t>Columba junoniae Hartert, 1916</t>
   </si>
   <si>
-    <t>prueba_Paloma rabiche (Castellano), Kanarietako uso buztanzuria (Euskera), Colom canari de llorer (Catalán), Pomba canaria rabibranca (Gallego), Laurel Pigeon (Inglés), White-tailed Laurel-pigeon (Inglés)</t>
+    <t>Paloma rabiche (Castellano), Kanarietako uso buztanzuria (Euskera), Colom canari de llorer (Catalán), Pomba canaria rabibranca (Gallego), Laurel Pigeon (Inglés), White-tailed Laurel-pigeon (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial NT (Casi amenazado),  Canarias VU (Vulnerable)</t>
   </si>
   <si>
     <t>España, Mundial, Canarias</t>
   </si>
   <si>
     <t>Se trata de una paloma grande de tonos vinosos oscuros en el cuerpo, con cabeza y cuello grisáceos —con irisaciones en los laterales del cuello y nuca— y cola de un gris más pálido, que se torna blanquecino en su extremo distal. Se distingue de la paloma turqué, con la que comparte el hábitat, por su coloración general más rojiza, la tonalidad de las alas más uniformemente oscura y el diferente diseño de la cola. Ambos sexos resultan muy similares. Los jóvenes muestran menos reflejos o irisaciones en el plumaje y poseen el pico negruzco (mientras que en los adultos es blanquecino). Su vuelo es potente, si bien lo ejecuta con batidos de ala pausados.</t>
   </si>
   <si>
     <t>Phylloscopus canariensis (Hartwig, 1886)</t>
   </si>
   <si>
-    <t>prueba_Mosquitero canario (Castellano), Canary Islands Chiffchaff (Inglés)</t>
+    <t>Mosquitero canario (Castellano), Canary Islands Chiffchaff (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Canarias LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es parecido al mosquitero común —del que se ha disociado recientemente como especie independiente—, pero ligeramente más pequeño, más oscuro y con las alas más redondeadas. Posee el dorso de color verde oliváceo oscuro, en contraste con las partes inferiores, de tono ante pálido, y las patas oscuras. No presenta dimorfismo sexual.</t>
   </si>
   <si>
     <t>Serinus canaria (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Serín canario (Castellano), Atlantic Canary (Inglés), Island Canary (Inglés), Common Canary (Inglés), Canary (Inglés)</t>
+    <t>Serín canario (Castellano), Atlantic Canary (Inglés), Island Canary (Inglés), Common Canary (Inglés), Canary (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Se trata de un pájaro pequeño, piquicorto y de tonos verdosos. Tanto machos como hembras tienen el plumaje del dorso y los flancos marcado por estrías, pero los machos muestran en cara, garganta y pecho un plumaje visiblemente amarillento. En cambio, el que exhiben las hembras es bastante más apagado. Resulta muy parecido al verdecillo en tamaño, forma y coloración. Pero, como pauta general, el primero es un ave más alargada y con un plumaje menos contrastado que el segundo. Además, una observación comparada en detalle revela que el canario tiene un obispillo verdoso mucho menos conspicuo. Asimismo, el color amarillo de los machos de canario se extiende por el pecho y el vientre hasta las patas, mientras que en los verdecillos la extensión de dicho color es más reducida. También se puede confundir con los lúganos, pero estos poseen distintivas manchas alares y caudales amarillas, y además no habitan en las islas atlánticas. Por otra parte, el canario recuerda al verderón serrano, pero este último no posee el plumaje estriado típico del canario y tampoco llega a Canarias, Azores ni Madeira.</t>
   </si>
   <si>
     <t>Serinus canarius (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Tadorna ferruginea (Pallas, 1764)</t>
   </si>
   <si>
-    <t>prueba_Tarro canelo (Castellano), Paita gorritza (Euskera), Anec canyella (Catalán), Gansa ferruxenta (Gallego), Ruddy Shelduck (Inglés), Tadorne casarca (Francés)</t>
+    <t>Tarro canelo (Castellano), Paita gorritza (Euskera), Anec canyella (Catalán), Gansa ferruxenta (Gallego), Ruddy Shelduck (Inglés), Tadorne casarca (Francés)</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial LC (Preocupación menor),  Canarias VU (Vulnerable)</t>
   </si>
   <si>
     <t>Se trata de una anátida de tamaño mediano y aspecto de ganso, con el cuello y las patas bastante largos y alas largas y estrechas. Los sexos son similares y presentan el cuerpo de un color pardo anaranjado, con la cabeza más pálida, color crema, especialmente en la frente y alrededor del ojo. El obispillo y la cola son de color negro irisado; la parte anterior del ala, blanca por encima y por debajo; y el pico, negro. El macho adulto posee un estrecho collar negro y la espalda más lisa que la hembra adulta, que luce, por otra parte, una máscara facial más destacada. El joven es similar a la hembra, pero con la espalda más grisácea.</t>
   </si>
   <si>
     <t>Neophron percnopterus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Guirre (Castellano), Alimoche común (Castellano), Alimoche (Castellano), Aguilón (Castellano), Sai zuria (Euskera), Aufrany (Catalán), Abutre branco (Gallego), Egyptian Vulture (Inglés), Egyptian Eagle (Inglés), Vautour percnoptère (Francés)</t>
+    <t>Guirre (Castellano), Alimoche común (Castellano), Alimoche (Castellano), Aguilón (Castellano), Sai zuria (Euskera), Aufrany (Catalán), Abutre branco (Gallego), Egyptian Vulture (Inglés), Egyptian Eagle (Inglés), Vautour percnoptère (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial EN (En peligro),  Canarias EN (En peligro),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>España, Mundial, Canarias, Península</t>
   </si>
   <si>
     <t>A medio camino entre las rapaces estrictamente carroñeras y las cazadoras, el alimoche es un ave de tamaño entre mediano y grande y aspecto completamente inconfundible. Los ejemplares adultos lucen un plumaje mayoritariamente blanco sucio —con algunas regiones teñidas de crema—, a excepción de las rémiges, que son completamente negras. En la anatomía de esta rapaz destacan, por otra parte, una llamativa gorguera de plumas desflecadas y un tanto desordenadas en la cabeza y el cuello —lo que le confiere un aire bastante peculiar—, además de la cara, que aparece desnuda y coloreada de un llamativo amarillo. Los jóvenes son mucho más oscuros, pues exhiben una librea parda que, a lo largo de sucesivas mudas, va pasando por diferentes patrones de coloración hasta llegar al plumaje definitivo cuando cuentan con cinco años. Los jóvenes presentan también la cara de color gris azulado. Otra de las características anatómicas del alimoche es la posesión de un pico fino y relativamente largo, que le impide desgarrar los cueros de los grandes cadáveres como hacen los buitres mayores, aunque le confiere, en cambio, una gran adaptabilidad a la hora de seleccionar el alimento. En vuelo, el adulto aparece como un ave muy blanca, en cuya silueta destacan las estrechas y largas alas y una cola larga, en forma de cuña, que dotan al ave de gran capacidad de maniobra. El joven, sin embargo, aunque mantiene la característica silueta de la especie, resulta muy oscuro.</t>
   </si>
   <si>
     <t>Accipiter gentilis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Azor (Castellano), Azor común (Castellano), Aztorea (Euskera), Astor (Catalán), Northern Goshawk (Inglés), Eurasian Goshawk (Inglés), Goshawk (Inglés), Autour des palombes (Francés)</t>
+    <t>Azor (Castellano), Azor común (Castellano), Aztorea (Euskera), Astor (Catalán), Northern Goshawk (Inglés), Eurasian Goshawk (Inglés), Goshawk (Inglés), Autour des palombes (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Mundial, Península</t>
   </si>
   <si>
     <t>Esta rapaz de mediano tamaño y hábitos marcadamente forestales se caracteriza por presentar un acusado dimorfismo sexual inverso, según el cual las hembras resultan bastante más voluminosas que sus compañeros. En el diseño del plumaje existen también algunas diferencias, aunque más sutiles, entre sexos, puesto que el macho luce un plumaje grisáceo oscuro en el dorso, mientras que el pecho, así como la cara inferior de las alas, aparecen finamente barrados transversalmente; la hembra, sin embargo, resulta algo más parduzca en el dorso, tiene la cabeza —donde ambos sexos exhiben una marcada ceja— menos contrastada, y en ella el barrado de las regiones inferiores es más grueso. Los ejemplares juveniles son parduzcos dorsalmente, mientras que en el pecho y el vientre muestran un color pardo o rojizo relativamente claro, surcado por abundantes manchas longitudinales. Con el transcurso de las sucesivas mudas adquieren —cuando cuentan con tres años de edad— el plumaje característico de las aves adultas. En vuelo, el azor presenta una silueta muy característica, sobre todo durante las escasas ocasiones que permiten contemplarlo mientras se eleva sobre el dosel forestal. En tales momentos se puede comprobar que el ave posee unas alas relativamente cortas, anchas y redondeadas y una cola muy larga, adaptaciones todas encaminadas a dotarlo de gran movilidad dentro de las espesuras que frecuenta.</t>
   </si>
   <si>
     <t>Acrocephalus scirpaceus (Hermann, 1804)</t>
   </si>
   <si>
-    <t>prueba_Carricero común (Castellano), Lezkari arrunta (Euskera), Boscarla de canyar (Catalán), Folosadas canaveiras (Gallego), Eurasian Reed Warbler (Inglés), European Reed Warbler (Inglés), Eurasian Reed-warbler (Inglés), Rousserolle effarvatte (Francés)</t>
+    <t>Carricero común (Castellano), Lezkari arrunta (Euskera), Boscarla de canyar (Catalán), Folosadas canaveiras (Gallego), Eurasian Reed Warbler (Inglés), European Reed Warbler (Inglés), Eurasian Reed-warbler (Inglés), Rousserolle effarvatte (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Pequeño pájaro insectívoro de tonos ocres uniformes. Como otros carriceros y carricerines, posee una cabeza apuntada, con la frente aplanada y el pico relativamente largo y fino. Tiene el dorso de color marrón, con tintes oliváceos o grises dependiendo de la edad y el desgaste del plumaje. Las partes inferiores muestran tonos ocres pálidos. Carece de las listas y cejas cefálicas distintivas de otras especies del género Acrocephalus y, a diferencia de otros carriceros, presenta el obispillo de color marrón rojizo. Ambos sexos son similares.</t>
   </si>
   <si>
     <t>Aegithalos caudatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Mito común (Castellano), Mito (Castellano), Buztanluzea (Euskera), Mallerenga cuallarga (Catalán), Ferreiriño rabilongo (Gallego), Long-tailed Bushtit (Inglés), Long-tailed Tit (Inglés)</t>
+    <t>Mito común (Castellano), Mito (Castellano), Buztanluzea (Euskera), Mallerenga cuallarga (Catalán), Ferreiriño rabilongo (Gallego), Long-tailed Bushtit (Inglés), Long-tailed Tit (Inglés)</t>
   </si>
   <si>
     <t>Es fácil de identificar por la notable longitud de su cola (7-9 centímetros), que contrasta con su pequeño cuerpecillo, de cortas y redondeadas alas. En un primer vistazo resulta un ave con una apariencia general oscura. Sin embargo, observada con atención se aprecia una banda clara que recorre toda la cabeza, así como una pechuga grisácea con tintes rojizos, que contrasta con los tonos negros y grises del dorso, la cola y las alas.</t>
   </si>
   <si>
     <t>Aegolius funereus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Lechuza de Tengmalm (Castellano), Mochuelo boreal (Castellano), Tengmalm hontza (Euskera), Mussol pirinenc (Catalán), Coruxa de Tengmalm (Gallego), Tengmalm's Owl (Inglés), Boreal Owl (Inglés)</t>
+    <t>Lechuza de Tengmalm (Castellano), Mochuelo boreal (Castellano), Tengmalm hontza (Euskera), Mussol pirinenc (Catalán), Coruxa de Tengmalm (Gallego), Tengmalm's Owl (Inglés), Boreal Owl (Inglés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Este pequeño búho del tamaño de un mochuelo común posee una cabeza llamativamente grande y de aspecto aplanado en la parte superior. Debido al particular diseño de su rostro, en el que resaltan sus ojos de tamaño medio e iris amarillo, muestra una característica expresión de asombro. La coloración del plumaje es variable, pues existen ejemplares tanto marrones como grisáceos que, en cualquier caso, presentan un moteado más o menos profuso en la zona dorsal y en la cabeza, donde este resulta más delicado. Las partes ventrales son más pálidas pero aparecen intensamente manchadas de marrón claro. Los jóvenes presentan una coloración muy diferente a los adultos, pues lucen un plumaje de intenso marrón chocolate, con moteado únicamente en las primarias. El rostro también resulta oscuro y a menudo viene enmarcado por un borde blanco. El vuelo del mochuelo boreal —un ave de alas cortas y redondeadas— se asemeja bastante al del mochuelo europeo y se caracteriza por dibujar una trayectoria marcadamente ondulada.</t>
   </si>
   <si>
     <t>Alauda arvensis Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Alondra común (Castellano), Aloda (Castellano), Golloría mediana (Castellano), Skylark (Inglés), Sky Lark (Inglés), Eurasian Skylark (Inglés), Alouette des champs (Francés)</t>
+    <t>Alondra común (Castellano), Aloda (Castellano), Golloría mediana (Castellano), Skylark (Inglés), Sky Lark (Inglés), Eurasian Skylark (Inglés), Alouette des champs (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Aláudido típico, de tonos pardos y estriado oscuro, con pico fuerte, cuerpo alargado y robusto, patas, alas y cola alargadas, y hábitos terrestres. La especie combina la presencia de una pequeña cresta, una máscara facial pálida, pecho estriado, borde blanco terminal en las alas — como en la calandria— y rectrices externas de la cola blancas. Su vuelo es rápido, con intenso batido de alas. Tiene una gran capacidad de maniobra en el aire, con posibilidades de cernidos prolongados y ascensiones y descensos vertiginosos .</t>
   </si>
   <si>
     <t>Anexo II</t>
   </si>
   <si>
     <t>Anas platyrhynchos Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Ánade azulón (Castellano), Anade azulón (Castellano), Northern Mallard (Inglés), Common Mallard (Inglés), Mallard (Inglés), Canard colvert (Francés)</t>
+    <t>Ánade azulón (Castellano), Anade azulón (Castellano), Northern Mallard (Inglés), Common Mallard (Inglés), Mallard (Inglés), Canard colvert (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>En el plumaje del macho de ánade azulón destaca el color verde brillante con irisaciones que presenta en cabeza y cuello. Un estrecho collar blanco separa a este del pecho, que es castaño. El dorso es parduzco; las partes ventrales, grises, y la popa, de color negro, resalta sobre los extremos blancos de las rectrices. El pico es amarillo con la uña negra, en tanto que las patas poseen una coloración anaranjada. Como rasgos característicos en el diseño de este ánade destacan, por un lado, las dos plumas negras y rizadas que presenta sobre la cola y, por otro, el espejuelo, de una tonalidad azul violácea —de ahí su denominación de azulón—, muy patente en vuelo. Como ocurre con la mayoría de las anátidas, esta especie presenta un acusado dimorfismo sexual. En este caso, las hembras tienen un tamaño algo menor que el del macho y son muy crípticas, con un plumaje parduzco moteado en el que tan solo resalta el espejuelo, del mismo color que en el macho. Los jóvenes muestran gran parecido con las hembras, si bien la tonalidad general es algo rojiza.</t>
   </si>
   <si>
     <t>Anexo III, Anexo II</t>
   </si>
   <si>
     <t>Anthus campestris (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Bisbita campestre (Castellano), Landa - txirta (Euskera), Trobat (Catalán), Pica campestre (Gallego), Tawny Pipit (Inglés), Pipit rousseline (Francés)</t>
+    <t>Bisbita campestre (Castellano), Landa - txirta (Euskera), Trobat (Catalán), Pica campestre (Gallego), Tawny Pipit (Inglés), Pipit rousseline (Francés)</t>
   </si>
   <si>
     <t>Bisbita caracterizado por su tamaño grande, aspecto de lavandera y coloración clara y lisa. Exhibe dorso gris arenoso, débilmente rayado, y partes inferiores de tono crema y sin estrías. Posee alas redondeadas; cola larga y con plumas externas blancas; pico anaranjado por abajo y oscuro por arriba; y patas finas de color naranja amarillento. En la cabeza muestra varias líneas contrastadas: ceja clara, línea ocular oscura, bigotera blanca con borde inferior negro, y garganta blanca. Resulta singular entre nuestros bisbitas por sus tonos arenosos claros y por la ausencia de estrías en el pecho. Ambos sexos son iguales. Los jóvenes, diferentes a los adultos, recuerdan más a otros bisbitas por su dorso rayado y escamoso y, sobre todo, por el pecho intensamente estriado. El patrón de la cara, sin embargo, resulta similar al de los adultos y muy útil en la identificación. Se trata de un ave territorial que suele observarse en solitario y en el suelo, pues raramente vuela y prefiere moverse andando.</t>
   </si>
   <si>
     <t>Anthus trivialis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Bisbita arbóreo (Castellano), Uda-txirta (Euskera), Piula dels arbres (Catalán), Pica das árbores (Gallego), Tree Pipit (Inglés), Pipit des arbres (Francés)</t>
+    <t>Bisbita arbóreo (Castellano), Uda-txirta (Euskera), Piula dels arbres (Catalán), Pica das árbores (Gallego), Tree Pipit (Inglés), Pipit des arbres (Francés)</t>
   </si>
   <si>
     <t>Exhibe dorso pardo muy estriado y vientre claro muy rayado, con fondo anaranjado en pecho y flancos. Posee alas redondeadas; cola larga y con plumas externas blancas; pico fino; y patas finas, con la uña posterior de longitud media. En la cara muestra ceja clara, así como una fina bigotera negra. Su aspecto resulta muy similar al del resto de bisbitas, especialmente el bisbita pratense, del que se distingue sutilmente por ser un poco más robusto y de tono más oliva, y por tener el pico más grueso, la uña posterior más corta, la cara más contrastada y las estrías de los flancos más finas. Ambos sexos son iguales. Los jóvenes, algo más pálidos, presentan bordes blancos en las plumas del dorso, lo que les confiere un aspecto escamoso. Se trata de un ave territorial en época de cría, cuando suele observarse en posaderos destacados. En paso, a veces forma pequeños grupos.</t>
   </si>
   <si>
     <t>Apus apus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Vencejo común (Castellano), Guirri (Castellano), Sorbeltz arrunta (Euskera), Falciot negre (Catalán), Cirrio común (Gallego), Common Swift (Inglés), Swift (Inglés), European Swift (Inglés), Martinet noir (Francés)</t>
+    <t>Vencejo común (Castellano), Guirri (Castellano), Sorbeltz arrunta (Euskera), Falciot negre (Catalán), Cirrio común (Gallego), Common Swift (Inglés), Swift (Inglés), European Swift (Inglés), Martinet noir (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Presenta silueta en forma de ballesta, cola corta y ahorquillada, y alas estrechas y largas. Posee pico corto, plano y con la boca muy ancha; patas emplumadas y extremadamente cortas, que le impiden posarse en el suelo; y pies pequeños y de fuertes garras, con los cuatro dedos dirigidos hacia delante. Muestra coloración uniforme de tono pardo oscuro, casi negro, excepto en la garganta, que es blanca; la cara inferior de las alas resulta un poco más pálida. En otoño, con su plumaje desgastado, es algo más claro. Ambos sexos son iguales. Los jóvenes se parecen mucho a los adultos, aunque con un tono algo más oscuro y un aspecto escamoso, por los pequeños ribetes blancos que tienen en las plumas. Esta ave es observada casi siempre en vuelo y en grupo. Las condiciones de luz, el fondo y la distancia determinan su apariencia, pudiendo confundirse con frecuencia con el vencejo pálido. Se localiza habitualmente en núcleos urbanos, volando de forma incansable a gran velocidad. Pasa la mayor parte de su vida en el aire, y únicamente se la ve posada cuando entra o sale del nido. Duerme tanto en el nido como en vuelo.</t>
   </si>
   <si>
     <t>Apus pallidus (Shelley, 1870)</t>
   </si>
   <si>
-    <t>prueba_Vencejo pálido (Castellano), Sorbeltz arrea (Euskera), Falciot pàl.lid (Catalán), Cirrio pálido (Gallego), Pallid Swift (Inglés), Martinet pâle (Francés)</t>
+    <t>Vencejo pálido (Castellano), Sorbeltz arrea (Euskera), Falciot pàl.lid (Catalán), Cirrio pálido (Gallego), Pallid Swift (Inglés), Martinet pâle (Francés)</t>
   </si>
   <si>
     <t>Presenta silueta en forma de ballesta, cola corta y ahorquillada, y alas largas y estrechas. Posee pico corto, plano y con la boca muy ancha; patas emplumadas y extremadamente cortas, que le impiden posarse en el suelo; y pies pequeños y de fuertes garras, con los cuatro dedos dirigidos hacia delante. Luce una coloración uniforme de tono pardo grisáceo, excepto en la garganta, que es blanca; la parte inferior interna de las alas resulta más clara. Con plumaje poco desgastado muestra un aspecto general escamoso. Se confunde fácilmente con el vencejo común, y para diferenciarlos se necesitan buenas condiciones de luz y hay que situarse a corta distancia. El vencejo pálido tiene un tono general más claro y parduzco, y mayor extensión en el blanco de la garganta; además, a veces se aprecia un antifaz más marcado, mayor contraste en la parte inferior de las alas y aspecto más escamoso. Ambos sexos son iguales. Los jóvenes, muy similares a los adultos, presentan un tono un poco más oscuro y un aspecto escamoso más marcado por la presencia de plumas ribeteadas en blanco. Esta ave pasa la mayor parte de su vida en el aire, por lo que casi siempre se la ve volando y agrupada, tanto en núcleos urbanos como en acantilados costeros y de interior.</t>
   </si>
   <si>
     <t>Aquila fasciata Vieillot, 1822</t>
   </si>
   <si>
-    <t>prueba_Águila perdicera (Castellano), Águila-azor perdicera (Castellano), Bonelli arranoa (Euskera), Aguila cuabarrada (Catalán), Aguia de Bonelli (Gallego), Bonelli's Eagle (Inglés), Aigle de Bonelli (Francés)</t>
+    <t>Águila perdicera (Castellano), Águila-azor perdicera (Castellano), Bonelli arranoa (Euskera), Aguila cuabarrada (Catalán), Aguia de Bonelli (Gallego), Bonelli's Eagle (Inglés), Aigle de Bonelli (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Gran águila de porte esbelto. El adulto tiene las partes inferiores pálidas, con pintas alargadas distribuidas longitudinalmente. Las partes superiores son de color pardo oscuro con una marca blanca en la espalda. En vuelo se aprecia un contraste entre el cuerpo blanquecino y las partes inferiores del ala oscuras. La cola es pálida y con una ancha banda terminal oscura. El joven del año tiene las partes inferiores, desde la garganta, de color canela (las pintas aparecen en su segundo año), mientras que las superiores son más pardas. En vuelo, las plumas de vuelo y la cola son pálidas (las primarias muestran extremos oscuros), con un fino barreado, y las cobertoras corporales anaranjadas. En la base de las primarias se ven plumas oscuras. En el plumaje de transición de jóvenes a adultos se van desarrollando los bordes oscuros en ala y cola.</t>
   </si>
   <si>
     <t>Hieraaetus fasciatus Vieillot,1822</t>
   </si>
   <si>
     <t>Ardea cinerea Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Garza real (Castellano), Lertxun hauskaria (Euskera), Bernat pescaire (Catalán), Gray Heron (Inglés), Grey Heron (Inglés), Héron cendré (Francés)</t>
+    <t>Garza real (Castellano), Lertxun hauskaria (Euskera), Bernat pescaire (Catalán), Gray Heron (Inglés), Grey Heron (Inglés), Héron cendré (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>La garza real es un ave de gran tamaño —la mayor de las ardeidas que frecuentan nuestro país—, de figura estilizada, largo cuello y coloración general grisácea, con un diseño variable según la edad y la época del año. Durante el periodo reproductor, la cabeza de los adultos luce una coloración blanca y aparece adornada por una línea negra y un par de largas plumas de este mismo color, en tanto que el cuello, blanco también, se halla surcado longitudinalmente por dos bandas paralelas negruzcas. El largo y afilado pico presenta un tono rojizo, y las regiones dorsales son mayoritariamente cenicientas, con una llamativa mancha negra en los hombros. Fuera de la época de cría, el diseño es menos contrastado, sin las plumas ornamentales de la cabeza y con el pico amarillento. En vuelo adopta la postura característica de las garzas, con el cuello encogido en forma de “S” y las patas estiradas sobresaliendo por detrás de la cola, si bien la garza real resulta fácilmente diferenciable del resto de sus parientes debido a su gran tamaño.</t>
   </si>
   <si>
     <t>Asio flammeus (Pontoppidan, 1763)</t>
   </si>
   <si>
-    <t>prueba_Búho campestre (Castellano), Lechuza campestre (Castellano), Zingira-hontza (Euskera), Mussol emigrant (Catalán), Curuxa das xunqueiras (Gallego), Short-eared Owl (Inglés), Hibou des marais (Francés)</t>
+    <t>Búho campestre (Castellano), Lechuza campestre (Castellano), Zingira-hontza (Euskera), Mussol emigrant (Catalán), Curuxa das xunqueiras (Gallego), Short-eared Owl (Inglés), Hibou des marais (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>De morfología algo más estilizada que otras rapaces nocturnas, el búho campestre se caracteriza por poseer una cabeza relativamente pequeña, rematada por unos reducidos penachos cefálicos que contribuyen a descomponer la silueta del ave y que reflejan su estado de alerta. La expresión de la especie es muy característica, y en ella destacan, sobre todo, unos grandes ojos amarillos, enmarcados por llamativas manchas negras que le otorgan un aspecto ligeramente “enmascarado”. En el plumaje del ave dominan los tonos parduzcos y amarillentos en las regiones dorsales, y los ocráceos en las inferiores. Como en otras rapaces nocturnas, las plumas del búho campestre lucen un complejo diseño de manchas, barras y punteados, haciéndolo sumamente críptico. Las diferencias entre ambos sexos son muy sutiles en lo que al plumaje se refiere, si bien la hembra resulta algo más voluminosa que el macho. Los jóvenes, por su parte, presentan en general tonos más oscuros. En vuelo, el búho campestre luce unas alas largas, muy claras en su parte inferior, donde resalta una característica mancha negra en forma de coma en la zona carpal. Las puntas de las plumas primarias son negras, y tiene cola corta y con franjas. De hábitos bastante diurnos, el búho campestre caza tanto desde posaderos como batiendo el terreno a baja altura, lanzándose en picado cuando descubre una presa.</t>
   </si>
   <si>
     <t>Asio otus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Búho chico (Castellano), Hontza ertaina (Euskera), Mussol banyut (Catalán), Bufo pequeño (Gallego), Long-eared Owl (Inglés), Northern Long-eared Owl (Inglés)</t>
+    <t>Búho chico (Castellano), Hontza ertaina (Euskera), Mussol banyut (Catalán), Bufo pequeño (Gallego), Long-eared Owl (Inglés), Northern Long-eared Owl (Inglés)</t>
   </si>
   <si>
     <t>De aspecto estilizado y elegante, el búho chico luce un abigarrado plumaje de tonos ocres, leonados y pardorrojizos, finamente decorados por punteados y por suaves listas que lo mimetizan perfectamente con el boscoso medio que frecuenta. Como otras rapaces nocturnas, presenta una cabeza redondeada y rematada por “orejas” (penachos cefálicos), que en este caso son particularmente largos y móviles, y que sirven tanto para descomponer la silueta del ave como para indicar excitación o miedo. En la cara de este búho destaca vivamente un ribete de plumas blancas en forma de x que enmarca el pico y los ojos, de un bello color anaranjado. Los jóvenes ostentan un diseño de plumaje muy semejante, aunque mucho menos contrastado que los adultos. Cuando alza el vuelo —ondulante, tranquilo y silencioso—, esta rapaz nocturna descubre sus largas y estrechas alas, adaptadas a la caza en las lindes y los calveros del bosque.</t>
   </si>
   <si>
     <t>Bubo bubo (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Búho real (Castellano), Hontza handia (Euskera), Duc (Catalán), Bufo real (Gallego), Eurasian Eagle-Owl (Inglés)</t>
+    <t>Búho real (Castellano), Hontza handia (Euskera), Duc (Catalán), Bufo real (Gallego), Eurasian Eagle-Owl (Inglés)</t>
   </si>
   <si>
     <t>Aunque en la anatomía del búho real se identifican las características comunes a la mayoría de las rapaces nocturnas, rápidamente llaman la atención su gran tamaño —es el búho más grande de nuestra fauna—, su corpulencia, sus poderosas garras y una voluminosa cabeza rematada por largas “orejas” (penachos cefálicos) en la que resaltan unos bellos ojos de color naranja y expresión desafiante. Esta rapaz nocturna posee un plumaje muy críptico en el que predominan los tonos leonados, pardos y marrones, aunque es más oscuro en las regiones dorsales, más claro en la zona ventral —tachonada de listas y de un fino barrado— y blanquecino en la garganta. Tiene las alas largas y redondeadas, y un vuelo poderoso y rectilíneo.</t>
   </si>
   <si>
     <t>Bubulcus ibis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Garcilla bueyera (Castellano), Lertxuntxo itzaina (Euskera), Espulgabous (Catalán), Garza boeira (Gallego), Cattle Egret (Inglés), Héron garde-boeufs (Francés)</t>
+    <t>Garcilla bueyera (Castellano), Lertxuntxo itzaina (Euskera), Espulgabous (Catalán), Garza boeira (Gallego), Cattle Egret (Inglés), Héron garde-boeufs (Francés)</t>
   </si>
   <si>
     <t>Esta garza de pequeño o mediano tamaño y formas bastante compactas se caracteriza por tener el cuello, las patas y el pico relativamente cortos y por el color mayoritariamente blanco de su plumaje, en el que apenas se aprecian diferencias sexuales. En el individuo adulto durante la época nupcial predomina el color blanco, pero adornado con tonos entre ocráceos y anaranjados en el píleo, la nuca, el pecho y la espalda; además, luce un intenso color rojizo en el pico, el ojo y las patas. El ave no reproductora es mucho más pálida, con un ligero tinte ocráceo en el píleo, el pico amarillo y las patas de un color muy variable. El joven es similar al adulto no reproductor, pero completamente blanco. Esta ave resulta muy blanca y rechoncha en vuelo, con las formas más compactas que otras garzas.</t>
   </si>
   <si>
     <t>Buteo buteo (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Busardo ratonero (Castellano), Ratonero común (Castellano), Zapelatz arrunta (Euskera), Aligot comú (Catalán), Miñato común (Gallego), Eurasian Buzzard (Inglés), Common Buzzard (Inglés)</t>
+    <t>Busardo ratonero (Castellano), Ratonero común (Castellano), Zapelatz arrunta (Euskera), Aligot comú (Catalán), Miñato común (Gallego), Eurasian Buzzard (Inglés), Common Buzzard (Inglés)</t>
   </si>
   <si>
     <t>Es una rapaz de mediano tamaño, complexión robusta y coloración muy variable, que posee un aspecto bastante rechoncho cuando se la observa posada. En vuelo exhibe unas alas relativamente cortas y muy anchas y una cola no demasiado larga, que frecuentemente despliega en abanico, gracias a lo cual el ave puede practicar durante largo rato un vuelo sostenido que alterna con cernidos ocasionales. Su plumaje presenta numerosas variaciones individuales, por lo que se pueden observar desde individuos muy claros hasta ejemplares bastante oscuros. No obstante, la coloración más típica del adulto es de un tono marronáceo bastante homogéneo en las regiones dorsales y ligeramente más clara en las ventrales, donde aparece una franja pectoral blanquecina de desigual extensión. En vuelo se hacen patentes unas amplias manchas relativamente claras —muy barradas— coincidentes con las rémiges primarias y secundarias en su cara ventral. Las alas muestran el borde posterior recorrido por una banda oscura, al igual que la cola, que puede aparecer variablemente barrada. El joven presenta las partes inferiores de desiguales tonos marrones y las coberteras dorsales con bordes pálidos; además, su cola está finamente barrada, pero carece de la ancha banda terminal propia de los adultos. Visto ventralmente, no se aprecia con nitidez el reborde posterior oscuro de las alas, y tanto estas como el cuerpo dan la sensación de estar más estriados que barrados. Finalmente, a diferencia de los adultos, que poseen el iris de color oscuro, el del joven es bastante claro.</t>
   </si>
   <si>
     <t>Calidris alba (Pallas, 1764)</t>
   </si>
   <si>
-    <t>prueba_Correlimos tridáctilo (Castellano), Txirri zuria (Euskera), Territ tresdits (Catalán), Pilro bulebule (Gallego), Sanderling (Inglés), Bécasseau sanderling (Francés)</t>
+    <t>Correlimos tridáctilo (Castellano), Txirri zuria (Euskera), Territ tresdits (Catalán), Pilro bulebule (Gallego), Sanderling (Inglés), Bécasseau sanderling (Francés)</t>
   </si>
   <si>
     <t>El tridáctilo es un correlimos de buen tamaño y de plumaje bastante pálido, al que se suele ver recorriendo las playas con una veloz carrera, mientras persigue a las pequeñas presas que arrastra el oleaje. El adulto en plumaje nupcial presenta un tinte anaranjado oscuro, debido al color castaño de su cabeza, cuello y pecho, con finas estrías oscuras. Las plumas de las partes superiores son negras con muescas anaranjadas y márgenes blancos y las terciarias lucen bandas naranjas longitudinales sobre fondo negro. El vientre, sin embargo, es blanco. El adulto no reproductor es, por el contrario, de color gris muy claro, con el borde de las plumas de las partes superiores blanco y una mancha carpal oscura, mientras que el joven es algo más oscuro, con los laterales del cuello amarillentos y las plumas de las partes superiores negras con muescas blanquecinas. El plumaje de los jóvenes difiere del de los adultos por presentar mayor contraste, con píleo oscuro, laterales del cuello de color crema y dorso ajedrezado. En vuelo presenta visibles bandas pálidas longitudinales en ambas alas y el obispillo pálido, cortado en vertical por una banda negra.</t>
   </si>
   <si>
     <t>Calidris alpina (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Playero común (Castellano), Correlimos común (Castellano), Correlimos común (Castellano), Txirri arrunta (Euskera), Territ variant (Catalán), Pilro curlibico (Gallego), Dunlin (Inglés), Bécasseau variable (Francés)</t>
+    <t>Playero común (Castellano), Correlimos común (Castellano), Correlimos común (Castellano), Txirri arrunta (Euskera), Territ variant (Catalán), Pilro curlibico (Gallego), Dunlin (Inglés), Bécasseau variable (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>El correlimos común es un ave de tamaño medio, con el pico y la patas de color oscuro. El adulto en plumaje nupcial presenta un parche ventral negro muy llamativo, con el límite más o menos difuso, y las partes superiores de tonos rojizos, negros y parduzcos, en cantidad variable en función de la subespecie. El no reproductor es de un tono gris uniforme, con el vientre blanco y tenues estrías en cuello y pecho, mientras que el juvenil es parduzco-anaranjado con un rayado difuso en el pecho y el cuello, y con los bordes de las plumas del manto de color muy claro.</t>
   </si>
   <si>
     <t>Calidris canutus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Correlimos gordo (Castellano), Txirri lodia (Euskera), Territ gros (Catalán), Pilro groso (Gallego), Red Knot (Inglés), Knot (Inglés), Lesser Knot (Inglés), Bécasseau maubèche (Francés)</t>
+    <t>Correlimos gordo (Castellano), Txirri lodia (Euskera), Territ gros (Catalán), Pilro groso (Gallego), Red Knot (Inglés), Knot (Inglés), Lesser Knot (Inglés), Bécasseau maubèche (Francés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial NT (Casi amenazado),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Se trata de una limícola de talla pequeña, rechoncha, con patas relativamente cortas (de aproximadamente la anchura del cuerpo o menos) y pico negro bastante corto y ancho. El adulto en plumaje nupcial presenta la cara y las partes inferiores de color rojo acastañado, el píleo con densas estrías marrones, las plumas de las partes superiores oscuras con muescas anaranjadas y las cobertoras alares grises con márgenes pálidos. El adulto no reproductor luce un plumaje, en general, gris bastante uniforme, con el raquis de las plumas más oscuro y una delgada orla blanca, así como una destacada ceja pálida y estrías en los lados del pecho. El joven es similar al no reproductor, pero algo más amarillento y con un doble borde negro y blanco en las plumas de las partes superiores.</t>
   </si>
   <si>
     <t>Calidris ferruginea (Pontoppidan, 1763)</t>
   </si>
   <si>
-    <t>prueba_Correlimos zarapitín (Castellano), Correlimos zarapitín (Castellano), Txirri kurlinta (Euskera), Territ bec-llarg (Catalán), Pilro cubranco (Gallego), Curlew Sandpiper (Inglés), Bécasseau cocorli (Francés)</t>
+    <t>Correlimos zarapitín (Castellano), Correlimos zarapitín (Castellano), Txirri kurlinta (Euskera), Territ bec-llarg (Catalán), Pilro cubranco (Gallego), Curlew Sandpiper (Inglés), Bécasseau cocorli (Francés)</t>
   </si>
   <si>
     <t>Esta limícola, relativamente grande y bastante estilizada, se caracteriza por tener un pico largo y algo curvado hacia abajo. El adulto en plumaje nupcial presenta la cara y las partes inferiores rojas, el píleo estriado de oscuro y las plumas de las partes superiores negras y provistas de muescas rojizas y bordes grises; el no reproductor, en cambio, es de un tono gris uniforme, luce una larga ceja blanca que contrasta con una línea ocular oscura y posee las partes inferiores blancas con los lados del pecho grises. El juvenil, por su parte, exhibe las plumas de las partes superiores de color marrón grisáceo con una banda subapical oscura y márgenes ante; las partes inferiores son blancas y el cuello y el pecho aparecen teñidos de ante y sutilmente estriados. En vuelo muestra el obispillo completamente blanco —sin ninguna barra vertical como es común en otros correlimos—, rectrices grisáceas y estrechas bandas alares longitudinales.</t>
   </si>
   <si>
     <t>Calidris pugnax (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Combatiente (Castellano), Borrokalaria (Euskera), Batallaire (Catalán), Liorteiro (Gallego), Ruff (Inglés), Chevalier combattant (Francés)</t>
+    <t>Combatiente (Castellano), Borrokalaria (Euskera), Batallaire (Catalán), Liorteiro (Gallego), Ruff (Inglés), Chevalier combattant (Francés)</t>
   </si>
   <si>
     <t>El combatiente es un ave limícola más bien grande, con el cuello largo, la cabeza pequeña, el pico relativamente corto y las patas no demasiado largas. El macho en plumaje nupcial presenta un aspecto absolutamente inconfundible, ya que se adorna con una gola de plumas y unos penachos cefálicos de coloración variable — blancos, negruzcos, rayados, vermiculados— según el individuo; además, adquiere en esa época unas características rugosidades faciales. La hembra en plumaje nupcial nunca presenta golas ni orejas, si bien las plumas de sus partes superiores muestran dibujos variados; el pecho y los flancos suelen estar moteados de marrón oscuro y su vientre es claro. Los adultos no reproductores presentan un tono gris oscuro, algo más claro en los flancos y el vientre —que es blanquecino—, mientras que los juveniles tienen las plumas de las partes superiores muy bien delimitadas por bordes ante y blanco; la cabeza, el cuello y el pecho son de tonos ante, y las partes inferiores, blancas.</t>
   </si>
   <si>
     <t>Anexo II, Anexo I</t>
   </si>
   <si>
     <t>Philomachus pugnax (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Caprimulgus europaeus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Chotacabras europeo (Castellano), Chotacabras gris (Castellano), Pagañera (Castellano), Zata arrunta (Euskera), Enganyapastors (Catalán), Avenoiteira común (Gallego), European Nightjar (Inglés), Nightjar (Inglés), Engoulevent d'Europe (Francés)</t>
+    <t>Chotacabras europeo (Castellano), Chotacabras gris (Castellano), Pagañera (Castellano), Zata arrunta (Euskera), Enganyapastors (Catalán), Avenoiteira común (Gallego), European Nightjar (Inglés), Nightjar (Inglés), Engoulevent d'Europe (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>De tamaño algo menor que el chotacabras cuellirrojo, se diferencia de este por su coloración netamente grisácea, profusamente moteada de pardo, blanco ocráceo y negro, así como por la menor longitud de sus alas y cola. Solamente el macho luce manchas blancas en las plumas de vuelo y en los laterales de la garganta, aunque ambos sexos presentan una banda blanquecina sobre las coberteras alares y una zona oscura a la altura de los hombros. El vuelo es errático, con algunos cernidos espasmódicos y planeos con las alas en forma de “V”.</t>
   </si>
   <si>
     <t>Caprimulgus ruficollis Temminck, 1820</t>
   </si>
   <si>
-    <t>prueba_Chotacabras cuellirrojo (Castellano), Chotacabras pardo (Castellano), Zata lepagorria (Euskera), Siboc (Catalán), Avenoiteira papuda (Gallego), Red-necked Nightjar (Inglés), Engoulevent à collier roux (Francés)</t>
+    <t>Chotacabras cuellirrojo (Castellano), Chotacabras pardo (Castellano), Zata lepagorria (Euskera), Siboc (Catalán), Avenoiteira papuda (Gallego), Red-necked Nightjar (Inglés), Engoulevent à collier roux (Francés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial NT (Casi amenazado),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Como todos los integrantes de este orden, el chotacabras cuellirojo —el mayor representante del género Caprimulgus en Europa— es un ave que luce un plumaje extraordinariamente mimético que le permite pasar absolutamente inadvertida cuando se posa entre la hojarasca o en la rama de un árbol. Un rasgo identificativo es la posesión de una banda de color herrumbre que, a modo de collar, se extiende por la garganta y el pecho. Las alas y la cola son largas y aparecen adornadas en su extremo por llamativos ocelos blancos (visibles solo en vuelo) que resultan más evidentes en el macho. El vuelo es errático, como vaporoso, a veces operado con profundos aleteos que el ave alterna con frecuentes planeos mientras mantiene las alas en forma de “V”.</t>
   </si>
   <si>
     <t>Carduelis carduelis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Jilguero europeo (Castellano), Silguerina (Castellano), Jilguero (Castellano), Goldfinch (Inglés), European Goldfinch (Inglés)</t>
+    <t>Jilguero europeo (Castellano), Silguerina (Castellano), Jilguero (Castellano), Goldfinch (Inglés), European Goldfinch (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>Los jilgueros se distinguen con facilidad por el juego de vistosos colores de su plumaje. En la cabeza muestran una característica careta roja, junto a sendas manchas blanca y negra. Poseen un pico de base ancha, largo y acabado en una fina punta. Su cola es negra, con el obispillo y el extremo distal blanco; además, las plumas más externas de la cola pueden tener amplias manchas blancas. En vuelo se reconocen bien por la presencia de dos amplias bandas alares de color amarillo dorado. No hay dimorfismo sexual fácilmente perceptible, aunque los machos lucen hombros más negros y careta roja más amplia que las hembras. Por otra parte, el plumaje varía notablemente con la edad; así, antes de mudarlo a finales de verano, los volantones carecen de la coloración descrita para la cabeza, pero mantienen las distintivas franjas alares amarillas.</t>
   </si>
   <si>
     <t>Cecropis daurica (Laxmann, 1769)</t>
   </si>
   <si>
-    <t>prueba_Golondrina dáurica (Castellano), Golondrina daúrica (Castellano), Enara ipurgorria (Euskera), Orenetea cua-rogenca (Catalán), Andoiña acalugada (Gallego), Red-rumped Swallow (Inglés)</t>
+    <t>Golondrina dáurica (Castellano), Golondrina daúrica (Castellano), Enara ipurgorria (Euskera), Orenetea cua-rogenca (Catalán), Andoiña acalugada (Gallego), Red-rumped Swallow (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>De apariencia similar a la golondrina común, exhibe dorso negro, con reflejos azulados, y vientre blanco sucio, con flancos anaranjados y algunas rayas tenues. Los rasgos más característicos de la especie son la nuca y la cara anaranjadas, del mismo color que el obispillo. Las alas, largas y apuntadas, también muestran tonos naranjas en la parte inferior delantera. Posee una cola muy larga y muy ahorquillada,de color negro uniforme, tanto por arriba como por abajo. Tiene patas cortas sin emplumar, boca muy ancha, y pico corto, plano y negro. Ambos sexos son iguales. Los jóvenes presentan en el dorso plumaje negro mate, con plumas ribeteadas en blanco, siendo las zonas naranjas de menor intensidad; incluso el obispillo parece blanco en ocasiones. Esta ave se observa frecuentemente cerca de puentes y roquedos, y exhibe un vuelo ágil, rápido y acrobático.</t>
   </si>
   <si>
     <t>Hirundo daurica</t>
   </si>
   <si>
     <t>Certhia brachydactyla Brehm, CL, 1820</t>
   </si>
   <si>
-    <t>prueba_Agateador europeo (Castellano), Agateador común (Castellano), Gerri-txori arrunta (Euskera), Raspinell comú (Catalán), Gabeador común (Gallego), Short-toed Tree-Creeper (Inglés), Short-toed Treecreeper (Inglés)</t>
+    <t>Agateador europeo (Castellano), Agateador común (Castellano), Gerri-txori arrunta (Euskera), Raspinell comú (Catalán), Gabeador común (Gallego), Short-toed Tree-Creeper (Inglés), Short-toed Treecreeper (Inglés)</t>
   </si>
   <si>
     <t>Ave diminuta, insectívora y forestal. Prospecta constantemente los troncos de los árboles, de los que extrae alimento con su pico, fino, largo y curvo. Su plumaje resulta muy críptico. El dorso y las alas del agateador común muestran un mosaico de colores marrones-castaños de diferentes intensidades, salpicado con motas más claras, grises o crema. Las partes inferiores de su cuerpo, por el contrario, son de color blancuzco, pero pocas veces se observan, pues pasa gran parte del día pegado a la corteza de los troncos, y solo realiza vuelos cortos y muy rápidos. Trepa habitualmente con la cabeza hacia arriba, apoyándose sobre su cola. Esta es larga, parda, y se compone de plumas con raquis grueso y libre de barbas en su extremo distal.</t>
   </si>
   <si>
     <t>Cettia cetti (Temminck, 1820)</t>
   </si>
   <si>
-    <t>prueba_Ruiseñor bastardo (Castellano), Cetia ruiseñor (Castellano), Errekatxindorra (Euskera), Rossinyol bord (Catalán), Rousinol bravo (Gallego), Cetti's Warbler (Inglés)</t>
+    <t>Ruiseñor bastardo (Castellano), Cetia ruiseñor (Castellano), Errekatxindorra (Euskera), Rossinyol bord (Catalán), Rousinol bravo (Gallego), Cetti's Warbler (Inglés)</t>
   </si>
   <si>
     <t>Se trata de un pájaro de pequeño tamaño, de diseño muy discreto y aspecto rechoncho, con alas y cola redondeadas. Presenta el dorso de color pardo-rojizo oscuro y las zonas inferiores grisáceas, con motas claras en las infracoberteras caudales. Posee una ceja pálida, así como una zona auricular grisácea y un pico muy fino. Ambos sexos son iguales en apariencia y solamente se diferencian por pequeñas variaciones de tamaño. De hábitos escondidizos, resulta difícil de observar, pero es, en cambio, muy fácil de detectar en las espesas marañas ribereñas que frecuenta por su inconfundible y sonoro canto. Cuando se desplaza entre la vegetación, levanta y despliega frecuentemente la cola.</t>
   </si>
   <si>
     <t>Chloris chloris (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Silguerina fea (Castellano), Chamariz (Castellano), Gafarrón (Castellano), Verderón común (Castellano), European Greenfinch (Inglés), Greenfinch (Inglés), Common Greenfinch (Inglés), Verdier (Francés)</t>
+    <t>Silguerina fea (Castellano), Chamariz (Castellano), Gafarrón (Castellano), Verderón común (Castellano), European Greenfinch (Inglés), Greenfinch (Inglés), Common Greenfinch (Inglés), Verdier (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Podría describirse como un “gorrión verde”. Es cabezón, con un pico ancho y fuerte. Destaca su coloración, verde esmeralda, con llamativas manchas amarillas en el hombro, en las plumas remeras de las alas y en la cola. Las hembras presentan colores más discretos que los machos, pero ambos son muy parecidos. Solamente los jóvenes resultan algo distintos, pues al salir del nido tienen plumaje moteado en las partes inferiores, y el verde de su manto y cabeza es mucho más apagado que el de los adultos. Su coloración se parece a la de verderones serranos, lúganos y verdecillos, aunque el verderón común se reconoce bien por su mayor tamaño y por poseer amplias manchas amarillas en sus alas. Cuando vuela, este detalle resulta útil para distinguirlo de verdecillos, pardillos comunes y jilgueros.</t>
   </si>
   <si>
     <t>Carduelis chloris Linnaeus,1758</t>
   </si>
   <si>
     <t>Chroicocephalus ridibundus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Gaviota reidora (Castellano), Common Black-headed Gull (Inglés), Black-headed Gull (Inglés), Mouette rieuse (Francés)</t>
+    <t>Gaviota reidora (Castellano), Common Black-headed Gull (Inglés), Black-headed Gull (Inglés), Mouette rieuse (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Se trata de una gaviota de tamaño más bien pequeño, con un característico capuchón de color marrón chocolate, presente únicamente en el plumaje de la época de reproducción. Las hembras y los machos, en apariencia idénticos, manifiestan algunas pequeñas diferencias en cuanto a sus medidas corporales, ya que los machos poseen un mayor tamaño. El plumaje varía con la edad; así, los ejemplares adultos exhiben un diseño nupcial dominado por una tonalidad gris clara en sus partes dorsales y de un blanco puro en las ventrales, que se torna chocolate en la cabeza, donde resalta vivamente un anillo ocular incompleto de color blanco. Fuera de la época reproductora, los adultos pierden las plumas oscuras de la capucha, que quedan reducidas a una pequeña mancha en la zona auricular. El pico es de un intenso rojo negruzco. Los ejemplares juveniles, por su parte, son mayoritariamente pardogrisáceos en el dorso y carecen del llamativo capuchón oscuro, si bien la cabeza no llega a ser completamente blanca, pues presenta una mancha auricular y el píleo manchado de marrón; tras sucesivas mudas, alcanzan el plumaje definitivo en su segundo año de vida.</t>
   </si>
   <si>
     <t>Larus ridibundus Linnaeus, 1766</t>
   </si>
   <si>
     <t>Ciconia ciconia (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cigüeña común (Castellano), Cigüeña blanca (Castellano), Cigüeña blanca (Castellano), Amiamoko zuria (Euskera), Zikoina zuria (Euskera), Cigonya blanca (Catalán), Cegoña común (Gallego), White Stork (Inglés), Cigogne blanche (Francés)</t>
+    <t>Cigüeña común (Castellano), Cigüeña blanca (Castellano), Cigüeña blanca (Castellano), Amiamoko zuria (Euskera), Zikoina zuria (Euskera), Cigonya blanca (Catalán), Cegoña común (Gallego), White Stork (Inglés), Cigogne blanche (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Ave inconfundible, de gran tamaño y notable envergadura, que luce un característico plumaje blanco, aunque con las plumas de vuelo de color negro. El pico —que es largo y apuntado— presenta una tonalidad rojiza o anaranjada muy intensa en el caso de los adultos, rojo sucio en los ejemplares juveniles y prácticamente negro en los pollos. Las patas son de un intenso color rojo anaranjado en las aves adultas y rosadas en los jóvenes. En vuelo adopta una postura característica, con el cuello y las patas estiradas.</t>
   </si>
   <si>
     <t>Cinclus cinclus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Mirlo acuático europeo (Castellano), Mirlo acuático (Castellano), Ur-zozoa (Euskera), Merla d´aigua (Catalán), Merlo rieiro (Gallego), Dipper (Inglés), White-throated Dipper (Inglés)</t>
+    <t>Mirlo acuático europeo (Castellano), Mirlo acuático (Castellano), Ur-zozoa (Euskera), Merla d´aigua (Catalán), Merlo rieiro (Gallego), Dipper (Inglés), White-throated Dipper (Inglés)</t>
   </si>
   <si>
     <t>Este paseriforme de mediano tamaño, con la cola corta y las alas más bien pequeñas, posee un cuerpo rechoncho y compacto que le otorga un aspecto característico. En su plumaje dominan los tonos pardos muy oscuros —casi negros— en el dorso, que dan paso a otros achocolatados en la cabeza, el cuello y el vientre. Luce un llamativo babero blanco que se extiende hasta el pecho. Las patas son cortas y robustas y el pico es fino en forma de daga. El joven presenta colores grisáceos en el plumaje, de aspecto escamoso; a diferencia de los adultos, luce un anillo ocular blanco, mientras que su babero —mucho menos definido y extenso— es de color crema sucio. De carácter nervioso, esta ave vuela rápidamente sobre la superficie del agua y se mueve con soltura entre las piedras del río antes de lanzarse a bucear. Cuando está posada suele mostrarse inquieta; levanta la cola y realiza continuas flexiones con las patas.</t>
   </si>
   <si>
     <t>Circaetus gallicus (Gmelin, JF, 1788)</t>
   </si>
   <si>
-    <t>prueba_Águila culebrera (Castellano), Culebrera europea (Castellano), Arrano sugezalea (Euskera), Aguila marcenca (Catalán), Aguia cobreira (Gallego), Short-toed Snake-eagle (Inglés), Short-toed Snake Eagle (Inglés), Short-toed Eagle (Inglés)</t>
+    <t>Águila culebrera (Castellano), Culebrera europea (Castellano), Arrano sugezalea (Euskera), Aguila marcenca (Catalán), Aguia cobreira (Gallego), Short-toed Snake-eagle (Inglés), Short-toed Snake Eagle (Inglés), Short-toed Eagle (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>En esta rapaz de considerable tamaño llama poderosamente la atención su voluminosa cabeza, armada de un corto pero robusto pico y dotada de grandes ojos amarillos orientados hacia el frente. Los tarsos son cortos y están rematados por dedos bastante pequeños pero robustos; tanto unos como otros quedan protegidos contra las mordeduras de los ofidios por coriáceas escamas. En el plumaje de las aves adultas —muy claro en las regiones ventrales— dominan los tonos blanquecinos variablemente barrados o moteados de pardo. En el dorso, en cambio, el color se torna a tonos marrones más o menos oscuros según los ejemplares, que se extienden por la cabeza, el cuello y el pecho del ave. En vuelo se pueden observar las secundarias barradas y la larga cola, que presenta varias bandas, de las cuales la terminal es considerablemente más ancha. Los ejemplares jóvenes aparecen menos barrados en las regiones ventrales, y las bandas de las secundarias y la cola resultan en ellos menos patentes. Dorsalmente, presentan colores más oscuros que los adultos y lucen un contrastado diseño en el que las rémiges — prácticamente negras— aparecen remarcadas por coberteras bastante pálidas. Las alas de los jóvenes son más estrechas que las de los adultos. Las capacidades de vuelo de la culebrera son notables; puede permanecer interminables horas en el aire gracias a sus habilidades veleras, proporcionadas por unas alas y una cola largas y anchas. Sorprende, además, la facilidad que demuestra un ave de tan gran porte para cernirse largo rato en un mismo punto mientras prospecta detenidamente el suelo en busca de presas.</t>
   </si>
   <si>
     <t>Circus aeruginosus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Aguilucho lagunero occidental (Castellano), Aguilucho europeo occidental (Castellano), Zingira-mirotza (Euskera), Arpella vulgar (Catalán), Tartaraña das xunqueiras (Gallego), Marsh Harrier (Inglés), Eurasian Marsh Harrier (Inglés), Western Marsh Harrier (Inglés), Western Marsh-harrier (Inglés), Busard des roseaux (Francés)</t>
+    <t>Aguilucho lagunero occidental (Castellano), Aguilucho europeo occidental (Castellano), Zingira-mirotza (Euskera), Arpella vulgar (Catalán), Tartaraña das xunqueiras (Gallego), Marsh Harrier (Inglés), Eurasian Marsh Harrier (Inglés), Western Marsh Harrier (Inglés), Western Marsh-harrier (Inglés), Busard des roseaux (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>El aguilucho lagunero es una rapaz de tamaño medio y aspecto bastante estilizado, aunque ciertamente más robusto que los restantes aguiluchos presentes en nuestra fauna, a los que también supera en envergadura. La especie presenta, como es habitual en otros miembros del género Circus, un acusado dimorfismo sexual, ya que la hembra es bastante mayor y más pesada que el macho, y ambos sexos exhiben plumajes muy diferentes. En el macho adulto predominan los tonos marrones en el dorso, aunque la cabeza y la nuca son amarillentas o ligeramente grisáceas y surcadas por finas estrías oscuras. Las partes inferiores —especialmente a la altura de las patas y el bajo vientre— suelen adquirir un color rojizo, que va dando paso al crema o blanco sucio a medida que subimos hacia el pecho y la garganta, los cuales aparecen suavemente listados. Las rectrices y rémiges secundarias son grises; estas últimas describen una extensa banda alar, muy visible en vuelo . Ventralmente, las alas del macho son más bien claras —blancuzcas o de color gris pálido— y en ellas destacan fuertemente las negras rémiges primarias. Las hembras adultas, por su parte, resultan bastante más oscuras y menos contrastadas, en conjunto, que sus parejas, pues lucen un plumaje —tanto dorsal como ventralmente— dominado por los tonos pardoachocolatados, que en la cabeza, la garganta y los hombros son sustituidos por otros amarillentos o blanquecinos. Los ejemplares recién salidos del nido se parecen bastante a las hembras, aunque resultan más homogéneos y ligeramente más oscuros; además, solo presentan manchas más claras en la cabeza, la nuca y la garganta. Entre la librea juvenil y la de adulto existen varios plumajes de transición, que definen las diferentes edades del ave. Por otra parte, el aguilucho lagunero es una especie en la que no son infrecuentes los casos de melanismo y la aparición de diseños atípicos, lo que en ocasiones puede dificultar su identificación y propiciar las confusiones con especies de tamaño semejante.</t>
   </si>
   <si>
     <t>Clamator glandarius (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Críalo europeo (Castellano), Críalo (Castellano), Kuku mottoduna (Euskera), Cucut reial (Catalán), Cuco real (Gallego), Great Spotted Cuckoo (Inglés), Coucou-geai (Francés)</t>
+    <t>Críalo europeo (Castellano), Críalo (Castellano), Kuku mottoduna (Euskera), Cucut reial (Catalán), Cuco real (Gallego), Great Spotted Cuckoo (Inglés), Coucou-geai (Francés)</t>
   </si>
   <si>
     <t>Es un ave de tamaño medio, morfológicamente muy semejante al cuco, del que se diferencia por su aspecto más esbelto, por tener una cola más larga y por el colorido del plumaje. Este es de tono marrón grisáceo en las regiones dorsales, que aparecen salpicadas de motas blancas, al igual que ocurre con las plumas del ala. La zona ventral es de color blanquecino, con la garganta teñida de ocre-amarillento. En la cabeza luce un capirote de color gris plateado —que remata en una pequeña cresta ligeramente eréctil— y un anillo ocular rojo. El joven presenta una coloración incluso más vistosa que los adultos, pues exhibe un intenso color achocolatado con abundantes motas blancas en el dorso y unas regiones ventrales blancas, que se tornan amarillo-ocráceas en pecho y cuello. Las plumas de vuelo poseen un vistoso color rojizo, en tanto que el capirote es negro y el anillo ocular más conspicuo que el de los adultos.</t>
   </si>
   <si>
     <t>Coccothraustes coccothraustes (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Picogordo (Castellano), Picogordo común (Castellano), Mokolodia (Euskera), Durbec (Catalán), Bicogroso (Gallego), Hawfinch (Inglés)</t>
+    <t>Picogordo (Castellano), Picogordo común (Castellano), Mokolodia (Euskera), Durbec (Catalán), Bicogroso (Gallego), Hawfinch (Inglés)</t>
   </si>
   <si>
     <t>Se caracteriza por su cabeza voluminosa y con un pico muy grueso, de base notablemente ancha. A su vez, su cola corta potencia el volumen de la cabeza y el pico, además de otorgar al ave un aspecto compacto y robusto. En una observación detallada y cuidadosa se pueden diferenciar los sexos. Los machos tienen las manchas naranja y gris de la cabeza y la cara mucho más vivas que las hembras; además, las plumas internas de las alas están teñidas en los machos con un reflejo azul metálico, mientras que en las hembras es de color gris plata. Por otra parte, los jóvenes volantones se reconocen porque son de tonos pardos, sin colores vistosos en la cabeza y sin el bello tono anaranjado que poseen los adultos, tanto machos como hembras. Su vuelo es rápido y potente. Las alas desplegadas facilitan la identificación del picogordo, pues muestran con claridad dos grandes manchas blancas. En vuelo también se aprecia una característica banda terminal blanca. A pesar de sus peculiares rasgos, no resulta sencillo detectar al picogordo. Ya sea en parejas o en pequeños bandos, pasa inadvertido con facilidad, pues se trata de un ave tímida, esquiva y muy silenciosa que pulula por la parte alta de las copas de los árboles.</t>
   </si>
   <si>
     <t>Columba livia Gmelin, JF, 1789</t>
   </si>
   <si>
-    <t>prueba_Paloma bravía (Castellano), Paloma doméstica (Castellano), Common Pigeon (Inglés), Rock DoveI (Inglés), Rock Dove (Inglés), Pigeon biset (Francés)</t>
+    <t>Paloma bravía (Castellano), Paloma doméstica (Castellano), Common Pigeon (Inglés), Rock DoveI (Inglés), Rock Dove (Inglés), Pigeon biset (Francés)</t>
   </si>
   <si>
     <t>Ave compacta, de mediano tamaño, redondeada y de cabeza pequeña. Muestra una coloración dominante grisácea, con el obispillo blanco y dos bandas alares negras. Dado que se trata del ancestro silvestre de las palomas domésticas —con las que puede hibridarse—, presenta un aspecto muy similar a la forma “típica” de estas. Debido a la frecuente hibridación entre ambas variedades y a la presencia de muchas poblaciones cimarronas, resulta muy difícil distinguir cuándo una población es realmente silvestre o pertenece a la forma semidoméstica. Tiene un vuelo muy rápido y directo, con batidos potentes.</t>
   </si>
   <si>
     <t>Columba domestica Gmelin,1789</t>
   </si>
   <si>
     <t>Columba oenas Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Paloma bravía (Castellano), Paloma zurita (Castellano), Stock Pigeon (Inglés), Stock Dove (Inglés)</t>
+    <t>Paloma bravía (Castellano), Paloma zurita (Castellano), Stock Pigeon (Inglés), Stock Dove (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Paloma similar a la bravía, pero de tamaño algo menor, y más ligera que la torcaz. En su plumaje, totalmente gris, destacan los tonos vinosos del cuello, el color gris pálido del obispillo y unas franjas más claras en las alas. Ambos sexos resultan similares. Tiene un vuelo más rápido y con mayor frecuencia de aleteo que la torcaz. Al volar se ve oscura la zona inferior de sus alas, que es pálida en las palomas bravía y torcaz.</t>
   </si>
   <si>
     <t>Columba palumbus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Paloma torcaz (Castellano), Torcaz (Castellano), Woodpigeon (Inglés), Common Wood Pigeon (Inglés), Common Woodpigeon (Inglés), Common Wood-Pigeon (Inglés), Pigeon ramier (Francés)</t>
+    <t>Paloma torcaz (Castellano), Torcaz (Castellano), Woodpigeon (Inglés), Common Wood Pigeon (Inglés), Common Woodpigeon (Inglés), Common Wood-Pigeon (Inglés), Pigeon ramier (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Esta robusta paloma posee cuerpo grisáceo, pecho robusto prominente y rosado, y cabeza proporcionalmente pequeña. Sus manchas blancas en el cuello y las alas resultan características y fácilmente reconocibles. Exhibe un vuelo poderoso, rápido, directo y con fuertes batidos de alas, en las que destacan las bandas transversales blancas.</t>
   </si>
   <si>
     <t>Corvus corax Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cuervo grande (Castellano), Cuervo (Castellano), Erroia (Euskera), Northern Raven (Inglés), Common Raven (Inglés), Raven (Inglés)</t>
+    <t>Cuervo grande (Castellano), Cuervo (Castellano), Erroia (Euskera), Northern Raven (Inglés), Common Raven (Inglés), Raven (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>El rasgo más llamativo del cuervo es, sin duda, su colosal tamaño, que lo convierte en el representante más voluminoso del orden de los paseriformes. Dentro de su anatomía destaca sobre todo el pico, notablemente largo, robusto y grueso. Por lo demás, luce un plumaje homogéneamente negro, con algunos brillos metálicos. El vuelo de este enorme pájaro es lento y suele intercalar aleteos con largos planeos, que el ave ejecuta gracias a sus largas alas apuntadas y a su cola en forma de cuña.</t>
   </si>
   <si>
     <t>Corvus corone Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Corneja negra (Castellano), Corneja (Castellano), Carrion Crow (Inglés)</t>
+    <t>Corneja negra (Castellano), Corneja (Castellano), Carrion Crow (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Este córvido luce un plumaje homogéneamente negro —con algunos reflejos metálicos en la cabeza, las alas y el dorso—, el mismo color que exhibe en las patas y en su robusto pico. Puede confundirse a cierta distancia con el cuervo, si bien posee tamaño menor; alas más cortas, anchas y redondeadas; cola más corta y de borde casi recto; y una forma de vuelo diferente, en la que predominan los aleteos lentos y constantes. Por su tamaño y diseño se asemeja a los juveniles de graja, aunque la corneja cuenta con un pico más robusto y romo. A pesar de que estas aves pueden verse tanto solas como en parejas, no resulta infrecuente que se reúnan en bandos de cierta magnitud, allí donde abunde el alimento, o en dormideros.</t>
   </si>
   <si>
     <t>Cuculus canorus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cuco (Castellano), Cuco común (Castellano), Kuku arrunta (Euskera), Cucut (Catalán), Cuco vulgar (Gallego), Common Cuckoo (Inglés), European Cuckoo (Inglés), Cuckoo (Inglés), Coucou gris (Francés)</t>
+    <t>Cuco (Castellano), Cuco común (Castellano), Kuku arrunta (Euskera), Cucut (Catalán), Cuco vulgar (Gallego), Common Cuckoo (Inglés), European Cuckoo (Inglés), Cuckoo (Inglés), Coucou gris (Francés)</t>
   </si>
   <si>
     <t>Esta ave, de tamaño medio y aspecto estilizado, se caracteriza por poseer una larga cola y unas alas apuntadas, por lo que su silueta puede confundirse en vuelo con la de una pequeña rapaz, como el cernícalo vulgar o el gavilán. En la coloración del macho dominan los tonos grises, sobre todo en el dorso, la cabeza y el cuello. Por su parte, las regiones ventrales son blancas, pero finamente barreadas. La hembra puede lucir dos tipos de plumaje: uno grisáceo, muy parecido al del macho, y otro rojizo, bastante menos frecuente que el anterior. Los inmaduros se asemejan en parte a las hembras de fase rojiza, aunque tienen las plumas orladas de blanco y una característica mancha blanca en la nuca.</t>
   </si>
   <si>
     <t>Cyanistes caeruleus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Herrerillo común (Castellano), Amilotx urdina (Euskera), Mallerenga blava (Catalán), Ferreiriño azul (Gallego), Eurasian Blue Tit (Inglés), Blue Tit (Inglés)</t>
+    <t>Herrerillo común (Castellano), Amilotx urdina (Euskera), Mallerenga blava (Catalán), Ferreiriño azul (Gallego), Eurasian Blue Tit (Inglés), Blue Tit (Inglés)</t>
   </si>
   <si>
     <t>Sus alas, cola y cabeza exhiben un bello color azulado, que se completa con un collar azul cobalto. El dorso posee tintes verdosos, y las partes inferiores son amarillentas. Presenta mejillas de color blanco en los adultos y amarillo pálido en los volantones. La coloración general podría recordar a la de un carbonero común. Pero este es notablemente mayor, con la cabeza negra y una banda de igual color que divide en dos el amarillo del pecho.</t>
   </si>
   <si>
     <t>Parus caeruleus Linnaeus,1758</t>
   </si>
   <si>
     <t>Delichon urbicum (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pedrero (Castellano), Avión común occidental (Castellano), Avión común (Castellano), Enara azpizuria (Euskera), Oreneta cuablanca (Catalán), Anduriña do cu branco (Gallego), Common House-Martin (Inglés), House Martin (Inglés), Common House Martin (Inglés), Northern House-martin (Inglés), Hirondelle de fenêtre (Francés)</t>
+    <t>Pedrero (Castellano), Avión común occidental (Castellano), Avión común (Castellano), Enara azpizuria (Euskera), Oreneta cuablanca (Catalán), Anduriña do cu branco (Gallego), Common House-Martin (Inglés), House Martin (Inglés), Common House Martin (Inglés), Northern House-martin (Inglés), Hirondelle de fenêtre (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Pequeña golondrina de aspecto compacto, negro azulada brillante por arriba y blanca por abajo, con límites netos entre colores. Posee alas largas y apuntadas y cola corta ahorquillada de color negro; pico corto, plano y negro; boca muy ancha, y patas cortas cubiertas de finas plumas blancas. Destaca su obispillo de color blanco, la única zona clara de las partes dorsales. Ambos sexos son iguales. Los jóvenes resultan menos contrastados, más parduzcos, sobre todo por abajo, con límites difusos entre partes negras y blancas, y con puntas blancas en las terciarias. Este pájaro suele observarse en vuelo y agrupado. Su vuelo es rápido y ágil, aunque menos que en la golondrina común, y a menudo se produce a mayor altura que en esta. Se posa con frecuencia, a veces en el suelo.</t>
   </si>
   <si>
     <t>Delichon urbica (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Dryocopus martius (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pito negro (Castellano), Picamaderos negro (Castellano), Okil beltza (Euskera), Picot negre (Catalán), Peto negro (Gallego), Black Woodpecker (Inglés)</t>
+    <t>Pito negro (Castellano), Picamaderos negro (Castellano), Okil beltza (Euskera), Picot negre (Catalán), Peto negro (Gallego), Black Woodpecker (Inglés)</t>
   </si>
   <si>
     <t>El picamaderos negro es, con diferencia, el pájaro carpintero más grande de Europa. Su identificación no ofrece la más mínima duda, pues se trata de un ave voluminosa —del tamaño de una corneja—, que luce un plumaje completamente negro, a excepción del llamativo capirote rojo que adorna la cabeza de los machos y que en las hembras queda reducido a una mancha roja sobre la nuca. El iris, debido a su color blanquecino, contrasta vivamente con el oscuro plumaje del ave. El cuello es muy largo y estrecho, en tanto que la cabeza —alargada y ligeramente aplanada— aparece rematada por un largo, cónico y poderoso pico. Los jóvenes poseen un plumaje menos brillante e intenso que los adultos, aunque recién emplumados ya presentan diferencias sexuales en la coloración del píleo.</t>
   </si>
   <si>
     <t>Egretta garzetta (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Garceta común (Castellano), Garceta común (Castellano), Lertxuntxo txikia (Euskera), Martinet blanc (Catalán), Garzota (Gallego), Little Egret (Inglés)</t>
+    <t>Garceta común (Castellano), Garceta común (Castellano), Lertxuntxo txikia (Euskera), Martinet blanc (Catalán), Garzota (Gallego), Little Egret (Inglés)</t>
   </si>
   <si>
     <t>Es una garza de mediano tamaño, de plumaje siempre blanco, con largas patas negras —a excepción de los dedos, que son amarillos— y pico largo, de color negro y en forma de daga. El individuo reproductor exhibe un par de plumas alargadas en la nuca, un grupo de plumas filamentosas y desflecadas en el pecho y el dorso y, principalmente en la época de cortejo, una pequeña área de piel desnuda situada delante del ojo, que adquiere una intensa tonalidad amarillenta. Los ejemplares no reproductores carecen de los ornamentos anteriormente mencionados, y el fragmento de piel desnuda junto al ojo es, en su caso, de color gris azulado o verdoso. El joven, por su parte, es similar al no reproductor, pero con el pico algo parduzco. En vuelo es completamente blanca y adopta la característica silueta de las ardeidas, con el cuello recogido en forma de “S” y las patas estiradas sobresaliendo por detrás de la corta cola.</t>
   </si>
   <si>
     <t>Emberiza calandra Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Escribano triguero (Castellano), Crujidor (Castellano), Triguero (Castellano), Corn Bunting (Inglés), Bruant proyer (Francés)</t>
+    <t>Escribano triguero (Castellano), Crujidor (Castellano), Triguero (Castellano), Corn Bunting (Inglés), Bruant proyer (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Es un ave bastante voluminosa, de tamaño considerablemente mayor que otros escribanos, que presenta un plumaje dominado por los tonos terrosos y blanquecinos con abundantes listas, lo que le confiere un aspecto parecido al de los aláudidos. En la cabeza, no obstante, se hace evidente su pertenencia a la familia de los emberícidos, sobre todo por poseer una bigotera blanca enmarcada por una lista superior oscura y por la presencia de un pico característico —aunque más grande que el de otros escribanos— adaptado al consumo de granos.</t>
   </si>
   <si>
     <t>Miliaria calandra</t>
   </si>
   <si>
     <t>Emberiza cia Linnaeus, 1766</t>
   </si>
   <si>
-    <t>prueba_Escribano montesino (Castellano), Mendi-berdantza (Euskera), Sit negre (Catalán), Escribenta riscada (Gallego), European Rock Bunting (Inglés), Rock Bunting (Inglés), Bruant fou (Francés)</t>
+    <t>Escribano montesino (Castellano), Mendi-berdantza (Euskera), Sit negre (Catalán), Escribenta riscada (Gallego), European Rock Bunting (Inglés), Rock Bunting (Inglés), Bruant fou (Francés)</t>
   </si>
   <si>
     <t>Se trata de un escribano bastante grande y voluminoso, con las alas relativamente cortas y la cola larga, que luce en la cabeza tres características listas oscuras. La cabeza, el cuello, la nuca y la parte superior del pecho son de color grisáceo, en tanto que el resto del cuerpo presenta tonos pardos o rojizos. Fuera de la estación reproductora, los machos se asemejan a las hembras y a los inmaduros, aunque en el periodo de cría su coloración se hace más brillante, con abundancia de tonos anaranjados en el pecho y en el vientre. El joven presenta un plumaje parduzco y fuertemente estriado en el pecho; la cabeza es marrón-ocre y no presenta bandas laterales.</t>
   </si>
   <si>
     <t>Erithacus rubecula (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Petirrojo europeo (Castellano), Frías (Castellano), Petirrojo (Castellano), Txantxangorria (Euskera), Pit-roig (Catalán), Paporrubio (Gallego), Robin (Inglés), European Robin (Inglés), Rougegorge (Francés)</t>
+    <t>Petirrojo europeo (Castellano), Frías (Castellano), Petirrojo (Castellano), Txantxangorria (Euskera), Pit-roig (Catalán), Paporrubio (Gallego), Robin (Inglés), European Robin (Inglés), Rougegorge (Francés)</t>
   </si>
   <si>
     <t>Pajarillo de constitución rechoncha, sobre todo en invierno, cuando ahueca sus plumas para generar una capa de aire caliente interior. Machos y hembras son idénticos en coloración. En su plumaje destaca la amplia mancha anaranjada que se extiende por la cara, la garganta y el pecho, la cual aparece bordeada por una irregular y sutil banda gris. El resto del plumaje resulta poco vistoso. Domina el color pardo verdoso en el dorso y las alas, y el blanco sucio en el vientre. Los jóvenes volantones, antes de la muda parcial a finales del verano, muestran un plumaje pardo, con casi todas sus plumas punteadas en su extremo con motas amarillentas. El petirrojo europeo se mueve habitualmente por el suelo en busca de insectos. Para cantar se posa en las ramas altas de los árboles, ya sea en invierno o durante la temporada de cría. Es muy agresivo, tanto con ejemplares de su misma especie como con el resto de las aves, no solo en la época reproductora, sino también durante la invernada. En este último periodo, las parejas se separan y defienden territorios individuales.</t>
   </si>
   <si>
     <t>Falco columbarius Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Esmerejón (Castellano), Belatz txikia (Euskera), Esmerla (Catalán), Falcón paxareiro (Gallego), Merlin (Inglés), Faucon émerillon (Francés)</t>
+    <t>Esmerejón (Castellano), Belatz txikia (Euskera), Esmerla (Catalán), Falcón paxareiro (Gallego), Merlin (Inglés), Faucon émerillon (Francés)</t>
   </si>
   <si>
     <t>El esmerejón es un ave compacta, de reducido tamaño —es el halcón más pequeño de Europa—, de alas cortas, anchas en la base y apuntadas hacia el extremo, con las que ejecuta un vuelo rápido y potente. El plumaje presenta un notable dimorfismo sexual, ya que los machos adultos poseen el dorso y el píleo de color gris azulado y las partes inferiores rojizas e intensamente moteadas. Las hembras, sin embargo, lucen una librea mucho menos contrastada, en la que dominan los tonos marrones y rojizos en el dorso y los blancos —notablemente manchados por estrías longitudinales— en las zonas ventrales. Los inmaduros se parecen a la hembra, con las plumas más irregularmente barradas que esta y con una tonalidad general algo menos grisácea.</t>
   </si>
   <si>
     <t>Ficedula hypoleuca (Pallas, 1764)</t>
   </si>
   <si>
-    <t>prueba_Papamoscas cerrojillo (Castellano), Euli-txori beltza (Euskera), Mastegatatxes (Catalán), Papamoscas negro (Gallego), European Pied Flycatcher (Inglés), Pied Flycatcher (Inglés), Gobemouche noir (Francés)</t>
+    <t>Papamoscas cerrojillo (Castellano), Euli-txori beltza (Euskera), Mastegatatxes (Catalán), Papamoscas negro (Gallego), European Pied Flycatcher (Inglés), Pied Flycatcher (Inglés), Gobemouche noir (Francés)</t>
   </si>
   <si>
     <t>Es un paseriforme de pequeño tamaño, cuerpo compacto, cabeza ancha y pico fino. Fuera de la época de reproducción no hay diferencias entre los sexos en lo que al plumaje se refiere, ya que ambos lo poseen de color pardo claro por el dorso y blanco ocre en las partes inferiores. Los ojos, las patas y el pico son negros. En primavera, los machos adquieren un plumaje nupcial negro o marrón muy oscuro en las partes superiores, con una llamativa mancha blanca en la frente y un extenso panel blanco en las alas. Las partes inferiores se aclaran hasta adquirir un color blanco puro. A menudo queda algún resto de plumaje pardo en la cabeza o en las coberteras del hombro. Los jóvenes recién salidos del nido, por su parte, presentan un plumaje, en general, muy moteado de marrón claro y pardo, con aspecto escamoso.</t>
   </si>
   <si>
     <t>Fringilla coelebs Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Pinzón vulgar (Castellano), Pimientera (Castellano), Txonta arrunta (Euskera), Pinsá comú (Catalán), Pimpín común (Gallego), Common Chaffinch (Inglés), Chaffinch (Inglés), Eurasian Chaffinch (Inglés), Pinson des arbres (Francés)</t>
+    <t>Pinzón vulgar (Castellano), Pimientera (Castellano), Txonta arrunta (Euskera), Pinsá comú (Catalán), Pimpín común (Gallego), Common Chaffinch (Inglés), Chaffinch (Inglés), Eurasian Chaffinch (Inglés), Pinson des arbres (Francés)</t>
   </si>
   <si>
     <t>Tiene el tamaño de un gorrión, del que se distingue bien por poseer —tanto los machos como las hembras— una llamativa mancha blanca en el hombro, la cual es muy visible en vuelo. Además, también al volar se aprecia otra banda blanca que cruza las alas en su parte media, así como otras dos bandas blancas más en las plumas externas de la cola. Muestra un claro dimorfismo sexual. Los machos se diferencian por sus tonalidades salmón en el vientre, el pecho y las mejillas; su píleo y nuca reflejan colores grises-azulados; además, en primavera exhiben una banda negra en la frente, justo encima de la mandíbula superior del pico —que es de base ancha y no muy largo—. Las hembras, por el contrario, presentan un plumaje dominado por tonos pardos apagados y comparten con los machos el obispillo verdoso. El pinzón vulgar se puede confundir con el pinzón real. Pero esta última especie, típicamente invernante, carece de bandas blancas y luce un visible obispillo blanco. En primavera, los pinzones vulgares son aves forestales. Los machos cantan en ramas altas de árboles o arbustos que limitan con claros del bosque o que forman parte de parques, bosques de ribera o linderos en paisajes agrarios. En cambio, en invierno se agrupan en grandes bandos y se mezclan con verderones comunes, verdecillos, verderones serranos, pardillos comunes, jilgueros, pinzones reales, etc. Buscan semillas en barbechos, cardonales, dehesas, pinares, prados de montaña, etc., y se concentran en carrizales u otras masas vegetales densas para dormir.</t>
   </si>
   <si>
     <t>Fulica atra Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Focha común (Castellano), Focha común (Castellano), Eurasian Coot (Inglés), Common Coot (Inglés), Coot (Inglés), European Coot (Inglés), Foulque macroule (Francés)</t>
+    <t>Focha común (Castellano), Focha común (Castellano), Eurasian Coot (Inglés), Common Coot (Inglés), Coot (Inglés), European Coot (Inglés), Foulque macroule (Francés)</t>
   </si>
   <si>
     <t>Este rálido robusto y de buen tamaño se caracteriza por presentar un plumaje prácticamente negro, a excepción de los flancos y las zonas inferiores, que adquieren un cierto tono grisáceo, y las puntas de las rémiges secundarias, que son blancas. El aspecto más llamativo de la anatomía de esta especie es la posesión de un escudete frontal blanco que se estrecha hacia la base del pico, también de color blanco. Fuera del agua es posible observar los peculiares dedos de la focha común, largos y festoneados por amplios lóbulos redondeados, diseñados para facilitar el avance del ave cuando nada. Los ejemplares jóvenes son bastante diferentes a los adultos, pues lucen una librea parduzca con matices grisáceos, que se aclara en la garganta y la cara; en ellos, el escudete es muy reducido y presenta una coloración ocrácea.</t>
   </si>
   <si>
     <t>Anexo II, Anexo III</t>
   </si>
   <si>
     <t>Galerida cristata (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cogujada común (Castellano), Coguta (Castellano), Kutturlio arrunta (Euskera), Cogullada vulgar (Catalán), Cotovia crastada (Gallego), Crested Lark (Inglés), Cochevis huppé (Francés)</t>
+    <t>Cogujada común (Castellano), Coguta (Castellano), Kutturlio arrunta (Euskera), Cogullada vulgar (Catalán), Cotovia crastada (Gallego), Crested Lark (Inglés), Cochevis huppé (Francés)</t>
   </si>
   <si>
     <t>Aláudido de mediano tamaño, de tonos pardos y rayado oscuro. En la cabeza destaca la presencia de una cresta, así como su diseño facial, con un estriado muy marcado. De aspecto regordete, posee cabeza grande, pico alargado, y cola corta y redondeada. En vuelo presenta alas anchas y cola corta, esta última de tono oscuro en el centro y ante en los bordes.</t>
   </si>
   <si>
     <t>Galerida theklae Brehm, AE, 1857</t>
   </si>
   <si>
-    <t>prueba_Cogujada montesina (Castellano), Kutturlio mokolaburra (Euskera), Cogullada fosca (Catalán), Cotovía montesa (Gallego), Thekla Lark (Inglés), Cochevis de Thékla (Francés)</t>
+    <t>Cogujada montesina (Castellano), Kutturlio mokolaburra (Euskera), Cogullada fosca (Catalán), Cotovía montesa (Gallego), Thekla Lark (Inglés), Cochevis de Thékla (Francés)</t>
   </si>
   <si>
     <t>Pájaro de mediano tamaño, muy similar a la cogujada común, de la que resulta difícil de distinguir. Con ella comparte su aspecto rechoncho y la presencia de una pequeña cresta. Se diferencia por su aspecto más estilizado y grisáceo, su pico y cresta algo más cortos, y, especialmente, por el moteado más marcado y nítido del pecho. En vuelo presenta el obispillo de tono pardo-anaranjado, que contrasta con el dorso y la parte inferior de las alas, blanquecinas en la cogujada montesina y ocres en la común. Suele posarse en arbustos y árboles, algo que raramente hace la cogujada común.</t>
   </si>
   <si>
     <t>Garrulus glandarius (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Arrendajo euroasiático (Castellano), Arrendajo (Castellano), Jay (Inglés), Eurasian Jay (Inglés)</t>
+    <t>Arrendajo euroasiático (Castellano), Arrendajo (Castellano), Jay (Inglés), Eurasian Jay (Inglés)</t>
   </si>
   <si>
     <t>Esta ave, de aspecto inconfundible, se aleja bastante de la imagen sombría de otros componentes de la familia de los córvidos, pues presenta un plumaje dominado por los tonos ocres, con ciertos tintes rosados y grisáceos, los cuales se tornan blanquecinos en la zona anal. En la cabeza —algo voluminosa y dotada de un fuerte pico— resultan muy característicos el píleo —eréctil, grisáceo y listado de negro— y una visible bigotera negra. Las alas lucen un llamativo diseño, con un panel de plumas de color azul turquesa —franjeado de negro y blanco— en el hombro, y otro blanco, muy conspicuo, sobre todo en vuelo. El obispillo también es blanco y llamativo cuando el ave despliega las alas, lo que contrasta fuertemente con la negra cola. No hay diferencias significativas entre sexos en lo referente al plumaje. Los jóvenes son semejantes en patrón a los adultos, aunque algo más parduzcos y con colores menos vivos en general.</t>
   </si>
   <si>
     <t>Gypaetus barbatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Quebrantahuesos (Castellano), Ugatza (Euskera), Trencalós (Catalán), Cascaosos (Gallego), Lammergeyer (Inglés), Bearded Vulture (Inglés), Gypaète barbu (Francés)</t>
+    <t>Quebrantahuesos (Castellano), Ugatza (Euskera), Trencalós (Catalán), Cascaosos (Gallego), Lammergeyer (Inglés), Bearded Vulture (Inglés), Gypaète barbu (Francés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial NT (Casi amenazado),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>El quebrantahuesos es un ave inconfundible y de gran tamaño, que puede sobrepasar los 2,80 metros de envergadura, lo que lo convierte en una de las rapaces más grandes de la fauna europea. Los ejemplares adultos se caracterizan por presentar las plumas de la cabeza de color blanquecino o ligeramente cremoso, formando una especie de corona desflecada en la zona de la nuca. En la cara del ave llama poderosamente la atención una banda oscura que, a modo de antifaz, arranca del ojo —de iris amarillo y con una conspicua esclerótica roja— y continúa hacia la base del pico, donde finalmente aparece rematada por una hirsuta barba. En ocasiones ostenta una mancha auricular negra y un collar de plumas del mismo color, que puede resultar muy evidente o, por el contrario, estar prácticamente ausente. Las regiones dorsales del adulto son de un intenso gris pizarroso, aunque finamente surcadas por líneas blancas, en tanto que las ventrales exhiben una coloración anaranjada de diferente intensidad según los ejemplares. Al parecer, dicha tonalidad se adquiere por tinción de las plumas con óxidos de hierro debido al contacto del ave con las rocas. Los individuos que acaban de abandonar el nido, por su parte, lucen una librea mucho más homogénea, dominada por los tonos pardos muy oscuros —particularmente en la cabeza—, tanto en el dorso como en las regiones ventrales, si bien estas últimas resultan algo más claras. A lo largo de sucesivas mudas, los jóvenes quebrantahuesos irán pasando por plumajes de transición hasta que alcancen la vistosa librea del adulto a la edad de ocho años. En vuelo, el quebrantahuesos (cuyo acertado nombre científico viene a significar “buitre-águila con barbas”) presenta una silueta muy longilínea, con las alas largas y relativamente estrechas (algo más anchas en los ejemplares juveniles) y una cola muy larga, en forma de cuña, que le permiten un vuelo extremadamente ágil y maniobrero, además de un perfecto control sobre las cambiantes condiciones atmosféricas de los ambientes donde vive.</t>
   </si>
   <si>
     <t>Gyps fulvus (Hablizl, 1783)</t>
   </si>
   <si>
-    <t>prueba_Buitre común (Castellano), Buitre leonado (Castellano), Sai arrea (Euskera), Voltor comú (Catalán), Voitre común (Gallego), Abutre leonado (Gallego), Griffon Vulture (Inglés), Eurasian Griffon (Inglés), Eurasian Griffon Vulture (Inglés), Vautour fauve (Francés)</t>
+    <t>Buitre común (Castellano), Buitre leonado (Castellano), Sai arrea (Euskera), Voltor comú (Catalán), Voitre común (Gallego), Abutre leonado (Gallego), Griffon Vulture (Inglés), Eurasian Griffon (Inglés), Eurasian Griffon Vulture (Inglés), Vautour fauve (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>El buitre leonado es una rapaz inmensa e inconfundible, dotada de excelentes adaptaciones para la detección y el consumo de carroñas de gran tamaño. Con más de 2,5 metros de envergadura y un peso de 6-9 kilos, este carroñero es una de las aves más voluminosas de Europa y también una de las más longevas. Apenas existe dimorfismo sexual —al margen de sutiles diferencias difícilmente apreciables en el campo— en cuanto a tamaño y diseño. Las aves adultas tienen una coloración general pardo-grisácea, con las regiones dorsales algo más pálidas, en contraste con las rémiges oscuras, mientras que las ventrales son de tonos marrones y pueden aparecer sutilmente listadas con un tono más claro. Los juveniles, por su parte, son de color marrón rojizo, más oscuro que en los adultos, y poseen un plumaje compuesto por plumas lanceoladas con finas estrías claras, que son renovadas progresivamente por otras de perfil redondeado. Visto de cerca, en el aspecto del buitre leonado llaman la atención varios detalles morfológicos en la cabeza y el cuello, como el poderoso pico, la característica gola de plumas y el largo y desplumado cuello, cubierto tan solo por un fino plumón, que se adapta perfectamente a la explotación del interior de los cadáveres. Es precisamente en esta zona anatómica de la rapaz donde se pueden apreciar con mayor facilidad las diferentes edades de las aves. Así, los buitres adultos tienen el pico de color hueso, la gola blanca y algodonosa, el plumón de la cabeza claro y el iris de color amarillento o ambarino, mientras que los ejemplares juveniles lucen una gola muy patente y desflecada, compuesta por largas plumas lanceoladas de color rojizo, y tienen el iris y el pico negros. A medida que transcurren los años, los buitres leonados van pasando por diferentes plumajes intermedios —que también afectan a los caracteres antes descritos—, en los que, progresivamente, adquieren la librea del adulto, cosa que sucede cuando cuentan con siete u ocho años. Visto en vuelo, el buitre leonado —que se remonta con las alas ligeramente en “V”— ofrece una silueta inconfundible, con las alas largas y anchas y una reducida cola. También en estos momentos se pueden diferenciar las edades de las aves, ya que los adultos tienen, comparativamente, la cola más corta que los juveniles y el borde posterior del ala más recto, mientras que estos lo presentan aserrado.</t>
   </si>
   <si>
     <t>Hieraaetus pennatus (Gmelin, JF, 1788)</t>
   </si>
   <si>
-    <t>prueba_Aguililla calzada (Castellano), Águila calzada (Castellano), Arrano txikia (Euskera), Águila calçada (Catalán), Aguia calzada (Gallego), Booted Eagle (Inglés), Aigle botté (Francés)</t>
+    <t>Aguililla calzada (Castellano), Águila calzada (Castellano), Arrano txikia (Euskera), Águila calçada (Catalán), Aguia calzada (Gallego), Booted Eagle (Inglés), Aigle botté (Francés)</t>
   </si>
   <si>
     <t>Es una rapaz de tamaño medio, formas estilizadas, alas largas y estrechas, tarsos completamente emplumados y vuelo ágil, que se caracteriza por presentar dos plumajes completamente diferentes: uno claro —mucho más frecuente— y otro oscuro, además de coloraciones intermedias entre ambos. Esta característica nada tiene que ver con el sexo o la edad del ave. Los ejemplares con plumaje claro lucen una tonalidad casi blanca en las partes ventrales —aunque la zona de la garganta y el pecho aparece variablemente listada—, a excepción de las rémiges, que son casi negras, y la cola, de tonalidad grisácea. En el plumaje oscuro dominan los tonos acastañados de diferente intensidad en las regiones ventrales, lo que, dado el tamaño del ave, puede llevar a confundirla —sobre todo si las condiciones de observación no son óptimas— con rapaces de coloración y porte parecidos, como el milano negro o la hembra de aguilucho lagunero. El plumaje intermedio es similar al pálido, pero rojizo o parduzco, en lugar de blanquecino. Dorsalmente, todas las fases de color son idénticas, con el obispillo pálido, llamativas plumas escapulares de color blanco y un característico diseño de plumas doradas, parduzcas y marrones. El joven, por su parte, presenta las coberteras alares —sobre todo, las grandes— con bordes pálidos, en tanto que el pecho y la garganta aparecen más listados que en los adultos. En vuelo, las alas y la cola revelan un fino borde posterior pálido. En las regiones dorsales, las coberteras alares dibujan un panel longitudinal de color muy claro, más evidente que en el adulto. Otro carácter distintivo de la edad es que los inmaduros tienen las alas más estrechas que el adulto.</t>
   </si>
   <si>
     <t>Aquila pennata</t>
   </si>
   <si>
     <t>Himantopus himantopus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cigüeñuela común (Castellano), Cigüeñuela (Castellano), Cigueñela común (Castellano), Zankaluzea (Euskera), Cames llargues (Catalán), Pernalonga (Gallego), Black-winged Stilt (Inglés)</t>
+    <t>Cigüeñuela común (Castellano), Cigüeñuela (Castellano), Cigueñela común (Castellano), Zankaluzea (Euskera), Cames llargues (Catalán), Pernalonga (Gallego), Black-winged Stilt (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>Se trata de un ave limícola de aspecto peculiar e inconfundible, que se caracteriza, sobre todo, por poseer unas larguísimas patas de color rojo y un pico largo, fino y agudo. Las regiones dorsales son oscuras, de un negro irisado en los machos adultos y parduzco en las hembras; el cuello y el píleo lucen una cantidad variable de negro, dependiendo del individuo, mientras que el resto del cuerpo de estas estilizadas aves es completamente blanco. Los jóvenes presentan las partes superiores de color marrón jaspeado y las inferiores blancas. En vuelo, la cigüeñuela resulta también inconfundible, ya que su modo de estirar las patas y el cuello le confiere un aspecto extrañamente alargado.</t>
   </si>
   <si>
     <t>Hippolais polyglotta (Vieillot, 1817)</t>
   </si>
   <si>
-    <t>prueba_Zarcero políglota (Castellano), Zarcero común (Castellano), Sasi-txori arrunta (Euskera), Bosqueta vulgar (Catalán), Folosa amarela (Gallego), Melodious Warbler (Inglés), Hypolaïs polyglotte (Francés)</t>
+    <t>Zarcero políglota (Castellano), Zarcero común (Castellano), Sasi-txori arrunta (Euskera), Bosqueta vulgar (Catalán), Folosa amarela (Gallego), Melodious Warbler (Inglés), Hypolaïs polyglotte (Francés)</t>
   </si>
   <si>
     <t>Se trata de un pájaro de tamaño pequeño y tonos generales amarillo-verdosos. Presenta el dorso de color verde grisáceo y la zona ventral amarillenta (más pálida en los jóvenes). Es muy similar al raro zarcero icterino, del que resulta difícil de distinguir en el campo. Algunos ejemplares muy pálidos o con el plumaje muy desgastado pueden generar también confusión con otras especies, como el zarcero pálido o la curruca mosquitera. Ambos sexos son similares.</t>
   </si>
   <si>
     <t>Hirundo rustica Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Golondrina común (Castellano), Andorina (Castellano), Golondrina (Castellano), Enara arrunta (Euskera), Oreneta vulgar (Catalán), Anduriña común (Gallego), Barn Swallow (Inglés), Swallow (Inglés), European Swallow (Inglés), Hirondelle de cheminée (Francés)</t>
+    <t>Golondrina común (Castellano), Andorina (Castellano), Golondrina (Castellano), Enara arrunta (Euskera), Oreneta vulgar (Catalán), Anduriña común (Gallego), Barn Swallow (Inglés), Swallow (Inglés), European Swallow (Inglés), Hirondelle de cheminée (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Ave delicada, grácil y aerodinámica, de color negro, con reflejos azules metálicos por arriba y blancos crema en las partes inferiores. Tiene la frente y la garganta rojas y un collar negro. Las alas, largas y apuntadas, muestran tonos blancos en la parte inferior delantera. Su cola, muy larga y ahorquillada, es de color negro, con pequeños óvalos blancos cuando la extiende. Posee patas cortas sin emplumar, boca muy ancha, y pico corto, plano y negro. Presenta variación latitudinal en el tamaño corporal y en la longitud de la cola, que son menores hacia el sur. Aunque ambos sexos se parecen, la hembra es menos brillante, más blanca por abajo y con la cola más corta. Los jóvenes lucen tonos negros mate, tienen la frente y la garganta naranjas y una cola mucho más corta. De vuelo ágil, rápido y acrobático, la golondrina común ocupa en el espacio aéreo las capas bajas, por debajo de aviones y vencejos.</t>
   </si>
   <si>
     <t>Ixobrychus minutus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Avetorillo (Castellano), Avetorillo común (Castellano), Avetorillo común (Castellano), Amiltxori txikia (Euskera), Martinet menut (Catalán), Garza pequena (Gallego), Little Bittern (Inglés), Common Little Bittern (Inglés)</t>
+    <t>Avetorillo (Castellano), Avetorillo común (Castellano), Avetorillo común (Castellano), Amiltxori txikia (Euskera), Martinet menut (Catalán), Garza pequena (Gallego), Little Bittern (Inglés), Common Little Bittern (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>El pequeño y discreto avetorillo, inconfundible por su tamaño, es la garza más pequeña de la fauna europea. La especie presenta cierto dimorfismo sexual: el macho adulto luce los flancos de color crema, el dorso negro, las partes inferiores y el cuello de tonos rosados, las mejillas grisáceas y el píleo y la nuca también negros; la hembra adulta es similar, pero menos contrastada y de tonalidad, en conjunto, más parduzca. Los jóvenes, de un tono general pardo-grisáceo, poseen un diseño similar al de la hembra, aunque con los flancos y el píleo muy desdibujados.</t>
   </si>
   <si>
     <t>Jynx torquilla Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Torcecuello (Castellano), Torcecuello euroasiático (Castellano), Lepitzulia (Euskera), Colltort (Catalán), Peto formigueiro (Gallego), Wryneck (Inglés), European Wryneck (Inglés), Eurasian Wryneck (Inglés), Torcol (Francés)</t>
+    <t>Torcecuello (Castellano), Torcecuello euroasiático (Castellano), Lepitzulia (Euskera), Colltort (Catalán), Peto formigueiro (Gallego), Wryneck (Inglés), European Wryneck (Inglés), Eurasian Wryneck (Inglés), Torcol (Francés)</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Este pícido de pequeño tamaño posee un aspecto característico y notables singularidades morfológicas que lo diferencian de los restantes componentes de la familia, dentro de la cual constituye una subfamilia independiente. En contraposición a los contrastados coloridos de otros pájaros carpinteros, el torcecuello luce una librea muy críptica, de color pardo grisáceo y profusamente manchada de punteados y barrados, que recuerda inmediatamente a la de los chotacabras o las rapaces nocturnas. La especie no presenta apenas dimorfismo sexual y su aspecto general resulta bastante diferente del de otros pícidos, pues recuerda en ocasiones al de un paseriforme, ya que suele deambular a saltos por el suelo, prefiere posarse en ramas horizontales (en lugar de hacerlo por los troncos) y carece de algunas de las características propias del grupo, como las rígidas rectrices (sustituidas en su caso por largas plumas blandas) y el fornido pico para perforar la madera, algo que el torcecuello jamás intenta.</t>
   </si>
   <si>
     <t>Lanius collurio Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Alcaudón dorsirrojo (Castellano), Antzandobi arrunta (Euskera), Escorxador (Catalán), Picanzo vermello (Gallego), Red-backed Shrike (Inglés), Pie-grièche écorcheur (Francés)</t>
+    <t>Alcaudón dorsirrojo (Castellano), Antzandobi arrunta (Euskera), Escorxador (Catalán), Picanzo vermello (Gallego), Red-backed Shrike (Inglés), Pie-grièche écorcheur (Francés)</t>
   </si>
   <si>
     <t>Como el resto de los alcaudones, se distingue de otros pájaros por su voluminosa cabeza con antifaz, su larga cola y un pico con el extremo sutilmente ganchudo. El macho tiene la cabeza de color gris ceniza y las alas, el dorso y el obispillo de color pardo castaño. Las hembras son muy similares, aunque con la cabeza teñida de colores ocres y el pecho finamente barreado de marcas pardas. Los jóvenes son pardos, con el antifaz débilmente marcado y el pecho notablemente barreado. Se parecen mucho a los juveniles de alcaudón común, aunque los alcaudones dorsirrojos poseen varios rasgos diferenciales. Entre los más fácilmente apreciables destacan su obispillo pardo rojizo y la ausencia de una distintiva mancha blanca en la base de las plumas del ala.</t>
   </si>
   <si>
     <t>Larus audouinii Payraudeau, 1826</t>
   </si>
   <si>
-    <t>prueba_Gaviota de Audouin (Castellano), Audouin kaioa (Euskera), Gavina corsa (Catalán), Gaivota de Audouin (Gallego), Audouin's Gull (Inglés), Goéland d'Audouin (Francés)</t>
+    <t>Gaviota de Audouin (Castellano), Audouin kaioa (Euskera), Gavina corsa (Catalán), Gaivota de Audouin (Gallego), Audouin's Gull (Inglés), Goéland d'Audouin (Francés)</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Se trata de una gaviota de tamaño relativamente grande y forma estilizada, cuyos adultos en plumaje nupcial presentan las zonas dorsales de color gris claro, en tanto que las ventrales, la cabeza y el cuello, son completamente blancos. El pico, de colores rojo, negro y amarillo, resulta en conjunto bastante oscuro y constituye un carácter claramente distintivo respecto a otras gaviotas. Las patas son oliváceas y el anillo ocular rojo. En vuelo pueden observarse los extremos negros de las primarias, que resaltan vivamente sobre el resto, muy claro. No existen diferencias significativas en el plumaje de los adultos durante el periodo invernal en comparación con el estival. En los jóvenes, que tardan cuatro años en adquirir la librea definitiva, predominan los tonos parduzcos muy manchados.</t>
   </si>
   <si>
     <t>Ichthyaetus audouinii (Payraudeau, 1826)</t>
   </si>
   <si>
     <t>Larus fuscus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Gaviota sombría (Castellano), Gaviota sombría (Castellano), Kaio iluna (Euskera), Lesser Black-backed Gull (Inglés), Goéland brun (Francés)</t>
+    <t>Gaviota sombría (Castellano), Gaviota sombría (Castellano), Kaio iluna (Euskera), Lesser Black-backed Gull (Inglés), Goéland brun (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Inglés, Francés</t>
   </si>
   <si>
     <t>Es una gaviota de tamaño grande y de dorso muy oscuro, en mayor o menor medida según la subespecie. Las hembras y los machos son idénticos en apariencia, aunque con pequeñas diferencias de tamaño entre ambos sexos, ya que el macho es algo mayor. El plumaje definitivo de estas aves es completamente blanco en las regiones ventrales y de un intenso color gris en las dorsales, en tanto que las patas y el pico resultan de un vivo color amarillo, al igual que el iris, que luce un anillo ocular rojo. Los ejemplares jóvenes, en cambio, presentan una librea dominada por los tonos marrones y blanco sucio, con abundantes motas y estrías; el pico es negro y las patas rosadas. Realizan tres mudas en sucesivos veranos, hasta alcanzar en su cuarto año de vida un plumaje prácticamente idéntico al del adulto, con ligeras diferencias que desaparecerán tras la muda del año siguiente.</t>
   </si>
   <si>
     <t>Larus marinus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Gavión (Castellano), Gavión atlántico (Castellano), Kaio beltza (Euskera), Gavinot (Catalán), Gaivoton (Gallego), Great Black-backed Gull (Inglés), Greater Black-backed Gull (Inglés), Goéland marin (Francés)</t>
+    <t>Gavión (Castellano), Gavión atlántico (Castellano), Kaio beltza (Euskera), Gavinot (Catalán), Gaivoton (Gallego), Great Black-backed Gull (Inglés), Greater Black-backed Gull (Inglés), Goéland marin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Es la gaviota de mayor tamaño y de dorso más oscuro, prácticamente negro. Tiene las patas rosadas, diferentes a las de la gaviota sombría, de color amarillo. Realiza tres mudas en veranos sucesivos, hasta que en su cuarto año de vida adquiere su plumaje definitivo, tipo adulto; no obstante, algunos ejemplares aún pueden retener algún carácter inmaduro a esa edad.</t>
   </si>
   <si>
     <t>Limosa lapponica (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Aguja colipinta (Castellano), Kuliska gorria (Euskera), Tètol cuabarrat (Catalán), Agulla colipinta (Gallego), Bar-tailed Godwit (Inglés), Barge rousse (Francés)</t>
+    <t>Aguja colipinta (Castellano), Kuliska gorria (Euskera), Tètol cuabarrat (Catalán), Agulla colipinta (Gallego), Bar-tailed Godwit (Inglés), Barge rousse (Francés)</t>
   </si>
   <si>
     <t>La aguja colipinta es una limícola de buen tamaño, de aspecto muy semejante al de su pariente la aguja colinegra, de la que se diferencia, además de por algunas características del plumaje, por la menor longitud de sus patas y por el tamaño y forma del pico, que —dentro de su notable longitud— es más corto y ligeramente curvado hacia arriba. El macho tiene el pico oscuro durante el periodo reproductor y presenta la cabeza, el cuello, el pecho y las regiones inferiores de color castaño rojizo, mientras que las plumas de la región dorsal son oscuras con rebordes claros. En el plumaje nupcial de la hembra, en cambio, apenas se da el castaño rojizo, pues en su librea domina el color ante levemente anaranjado, que se torna blanco en la zona ventral. El pico es algo más largo que el del macho y su base, ligeramente naranja. El adulto no reproductor presenta un tono general grisáceo, aunque las plumas de las partes superiores tienen un borde claro muy definido, lo que le confiere un aspecto más escamoso que el de la aguja colinegra. Los ejemplares juveniles, por su parte, se asemejan bastante a las hembras en plumaje nupcial, aunque con tonos más apagados.</t>
   </si>
   <si>
     <t>Anexo I, Anexo II</t>
   </si>
   <si>
     <t>Linaria cannabina (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pardillo común (Castellano), Common Linnet (Inglés), Eurasian Linnet (Inglés), Linnet (Inglés), Martin triste (Francés)</t>
+    <t>Pardillo común (Castellano), Common Linnet (Inglés), Eurasian Linnet (Inglés), Linnet (Inglés), Martin triste (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>El pardillo es un pájaro estilizado, delgado, de pico corto y con cola larga y escotada. Su plumaje tiene color pardo en el dorso y ocre muy pálido en los flancos y el vientre. Presenta pintas alargadas o estrías, mucho más abundantes y visibles en las hembras. Además, los machos resultan inconfundibles en primavera, pues lucen un llamativo color carmín en la frente y el pecho. En vuelo, ambos sexos y los jóvenes del año muestran una débil pero perceptible mancha blanca, que destaca sobre el color negruzco de sus alas. Asimismo, el par de plumas externo de la cola es de color blanco. Tanto las hembras como los jóvenes del año, por su plumaje poco llamativo, se pueden confundir con bisbitas pratenses o con hembras y jóvenes de escribanos. No obstante, los bisbitas tienen un pico fino y largo y —más importante— “caminan”, mientras que los pardillos, como el resto de los fringílidos, “saltan” cuando se desplazan por el suelo. A su vez, la costumbre de los pardillos de buscar el alimento en el suelo los diferencia de los escribanos, a los que se observa habitualmente posados en ramas de arbustos. Los escribanos, son, además, de talla mayor y menos gregarios que los pardillos. Fuera de la época reproductora, el pardillo común se mueve en grandes bandos, que muchas veces son mixtos, pues se mezcla con otros fringílidos, como verdecillos, jilgueros, verderones comunes, lúganos, etc.</t>
   </si>
   <si>
     <t>Carduelis cannabina Linnaeus, 1758</t>
   </si>
   <si>
     <t>Lophophanes cristatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Herrerillo capuchino (Castellano), Amilotx mottoduna (Euskera), Mallerenga emplomallada (Catalán), Ferreiriño cristado (Gallego), European Crested Tit (Inglés), Crested Tit (Inglés)</t>
+    <t>Herrerillo capuchino (Castellano), Amilotx mottoduna (Euskera), Mallerenga emplomallada (Catalán), Ferreiriño cristado (Gallego), European Crested Tit (Inglés), Crested Tit (Inglés)</t>
   </si>
   <si>
     <t>Pequeño pajarillo de apariencia inconfundible, gracias sobre todo a su característica cresta triangular y apuntada, de plumas blancas y negras y que despliega habitualmente. Su cara es también un juego de bandas negras y blancas: presenta una conspicua corbata negra que se prolonga a modo de collar; además tiene una línea ocular negra, y otra que recorre la mejilla, siempre sobre fondo claro o blanco. Por el contrario, el dorso, las alas y la cola son de color pardo oscuro, que contrasta con los flancos, el pecho y el vientre, de un tono gris-canela muy apagado. Al igual que los carboneros garrapinos u otros páridos, habita en bosques de coníferas (pinos, abetos, etc.). Pero también se localiza en formaciones de frondosas —caducifolias y perennes— y se observa en áreas ajardinadas. No es un ave especialmente gregaria, pero en otoño e invierno puede constituir pequeños grupos de 2-10 individuos, que exploran conjuntamente tanto el suelo como, sobre todo, la corteza, las ramas y las hojas de los árboles. Con frecuencia se mezcla con otros páridos, con agateadores y con reyezuelos, conformando ruidosos bandos mixtos.</t>
   </si>
   <si>
     <t>Parus cristatus Linnaeus,1758</t>
   </si>
   <si>
     <t>Loxia curvirostra Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Piquituerto común (Castellano), Piquituerto (Castellano), Mokokerra (Euskera), Trencapinyes comú (Catalán), Cruzabico común (Gallego), Red Crossbill (Inglés), Crossbill (Inglés), Common Crossbill (Inglés)</t>
+    <t>Piquituerto común (Castellano), Piquituerto (Castellano), Mokokerra (Euskera), Trencapinyes comú (Catalán), Cruzabico común (Gallego), Red Crossbill (Inglés), Crossbill (Inglés), Common Crossbill (Inglés)</t>
   </si>
   <si>
     <t>Ave similar en tamaño al gorrión, pero más corpulenta y de cabeza grande, que hace que parezca que no tiene cuello. Los machos adultos muestran una coloración rojiza, mientras que las hembras lucen un plumaje verdoso. Los jóvenes volantones tienen colores muy apagados, con estrías bastante marcadas en el pecho y los flancos; solamente el obispillo es algo verdoso. Tras renovar el plumaje pocos meses después de nacer, los jóvenes machos adquieren una tonalidad rojiza que no resulta tan vistosa como en los adultos. Paralelamente, las hembras jóvenes pierden las estrías y adoptan un plumaje verdoso más uniforme. El piquituerto común frecuenta las ramas externas y más altas de los pinos en busca de piñones. Aparece posado o realizando pequeños vuelos acrobáticos, siendo incluso capaz de colgarse de una piña sujeto solamente por el pico.</t>
   </si>
   <si>
     <t>Lullula arborea (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Alondra totovía (Castellano), Totovía (Castellano), Pirripioa (Euskera), Cotoliu (Catalán), Cotovía pequena (Gallego), Wood Lark (Inglés), Woodlark (Inglés)</t>
+    <t>Alondra totovía (Castellano), Totovía (Castellano), Pirripioa (Euskera), Cotoliu (Catalán), Cotovía pequena (Gallego), Wood Lark (Inglés), Woodlark (Inglés)</t>
   </si>
   <si>
     <t>Presenta un aspecto similar al de otros aláudidos, con una coloración de tonos pardos crípticos. De complexión rechoncha, tiene moño pequeño, cola corta y oscura, y rectrices externas blancas. Su diseño facial es muy contrastado, y posee una característica mancha blanquinegra en el borde anterior del ala. Exhibe un vuelo rápido de fuertes batidos, con pronunciadas ascensiones y descensos.</t>
   </si>
   <si>
     <t>Luscinia megarhynchos Brehm, CL, 1831</t>
   </si>
   <si>
-    <t>prueba_Ruiseñor común (Castellano), Urretxindorra (Euskera), Rossinyol (Catalán), Rousinol común (Gallego), Nightingale (Inglés), Common Nightingale (Inglés), Rossignol philomèle (Francés)</t>
+    <t>Ruiseñor común (Castellano), Urretxindorra (Euskera), Rossinyol (Catalán), Rousinol común (Gallego), Nightingale (Inglés), Common Nightingale (Inglés), Rossignol philomèle (Francés)</t>
   </si>
   <si>
     <t>Ave estilizada, de pico fino y cola larga. Hembras y machos son iguales. Su manto y sus alas presentan un color pardo ocráceo uniforme, excepto en la cola, que posee un distintivo tono pardo rojizo. Las partes inferiores, mucho más claras, tienen color blanco crema. Este pájaro, muy escondidizo, rara vez abandona la protección de la espesura de la vegetación, pero resulta muy fácil de detectar por su inconfundible canto, muy sonoro, emitido incansablemente durante el día y la noche. Los jóvenes volantones, previamente a la muda parcial de su plumaje que tiene lugar antes de que comience la migración, exhiben un plumaje pardo que muestra plumas manchadas en su extremo con motas amarillentas. Los adultos se pueden confundir con carriceros comunes y ruiseñores bastardos, con los que a veces conviven en malezas ribereñas. Sin embargo, los carriceros presentan un tono ocre más pálido y amarillento, y carecen de la cola rojiza que luce el ruiseñor común. Lo mismo sucede con el ruiseñor bastardo, que además tiene una conspicua línea blanca sobre el ojo y posee unas alas y una cola cortas y redondeadas.</t>
   </si>
   <si>
     <t>Mareca strepera (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Ánade friso (Castellano), Anade friso (Castellano), Ánade friso (Castellano), Gadwall (Inglés), Canard chipeau (Francés)</t>
+    <t>Ánade friso (Castellano), Anade friso (Castellano), Ánade friso (Castellano), Gadwall (Inglés), Canard chipeau (Francés)</t>
   </si>
   <si>
     <t>De tamaño algo menor que el azulón, el ánade friso resulta un ave esbelta, de plumaje bastante apagado y uniforme —que en los machos presenta durante el periodo nupcial tonos grises finamente vermiculados—, con la popa negra y el espejuelo blanco, particularmente visible y principal rasgo distintivo de la especie. La hembra es parduzca, mientras que en la coloración de los jóvenes, aunque parecida a la de la hembra, resaltan unos tintes más rojizos. En vuelo, destacan el espejuelo blanco y unas manchas castañas en la parte superior de las alas.</t>
   </si>
   <si>
     <t>Anas strepera Linnaeus, 1758</t>
   </si>
   <si>
     <t>Merops apiaster Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Abejaruco común (Castellano), Abejaruco europeo (Castellano), Abejaruco (Castellano), Erlatxoria (Euskera), Abellerol (Catalán), Abellaruco común (Gallego), Bee-eater (Inglés), European Bee-eater (Inglés), Guêpier d'Europe (Francés)</t>
+    <t>Abejaruco común (Castellano), Abejaruco europeo (Castellano), Abejaruco (Castellano), Erlatxoria (Euskera), Abellerol (Catalán), Abellaruco común (Gallego), Bee-eater (Inglés), European Bee-eater (Inglés), Guêpier d'Europe (Francés)</t>
   </si>
   <si>
     <t>Esta ave, del tamaño de un zorzal común, se distingue por su llamativa combinación de colores. Presenta un pico largo y curvado, con una cola también larga, especialmente las dos plumas centrales, que le proporcionan un aspecto estilizado. Su coloración resulta muy vistosa, con partes dorsales rojizas, amarillas y verdosas, y zonas inferiores verdosas y azuladas. Además destaca su garganta amarilla, delimitada por una línea inferior y un antifaz negro. El iris es de color rojo sangre. Apenas existen diferencias entre ambos sexos. Los machos lucen un color castaño más oscuro y brillante en las zonas dorsales, mientras que las hembras poseen tonalidades más verdosas en las alas y en el obispillo. Los jóvenes son de colorido más apagado y tonos más verdosos, con el iris marrón y con la línea negra de la garganta poco definida o ausente.</t>
   </si>
   <si>
     <t>Milvus migrans (Boddaert, 1783)</t>
   </si>
   <si>
-    <t>prueba_Milano negro (Castellano), Miru beltza (Euskera), Milà negre (Catalán), Miñato negro (Gallego), Black Kite (Inglés)</t>
+    <t>Milano negro (Castellano), Miru beltza (Euskera), Milà negre (Catalán), Miñato negro (Gallego), Black Kite (Inglés)</t>
   </si>
   <si>
     <t>Esta rapaz de mediano tamaño y coloración general bastante oscura se caracteriza por poseer unas alas más bien largas, así como una larga cola ahorquillada, si bien bastante menos que la de su cercano pariente, el milano real, que ofrece un aspecto más estilizado y es de mayor tamaño. El adulto luce una coloración considerablemente oscura en conjunto, aunque con la cabeza de color grisáceo y finamente listada; las partes inferiores se muestran algo rojizas y aparecen surcadas longitudinalmente por motas alargadas, en tanto que las coberteras alares presentan bordes bastante claros, por lo que definen un característico dibujo dorsal. La cola es marrón-grisácea con abundante barrado. El plumaje del joven es más claro y ostenta un patente moteado pálido en las regiones ventrales, mientras que en las dorsales las coberteras aparecen orladas de color crema, lo que le otorga un aspecto escamoso. La cola no es tan ahorquillada como en el adulto (a veces incluso carece de escotadura), en tanto que las alas, en su parte inferior, muestran dos grandes parches más claros que el resto, aunque no demasiado evidentes. En vuelo, el milano negro es un ave ágil que muestra una extraordinaria capacidad para maniobrar en el aire, aunque no resulta tan elegante como el milano real.</t>
   </si>
   <si>
     <t>Monticola solitarius (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Roquero solitario (Castellano), Harkaitz-zozo urdina (Euskera), Merla blava (Catalán), Merlo azul (Gallego), Blue Rock Thrush (Inglés), Blue Rock-thrush (Inglés), Merle bleu (Francés)</t>
+    <t>Roquero solitario (Castellano), Harkaitz-zozo urdina (Euskera), Merla blava (Catalán), Merlo azul (Gallego), Blue Rock Thrush (Inglés), Blue Rock-thrush (Inglés), Merle bleu (Francés)</t>
   </si>
   <si>
     <t>Los roqueros solitarios se reconocen con facilidad. El macho posee un plumaje azul oscuro muy característico. La hembra tiene una librea gris o gris-parda, y en las partes inferiores presenta un suave jaspeado con motas blancas. Se pueden confundir con los mirlos, pero estos son más grandes y corpulentos, y los roqueros mucho más estilizados y colilargos; además, a diferencia de aquellos, suelen habitar en zonas rocosas.</t>
   </si>
   <si>
     <t>Motacilla alba Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Aguzanieves (Castellano), Lavandera blanca (Castellano), Corricandela (Castellano), Buztanikara zuria (Euskera), Cuereta blanca (Catalán), Lavandeira branca (Gallego), White Wagtail (Inglés), Pied Wagtail and White Wagtail (Inglés), Bergeronnette grise (Francés)</t>
+    <t>Aguzanieves (Castellano), Lavandera blanca (Castellano), Corricandela (Castellano), Buztanikara zuria (Euskera), Cuereta blanca (Catalán), Lavandeira branca (Gallego), White Wagtail (Inglés), Pied Wagtail and White Wagtail (Inglés), Bergeronnette grise (Francés)</t>
   </si>
   <si>
     <t>Pájaro estilizado de aspecto muy distintivo, con larga cola y tonos blancos, negros y grises. Exhibe dorso gris ceniza, vientre blanco, y alas negras y con bandas blancas cuando están plegadas. Posee cola larga y negra, con plumas externas blancas, y patas y pico negros. El patrón de la cabeza resulta muy contrastado, con la cara blanca rodeada arriba y abajo de negro. Luce un plumaje invernal similar, aunque el color negro en la cabeza está más reducido, y muestra garganta blanca y banda pectoral negra. La lavandera enlutada (M. a. yarrelli), de origen británico, presenta tonos negros en dorso y flancos. Ambos sexos son parecidos, pero la hembra tiene la nuca gris. Los jóvenes resultan más uniformes, sin negro en la cabeza y con banda pectoral grisácea. Un hábito destacado de esta ave es el continuo balanceo de la cola. En invierno se vuelve muy gregaria y se reúne en dormideros.</t>
   </si>
   <si>
     <t>Motacilla cinerea Tunstall, 1771</t>
   </si>
   <si>
-    <t>prueba_Lavandera cascadeña (Castellano), Buztanikara horia (Euskera), Cuereta torrentera (Catalán), Lavandeira real (Gallego), Gray Wagtail (Inglés), Grey Wagtail (Inglés), Bergeronnette des ruisseaux (Francés)</t>
+    <t>Lavandera cascadeña (Castellano), Buztanikara horia (Euskera), Cuereta torrentera (Catalán), Lavandeira real (Gallego), Gray Wagtail (Inglés), Grey Wagtail (Inglés), Bergeronnette des ruisseaux (Francés)</t>
   </si>
   <si>
     <t>Pájaro muy estilizado y distintivo, de larga cola y con tonos grises y amarillos. Exhibe dorso gris ceniza, alas plegadas negras y sin bandas blancas, y partes inferiores y obispillo amarillos. Posee cola muy larga y negra, con plumas externas blancas, y patas y pico negros. La cabeza es gris, con garganta y babero negros, y con dos marcadas líneas blancas en ceja y bigotera. Luce un plumaje invernal similar, aunque con la garganta blanca, así como parte de las zonas inferiores. La subespecie canaria, canariensis, muestra tonos amarillos más intensos, a veces casi anaranjados, en la región ventral. Ambos sexos son parecidos, pero la hembra nunca tiene la garganta negra y es menos amarilla por abajo. Los jóvenes recuerdan a una hembra en plumaje invernal, aunque con tonos más suaves. Dos hábitos destacados de esta ave son el continuo balanceo de la cola y su casi siempre cercana presencia a los cursos de agua.</t>
   </si>
   <si>
     <t>Motacilla flava Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Lavandera boyera (Castellano), Larre-buztanikara (Euskera), Cuereta groga (Catalán), Lavandeira amarela (Gallego), Western Yellow Wagtail (Inglés), Yellow Wagtail (Inglés), Bergeronnette printanière (Francés)</t>
+    <t>Lavandera boyera (Castellano), Larre-buztanikara (Euskera), Cuereta groga (Catalán), Lavandeira amarela (Gallego), Western Yellow Wagtail (Inglés), Yellow Wagtail (Inglés), Bergeronnette printanière (Francés)</t>
   </si>
   <si>
     <t>Se trata de la más compacta, verdosa y colicorta de las lavanderas españolas. Exhibe dorso y obispillo de color verde oliva, alas plegadas con plumas negras orladas en blanco, y partes inferiores muy amarillas. Posee cola larga y negra, con plumas externas blancas, y patas y pico negros. La cabeza es gris azulada, con garganta y ceja blancas, y regiones ocular y auricular oscuras. Todo lo anterior se refiere al macho nupcial de la subespecie iberiae. Los machos de otras razas se diferencian por las siguientes características: flava tiene garganta amarilla y zona auricular más clara; flavissima luce ceja amarilla y cabeza verdosa; cinereocapilla presenta ceja muy reducida o ausente; thunbergi muestra garganta amarilla y cabeza gris pizarra sin ceja; y feldegg es como la anterior, pero con la cabeza negra. Ambos sexos son parecidos, pero la hembra está menos coloreada, con la cabeza gris verdosa y las partes inferiores de color amarillo tenue. Pese a que existen leves diferencias entre las hembras de cada subespecie, su separación resulta muy difícil. Los jóvenes son similares a las hembras, aunque más verdosos. En plumaje otoñal, los machos de todas las subespecies parecen hembras en plumaje nupcial, siendo difícil la identificación racial. A su vez, las hembras se vuelven parduzcas en otoño y exhiben un collar incompleto en el pecho. Un hábito destacado de esta ave es su asociación con el ganado, sobre todo vacuno.</t>
   </si>
   <si>
     <t>Muscicapa striata (Pallas, 1764)</t>
   </si>
   <si>
-    <t>prueba_Papamoscas gris (Castellano), Euli-txori grisa (Euskera), Papamosques gris (Catalán), Papamoscas cincento (Gallego), Spotted Flycatcher (Inglés), Gobemouche gris (Francés)</t>
+    <t>Papamoscas gris (Castellano), Euli-txori grisa (Euskera), Papamosques gris (Catalán), Papamoscas cincento (Gallego), Spotted Flycatcher (Inglés), Gobemouche gris (Francés)</t>
   </si>
   <si>
     <t>Algo más grande que el papamoscas cerrojillo, el gris posee cabeza voluminosa y pico fino, de insectívoro típico. La coloración de los adultos es bastante homogénea, y en ella predominan los tonos grisáceos en el dorso y los blanquecinos en el vientre. Sin diferencias significativas entre ambos sexos, no existe ningún rasgo especialmente llamativo en su diseño, apenas un tenue listado en la cabeza, la garganta y el pecho. Los jóvenes, por su parte, exhiben una coloración algo parduzca y menos lisa, en general, que los adultos.</t>
   </si>
   <si>
     <t>Numenius phaeopus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Zarapito trinador (Castellano), Kurlinta bekainduna (Euskera), Polit cantaire (Catalán), Mazarico galego (Gallego), Phaeopus Whimbrel (Inglés), Whimbrel (Inglés), Courlis corlieu (Francés)</t>
+    <t>Zarapito trinador (Castellano), Kurlinta bekainduna (Euskera), Polit cantaire (Catalán), Mazarico galego (Gallego), Phaeopus Whimbrel (Inglés), Whimbrel (Inglés), Courlis corlieu (Francés)</t>
   </si>
   <si>
     <t>Esta limícola de tamaño entre mediano y grande, muy similar al zarapito real pero de menor talla, se caracteriza por poseer un largo pico curvado, aunque considerablemente más reducido que el de su pariente. Las patas en esta especie son azuladas y algo más cortas que la anchura del cuerpo. Como carácter distintivo posee patentes marcas cefálicas consistentes en un píleo oscuro, atravesado por una fina lista pileal más clara, cejas blanquecinas y bridas oscuras. El joven y el adulto se distinguen con dificultad, ya que la diferencia básica estriba en las plumas de las partes superiores, que son oscuras con muescas pardas en el caso del adulto, mientras que en el joven las muescas aparecen más claras. También pueden diferenciarse por la longitud del pico, más corto en los jóvenes. En cuanto a los sexos, machos y hembras se distinguen, igualmente, por la longitud del pico que, como sucede en el caso del zarapito real, resulta más largo en ellas. En vuelo se ve pardo en las partes superiores, con los extremos alares algo más oscuros y el obispillo pálido; en la cola se aprecia un difuso barrado transversal.</t>
   </si>
   <si>
     <t>Oenanthe leucura (Gmelin, JF, 1789)</t>
   </si>
   <si>
-    <t>prueba_Collalba negra (Castellano), Buztanzuri beltza (Euskera), Cólit negre (Catalán), Chasco negro (Gallego), Black Wheatear (Inglés), Traquet rieur (Francés)</t>
+    <t>Collalba negra (Castellano), Buztanzuri beltza (Euskera), Cólit negre (Catalán), Chasco negro (Gallego), Black Wheatear (Inglés), Traquet rieur (Francés)</t>
   </si>
   <si>
     <t>Pájaro relativamente grande, de aspecto inconfundible por su coloración. Se trata de un ave muy oscura, con plumaje negro lustroso en los machos y marrón oscuro en las hembras. Sobre este fondo destacan el obispillo y la base de la cola, blancos, que contrastan con una T invertida de color negro en el extremo de la cola, muy visible y característica en vuelo. Gusta de posarse en lugares prominentes. Su vuelo es directo, con ágil batido de alas.</t>
   </si>
   <si>
     <t>Oriolus oriolus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Oropéndola (Castellano), Oropéndola europea (Castellano), Urretxoria (Euskera), Oriol (Catalán), Ouriolo (Gallego), European Golden Oriole (Inglés), Eurasian Golden Oriole (Inglés), Eurasian Golden-Oriole (Inglés), Golden Oriole (Inglés), Loriot d'Europe (Francés)</t>
+    <t>Oropéndola (Castellano), Oropéndola europea (Castellano), Urretxoria (Euskera), Oriol (Catalán), Ouriolo (Gallego), European Golden Oriole (Inglés), Eurasian Golden Oriole (Inglés), Eurasian Golden-Oriole (Inglés), Golden Oriole (Inglés), Loriot d'Europe (Francés)</t>
   </si>
   <si>
     <t>Ave de tamaño similar a un mirlo y llamativo color amarillento. El macho exhibe un intenso color amarillo limón en la cabeza — rayada con una línea ocular oscura— y en el cuerpo, que contrasta bastante con las anchas y redondeadas alas, totalmente negras, a excepción de dos parches amarillos a la altura de la articulación de la muñeca. La cola es igualmente amarilla, aunque presenta una ancha banda terminal negra. Posee patas de tono grisáceo y pico rojizo. La hembra, que recuerda a un pequeño pito real, muestra tonos más apagados que el macho, con partes superiores de color verde oliva e inferiores blanquecinas y rayadas en gris. Tiene las alas y la cola pardas, y el pico rojo sucio. Los jóvenes son casi iguales a las hembras, aunque con el pico pardo oscuro y el ojo negruzco. Se trata de un ave esquiva, por lo que la mayoría de las observaciones corresponden a individuos en vuelos breves entre la espesura. Su vuelo, directo y ondulado, alterna aleteos y alas plegadas, de modo similar al del pito real. Su carácter agresivo se evidencia en los frecuentes acosos a otras especies, incluso de mayor tamaño.</t>
   </si>
   <si>
     <t>Otus scops (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Autillo (Castellano), Autillo europeo (Castellano), Apo-hontza (Euskera), Xot (Catalán), Moucho das orellas (Gallego), Eurasian Scops Owl (Inglés), European Scops Owl (Inglés), Eurasian Scops-owl (Inglés), Hibou Petit-duc (Francés)</t>
+    <t>Autillo (Castellano), Autillo europeo (Castellano), Apo-hontza (Euskera), Xot (Catalán), Moucho das orellas (Gallego), Eurasian Scops Owl (Inglés), European Scops Owl (Inglés), Eurasian Scops-owl (Inglés), Hibou Petit-duc (Francés)</t>
   </si>
   <si>
     <t>Además de por su pequeño tamaño, esta ave se caracteriza por poseer un plumaje grisáceo o pardo rojizo, que presenta un complejo diseño de salpicaduras, franjas y vermiculados, en diferentes tonalidades, lo que le permite pasar completamente inadvertida cuando descansa en las ramas de los árboles. Contribuyen a aumentar su mimetismo los pequeños penachos cefálicos, a modo de falsas “orejas”, que descomponen la redondez de su cabeza. Los ojos tienen color amarillo brillante. Ambos sexos difieren en sus medidas corporales (son mayores las hembras), si bien las diferencias en cuanto al plumaje resultan bastante sutiles. Los jóvenes muestran un plumaje muy semejante al de los adultos.</t>
   </si>
   <si>
     <t>Oxyura leucocephala (Scopoli, 1769)</t>
   </si>
   <si>
-    <t>prueba_Malvasía (Castellano), Malvasía cabeciblanca (Castellano), Malvasía cabeciblanca (Castellano), Ahate buruzuria (Euskera), Ánec capblanc (Catalán), White-headed Duck (Inglés)</t>
+    <t>Malvasía (Castellano), Malvasía cabeciblanca (Castellano), Malvasía cabeciblanca (Castellano), Ahate buruzuria (Euskera), Ánec capblanc (Catalán), White-headed Duck (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial EN (En peligro),  Península EN (En peligro)</t>
   </si>
   <si>
     <t>La malvasía cabeciblanca resulta absolutamente inconfundible por su cuerpo pequeño y rechoncho, su larga y afilada cola, que suele mantener erguida fuera del agua mientras nada, y su voluminosa cabeza rematada en un robusto pico. Durante el periodo reproductor, en el diseño del macho dominan los tonos marronáceos, algo rojizos hacia el pecho, mientras que el vientre muestra una tonalidad blanquecina; sobre esta discreta coloración resalta llamativamente la cabeza blanca, con el píleo y la nuca negros y el abombado pico de color azul brillante. La hembra, de tonalidad general pardo-grisácea, presenta la cabeza parduzca surcada por una franja oscura debajo del ojo, las mejillas blanquecinas y el pico gris. Los jóvenes son muy similares a las hembras.</t>
   </si>
   <si>
     <t>Panurus biarmicus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Bigotudo (Castellano), Tximutxa (Euskera), Mallerenga de bigotis (Catalán), Ferreiriño de bigote (Gallego), Bearded Reedling (Inglés), Bearded Tit (Inglés), Bearded Parrotbill (Inglés)</t>
+    <t>Bigotudo (Castellano), Tximutxa (Euskera), Mallerenga de bigotis (Catalán), Ferreiriño de bigote (Gallego), Bearded Reedling (Inglés), Bearded Tit (Inglés), Bearded Parrotbill (Inglés)</t>
   </si>
   <si>
     <t>Es un ave de pequeño tamaño y cola muy larga (abarca más de la mitad de su longitud total), de tonos marrón claro en el dorso, con manchas blancas y oscuras en las alas, y partes inferiores blancorosadas. Los machos adultos presentan una coloración grisácea en la cabeza y la nuca —más clara en la zona de la garganta— y una larga y llamativa bigotera negra, que parte del ojo y se extiende hasta el comienzo del pecho. Aunque, en general, el diseño de la hembra es similar al del macho, la coloración es más apagada y carece de los tonos grisáceos de la cabeza (a excepción de unas manchas en las mejillas), así como de la bigotera. Los jóvenes resultan pajizos, con el dorso y la cola más oscuros y una mancha negruzca entre el ojo y el pico en los machos.</t>
   </si>
   <si>
     <t>Parus major Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Carbonero común (Castellano), Kaskabeltz handia (Euskera), Mallerenga carbonera (Catalán), Ferreiriño real (Gallego), Great Tit (Inglés)</t>
+    <t>Carbonero común (Castellano), Kaskabeltz handia (Euskera), Mallerenga carbonera (Catalán), Ferreiriño real (Gallego), Great Tit (Inglés)</t>
   </si>
   <si>
     <t>Se trata de una especie fácilmente reconocible por el color amarillo de su cuerpo, que contrasta con el azul de las alas y la cola. La cabeza es de color negro-azabache y con las mejillas muy blancas, salvo en los jóvenes del año, algo amarillenta. Los machos se distinguen de las hembras por poseer una conspicua banda negra que recorre su cuerpo desde la garganta hasta la base de la cola. Las hembras, en cambio, tienen muy poco marcada dicha banda, que se desdibuja en el vientre.</t>
   </si>
   <si>
     <t>Passer domesticus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Gorrión común (Castellano), House Sparrow (Inglés), Moineau domestique (Francés)</t>
+    <t>Gorrión común (Castellano), House Sparrow (Inglés), Moineau domestique (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Paseriforme de aspecto robusto y voluminoso, el gorrión común posee un pico fuerte y un plumaje dominado por los tonos pardos en el dorso —adornado con marcadas listas negras— y grisáceos en el obispillo, el pecho y el vientre. Los machos en época reproductora presentan el pico negro y el dorso de una tonalidad bastante rojiza, en tanto que el píleo toma un color gris y el babero se hace más extenso y oscuro. Los caracteres sexuales ligados al plumaje son visibles todo el año, aunque se van haciendo más patentes debido al desgaste progresivo de las plumas, que deja a la vista los colores internos de estas. Las hembras tienen el píleo marrón y presentan una línea clara tras el ojo; no lucen babero y su pico es siempre grisáceo hacia el extremo y amarillento en la base. Los jóvenes machos, por su parte, son indistinguibles de las hembras hasta que realizan la muda de finales de verano, cuando adquieren los colores del adulto.</t>
   </si>
   <si>
     <t>Passer hispaniolensis (Temminck, 1820)</t>
   </si>
   <si>
-    <t>prueba_Gorrión moruno (Castellano), Txolarre iluna (Euskera), Pardal de passa (Catalán), Pardal español (Gallego), Spanish Sparrow (Inglés), Moineau espagnol (Francés)</t>
+    <t>Gorrión moruno (Castellano), Txolarre iluna (Euskera), Pardal de passa (Catalán), Pardal español (Gallego), Spanish Sparrow (Inglés), Moineau espagnol (Francés)</t>
   </si>
   <si>
     <t>El gorrión moruno tiene el mismo tamaño que el gorrión común y parecido patrón de plumaje. Las hembras de la especie son difíciles de distinguir de sus parientes en el campo, pues apenas se diferencian en el tamaño del pico (ligeramente mayor en el moruno) y por un tenue listado en el pecho, inexistente en las hembras del común. Los machos son claramente diferenciables de los de otros gorriones durante la primavera y el verano, ya que lucen un llamativo barreado negro en el dorso, el pecho y los flancos, que enlaza con un extenso babero negro; el píleo es totalmente pardo-rojizo, en tanto que las mejillas exhiben un blanco níveo y muestran un marcado antifaz negro que recorre el ojo, enmarcando unas visibles cejas blancas a menudo partidas. En época no reproductora, el diseño antes descrito aparece muy atenuado y, aunque las diferencias siguen siendo visibles, la identificación no resulta tan evidente. Los jóvenes son semejantes a las hembras, aunque generalmente algo más marrones en las partes inferiores, hasta que realizan la muda a finales del verano y comienzan a adquirir el plumaje de adulto.</t>
   </si>
   <si>
     <t>Periparus ater (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Carbonero garrapinos (Castellano), Pinu-kaskabeltza (Euskera), Mallerenga petita (Catalán), Ferreiriño negro (Gallego), Coal Tit (Inglés)</t>
+    <t>Carbonero garrapinos (Castellano), Pinu-kaskabeltza (Euskera), Mallerenga petita (Catalán), Ferreiriño negro (Gallego), Coal Tit (Inglés)</t>
   </si>
   <si>
     <t>Ave pequeña, con plumaje de colores apagados. El dorso y las alas son de color azul grisáceo, mientras que el pecho y el vientre presentan una tonalidad ante. Su rasgo más distintivo es la mancha blanca en la nuca. Se muestra muy activo y explora minuciosamente las ramas, ramitas, hojas y piñas. En su exhaustiva búsqueda de alimento llega a realizar auténticas acrobacias, muchas veces quedando colgado o realizando cortos cernidos. Habita preferentemente en pinares, pero también se localiza en formaciones de frondosas y en áreas ajardinadas. Tras el periodo reproductor se mueve en pequeños grupos, que en numerosas ocasiones están integrados por varias especies, pues se mezcla con otros páridos, reyezuelos, mosquiteros, etc.</t>
   </si>
   <si>
     <t>Parus ater Linnaeus,1758</t>
   </si>
   <si>
     <t>Petronia petronia (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Gorrión chillón (Castellano), Harkaitz-txolarrea (Euskera), Pardal roquer (Catalán), Pardal das rochas (Gallego), Rock Sparrow (Inglés)</t>
+    <t>Gorrión chillón (Castellano), Harkaitz-txolarrea (Euskera), Pardal roquer (Catalán), Pardal das rochas (Gallego), Rock Sparrow (Inglés)</t>
   </si>
   <si>
     <t>El chillón es un gorrión grande y corpulento, con la cabeza robusta y el pico muy fuerte. En su plumaje dominan los tonos marróngrisáceos con un profuso listado oscuro en el dorso. Las partes inferiores, por el contrario, son claras y están adornadas con amplias listas de color gris parduzco. En la cabeza destacan tres listas anchas: una clara; otra marrón-grisácea tras el ojo bajo aquella, y, por encima, una parda oscura. Otra lista de color marrón pálido recorre el píleo. Bajo la garganta presenta una mancha amarilla que a menudo permanece oculta o poco visible. En la cola aparecen unas manchas blancas hacia los extremos, que resultan bien visibles en vuelo. No hay diferencias de coloración entre machos y hembras. Los jóvenes son difíciles de distinguir de los adultos, incluso recién volados del nido. Se diferencian de estos por carecer de la mancha amarilla en la garganta. Asimismo, el dibujo de la cara presenta en ellos un aspecto poco definido y su coloración general es más suave.</t>
   </si>
   <si>
     <t>Phalacrocorax carbo (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cormorán grande (Castellano), Black Shag (Inglés), Cormorant (Inglés), White-breasted Cormorant (Inglés), Great Cormorant (Inglés), Grand Cormoran (Francés)</t>
+    <t>Cormorán grande (Castellano), Black Shag (Inglés), Cormorant (Inglés), White-breasted Cormorant (Inglés), Great Cormorant (Inglés), Grand Cormoran (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Se trata de un ave grande, de aspecto torpe y coloración general negruzca, salvo la garganta, que es de tonos blanquecinos. Tiene el cuello largo y grueso, el pico prominente y gris, y las patas negras. En la base de la mandíbula inferior presenta una zona desnuda de plumas, de color amarillo-anaranjado, que alcanza casi los ojos. La coloración de las plumas del dorso hace que parezcan escamas. En vuelo intercala breves planeos entre secuencias de batido de alas. Cuando nada mantiene la línea de flotación elevada, con tres cuartas partes del cuerpo bajo el agua. El cormorán grande pasa mucho tiempo posado en rocas o árboles, con las alas abiertas para dejar secar su plumaje. Durante el periodo reproductor, los adultos muestran manchas blancas sobre la cabeza, los flancos y la parte superior de los muslos, y lucen un plumaje con tonos más lustrosos. Los jóvenes presentan las partes inferiores de tonos pálido-cremosos</t>
   </si>
   <si>
     <t>Phoenicurus ochruros (Gmelin, SG, 1774)</t>
   </si>
   <si>
-    <t>prueba_Colirrojo tizón (Castellano), Buztangorri iluna (Euskera), Rabirrubio común (Catalán), Curroxo común (Gallego), Black Redstart (Inglés), Rougequeue noir (Francés)</t>
+    <t>Colirrojo tizón (Castellano), Buztangorri iluna (Euskera), Rabirrubio común (Catalán), Curroxo común (Gallego), Black Redstart (Inglés), Rougequeue noir (Francés)</t>
   </si>
   <si>
     <t>Ave de pequeño tamaño y diseño peculiar, con obispillo y cola de característico color rojo. El macho presenta el pecho y la cara de color negro azabache, y el resto del cuerpo oscuro, con una mancha blanca en las alas. Las hembras y los jóvenes son pardogrisáceos. Muy terrestre, acostumbra a posarse con figura erguida mientras agita su cola roja. Tiene vuelo amariposado, con batido rápido de alas.</t>
   </si>
   <si>
     <t>Phylloscopus bonelli (Vieillot, 1819)</t>
   </si>
   <si>
-    <t>prueba_Mosquitero papialbo (Castellano), Txio lepazuria (Euskera), Mosquiter pal-lid (Catalán), Picafollas de Bonelli (Gallego), Western Bonelli's Warbler (Inglés), Bonelli's Warbler (Inglés), Pouillot de Bonelli (Francés)</t>
+    <t>Mosquitero papialbo (Castellano), Txio lepazuria (Euskera), Mosquiter pal-lid (Catalán), Picafollas de Bonelli (Gallego), Western Bonelli's Warbler (Inglés), Bonelli's Warbler (Inglés), Pouillot de Bonelli (Francés)</t>
   </si>
   <si>
     <t>El papialbo presenta la típica silueta de los mosquiteros: cuerpecillo rechoncho, patas frágiles y pico fino, pero se diferencia de los demás por su coloración general mucho más clara, especialmente en la cabeza y las partes ventrales. Las patas son negras y las alas, el dorso y las partes exteriores de la cola, verdosos, en contraste con el resto del cuerpo, de color blanquecino. La especie no manifiesta dimorfismo sexual.</t>
   </si>
   <si>
     <t>Phylloscopus ibericus Ticehurst, 1937</t>
   </si>
   <si>
-    <t>prueba_Flamenco común (Castellano), Mosquitero ibérico (Castellano), Iberian Chiffchaff (Inglés)</t>
+    <t>Flamenco común (Castellano), Mosquitero ibérico (Castellano), Iberian Chiffchaff (Inglés)</t>
   </si>
   <si>
     <t>Este mosquitero presenta el dorso de un color verde brillante que contrasta con las partes inferiores blanquecinas. Es prácticamente indistinguible del mosquitero común, si bien se diferencia de este por poseer la zona auricular más amarillenta, el pecho blanquecino con un tinte ligeramente más amarillo y las patas de color caramelo. Se trata, en todo caso, de tenues desemejanzas que no siempre resulta posible apreciar.</t>
   </si>
   <si>
     <t>Phylloscopus brehmii</t>
   </si>
   <si>
     <t>Pica pica (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Urraca común (Castellano), Urraca (Castellano), Pega (Catalán), Black-billed Magpie (Inglés), Eurasian Magpie (Inglés), Magpie (Inglés), Common Magpie (Inglés)</t>
+    <t>Urraca común (Castellano), Urraca (Castellano), Pega (Catalán), Black-billed Magpie (Inglés), Eurasian Magpie (Inglés), Magpie (Inglés), Common Magpie (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Se trata de una de las más conocidas especies de la fauna española, circunstancia a la que contribuyen no solo su inconfundible aspecto, sino también unos hábitos poco recatados y su capacidad de instalarse en hábitats muy transformados, incluido el interior de las grandes ciudades. Especie de tamaño intermedio entre los córvidos, la urraca luce un llamativo y característico plumaje blanquinegro, que adquiere bellas irisaciones en diferentes zonas, sobre todo en las plumas caudales. Cuando se desplaza resulta también fácilmente identificable, además de por su diseño cromático, por poseer una silueta característica y un vuelo ondulante durante el cual bate espasmódicamente las alas.</t>
   </si>
   <si>
     <t>Picus sharpei (Saunders, H, 1872)</t>
   </si>
   <si>
-    <t>prueba_Pito real (Castellano), Pito real ibérico (Castellano), Pito ibérico (Castellano), Okil berdea (Euskera), Picot verd (Catalán), Peto verdeal (Gallego), European Green Woodpecker (Inglés), Green Woodpecker (Inglés), Eurasian Green Woodpecker (Inglés)</t>
+    <t>Pito real (Castellano), Pito real ibérico (Castellano), Pito ibérico (Castellano), Okil berdea (Euskera), Picot verd (Catalán), Peto verdeal (Gallego), European Green Woodpecker (Inglés), Green Woodpecker (Inglés), Eurasian Green Woodpecker (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Es un pájaro carpintero grande y robusto, de aspecto inconfundible, en cuyo plumaje dominan claramente los tonos verdosos, más intensos en las regiones dorsales, ligeramente grisáceos en las ventrales y con matices amarillentos en el obispillo. Carece de moteados y listas —salvo, tenuemente, en la región anal—, pero luce un llamativo patrón de coloración en la cabeza, donde el píleo es rojo y los ojos, amarillentos, aparecen enmarcados por un antifaz negro. Los machos y los jóvenes presentan una bigotera negra y roja, que es exclusivamente negra en las hembras. El plumaje juvenil se caracteriza por ser fuertemente moteado, especialmente en las partes inferiores, aunque, en conjunto, su coloración es más apagada que la del adulto, no presentan antifaz y poseen un iris más oscuro. Su vuelo es muy característico, con una trayectoria ondulatoria en la que el ave combina tramos en los que bate las alas con otros en que las pliega.</t>
   </si>
   <si>
     <t>Picus viridis Linnaeus, 1758, Picus viridis sharpei (H. Saunders, 1872)</t>
   </si>
   <si>
     <t>Pluvialis apricaria (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Chorlito dorado (Castellano), Chorlito dorado europeo (Castellano), Chorlito dorado común (Castellano), Urre-txirria arrunta (Euskera), Daurada grossa (Catalán), Píldora dourada (Gallego), European Golden Plover (Inglés), Eurasian Golden Plover (Inglés), European Golden-Plover (Inglés), Eurasian Golden-Plover (Inglés), Pluvier doré (Francés)</t>
+    <t>Chorlito dorado (Castellano), Chorlito dorado europeo (Castellano), Chorlito dorado común (Castellano), Urre-txirria arrunta (Euskera), Daurada grossa (Catalán), Píldora dourada (Gallego), European Golden Plover (Inglés), Eurasian Golden Plover (Inglés), European Golden-Plover (Inglés), Eurasian Golden-Plover (Inglés), Pluvier doré (Francés)</t>
   </si>
   <si>
     <t>El chorlito dorado europeo es un ave limícola de mediano tamaño, pico considerablemente corto y cuerpo voluminoso, que exhibe un plumaje ciertamente vistoso, con la cara, la garganta, el pecho y la región ventral de un intenso color negro, bordeado en toda su extensión por una franja blanca de variable amplitud. En el dorso domina una abigarrada mezcla de punteados y franjas de tonos dorados, amarillentos y negros, que se extienden hasta la nuca y el píleo del ave. Fuera de la estación reproductora, la librea de esta limícola se torna más modesta, pues desaparece la contrastada coloración antes descrita para dar lugar a un plumaje mucho más homogéneo y mimético, en el que faltan los tonos negros, blancos y, en gran medida, los dorados. Los jóvenes son muy parecidos a los adultos en plumaje no reproductor, ya que lucen una coloración gris parduzca, con los bordes de las plumas de las partes superiores festoneados de un tono amarillento, y con finas estrías oscuras en el cuello y las partes inferiores.</t>
   </si>
   <si>
     <t>Anexo I, Anexo III, Anexo II</t>
   </si>
   <si>
     <t>Pluvialis squatarola (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Chorlito gris (Castellano), Corlito gris (Castellano), Chorlo ártico (Castellano), Txirri grisa (Euskera), Pigre gris (Catalán), Píldora cincenta (Gallego), Black-bellied Plover (Inglés), Grey Plover (Inglés), Pluvier argenté (Francés)</t>
+    <t>Chorlito gris (Castellano), Corlito gris (Castellano), Chorlo ártico (Castellano), Txirri grisa (Euskera), Pigre gris (Catalán), Píldora cincenta (Gallego), Black-bellied Plover (Inglés), Grey Plover (Inglés), Pluvier argenté (Francés)</t>
   </si>
   <si>
     <t>Esta limícola de mediano tamaño, fuerte pico y cuerpo voluminoso, con un llamativo plumaje nupcial, se caracteriza por presentar la cara, la garganta, el cuello y el vientre de un intenso color negro, bordeado en toda su extensión por una franja blanca de grosor variable; en el dorso luce un abigarrado diseño en el que predominan los colores gris, negro y blanco plateado, lo que le confiere en conjunto un característico tono grisáceo. Los jóvenes son muy parecidos a los adultos en plumaje no reproductor, puesto que no tienen zonas negras destacadas, sino un plumaje de coloración gris parduzca, con los bordes de las plumas de las partes superiores festoneados de blanco crudo.</t>
   </si>
   <si>
     <t>Podiceps cristatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Somormujo lavanco (Castellano), Murgil handia (Euskera), Cabussó emplomallat (Catalán), Mergullón cristado (Gallego), Great Crested Grebe (Inglés), Grèbe huppé (Francés)</t>
+    <t>Somormujo lavanco (Castellano), Murgil handia (Euskera), Cabussó emplomallat (Catalán), Mergullón cristado (Gallego), Great Crested Grebe (Inglés), Grèbe huppé (Francés)</t>
   </si>
   <si>
     <t>El mayor de los somormujos y zampullines que pueden verse en España, con el tamaño de un ánade grande. Se trata de un ave elegante, de cuello estilizado, pico largo y apuntado, y cuerpo alargado. En verano luce un plumaje vistoso, con la parte superior de la cabeza negra, en la que destacan dos grupos de plumas a modo de penachos. De las mejillas salen plumas llamativas, alargadas, de tonos rojizos y negros. La zona que rodea los ojos es blanca, al igual que el cuello, el pecho y el vientre, lo que contrasta con el dorso oscuro y los flancos rojizos. En plumaje invernal llama mucho menos la atención, con un tono general oscuro en el dorso y los laterales, aunque presenta el cuello, la cabeza (excepto el píleo oscuro) y las partes inferiores de color blanco. Con cualquier plumaje, el largo cuello constituye un buen rasgo diagnóstico. En vuelo se observa su esbelta complexión, con su largo cuello estirado, y su batir rápido de alas hace ver las zonas alares blancas a modo de destellos. No existen diferencias entre sexos. Los juveniles resultan similares a los adultos en invierno, aunque poseen en la cara un dibujo de líneas negras que los distingue.</t>
   </si>
   <si>
     <t>Podiceps nigricollis Brehm, 1831</t>
   </si>
   <si>
-    <t>prueba_Zampullín cuellinegro (Castellano), Txilinporta lepabeltza (Euskera), Cabussó collnegre (Catalán), Mergullón de pescozo negro (Gallego), Eared Grebe (Inglés), Black-necked Grebe (Inglés), Grèbe à cou noir (Francés)</t>
+    <t>Zampullín cuellinegro (Castellano), Txilinporta lepabeltza (Euskera), Cabussó collnegre (Catalán), Mergullón de pescozo negro (Gallego), Eared Grebe (Inglés), Black-necked Grebe (Inglés), Grèbe à cou noir (Francés)</t>
   </si>
   <si>
     <t>Zampullín pequeño, aunque algo mayor y más esbelto que el zampullín común. Tiene el pico fino y puntiagudo, ligeramente curvado hacia arriba. Visto de cerca llaman la atención sus ojos rojos. En plumaje nupcial presenta una coloración general negra, salvo en el vientre y los flancos, que son anaranjados. En la cara destacan unas plumas amarillas que parten de la zona auricular como penachos en forma de abanico. En invierno resulta poco llamativo, con coloración general negruzca, excepto en la garganta, las mejillas y los laterales de la nuca, que son blancos. El pecho y el vientre muestran un color gris ceniza. No existen diferencias entre sexos. Los juveniles se parecen a los adultos en invierno, aunque tienen la cabeza más redondeada y las partes blancas de su cabeza y cuello son de tonos crema.</t>
   </si>
   <si>
     <t>Poecile palustris (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Papamoscas collarino (Castellano), Carbonero palustre (Castellano), Kaskabeltz txikia (Euskera), Mallerenga d´aigua (Catalán), Ferreiriño palustre (Gallego), Marsh Tit (Inglés)</t>
+    <t>Papamoscas collarino (Castellano), Carbonero palustre (Castellano), Kaskabeltz txikia (Euskera), Mallerenga d´aigua (Catalán), Ferreiriño palustre (Gallego), Marsh Tit (Inglés)</t>
   </si>
   <si>
     <t>El carbonero palustre resulta, a simple vista, algo parecido al carbonero garrapinos, aunque muestra un dorso gris-pardo. Además presenta un píleo negro-azabache, sin mancha blanca en la nuca. Asimismo, su corbata negra es corta y estrecha, y no se extiende lateralmente por el cuello, como sucede en el garrapinos. Se trata de un pájaro típicamente forestal, pero también se encuentra en áreas abiertas con matorral y en los linderos vivos compuestos por arbustos y árboles caducifolios.</t>
   </si>
   <si>
     <t>Parus palustris Linnaeus,1758</t>
   </si>
   <si>
     <t>Prunella modularis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Acentor común (Castellano), Tuntun arrunta (Euskera), Pardal de bardissa (Catalán), Azuenta común (Gallego), Dunnock (Inglés), Hedge Sparrow (Inglés), Hedge Accentor (Inglés)</t>
+    <t>Acentor común (Castellano), Tuntun arrunta (Euskera), Pardal de bardissa (Catalán), Azuenta común (Gallego), Dunnock (Inglés), Hedge Sparrow (Inglés), Hedge Accentor (Inglés)</t>
   </si>
   <si>
     <t>Pájaro del tamaño de un gorrión común, con el pico fino y puntiagudo, y las patas fuertes y rojizas. De comportamiento huidizo, le gusta moverse entre la vegetación baja y caminar por el suelo. Tiene las partes superiores del plumaje marrones y con escamado pardo oscuro, semejantes al dorso de un gorrión común. La cabeza, la garganta y el pecho son de un color gris plomizo, más intenso en los machos, con la zona auricular y el píleo marrones. Las partes posteriores del vientre poseen un tono gris más claro, con los flancos marrones. Los jóvenes exhiben cabeza y garganta de color castaño, en lugar de gris, y muestran todo el plumaje fuertemente listado de pardo oscuro. La base de su pico es naranja amarillenta, mientras que los adultos presentan todo el pico negro.</t>
   </si>
   <si>
     <t>Ptyonoprogne rupestris (Scopoli, 1769)</t>
   </si>
   <si>
-    <t>prueba_Avión roquero (Castellano), Haitz-enara (Euskera), Roquerol (Catalán), Anduriña dos penedos (Gallego), Eurasian Crag Martin (Inglés), Crag Martin (Inglés), Eurasian Crag-martin (Inglés), Hirondelle de rochers (Francés)</t>
+    <t>Avión roquero (Castellano), Haitz-enara (Euskera), Roquerol (Catalán), Anduriña dos penedos (Gallego), Eurasian Crag Martin (Inglés), Crag Martin (Inglés), Eurasian Crag-martin (Inglés), Hirondelle de rochers (Francés)</t>
   </si>
   <si>
     <t>Es la mayor golondrina española, aunque sólo un poco más grande que el resto. Exhibe un aspecto general pardo poco contrastado, con partes superiores de color pardo mate e inferiores de color pardo claro y límites difusos entre ambas. Sus alas, largas y apuntadas, destacan en vuelo por el color casi negro de la parte inferior y anterior. La cola, corta y sin horquilla, muestra una línea de manchas blancas, visibles solamente cuando está abierta. Tiene patas cortas y sin emplumar, boca muy ancha, y pico corto, plano y negro. La garganta es casi blanca, con algunas estrías oscuras. Se distingue del avión zapador porque este último presenta una ancha banda parda en el pecho. Ambos sexos son iguales. Los jóvenes, muy similares a los adultos, exhiben plumas ribeteadas en crema y una garganta más clara, con moteado difuso. Aunque esta ave suele observarse en vuelo y en grupos, no es raro verla posada, sobre todo en dormideros y descansaderos invernales. Se trata de la única golondrina residente en España.</t>
   </si>
   <si>
     <t>Hirundo rupestris</t>
   </si>
   <si>
     <t>Puffinus mauretanicus Lowe, 1921</t>
   </si>
   <si>
-    <t>prueba_Pardela balear (Castellano), Baldriga balear (Catalán), Baldritja (Catalán), Virot (Catalán), Balearic Shearwater (Inglés), Puffin des baléares (Francés), Balearensturmtaucher (Alemán), Berta delle Baleari (Italiano), Pardela das Baleares (Portugués)</t>
+    <t>Pardela balear (Castellano), Baldriga balear (Catalán), Baldritja (Catalán), Virot (Catalán), Balearic Shearwater (Inglés), Puffin des baléares (Francés), Balearensturmtaucher (Alemán), Berta delle Baleari (Italiano), Pardela das Baleares (Portugués)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Catalán, Catalán, Inglés, Francés, Alemán, Italiano, Portugués</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial CR (En peligro crítico),  Península CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Pardela de tamaño mediano, cabeza pequeña, pico fino y grisáceo, alas relativamente cortas y cola no muy larga, por lo que las patas suelen sobresalir ligeramente tras ella. Tiene las partes superiores de color pardo chocolate. Vista por abajo presenta el vientre y el interior de las alas de color crema, mientras que el borde externo de las alas, la zona de las axilas, la garganta y la parte final del vientre son de tonos pardos; existe cierta variación individual, observándose ejemplares con el vientre de tonos más blancos o más grises que el patrón normal. No hay diferencias apreciables entre sexos ni edades. Su vuelo suele constar de largas secuencias de rápidos aleteos, intercaladas con pocas secuencias de cortos planeos; normalmente no remonta mucho sobre el nivel del mar, rara vez por encima de los 10 metros de altura.  Pardela de tamaño mediano, cuya longitud oscila entre 34 y 38 cm y su envergadura entre 83 y 93 cm. Se caracteriza por tener una cabeza pequeña y pico fino y grisáceo, alas relativamente cortas y cola no muy larga, por lo que las patas suelen sobresalir ligeramente tras ella. Las partes superiores son de color pardo chocolate. El interior de las alas y la mayor parte del vientre son de color crema, mientras que la garganta, el borde externo de las alas, la zona de las axilas y la parte final del vientre son de tonalidad parda. Se puede apreciar cierta variación individual, observándose ejemplares con el vientre de tonos más blancos o más grises que el patrón normal. No existen diferencias apreciables entre sexos ni edades. Su vuelo está formado por largas secuencias de aleteos rápidos, intercaladas con pocas secuencias de planeos cortos. No suele remontar mucho sobre el nivel del mar, raramente por encima de los 10 m de altura.</t>
   </si>
   <si>
     <t>Puffinus yelkouan mauretanicus</t>
   </si>
   <si>
     <t>Puffinus yelkouan (Acerbi, 1827)</t>
   </si>
   <si>
-    <t>prueba_Pardela mediterránea (Castellano), Yelkouan Shearwater (Inglés)</t>
+    <t>Pardela mediterránea (Castellano), Yelkouan Shearwater (Inglés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial VU (Vulnerable),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Pardela de tamaño mediano, muy similar y difícil de distinguir de la pardela balear, hasta el punto de que han sido consideradas la misma especie hasta hace pocos años. En general presenta un patrón de coloración intermedio entre la pardela balear y la pardela pichoneta. En comparación con la pardela balear, es ligeramente más pequeña y algo más oscura y contrastada entre sus partes dorsales y ventrales. Además, el blanco del vientre se extiende más hacia los flancos y la cola. Las patas también asoman tras la cola cuando se observa en vuelo. No existen diferencias apreciables entre sexos ni edades.</t>
   </si>
   <si>
     <t>Puffinus yelkouan yelkouan (Acerbi, G 1827)</t>
   </si>
   <si>
     <t>Pyrrhula pyrrhula (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Camachuelo común (Castellano), Gailupa arrunta (Euskera), Pinsá borroner (Catalán), Cardeal común (Gallego), Eurasian Bullfinch (Inglés)</t>
+    <t>Camachuelo común (Castellano), Gailupa arrunta (Euskera), Pinsá borroner (Catalán), Cardeal común (Gallego), Eurasian Bullfinch (Inglés)</t>
   </si>
   <si>
     <t>El macho de camachuelo resulta inconfundible por el rojo intenso de su pecho y mejillas. La hembra también se reconoce sin dificultad, aunque presenta una coloración más apagada. A su vez, ambos sexos poseen una amplia boina negra que cubre toda la parte superior de la cabeza y se proyecta hacia el pico, igualmente negro y corto. También son negras la cola y las alas, estas últimas amplias y con una conspicua banda blanca. En contraste con ellas, en vuelo destacan el obispillo blanco y el dorso gris ceniza.</t>
   </si>
   <si>
     <t>Rallus aquaticus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Rascón europeo (Castellano), Rascón común (Castellano), Rascón (Castellano), Rascón europeo (Castellano), Uroilanda handia (Euskera), European Water Rail (Inglés), Water Rail (Inglés), Western Water Rail (Inglés), Râle d'eau (Francés)</t>
+    <t>Rascón europeo (Castellano), Rascón común (Castellano), Rascón (Castellano), Rascón europeo (Castellano), Uroilanda handia (Euskera), European Water Rail (Inglés), Water Rail (Inglés), Western Water Rail (Inglés), Râle d'eau (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Muy similar a las polluelas en el diseño, el rascón se diferencia de aquellas por su tamaño más voluminoso, así como por la posesión de un largo pico de color rojo intenso. Ambos adultos resultan muy similares —las hembras algo menores y con el pico más corto—, y en ellos la coloración de las regiones dorsales es pardo-olivácea con los centros de las plumas negruzcos, en tanto que la cara, la frente, el pecho y el vientre muestran una tonalidad gris-azulada oscura. Los flancos aparecen listados de blanco y negro, mientras que las infracoberteras caudales resaltan vivamente por su llamativo color blanco. Los jóvenes, por su parte, aunque muy similares en las zonas dorsales a los adultos, presentan el pecho más marrón, así como abundantes barrados y moteados en las regiones inferiores, por lo que, en conjunto, muestran una coloración más parda; asimismo, poseen el pico menos rojizo. Reacio a volar —como los otros componentes del grupo—, cuando se eleva sobre el agua o la vegetación palustre, con aleteos rápidos y las patas colgantes, se desplaza únicamente trechos cortos.</t>
   </si>
   <si>
     <t>Recurvirostra avosetta Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Avoceta común (Castellano), Avoceta común (Castellano), Abozeta (Euskera), Bec d´alena (Catalán), Avoceta (Gallego), Avocet (Inglés), Pied Avocet (Inglés), Avocette à tête noire (Francés)</t>
+    <t>Avoceta común (Castellano), Avoceta común (Castellano), Abozeta (Euskera), Bec d´alena (Catalán), Avoceta (Gallego), Avocet (Inglés), Pied Avocet (Inglés), Avocette à tête noire (Francés)</t>
   </si>
   <si>
     <t>Limícola absolutamente inconfundible, tanto por la coloración blanquinegra del plumaje, como por su largo pico, recurvado hacia arriba en el tercio distal. El macho tiene el píleo y el cuello negros, además de dos franjas negras en el manto, formadas por las escapulares superiores y por las coberteras pequeñas y medianas del ala; también presenta negro en las primarias externas. La hembra resulta similar en cuanto a diseño, aunque con el negro más apagado y el pico ligeramente más corto y curvo. Las patas son largas, delgadas y de color gris azulado. En los jóvenes, el negro que lucen los adultos se sustituye por tonos más apagados, marronáceos o grises parduzcos, con un cierto moteado en las regiones dorsales.</t>
   </si>
   <si>
     <t>Regulus ignicapilla (Temminck, 1820)</t>
   </si>
   <si>
-    <t>prueba_Reyezuelo listado (Castellano), Erregetxo bekainzuria (Euskera), Bruel (Catalán), Estreliña común (Gallego), Common Firecrest (Inglés), Firecrest (Inglés)</t>
+    <t>Reyezuelo listado (Castellano), Erregetxo bekainzuria (Euskera), Bruel (Catalán), Estreliña común (Gallego), Common Firecrest (Inglés), Firecrest (Inglés)</t>
   </si>
   <si>
     <t>Se trata de una de las aves más diminutas de la avifauna europea. En un primer vistazo, aparece como un pájaro de aspecto general rechoncho, con tonalidades verdosas y cabeza adornada por un característico diseño de listas. Presenta el dorso verde brillante, en contraste con las alas oscuras, surcadas por dos bandas blanquecinas. Las partes inferiores son pálidas, aunque muestran ligeros tonos anaranjados en el pecho del macho. La especie posee un diseño cefálico característico en el que destaca el píleo naranja en los machos, o amarillo en las hembras, flanqueado por una banda negra y una marcada ceja blanca. Asimismo, luce una lista ocular negra y un semianillo blanco que circunda la parte inferior del ojo.</t>
   </si>
   <si>
     <t>Regulus ignicapillus</t>
   </si>
   <si>
     <t>Remiz pendulinus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pájaro moscón (Castellano), Pájaro-moscón europeo (Castellano), Pájaro moscón europeo (Castellano), Dilindaria (Euskera), Teixidor (Catalán), Ferreiriño de cara negra (Gallego), Eurasian Penduline-tit (Inglés), Eurasian Penduline Tit (Inglés)</t>
+    <t>Pájaro moscón (Castellano), Pájaro-moscón europeo (Castellano), Pájaro moscón europeo (Castellano), Dilindaria (Euskera), Teixidor (Catalán), Ferreiriño de cara negra (Gallego), Eurasian Penduline-tit (Inglés), Eurasian Penduline Tit (Inglés)</t>
   </si>
   <si>
     <t>Este diminuto y discreto pajarillo se reconoce fácilmente por la llamativa máscara facial negra —algo menos patente en la hembra y grisácea en los juveniles—, que resalta vivamente sobre la coloración blanco-grisácea de la cabeza y se prolonga desde la zona baja de la frente hasta la región auricular. Las partes dorsales lucen una tonalidad castaña —más pálida en la hembra—, con rebordes negros; el vientre es oscuro con manchas pardo-rojizas difusas en el pecho.</t>
   </si>
   <si>
     <t>Riparia riparia (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Avión zapador (Castellano), Uhalde-enara (Euskera), Oreneta de ribera (Catalán), Andoriña das barreiras (Gallego), Sand Martin (Inglés), Bank Swallow (Inglés), European Sand Martin (Inglés), Hirondelle de rivage (Francés)</t>
+    <t>Avión zapador (Castellano), Uhalde-enara (Euskera), Oreneta de ribera (Catalán), Andoriña das barreiras (Gallego), Sand Martin (Inglés), Bank Swallow (Inglés), European Sand Martin (Inglés), Hirondelle de rivage (Francés)</t>
   </si>
   <si>
     <t>Se trata del menor de nuestros aviones y golondrinas, aunque sólo es ligeramente más pequeño que el resto. Exhibe partes superiores de color pardo mate e inferiores blanquecinas, con límites netos entre ambas. Posee alas largas y apuntadas, que en vuelo destacan por su parte inferior y anterior más oscura. Tiene cola corta levemente ahorquillada, patas cortas sin emplumar, boca muy ancha, y pico corto, plano y negro. Resulta característica la ancha banda transversal de color pardo en el pecho. Ambos sexos son iguales. Los jóvenes, muy similares a los adultos, presentan la cabeza, el cuello y el bajo vientre teñidos de color cremarojizo, en tanto que las plumas del dorso y la cabeza muestran bordes pálidos. El avión zapador suele observarse en grupos, tanto en vuelo como posado en taludes y cables, y está más ligado al agua que otros aviones y golondrinas.</t>
   </si>
   <si>
     <t>Serinus serinus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Serín verdecillo (Castellano), Verdecillo (Castellano), Serin (Inglés), European Serin (Inglés)</t>
+    <t>Serín verdecillo (Castellano), Verdecillo (Castellano), Serin (Inglés), European Serin (Inglés)</t>
   </si>
   <si>
     <t>Se trata de un ave pequeña, con un pico ancho, pero muy corto, y una cola con una marcada escotadura en el extremo. Machos y hembras poseen un conspicuo obispillo verdeamarillento. Ambos, además, tienen el pecho y el vientre de color blanco amarillento, con pintas o cortas rayas verticales. Pero los machos, sobre todo en primavera, muestran la frente, la garganta y la pechera teñidas de intenso amarillo. Por su tamaño, aspecto y coloración, el verdecillo se asemeja a los lúganos, aunque presenta el pico más corto y menos afilado, y carece de las bandas verde-amarillentas que son fácilmente visibles en el lúgano. También podría confundirse con el verderón serrano; no obstante, este tiene la cabeza gris, y además habita en el límite altitudinal superior del bosque, donde el verdecillo resulta muy escaso. En invierno conforma nutridos bandos y se mezcla con otros fringílidos granívoros, como verderones comunes, pardillos comunes, jilgueros, etc.</t>
   </si>
   <si>
     <t>Sitta europaea Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Trepador azul (Castellano), Garrapoa (Euskera), Pica-soques blau (Catalán), Gabeador azul (Gallego), Eurasian Nuthatch (Inglés), Nuthatch (Inglés), Wood Nuthatch (Inglés)</t>
+    <t>Trepador azul (Castellano), Garrapoa (Euskera), Pica-soques blau (Catalán), Gabeador azul (Gallego), Eurasian Nuthatch (Inglés), Nuthatch (Inglés), Wood Nuthatch (Inglés)</t>
   </si>
   <si>
     <t>Fácil de reconocer, sus caracteres más distintivos son tres: tiene color azulado, “carece de cuello” y se mueve habitualmente pegado a troncos y ramas, incluso cabeza abajo. Es un ave pequeña, del tamaño de un gorrión, pero de patas robustas, cabeza muy gruesa y pico largo y fuerte. Tanto los machos como las hembras lucen un bello color azul grisáceo en las alas, el dorso y la cola. Sus partes inferiores presentan un tono débilmente anaranjado, que es más intenso en los machos. Estos poseen, además, manchas de color rojo granate en sus flancos y en las plumas que cubren la cara inferior de la cola.</t>
   </si>
   <si>
     <t>Somateria mollissima (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Eider común (Castellano), Éider común (Castellano), Eider común (Castellano), Common Eider (Inglés), Eider (Inglés)</t>
+    <t>Eider común (Castellano), Éider común (Castellano), Eider común (Castellano), Common Eider (Inglés), Eider (Inglés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial NT (Casi amenazado),  Península DD (Datos insuficientes)</t>
   </si>
   <si>
     <t>Esta anátida de mediano tamaño se caracteriza por poseer un pico muy ancho en la base, que confiere a su cabeza un peculiar aspecto de cuña. El macho adulto presenta el plumaje mayoritariamente blanco con tintes rosados —especialmente en el pecho—, excepto los flancos, la popa y el capirote, que son negros; en el cuello y la nuca luce una coloración verdosa. La hembra, por su parte, es parda, con los centros de las plumas oscuros, por lo que ofrece un aspecto muy jaspeado. El extremo del pico es pálido, lo que la diferencia del joven, que es muy similar, aunque más oscuro. En vuelo, el macho adulto resulta muy pálido, con los extremos alares y la cola negros, en tanto que la hembra se ve parda.</t>
   </si>
   <si>
     <t>Streptopelia turtur (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tórtola europea (Castellano), Tórtola común (Castellano), European Turtle Dove (Inglés), European Turtle-Dove (Inglés), Turtle Dove (Inglés), Tourterelle des bois (Francés)</t>
+    <t>Tórtola europea (Castellano), Tórtola común (Castellano), European Turtle Dove (Inglés), European Turtle-Dove (Inglés), Turtle Dove (Inglés), Tourterelle des bois (Francés)</t>
   </si>
   <si>
     <t>Ave esbelta, ligera y de porte delicado. Tiene el dorso y los hombros anaranjados y moteados de negro, un collar de listas negras y blancas, la cabeza y el cuello de color gris azulado, y el pecho rosado. Cuando vuela destacan las rémiges oscuras, una franja alar grisácea y el dorso anaranjado. La cola muestra un patrón de color característico, con base negra y amplia banda terminal blanca. Su vuelo es rápido, ágil y errático, con fuertes batidos y cambios constantes de dirección.</t>
   </si>
   <si>
     <t>Strix aluco Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cárabo (Castellano), Cárabo común (Castellano), Urubia (Euskera), Gamarús (Catalán), Avelaiona (Gallego), Tawny Owl (Inglés)</t>
+    <t>Cárabo (Castellano), Cárabo común (Castellano), Urubia (Euskera), Gamarús (Catalán), Avelaiona (Gallego), Tawny Owl (Inglés)</t>
   </si>
   <si>
     <t>Lo primero que llama la atención en el aspecto del cárabo común es su voluminosa cabeza, en la que destacan unos enormes y globosos ojos negros, lo que, unido a la ausencia de penachos cefálicos (“orejas”) y a su aspecto rechoncho y robusto, permite diferenciarlo fácilmente del resto de nuestras rapaces nocturnas. Su plumaje resulta extraordinariamente mimético y presenta una gran variabilidad en cuanto a color, ya que existen ejemplares grisáceos, rojizos y marrones. En todos los casos, el diseño consiste en una compleja mezcla de punteados, barrados y vermiculados, que imitan a la perfección la corteza de los árboles. La cara es de color blancuzco, grisáceo o rojizo, y en ella destacan dos listas blanquecinas a modo de “cejas”.</t>
   </si>
   <si>
     <t>Sturnus unicolor Temminck, 1820</t>
   </si>
   <si>
-    <t>prueba_Estornino negro (Castellano), Spotless Starling (Inglés)</t>
+    <t>Estornino negro (Castellano), Spotless Starling (Inglés)</t>
   </si>
   <si>
     <t>Esta ave posee tamaño mediano, aspecto compacto, patas cortas y fuertes, y pico puntiagudo. Luce una coloración uniformemente negra, con ciertos brillos verdes y púrpuras, pero sin motas. Tiene el pico amarillo en verano y oscuro en invierno. Ambos sexos resultan similares, y los jóvenes son uniformemente pardos. Aunque se parece al mirlo común, el estornino se desplaza más erguido, andando y no a saltos. Presenta un vuelo rápido y directo.</t>
   </si>
   <si>
     <t>Sturnus vulgaris Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Estornino pinto (Castellano), Starling (Inglés), European Starling (Inglés), Common Starling (Inglés), Etourneau sansonnet (Francés)</t>
+    <t>Estornino pinto (Castellano), Starling (Inglés), European Starling (Inglés), Common Starling (Inglés), Etourneau sansonnet (Francés)</t>
   </si>
   <si>
     <t>Ave de mediano tamaño, compacta, con patas fuertes y cortas de color rosado, y pico puntiagudo. Exhibe un plumaje de color negro dominante, con reflejos violáceos y púrpuras, y con un moteado variable de pintas blanco-amarillentas. En invierno, el moteado resulta especialmente intenso, mientras que en verano es menos evidente. Tiene el pico de color amarillo en verano y negro en invierno. Los jóvenes presentan tonos pardo-grisáceos. Se trata de un pájaro similar al mirlo común, aunque se desplaza más erguido, andando y no a saltos. Posee un vuelo rápido y directo.</t>
   </si>
   <si>
     <t>Sylvia atricapilla (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Curruca capirotada (Castellano), Txinboa kaskabeltza (Euskera), Tallarol de casquet (Catalán), Papuxa encapuchada (Gallego), Eurasian Blackcap (Inglés), Blackcap (Inglés), Fauvette à tête noire (Francés)</t>
+    <t>Curruca capirotada (Castellano), Txinboa kaskabeltza (Euskera), Tallarol de casquet (Catalán), Papuxa encapuchada (Gallego), Eurasian Blackcap (Inglés), Blackcap (Inglés), Fauvette à tête noire (Francés)</t>
   </si>
   <si>
     <t>Curruca de mediano tamaño, de aspecto más compacto y robusto que la mayor parte de sus congéneres, aunque muy similar en tamaño y silueta a la curruca mosquitera. Al igual que ésta, y a diferencia de la mayoría de las currucas, no presenta ni rectrices externas ni garganta blanquecinas. Luce una tonalidad general grisácea, aunque la hembra muestra en las alas y en las regiones ventrales tintes más pardo rojizos. Los machos poseen el capirote negro, mientras que las hembras y los jóvenes lo tienen de color castaño.</t>
   </si>
   <si>
     <t>Sylvia borin (Boddaert, 1783)</t>
   </si>
   <si>
-    <t>prueba_Curruca mosquitera (Castellano), Baso-txinboa (Euskera), Tallarol gros (Catalán), Papuxa picafollas (Gallego), Garden Warbler (Inglés), Fauvette des jardins (Francés)</t>
+    <t>Curruca mosquitera (Castellano), Baso-txinboa (Euskera), Tallarol gros (Catalán), Papuxa picafollas (Gallego), Garden Warbler (Inglés), Fauvette des jardins (Francés)</t>
   </si>
   <si>
     <t>Pajarillo de fisonomía más compacta y robusta que la de otras currucas —aunque bastante similar a la de la curruca capirotada—, con cabeza más redondeada y pico más corto y grueso. Un fino anillo orbital rodea al ojo. De todas formas, se trata de un ave que no cuenta con rasgos distintivos realmente identificativos o llamativos, y su aspecto general resulta bastante uniforme. Presenta las partes ventrales de color ante pálido y el dorso pardo-grisáceo. En torno a su cuello destaca ligeramente un discreto collar más grisáceo. Ambos sexos son iguales.</t>
   </si>
   <si>
     <t>Tachybaptus ruficollis (Pallas, 1764)</t>
   </si>
   <si>
-    <t>prueba_Zampullín chico (Castellano), Zampullín común (Castellano), Zampullín común (Castellano), Txilinporta txikia (Euskera), Cabusset (Catalán), Mergullón pequeño (Gallego), Little Grebe (Inglés), Grèbe castagneux (Francés)</t>
+    <t>Zampullín chico (Castellano), Zampullín común (Castellano), Zampullín común (Castellano), Txilinporta txikia (Euskera), Cabusset (Catalán), Mergullón pequeño (Gallego), Little Grebe (Inglés), Grèbe castagneux (Francés)</t>
   </si>
   <si>
     <t>Se trata del más pequeño de los zampullines. Es un ave rechoncha, con cuello mediano y arqueado, y pico corto y recto. En verano muestra coloración general oscura, con el cuerpo, la cabeza y la nuca negros, mientras que la garganta y el cuello presentan una tonalidad castaña; en esta estación destaca la pequeña mancha amarilla que aparece en la comisura del pico. En invierno, las zonas inferiores, incluyendo las mejillas, la garganta y el cuello, tienen color crema, mientras que la cabeza y el dorso son de un tono pardo oscuro; en esta época, el pico resulta amarillento casi en su totalidad. Tanto en invierno como en verano, la zona caudal o popa posee tonos blanquecinos y aspecto “algodonoso”. No existen diferencias entre sexos. Los juveniles recuerdan a los adultos en invierno, de los que tan solo se distinguen por presentar en cada mejilla dos líneas negras sobre el fondo crema. Como otros miembros de su familia, se zambulle con frecuencia para bucear.</t>
   </si>
   <si>
     <t>Podiceps ruficollis (Pallas, 1764)</t>
   </si>
   <si>
     <t>Tachymarptis melba (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Vencejo real (Castellano), Malkor-sorbeltza (Euskera), Ballester (Catalán), Cirrio grande (Gallego), Alpine Swift (Inglés), Martinet alpin (Francés)</t>
+    <t>Vencejo real (Castellano), Malkor-sorbeltza (Euskera), Ballester (Catalán), Cirrio grande (Gallego), Alpine Swift (Inglés), Martinet alpin (Francés)</t>
   </si>
   <si>
     <t>Se trata del más grande y vistoso de los vencejos españoles. Presenta una silueta típica en forma de ballesta, cola corta y levemente ahorquillada, y alas muy largas y estrechas, de aleteos lentos. Posee pico corto, plano y con la boca muy ancha; patas emplumadas y extremadamente cortas, que le impiden posarse en el suelo; y pies pequeños y de fuertes garras, con los cuatro dedos dirigidos hacia delante. Muestra coloración general pardo oliva, más oscura en las alas, con dos destacadas áreas blancas en el vientre y la garganta, separadas ambas por un collar parduzco. Ambos sexos son iguales. Los jóvenes resultan muy similares a los adultos, aunque un poco más oscuros y con plumas ribeteadas de blanco. Esta ave pasa la mayor parte de su vida en el aire, por lo que casi siempre se la ve volando y agrupada, tanto en núcleos urbanos como en acantilados costeros y de interior.</t>
   </si>
   <si>
     <t>Apus melba (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Tadorna tadorna (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tarro blanco (Castellano), Paita arrunta (Euskera), Ànec blanc (Catalán), Pato branco (Gallego), Shelduck (Inglés), Common Shelduck (Inglés), Tadorne de Belon (Francés)</t>
+    <t>Tarro blanco (Castellano), Paita arrunta (Euskera), Ànec blanc (Catalán), Pato branco (Gallego), Shelduck (Inglés), Common Shelduck (Inglés), Tadorne de Belon (Francés)</t>
   </si>
   <si>
     <t>Anátida intermedia (por forma y comportamiento) entre un ganso y un pato típicos, que presenta las patas muy centradas en el cuerpo, en una posición que facilita la acción de pastar. Su coloración general es blanca, con el dorso más oscuro (verdoso) y un ancho collar pardorrojizo en el pecho. La cabeza y el cuello son de un verde oscuro, a modo de capuchón. El pico rojo posee un llamativo abultamiento en la frente de los machos. Los jóvenes son mucho más pálidos, sin collar y sin capucha definida, con el dorso pardo escamado, cabeza y cuello oscuros, cara blanquecina y pico rosado. En vuelo, las primarias y secundarias, de color muy oscuro —las últimas de un tono verde botella—, contrastan con el tono general blanco.</t>
   </si>
   <si>
     <t>Thalasseus sandvicensis (Latham, 1787)</t>
   </si>
   <si>
-    <t>prueba_Charrán patinegro (Castellano), Charrán patinegro (Castellano), Txenada hankabeltza (Euskera), Xatrac becllarg (Catalán), Carrán cristado (Gallego), Sandwich Tern (Inglés), Sterne caugek (Francés)</t>
+    <t>Charrán patinegro (Castellano), Charrán patinegro (Castellano), Txenada hankabeltza (Euskera), Xatrac becllarg (Catalán), Carrán cristado (Gallego), Sandwich Tern (Inglés), Sterne caugek (Francés)</t>
   </si>
   <si>
     <t>Es un charrán de tamaño entre mediano y grande —casi como una gaviota reidora, aunque mucho más esbelto— comparado con sus congéneres, solo menor que la pagaza piquirroja y el charrán real. Presenta las partes inferiores blancas y las superiores de color gris pálido uniforme, excepto el obispillo y la cola, visiblemente blancos en los adultos y fuertemente escamados de gris oscuro en los pollos del año. Posee un pico largo de color negro con la punta amarilla, que resulta menos notable en los jóvenes. La forma de la cabeza es más plana y alargada que en los charranes más pequeños y en ella resalta el capirote negro con una cresta hirsuta y conspicua en las aves adultas reproductoras, mientras que en plumaje invernal y en aves jóvenes la frente y la parte superior de la cabeza, hasta la altura del ojo, son de color blanco. Las patas son negras en todas las edades. En vuelo, las alas se ven largas y puntiagudas y la cola no muy larga y ahorquillada. Su vuelo es potente, con batidos de ala profundos y regulares cuando se desplaza, y algo más errático mientras se alimenta, momento en el que realiza frecuentes giros y picados repentinos.</t>
   </si>
   <si>
     <t>Sterna sandvicensis Latham, 1787</t>
   </si>
   <si>
     <t>Tringa erythropus (Pallas, 1764)</t>
   </si>
   <si>
-    <t>prueba_Archibebe oscuro (Castellano), Bernagorri iluna (Euskera), Gamba roja pintada (Catalán), Bilurico patirroxo (Gallego), Spotted Redshank (Inglés), Chevalier arlequin (Francés)</t>
+    <t>Archibebe oscuro (Castellano), Bernagorri iluna (Euskera), Gamba roja pintada (Catalán), Bilurico patirroxo (Gallego), Spotted Redshank (Inglés), Chevalier arlequin (Francés)</t>
   </si>
   <si>
     <t>Se trata de una limícola de tamaño mediano, estilizada, con las patas más largas que la anchura del cuerpo, y el pico —cuya mandíbula inferior es de color naranja en la base— mayor que la longitud de la cabeza. El macho en plumaje nupcial presenta una librea inconfundible, de color negro, en la que solo destacan los festones claros en las plumas de las partes superiores y un anillo ocular blanco. Las patas son de color rojo sucio, casi negras. La hembra en plumaje nupcial es similar, pero menos oscura al mostrar bordes blancos en la mayoría de las plumas del cuerpo. El adulto no reproductor es de color gris muy claro, con una ceja blanca que contrasta con las bridas oscuras y partes inferiores blancas con un tinte grisáceo a los lados del pecho. Las patas son llamativas, naranjas o rojas. El juvenil, por su parte, presenta las regiones dorsales marronáceas, con festones claros en las plumas; el cuello, el pecho y las partes inferiores son de color marrón grisáceo claro con densas barras oscuras y, las patas, anaranjadas.</t>
   </si>
   <si>
     <t>Tringa nebularia (Gunnerus, 1767)</t>
   </si>
   <si>
-    <t>prueba_Archibebe claro (Castellano), Kuliska zuria (Euskera), Gamba verda (Catalán), Bilurico pativerde (Gallego), Greenshank (Inglés), Common Greenshank (Inglés), Chevalier aboyeur (Francés)</t>
+    <t>Archibebe claro (Castellano), Kuliska zuria (Euskera), Gamba verda (Catalán), Bilurico pativerde (Gallego), Greenshank (Inglés), Common Greenshank (Inglés), Chevalier aboyeur (Francés)</t>
   </si>
   <si>
     <t>Es una limícola de tamaño mediano, estilizada, con las patas bastante largas —de color verde amarillento— y pico de considerable longitud, ligeramente curvado hacia arriba, con la base verdosa y la punta negra. El adulto en librea nupcial presenta las plumas de las partes superiores de coloración variable, unas oscuras con festones blancos y otras grises con raquis y muescas oscuras. El cuello, el pecho y las partes inferiores son blancos, con un fuerte barrado marrón oscuro y galones en los flancos. El adulto no reproductor es grisáceo, pero con un aspecto moteado debido a los bordes blancos de las plumas de las partes superiores, que presentan un festoneado negro interior; el pecho y las zonas inferiores son completamente blancos. El individuo juvenil, por su parte, luce las plumas superiores marrones con bordes crema y festones oscuros y un ligero barrado marrón en el pecho, con las regiones inferiores blancas. En vuelo, las partes superiores se muestran bastante oscuras, con el obispillo muy pálido que se prolonga en cuña por el dorso. En la cola aparece un difuso barrado transversal.</t>
   </si>
   <si>
     <t>Tringa ochropus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Andarrios grande (Castellano), Andarríos grande (Castellano), Kuliska iluna (Euskera), Xivita (Catalán), Bilurico alinegro (Gallego), Green Sandpiper (Inglés), Chevalier cul-blanc (Francés)</t>
+    <t>Andarrios grande (Castellano), Andarríos grande (Castellano), Kuliska iluna (Euskera), Xivita (Catalán), Bilurico alinegro (Gallego), Green Sandpiper (Inglés), Chevalier cul-blanc (Francés)</t>
   </si>
   <si>
     <t>Se trata de un ave limícola de tamaño entre pequeño y mediano, de aspecto estilizado, con patas de mediana longitud que apenas sobresalen de la cola en vuelo, y pico igual a la longitud de la cabeza. Como otros andarríos, cuando está posado suele realizar un continuo movimiento de balanceo. La coloración es bastante oscura en la región dorsal, en marcado contraste con la garganta y las zonas ventrales, de color blanco. Presenta un límite nítido entre el pecho oscuro y el vientre blanco. Las patas son de color grisáceo oscuro y muestra también una ceja blanca, que es corta y solo se extiende entre el pico y el ojo. El adulto en plumaje nupcial exhibe numerosas pintas blancas en las partes superiores, que destacan notablemente sobre el fondo marrón oscuro. El píleo, el cuello y el pecho aparecen listados de marrón y blanco. Los ejemplares no reproductores presentan motas menos destacadas, de color ante apagado, el píleo apenas estriado de claro y el pecho grisáceo, con un estriado más difuso. El juvenil, por su parte, es semejante al adulto no reproductor, pero con las pintas de las partes superiores más conspicuas y con un estriado menos definido en el pecho. El andarríos grande es un ave tímida y nerviosa, a la que, normalmente, no se descubre hasta que alza el vuelo. En ese momento resulta fácil de identificar debido a su color muy oscuro, en el que resalta el obispillo blanco y el barrado transversal de la cola</t>
   </si>
   <si>
     <t>Turdus iliacus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Zorzal alirrojo (Castellano), Redwing (Inglés)</t>
+    <t>Zorzal alirrojo (Castellano), Redwing (Inglés)</t>
   </si>
   <si>
     <t>El alirrojo es un zorzal de pequeño tamaño, compacto y de cola relativamente corta, que no presenta un dimorfismo sexual muy evidente. Su plumaje es marrón-grisáceo en el dorso y blanco con listas oscuras hacia las regiones ventrales. Los flancos y la parte inferior de las alas lucen un tono rojizo bastante intenso, que es visible en vuelo y constituye un buen indicio para diferenciarlo de especies próximas. Otro rasgo llamativo en su diseño es la presencia de una marcada ceja y una bigotera blancas, distinguibles incluso a cierta distancia. Suele moverse en grupos numerosos durante el invierno, a menudo en compañía de otros zorzales.</t>
   </si>
   <si>
     <t>Turdus merula Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Mirlo común (Castellano), Patoja (Castellano), Common Blackbird (Inglés), Eurasian Blackbird (Inglés), Blackbird (Inglés)</t>
+    <t>Mirlo común (Castellano), Patoja (Castellano), Common Blackbird (Inglés), Eurasian Blackbird (Inglés), Blackbird (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Túrdido de mediano tamaño y con aspecto muy característico. De tonos uniformes y oscuros, el macho luce color negro, con el pico y el anillo ocular anaranjados, mientras que la hembra es marrón oscura, con el pico amarillento o parduzco. Exhibe un vuelo ágil y directo, frecuentemente a baja altura, entre matorrales y zonas de vegetación enmarañada. Posado en el suelo, anda a saltos, y cuando se para muestra una pose muy erguida.</t>
   </si>
   <si>
     <t>Turdus philomelos Brehm, CL, 1831</t>
   </si>
   <si>
-    <t>prueba_Zorzal común (Castellano), Song Thrush (Inglés), Grive musicienne (Francés)</t>
+    <t>Zorzal común (Castellano), Song Thrush (Inglés), Grive musicienne (Francés)</t>
   </si>
   <si>
     <t>Se trata de un zorzal de tamaño medio, con las regiones dorsales de un color pardo algo más cálido que el del zorzal charlo. Las partes inferiores presentan tonos claros, blanquecinos en el vientre y de un color ocre amarillento en el pecho, y aparecen profusamente tachonadas por motas en forma de cuña que, en la zona del cuello, se ordenan para dar lugar a una fina bigotera. Suele desplazarse por el suelo, aunque se posa en la parte más alta de arbustos y árboles para cantar. Su vuelo, rápido y algo espasmódico, permite observar la característica coloración herrumbrosa de su zona axilar, que facilita su diferenciación de otros zorzales.</t>
   </si>
   <si>
     <t>Turdus viscivorus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Zorzal charlo (Castellano), Mistle Thrush (Inglés)</t>
+    <t>Zorzal charlo (Castellano), Mistle Thrush (Inglés)</t>
   </si>
   <si>
     <t>Es un zorzal grande, bastante más corpulento que el zorzal común y más alargado y erguido cuando se posa. Las partes dorsales son de color pardo grisáceo y las inferiores, blanquecinas, con una mancha gris oscura a los lados del pecho e intensamente moteadas, desde la garganta hasta el vientre, por gruesas pintas oscuras dispuestas aleatoriamente. En la cara presenta un diseño irregular de manchas grises, blancas y negras. Los jóvenes aparecen intensamente moteados de marrón, ocre y blanco por todo el plumaje. Su vuelo es rápido y directo, y es en el aire cuando se hace especialmente visible su larga cola y la región axilar de color blanco, que permiten distinguirlo con facilidad de otros zorzales.</t>
   </si>
   <si>
     <t>Turnix sylvaticus (Desfontaines, 1789)</t>
   </si>
   <si>
-    <t>prueba_Torillo (Castellano), Torillo andaluz (Castellano), Zezen-txoa (Euskera), Guatlla andalusa (Catalán), Cogorniza andalusa (Gallego), Andalusian Hemipode (Inglés), Kurrichane Buttonquail (Inglés), Common Buttonquail (Inglés), Turnix d'Andalousie (Francés)</t>
+    <t>Torillo (Castellano), Torillo andaluz (Castellano), Zezen-txoa (Euskera), Guatlla andalusa (Catalán), Cogorniza andalusa (Gallego), Andalusian Hemipode (Inglés), Kurrichane Buttonquail (Inglés), Common Buttonquail (Inglés), Turnix d'Andalousie (Francés)</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial LC (Preocupación menor),  Península RE (Extinto regionalmente)</t>
   </si>
   <si>
     <t>De pequeño tamaño y hábitos extraordinariamente recatados, el torillo es una de las pocas especies en que la hembra exhibe un plumaje más vistoso que el macho, si bien ambos son bastante crípticos. Dominan en su librea los tonos terrosos en el dorso y los cremosos en el vientre. A la altura del pecho presenta una franja rojizo-anaranjada de extensión variable, mientras que en los flancos aparece una serie de manchas oscuras en forma de V. El aspecto general del torillo, que recuerda al de una codorniz, se caracteriza por sus formas redondeadas y compactas, por la posesión de cortas patas adaptadas para la marcha y por sus alas redondeadas.</t>
   </si>
   <si>
     <t>Turnix sylvatica</t>
   </si>
   <si>
     <t>Upupa epops Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Abubilla común (Castellano), Abubilla (Castellano), Argi-oilarra (Euskera), Puput (Catalán), Bubela (Gallego), Hoopoe (Inglés), Common Hoopoe (Inglés), Huppe fasciée (Francés)</t>
+    <t>Abubilla común (Castellano), Abubilla (Castellano), Argi-oilarra (Euskera), Puput (Catalán), Bubela (Gallego), Hoopoe (Inglés), Common Hoopoe (Inglés), Huppe fasciée (Francés)</t>
   </si>
   <si>
     <t>Ave de aspecto inconfundible, con tonos ocres en la mitad anterior del cuerpo, y listas negras y blancas en la mitad posterior del dorso. Pese a que ambos sexos resultan muy similares, el macho posee el color anaranjado del pecho de un tono más intenso. La abubilla luce en su cabeza una llamativa cresta, de color ocre y con las puntas negras, que suele desplegar al posarse, cuando está inquieta o durante el cortejo. Tiene el pico largo y ligeramente curvado, y una cola amplia y negra, atravesada por una banda blanca. En vuelo presenta alas blanquinegras, muy anchas y redondeadas. Los aleteos son irregulares y describe ligeras ondulaciones en su trayectoria.</t>
   </si>
   <si>
     <t>Acrocephalus arundinaceus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Carricero tordal (Castellano), Lezkarri  karratxina (Euskera), Balquer (Catalán), Folosa grande (Gallego), Great Reed Warbler (Inglés), Great Reed-warbler (Inglés), Rousserolle turdoïde (Francés)</t>
+    <t>Carricero tordal (Castellano), Lezkarri  karratxina (Euskera), Balquer (Catalán), Folosa grande (Gallego), Great Reed Warbler (Inglés), Great Reed-warbler (Inglés), Rousserolle turdoïde (Francés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Península NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Península, Mundial</t>
   </si>
   <si>
     <t>Se trata de la especie más robusta entre los carriceros y carricerines. De tonos pardos uniformes, es similar al carricero común, aunque notablemente mayor y con el pico más grande. Presenta el dorso marrón rojizo o grisáceo, según la edad y el desgaste de la pluma, y tiene las partes inferiores de tonos pardo-amarillentos. Ambos sexos son iguales.</t>
   </si>
   <si>
     <t>Actitis hypoleucos (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Andarríos chico (Castellano), Andarríos chico (Castellano), Andarrios chico (Castellano), Kuliska txikia (Euskera), Xivitona (Catalán), Bilurico das rochas (Gallego), Common Sandpiper (Inglés), Chevalier guignette (Francés)</t>
+    <t>Andarríos chico (Castellano), Andarríos chico (Castellano), Andarrios chico (Castellano), Kuliska txikia (Euskera), Xivitona (Catalán), Bilurico das rochas (Gallego), Common Sandpiper (Inglés), Chevalier guignette (Francés)</t>
   </si>
   <si>
     <t>Es una limícola estilizada, de pequeño tamaño —el menor entre los andarríos— y patas bastante cortas, que balancea la cola y la cabeza de forma característica cuando está posada. Sus partes superiores son pardas y las inferiores, blancas, con un característico entrante pálido que sube desde los lados del pecho hasta el cuello, por delante del vértice del ala. El adulto en plumaje nupcial luce las plumas de las partes superiores de color pardo grisáceo, con barrados y punteaduras que le dan un aspecto poco uniforme. Fuera de la estación reproductora, las plumas presentan el raquis finamente destacado de oscuro y el borde ante, con una banda subapical negra, mientras que las coberteras muestran un doble barrado apical negro y ante. El juvenil es similar al adulto no reproductor, pero con los márgenes de las plumas más destacados. En vuelo, el andarríos chico exhibe un diseño alar característico, con una ancha franja blanca enmarcada por plumas más oscuras.</t>
   </si>
   <si>
     <t>Tringa hypoleucos (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Alca torda Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Alca común (Castellano), Alca (Castellano), Alca común (Castellano), Patorroa (Euskera), Gavot (Catalán), Arao romero (Gallego), Razorbill (Inglés), Petit Pingouin (Francés)</t>
+    <t>Alca común (Castellano), Alca (Castellano), Alca común (Castellano), Patorroa (Euskera), Gavot (Catalán), Arao romero (Gallego), Razorbill (Inglés), Petit Pingouin (Francés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Como el resto de los componentes de la familia de los álcidos, el alca común presenta el cuerpo alargado y las patas en posición bastante retrasada, si bien se diferencia con facilidad por la cola, relativamente larga, y el pico robusto, de color negro y surcado por una delgada línea blanca. El diseño, que sigue el patrón típico de este grupo de aves, con las regiones dorsales negras y las ventrales blancas, es similar en ambos sexos, si bien varía según la edad y la época del año; así, durante el periodo reproductor muestra una tonalidad negra más intensa que se extiende por toda la cabeza hasta el cuello, y en el pico se dibujan tres líneas blancas. Los jóvenes son parecidos a los adultos durante el invierno, aunque el pico es algo menor y con la forma ligeramente distinta. Vuela muy cerca de la superficie del mar, propulsado por rápidos batidos de ala, a menudo agrupado en pequeños bandos o “trenes” de aves que se desplazan en fila.</t>
   </si>
   <si>
     <t>Anthus spinoletta (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Bisbita alpino (ribereño) (Castellano), Bisbita alpino (Castellano), Mendi-txirta (Euskera), Grasset de muntanya (Catalán), Pica alpina (Gallego), Rock Pipit and Water Pipit (Inglés), Water Pipit (Inglés)</t>
+    <t>Bisbita alpino (ribereño) (Castellano), Bisbita alpino (Castellano), Mendi-txirta (Euskera), Grasset de muntanya (Catalán), Pica alpina (Gallego), Rock Pipit and Water Pipit (Inglés), Water Pipit (Inglés)</t>
   </si>
   <si>
     <t>En época de cría, el macho exhibe cabeza gris azulada, garganta y ceja blancas, dorso pardo gris estriado, y pecho rosado liso, con algunas estrías tenues en los flancos. Posee alas redondeadas; cola larga y con plumas externas blancas; pico negro, largo y fino; y patas finas y oscuras, con uña posterior de longitud media. En invierno, los adultos adquieren un plumaje más típico de bisbita, con partes superiores de color pardo gris muy estriadas, pecho de fondo claro muy rayado, bigotera negra, y patas y pico más aclarados. En verano resulta difícil de confundir; pero en invierno hay que prestar atención a su mayor tamaño, patas oscuras y tonalidad gris, que lo distinguen del bisbita pratense, y a su aspecto general más claro que el del bisbita costero. En verano, la hembra muestra menor intensidad que el macho en los colores del pecho y la cabeza. Los jóvenes semejan adultos en plumaje invernal, pero son algo más oscuros y rayados. El bisbita alpino suele observarse en solitario en todas las épocas, generalmente en el suelo.</t>
   </si>
   <si>
     <t>Apus unicolor (Jardine, 1830)</t>
   </si>
   <si>
-    <t>prueba_Vencejo unicolor (Castellano), Sorbeltz kolorebakarduna (Euskera), Falciot unicolor (Catalán), Cirrio unicolor (Gallego), Plain-coloured Swift (Inglés), Plain Swift (Inglés), Martinet unicolore (Francés)</t>
+    <t>Vencejo unicolor (Castellano), Sorbeltz kolorebakarduna (Euskera), Falciot unicolor (Catalán), Cirrio unicolor (Gallego), Plain-coloured Swift (Inglés), Plain Swift (Inglés), Martinet unicolore (Francés)</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Presenta silueta en forma de ballesta, cola corta y bastante ahorquillada, y alas estrechas y largas. Su coloración es uniforme, de tono pardo gris. Su aspecto resulta muy semejante al de los vencejos común y pálido, con los que puede coincidir en el mismo territorio. Las diferencias, muy sutiles, con estas especies estriban en que el vencejo unicolor es intermedio en coloración (más claro que el común y más oscuro que el pálido), ligeramente más pequeño, y de aspecto esbelto por sus alas más estrechas; además exhibe una cola más larga y ahorquillada, y la mancha blanca de la garganta es menor y más difusa. Ambos sexos son iguales. Los jóvenes se parecen mucho a los adultos, aunque muestran un tono algo más oscuro y un aspecto escamoso, por la presencia de plumas con pequeños ribetes blancos. Esta ave es observada casi siempre en grupo y en el aire, ya que pasa la mayor parte de su vida volando, y únicamente se la ve posada cuando entra o sale del nido. Duerme tanto en vuelo como en el nido.</t>
   </si>
   <si>
     <t>Aquila adalberti Brehm, CL, 1861</t>
   </si>
   <si>
-    <t>prueba_Águila imperial ibérica (Castellano), Eguzki-arranoa (Euskera), Aguila imperial (Catalán), Aguia imperial ibérica (Gallego), Adalbert's Eagle (Inglés), Spanish Eagle (Inglés), Spanish Imperial Eagle (Inglés)</t>
+    <t>Águila imperial ibérica (Castellano), Eguzki-arranoa (Euskera), Aguila imperial (Catalán), Aguia imperial ibérica (Gallego), Adalbert's Eagle (Inglés), Spanish Eagle (Inglés), Spanish Imperial Eagle (Inglés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Península EN (En peligro),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Rapaz de gran tamaño, el adulto es de tono general marrón muy oscuro, con hombros blanquecinos, y nuca y laterales de la cabeza pálidos. Pico muy poderoso. En vuelo destacan los hombros blancos y la base de la cola pálida sobre el resto del plumaje oscuro. Las alas son largas y relativamente rectangulares. La cola es larga (no tanto como en el águila real) y algo estrecha, y generalmente la lleva cerrada. El joven del año es pardo rojizo, con las plumas de vuelo oscuras. Tras sucesivas mudas va adquiriendo el aspecto de adulto (a partir de los cinco años), pasando por el estado intermedio de “damero”, en el que exhibe un patrón ajedrezado que mezcla plumas pálidas y oscuras. En vuelo, el cuerpo y los axilares rojizos contrastan con las secundarias oscuras. Las primarias muestran una zona más pálida, y la cola es oscura. En las partes superiores, el patrón es similar, pero se añade el obispillo pálido.</t>
   </si>
   <si>
     <t>Aquila heliaca adalberti C. L. Brehm, 1861</t>
   </si>
   <si>
     <t>Aquila chrysaetos (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Águila real (Castellano), Arrano beltza (Euskera), Águila daurada (Catalán), Aguia real (Gallego), Golden Eagle (Inglés), Aigle royal (Francés)</t>
+    <t>Águila real (Castellano), Arrano beltza (Euskera), Águila daurada (Catalán), Aguia real (Gallego), Golden Eagle (Inglés), Aigle royal (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Península NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es una rapaz de gran tamaño y la mayor de las águilas ibéricas. El adulto luce coloración general parda muy oscura, con tonos más dorados en las alas, la nuca y el cuello. Vista en vuelo, en la distancia parece muy oscura, con las plumas de vuelo y la cola ligeramente más pálidas. Su silueta, muy proporcionada, queda definida por unas alas largas y anchas, de borde posterior muy redondeado —con un estrechamiento llamativo en la axila—, y una cola larga. El joven del año es muy oscuro, casi negro, y cuando vuela destacan sendos parches blancos en las alas, así como una amplia zona blanca en gran parte de la cola, rematada por una banda terminal negra. A través de sucesivas mudas va progresivamente desdibujando este patrón de color tan contrastado, hasta alcanzar el plumaje definitivo de adulto, a los cinco o seis años de edad.</t>
   </si>
   <si>
     <t>Athene noctua (Scopoli, 1769)</t>
   </si>
   <si>
-    <t>prueba_Mochuelo (Castellano), Mochuelo europeo (Castellano), Mochuelo común (Castellano), Mozoloa arrunta (Euskera), Mussol comú (Catalán), Moucho común (Gallego), Little Owl (Inglés), Chouette chevêche (Francés)</t>
+    <t>Mochuelo (Castellano), Mochuelo europeo (Castellano), Mochuelo común (Castellano), Mozoloa arrunta (Euskera), Mussol comú (Catalán), Moucho común (Gallego), Little Owl (Inglés), Chouette chevêche (Francés)</t>
   </si>
   <si>
     <t>El mochuelo europeo es una pequeña rapaz nocturna de formas rechonchas, que se caracteriza, sobre todo, por una voluminosa y redondeada cabeza carente de penachos cefálicos. En su plumaje predominan los tonos marrones y grisáceos profusamente moteados de blanco. Las partes ventrales son más claras que las dorsales, aunque aparecen también intensamente moteadas. La ancha cabeza se adorna con finas manchas blancas y las plumas que rodean el pico y las llamativas cejas blancas enmarcan unos grandes ojos amarillos de expresión sorprendida. La cola es corta, al igual que las alas, que tienden a ser redondeadas; tanto una como otras aparecen abundantemente barradas con franjas parduzcas. El vuelo es rápido y marcadamente ondulado. Al ser un ave de hábitos parcialmente diurnos, es muy frecuente observar la característica silueta redondeada del mochuelo sobre tocones, tejados o piedras, incluso durante las horas centrales del día.</t>
   </si>
   <si>
     <t>Aythya nyroca (Güldenstädt, 1770)</t>
   </si>
   <si>
-    <t>prueba_Porrón pardo (Castellano), Murgilari arrea (Euskera), Morell xocolater (Catalán), Pato castaño (Gallego), Ferruginous Duck (Inglés), White-eyed Pochard (Inglés), Ferruginous Pochard (Inglés), Fuligule nyroca (Francés)</t>
+    <t>Porrón pardo (Castellano), Murgilari arrea (Euskera), Morell xocolater (Catalán), Pato castaño (Gallego), Ferruginous Duck (Inglés), White-eyed Pochard (Inglés), Ferruginous Pochard (Inglés), Fuligule nyroca (Francés)</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Península CR (En peligro crítico),  Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Este pato buceador de pequeño o mediano tamaño y cuerpo bastante corto presenta una cabeza con el característico perfil de porrón, es decir, frente alta y píleo apuntado. El macho adulto en plumaje nupcial exhibe una bella tonalidad herrumbre o castaño intenso, más oscuro en el dorso y más pálido en los flancos. El iris es de color blanco, por lo que destaca vivamente sobre el plumaje de la cabeza. La hembra adulta resulta más sombría y menos contrastada y tiene el iris de color pardo. Los jóvenes son similares a la hembra adulta, pero de color más apagado, en general. En vuelo se observan muy nítidamente unas anchas bandas de color blanco puro que llegan hasta los extremos alares, así como la coloración blanca del vientre y la popa.</t>
   </si>
   <si>
     <t>Botaurus stellaris (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Avetoro (Castellano), Avetoro común (Castellano), Avetoro común (Castellano), Txoro-zezen arrunta (Euskera), Bitó comú (Catalán), Common Bittern (Inglés), Bittern (Inglés), Eurasian Bittern (Inglés), Butor étoilé (Francés)</t>
+    <t>Avetoro (Castellano), Avetoro común (Castellano), Avetoro común (Castellano), Txoro-zezen arrunta (Euskera), Bitó comú (Catalán), Common Bittern (Inglés), Bittern (Inglés), Eurasian Bittern (Inglés), Butor étoilé (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Península CR (En peligro crítico),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Garza de mediano tamaño, rechoncha y de grueso cuello, de color pardo rojizo. Tiene todo el dorso rayado de oscuro, píleo negro y bigotera oscura llamativa. Los jóvenes son muy similares, pero algo más pálidos, principalmente en las partes inferiores, y con bigotera menos definida. En vuelo muestra patas muy alargadas y cuello recogido, con el pico apuntando hacia arriba. Sus plumas de vuelo son barradas. Difícil de ver, rara vez abandona la cobertura de la densa vegetación palustre.</t>
   </si>
   <si>
     <t>Burhinus oedicnemus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Alcaraván majorero (Castellano), Alcaraván común (Castellano), Alcaraván (Castellano), Pernil (Castellano), Atalarra (Euskera), Torlit (Catalán), Eurasian Stone-curlew (Inglés), Stone Curlew (Inglés), Eurasian Thick-knee (Inglés)</t>
+    <t>Alcaraván majorero (Castellano), Alcaraván común (Castellano), Alcaraván (Castellano), Pernil (Castellano), Atalarra (Euskera), Torlit (Catalán), Eurasian Stone-curlew (Inglés), Stone Curlew (Inglés), Eurasian Thick-knee (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Pequeña zancuda de grandes ojos amarillos y coloración general pardo-terrosa. El adulto luce una banda blanca bordeada de negro en el ala, y dos franjas blancas por encima y debajo del ojo. Tiene el pico amarillo, con la punta negra. El joven es más discreto, con la banda alar y las franjas blancas de la cabeza más desvanecidas y menos marcadas. En vuelo, la parte inferior de las alas resulta muy pálida, mientras que la superior presenta dos franjas alares blanquecinas bordeadas de negro, con las puntas y la parte posterior de las alas negruzcas, aunque sobre este fondo oscuro también se aprecian algunas manchas blancas.</t>
   </si>
   <si>
     <t>Calidris minuta (Leisler, 1812)</t>
   </si>
   <si>
-    <t>prueba_Correlimos menudo (Castellano), Txirri txikia (Euskera), Terretitona (Catalán), Pilriño patimouro (Gallego), Little Stint (Inglés), Bécasseau minute (Francés)</t>
+    <t>Correlimos menudo (Castellano), Txirri txikia (Euskera), Terretitona (Catalán), Pilriño patimouro (Gallego), Little Stint (Inglés), Bécasseau minute (Francés)</t>
   </si>
   <si>
     <t>El más pequeño de todos los correlimos es una limícola con patas y pico negros y partes inferiores blancas en todos los plumajes. El adulto en librea nupcial posee la cabeza anaranjada y la garganta blanca, los laterales del cuello también anaranjados y moteados de marrón, las plumas de las partes superiores negras con márgenes castaños y ápices blancos . En el manto exhibe una marcada “V” de color blanco. El juvenil es muy similar, con la “V” del manto más destacada, aunque los márgenes de las plumas superiores son más grisáceos y la cabeza, menos naranja. El adulto no reproductor, por su parte, es gris en general, con el raquis de las plumas superiores más oscuro.</t>
   </si>
   <si>
     <t>Carduelis citrinella (Pallas, 1764)</t>
   </si>
   <si>
-    <t>prueba_Verderón serrano (Castellano), Mendi-txirriskila (Euskera), Llucareta (Catalán), Verderolo serrano (Gallego), Citril Finch (Inglés), Alpine Citril Finch (Inglés)</t>
+    <t>Verderón serrano (Castellano), Mendi-txirriskila (Euskera), Llucareta (Catalán), Verderolo serrano (Gallego), Citril Finch (Inglés), Alpine Citril Finch (Inglés)</t>
   </si>
   <si>
     <t>Se trata de un fringílido pequeño, de tonos verdosos y, salvo los volantones, sin pintas conspicuas. Los adultos —tanto machos como hembras— tienen la cabeza gris, mientras que las mejillas, el obispillo y las partes inferiores de su cuerpo poseen un color verdeamarillento. El manto, en cambio, es algo diferente entre sexos: gris-pardo con estrías verticales en las hembras, y gris-verdoso en los machos. Además, los machos presentan mayor extensión de verde en las plumas cobertoras de las alas. El tamaño y la morfología del verderón serrano resultan similares a los de lúganos y verdecillos. Pero el primero posee franjas alares claras muy conspicuas, y los machos tienen, a su vez, el píleo teñido de negro. Por otra parte, los verdecillos exhiben un plumaje moteado, especialmente en pecho y vientre. Solamente los jóvenes de verderón serrano se confunden con los verdecillos comunes. La coloración del verderón serrano recuerda también a la del verderón común. Pero esta última especie es mucho más grande, cabezona y con pico muy grueso. Además, cuando vuela, el verderón común muestra amplias manchas amarillas en las alas y en la cola.</t>
   </si>
   <si>
     <t>Serinus citrinella Pallas,1764</t>
   </si>
   <si>
     <t>Cercotrichas galactotes (Temminck, 1820)</t>
   </si>
   <si>
-    <t>prueba_Alzacola (Castellano), Alzacola rojizo (Castellano), Buztangora (Euskera), Cuaenlairat (Catalán), Rabiteso (Gallego), Rufous-tailed Scrub-robin (Inglés), Rufous-tailed Scrub Robin (Inglés), Rufous Bush Chat (Inglés), Rufous Bush Robin (Inglés), Agrobate roux (Francés)</t>
+    <t>Alzacola (Castellano), Alzacola rojizo (Castellano), Buztangora (Euskera), Cuaenlairat (Catalán), Rabiteso (Gallego), Rufous-tailed Scrub-robin (Inglés), Rufous-tailed Scrub Robin (Inglés), Rufous Bush Chat (Inglés), Rufous Bush Robin (Inglés), Agrobate roux (Francés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Península EN (En peligro),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Esta especie suele observarse en el suelo o posada en arbustos bajos. Es fácilmente reconocible por su larga cola, de coloración rojiza y extremo terminal con manchas blancas y negras, que frecuentemente alza, despliega y sacude de manera ostensible. También resulta distintivo su diseño facial, ya que posee una lista ocular fina oscura, que contrasta con una banda superciliar de color blanco crema. El resto de su plumaje presenta un tono ocre claro.</t>
   </si>
   <si>
     <t>Erythropygia galactotes</t>
   </si>
   <si>
     <t>Certhia familiaris Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Agateador norteño (Castellano), Agateador euroasiático (Castellano), Basoetako gerri-txoria (Euskera), Raspinell pirinenc (Catalán), Gabeador norteño (Gallego), Eurasian Treecreeper (Inglés)</t>
+    <t>Agateador norteño (Castellano), Agateador euroasiático (Castellano), Basoetako gerri-txoria (Euskera), Raspinell pirinenc (Catalán), Gabeador norteño (Gallego), Eurasian Treecreeper (Inglés)</t>
   </si>
   <si>
     <t>Ave diminuta, de pico fino y curvo. Su plumaje se confunde con la corteza de los árboles. Tanto el dorso como las alas muestran un mosaico de colores marrones-castaños de diferentes intensidades, salpicado con motas más claras, blancas, grises o crema. Las partes inferiores de su cuerpo, en cambio, son de color blancuzco. Trepa habitualmente con la cabeza hacia arriba, apoyando el cuerpo en su cola. Esta es larga, parda, y se compone de plumas con el raquis grueso y libre de barbas en su extremo distal. Tanto su comportamiento como su plumaje resultan extraordinariamente similares a los del agateador común. Con mucha experiencia se puede apreciar que el agateador norteño posee un plumaje más claro y un pico algo más corto. Pero, sin duda, su reclamo constituye el mejor rasgo para distinguirlo del agateador común.</t>
   </si>
   <si>
     <t>Charadrius morinellus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Chorlito carambolo (Castellano), Txirri  lepokoduna (Euskera), Corriol pit-roig (Catalán), Píldora rubia (Gallego), Dotterel (Inglés), Eurasian Dotterel (Inglés), Pluvier guignard (Francés)</t>
+    <t>Chorlito carambolo (Castellano), Txirri  lepokoduna (Euskera), Corriol pit-roig (Catalán), Píldora rubia (Gallego), Dotterel (Inglés), Eurasian Dotterel (Inglés), Pluvier guignard (Francés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Esta limícola de pico muy corto y patas de aproximadamente la misma longitud que la anchura del cuerpo luce en todos los plumajes unas llamativas y largas cejas blancas que se unen en la nuca, así como una banda pectoral pálida. La especie presenta dimorfismo sexual inverso, esto es, la hembra en plumaje nupcial resulta más vistosa que el macho. Aquella exhibe capirote marrón oscuro; ceja y garganta blancas; pecho gris-granate, ceñido por una banda blanquinegra que contrasta con el castaño intenso de la parte superior del vientre; un gran parche negro en el bajo vientre y la región cloacal, e infracoberteras caudales blancas. Los machos en plumaje nupcial son similares a las hembras, pero con el píleo estriado de ante, el pecho más marrón y el negro del vientre más reducido. El adulto no reproductor presenta el píleo estriado y el pecho y el vientre de un parecido tono marrón. El joven es igual que el adulto no reproductor, pero con las plumas de las partes superiores ribeteadas de blanco.</t>
   </si>
   <si>
     <t>Eudromias morinellus</t>
   </si>
   <si>
     <t>Chersophilus duponti (Vieillot, 1824)</t>
   </si>
   <si>
-    <t>prueba_Alondra de Dupont o ricotí (Castellano), Alondra ricotí (Castellano), Alondra de Dupont (Castellano), Rocín (Castellano), Dupont hegatxabala (Euskera), Alosa de Dupont (Catalán), Laverca de Dupont (Gallego), Dupont's Lark (Inglés)</t>
+    <t>Alondra de Dupont o ricotí (Castellano), Alondra ricotí (Castellano), Alondra de Dupont (Castellano), Rocín (Castellano), Dupont hegatxabala (Euskera), Alosa de Dupont (Catalán), Laverca de Dupont (Gallego), Dupont's Lark (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>Ave de pequeño tamaño y tonos pardos y grises. Similar a otros aláudidos, se distingue por su aspecto estilizado, cuello estrecho, patas largas y un pico relativamente largo y curvado hacia abajo. Muy andarina, prefiere moverse a pie que volar, y antes que huir volando busca ocultarse entre la vegetación para pasar inadvertida. Su vuelo es rápido, con batidos profundos y una arrancada potente.</t>
   </si>
   <si>
     <t>Chlidonias niger (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Fumarel común (Castellano), Itsas enara beltza (Euskera), Fumarell negre (Catalán), Carrán negro (Gallego), Black Tern (Inglés), Guifette noire (Francés)</t>
+    <t>Fumarel común (Castellano), Itsas enara beltza (Euskera), Fumarell negre (Catalán), Carrán negro (Gallego), Black Tern (Inglés), Guifette noire (Francés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Península CR (En peligro crítico),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Al igual que otros fumareles, se diferencia de los charranes principalmente por el vuelo más pausado y con más vaivenes laterales, las alas más cortas y anchas y la cola corta y poco ahorquillada. El adulto en plumaje de verano presenta la cabeza y el cuerpo negros (excepto las infracoberteras caudales y la parte final del vientre, en tonos grises). Las partes superiores, incluyendo el obispillo y la cola, son de color gris oscuro uniforme; el pico y las patas son igualmente oscuros. En invierno, las partes inferiores, el cuello, la cara y la frente son blancos, y el negro de la cabeza se reduce al capirote, que se extiende hacia la nuca y por detrás del ojo formando un diseño característico. Las partes superiores, en esa época, son de color gris claro. Asimismo, luce una mancha oscura en el pecho a modo de collar semicerrado y las patas más claras. Durante la muda manifiesta muchas variaciones, pero generalmente muestra la cabeza y las partes inferiores moteadas o manchadas de blanco. El joven es similar al adulto en plumaje invernal, pero posee el dorso y las coberteras alares escamadas de oscuro.</t>
   </si>
   <si>
     <t>Cisticola juncidis (Rafinesque, 1810)</t>
   </si>
   <si>
-    <t>prueba_Buitrón (Castellano), Cistícola buitrón (Castellano), Ihi-txoria (Euskera), Trist (Catalán), Carriza dos xuncos (Gallego), Fan-tailed Cisticola (Inglés), Fan-tailed Warbler (Inglés), Zitting Cisticola (Inglés), Cisticole des joncs (Francés)</t>
+    <t>Buitrón (Castellano), Cistícola buitrón (Castellano), Ihi-txoria (Euskera), Trist (Catalán), Carriza dos xuncos (Gallego), Fan-tailed Cisticola (Inglés), Fan-tailed Warbler (Inglés), Zitting Cisticola (Inglés), Cisticole des joncs (Francés)</t>
   </si>
   <si>
     <t>Se trata de una de las aves más pequeñas de Europa. Posee el dorso y el píleo de color pardo oscuro y fuertemente listados, el obispillo rojizo y las partes inferiores claras con los flancos y el pecho de color ocráceo. En vuelo ejecuta una trayectoria muy ondulante y presenta una silueta característica, con las alas redondeadas y la cola —que suele mantener parcialmente desplegada— con un perfil también redondeado y de longitud creciente de los extremos hacia el centro. En su parte distal, la cola muestra una banda de manchas negras y blancas muy visibles en vuelo. Cuando se posa entre la vegetación, suele aferrarse a los tallos manteniendo la verticalidad a la vez que agita continuamente la cola.</t>
   </si>
   <si>
     <t>Cursorius cursor (Latham, 1787)</t>
   </si>
   <si>
-    <t>prueba_Corredor sahariano (Castellano), Engaña (Castellano), Hankarina (Euskera), Corredor (Catalán), Cream-colored Courser (Inglés), Cream-coloured Courser (Inglés)</t>
+    <t>Corredor sahariano (Castellano), Engaña (Castellano), Hankarina (Euskera), Corredor (Catalán), Cream-colored Courser (Inglés), Cream-coloured Courser (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>Limícola de aspecto peculiar, estilizada y de patas relativamente largas, que suele desplazarse por el suelo a gran velocidad con la cabeza baja; cuando está parada, sin embargo, tiende a adoptar una postura muy erguida. Los adultos son de un color terroso uniforme poco llamativo, del que solo destaca una marcada ceja doble, blanca y negra, que se une en la nuca formando una “V” y delimita la mitad posterior del píleo, que es de color gris. La cara inferior de las alas es negra. Los jóvenes lucen un plumaje de aspecto escamoso, con abundante moteado en el cuello y la cabeza, y la ceja bicolor característica de los adultos resulta en ellos poco llamativa.</t>
   </si>
   <si>
     <t>CEEA: Vulnerable, LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Dryobates minor (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pico menor (Castellano), Okil txikia (Euskera), Picot garser petit (Catalán), Peto pequeño (Gallego), Lesser Spotted Woodpecker (Inglés)</t>
+    <t>Pico menor (Castellano), Okil txikia (Euskera), Picot garser petit (Catalán), Peto pequeño (Gallego), Lesser Spotted Woodpecker (Inglés)</t>
   </si>
   <si>
     <t>El más pequeño de los pícidos europeos es un ave no mayor que un pinzón o un gorrión, que se caracteriza por poseer un cuerpo rechoncho y corto, la cabeza redondeada y el pico relativamente pequeño y ligeramente apuntado hacia arriba. En su plumaje domina una combinación de blanco y negro en las regiones dorsales, en tanto que las ventrales adquieren un suave tinte cremoso, que se adorna con un ligero jaspeado hacia los flancos. Luce una franja negra en la nuca y una subbigotera poco desarrollada, mientras que el píleo —que aparece enmarcado de negro— es rojo en los machos y de un blanco sucio en las hembras. Los jóvenes presentan un patrón parecido a los machos, pero el blanco de su plumaje es muy sucio y el píleo se muestra menos definido.</t>
   </si>
   <si>
     <t>Dendrocopos minor (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Elanus caeruleus (Desfontaines, 1789)</t>
   </si>
   <si>
-    <t>prueba_Elanio común (Castellano), Elano urdina (Euskera), Esparver d´espatlles negres (Catalán), Lagarteiro cincento (Gallego), Black-shouldered Kite (Inglés), Black-winged Kite (Inglés), Elanion blanc (Francés)</t>
+    <t>Elanio común (Castellano), Elano urdina (Euskera), Esparver d´espatlles negres (Catalán), Lagarteiro cincento (Gallego), Black-shouldered Kite (Inglés), Black-winged Kite (Inglés), Elanion blanc (Francés)</t>
   </si>
   <si>
     <t>Rapaz pequeña de cabeza voluminosa. El rojo coral de sus ojos destaca sobre el blanco níveo de las partes inferiores, y presenta extremos alares blancos. Las partes superiores son de color gris ceniza, con hombros negros. Los jóvenes tienen el dorso escamado y pecho y cabeza con tonos ocres que pierden rápidamente. El elanio azul es localizado frecuentemente posado en postes junto a caminos y carreteras; entonces parece muy pálido, cabezón y colicorto. Planea con alas levantadas y se cierne a menudo. En parada nupcial muestra un aleteo espasmódico con alas en forma de “v”.</t>
   </si>
   <si>
     <t>Emberiza cirlus Linnaeus, 1766</t>
   </si>
   <si>
-    <t>prueba_Escribano de garganta negra (Castellano), Escribano soteño (Castellano), Hesi-berdantza (Euskera), Gratapalles (Catalán), Escribenta común (Gallego), Cirl Bunting (Inglés)</t>
+    <t>Escribano de garganta negra (Castellano), Escribano soteño (Castellano), Hesi-berdantza (Euskera), Gratapalles (Catalán), Escribenta común (Gallego), Cirl Bunting (Inglés)</t>
   </si>
   <si>
     <t>De tamaño algo menor que el escribano cerillo, el soteño es ligeramente más colicorto y posee un pico más robusto. La coloración general se asemeja también a la del cerillo, sobre todo en jóvenes y hembras. Se diferencian, sin embargo, por el color del obispillo — gris oliváceo en el soteño—, por la posesión de marcadas bandas laterales en la cara y, en general, por presentar menos áreas amarillentas en el plumaje. El macho en época reproductora luce una amplia franja pectoral gris olivácea, un llamativo babero negro en la garganta y un antifaz del mismo color; además, conserva todo el año el píleo y la nuca extensamente coloreados de gris oliváceo, con finas listas oscuras.</t>
   </si>
   <si>
     <t>Emberiza hortulana Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Escribano hortelano (Castellano), Baratz -berdantza (Euskera), (Berdantza) Miarritza (Euskera), Hortolá (Catalán), Escribenta das hortas (Gallego), Escribenta hortelá (Gallego), Ortolan Bunting (Inglés), Bruant Ortolan (Francés)</t>
+    <t>Escribano hortelano (Castellano), Baratz -berdantza (Euskera), (Berdantza) Miarritza (Euskera), Hortolá (Catalán), Escribenta das hortas (Gallego), Escribenta hortelá (Gallego), Ortolan Bunting (Inglés), Bruant Ortolan (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Gallego, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Es un escribano de tamaño medio, con la garganta y el anillo ocular amarillos, que presenta en todos los plumajes una característica bigotera también amarilla, en tanto que el manto y las alas, pardo-grisáceas, aparecen siempre profusamente listadas de marrón oscuro. Este patrón se hace extensivo a jóvenes, hembras y machos en plumaje no reproductor. Los machos en primavera presentan la cabeza, el cuello y el pecho de un tono gris verdoso liso, aunque mantienen la bigotera y la garganta de color amarillento. Las partes inferiores son pardo-anaranjadas. En plumaje invernal, el macho se asemeja más a la hembra y al inmaduro, con predominio de los tonos más pardos y apagados en el dorso y menos acastañados en el vientre.</t>
   </si>
   <si>
     <t>Falco eleonorae Géné, 1839</t>
   </si>
   <si>
-    <t>prueba_Halcón de Eleonora (Castellano), Halcón de Eleonor (Castellano), Eleonora belatza (Euskera), Falcó de la reina (Catalán), Falcón de Eleonora (Gallego), Eleonora's Falcon (Inglés), Faucon d'Eléonore (Francés)</t>
+    <t>Halcón de Eleonora (Castellano), Halcón de Eleonor (Castellano), Eleonora belatza (Euskera), Falcó de la reina (Catalán), Falcón de Eleonora (Gallego), Eleonora's Falcon (Inglés), Faucon d'Eléonore (Francés)</t>
   </si>
   <si>
     <t>Este halcón de mediano tamaño y aspecto estilizado se caracteriza por presentar varias fases de plumaje que nada tienen que ver con el sexo, pues machos y hembras se diferencian, además de por su tamaño —las hembras son mayores—, por tener la cera del pico, así como el anillo ocular, de diferente color (amarillo en el macho y grisáceo en la hembra). Los ejemplares adultos de plumaje más claro se parecen, en cierta medida, a un alcotán que tuviera las partes inferiores de color canela. Las zonas superiores y el píleo son de color pardo oscuro; las calzas y el vientre, rojizos y barrados; y las mejillas, pálidas y surcadas por una marcada bigotera. En el aire da la impresión de ser bastante oscuro por debajo, con las plumas de vuelo algo más pálidas. El adulto de plumaje intermedio es similar al anterior, pero las mejillas y el vientre resultan más oscuros, y carece de las tonalidades herrumbre de la fase clara. El adulto oscuro, por su parte, luce un plumaje completamente negruzco (aunque hay variantes de garganta y mejillas pálidas), algo más intenso en el dorso y ligeramente achocolatado —con un finísimo barrado apenas visible— en las regiones ventrales. En vuelo se ve un ave muy oscura, pero con las rémiges y rectrices más claras. El joven pálido es similar al adulto de la misma fase, pero más pardo en general y sin calzas rojizas, aunque con orlas claras en las plumas coberteras, lo que le da un cierto aspecto escamoso. El joven oscuro es completamente negruzco, con las rémiges y rectrices más pálidas y barradas.</t>
   </si>
   <si>
     <t>Falco peregrinus Tunstall, 1771</t>
   </si>
   <si>
-    <t>prueba_Halcón peregrino (Castellano), Belatz  handia (Euskera), Falcó pelegrí (Catalán), Falcón peregrino (Gallego), Peregrine Falcon (Inglés)</t>
+    <t>Halcón peregrino (Castellano), Belatz  handia (Euskera), Falcó pelegrí (Catalán), Falcón peregrino (Gallego), Peregrine Falcon (Inglés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Península NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Esta rapaz de mediano tamaño, robusta y de aspecto compacto, presenta un acusado dimorfismo sexual invertido por el cual las hembras resultan considerablemente mayores y más pesadas que los machos. Los individuos adultos poseen las partes superiores oscuras, de un tono gris pizarroso bastante homogéneo, con los bordes de las coberteras ligeramente más claros, y las inferiores pálidas (en algunos casos extensamente teñidas de ocre o rosado) con un fino barrado horizontal, que se extiende también por las alas. En la cabeza llama la atención el corto pero poderoso pico y una extensa bigotera que enmarca las blancas mejillas y los ojos, que son muy oscuros y aparecen rodeados por un anillo ocular amarillo. Las hembras suelen presentar un barrado más tosco en el pecho y una bigotera más ancha. Los jóvenes, por su parte, son muy pardos, con un patrón de diseño bastante variable en la cabeza, que resulta, en todo caso, mucho menos contrastado y definido que en los adultos. Sus partes inferiores son de color ocre y lucen un profuso estriado vertical que, en las alas, da paso a un barrado más difuminado. En el dorso dominan los tonos marrones muy oscuros sobre los que destacan vivamente los bordes pálidos de rémiges y coberteras, dando al ave un característico aspecto escamoso. El vuelo de este halcón es veloz y poderoso, y en él se alternan los planeos con nerviosos aleteos que el ave ejecuta gracias a la posesión de potentísimos músculos pectorales. Las alas son más bien cortas, al igual que la cola, y resultan mucho más anchas en la zona de inserción con el amplio pecho que en su extremo, donde se estrechan considerablemente.</t>
   </si>
   <si>
     <t>Falco vespertinus Linnaeus, 1766</t>
   </si>
   <si>
-    <t>prueba_Cernícalo patirrojo (Castellano), Belatz zanca-gorria (Euskera), Falcó cama-roig (Catalán), Falcón patirrojo (Gallego), Western Red-footed Falcon (Inglés), Red-footed Falcon (Inglés), Faucon kobez (Francés)</t>
+    <t>Cernícalo patirrojo (Castellano), Belatz zanca-gorria (Euskera), Falcó cama-roig (Catalán), Falcón patirrojo (Gallego), Western Red-footed Falcon (Inglés), Red-footed Falcon (Inglés), Faucon kobez (Francés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Península NE (No evaluado),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Es un halcón de pequeño tamaño que presenta un acusado dimorfismo sexual, ya que las hembras son mayores que los machos y ambos lucen plumajes muy diferentes. El macho adulto es predominantemente gris-azulado, con las plumas de la región anal y las “calzas” de color rojo óxido, al igual que las patas. La hembra adulta posee el píleo, la garganta y las partes inferiores de color ocre rojizo, con un fino moteado vertical. El dorso es gris pizarra y en la mejilla pálida destaca una bigotera oscura. Los ejemplares juveniles, por su parte, presentan el manto pardo-grisáceo y exhiben una bigotera oscura que resalta sobre la mejilla, que es muy pálida. Las regiones inferiores son más claras y aparecen toscamente listadas.</t>
   </si>
   <si>
     <t>Fulica cristata Gmelin, JF, 1789</t>
   </si>
   <si>
-    <t>prueba_Focha cornuda o moruna (Castellano), Focha moruna (Castellano), Kopetazuri gandorduna (Euskera), Fotja banyuda (Catalán), Galiñola cristada (Gallego), Crested Coot (Inglés), Red-knobbed Coot (Inglés), Foulque à crête (Francés)</t>
+    <t>Focha cornuda o moruna (Castellano), Focha moruna (Castellano), Kopetazuri gandorduna (Euskera), Fotja banyuda (Catalán), Galiñola cristada (Gallego), Crested Coot (Inglés), Red-knobbed Coot (Inglés), Foulque à crête (Francés)</t>
   </si>
   <si>
     <t>De aspecto muy similar a la focha común, aunque ligeramente mayor, la focha moruna es una rara especie que se caracteriza, sobre todo, por lucir en la parte superior del escudete frontal un par de protuberancias rojas, especialmente grandes y llamativas durante el periodo nupcial. Por lo demás, la focha moruna se parece considerablemente a su mucho más frecuente pariente, la focha común, ya que exhibe un plumaje prácticamente negro —con algunos tonos grisáceos— y un visible escudete frontal blanco, el cual no se estrecha tanto hacia la base del pico como en la común. A pesar de la dificultad de diferenciar ambas especies a cierta distancia —sobre todo en invierno—, hay algunos caracteres diagnósticos, al margen de las protuberancias frontales, que nos permiten reconocer a la focha moruna, como la ya mencionada forma del escudete, la tonalidad ligeramente azulada del pico, la posesión de un cuello más largo y la posición de la cola cuando nada, que suele quedar por encima del nivel del agua. Los individuos juveniles presentan un plumaje de tonos pardos y prácticamente carecen de escudete frontal; se diferencian de los jóvenes de focha común por su tonalidad más oscura y por la ausencia de áreas blanquecinas en la garganta.</t>
   </si>
   <si>
     <t>Gavia arctica (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Colimbo ártico (Castellano), Colimboártico (Castellano), Colimbo ártico (Castellano), Aliota arktikoa (Euskera), Calábria agulla (Catalán), Can do mar (Gallego), Arctic Loon (Inglés), Black-throated Diver (Inglés), Black-throated Loon (Inglés)</t>
+    <t>Colimbo ártico (Castellano), Colimboártico (Castellano), Colimbo ártico (Castellano), Aliota arktikoa (Euskera), Calábria agulla (Catalán), Can do mar (Gallego), Arctic Loon (Inglés), Black-throated Diver (Inglés), Black-throated Loon (Inglés)</t>
   </si>
   <si>
     <t>Ave acuática esbelta, de cuello largo y grueso, y pico apuntado. En general luce un aspecto poco llamativo durante el invierno, cuando muestra un color gris oscuro en la zona superior del cuerpo, y un tono gris más claro en la mitad posterior, desde la frente hasta la nuca; las mejillas, la garganta y el resto de las partes inferiores son blancas. Además tiene el pico grisáceo y la frente levemente empinada, con un pequeño abultamiento a la altura del píleo. Por el contrario, durante la época reproductora exhibe un plumaje más vistoso, aunque con los mismos colores. La cabeza y la nuca adoptan una coloración gris ceniza, la garganta se torna de color negro brillante, y en los laterales del cuello y del pecho aparece un dibujo de líneas blancas y negras. La frente se vuelve redondeada. En el dorso, la zona central presenta también un patrón de franjas blancas y negras, pero dispuestas de forma perpendicular al cuerpo, y alrededor de esta zona central domina el color negro, con un ligero moteado blanco. En el agua resulta característica la ligera curvatura de su cuerpo. No existen diferencias apreciables entre sexos. Los juveniles poseen un plumaje muy similar al de los adultos en invierno, aunque más apagado; además carecen del abultamiento en la frente.</t>
   </si>
   <si>
     <t>Gavia stellata (Pontoppidan, 1763)</t>
   </si>
   <si>
-    <t>prueba_Colimbo chico (Castellano), Aliota txikia (Euskera), Calábria petita (Catalán), Patoula (Gallego), Red-throated Diver (Inglés), Red-throated Loon (Inglés), Plongeon catmarin (Francés)</t>
+    <t>Colimbo chico (Castellano), Aliota txikia (Euskera), Calábria petita (Catalán), Patoula (Gallego), Red-throated Diver (Inglés), Red-throated Loon (Inglés), Plongeon catmarin (Francés)</t>
   </si>
   <si>
     <t>Ave acuática, de complexión delgada, con el cuello del mismo grueso que la cabeza y con el pico apuntado. En general, durante el invierno tiene un aspecto poco llamativo, con las partes superiores de coloración grisácea y con un leve moteado blanco, mientras que las inferiores son blancas, color que se extiende por el cuello hacia los laterales y por encima del ojo. Por el contrario, el plumaje nupcial resulta más vistoso, pues los laterales de la cara y el cuello se vuelven de color gris lustroso, el cuello toma coloración rojiza, y desde la frente y el píleo nacen estrechas líneas blancas y negras que recorren la nuca hasta el dorso. El resto del cuerpo se muestra menos llamativo, con zonas superiores pardo-grisáceas e inferiores blanquecinas. En el agua mantiene la línea de flotación baja, y es característico que lleve el pico ligeramente inclinado hacia arriba. No existen diferencias apreciables entre sexos. El plumaje de los juveniles resulta muy similar al de los adultos en invierno, si bien la garganta, en lugar de ser blanca, presenta un difuminado color gris.</t>
   </si>
   <si>
     <t>Hydrocoloeus minutus (Pallas, 1776)</t>
   </si>
   <si>
-    <t>prueba_Gaviota enana (Castellano), Antxeta txikia (Euskera), Gavina menuda (Catalán), Gaivota pequena (Gallego), Little Gull (Inglés), Mouette pygmée (Francés)</t>
+    <t>Gaviota enana (Castellano), Antxeta txikia (Euskera), Gavina menuda (Catalán), Gaivota pequena (Gallego), Little Gull (Inglés), Mouette pygmée (Francés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Península NE (No evaluado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Lo más significativo de la gaviota enana es su pequeño tamaño, a lo que se une la reducida longitud de las patas. En el diseño del adulto durante el periodo reproductor destaca la coloración intensamente negra de la cabeza y la parte superior del cuello, en tanto que el resto del cuello, las regiones ventrales y la cola son blancas; en las regiones dorsales luce una tonalidad gris pálida, al igual que en las plumas alares, en las que las puntas se tornan blancas. La coloración gris oscura de la parte inferior de las alas, rematada por unos bordes blancos, constituye un carácter distintivo de esta gaviota cuando se la observa en vuelo. Las patas y el pico exhiben en verano una tonalidad roja oscura. En invierno, la cabeza se vuelve blanca, salvo por unas manchas oscuras en el píleo y el cogote, en tanto que el pico adquiere un color negro. Los jóvenes carecen del intenso color negro de la cabeza, y en ellos las regiones dorsales resultan parduzcas; necesitarán dos años para adquirir el plumaje definitivo, tras lucir varios diseños intermedios similares al del adulto en invierno.</t>
   </si>
   <si>
     <t>Larus minutus</t>
   </si>
   <si>
     <t>Hydroprogne caspia (Pallas, 1770)</t>
   </si>
   <si>
-    <t>prueba_Pagaza piquirroja (Castellano), Txenada mokogorria (Euskera), Xatrac gros (Catalán), Carrán do Caspio (Gallego), Caspian Tern (Inglés), Sterne caspienne (Francés)</t>
+    <t>Pagaza piquirroja (Castellano), Txenada mokogorria (Euskera), Xatrac gros (Catalán), Carrán do Caspio (Gallego), Caspian Tern (Inglés), Sterne caspienne (Francés)</t>
   </si>
   <si>
     <t>Presenta la fisonomía típica de los charranes, aunque con proporciones muy superiores a las habituales. Cuando está posado, se percibe bastante mayor que la gaviota reidora y de tamaño similar al de la gaviota sombría. Posee el pico grande (de longitud igual a la cabeza) de color rojo —anaranjado en aves jóvenes y brillante en aves adultas— con la punta oscura, robusto y de base ancha, lo que lo hace muy conspicuo incluso a distancia. Los adultos lucen el dorso y las alas de color gris claro, en tanto que las partes inferiores, el obispillo y la cola —ligeramente ahorquillada— son blancos y las patas, negras. Exhibe un capirote negro, que acaba en una cresta apenas perceptible, que se extiende ligeramente por debajo del ojo. Las aves jóvenes son muy parecidas a los adultos, pero con el dorso escamado de marrón, las patas más claras y el capirote negro moteado de blanco. Durante el invierno, el capirote de los adultos se asemeja al de las aves jóvenes, aunque con la frente más blanca. El vuelo —diferente al típico de los charranes más pequeños—recuerda mucho al de las gaviotas, con aleteos potentes, lentos y pausados. Las alas son relativamente anchas y algo redondeadas y muestran, en todas las edades, una amplia extensión de color negruzco bajo las primarias.</t>
   </si>
   <si>
     <t>Sterna caspia, Sterna caspia caspia</t>
   </si>
   <si>
     <t>Lanius minor Gmelin, JF, 1788</t>
   </si>
   <si>
-    <t>prueba_Alcaudón chico (Castellano), Antzandobi txikia (Euskera), Trenca (Catalán), Picanzo pequeño (Gallego), Lesser Grey Shrike (Inglés), Pie-grièche à poitrine rose (Francés)</t>
+    <t>Alcaudón chico (Castellano), Antzandobi txikia (Euskera), Trenca (Catalán), Picanzo pequeño (Gallego), Lesser Grey Shrike (Inglés), Pie-grièche à poitrine rose (Francés)</t>
   </si>
   <si>
     <t>Como el resto de los alcaudones, es un pájaro caracterizado por su cola larga, su cabeza voluminosa y su pico dentado y muy ancho. Luce un plumaje que combina los colores negro, gris y blanco. Los individuos adultos poseen un antifaz negro que se amplía sobre el pico. Su píleo y dorso presentan color gris ceniza. La cola y las alas son negras, con una conspicua mancha blanca en la base de las plumas primarias del ala. Aunque en un primer vistazo aparenta ser una réplica en pequeño del alcaudón real, el alcaudón chico tiene proporcionalmente el pico más grueso y la proyección de las plumas primarias notablemente más larga. Además, la mancha negra del antifaz está mucho más extendida por encima del pico en los adultos de alcaudón chico, mientras que la mancha blanca de las alas es más ancha y corta que en los alcaudones reales. Asimismo, los jóvenes de alcaudón chico se diferencian de los del real por presentar las plumas cobertoras de las alas y del dorso ribeteadas de blanco y por carecer de plumas manchadas de gris en los laterales del pecho.</t>
   </si>
   <si>
     <t>Larus melanocephalus Temminck, 1820</t>
   </si>
   <si>
-    <t>prueba_Gaviota cabecinegra (Castellano), Antxeta burubeltza (Euskera), Gavina capnegra (Catalán), Gaivota cabecinegra (Gallego), Mediterranean Gull (Inglés), Mouette mélanocéphale (Francés)</t>
+    <t>Gaviota cabecinegra (Castellano), Antxeta burubeltza (Euskera), Gavina capnegra (Catalán), Gaivota cabecinegra (Gallego), Mediterranean Gull (Inglés), Mouette mélanocéphale (Francés)</t>
   </si>
   <si>
     <t>Es una gaviota de pequeño tamaño, con un característico capirote de color negro en la época reproductora. El plumaje varía según la edad: los individuos juveniles muestran un color gris claromarrón; después, estas aves pasan por un plumaje de segundo invierno, similar al del adulto, pero con marcas de color negro en las cinco primarias más externas; finalmente, tras la muda en su segundo verano, adquieren el plumaje de adulto, con las primarias totalmente blancas. La especie no presenta el capirote negro en la estación invernal, predominando en su cabeza el color blanco, con manchas negras por detrás de los ojos y en la nuca.</t>
   </si>
   <si>
     <t>Ichthyaetus melanocephalus (Temminck, 1820)</t>
   </si>
   <si>
     <t>Larus michahellis J.F. Naumann, 1840</t>
   </si>
   <si>
-    <t>prueba_Gaviota patiamarilla (Castellano), Yellow-legged Gull (Inglés)</t>
+    <t>Gaviota patiamarilla (Castellano), Yellow-legged Gull (Inglés)</t>
   </si>
   <si>
     <t>Hasta hace muy poco se consideraba a esta gaviota como una subespecie de la argéntea, con la que, morfológicamente, muestra escasas diferencias, algunas muy poco evidentes. Entre los rasgos distintivos de la patiamarilla se encuentran el color amarillo de las patas (rosas en la argéntea), la tonalidad más intensa del pico —amarillo anaranjado y con el rojo de la punta más extendido— y, finalmente, el anillo ocular rojo. Por lo demás, el dorso es de color grisáceo, ligeramente más oscuro que en la argéntea, y las regiones ventrales, blancas. En plumaje invernal, la patiamarilla carece del moteado oscuro que luce su pariente en la cabeza y el cuello.</t>
   </si>
   <si>
     <t>Locustella luscinioides (Savi, 1824)</t>
   </si>
   <si>
-    <t>prueba_Buscarla unicolor (Castellano), Benarriz gorritza (Euskera), Boscaler comú (Catalán), Folosa unicolor (Gallego), Savi's Warbler (Inglés), Locustelle luscinioïde (Francés)</t>
+    <t>Buscarla unicolor (Castellano), Benarriz gorritza (Euskera), Boscaler comú (Catalán), Folosa unicolor (Gallego), Savi's Warbler (Inglés), Locustelle luscinioïde (Francés)</t>
   </si>
   <si>
     <t>Se trata de un pájaro de pequeño tamaño, cercano a los carriceros tanto por su aspecto como por el hábitat que ocupa, pero más discreto y difícil de observar por sus costumbres recatadas. Posee el dorso de color pardo-rojizo oscuro, mientras que en la zona ventral luce tonos ocráceos. La cola es relativamente larga y presenta el borde terminal redondeado. Las infracoberteras caudales muestran un tenue barreado claro, solo perceptible con buenas condiciones de luz. El ave mueve y levanta la cola a menudo, detalle morfológico y de comportamiento que sirve para diferenciarla del parecido carricero común.</t>
   </si>
   <si>
     <t>Locustella naevia (Boddaert, 1783)</t>
   </si>
   <si>
-    <t>prueba_Buscarla pintoja (Castellano), Benarriz nabarra (Euskera), Boscaler pintat gros (Catalán), Folosa pintada (Gallego), Common Grasshopper Warbler (Inglés), Grasshopper Warbler (Inglés), Common Grasshopper-Warbler (Inglés), Locustelle tachetée (Francés)</t>
+    <t>Buscarla pintoja (Castellano), Benarriz nabarra (Euskera), Boscaler pintat gros (Catalán), Folosa pintada (Gallego), Common Grasshopper Warbler (Inglés), Grasshopper Warbler (Inglés), Common Grasshopper-Warbler (Inglés), Locustelle tachetée (Francés)</t>
   </si>
   <si>
     <t>Se trata de un pájaro de pequeño tamaño muy difícil de observar, dados sus hábitos retraídos. Posee el dorso de color pardo con ligeros tonos oliváceos y muy moteado de oscuro, en tanto que las zonas ventrales resultan pálidas o amarillentas y los flancos, rayados. La cola es redondeada y presenta las infracoberteras largas y moteadas. Se refugia habitualmente entre la vegetación densa, donde se mueve como un ratón cuando trepa por los tallos de la maleza, si bien, durante el celo, los machos pueden cantar desde posaderos al descubierto.</t>
   </si>
   <si>
     <t>Luscinia svecica (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Ruiseñor pechiazul (Castellano), Pechiazul (Castellano), Paparrurdina (Euskera), Cotxa blava (Catalán), Papoazul (Gallego), Bluethroat (Inglés), Gorgebleue (Francés)</t>
+    <t>Ruiseñor pechiazul (Castellano), Pechiazul (Castellano), Paparrurdina (Euskera), Cotxa blava (Catalán), Papoazul (Gallego), Bluethroat (Inglés), Gorgebleue (Francés)</t>
   </si>
   <si>
     <t>Pajarillo de figura rechoncha, cola larga y pico fino, con un plumaje en el que destaca su pechera manchada de azul, que en los machos adultos queda perfilada por una fina franja negra, rodeada a su vez por una más ancha banda anaranjada. Además, los machos poseen unas bigoteras teñidas de azul, que en algunas subespecies se funden con la garganta, igualmente azulada. Dependiendo también de la subespecie, el babero azul está adornado con una mancha, a modo de medalla, que puede ser blanca o naranja. La coloración de las hembras resulta menos llamativa. Suelen lucir poco azul en el pecho, a menudo tienen la garganta de color blanco crema, y la banda naranja del pecho está desdibujada. No obstante, las hembras de más edad pueden presentar una coloración similar a los machos. Ambos sexos poseen una distintiva línea blanca sobre el ojo y exhiben un dorso pardo-grisáceo. La cola, anaranjada en su mitad basal, está coloreada de negro o pardo muy oscuro en la parte exterior. Los volantones son pardos y moteados, como los juveniles de petirrojo y ruiseñor común. Sin embargo, los pechiazules juveniles se distinguen por tres detalles: la línea superciliar blanca, su garganta clara y la coloración naranja de la cola.</t>
   </si>
   <si>
     <t>Cyanecula svecica (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Lymnocryptes minimus (Brünnich, 1764)</t>
   </si>
   <si>
-    <t>prueba_Agachadiza chica (Castellano), Jack Snipe (Inglés), Bécassine sourde (Francés)</t>
+    <t>Agachadiza chica (Castellano), Jack Snipe (Inglés), Bécassine sourde (Francés)</t>
   </si>
   <si>
     <t>Se trata de una limícola pequeña, de pico relativamente largo y de colores muy crípticos, que le permiten pasar inadvertida cuando se encuentra entre la maleza ribereña. Tiene un característico brillo verdoso en las escapulares, que aparece enmarcado por dos líneas longitudinales de color crema a cada lado del cuerpo, una en las plumas del manto y otra en las escapulares inferiores. Las regiones ventrales y el pecho son blancos, con la garganta estriada de marrón. En la cabeza presenta un doble listado por encima del ojo, aunque sin lista pileal clara. El adulto y el joven son prácticamente idénticos. En vuelo dispone la cola en forma de cuña y luce un plumaje bastante pardo, con las rémiges oscuras y un estrecho borde blanco en los extremos de las secundarias.</t>
   </si>
   <si>
     <t>Mareca penelope (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Silbón europeo (Castellano), Silbón europeo (Castellano), Wigeon (Inglés), European Wigeon (Inglés), Eurasian Wigeon (Inglés), Canard siffleur (Francés)</t>
+    <t>Silbón europeo (Castellano), Silbón europeo (Castellano), Wigeon (Inglés), European Wigeon (Inglés), Eurasian Wigeon (Inglés), Canard siffleur (Francés)</t>
   </si>
   <si>
     <t>Es este un pato de mediano tamaño y aspecto compacto, con el cuello corto, la cola algo apuntada y el pico —bastante pequeño— de color grisáceo en ambos sexos, aunque algo más oscuro en las hembras. El macho en plumaje nupcial luce una vistosa librea en la que destacan la cabeza y el cuello de color castaño, con la frente y el píleo amarillo cremoso, el pecho rosado y el dorso grisáceo claro finamente vermiculado. Las partes inferiores son blanquecinas, la popa negra y el espejuelo verde. La hembra, por su parte, muestra una coloración parduzca, ligeramente rojiza, y resulta muy similar a las hembras de otras anátidas, de las que se puede diferenciar, sin embargo, por el espejuelo verde —algo más apagado que en el macho— y, sobre todo, por el pequeño pico grisáceo. El joven se parece a la hembra, aunque con el plumaje más rojizo . Tanto los machos como las hembras presentan una llamativa franja alar blanca, muy visible en vuelo.</t>
   </si>
   <si>
     <t>Anas penelope Linnaeus, 1758</t>
   </si>
   <si>
     <t>Melanitta nigra (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Negrón común (Castellano), Negrón común (Castellano), Common Scoter (Inglés), Black Scoter (Inglés)</t>
+    <t>Negrón común (Castellano), Negrón común (Castellano), Common Scoter (Inglés), Black Scoter (Inglés)</t>
   </si>
   <si>
     <t>Se trata de un pato marino de ancho pico, larga cola apuntada y plumaje muy oscuro. El macho adulto es completamente negro, a excepción de una porción del pico, que es anaranjada. En vuelo se ve muy oscuro, aunque con las primarias algo pálidas. La hembra es gris pardo muy oscuro, con las mejillas y parte del cuello de color marrón claro. El joven, aunque similar a la hembra, resulta ligeramente más oscuro; en vuelo ambos presentan las primarias algo más pálidas.</t>
   </si>
   <si>
     <t>Melanitta nigra nigra</t>
   </si>
   <si>
     <t>Melanocorypha calandra (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Calandria (Castellano), Calandria común (Castellano), Kalandria (Euskera), Calándria (Catalán), Calandra (Gallego), Calandra Lark (Inglés)</t>
+    <t>Calandria (Castellano), Calandria común (Castellano), Kalandria (Euskera), Calándria (Catalán), Calandra (Gallego), Calandra Lark (Inglés)</t>
   </si>
   <si>
     <t>Ave de pequeño tamaño, pero de aspecto robusto. Como sucede en otros aláudidos, en esta especie dominan los tonos marrones en el dorso y el listado oscuro. Destacan la cabeza grande, el pico grueso y unas manchas negras a ambos lados del cuello. Su vuelo, potente y con rápidos batidos de alas, incluye trayectorias ondulantes amplias y vertiginosas ascensiones. En vuelo se aprecian las alas negruzcas por abajo, con el borde posterior blanco.</t>
   </si>
   <si>
     <t>Mergus serrator Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Serreta mediana (Castellano), Red-breasted Merganser (Inglés)</t>
+    <t>Serreta mediana (Castellano), Red-breasted Merganser (Inglés)</t>
   </si>
   <si>
     <t>Es un pato marino no demasiado grande, con el pico rojo muy largo, estrecho y aserrado, que en todos los plumajes —en ambos sexos y en todas las edades— muestra una característica cresta despeinada. El macho adulto en plumaje nupcial presenta la cabeza negra con un brillo verdoso y un collar blanco poco definido por encima del pecho, que es pardo y moteado de oscuro; las regiones dorsales son negras, al igual que los laterales del pecho, que lucen unas llamativas manchas blancas. Las hembras son mucho más apagadas, pues poseen un plumaje grisáceo en casi todo el cuerpo a excepción de la cabeza, que adquiere un tono acastañado. Los ejemplares inmaduros se parecen mucho a las hembras. En vuelo se observa el espejuelo blanco dividido en dos por una fina línea negra y los flancos de un gris bastante oscuro.</t>
   </si>
   <si>
     <t>Milvus milvus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Milano real (Castellano), Miru gorria (Euskera), Milá reial (Catalán), Miñato real (Gallego), Red Kite (Inglés), Milan royal (Francés)</t>
+    <t>Milano real (Castellano), Miru gorria (Euskera), Milá reial (Catalán), Miñato real (Gallego), Red Kite (Inglés), Milan royal (Francés)</t>
   </si>
   <si>
     <t>En el plumaje de esta mediana rapaz dominan los tonos rojizos, profusamente rayados de oscuro en las regiones ventrales y con un característico aspecto orlado en el dorso debido a los bordes pálidos de las coberteras alares. La cabeza y el cuello, por su parte, presentan un tono gris pálido surcado por finas estrías muy oscuras. En vuelo resulta inconfundible, no solo por la extraordinaria habilidad con la que ejecuta todo tipo de maniobras y regates, sino por poseer una silueta característica, en la que destacan una cola profundamente ahorquillada, de color rojizo anaranjado, y unas largas alas acodadas y provistas de una mancha blanca muy visible. Cuando está posado, también resulta fácil diferenciarlo de otras rapaces de tamaño similar, además de por la forma de la cola, por poseer una figura bastante estilizada. Los jóvenes son similares a los adultos, aunque con una coloración general más clara y uniforme, sin el característico tono grisáceo de la cabeza y con la cola más corta y menos ahorquillada.</t>
   </si>
   <si>
     <t>Monticola saxatilis (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Roquero rojo (Castellano), Harkaitz-zozo gorria (Euskera), Merla roquera (Catalán), Merlo rubio (Gallego), Rufous-tailed Rock Thrush (Inglés), European Rock Thrush (Inglés), Rock Thrush (Inglés), Rufous-tailed Rock-thrush (Inglés), Common Rock Thrush (Inglés), Merle de roche (Francés)</t>
+    <t>Roquero rojo (Castellano), Harkaitz-zozo gorria (Euskera), Merla roquera (Catalán), Merlo rubio (Gallego), Rufous-tailed Rock Thrush (Inglés), European Rock Thrush (Inglés), Rock Thrush (Inglés), Rufous-tailed Rock-thrush (Inglés), Common Rock Thrush (Inglés), Merle de roche (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>El macho exhibe un plumaje singular e inconfundible. Su cabeza y espalda lucen un color azul grisáceo, que contrasta notablemente con el naranja que cubre el pecho, el vientre y las infracobertoras caudales. Muestra una amplia mancha blanca en la parte posterior de la espalda, posee alas oscuras y tiene la cola anaranjada —como el pecho—, con una banda central parda. Las hembras presentan la cola teñida de manera similar a los machos, pero su cuerpo es pardo, con las plumas terminadas en una banda clara que les otorga un aspecto vermiculado. Los jóvenes volantones resultan muy similares a las hembras.</t>
   </si>
   <si>
     <t>Montifringilla nivalis (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Gorrión alpino (Castellano), Elur-txonta (Euskera), Pardal d´ala blanca (Catalán), Pardal alpino (Gallego), Snow Finch (Inglés), White-winged Snowfinch (Inglés)</t>
+    <t>Gorrión alpino (Castellano), Elur-txonta (Euskera), Pardal d´ala blanca (Catalán), Pardal alpino (Gallego), Snow Finch (Inglés), White-winged Snowfinch (Inglés)</t>
   </si>
   <si>
     <t>Se trata de un gorrión grande, de aspecto inconfundible, que en las regiones dorsales exhibe tonos más bien discretos, por lo que no resulta muy llamativo cuando se desplaza sobre las rocas y pastizales alpinos. En las zonas ventrales domina el blanco —algo menos puro en verano—, al igual que en la cola, que es llamativamente blanca, salvo las rectrices centrales, negras. La cabeza es gris o gris azulado y el pico, negro. El macho presenta un babero negro en época estival que aparece por desgaste del plumaje, mientras que la hembra muestra colores más apagados, el babero poco llamativo y la base del pico siempre clara. En invierno ambos sexos resultan muy semejantes, con coloraciones generalmente más claras que durante la época reproductora y con el pico amarillo anaranjado. Los jóvenes son parecidos a los adultos en invierno, pero con las partes inferiores algo más “sucias”. Es en vuelo cuando el gorrión alpino resulta un ave muy llamativa por los amplios y conspicuos paneles blancos de sus alas y cola.</t>
   </si>
   <si>
     <t>Nycticorax nycticorax (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Martinete común (Castellano), Martinete común (Castellano), Martinete (Castellano), Amiltxori arrunta (Euskera), Martinet de nit (Catalán), Garza da noite (Gallego), Black-crowned Night Heron (Inglés), Black-crowned Night-Heron (Inglés), Héron bihoreau (Francés)</t>
+    <t>Martinete común (Castellano), Martinete común (Castellano), Martinete (Castellano), Amiltxori arrunta (Euskera), Martinet de nit (Catalán), Garza da noite (Gallego), Black-crowned Night Heron (Inglés), Black-crowned Night-Heron (Inglés), Héron bihoreau (Francés)</t>
   </si>
   <si>
     <t>Es una garza de mediano tamaño, rechoncha, de pico robusto y vistoso plumaje, que se caracteriza por sus hábitos decididamente crepusculares y nocturnos. Los individuos adultos —que no presentan dimorfismo sexual en lo que al plumaje se refiere— exhiben un color blanco o blanco grisáceo en el cuello, que se torna azabache —con matices irisados— en el capirote, el dorso y parte de las alas. Uno de los rasgos distintivos de las aves reproductoras es la posesión de dos o tres plumas cefálicas blancas de hasta 24 centímetros de longitud, además de la mayor intensidad de las irisaciones del plumaje. El iris es de un llamativo rojo coral, el pico negro y las patas amarillas. En vuelo —que ejecuta de modo pausado y elegante— tiene un aspecto muy rechoncho, con las alas relativamente cortas y redondeadas. El joven, por su parte, luce un plumaje bastante más modesto que los adultos, pues en él dominan los tonos pardos y grisáceos, con un buen número de motas blancas concentradas, sobre todo, en las alas y el dorso. Las partes inferiores resultan algo más pálidas y se muestran intensamente estriadas longitudinalmente. El ojo es amarillo sucio, al igual que las patas y el pico. Existen diferentes plumajes de transición hasta llegar a alcanzar la librea de adulto.</t>
   </si>
   <si>
     <t>Oenanthe hispanica (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Collalba rubia (Castellano), Buztanzuri horia (Euskera), Colit ros (Catalán), Chasco louro (Gallego), Black-eared Wheatear (Inglés), Traquet oreillard (Francés)</t>
+    <t>Collalba rubia (Castellano), Buztanzuri horia (Euskera), Colit ros (Catalán), Chasco louro (Gallego), Black-eared Wheatear (Inglés), Traquet oreillard (Francés)</t>
   </si>
   <si>
     <t>Túrdido de pequeño tamaño y aspecto elegante. Los machos muestran un marcado contraste entre el negro de las alas y el antifaz y los tonos blancos-ocres del dorso y del vientre. Las hembras son parecidas a los machos, aunque de aspecto más pardo. Existen dos variedades con coloración diferente en la garganta, en un caso blanca y en otro negra. La especie resulta similar a la collalba gris, de la que se diferencia por la ausencia de lista superciliar y por el diseño de la cola, con más blanco en los bordes.</t>
   </si>
   <si>
     <t>Oenanthe oenanthe (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Collalba gris (Castellano), Buztanzuri arrunta (Euskera), Colit gris (Catalán), Chasco cincento (Gallego), Northern Wheatear (Inglés), Wheatear (Inglés), European Wheatear (Inglés), Traquet motteux (Francés)</t>
+    <t>Collalba gris (Castellano), Buztanzuri arrunta (Euskera), Colit gris (Catalán), Chasco cincento (Gallego), Northern Wheatear (Inglés), Wheatear (Inglés), European Wheatear (Inglés), Traquet motteux (Francés)</t>
   </si>
   <si>
     <t>Pájaro con un diseño de la cola muy característico. Los machos muestran el dorso gris azulado, en el que destacan las alas negras, las partes inferiores de color ocre y el antifaz negro. Las hembras tienen las partes superiores más ocráceas y no disponen de antifaz. En ambos sexos resulta muy llamativo el diseño de la cola, de color blanco, que finaliza con una T invertida negra, típica de todas las collalbas. Muy terrestre, gusta de andar y saltar sobre el suelo, y también de posarse, con porte erguido, en piedras, rocas y otros promontorios del terreno. Su vuelo es directo, con un rápido batido de alas.</t>
   </si>
   <si>
     <t>Passer montanus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Gorrión molinero (Castellano), Tree Sparrow (Inglés), EurasianTree Sparrow (Inglés), Eurasian Tree Sparrow (Inglés), Moineau friquet (Francés)</t>
+    <t>Gorrión molinero (Castellano), Tree Sparrow (Inglés), EurasianTree Sparrow (Inglés), Eurasian Tree Sparrow (Inglés), Moineau friquet (Francés)</t>
   </si>
   <si>
     <t>El más pequeño de los gorriones europeos presenta una coloración parecida a la del gorrión común, es decir: dorso marrón listado de negro y pecho gris muy claro. Se diferencia, no obstante, del común por su extensa capucha de color acastañado y por una llamativa mancha negra que destaca vivamente en la blanca mejilla. Además, luce un collar blanco, que se interrumpe en la nuca, del que carece el gorrión común. El pico es menos robusto que el de su cercano pariente y el babero, considerablemente más reducido. En esta especie no hay significativas diferencias de plumaje entre machos y hembras, por lo que resulta imposible diferenciarlos en el campo. Los jóvenes, hasta finales del verano, se diferencian de los adultos por sus mejillas de color blanco sucio, carentes de mancha negra. El molinero se comporta de manera más nerviosa que el gorrión común y permanece menos tiempo en el suelo.</t>
   </si>
   <si>
     <t>Phylloscopus collybita (Vieillot, 1817)</t>
   </si>
   <si>
-    <t>prueba_Mosquitero común (Castellano), Txio arrunta (Euskera), Mosquiter comú (Catalán), Picafollas común (Gallego), Common Chiffchaff (Inglés)</t>
+    <t>Mosquitero común (Castellano), Txio arrunta (Euskera), Mosquiter comú (Catalán), Picafollas común (Gallego), Common Chiffchaff (Inglés)</t>
   </si>
   <si>
     <t>Se trata de un pequeño pajarillo de pico fino y patas oscuras. Presenta tonos verdosos o pardo-grisáceos en el dorso y blanquecinos en las partes inferiores. Ambos sexos resultan similares, si bien los machos son ligeramente mayores que las hembras. Es una especie prácticamente idéntica en el campo al mosquitero ibérico, del que se distingue por su canto y por encontrarse presente en nuestro territorio durante todo el año o en invierno —según las regiones—, mientras que el ibérico es un ave únicamente estival. Es también muy similar al mosquitero musical, pero este posee las patas y el pico pálidos, así como la lista superciliar y otras finas marcas auriculares más definidas. Además, el musical solo está presente en paso.</t>
   </si>
   <si>
     <t>Phylloscopus sibilatrix (Bechstein, 1793)</t>
   </si>
   <si>
-    <t>prueba_Mosquitero silbador (Castellano), Txio txistularia (Euskera), Mosquiter xiulaire (Catalán), Picafollas asubiador (Gallego), Wood Warbler (Inglés), Pouillot siffleur (Francés)</t>
+    <t>Mosquitero silbador (Castellano), Txio txistularia (Euskera), Mosquiter xiulaire (Catalán), Picafollas asubiador (Gallego), Wood Warbler (Inglés), Pouillot siffleur (Francés)</t>
   </si>
   <si>
     <t>Se trata del mosquitero de mayor tamaño que puede observarse en nuestro territorio, aunque resulta muy escaso y solo se lo puede detectar en los pasos migratorios. Se diferencia del resto de sus congéneres por el color amarillo limón de la cara, la garganta y la parte superior del pecho, que contrastan con el vientre blanco y el dorso de tono verdoso. Posee, asimismo, patas claras y una lista superciliar amarilla muy patente.</t>
   </si>
   <si>
     <t>Phylloscopus trochilus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Mosquitero musical (Castellano), Txio horia (Euskera), Mosquiter de passa (Catalán), Picafollas musical (Gallego), Willow Warbler (Inglés), Pouillot fitis (Francés)</t>
+    <t>Mosquitero musical (Castellano), Txio horia (Euskera), Mosquiter de passa (Catalán), Picafollas musical (Gallego), Willow Warbler (Inglés), Pouillot fitis (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Presenta gran parecido con otros congéneres, especialmente los mosquiteros común e ibérico, de los que se diferencia por poseer el pico y las patas pálidos, las listas faciales más marcadas —con una lista superciliar muy patente—, las partes inferiores más amarillas y el dorso de un tono verdoso más brillante.</t>
   </si>
   <si>
     <t>Porphyrio porphyrio (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Calamón (Castellano), Calamón común (Castellano), Uroilo urdina (Euskera), Polla blava (Catalán), Camón (Gallego), Purple Gallinule (Inglés), Purple Swamp-Hen (Inglés), Purple Swamphen (Inglés), Poule sultane (Francés)</t>
+    <t>Calamón (Castellano), Calamón común (Castellano), Uroilo urdina (Euskera), Polla blava (Catalán), Camón (Gallego), Purple Gallinule (Inglés), Purple Swamp-Hen (Inglés), Purple Swamphen (Inglés), Poule sultane (Francés)</t>
   </si>
   <si>
     <t>El más grande de los rálidos europeos es un ave de buen tamaño y aspecto absolutamente inconfundible. Los ejemplares adultos lucen un plumaje de tonos azulados y violáceos con reflejos purpúreos, que se torna azul metálico en la cara, la parte anterior del cuello y la zona superior del pecho; las infracoberteras caudales, de color blanco puro, contrastan vivamente con el resto de la librea del ave, y son utilizadas por el calamón para expresar sus estados de ánimo y comunicarse con otros ejemplares. Las partes desprovistas de plumas se caracterizan también por su viva coloración, especialmente durante la época de celo, ya que tanto el pico —cónico y robusto— como el escudete frontal y las patas lucen un intenso color carmesí. Estas últimas, francamente singulares, reflejan su forma de vida; son considerablemente largas y aparecen rematadas por larguísimos dedos con gran capacidad prensil, que el ave emplea para manejar tallos, moverse entre las cañas y deambular por la vegetación flotante. Los calamones jóvenes no exhiben un plumaje tan espectacular como el de los adultos, ya que en ellos predominan los tonos azulados más bien grisáceos en el dorso y los blanquecinos en el vientre, en tanto que las zonas desnudas (patas, pico y escudete), aunque rojizas, no presentan la brillante coloración de las aves maduras. Este rálido —al igual que la generalidad de los componentes de la familia— es un volador bastante torpe; no obstante, se desplaza con soltura entre las cañas y prefiere escabullirse entre ellas en caso de alarma o peligro. Las escasas ocasiones en que vuela —por lo común no más de 15 o 20 metros— se desplaza con frecuentes aleteos de sus cortas alas, mientras mantiene colgando las patas.</t>
   </si>
   <si>
     <t>Porzana porzana (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Polluela pintoja (Castellano), Uroilanda pikarta (Euskera), Polla pintada (Catalán), Galiñola pinta (Gallego), Spotted Crake (Inglés), Marouette ponctuée (Francés)</t>
+    <t>Polluela pintoja (Castellano), Uroilanda pikarta (Euskera), Polla pintada (Catalán), Galiñola pinta (Gallego), Spotted Crake (Inglés), Marouette ponctuée (Francés)</t>
   </si>
   <si>
     <t>La polluela pintoja es un ave de modesto tamaño, si bien algo mayor que el resto de sus congéneres, y su plumaje, aunque también críptico, se caracteriza por el abundante punteado blanquecino dibujado sobre el pecho grisáceo, diseño al que hace referencia el nombre vulgar de la especie. En la coloración de las regiones dorsales domina el pardo con estrías blancuzcas, en tanto que los flancos aparecen barrados de pardo, blanco y negro. Otro rasgo que la distingue de las otras polluelas es la tonalidad clara —blanco-amarillenta— que lucen las infracoberteras caudales. El pico es amarillento con la base rojiza. Las hembras, aunque similares a los machos, resultan en conjunto más apagadas y con un moteado más profuso, al igual que los jóvenes, si bien estos se diferencian por el color pardo del pico.</t>
   </si>
   <si>
     <t>Prunella collaris (Scopoli, 1769)</t>
   </si>
   <si>
-    <t>prueba_Acentor alpino (Castellano), Mendi-tuntuna (Euskera), Cercavores (Catalán), Azuenta alpina (Gallego), Alpine Accentor (Inglés)</t>
+    <t>Acentor alpino (Castellano), Mendi-tuntuna (Euskera), Cercavores (Catalán), Azuenta alpina (Gallego), Alpine Accentor (Inglés)</t>
   </si>
   <si>
     <t>Pájaro robusto y compacto, fácil de ver en la alta montaña, de tamaño mayor que el acentor común. Exhibe partes superiores pardo-negruzcas, con la cabeza y el pecho de color gris pizarra, y los flancos y el vientre rojizos y con listas blanquecinas. Las coberteras alares presentan un tinte pardo oscuro, con unas motas blancas que forman un par de tenues franjas. Cuando tiene el plumaje recién mudado, luce un collar blanco, barreado de negro, que se desgasta y desaparece a lo largo del verano. Muestra la base del pico amarillenta, y sus patas, muy robustas, son pálidas. Los jóvenes se parecen bastante a los adultos. Se diferencian de ellos en que los tonos rojizos de las partes inferiores ocupan mayor superficie, y también en que las zonas anteriores poseen un color más parduzco. El vuelo es rápido y algo ondulante, parecido al de un zorzal.</t>
   </si>
   <si>
     <t>Pyrrhocorax graculus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Chova piquigualda (Castellano), Belatxinga mokohoria (Euskera), Gralla de bec groc (Catalán), Choia biquimarela (Gallego), Alpine Chough (Inglés), Yellow-billed Chough (Inglés)</t>
+    <t>Chova piquigualda (Castellano), Belatxinga mokohoria (Euskera), Gralla de bec groc (Catalán), Choia biquimarela (Gallego), Alpine Chough (Inglés), Yellow-billed Chough (Inglés)</t>
   </si>
   <si>
     <t>De tamaño algo menor que la chova piquirroja, la piquigualda es un estilizado córvido, de plumaje uniformemente negro y brillante, que se caracteriza por poseer un pico amarillo y algo curvado, así como unas patas fuertes y relativamente cortas de color rojo anaranjado. Los jóvenes tienen las patas y el pico negruzcos. En vuelo —que es habilidoso y acrobático— se distingue de su pariente por tener las alas más redondeadas y con las primarias menos separadas, así como la cola más larga.</t>
   </si>
   <si>
     <t>Regulus regulus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Reyezuelo sencillo (Castellano), Mendi-erregetxoa (Euskera), Reietó (Catalán), Estreliña norteña (Gallego), Goldcrest (Inglés)</t>
+    <t>Reyezuelo sencillo (Castellano), Mendi-erregetxoa (Euskera), Reietó (Catalán), Estreliña norteña (Gallego), Goldcrest (Inglés)</t>
   </si>
   <si>
     <t>Junto a su cercano pariente, el listado, el reyezuelo sencillo es una de las aves más pequeñas de Europa. Presenta el dorso verdoso, con alas más oscuras sobre las que destaca una franja blanquecina. Se diferencia de su pariente por carecer de la lista superciliar clara, así como de la lista ocular negra. Dos tiras negras —que no se unen en la frente— surcan su píleo, flanqueando una tercera banda frontal más ancha de color naranja en los machos y amarillo en las hembras. Los jóvenes carecen de todas estas listas.</t>
   </si>
   <si>
     <t>Saxicola rubetra (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tarabilla norteña (Castellano), Pitxartxar nabarra (Euskera), Bitxac rogenc (Catalán), Chasco norteño (Gallego), Whinchat (Inglés), Traquet tarier (Francés)</t>
+    <t>Tarabilla norteña (Castellano), Pitxartxar nabarra (Euskera), Bitxac rogenc (Catalán), Chasco norteño (Gallego), Whinchat (Inglés), Traquet tarier (Francés)</t>
   </si>
   <si>
     <t>Pájaro pequeño, de aspecto compacto. Es similar a la tarabilla común, pero con garganta clara, ceja blanca, y cola blanca y con banda terminal ancha y negra. Los machos resultan más vistosos que las hembras, con garganta, pecho y flancos ventrales de color anaranjadorojizo, y píleo y mejillas más oscuras. Las hembras presentan generalmente una coloración más pálida y menos intensa y contrastada. En vuelo, su silueta muestra cola corta y alas largas y anchas.</t>
   </si>
   <si>
     <t>Scolopax rusticola Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Chocha perdiz (Castellano), Becada (Castellano), Eurasian Woodcock (Inglés), Woodcock (Inglés)</t>
+    <t>Chocha perdiz (Castellano), Becada (Castellano), Eurasian Woodcock (Inglés), Woodcock (Inglés)</t>
   </si>
   <si>
     <t>Es una limícola relativamente grande, de largo pico, patas bastante cortas y grandes ojos oscuros, muy desplazados hacia atrás y hacia arriba en la cabeza. Posee un plumaje extremadamente críptico, dominado por los tonos marrones y rojizos, que en el dorso adquieren una notable complejidad, con un diseño abigarrado de barrados, punteados y manchas de diferente tonalidad. Las regiones ventrales son de tonos cremosos, con abundantes estrías transversales de color más oscuro. Los adultos y los jóvenes son prácticamente idénticos. En vuelo resulta más pesada que otras especies cercanas y se caracteriza por sus alas redondeadas y su silueta masiva. Es un ave reacia a volar, pues confía plenamente en las virtudes de su mimética librea, pero, si siente una amenaza próxima, emprende un vuelo errático y zigzagueante a baja altura entre los árboles.</t>
   </si>
   <si>
     <t>Sterna dougallii Montagu, 1813</t>
   </si>
   <si>
-    <t>prueba_Charrán rosado (Castellano), Charrán rosado (Castellano), Txenada gorrizta (Euskera), Xatrac rosat (Catalán), Carrán rosado (Gallego), Roseate Tern (Inglés), Sterne de Dougall (Francés)</t>
+    <t>Charrán rosado (Castellano), Charrán rosado (Castellano), Txenada gorrizta (Euskera), Xatrac rosat (Catalán), Carrán rosado (Gallego), Roseate Tern (Inglés), Sterne de Dougall (Francés)</t>
   </si>
   <si>
     <t>Es un charrán de mediano tamaño muy parecido a sus parientes común y ártico y el más escaso de los tres. Se distingue, principalmente, por su extrema palidez y por poseer la cabeza y el pico mayores, la cola más larga y las alas más cortas que las otras dos especies cercanas. Bate las alas con aleteos más rápidos y menos profundos, lo que induce a creer que su vuelo es más directo. El adulto en plumaje reproductor presenta el dorso y las alas de color gris muy claro, casi blanco, con el obispillo y la cola —muy larga y ahorquillada— de color blanco, en tanto que el pecho muestra un ligero matiz rosáceo. El capirote es negro en su totalidad; el pico, oscuro con la base roja y las patas, rojas. En invierno, sin embargo, la frente es blanca y el pico, negro. El joven se asemeja al charrán patinegro, con el dorso escamado y moteado de oscuro, pico y patas negruzcas, franja oscura en el borde del ala (banda carpal) y capirote casi completo de color marrón negruzco. Cuando está posado, puede observarse que la cola sobresale bastante del extremo de las alas, lo que facilita mucho su identificación respecto a los charranes común y ártico.</t>
   </si>
   <si>
     <t>Sterna hirundo Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Charrán común (Castellano), Charrán común (Castellano), Txenada arrunta (Euskera), Xatrac comdú (Catalán), Carrán común (Gallego), Common Tern (Inglés), Sterne pierregarin (Francés)</t>
+    <t>Charrán común (Castellano), Charrán común (Castellano), Txenada arrunta (Euskera), Xatrac comdú (Catalán), Carrán común (Gallego), Common Tern (Inglés), Sterne pierregarin (Francés)</t>
   </si>
   <si>
     <t>Se trata de un charrán de mediano tamaño, muy parecido a los charranes ártico y rosado, de coloración general pálida, con el dorso y las alas de color gris claro, el obispillo blanco y la cola también blanca, bastante ahorquillada. El adulto en verano presenta el capirote negro en su totalidad (que se extiende hasta la nuca), el pico rojo con la punta negra y las patas rojas, mientras que en invierno la frente es blanca y el pico adquiere un color oscuro. El joven exhibe un tono ocre en el dorso —con un escamado marrón y blanco poco visible—, pico oscuro con la mandíbula inferior naranja y patas de color naranja pálido. Las aves de primer año presentan una franja oscura en el borde del ala (banda carpal) muy conspicua tanto posadas como en vuelo. Cuando está posado se puede observar que la cola del charrán común no excede en longitud al extremo de las alas, característica muy útil para distinguirlo del charrán ártico y del charrán rosado, ya que es el que posee la cola más corta de los tres. Su vuelo es algo más pesado y menos elástico que el de los charranes similares.</t>
   </si>
   <si>
     <t>Sterna paradisaea Pontoppidan, 1763</t>
   </si>
   <si>
-    <t>prueba_Charrán ártico (Castellano), Charránártico (Castellano), Gaviotín ártico (Castellano), Charrán ártico (Castellano), Ipar-txenada (Euskera), Xatrac artic (Catalán), Carrán ártico (Gallego), Arctic Tern (Inglés), Sterne arctique (Francés)</t>
+    <t>Charrán ártico (Castellano), Charránártico (Castellano), Gaviotín ártico (Castellano), Charrán ártico (Castellano), Ipar-txenada (Euskera), Xatrac artic (Catalán), Carrán ártico (Gallego), Arctic Tern (Inglés), Sterne arctique (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>El ártico es un charrán de mediano tamaño muy parecido a su pariente el rosado y, sobre todo, al común. Con un poco de práctica y a corta distancia no es difícil diferenciarlo, sobre todo, de este último, del que se distingue principalmente por el tamaño, algo menor; asimismo, posee una cola más larga, un pico más fino y corto, una cabeza más redondeada y un cuello corto que dan la impresión de que las alas parezcan adelantadas respecto al centro de gravedad del cuerpo. El adulto en época estival luce el dorso y las alas de color gris más oscuro que el charrán común. El obispillo y la cola, muy ahorquillada, son blancos, mientras que el capirote, que apenas se extiende hasta la nuca, es negro. El pico carece de la punta oscura que muestra su pariente y las patas son de color rojo sangre. En invierno, la frente y la parte delantera de la cabeza son blancas y el pico, negro. Las aves jóvenes poseen el dorso escamudo de blanco y negro con matices canela, el pico negruzco, las patas de color rojo anaranjado, y la franja oscura del borde del ala (banda carpal) resulta en ellos menos visible que en el charrán común. Cuando está posado, se puede observar que la cola excede ligeramente en longitud al extremo de las alas, detalle muy útil para distinguirlo de los charranes común y rosado. Su vuelo es elástico y directo, con batidos más lentos y menos profundos que en el charrán común.</t>
   </si>
   <si>
     <t>Sternula albifrons (Pallas, 1764)</t>
   </si>
   <si>
-    <t>prueba_Charrancito (Castellano), Charrancito común (Castellano), Charrancito común (Castellano), Txenada txikia (Euskera), Xatrac menut (Catalán), Carrán pequeño (Gallego), Little Tern (Inglés), Sterne naine (Francés)</t>
+    <t>Charrancito (Castellano), Charrancito común (Castellano), Charrancito común (Castellano), Txenada txikia (Euskera), Xatrac menut (Catalán), Carrán pequeño (Gallego), Little Tern (Inglés), Sterne naine (Francés)</t>
   </si>
   <si>
     <t>Su reducido tamaño —es casi la mitad de pequeño que el charrán común—, junto con el pálido aspecto general, la cabeza oscura y el pico amarillo con la punta negra, lo hacen prácticamente inconfundible. A diferencia de otros charranes, presenta la frente blanca a todas las edades. El adulto en plumaje reproductor luce en la cabeza un capirote negro sin cresta, que se extiende hasta la nuca y enlaza con dos líneas negras (bridas) desde el ojo hasta el pico. La espalda y las alas son de tono gris uniforme, salvo las tres primarias externas, negruzcas. El obispillo es blanco; la cola, corta y moderadamente ahorquillada, también blanca, y las patas, de color amarillo anaranjado. El adulto en plumaje invernal presenta las bridas blancas, la frente blanca más amplia, el pico negro y las patas más oscuras. Por su parte, los jóvenes poseen las patas claras, el pico negruzco —sobre todo en la punta— y el dorso con un dibujo de escamas oscuras. Su vuelo es también muy distintivo y activo, con un batir de alas muy rápido y profundo.</t>
   </si>
   <si>
     <t>Sterna albifrons Pallas,1764</t>
   </si>
   <si>
     <t>Tichodroma muraria (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Treparriscos (Castellano), Harkaitz-txoria (Euskera), Pela-roques (Catalán), Gabeador vermello (Gallego), Wallcreeper (Inglés)</t>
+    <t>Treparriscos (Castellano), Harkaitz-txoria (Euskera), Pela-roques (Catalán), Gabeador vermello (Gallego), Wallcreeper (Inglés)</t>
   </si>
   <si>
     <t>Es un ave inconfundible, de vuelo ondulado, espasmódico, como el de una enorme mariposa. Se mueve con extraordinaria soltura por las paredes rocosas, que prospecta meticulosamente para luego, con un corto vuelo, desplazarse a otro punto. El plumaje de este paseriforme es en su mayoría gris y varía ligeramente entre la estación reproductora y el invierno, cuando el ave adquiere una tonalidad más pálida. En esa época, machos y hembras son muy semejantes, pero durante el periodo reproductor el macho lucirá la garganta y el pecho de un intenso color negro, y su plumaje se tornará más oscuro. El rasgo más llamativo de esta pequeña ave altimontana, sin embargo, solo se puede descubrir mientras vuela, pues es entonces cuando despliega sus anchas y vistosas alas de color carmín y plumas de vuelo negras con grandes puntos blancos. El joven presenta el plumaje completamente gris, con las alas de un color algo más apagado que en los adultos.</t>
   </si>
   <si>
     <t>Tringa glareola Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Andarrios bastardo (Castellano), Andarríos bastardo (Castellano), Kuliska pikarta (Euskera), Valona (Catalán), Bilurico pintado (Gallego), Wood Sandpiper (Inglés), Chevalier sylvain (Francés)</t>
+    <t>Andarrios bastardo (Castellano), Andarríos bastardo (Castellano), Kuliska pikarta (Euskera), Valona (Catalán), Bilurico pintado (Gallego), Wood Sandpiper (Inglés), Chevalier sylvain (Francés)</t>
   </si>
   <si>
     <t>Es una limícola relativamente esbelta, con un aspecto más estilizado que los otros andarríos, de los que se diferencia por poseer las patas —de color amarillento— más largas y una larga ceja blanquecina que rebasa el ojo. El adulto en plumaje nupcial presenta las plumas de las partes superiores oscuras, con abundantes marcas claras, y un barrado oscuro sobre el pecho blanquecino, que progresivamente se transforma en manchas mayores hacia los flancos; la zona ventral es blanca, en tanto que el píleo ofrece un aspecto muy estriado. El individuo no reproductor muestra los márgenes de las plumas superiores más estrechos, en tanto que el cuello y el pecho resultan pálidos, aunque ligeramente estriados. Los juveniles, por su parte, lucen un aspecto similar al adulto no reproductor, pero en ellos los márgenes de las plumas superiores son más cálidos y el barrado del pecho algo más destacado. En vuelo, las regiones dorsales del ave presentan un aspecto bastante oscuro, lo que hace resaltar aún más una zona blanca —de forma cuadrada— en el obispillo, así como las estrechas franjas transversales de la cola.</t>
   </si>
   <si>
     <t>Tringa stagnatilis (Bechstein, 1803)</t>
   </si>
   <si>
-    <t>prueba_Archibebe fino (Castellano), Urmael-Bernagorria (Euskera), Siseta (Catalán), Marsh Sandpiper (Inglés), Chevalier stagnatile (Francés)</t>
+    <t>Archibebe fino (Castellano), Urmael-Bernagorria (Euskera), Siseta (Catalán), Marsh Sandpiper (Inglés), Chevalier stagnatile (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>Se trata de una limícola muy estilizada, de colores por lo general claros, con patas verde-amarillentas y pico muy largo y agudo. El adulto en plumaje nupcial presenta las plumas de las partes superiores color canela con barras oscuras, el cuello y el pecho blancos con pintas de color marrón oscuro y estrías oscuras en los flancos. El adulto no reproductor es grisáceo con los márgenes de las plumas superiores ante y una delgada banda subapical oscura, pero con las partes inferiores completamente blancas. El juvenil también presenta blancas las partes inferiores, si bien las plumas de las regiones dorsales tienen un tinte cremoso.</t>
   </si>
   <si>
     <t>Turdus pilaris Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Zorzal real (Castellano), Fieldfare (Inglés)</t>
+    <t>Zorzal real (Castellano), Fieldfare (Inglés)</t>
   </si>
   <si>
     <t>El real es un zorzal grande y bastante corpulento, que se reconoce fácilmente por presentar la cabeza y el obispillo de color gris azulado. El plumaje de la espalda y del dorso del ala es pardo-grisáceo, algo rojizo en ocasiones, mientras que las partes inferiores son blanquecinas con manchas ocres en los flancos y el pecho —más intensas en época reproductora— y profusamente moteadas de manchas oscuras en forma de cuña. El pico es amarillo con la punta oscura. Ambos sexos son muy parecidos, especialmente en invierno. Vistos de cerca, en el diseño de la cara se puede observar una brida negra delante del ojo y otra bajo la mejilla, así como la ceja blanquecina. En vuelo resalta su cola, larga y oscura, y los paneles blancos bajo el ala.</t>
   </si>
   <si>
     <t>Turdus torquatus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Mirlo capiblanco (Castellano), Zozo paparzuria (Euskera), Merla de pit blanc (Catalán), Merlo papibranco (Gallego), Ring Ouzel (Inglés), Merle à plastron (Francés)</t>
+    <t>Mirlo capiblanco (Castellano), Zozo paparzuria (Euskera), Merla de pit blanc (Catalán), Merlo papibranco (Gallego), Ring Ouzel (Inglés), Merle à plastron (Francés)</t>
   </si>
   <si>
     <t>Túrdido de mediano tamaño, con aspecto similar al mirlo común. Presenta un plumaje característico de tonos oscuros, negros en el macho y pardos en la hembra, donde destacan la media luna blanca del pecho, el pico anaranjado y una mancha alar pálida. Las plumas ventrales y de los flancos poseen un reborde pálido característico. Tiene un vuelo rápido y directo.</t>
   </si>
   <si>
     <t>Tyto alba (Scopoli, 1769)</t>
   </si>
   <si>
-    <t>prueba_Lechuza común (Castellano), Hontza zuria (Euskera), Òliba (Catalán), Curuxa común (Gallego), Barn Owl (Inglés), Common Barn-owl (Inglés), Chouette effraie (Francés)</t>
+    <t>Lechuza común (Castellano), Hontza zuria (Euskera), Òliba (Catalán), Curuxa común (Gallego), Barn Owl (Inglés), Common Barn-owl (Inglés), Chouette effraie (Francés)</t>
   </si>
   <si>
     <t>El único representante de la familia Tytonidae en territorio europeo es una rapaz de tamaño medio, aspecto esbelto, largas patas y voluminosa cabeza, que luce un contrastado plumaje en el que predominan los tonos leonados y dorados en el dorso y el blanco puro —incluso ligeramente plateado— en las zonas ventrales. Las plumas dorsales y la parte superior de las alas y la cola aparecen finamente vermiculadas por sutiles punteados de color negro, gris y blancuzco, en tanto que las regiones ventrales pueden mostrar un moteado variable. En el rostro —inconfundible por su forma de corazón— destacan los ojos intensamente negros y el prominente pico de color claro. Los jóvenes poseen un plumaje muy similar al de los adultos, de los que se diferencian por sutiles detalles, difíciles de distinguir en el campo. El vuelo de esta rapaz nocturna —de alas largas y relativamente anchas— es elegante, silencioso y ágil gracias al escaso peso del ave. No es raro ver a la lechuza cernirse hábilmente sobre un punto, mientras escudriña el terreno en busca de presas.</t>
   </si>
   <si>
     <t>Uria aalge (Pontoppidan, 1763)</t>
   </si>
   <si>
-    <t>prueba_Arao común (Castellano), Arao común (Castellano), Martina arrunta (Euskera), Somorgollaire (Catalán), Arao dos cons (Gallego), Common Murre (Inglés), Guillemot (Inglés), Iberian guillemot (Inglés), Guillemot de Troïl (Francés)</t>
+    <t>Arao común (Castellano), Arao común (Castellano), Martina arrunta (Euskera), Somorgollaire (Catalán), Arao dos cons (Gallego), Common Murre (Inglés), Guillemot (Inglés), Iberian guillemot (Inglés), Guillemot de Troïl (Francés)</t>
   </si>
   <si>
     <t>Es un ave marina de cuerpo alargado, pico fino y patas en posición retrasada. El plumaje, muy denso, presenta una coloración marrón oscura en las regiones dorsales y blancuzca en las ventrales; similar en ambos sexos, sufre algunas variaciones a lo largo del año y en los individuos juveniles. En plumaje invernal, la cabeza muestra las mejillas y la garganta de color blanco sobre el que destaca una tenue franja oscura que corre a partir del ojo. Algunas aves muestran un anillo ocular blanco, que resalta vivamente sobre el tono oscuro de la cabeza y que se prolonga en una delgada línea blanca por detrás del ojo. Los ejemplares que presentan este diseño reciben el nombre de araos bridados. Como otros álcidos, el arao desarrolla un vuelo muy directo mediante rápidos aleteos.</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial, CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Ardea alba Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Garza blanca (Castellano), Garceta grande (Castellano), Lertxuntxo handia (Euskera), Agró blanc (Catalán), Great Egret (Inglés), Great White Heron (Inglés), Great White Egret (Inglés), Grande aigrette (Francés)</t>
+    <t>Garza blanca (Castellano), Garceta grande (Castellano), Lertxuntxo handia (Euskera), Agró blanc (Catalán), Great Egret (Inglés), Great White Heron (Inglés), Great White Egret (Inglés), Grande aigrette (Francés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Península NT (Casi amenazado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Península, Mundial, Península</t>
   </si>
   <si>
     <t>Se trata de una garza de gran tamaño, muy estilizada y de cuello particularmente largo, que luce un plumaje enteramente blanco. Posee un pico fuerte, alargado y con forma de daga. Los ejemplares en época de reproducción se adornan con unas plumas largas en la garganta y la base del cuello. En el dorso, estas plumas ornamentales resultan particularmente largas y desflecadas y se prolongan, a modo de manto, sobre las plumas de vuelo y la cola. El pico es oscuro, con la base amarillenta en ocasiones, o completamente anaranjado en algunas subespecies. Esta garza presenta, además, un área desnuda de color verdoso junto al ojo, que es amarillo. Las patas son también amarillas, a veces incluso anaranjadas durante la reproducción. Los individuos no reproductores carecen de plumas ornamentales y tienen el pico de color amarillo o anaranjado. Las tibias son amarillas y los tarsos oscuros, de color gris verdoso. El joven, por su parte, es similar al adulto no reproductor, con las tibias de color amarillo verdoso y el pico amarillo. En vuelo se la ve de gran tamaño; lleva el cuello recogido y las alas arqueadas, mientras que las patas sobresalen largamente por detrás de la cola.</t>
   </si>
   <si>
     <t>Casmerodius albus, Casmerodius albus albus, Egretta alba Linnaeus, 1758</t>
   </si>
   <si>
     <t>Ardeola ralloides (Scopoli, 1769)</t>
   </si>
   <si>
-    <t>prueba_Garcilla cangrejera (Castellano), Lertxuntxo karramarrozalea (Euskera), Martinet ros (Catalán), Garza caranguexeira (Gallego), Common Squacco Heron (Inglés), Squacco Heron (Inglés), Héron crabier (Francés)</t>
+    <t>Garcilla cangrejera (Castellano), Lertxuntxo karramarrozalea (Euskera), Martinet ros (Catalán), Garza caranguexeira (Gallego), Common Squacco Heron (Inglés), Squacco Heron (Inglés), Héron crabier (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Garza de pequeño-mediano tamaño. El adulto reproductor tiene las partes superiores rosado-anaranjadas y las inferiores más blanquecinas. Del píleo le cuelgan largas plumas pardas, con raquis más pálido, que le dibujan una melena sobre el dorso. Su pico es azulado, con el extremo negro, y luce patas naranjas. El adulto no reproductor es mucho más parduzco, con toda la cabeza y el cuello repletos de estrías longitudinales blancas y pardas, patas amarillentas y pico naranja sucio. Los jóvenes son muy similares a los adultos no reproductores. En vuelo, la garcilla cangrejera se muestra muy pálida, ya que sus alas y cola son blancas, y el cuerpo y la cabeza rosados. Se localiza generalmente en aguazales abiertos, en orillas o en aguas someras.</t>
   </si>
   <si>
     <t>Charadrius hiaticula Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Chorlitejo grande (Castellano), Txirritxo handia (Euskera), Corriol gros (Catalán), Píllara real (Gallego), Ringed Plover (Inglés), Common Ringed Plover (Inglés), Grand Gravelot (Francés)</t>
+    <t>Chorlitejo grande (Castellano), Txirritxo handia (Euskera), Corriol gros (Catalán), Píllara real (Gallego), Ringed Plover (Inglés), Common Ringed Plover (Inglés), Grand Gravelot (Francés)</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Península NE (No evaluado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Esta limícola de pequeño tamaño, aunque de aspecto robusto, se caracteriza por poseer una voluminosa cabeza rematada por un pico bastante corto. El macho adulto en plumaje nupcial luce un collar negro y característicos dibujos cefálicos en forma de una marcada ceja blanca y una línea negra que parte del píleo y surca la cara del ave hasta el pico, enmarcando la región frontal, blanca. El pico presenta la base naranja y la punta negra y las patas son, asimismo, naranjas. La librea nupcial de la hembra es muy similar a la del macho, aunque con el negro más apagado. En los adultos no reproductores, en cambio, la frente se une con la ceja, las zonas negras son menos intensas y el naranja del pico apenas resulta perceptible. Las aves juveniles se asemejan a los ejemplares no reproductores, aunque con las plumas del dorso ribeteadas de negro y ante.</t>
   </si>
   <si>
     <t>Gallinago gallinago (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Agachadiza común (Castellano), Agachadiza común (Castellano), Common Snipe (Inglés)</t>
+    <t>Agachadiza común (Castellano), Agachadiza común (Castellano), Common Snipe (Inglés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Península EN (En peligro),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Limícola de mediano tamaño, con pico muy largo y coloración general parduzca. Posee flancos con franjas ocres y vientre blanco liso. El dorso, delicadamente jaspeado, está listado longitudinalmente con franjas de color crema. La cabeza también presenta varias listas longitudinales que enmarcan el píleo oscuro. Tiene un vuelo rápido, con arrancada brusca y trayectoria zigzagueante. Cuando vuela muestra una apariencia general parda, con la cola de tonalidad ocre rojiza.</t>
   </si>
   <si>
     <t>Gallinula chloropus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Gallineta común (Castellano), Gallina ciega (Castellano), Polla de agua (Castellano), Gallineta común (Castellano), Common Moorhen (Inglés)</t>
+    <t>Gallineta común (Castellano), Gallina ciega (Castellano), Polla de agua (Castellano), Gallineta común (Castellano), Common Moorhen (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>La coloración de este rálido de mediano tamaño a cierta distancia parece uniformemente oscura, casi negra, aunque visto de cerca se puede apreciar cómo el dorso adquiere una tonalidad entre verdosa y olivácea, con abundantes brillos metálicos, mientras que la cabeza es de un intenso color pizarra, que se va tornando azulado a medida que alcanza la nuca. Las regiones inferiores del ave son de color gris oscuro, si bien los flancos resultan prácticamente negros y aparecen ribeteados por largas plumas blancas que definen una llamativa línea discontinua. De color blanco también son las infracoberteras caudales, las cuales dibujan un conspicuo parche que contrasta fuertemente con el resto del plumaje; esta región de la anatomía de la gallineta —denominada escudo anal— es usada como indicador de los estados de ánimo y a modo de mecanismo de comunicación intraespecífica. Las zonas desnudas de la gallineta común resultan también ciertamente llamativas y sufren algunas modificaciones durante la etapa de reproducción, en que se tornan más brillantes. Así, el iris —normalmente marronáceo— adquiere un intenso color carmesí; las patas toman una coloración amarillenta, que se transforma en roja en la mitad superior de la tibia, y el escudete frontal, al igual que el pico, adquiere una intensa tonalidad roja en fuerte contraste con la punta amarilla de este. Las gallinetas jóvenes, al contrario que los adultos, lucen una librea bastante modesta, en la que dominan los tonos marronáceos con tintes verdosos; además, carecen de escudete frontal y de los restantes ornamentos cromáticos propios de las aves maduras.</t>
   </si>
   <si>
     <t>Marmaronetta angustirostris (Ménétries, 1832)</t>
   </si>
   <si>
-    <t>prueba_Cerceta pardilla (Castellano), Zertzeta marmolairea (Euskera), Xarxet marbrenc (Catalán), Cerceta pinta (Gallego), Marbled Duck (Inglés), Marbled Teal (Inglés), Sarcelle marbrée (Francés)</t>
+    <t>Cerceta pardilla (Castellano), Zertzeta marmolairea (Euskera), Xarxet marbrenc (Catalán), Cerceta pinta (Gallego), Marbled Duck (Inglés), Marbled Teal (Inglés), Sarcelle marbrée (Francés)</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Península CR (En peligro crítico),  Mundial NT (Casi amenazado),  Península DD (Datos insuficientes)</t>
   </si>
   <si>
     <t>Pato nadador de pequeño tamaño y dimorfismo sexual poco evidente. El macho adulto es de color pardo arenoso, con el dorso algo más oscuro y multitud de pintas blanquecino-amarillentas en popa, flancos y dorso. Tiene un llamativo antifaz oscuro de bordes difusos y unas plumas a modo de pequeña coleta en la nuca. Su cabeza está finamente estriada. El pico es fino y oscuro. La hembra adulta es muy similar, de tamaño algo menor, coleta más pequeña y coloración del pico ligeramente diferente. Los jóvenes son muy parecidos a los adultos, pero algo más pálidos y grisáceos y con pintas menos evidentes en general. En vuelo, la especie se ve relativamente pálida, sobre todo la parte inferior de las alas. También las secundarias blanquecinas contrastan con los extremos alares oscuros.</t>
   </si>
   <si>
     <t>Numenius arquata (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Zarapito real (Castellano), Kurlinta handia (Euskera), Becut (Catalán), Mazarico real (Gallego), Curlew (Inglés), Eurasian Curlew (Inglés), Courlis cendré (Francés)</t>
+    <t>Zarapito real (Castellano), Kurlinta handia (Euskera), Becut (Catalán), Mazarico real (Gallego), Curlew (Inglés), Eurasian Curlew (Inglés), Courlis cendré (Francés)</t>
   </si>
   <si>
     <t>España EN (En peligro),  Península CR (En peligro crítico),  Mundial NT (Casi amenazado),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>La mayor de nuestras limícolas es una especie fácilmente identificable gracias a su enorme pico —más largo en las hembras—, con el que sondea profundamente las playas, los bancos de limo, las orillas fangosas y los prados húmedos en busca de los invertebrados de los que se nutre. Reproductor testimonial en nuestro territorio, el zarapito real resulta, sin embargo, relativamente común a lo largo del invierno, especialmente en las costas cántabro-atlánticas.</t>
   </si>
   <si>
     <t>Spatula clypeata (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cuchara común (Castellano), Cuchara común (Castellano), Shoveler (Inglés), Northern Shoveler (Inglés), Canard souchet (Francés)</t>
+    <t>Cuchara común (Castellano), Cuchara común (Castellano), Shoveler (Inglés), Northern Shoveler (Inglés), Canard souchet (Francés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Esta anátida resulta ciertamente inconfundible por la forma aplanada de su largo y especializado pico, de cuya semejanza con una cuchara proviene el nombre vulgar de la especie. El macho en plumaje nupcial presenta un diseño muy vistoso, con la cabeza y el corto cuello de color verde brillante, tonalidad que destaca vivamente sobre el pecho blanco. Los flancos y el vientre son castaños, en tanto que en las regiones dorsales, de tonos marrones, resaltan unas largas escapulares blanquinegras. El espejuelo, verde brillante, resulta particularmente visible en vuelo. Las hembras son parduzcas, aunque fácilmente diferenciables de las de otras anátidas gracias a la forma del pico, y con el espejuelo de un verde más pálido que en los machos. Los jóvenes son muy parecidos a las hembras, si bien en ellos los flancos presentan tintes más rojizos y las regiones dorsales son más oscuras.</t>
   </si>
   <si>
     <t>Anas clypeata Linnaeus, 1758</t>
   </si>
   <si>
     <t>Spinus spinus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Lucano (Castellano), Jilguero lúgano (Castellano), Lúgano (Castellano), Tarina (Euskera), Siskin (Inglés), European Siskin (Inglés), Eurasian Siskin (Inglés)</t>
+    <t>Lucano (Castellano), Jilguero lúgano (Castellano), Lúgano (Castellano), Tarina (Euskera), Siskin (Inglés), European Siskin (Inglés), Eurasian Siskin (Inglés)</t>
   </si>
   <si>
     <t>Se trata de un ave pequeña, de pico corto y fino, que muestra cola corta y escotada cuando está cerrada. Su coloración puede recordar a la de verdecillos, verderones comunes y verderones serranos. Pero los lúganos se distinguen bien por la combinación de los siguientes caracteres: pequeño tamaño, manchas amarillas en alas y cola, y franjas amarillas en los “hombros” de las alas. Además, los machos tienen el capirote y la garganta negros. Es una especie gregaria que se mezcla con otras, sobre todo fringílidos como pardillos, pinzones vulgares, verdecillos, verderones serranos, pinzones reales, etc. Pero, a diferencia de la mayoría de los fringílidos, el lúgano también busca alimento en las ramas de árboles de ribera, siendo común observarlo en alisos, olmos y abedules.</t>
   </si>
   <si>
     <t>Carduelis spinus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Phasianus colchicus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Faisán vulgar (Castellano), Common Pheasant (Inglés)</t>
+    <t>Faisán vulgar (Castellano), Common Pheasant (Inglés)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Mundial</t>
   </si>
   <si>
     <t>Gallinácea de gran tamaño, inconfundible por su coloración —en el caso de los machos— y por su larga cola. El macho exhibe un plumaje pardo-rojizo, moteado de blanco y negro, en el que destaca la cabeza verde oscuro con reflejos violetas, carúnculas auriculares rojas y llamativo collar blanco. La hembra muestra un diseño críptico pardo con motas negras. El vuelo es muy aparatoso, con fuerte batido de alas y un sonoro zumbido.</t>
   </si>
   <si>
     <t>Anthus berthelotii Bolle, 1862</t>
   </si>
   <si>
-    <t>prueba_Bisbita caminero (Castellano), Kanarietako txirta (Euskera), Piula canaria (Catalán), Pica canaria (Gallego), Berthelot's Pipit (Inglés)</t>
+    <t>Bisbita caminero (Castellano), Kanarietako txirta (Euskera), Piula canaria (Catalán), Pica canaria (Gallego), Berthelot's Pipit (Inglés)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Canarias LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Mundial, Canarias</t>
   </si>
   <si>
     <t>Pequeño bisbita de aspecto grisáceo. Exhibe partes superiores de color pardo gris, tenuemente rayadas, y partes inferiores de color blanco sucio, con pecho claramente estriado. Posee alas redondeadas; cola larga y con plumas externas blancas; pico amarillento y con punta negra; y patas finas anaranjadas. En la cara muestra ceja clara, auriculares pardas, sendas listas bigoteras blanca y negra, y garganta blanca. Su aspecto resulta similar al de otros bisbitas, especialmente el juvenil de bisbita campestre, del que se distingue por ser menor y por tener el pecho menos marcado. Ambos sexos son iguales. Los jóvenes, algo más rayados por arriba, presentan bordes blancos en las plumas del dorso, lo que les confiere un aspecto escamoso. Además, su pecho es más moteado que rayado. Se trata del único bisbita que nidifica en las islas Canarias, donde pueden observarse otros en migración e invernada. En caso de huida raramente vuela, y prefiere correr parando erguido cada poco tiempo.</t>
   </si>
   <si>
     <t>Fringilla teydea Webb, Berthelot &amp; Moquin-Tandon, 1842</t>
   </si>
   <si>
-    <t>prueba_Pinzón azul (Castellano), Pinzón azul de Tenerife (Castellano), Txonta urdina (Euskera), Pinsá blau (Catalán), Pimpín azul (Gallego), Canary Islands Chaffinch (Inglés), Teydefinch (Inglés), Blue Chaffinch (Inglés)</t>
+    <t>Pinzón azul (Castellano), Pinzón azul de Tenerife (Castellano), Txonta urdina (Euskera), Pinsá blau (Catalán), Pimpín azul (Gallego), Canary Islands Chaffinch (Inglés), Teydefinch (Inglés), Blue Chaffinch (Inglés)</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  Canarias NT (Casi amenazado),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial, Canarias, España</t>
   </si>
   <si>
     <t>Su tamaño resulta muy similar al del pinzón vulgar. Sin embargo, los machos de pinzón azul son grises y con un débil tono azulado, sobre todo en la cabeza y en el dorso. Las hembras y los juveniles, por el contrario, no están tan diferenciados y poseen una coloración mucho menos llamativa, dominada por colores pardo-grisáceos. En cualquier caso, se distinguen bien por ser aves robustas y con el pico mayor que el de los pinzones vulgares. Existen dos subespecies, ambas muy parecidas, aunque polatzeki se diferencia de teydea fundamentalmente por su menor tamaño y por la presencia de una banda oscura en la frente, justo por encima de la parte superior del pico. El pinzón azul es gregario y se mezcla con otras especies, como pinzones vulgares, especialmente en invierno. Sin embargo, en primavera se trata de una especie muy territorial.</t>
   </si>
   <si>
     <t>Fringilla teydea subsp. teydea</t>
   </si>
   <si>
     <t>Acrocephalus melanopogon (Temminck, 1823)</t>
   </si>
   <si>
-    <t>prueba_Carricerín real (Castellano), Benarriz kaskabeltza (Euskera), Boscarla mostatxuda (Catalán), Folosa real (Gallego), Moustached Warbler (Inglés)</t>
+    <t>Carricerín real (Castellano), Benarriz kaskabeltza (Euskera), Boscarla mostatxuda (Catalán), Folosa real (Gallego), Moustached Warbler (Inglés)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial, España, Península</t>
   </si>
   <si>
     <t>Pequeño pájaro insectívoro, con ceja y garganta blancas, que contrastan con el píleo oscuro y el dorso marrón rojizo, rayado en oscuro. Tiene el vientre pálido, y los flancos y el pecho muestran tonos herrumbrosos. Presenta una cola redondeada. Ambos son sexos iguales.</t>
   </si>
   <si>
     <t>Alectoris rufa (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Perdiz roja (Castellano), Perdiz (Castellano), Perdíz (Castellano), Red-legged Partridge (Inglés)</t>
+    <t>Perdiz roja (Castellano), Perdiz (Castellano), Perdíz (Castellano), Red-legged Partridge (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España DD (Datos insuficientes),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Es un ave rechoncha de tamaño mediano. Ambos sexos son iguales. Posee vientre anaranjado y flancos llamativos con barras blancas, negras, marrones y grises; patas desnudas y fuertes; garganta blanca y pecho moteado de negro; dorso pardo grisáceo; y patas, pico y anillo ocular rojos. Los pollos y juveniles muestran tonos pardos y diseños crípticos. Es una especie de hábitos terrestres y buena andadora, que se desplaza habitualmente a pie. No obstante, el vuelo es rápido y directo, alternando fuertes aleteos con planeos en los que destacan los bordes anaranjados de la cola.</t>
   </si>
   <si>
     <t>Ciconia nigra (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cigüeña negra (Castellano), Cigüeña negra (Castellano), Amiamoko beltza (Euskera), Cigonya negra (Catalán), Cegoña negra (Gallego), Black Stork (Inglés), Cigogne noire (Francés)</t>
+    <t>Cigüeña negra (Castellano), Cigüeña negra (Castellano), Amiamoko beltza (Euskera), Cigonya negra (Catalán), Cegoña negra (Gallego), Black Stork (Inglés), Cigogne noire (Francés)</t>
   </si>
   <si>
     <t>Zancuda de tonos oscuros predominantes. El adulto tiene todas las partes superiores, cabeza y cuello negros, con llamativas irisaciones — esencialmente verdosas— en el cuello y la cabeza. Las partes inferiores son blancas. Presenta patas de color naranja rojizo y pico rojo, tono que se extiende alrededor del ojo. Los jóvenes nacidos en el año carecen de irisaciones, y su tono es mucho más pardo, con pico y patas grisáceos. Los subadultos son similares a los adultos, pero con menos irisaciones y con un pico que no es completamente rojo. Se trata de un ave muy esquiva, pero suele verse en vuelo en la cercanía de sus nidos o vadeando orillas de ríos o embalses, así como prados húmedos. En vuelo es también muy oscura, con partes inferiores en las que predomina el negro, salvo en el vientre, pecho y axilas. Las partes superiores son totalmente oscuras.</t>
   </si>
   <si>
     <t>Circus pygargus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Aguilucho cenizo (Castellano), Mirotz urdina (Euskera), Esparver cendrós (Catalán), Tartaraña cincenta (Gallego), Montagu's Harrier (Inglés), Busard cendré (Francés)</t>
+    <t>Aguilucho cenizo (Castellano), Mirotz urdina (Euskera), Esparver cendrós (Catalán), Tartaraña cincenta (Gallego), Montagu's Harrier (Inglés), Busard cendré (Francés)</t>
   </si>
   <si>
     <t>Rapaz de mediano tamaño y formas particularmente esbeltas, se caracteriza por poseer unas alas largas, estrechas y relativamente puntiagudas, cola muy larga y tarsos de gran longitud. En comparación con el aguilucho pálido —ligeramente mayor—, resulta más grácil y estilizado. Ambos sexos exhiben plumajes radicalmente diferentes en cuanto al color, puesto que los machos son bastante claros, mientras que las hembras —considerablemente mayores y más pesadas que sus compañeros— lucen tonos parduzcos. No es infrecuente en esta especie la existencia de ejemplares melánicos. El macho adulto típico es de color gris ceniza en el dorso, con las zonas ventrales ligeramente más claras (sobre todo, el abdomen), y una serie de manchas alargadas de color castaño que se intensifican hacia los flancos. En vuelo, las partes inferiores de las alas se ven muy barradas, con las infracoberteras surcadas por líneas rojizas y las secundarias con tres barras transversales, dos de ellas anchas y negras y otra, terminal, más clara. Las primarias son oscuras y la cola luce un ligero barrado parduzco. Dorsalmente, las alas son grisáceas, con las primarias oscuras y una barra negra a lo largo de las rémiges secundarias. Los tonos parduzcos dominan, sin embargo, en la coloración de la hembra adulta típica, que posee las regiones ventrales de color ocráceo claro y presenta un abundante rayado pardo-rojizo. Vista en vuelo, las infracoberteras alares se ven muy rayadas de pardo rojizo y el conjunto de plumas de vuelo está densamente barrado, al igual que la cola. Las partes superiores son relativamente oscuras y la cola, barrada; en ellas se distingue con suma claridad el obispillo, que es blanco. En ocasiones, es difícil diferenciarla de la hembra de aguilucho pálido, pero es más pequeña, tiene el obispillo de menor tamaño y las regiones axilares con barras más evidentes. El joven es similar a la hembra, pero mucho menos rayado en las partes inferiores, que resultan de un color pardo rojizo muy intenso y con las secundarias muy oscuras. Es común observarlo planeando a baja altura, mientras prospecta lentamente el terreno, sobre campos de labor, prados y eriales; ejecuta entonces un vuelo muy grácil y habilidoso —gracias a su escasa carga alar— en el que mantiene las alas colocadas en forma de “V”.</t>
   </si>
   <si>
     <t>Falco naumanni Fleischer, JG, 1818</t>
   </si>
   <si>
-    <t>prueba_Esparvel (Castellano), Cernícalo primilla (Castellano), Ziquilín de canalera (Castellano), Naumann belatza (Euskera), Xoriguer petit (Catalán), Lagarteiro das torres (Gallego), Lesser Kestrel (Inglés), Faucon crécerellette (Francés)</t>
+    <t>Esparvel (Castellano), Cernícalo primilla (Castellano), Ziquilín de canalera (Castellano), Naumann belatza (Euskera), Xoriguer petit (Catalán), Lagarteiro das torres (Gallego), Lesser Kestrel (Inglés), Faucon crécerellette (Francés)</t>
   </si>
   <si>
     <t>De aspecto bastante similar al del cernícalo vulgar, el primilla se distingue de este por su menor tamaño y por una serie de características morfológicas que algunas veces —como sucede con el color de las uñas: blancas en el primilla, negras en el vulgar— no son fácilmente identificables en el campo. El macho adulto tiene el dorso rojizo, sin manchas. La cabeza y las grandes coberteras son de color gris azulado; las plumas de vuelo, negras, y las partes inferiores, de un suave tono crema con tintes rosados y levemente tachonado de pintas oscuras. Carece de bigotera, a diferencia del cernícalo vulgar, y presenta la cera del pico y el anillo ocular de color amarillo. En vuelo ofrece un aspecto muy pálido, tanto en la cara inferior de las alas como en el cuerpo y la cola; esta es de color gris claro y aparece rematada por una banda terminal negra sobre la que destacan las rectrices centrales, que son más largas. La hembra luce un tono general bastante más apagado y homogéneo. Sus partes superiores son de color marrón rojizo, con un profuso barrado transversal, y las inferiores, muy claras, aunque con un moteado más abundante que el del macho. La bigotera resulta menos marcada que la de la hembra del cernícalo vulgar, y en vuelo las partes inferiores son más pálidas y menos barradas. El joven es muy similar a la hembra adulta y también a hembras y jóvenes de cernícalo vulgar. De los segundos se distingue por tener una bigotera poco marcada y ser menos barrado en la parte inferior.</t>
   </si>
   <si>
     <t>Glareola pratincola (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Canastera común (Castellano), Canastera común (Castellano), Canastera (Castellano), Pratinkola (Euskera), Perdiu de mar (Catalán), Perdiz do mar (Gallego), Common Pratincole (Inglés), Collared Pratincole (Inglés), Glaréole à collier (Francés)</t>
+    <t>Canastera común (Castellano), Canastera común (Castellano), Canastera (Castellano), Pratinkola (Euskera), Perdiu de mar (Catalán), Perdiz do mar (Gallego), Common Pratincole (Inglés), Collared Pratincole (Inglés), Glaréole à collier (Francés)</t>
   </si>
   <si>
     <t>Esta ave limícola, un tanto atípica, se ha amoldado a una forma de vida mucho más aérea que otros componentes del grupo y ha desarrollado diversas adaptaciones relacionadas con la alimentación. Los adultos en plumaje nupcial muestran una coloración general ocrácea en las regiones dorsales, y blanca en las ventrales; la garganta, de tonos crema, aparece circundada por una estrecha línea negra, que se prolonga por la cara del ave a modo de bridas. Los adultos no reproductores tienen las bridas pálidas, unas estrías finas más oscuras en la garganta, el pecho moteado ligeramente de marrón más oscuro y las plumas de las partes superiores con márgenes claros. Los jóvenes poseen píleo y nuca estriados, exhiben partes inferiores blancas y jaspeadas de marrón en el pecho, y las plumas de su dorso presentan un aspecto escamoso. Cuando vuela, la canastera luce una silueta muy singular, en la que llama poderosamente la atención —además del blanco obispillo— una larga y ahorquillada cola, como la de una golondrina. Las alas, por su parte, son largas y apuntadas, sorprendentemente oscuras en su cara inferior.</t>
   </si>
   <si>
     <t>Pterocles alchata (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Ganga común (Castellano), Ganga ibérica (Castellano), Churra (Castellano), Ganga aizpizuria (Euskera), Ganga (Catalán), Pin-tailed Sandgrouse (Inglés)</t>
+    <t>Ganga común (Castellano), Ganga ibérica (Castellano), Churra (Castellano), Ganga aizpizuria (Euskera), Ganga (Catalán), Pin-tailed Sandgrouse (Inglés)</t>
   </si>
   <si>
     <t>Ave de hábitos terrestres, compacta, corpulenta y de colores miméticos. El macho exhibe una contrastada cabeza, con cara anaranjada, ojo oscuro rodeado de un anillo azul, y lista ocular y garganta negras. Tiene el cuello y la nuca de color naranja verdoso, y el pecho rojo castaño, enmarcado por dos bandas negras, de las cuales la inferior delimita el vientre, llamativamente blanco. El dorso presenta ocelos dorados que se pierden en invierno, y en las alas plegadas aparecen espejuelos de color verde metálico y con ribetes oscuros. Posee cola muy apuntada, vermiculada por arriba —lo mismo que el obispillo— y blanca con banda subterminal negra por abajo. El pico y las patas —de dedos cortos— son grises, y la parte anterior del tarso está emplumada en blanco. Se diferencia de la ganga ortega por su menor tamaño, su vientre blanco y su cola con plumas centrales muy largas. La hembra es muy parecida, pero menos vistosa. Sus partes inferiores resultan similares a las del macho, pero tiene la garganta blanca y tres bandas negras en el cuello y el pecho. Por su parte, las zonas superiores están más vermiculadas, y los ocelos del dorso muestran además áreas azules. Los jóvenes son una versión más pálida y menos contrastada de los adultos de cada sexo. Esta ave exhibe un vuelo poderoso y rápido, que deja ver sus alas apuntadas, blancas y negras por abajo. De hábitos gregarios, más marcados fuera de la época de cría, suele observarse en grupos, por lo general mayores que en la ganga ortega.</t>
   </si>
   <si>
     <t>Arenaria interpres (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Vuelvepiedras rojizo (Castellano), Vuelvepiedras común (Castellano), Vuelvepiedras (Castellano), Harri-iraularia (Euskera), Remena rocs (Catalán), Pildora raiada (Gallego), Ruddy Turnstone (Inglés), Turnstone (Inglés), Tournepierre à collier (Francés)</t>
+    <t>Vuelvepiedras rojizo (Castellano), Vuelvepiedras común (Castellano), Vuelvepiedras (Castellano), Harri-iraularia (Euskera), Remena rocs (Catalán), Pildora raiada (Gallego), Ruddy Turnstone (Inglés), Turnstone (Inglés), Tournepierre à collier (Francés)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Mundial, Península</t>
   </si>
   <si>
     <t>Esta limícola de pequeño tamaño y aspecto compacto se caracteriza por tener las patas naranjas, un abigarrado plumaje y un pico corto en forma de cuña, que utiliza para voltear pequeñas piedras. El macho adulto en plumaje nupcial presenta la cabeza blanca, variablemente estriada de negro, y un complejo diseño de manchas negras que se extiende por el pecho y a los lados del manto; las partes superiores son anaranjadas, con una gran franja negra formada por las escapulares inferiores. La hembra adulta durante la época nupcial es similar, pero con el naranja más apagado. Los individuos no reproductores carecen por completo de naranja y la cabeza aparece manchada de marrón, en tanto que el juvenil resulta similar al no reproductor, pero de un tono marrón más claro.</t>
   </si>
   <si>
     <t>Dendrocopos major (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pito (Castellano), Pico picapinos (Castellano), Okil handia (Euskera), Picot garser gros (Catalán), Peto real (Gallego), Great Spotted Woodpecker (Inglés)</t>
+    <t>Pito (Castellano), Pico picapinos (Castellano), Okil handia (Euskera), Picot garser gros (Catalán), Peto real (Gallego), Great Spotted Woodpecker (Inglés)</t>
   </si>
   <si>
     <t>La especie comparte la coloración típica de los picos, con tonos muy intensos y definidos. La región dorsal es blanquinegra y presenta un característico patrón. Posee unas listas negras a ambos lados de la cara y el cuello, que enlazan con el pecho, el pico, los hombros y la nuca. Las regiones ventrales son blancas, sin listas ni punteaduras, y la zona anal luce una extensa y llamativa coloración rojiza. El dimorfismo sexual se aprecia sobre todo en la nuca: roja en los machos y negra en las hembras. El plumaje de los jóvenes resulta más difuso, con las partes ventrales de color blanco sucio y una menor intensidad de rojo en la zona anal; asimismo, se distinguen de los adultos por tener el píleo rojo.</t>
   </si>
   <si>
     <t>Dryobates major</t>
   </si>
   <si>
     <t>Streptopelia decaocto (Frivaldszky, 1838)</t>
   </si>
   <si>
-    <t>prueba_Tórtola turca (Castellano), Eurasian Collared Dove (Inglés), Eurasian Collared-dove (Inglés), Collared Dove (Inglés)</t>
+    <t>Tórtola turca (Castellano), Eurasian Collared Dove (Inglés), Eurasian Collared-dove (Inglés), Collared Dove (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Ave de mediano tamaño, similar a la tórtola europea, aunque ligeramente mayor. Se caracteriza por sus tonos ante pálidos y su cola alargada, con el extremo blanco y la base negra. Presenta un fino collar negro, que se extiende por los laterales del cuello, pero que está ausente en los juveniles. Ambos sexos son similares. Tiene un vuelo rápido y ligero, con potentes batidos de alas.</t>
   </si>
   <si>
     <t>Bucanetes githagineus (Lichtenstein, MHK, 1823)</t>
   </si>
   <si>
-    <t>prueba_Camachuelo trompetero (Castellano), Ego-Gailupa (Euskera), Pinsá trompeter (Catalán), Pimpín trompeteiro (Gallego), Trumpeter Finch (Inglés), Bouvreuil à ailes roses (Francés)</t>
+    <t>Camachuelo trompetero (Castellano), Ego-Gailupa (Euskera), Pinsá trompeter (Catalán), Pimpín trompeteiro (Gallego), Trumpeter Finch (Inglés), Bouvreuil à ailes roses (Francés)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Península VU (Vulnerable),  Canarias VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial, Península, Canarias</t>
   </si>
   <si>
     <t>Pájaro cabezón, con pico corto, robusto, ancho en la base y de color rosado. Este último rasgo permite su rápida identificación, junto con sus reclamos nasales, muy singulares e inconfundibles. A simple vista, su plumaje está dominado por colores ocres y resulta muy apagado, sobre todo el de los jóvenes y el de los adultos en invierno. En plumaje nupcial, sin embargo, el macho adquiere un pico rojizo, que contrasta con el tono gris de su cabeza. A su vez, el obispillo, las alas y las patas poseen distintivos reflejos rosados. En la hembra, esta coloración es más tenue.</t>
   </si>
   <si>
     <t>Rhodopechys githaginea (M. H. K. Lichtenstein, 1823)</t>
   </si>
   <si>
     <t>Aegypius monachus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Buitre negro (Castellano), Sai beltza (Euskera), Voitre negre (Catalán), Abutre cincento (Gallego), Voltor negro (Gallego), Cinereous Vulture (Inglés), Eurasian Black Vulture (Inglés), Black Vulture (Inglés), Vautour moine (Francés)</t>
+    <t>Buitre negro (Castellano), Sai beltza (Euskera), Voitre negre (Catalán), Abutre cincento (Gallego), Voltor negro (Gallego), Cinereous Vulture (Inglés), Eurasian Black Vulture (Inglés), Black Vulture (Inglés), Vautour moine (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  Península NT (Casi amenazado),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial, Península, España</t>
   </si>
   <si>
     <t>Se trata de la rapaz más grande de Europa y una de las aves más voluminosas de cuantas existen en el planeta. El adulto es de color pardo muy oscuro y luce una gola de plumas en torno al cuello; además, presenta la cabeza cubierta de un corto plumón marrón- grisáceo y la base del enorme y robusto pico (llamada cera) de color azulado. El joven del año resulta mucho más oscuro y homogéneo que el adulto, ya que luce una librea muy oscura —parece negra a cierta distancia— y tiene la cabeza casi totalmente cubierta por un plumón negruzco; la base del pico, en su caso, es de tonalidad rosada. En vuelo es inmenso, con unas alas largas, anchas y de bordes rectos que, a diferencia del buitre leonado, mantiene planas o ligeramente apuntadas hacia abajo cuando remonta o se desplaza. La cola es corta — aunque algo mayor que la del buitre leonado— y en forma de cuña.</t>
   </si>
   <si>
     <t>Calandrella brachydactyla (Leisler, 1814)</t>
   </si>
   <si>
-    <t>prueba_Terrera común (Castellano), Txoriandre arrunta (Euskera), Terrerola vulgar (Catalán), Calandriña común (Gallego), Short-toed Lark (Inglés), Greater Short-toed Lark (Inglés), Alouette calandrelle (Francés)</t>
+    <t>Terrera común (Castellano), Txoriandre arrunta (Euskera), Terrerola vulgar (Catalán), Calandriña común (Gallego), Short-toed Lark (Inglés), Greater Short-toed Lark (Inglés), Alouette calandrelle (Francés)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Península LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Aláudido de pequeño tamaño, de tonos pardos pálidos, con dorso estriado de negro. Al igual que la calandria común, presenta sendas manchas oscuras a ambos lados del cuello. Su pecho es blanquecino y carece de estrías. La lista superciliar clara contrasta con el píleo y la lista oscura detrás del ojo. En vuelo muestra las partes inferiores de las alas claras, sin borde blanco, y la cola oscura. Tiene un vuelo ligero y rápido, con suaves ondulaciones y descensos repentinos.</t>
   </si>
   <si>
     <t>Netta rufina (Pallas, 1773)</t>
   </si>
   <si>
-    <t>prueba_Pato colorado (Castellano), Red-crested Pochard (Inglés)</t>
+    <t>Pato colorado (Castellano), Red-crested Pochard (Inglés)</t>
   </si>
   <si>
     <t>Se trata del pato buceador más grande de los existentes en nuestra fauna. El macho adulto en plumaje nupcial es un ave prácticamente inconfundible, que luce un intenso color castaño rojizo en la cabeza y la parte anterior del cuello, así como un llamativo pico de color rojo coral. El pecho, la nuca, la parte posterior del cuello y una ancha banda en el centro del vientre, así como la popa y el obispillo, son negros, en tanto que las regiones dorsales son pardas y los flancos —al igual que el borde anterior de las alas—, blancos. En vuelo, las manchas ovales blancas bordeadas de negro, características de los flancos, resultan muy distintivas. La hembra adulta, por su parte, presenta un plumaje sumamente discreto, con la parte anterior de la cabeza y los lados del cuello blanquecinos, la frente, el píleo, la parte posterior del cuello y el manto marrones, y un pico de color gris oscuro con manchas rosáceas cerca del extremo. El joven resulta muy semejante a la hembra, pero con el pico completamente oscuro.</t>
   </si>
   <si>
     <t>Otis tarda Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Abetarda (Castellano), Avutarda (Castellano), Avutarda euroasiática (Castellano), Avutarda común (Castellano), Auca (Castellano), Basoilo handia (Euskera), Pioc salvatge (Catalán), Avetarda (Gallego), Great Bustard (Inglés)</t>
+    <t>Abetarda (Castellano), Avutarda (Castellano), Avutarda euroasiática (Castellano), Avutarda común (Castellano), Auca (Castellano), Basoilo handia (Euskera), Pioc salvatge (Catalán), Avetarda (Gallego), Great Bustard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  Península NT (Casi amenazado),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Ave inconfundible, de tamaño enorme, muy voluminosa y pesada, que suele desplazarse caminando por las áreas abiertas que frecuenta. El macho, mucho mayor que la hembra, puede alcanzar un peso cercano a los 18 kilogramos, lo que lo sitúa al borde mismo de la capacidad de volar. En el plumaje de ambos sexos, bastante similar, predominan los tonos pardos —ligeramente rojizos y dorados— en el dorso, donde las plumas muestran un profuso barrado transversal. La cabeza y el cuello poseen color gris, que se va tornando parduzco o rojizo a medida que se aproxima a su inserción con el tronco. A nivel ventral, el plumaje es blanco. Por su parte, las regiones dorsales de las alas presentan un diseño idéntico al que exhibe el dorso, es decir, plumas pardo-rojizas barradas en negro, aunque resulta muy conspicua una extensa banda blanca formada por las coberteras medianas y grandes, que contrasta vivamente con las rémiges negras. Las hembras se diferencian de los machos, además de por el tamaño, por lucir un plumaje algo más apagado y por los caracteres sexuales que estos adquieren durante el periodo nupcial. En esa época, los machos adultos desarrollan unas largas plumas apuntadas, rígidas y eréctiles, que parten de la mandíbula inferior, motivo por el cual sus poseedores se denominan “barbones”. Junto con estas particulares plumas, los machos exhiben durante el celo un evidente engrosamiento del cuello, que además obtiene una vistosa coloración intensamente rojiza. El macho inmaduro resulta relativamente similar a la hembra, pero tiene los laterales del cuello parcialmente teñidos de pardo rojizo.</t>
   </si>
   <si>
     <t>Phoenicurus phoenicurus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Colirrojo real (Castellano), Buztangorri argia (Euskera), Cotxa cua-roja (Catalán), Rabirrubio testibranco (Gallego), Redstart (Inglés), Common Redstart (Inglés), Rougequeue à front blanc (Francés)</t>
+    <t>Colirrojo real (Castellano), Buztangorri argia (Euskera), Cotxa cua-roja (Catalán), Rabirrubio testibranco (Gallego), Redstart (Inglés), Common Redstart (Inglés), Rougequeue à front blanc (Francés)</t>
   </si>
   <si>
     <t>Túrdido de pequeño tamaño, con característica y llamativa cola rojiza. El macho luce un llamativo y colorido diseño: pecho naranja rojizo, garganta negra, partes superiores grises y frente blanca. La hembra y los jóvenes presentan las partes inferiores de tonos ante grisáceos, más claras que en el colirrojo tizón. Posado, este pájaro tiene costumbre de agitar insistentemente la cola. Exhibe un vuelo ágil y ligeramente ondulado.</t>
   </si>
   <si>
     <t>Grus grus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Grulla común (Castellano), Grulla común (Castellano), Kurrilo arrunta (Euskera), Grua (Catalán), Grula (Gallego), Crane (Inglés), Common Crane (Inglés), Grue cendrée (Francés)</t>
+    <t>Grulla común (Castellano), Grulla común (Castellano), Kurrilo arrunta (Euskera), Grua (Catalán), Grula (Gallego), Crane (Inglés), Common Crane (Inglés), Grue cendrée (Francés)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Península LC (Preocupación menor),  España RE (Extinto regionalmente),  Península RE (Extinto regionalmente)</t>
   </si>
   <si>
     <t>Mundial, Península, España, Península</t>
   </si>
   <si>
     <t>Es un ave grande y esbelta, de patas y cuello largos y de coloración general gris ceniza, más oscura hacia el extremo de las alas. En los adultos destaca un penacho de plumas colgantes a modo de cola, que son en realidad las rémiges terciarias modificadas. En la cabeza, de color negro, destacan el píleo rojo y unas franjas blanquecinas a ambos lados que se extienden, a partir de los ojos, por las mejillas y el cuello. El pico, bastante largo y apuntado, tiene una tonalidad gris verdosa. Los jóvenes presentan un color parduzco y carecen del diseño característico de la cabeza. Las grullas vuelan con el cuello y las patas estirados, constituyendo bandadas que se reconocen fácilmente, no solo por la característica formación en “V” que adoptan, sino por los potentes trompeteos emitidos continuamente por todos los componentes, que pueden escucharse a considerable distancia.</t>
   </si>
   <si>
     <t>Platalea leucorodia Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Espátula (Castellano), Espátula común (Castellano), Espátula común (Castellano), Mokozabala zuria (Euskera), Mokozabala (Euskera), Bec-planer (Catalán), Cullereiro (Gallego), Spoonbill (Inglés), European Spoonbill (Inglés), Eurasian Spoonbill (Inglés), Spatule blanche (Francés)</t>
+    <t>Espátula (Castellano), Espátula común (Castellano), Espátula común (Castellano), Mokozabala zuria (Euskera), Mokozabala (Euskera), Bec-planer (Catalán), Cullereiro (Gallego), Spoonbill (Inglés), European Spoonbill (Inglés), Eurasian Spoonbill (Inglés), Spatule blanche (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  Península LC (Preocupación menor),  España VU (Vulnerable),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Se trata de un ave zancuda inconfundible por su gran tamaño y coloración general blanca. Destaca en ella su peculiar pico, largo y aplanado en su extremo a modo de espátula, rasgo que ha dado origen a su nombre vulgar. Durante el periodo reproductor, los adultos desarrollan un penacho de plumas colgantes en la nuca y un collar amarillento en el pecho. Igualmente, la mancha amarilla del pico se intensifica y se hace más extensa. Los jóvenes son totalmente blancos, con patas y pico rosáceos y las puntas de las primarias más externas de color negro. En vuelo muestran una silueta estilizada al llevar el cuello estirado.</t>
   </si>
   <si>
     <t>Vanellus vanellus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Aguanieves (Castellano), Avefría europea (Castellano), Avefría (Castellano), Avefría europea (Castellano), Northern Lapwing (Inglés), Lapwing (Inglés), Vanneau huppé (Francés)</t>
+    <t>Aguanieves (Castellano), Avefría europea (Castellano), Avefría (Castellano), Avefría europea (Castellano), Northern Lapwing (Inglés), Lapwing (Inglés), Vanneau huppé (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  Península DD (Datos insuficientes),  España LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Al contrario de lo que suele suceder con otros miembros de la familia, la identificación de la avefría no genera ninguna duda. Se trata de una limícola de mediano tamaño y pico muy corto, que luce una llamativa cresta de finas plumas (mucho más larga en los machos que en las hembras). El plumaje nupcial del macho se caracteriza por presentar la cresta, el píleo, la frente, la garganta y una ancha banda pectoral de color negro. Las regiones ventrales resultan mayoritariamente blancas, con la excepción de las plumas infracoberteras caudales, que exhiben un intenso tono acastañado, en tanto que las zonas superiores del ave lucen un bello color verdoso, con reflejos metálicos. La hembra, por su parte, muestra un plumaje nupcial muy semejante al del macho, pero con el negro de la cara menos marcado y con la cresta más corta. Los individuos no reproductores se asemejan más a la hembra, en tanto que los jóvenes presentan un plumaje menos contrastado y, sobre todo, una cresta bastante más reducida que los adultos. En vuelo —que es pausado y bastante lento— muestra unas alas largas y redondeadas, de color blanco y negro en su parte inferior.</t>
   </si>
   <si>
     <t>Acrocephalus paludicola (Vieillot, 1817)</t>
   </si>
   <si>
-    <t>prueba_Carricerín cejudo (Castellano), Ur-benarriza (Euskera), Boscarla d´aigua (Catalán), Aquatic Warbler (Inglés), Phragmite aquatique (Francés)</t>
+    <t>Carricerín cejudo (Castellano), Ur-benarriza (Euskera), Boscarla d´aigua (Catalán), Aquatic Warbler (Inglés), Phragmite aquatique (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España VU (Vulnerable),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Península, España, Mundial</t>
   </si>
   <si>
     <t>Pequeño insectívoro de hábitos discretos y comportamiento muy inquieto. Exhibe tonos ocre-pajizos, con el dorso fuertemente listado de negro y surcado por dos anchas listas pálidas longitudinales. El píleo muestra un diseño característico, con dos cejas pálidas muy marcadas, sobre las que se superponen dos bandas negras que delimitan una lista central nuevamente pálida. Tiene las zonas ventrales claras, lisas en los jóvenes, pero con el pecho y los flancos listados de oscuro en los adultos. Ambos sexos resultan similares.</t>
   </si>
   <si>
     <t>Alcedo atthis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Martín pescador (Castellano), Martín pescador común (Castellano), Martin arrantzalea (Euskera), Blauet (Catalán), Picapeixe común (Gallego), Common Kingfisher (Inglés), Kingfisher (Inglés), European Kingfisher (Inglés), Martin-pêcheur d'Europe (Francés)</t>
+    <t>Martín pescador (Castellano), Martín pescador común (Castellano), Martin arrantzalea (Euskera), Blauet (Catalán), Picapeixe común (Gallego), Common Kingfisher (Inglés), Kingfisher (Inglés), European Kingfisher (Inglés), Martin-pêcheur d'Europe (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>El martín pescador es un ave de pequeño tamaño y aspecto compacto, que se caracteriza por poseer uno de los más vistosos plumajes de nuestra fauna. Dominan en su librea los colores azules y verdosos (brillantes y metálicos) en las regiones dorsales y los anaranjados en las ventrales. En la cabeza del ave —que parece desproporcionadamente grande para su tamaño— llama la atención un larguísimo y cónico pico de color negro. La garganta es blanca, al igual que una llamativa mancha en los laterales del cuello, que se prolonga hacia el ojo en una banda anaranjada. Las patas de este coraciforme son muy cortas —al igual que la cola— y lucen un intenso color rojizo. El dimorfismo sexual no es muy evidente y se limita a la tonalidad de la parte inferior del pico, negra en el macho y anaranjada en la hembra. Los jóvenes son semejantes a los adultos, aunque con una coloración verde turquesa en lugar de azul; las patas son, asimismo, más oscuras. Cuando vuela también resulta inconfundible, pues se desplaza a gran velocidad y poca altura —normalmente emitiendo su característico reclamo— mediante un frenético batir de alas.</t>
   </si>
   <si>
     <t>Alectoris barbara (Bonnaterre, 1790)</t>
   </si>
   <si>
-    <t>prueba_Perdiz moruna (Castellano), Barbary Partridge (Inglés), Perdrix gambra (Francés)</t>
+    <t>Perdiz moruna (Castellano), Barbary Partridge (Inglés), Perdrix gambra (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España NE (No evaluado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Ave terrestre de mediano tamaño y aspecto rechoncho. Es similar a la perdiz roja, pero presenta tonos más apagados, con frente, píleo y nuca oscuros. Tiene garganta, pecho y lista superciliar grises, que contrastan con un collar pardo-rojizo moteado de blanco. Ambos sexos son similares. Su vuelo es rápido, alternando series de batidos con pequeños planeos.</t>
   </si>
   <si>
     <t>Anexo I, Anexo II, Anexo III</t>
   </si>
   <si>
     <t>Ardea purpurea Linnaeus, 1766</t>
   </si>
   <si>
-    <t>prueba_Garza imperial (Castellano), Garza (Castellano), Lertxun gorria (Euskera), Agró roig (Catalán), Garza vermella (Gallego), Purple Heron (Inglés), Héron pourpré (Francés)</t>
+    <t>Garza imperial (Castellano), Garza (Castellano), Lertxun gorria (Euskera), Agró roig (Catalán), Garza vermella (Gallego), Purple Heron (Inglés), Héron pourpré (Francés)</t>
   </si>
   <si>
     <t>Península NT (Casi amenazado),  España LC (Preocupación menor),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Los individuos adultos de garza imperial —muy similares en ambos sexos; la hembra, algo menor— lucen durante el periodo reproductor un vistoso diseño a base de tonos castaños, púrpuras y grisáceos. En el conjunto destacan las bandas longitudinales del cuello, negras y blancas, que se prolongan en unas largas plumas moteadas, y el capirote negruzco con irisaciones verdosas, del que parten un par de plumas oscuras. La parte inferior de las alas presenta una coloración muy oscura, en tanto que en los hombros dominan los tintes vinosos con reflejos purpúreos. Los jóvenes muestran una coloración menos contrastada, sin las líneas del cuello y con un aspecto general marronáceo. La garza imperial es un ave muy esbelta, con una silueta extraordinariamente estilizada, que en vuelo adopta la postura característica de las ardeidas: cuello recogido, alas curvadas y patas estiradas sobresaliendo por debajo del extremo de la cola. Aunque resulta bastante similar a la garza real, el menor tamaño y la tonalidad general más oscura de la imperial facilitan su identificación, tanto posada como en vuelo.</t>
   </si>
   <si>
     <t>Circus cyaneus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Aguilucho pálido (Castellano), Mirotz zuria (Euskera), Arpella pál-lida (Catalán), Gatafornela (Gallego), Northern Harrier (Inglés), Hen Harrier (Inglés)</t>
+    <t>Aguilucho pálido (Castellano), Mirotz zuria (Euskera), Arpella pál-lida (Catalán), Gatafornela (Gallego), Northern Harrier (Inglés), Hen Harrier (Inglés)</t>
   </si>
   <si>
     <t>Es una rapaz de tamaño medio, cuya fisonomía responde al característico patrón de los integrantes del género Circus, es decir, alas y cola largas, tarsos muy prolongados y aspecto general bastante grácil, aunque menos que el del aguilucho cenizo, del que se diferencia por su mayor tamaño y robustez y por tener las alas comparativamente más anchas. La especie presenta un marcado dimorfismo sexual que afecta al tamaño —las hembras son mayores y más pesadas— y a la coloración del plumaje. El macho adulto es un ave de color claro, en el que dominan los tonos grisáceos, más oscuros en el dorso, la cabeza y el pecho, y blancos en el vientre, donde, a diferencia del cenizo, no luce ningún tipo de manchas o barrados. En vuelo resultan muy visibles las puntas negras de las rémiges primarias, que contrastan mucho con el blanco de las infracoberteras alares; dorsalmente, también son visibles las puntas negras del ala, así como el obispillo, que es blanco y extenso. En la hembra adulta, por el contrario, dominan los tonos terrosos con tintes grisáceos, bastante más claros en las regiones ventrales —que están intensamente rayadas de pardo— que en el dorso, mientras que en la parte inferior de las alas exhibe un barrado abundante. El obispillo de la hembra de pálido resulta muy visible en vuelo y es más extenso que el de la hembra de cenizo. Los individuos juveniles, por su parte, son pardos en las regiones dorsales y de un suave tono ocráceo —ligeramente anaranjado— en las ventrales, que aparecen, además, surcadas por un fino estriado longitudinal. En vuelo, como todos los aguiluchos, esta especie se muestra ágil y maniobrera y es capaz de desplazarse lentamente a baja altura —incluso con malas condiciones atmosféricas— mientras prospecta el terreno con las alas colocadas en forma de “V”.</t>
   </si>
   <si>
     <t>Corvus monedula Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Grajilla occidental (Castellano), Grajilla (Castellano), Western Jackdaw (Inglés), Eurasian Jackdaw (Inglés), Jackdaw (Inglés), Choucas des tours (Francés)</t>
+    <t>Grajilla occidental (Castellano), Grajilla (Castellano), Western Jackdaw (Inglés), Eurasian Jackdaw (Inglés), Jackdaw (Inglés), Choucas des tours (Francés)</t>
   </si>
   <si>
     <t>Ave de tamaño más modesto que grajas y cornejas, la grajilla luce un plumaje muy oscuro, que a cierta distancia parece negro. Vista de cerca, sin embargo, se aprecia una cierta tonalidad grisácea en algunas regiones del cuerpo, especialmente en el pecho y en la nuca, que es de un bello color ceniciento. El iris es muy claro, de un azul pálido, casi blanco. Es habitual que las grajillas se organicen en ruidosos bandos que sobrevuelan las rocas y los viejos edificios o que menudean por campos y pastizales en busca de alimento.</t>
   </si>
   <si>
     <t>Coloeus monedula</t>
   </si>
   <si>
     <t>Coturnix coturnix (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Codorniz común (Castellano), Quail (Inglés), Common Quail (Inglés), Caille des blés (Francés)</t>
+    <t>Codorniz común (Castellano), Quail (Inglés), Common Quail (Inglés), Caille des blés (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Ave rechoncha de pequeño tamaño. Es la menor de las galliformes, similar en aspecto a los jóvenes de perdiz. Posee un diseño críptico, de color terroso con estriado pardo oscuro, blanco y crema. Presenta ceja blanca prominente y garganta pálida, blanca en hembras y jóvenes, y con un ancla oscura en los machos, aunque bastante variable en estos. Muy terrestre, en vuelo destacan sus alargadas alas y el aleteo rápido a poca altura del suelo.</t>
   </si>
   <si>
     <t>Crex crex (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Guión de codornices (Castellano), Guión de codornices (Castellano), Giloia (Euskera), Guatlla maresa (Catalán), Guión de paspallás (Gallego), Corn Crake (Inglés), Corncrake (Inglés), Râle des genêts (Francés)</t>
+    <t>Guión de codornices (Castellano), Guión de codornices (Castellano), Giloia (Euskera), Guatlla maresa (Catalán), Guión de paspallás (Gallego), Corn Crake (Inglés), Corncrake (Inglés), Râle des genêts (Francés)</t>
   </si>
   <si>
     <t>Península NE (No evaluado),  España NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Este rálido de tamaño relativamente grande y plumaje bastante críptico presenta un escaso dimorfismo sexual. En el diseño de los adultos, las regiones dorsales —de color ocráceo— ofrecen, en conjunto, un aspecto moteado debido a que las plumas coberteras poseen el centro oscuro con una orla pardo-amarillenta. La cabeza aparece ligeramente rayada de negro en el píleo y luce por encima del ojo una línea de color gris azulado, tono que se extiende también por los laterales del cuello. Las regiones inferiores se muestran pardo-grisáceas, a excepción de los flancos, muy barrados con listas acastañadas y crema. El pico y las patas son amarillentos. Las hembras se diferencian de los machos por presentar una menor proporción de gris en la cabeza y el cuello, en tanto que los jóvenes —que se asemejan mucho a las hembras— carecen también de los tonos grisáceos propios del macho, aunque exhiben un color más intensamente rojizo y sin apenas barrado en los flancos. El guión de codornices es un ave bastante terrestre que prefiere corretear a volar; cuando se ve forzado a ello, ejecuta un vuelo débil y errático, en general bastante torpe, con el que apenas se desplaza unos 25-30 metros para caer nuevamente entre la hierba. En esos momentos, se puede apreciar la coloración acastañada que muestra en las regiones dorsales del ala.</t>
   </si>
   <si>
     <t>Emberiza citrinella Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Escribano cerillo (Castellano), Berdantza horia (Euskera), Verderola (Catalán), Escribenta amarela (Gallego), Yellowhammer (Inglés)</t>
+    <t>Escribano cerillo (Castellano), Berdantza horia (Euskera), Verderola (Catalán), Escribenta amarela (Gallego), Yellowhammer (Inglés)</t>
   </si>
   <si>
     <t>Se trata de un escribano de considerable tamaño y cola larga, en el que predominan los tonos acastañados, amarillentos y pardogrisáceos. El macho, durante la época de cría, luce la cabeza y el vientre de un brillante amarillo, con el característico antifaz de tres bandas propio de los escribanos muy desdibujado, casi inexistente, mientras que el pecho y el obispillo se tornan rojizos. La librea de la hembra se asemeja a la del macho durante el periodo invernal; en ella dominan las coloraciones más apagadas, grisáceas y pardas, con tonos amarillos más pálidos y menos extendidos. Los jóvenes se parecen mucho a las hembras, pero son más grisáceos, con apenas una leve tonalidad amarilla en la región ventral.</t>
   </si>
   <si>
     <t>Emberiza schoeniclus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Escribano palustre (Castellano), Zingira-berdantza (Euskera), Repicatalóns (Catalán), Escribenta das canaveiras (Gallego), Common Reed Bunting (Inglés), Reed Bunting (Inglés)</t>
+    <t>Escribano palustre (Castellano), Zingira-berdantza (Euskera), Repicatalóns (Catalán), Escribenta das canaveiras (Gallego), Common Reed Bunting (Inglés), Reed Bunting (Inglés)</t>
   </si>
   <si>
     <t>Península CR (En peligro crítico),  España NE (No evaluado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>El palustre es un escribano de mediano tamaño que presenta un plumaje dominado por los tonos pardos y acastañados en el dorso y blanquecinos con algunas listas en el vientre. El macho en plumaje nupcial luce la garganta y la cabeza de un intenso color negro, así como un collar y una bigotera blancos. En esa época, también la cabeza y el pecho de la hembra tienden a oscurecerse, aunque carecen del característico collar blanco. En invierno, resulta más complicado diferenciar por el plumaje tanto a los sexos como a los ejemplares inmaduros; estos poseen una coloración en general más clara y las partes inferiores más fuertemente listadas. Durante el periodo invernal, suelen moverse entre el carrizo en nutridos bandos que resultan fáciles de detectar gracias a sus penetrantes y melancólicos silbidos.</t>
   </si>
   <si>
     <t>Falco subbuteo Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Alcotán (Castellano), Alcotán europeo (Castellano), Zuhait - belatza (Euskera), Falcó mostatxut (Catalán), Falcón pequeño (Gallego), Eurasian Hobby (Inglés), Hobby (Inglés), European Hobby (Inglés), Faucon hobereau (Francés)</t>
+    <t>Alcotán (Castellano), Alcotán europeo (Castellano), Zuhait - belatza (Euskera), Falcó mostatxut (Catalán), Falcón pequeño (Gallego), Eurasian Hobby (Inglés), Hobby (Inglés), European Hobby (Inglés), Faucon hobereau (Francés)</t>
   </si>
   <si>
     <t>Pequeño halcón de alas muy largas y silueta muy estilizada. El adulto tiene el dorso, las plumas de vuelo y el píleo de color gris fuertemente oscuro; las plumas de los “muslos” e infracobertoras caudales rojizas; el pecho y el vientre blanquecinos, con estrías oscuras longitudinales bastante marcadas; y las mejillas muy pálidas, que contrastan con un amplio antifaz y una “bigotera” oscuros. En vuelo resulta bastante oscuro y con las alas muy apuntadas, destacando las rojizas plumas inferiores de la base de la cola y de los muslos. El joven presenta una tonalidad general pardo-grisácea, sin el dorso gris ni las plumas inferiores rojizas.</t>
   </si>
   <si>
     <t>Falco tinnunculus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cernícalo común (Castellano), Cernícalo vulgar (Castellano), Belatz gorria (Euskera), Xoriguer comú (Catalán), Lagarteiro común (Gallego), Kestrel (Inglés), Eurasian Kestrel (Inglés), Common Kestrel (Inglés), Faucon crécerelle (Francés)</t>
+    <t>Cernícalo común (Castellano), Cernícalo vulgar (Castellano), Belatz gorria (Euskera), Xoriguer comú (Catalán), Lagarteiro común (Gallego), Kestrel (Inglés), Eurasian Kestrel (Inglés), Common Kestrel (Inglés), Faucon crécerelle (Francés)</t>
   </si>
   <si>
     <t>Este pequeño falcónido, de larga cola y alas anchas y relativamente apuntadas, presenta un acusado dimorfismo sexual tanto por lo que respecta al tamaño (las hembras son mayores) como en lo relativo a la coloración del plumaje. Los machos adultos poseen el dorso de color rojizo, con manchas negras en cantidad variable, mientras que en las regiones inferiores —finamente punteadas— predominan los tonos crema; la cabeza es grisácea y aparece algo rayada de negro, en tanto que en la cara destacan las mejillas blanquecinas y una marcada bigotera oscura. Las robustas hembras, en cambio, exhiben tonos más homogéneamente pardos, con las regiones dorsales profusamente manchadas, al igual que el pecho y el vientre, ambos de tonos ocráceos; la bigotera, aunque visible, resulta mucho menos evidente que en los machos. Los jóvenes son muy parecidos a las hembras (antes de la muda parcial del invierno), pero poseen bordes pálidos en las plumas de la parte superior del ala, particularmente en las coberteras primarias, así como el pecho más estriado que los adultos. Se cierne a menudo, aleteando activamente para mantenerse suspendido en el aire, mientras otea el terreno a la búsqueda de alguna presa.</t>
   </si>
   <si>
     <t>Lanius meridionalis Temminck, 1820</t>
   </si>
   <si>
-    <t>prueba_Alcaudón real (Castellano), Alcaudón real meridional (Castellano), Southern Grey Shrike (Inglés)</t>
+    <t>Alcaudón real (Castellano), Alcaudón real meridional (Castellano), Southern Grey Shrike (Inglés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España NT (Casi amenazado),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Es muy fácil de reconocer. A simple vista destacan la corpulencia y larga cola de esta ave, con un pico robusto de extremo ganchudo y una cabeza muy voluminosa, en la que llama la atención un ancho antifaz negro. Tiene el dorso y la cabeza de color gris plomizo. Las alas son negras, con una distintiva mancha blanca. La cola, también negra, presenta los bordes externos blancuzcos. En cambio, el pecho y el vientre poseen un color blanco-rosado. El alcaudón real se parece mucho a los alcaudones chico y norteño. Pese a ello, los adultos de alcaudón real son más grandes que los de alcaudón chico y carecen de la amplia banda negra que cubre la frente de esta última especie. Asimismo, los jóvenes de alcaudón real tienen una librea barreada en el pecho que los diferencia de los juveniles de alcaudón chico. Por otra parte, la pechuga rosada del alcaudón real permite distinguirlo del alcaudón norteño, cuyo pecho y vientre son enteramente blancos. Además, este último luce un manto gris más claro y posee dos manchas blancas en las alas.</t>
   </si>
   <si>
     <t>Lanius excubitor meridionalis</t>
   </si>
   <si>
     <t>Lanius senator Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Alcaudón común (Castellano), Antzandobi kaskagorria (Euskera), Capsigrany (Catalán), Picanzo rebordá (Gallego), Woodchat Shrike (Inglés), Pie-grièche à tête rousse (Francés)</t>
+    <t>Alcaudón común (Castellano), Antzandobi kaskagorria (Euskera), Capsigrany (Catalán), Picanzo rebordá (Gallego), Woodchat Shrike (Inglés), Pie-grièche à tête rousse (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España NT (Casi amenazado),  Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Se caracteriza por su voluminosa cabeza, teñida de rojo, y por su manto negro, con amplias manchas blancas en las alas. La cola es también negra, excepto en los bordes y en la base. En vuelo, con las alas y la cola desplegadas, muestra un bello diseño blanco y negro. A larga distancia y posado se reconoce muy bien por el notable contraste entre los colores oscuros de las partes superiores y el color blanco marfil de su garganta, pecho y vientre. De cerca se puede apreciar su larga cola, así como el ancho, corto y ganchudo pico negro, más propio de una pequeña rapaz que de un pájaro. Los volantones de alcaudón común y alcaudón dorsirrojo son muy parecidos. No obstante, los alcaudones comunes jóvenes poseen una distintiva mancha clara en la base de las plumas primarias y, a diferencia de los alcaudones dorsirrojos, no tienen el obispillo castaño rojizo. Aunque se trata de un pájaro tímido, es posible observarlo posado en las ramas altas de arbustos, vallas o muros, desde donde otea y se lanza para cazar insectos y pequeños reptiles.</t>
   </si>
   <si>
     <t>Pandion haliaetus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Guincho (Castellano), Águila pescadora (Castellano), Arrano arrantzalea (Euskera), Aguila pescadora (Catalán), Osprey (Inglés), Balbuzard pêcheur (Francés)</t>
+    <t>Guincho (Castellano), Águila pescadora (Castellano), Arrano arrantzalea (Euskera), Aguila pescadora (Catalán), Osprey (Inglés), Balbuzard pêcheur (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España CR (En peligro crítico),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Rapaz de mediano tamaño. Los adultos poseen partes inferiores blancas, con un moteado variable en el pecho; los individuos que tienen un collar de estrías más marcado en el pecho suelen ser hembras. Como contraste presentan partes superiores muy oscuras. El píleo es blanco, y tras el ojo aparece una lista ocular, a modo de antifaz, que recorre parte del cuello. En vuelo exhiben una silueta bastante característica, con cola corta y alas relativamente estrechas y “anguladas”. Vistos desde abajo, el cuerpo y las partes anteriores del ala, blancas, contrastan con las franjas oscuras que recorren las plumas de vuelo. La cola muestra una sucesión de barras oscuras. El joven es muy similar, pero sus partes superiores parecen como escamadas —debido al borde pálido en las plumas— y, en vuelo, las secundarias resultan algo más pálidas que en los adultos, con un barreado más patente. Cuando el águila pescadora vuela en busca de alimento, es capaz de cernirse con profundos aleteos antes de lanzarse al agua para capturar los peces con sus garras.</t>
   </si>
   <si>
     <t>Pernis apivorus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Halcón abejero (Castellano), Abejero europeo (Castellano), Z. erlejalea (Euskera), Zapelatz liztorjalea (Euskera), Aligot vesper (Catalán), Miñato abelleiro (Gallego), European Honey Buzzard (Inglés), Honey Buzzard (Inglés), European Honey-buzzard (Inglés), Bondrée apivore (Francés)</t>
+    <t>Halcón abejero (Castellano), Abejero europeo (Castellano), Z. erlejalea (Euskera), Zapelatz liztorjalea (Euskera), Aligot vesper (Catalán), Miñato abelleiro (Gallego), European Honey Buzzard (Inglés), Honey Buzzard (Inglés), European Honey-buzzard (Inglés), Bondrée apivore (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>La coloración de esta especie presenta considerables diferencias individuales, de tal manera que han llegado a distinguirse hasta 10 fases de plumaje diferentes. Como norma, las partes inferiores son claras y están provistas de un profuso barreado transversal marronáceo, en tanto que las dorsales, parduzcas, resultan bastante más oscuras que las ventrales; la cola, por su parte, muestra un característico franjeado. En la cabeza, que presenta una tonalidad grisácea, destaca el iris intensamente amarillo. Dentro de este patrón general, existen notables variaciones, y se pueden hallar desde individuos muy claros hasta otros extremadamente oscuros, casi melánicos; en todo caso, los ejemplares de coloración intermedia son los más frecuentes. Aparte de algunas diferencias en el diseño y coloración del plumaje, el rasgo más distintivo entre machos y hembras es el mayor tamaño de estas. Los jóvenes, por su parte, tienden a ser oscuros, con el iris marrón. En vuelo es llamativo el barreado ventral, así como las franjas de la cola, si bien lo más significativo y que permite diferenciar fácilmente al abejero de otras rapaces similares, como el busardo ratonero, es su silueta, con la cabeza apuntada, la cola larga —de ángulos algo redondeados— y las alas rectas y estrechas.</t>
   </si>
   <si>
     <t>Rissa tridactyla (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Gaviota tridáctila (Castellano), Gaviota tridáctila (Castellano), Antxeta hankabeltza (Euskera), Gavineta de tres dits (Catalán), Gaivota tridáctila (Gallego), Kittiwake (Inglés), Black-legged Kittiwake (Inglés), Mouette tridactyle (Francés)</t>
+    <t>Gaviota tridáctila (Castellano), Gaviota tridáctila (Castellano), Antxeta hankabeltza (Euskera), Gavineta de tres dits (Catalán), Gaivota tridáctila (Gallego), Kittiwake (Inglés), Black-legged Kittiwake (Inglés), Mouette tridactyle (Francés)</t>
   </si>
   <si>
     <t>Península CR (En peligro crítico),  España VU (Vulnerable),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Se trata de una gaviota de tamaño más bien pequeño y de hábitos muy pelágicos, que solo se ve en las costas durante el periodo reproductor. Apenas existen diferencias entre sexos, aunque los machos resultan ligeramente mayores. En el plumaje nupcial dominan los tonos gris claro en el dorso y el blanco en la cabeza, el pecho y el vientre; el pico y las patas son amarillos y el iris, negro. El adulto en plumaje invernal muestra la nuca grisácea y una mancha oscura en forma de medialuna en la zona auricular. Los ejemplares inmaduros lucen un característico plumaje en el que destaca de manera muy evidente un dibujo en forma de zigzag, de color negro, que les recorre el dorso de extremo a extremo de las alas; también poseen una mancha negra en la región occipital y, a diferencia de los adultos, una cola ligeramente ahorquillada y rematada por una banda oscura. Por lo demás, los jóvenes presentan el pico negro y un plumaje bastante pálido, grisáceo en el dorso y blanco en el resto del cuerpo; después de la muda del primer verano adquieren una librea casi idéntica a la de los adultos.</t>
   </si>
   <si>
     <t>Haematopus ostralegus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Ostrero euroasiático (Castellano), Ostrero (Castellano), Itsas mika (Euskera), Garsa de mar (Catalán), Gabita (Gallego), Pied Oystercatcher (Inglés), Eurasian Oystercatcher (Inglés)</t>
+    <t>Ostrero euroasiático (Castellano), Ostrero (Castellano), Itsas mika (Euskera), Garsa de mar (Catalán), Gabita (Gallego), Pied Oystercatcher (Inglés), Eurasian Oystercatcher (Inglés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España NT (Casi amenazado),  Mundial NT (Casi amenazado),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Península, España, Mundial, Península</t>
   </si>
   <si>
     <t>Se trata de una limícola inconfundible, grande, de cabeza y dorso negros y partes inferiores blancas, con el pico rojo-anaranjado intenso y de gran tamaño y patas rosadas; el ojo es rojo, al igual que el anillo ocular. El juvenil presenta las partes superiores pardas con estrechas orlas claras, cabeza y cuello negro apagado, ojo marrón y punta del pico oscura. El plumaje de primer invierno es similar al juvenil, pero ahora las plumas de las partes superiores carecen de las orlas claras y el ave presenta un fino collar blanco. El adulto no reproductor luce también un collar blanco, si bien las partes superiores, la cabeza y el cuello son de color negro azabache; el pico es completamente naranja y el ojo, rojo. En plumaje nupcial el collar blanco desaparece.</t>
   </si>
   <si>
     <t>Aythya ferina (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Porrón europeo (Castellano), Porrón europeo (Castellano), Pochard (Inglés), Northern Pochard (Inglés), Common Pochard (Inglés), Fuligule milouin (Francés)</t>
+    <t>Porrón europeo (Castellano), Porrón europeo (Castellano), Pochard (Inglés), Northern Pochard (Inglés), Common Pochard (Inglés), Fuligule milouin (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España NE (No evaluado),  Península NT (Casi amenazado),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Península, España, Península, Mundial</t>
   </si>
   <si>
     <t>Se trata de un pato buceador típico, de aspecto compacto, cola corta, fuertes patas y vuelo vibrante, que se desplaza por el agua con el cuerpo muy sumergido y la cola baja. El macho adulto en plumaje nupcial posee la popa y el pecho negros, el dorso, los flancos y el vientre grisáceos y la cabeza de color pardo rojizo; el pico es oscuro, aunque surcado por una banda transversal grisácea, y el ojo, rojo. En vuelo se ve bastante gris, con el pecho y la parte superior del dorso oscuros y la cabeza rojiza. La hembra, por su parte, resulta mucho más homogénea, con la popa y el pecho rojizos, el dorso, los flancos y el vientre grisáceos y la cabeza de color crema sucio; el ojo es oscuro y el pico, negruzco, con una estrecha faja pálida. El joven es muy similar a la hembra, pero más apagado, con más pardo y menos gris.</t>
   </si>
   <si>
     <t>Anas ferina Linnaeus, 1758</t>
   </si>
   <si>
     <t>Aythya fuligula (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Porrón moñudo (Castellano), Tufted Duck (Inglés), Fuligule morillon (Francés)</t>
+    <t>Porrón moñudo (Castellano), Tufted Duck (Inglés), Fuligule morillon (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España NE (No evaluado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Este pato buceador, de aspecto compacto y marcado dimorfismo sexual, presenta un característico moño colgante en la nuca. El macho adulto es mayoritariamente negro, excepto en los flancos y el vientre, que son blancos. La parte ventral de las alas es blanquecina, al igual que una franja alar bastante visible cuando el ave levanta el vuelo. En la cabeza —además del largo moño— resulta particularmente llamativo el iris amarillo de los ojos; el pico, por su parte, es azulado, pero con el extremo negro. En las hembras adultas predominan los tonos pardos, más oscuros en el dorso y ligeramente pálidos en los flancos; el iris es también amarillo, pero el moño resulta sustancialmente más corto que en los machos. A veces, las hembras lucen una mancha blanca alrededor de la base del pico, por lo que pueden confundirse con hembras de porrón bastardo. El joven es muy similar a la hembra, pero el moño es aún más corto, el plumaje presenta una coloración más apagada, y el pico es más oscuro, al igual que el iris.</t>
   </si>
   <si>
     <t>Anas fuligula Linnaeus, 1758</t>
   </si>
   <si>
     <t>Apus affinis (Gray, JE, 1830)</t>
   </si>
   <si>
-    <t>prueba_Vencejo moro (Castellano), House Swift (Inglés), Little Swift (Inglés), Martinet des maisons (Francés)</t>
+    <t>Vencejo moro (Castellano), House Swift (Inglés), Little Swift (Inglés), Martinet des maisons (Francés)</t>
   </si>
   <si>
     <t>Península NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Península, Mundial</t>
   </si>
   <si>
     <t>Pequeño, oscuro y con rabadilla blanca, se presta a confusión con el similar vencejo cafre, pero resulta más compacto y tiene la cola corta y ancha, de borde cuadrado, y no larga y ahorquillada. Además, su mancha blanca del obispillo es ancha y se extiende un poco hacia el vientre, de manera que se puede apreciar incluso desde abajo (en el vencejo cafre es estrecha y se limita al dorso).</t>
   </si>
   <si>
     <t>Calonectris diomedea (Scopoli, 1769)</t>
   </si>
   <si>
-    <t>prueba_Pardela cenicienta mediterránea (Castellano), Pardela cenicienta (Castellano), Gabai arrea (Euskera), Baldriga cendrosa (Catalán), Pardela cincenta (Gallego), Cory's Shearwater (Inglés), Scopoli's Shearwater (Inglés)</t>
+    <t>Pardela cenicienta mediterránea (Castellano), Pardela cenicienta (Castellano), Gabai arrea (Euskera), Baldriga cendrosa (Catalán), Pardela cincenta (Gallego), Cory's Shearwater (Inglés), Scopoli's Shearwater (Inglés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es un ave marina grande y la mayor de las pardelas presentes en Europa. Posee cabeza robusta y redondeada. Exhibe una coloración apagada, con colores pardo grisáceos en las zonas superiores que llegan hasta la zona inferior del pico; por abajo luce color blanco prácticamente en su totalidad, salvo en el borde externo de las alas, que es oscuro. Tiene el pico amarillento, con el extremo negruzco. No existen diferencias apreciables entre sexos ni edades. Cuando vuela intercala largas secuencias de planeo con unas pocas secuencias de aleteo, en las que bate las alas cinco o seis veces para remontar.</t>
   </si>
   <si>
     <t>Podiceps auritus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Zampullín cuellirrojo (Castellano), Zampullín cuellirrojo (Castellano), Slavonian Grebe (Inglés), Horned Grebe (Inglés)</t>
+    <t>Zampullín cuellirrojo (Castellano), Zampullín cuellirrojo (Castellano), Slavonian Grebe (Inglés), Horned Grebe (Inglés)</t>
   </si>
   <si>
     <t>Península DD (Datos insuficientes),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Este zampullín de pico recto y oscuro presenta un plumaje muy contrastado y llamativo durante el periodo reproductor, con las partes inferiores de color rojizo, el dorso oscuro y la negra cabeza surcada por un vistoso antifaz amarillo. En plumaje invernal resulta bastante parecido al muy similar zampullín cuellinegro, pero se diferencia de él por el perfil de la cabeza, que es más triangular y con la frente achatada —la cabeza del cuellinegro es más redondeada—, así como por el pico más pálido y por presentar una delimitación mucho más nítida entre los colores blanco y negro de la cabeza (que en el cuellinegro aparece difuminada). Además, la parte posterior del cuerpo, o popa, remata de forma más progresiva y no resulta tan empinada como en el zampullín cuellinegro. No existen diferencias entre sexos, y los juveniles son similares a los adultos en invierno, aunque su cabeza es más redondeada.</t>
   </si>
   <si>
     <t>Pyrrhocorax pyrrhocorax (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Chova piquirroja (Castellano), Belatxinga mokogorria (Euskera), Gralla de bec vermell (Catalán), Choia común (Gallego), Choia biquibermella (Gallego), Red-billed Chough (Inglés), Chough (Inglés), Crave à bec rouge (Francés)</t>
+    <t>Chova piquirroja (Castellano), Belatxinga mokogorria (Euskera), Gralla de bec vermell (Catalán), Choia común (Gallego), Choia biquibermella (Gallego), Red-billed Chough (Inglés), Chough (Inglés), Crave à bec rouge (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Gallego, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Este mediano córvido —de tamaño algo mayor que una grajilla— presenta un gran parecido con su cercano pariente la chova piquigualda, de la que se diferencia básicamente por tener el pico más alargado y curvo, con una intensa coloración rojiza. Este vivo color se adquiere durante el primer invierno de vida del ave, ya que en los jóvenes es de tonalidad amarillo-parduzca. Como resulta habitual en la familia, el plumaje es intensamente negro, adornado con irisaciones metálicas azules y verdosas. Aves gregarias y bulliciosas, suelen organizarse en multitudinarios bandos que sobrevuelan cortados y cárcavas, mientras realizan acrobáticas maniobras y picados. Durante estos vuelos lucen su característica silueta, en la que destacan unas alas anchas y profundamente digitadas. La cola es corta y cuadrangular.</t>
   </si>
   <si>
     <t>Apus caffer (Lichtenstein, MHK, 1823)</t>
   </si>
   <si>
-    <t>prueba_Vencejo cafre (Castellano), Sorbeltz kafrea (Euskera), Falciot cuablanc africà (Catalán), Cirrio cafre (Gallego), African White-rumped Swift (Inglés), White-rumped Swift (Inglés), Martinet cafre (Francés)</t>
+    <t>Vencejo cafre (Castellano), Sorbeltz kafrea (Euskera), Falciot cuablanc africà (Catalán), Cirrio cafre (Gallego), African White-rumped Swift (Inglés), White-rumped Swift (Inglés), Martinet cafre (Francés)</t>
   </si>
   <si>
     <t>Península NT (Casi amenazado),  Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Península, Mundial, España</t>
   </si>
   <si>
     <t>Pequeño vencejo con silueta en forma de ballesta, cola muy ahorquillada, y alas estrechas y proporcionalmente muy largas, que suele mantener rectas mientras vuela. Posee pico corto, plano y con la boca muy ancha; patas muy cortas, y pies pequeños y de fuertes garras, con los cuatro dedos dirigidos hacia delante. Luce una coloración uniformemente negra, excepto en la garganta y en una banda estrecha del obispillo, que son blancas y de límites nítidos. Otros detalles solo apreciables en observaciones muy cercanas son una línea blanca en la parte posterior interna de las alas (punta de las plumas secundarias), y la frente y las cejas de tono grisáceo. Se diferencia del similar vencejo moro porque este carece de horquilla en la cola y tiene la mancha del obispillo mayor, el tono general más claro y las alas más cortas. Ambos sexos son iguales. Los jóvenes, muy parecidos a los adultos, presentan ribetes blancos muy pequeños en las plumas.</t>
   </si>
   <si>
     <t>Charadrius alexandrinus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Pollito de mar (Castellano), Chorlitejo patinegro (Castellano), Chorlo nevado (Castellano), Frailecillo blanco (Castellano), Txirritxo hankabeltza (Euskera), Corriol camanegre (Catalán), Píldora das dunas (Gallego), Kentish Plover (Inglés), Snowy Plover (Inglés), Gravelot à collier interrompu (Francés)</t>
+    <t>Pollito de mar (Castellano), Chorlitejo patinegro (Castellano), Chorlo nevado (Castellano), Frailecillo blanco (Castellano), Txirritxo hankabeltza (Euskera), Corriol camanegre (Catalán), Píldora das dunas (Gallego), Kentish Plover (Inglés), Snowy Plover (Inglés), Gravelot à collier interrompu (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Esta limícola de pequeño tamaño y movimientos nerviosos posee un pico corto y apuntado y patas muy oscuras de aproximadamente la misma longitud que la anchura del cuerpo. El macho adulto en plumaje nupcial presenta llamativos dibujos cefálicos, pues luce las cejas y la frente blancas, en contraste con la barra frontal, la brida y las plumas auriculares negras; el píleo es grisáceo, pero se torna rojizo en la nuca, mientras que el collar es abierto y de color negro. La hembra es similar, pero en ella el negro es sustituido por un marrón más oscuro que el de las partes superiores y carece de plumas rojizas en la nuca. El adulto no reproductor y el joven son similares a la hembra en plumaje nupcial, pero las plumas de las partes superiores presentan bordes pálidos, más destacados en el caso del inmaduro.</t>
   </si>
   <si>
     <t>Chlidonias hybrida (Pallas, 1811)</t>
   </si>
   <si>
-    <t>prueba_Fumarel cariblanco (Castellano), Itsas enara musuzuria (Euskera), Fumarell carablanc (Catalán), Carrán cariblanco (Gallego), Whiskered Tern (Inglés)</t>
+    <t>Fumarel cariblanco (Castellano), Itsas enara musuzuria (Euskera), Fumarell carablanc (Catalán), Carrán cariblanco (Gallego), Whiskered Tern (Inglés)</t>
   </si>
   <si>
     <t>Península DD (Datos insuficientes),  Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>De tamaño ligeramente mayor que los fumareles común y aliblanco, el cariblanco presenta la silueta y las características propias de este género, aunque su pico es más robusto y su vuelo, menos ágil. El adulto en plumaje estival tiene el cuerpo —excepto las infracoberteras caudales— y las partes superiores, incluyendo obispillo y cola, de tonalidad gris ceniza. El pico y las patas son de color rojo oscuro, y el capirote, negro, se extiende hasta el dorso. La cara, blanca, resulta muy conspicua. En invierno muestra un aspecto general gris pálido, con las partes inferiores y la frente blancas y el resto del capirote listado de blanco. Los plumajes durante la muda no son tan llamativos como en los otros fumareles. El juvenil es similar al del fumarel común, pero con el obispillo blanco, las alas claras y el dorso escamado de oscuro con un tinte canela. Al igual que el joven de fumarel aliblanco, carece de la mancha oscura de ambos lados del pecho.</t>
   </si>
   <si>
     <t>Chlidonias hybridus (Pallas, 1811)</t>
   </si>
   <si>
     <t>Chroicocephalus genei (Brème, 1839)</t>
   </si>
   <si>
-    <t>prueba_Gaviota picofina (Castellano), Kaio mokozorrotza (Euskera), Gavina capblanca (Catalán), Gaivota biquistreita (Gallego), Slender-billed Gull (Inglés), Goéland railleur (Francés)</t>
+    <t>Gaviota picofina (Castellano), Kaio mokozorrotza (Euskera), Gavina capblanca (Catalán), Gaivota biquistreita (Gallego), Slender-billed Gull (Inglés), Goéland railleur (Francés)</t>
   </si>
   <si>
     <t>Se trata de una gaviota de mediano tamaño que, a pesar de estar encuadrada en el grupo de las gaviotas encapuchadas (como, por ejemplo, su pariente la reidora), carece del característico capirote oscuro. De aspecto parecido a la gaviota reidora —aunque ligeramente mayor y más estilizada—, la picofina es un lárido de largas alas y formas refinadas, que no presenta diferencias sexuales evidentes en lo que al tamaño y al plumaje se refiere. Los ejemplares adultos durante la estación reproductora exhiben una librea de color gris claro en el dorso y blanco —con sutiles matices rosados— en las regiones ventrales; el pico — largo y más apuntado que el de otras gaviotas— es de un intenso color rojizo oscuro que, a cierta distancia, da la impresión de ser negro. El iris es amarillo y aparece rodeado de un fino anillo ocular rojo. Los ejemplares juveniles, por su parte, lucen un plumaje algo diferente, con las regiones ventrales blancas (pero sin matices rosáceos), el dorso gris y una amplia banda alar más oscura, compuesta por las coberteras alares marrones y las rémiges terciarias negras; poseen el pico anaranjado y presentan una mancha auricular de color marrón. El plumaje de adulto se adquiere tras la muda del segundo verano.</t>
   </si>
   <si>
     <t>Larus genei Brème, 1839</t>
   </si>
   <si>
     <t>Coracias garrulus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Carraca (Castellano), Carraca europea (Castellano), Karraka (Euskera), Gaig blau (Catalán), Gaio azul (Gallego), Roller (Inglés), European Roller (Inglés), Rollier d'Europe (Francés)</t>
+    <t>Carraca (Castellano), Carraca europea (Castellano), Karraka (Euskera), Gaig blau (Catalán), Gaio azul (Gallego), Roller (Inglés), European Roller (Inglés), Rollier d'Europe (Francés)</t>
   </si>
   <si>
     <t>Ave de aspecto inconfundible, la carraca luce un espectacular colorido, en el que predominan diferentes gamas de azul, desde el azul-verdoso de la cabeza hasta el añil de las plumas centrales de la cola o el obispillo. Como contraste, el dorso exhibe un tono castaño rojizo. El diseño de ambos sexos es parecido y adquiere mayor vistosidad durante la época de reproducción. Los jóvenes, por su parte, presentan un patrón de coloración semejante al de los adultos, pero con tonos más apagados.</t>
   </si>
   <si>
     <t>Corvus frugilegus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Graja (Castellano), Rook (Inglés)</t>
+    <t>Graja (Castellano), Rook (Inglés)</t>
   </si>
   <si>
     <t>La graja es un ave que, vista de cerca, resulta inconfundible. Presenta un plumaje completamente negro, con irisaciones y brillos metálicos, a excepción de un área desnuda en la base del pico, donde es visible la piel de color grisáceo. Los jóvenes no adquieren el plumaje de adulto hasta alcanzar los dos años de vida y carecen hasta ese momento de la característica calva en la base del pico, motivo por el cual se confunden con cierta facilidad con las cornejas, de tamaño muy semejante. No obstante, las grajas tienen el pico más largo y apuntado que sus parientes, la cabeza más angulosa, el cuerpo más voluminoso y unas calzas que les cubren parcialmente los tarsos.</t>
   </si>
   <si>
     <t>Dendrocopos leucotos (Bechstein, 1802)</t>
   </si>
   <si>
-    <t>prueba_Pico dorsiblanco (Castellano), Okil gibelnabarra (Euskera), Picot garser dorsiblanc (Catalán), Peto montañés (Gallego), White-backed Woodpecker (Inglés)</t>
+    <t>Pico dorsiblanco (Castellano), Okil gibelnabarra (Euskera), Picot garser dorsiblanc (Catalán), Peto montañés (Gallego), White-backed Woodpecker (Inglés)</t>
   </si>
   <si>
     <t>El nombre de este pícido hace referencia a un detalle de la coloración de la subespecie leucotos, residente en el norte y este de Europa. Sin embargo, la subespecie que cría en los Pirineos y en el sureste europeo no presenta la característica parte posterior del dorso blanca, sino que únicamente exhibe un barreado de manchas blancas. El patrón general de coloración es parecido al del pico picapinos, pero con las partes inferiores adornadas con abundantes listas negras. El barreado blanco de dorso y alas es muy abundante y llega hasta los hombros, mientras que las plumas de la zona anal adquieren un tono rojo pálido. El píleo es rojo en el macho y negro en la hembra, y el pico es comparativamente más largo que el del pico picapinos. Los jóvenes posen las partes inferiores de un color blanco sucio y el píleo rojo manchado de negro.</t>
   </si>
   <si>
     <t>Gavia immer (Brünnich, 1764)</t>
   </si>
   <si>
-    <t>prueba_Colimbo grande (Castellano), Aliota handia (Euskera), Calábria grossa (Catalán), Mobella (Gallego), Great Northern Loon (Inglés), Great Northern Diver (Inglés), Common Loon (Inglés)</t>
+    <t>Colimbo grande (Castellano), Aliota handia (Euskera), Calábria grossa (Catalán), Mobella (Gallego), Great Northern Loon (Inglés), Great Northern Diver (Inglés), Common Loon (Inglés)</t>
   </si>
   <si>
     <t>Esta especie acuática, de aspecto robusto, recuerda a un cormorán de lejos. Tiene el cuello grueso, la cabeza robusta, y el pico apuntado, grueso y horizontal. Llama la atención su frente empinada. En invierno luce coloración general gris oscura, con partes inferiores blancas; en la base del cuello destaca un collar negro, que no se cierra por delante; y el pico es blanquecino, con la punta oscura. Para el periodo reproductor, el plumaje de los adultos se vuelve mucho más llamativo, adquiriendo una coloración negra brillante en la cabeza y en el cuello, y un diseño general ajedreza do en las partes superiores; también presenta estrechas franjas de líneas verticales blancas en los laterales del cuello y en la garganta. En vuelo muestra un cuello largo, que, junto con la cabeza, sobresale del cuerpo más que las patas y la cola. Además lleva la cabeza ligeramente baja respecto al cuerpo. En el agua mantiene la línea de flotación baja, y por eso deja ver una pequeña porción de las partes inferiores blancas, lo que llama la atención. La línea de flotación baja permite distinguir a este y otros colimbos de los cormoranes, que la llevan más alta. No existen diferencias apreciables entre sexos. El plumaje de los jóvenes resulta similar al de los adultos en invierno, aunque en la zona superior se aprecian en las plumas bordes claros, que generan un patrón escamado.</t>
   </si>
   <si>
     <t>Gelochelidon nilotica (Gmelin, 1789)</t>
   </si>
   <si>
-    <t>prueba_Pagaza piconegra (Castellano), Txenada mokobeltza (Euskera), Curroc (Catalán), Carrán mascateiro (Gallego), Carrán bicocurto (Gallego), Common Gull-billed Tern (Inglés), Gull-billed Tern (Inglés)</t>
+    <t>Pagaza piconegra (Castellano), Txenada mokobeltza (Euskera), Curroc (Catalán), Carrán mascateiro (Gallego), Carrán bicocurto (Gallego), Common Gull-billed Tern (Inglés), Gull-billed Tern (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>Este charrán de tamaño entre mediano y grande, de aspecto general pálido, a primera vista es muy similar al charrán patinegro, del que se distingue por tener el pico corto —de longitud igual a la mitad de la cabeza—, grueso y completamente negro. Las alas son largas y más anchas en la base, así como más redondeadas y menos nguladas. La cola, corta y ligeramente ahorquillada, es de color gris claro, al igual que el obispillo. Cuando está posado presenta, en todas las edades, la cabeza muy redondeada, con el pico corto y las patas bastante largas. En vuelo es elegante y de trayectoria más lineal que otros charranes, con batidos poco profundos, lentos y regulares. Su presencia en el interior, donde el charrán patinegro no se observa nunca, también lo distingue de este. Asimismo, desarrolla una conducta diferente para obtener el alimento, ya que no realiza picados o zambullidas, sino que caza insectos al vuelo o se abate para capturar presas en la superficie del agua o de la vegetación. En época de cría, los adultos lucen un capirote negro brillante, sin cresta, que se extiende bastante por la nuca hacia el dorso y que, durante el invierno, se reduce a una pequeña máscara oscura detrás del ojo que no sigue por la nuca. Los jóvenes presentan un aspecto más pálido, con un tono canela en cabeza, dorso y alas, sin apenas marcas distintivas.</t>
   </si>
   <si>
     <t>Sterna nilotica Gmelin,1789</t>
   </si>
   <si>
     <t>Hydrobates pelagicus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Paíño europeo (Castellano), Paiño comun (Castellano), Ekaitz-txori txikia (Euskera), Ocell de tempesta (Catalán), Paíño do mal tempo (Gallego), European Storm Petrel (Inglés), British Storm Petrel (Inglés), European Storm-Petrel (Inglés), Pétrel tempête (Francés)</t>
+    <t>Paíño europeo (Castellano), Paiño comun (Castellano), Ekaitz-txori txikia (Euskera), Ocell de tempesta (Catalán), Paíño do mal tempo (Gallego), European Storm Petrel (Inglés), British Storm Petrel (Inglés), European Storm-Petrel (Inglés), Pétrel tempête (Francés)</t>
   </si>
   <si>
     <t>Se trata de una pequeña ave marina, del tamaño de un gorrión común, que presenta un aspecto delicado, con cabeza y pico pequeños, alas apuntadas y coloración general oscura. Sobre esta tonalidad destacan las partes blancas del ave, que se muestran en el obispillo —algo extendidas hacia los laterales— y en una ancha franja bajo las alas. Las patas no asoman tras la cola, de perfil recto. Su vuelo es rápido y errático, con aleteos débiles y cortos planeos, como de murciélago. Vuela a ras del agua, siguiendo el oleaje, y toca a menudo con las patas la superficie del mar. No existen diferencias apreciables entre sexos. Los juveniles con el plumaje nuevo, vistos desde arriba, presentan una estrecha banda clara en el contorno de las plumas coberteras mayores.</t>
   </si>
   <si>
     <t>Tetrax tetrax (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Sisón (Castellano), Sisón común (Castellano), Basoilo txikia (Euskera), Sisó (Catalán), Little Bustard (Inglés)</t>
+    <t>Sisón (Castellano), Sisón común (Castellano), Basoilo txikia (Euskera), Sisó (Catalán), Little Bustard (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>Península EN (En peligro),  Mundial NT (Casi amenazado),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Especie gregaria y muy terrestre, el sisón comparte con su pariente, la avutarda, muchas características adaptativas, como el plumaje críptico, las patas fuertes y rematadas en tres dedos preparados para la marcha y una dieta mixta. Aunque no existen diferencias acusadas entre sexos por lo que respecta al tamaño, el plumaje del macho durante el periodo nupcial resulta claramente distinto al de la hembra, pues adquiere una intensa coloración negra en el cuello, separado de la cabeza —que se torna grisácea— por un collar blanco. Bajo la gran mancha oscura del pecho aparecen dos bandas concéntricas, la primera blanca y la segunda negra. Fuera de la época de reproducción es más difícil diferenciar a los sexos, pues ambos presentan un plumaje parduzco finamente barrado en el dorso y partes ventrales blancas. El joven es bastante similar a los adultos. El vuelo de esta especie es relativamente rápido y muy particular, tanto por los característicos movimientos de las alas como por el llamativo siseo que produce —de donde procede el nombre del ave— y que está causado por la menor longitud de la cuarta rémige primaria. Cuando se contempla a un sisón en vuelo, resulta muy visible el diseño dorsal de sus alas, en el que resalta vivamente una extensa banda blanca.</t>
   </si>
   <si>
     <t>Otis tetrax Linnaeus, 1758, Tetrax tetrax tetrax</t>
   </si>
   <si>
     <t>Pterocles orientalis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Churra (Castellano), Ganga ortega (Castellano), Gorgota (Castellano), Ortega (Castellano), Ganga azpibeltza (Euskera), Xurra (Catalán), Black-bellied Sandgrouse (Inglés)</t>
+    <t>Churra (Castellano), Ganga ortega (Castellano), Gorgota (Castellano), Ortega (Castellano), Ganga azpibeltza (Euskera), Xurra (Catalán), Black-bellied Sandgrouse (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>Península EN (En peligro),  Mundial LC (Preocupación menor),  España VU (Vulnerable),  Canarias VU (Vulnerable)</t>
   </si>
   <si>
     <t>Península, Mundial, España, Canarias</t>
   </si>
   <si>
     <t>Ave de hábitos terrestres, compacta, corpulenta y de colores miméticos. El macho posee tonos grises en la cabeza y el cuello, excepto en la garganta, naranja y con la base negra. Una banda pectoral negra delimita el pecho asalmonado, mientras que el vientre se muestra llamativamente negro. El dorso y las alas plegadas exhiben grandes ocelos dorados sobre un fondo grisáceo. La cola es corta, vermiculada por arriba y blanca con banda subterminal negra por abajo. Tiene grises el pico y las patas, estas últimas de dedos cortos y con la parte anterior del tarso emplumada en blanco. Se distingue de la ganga ibérica por su mayor tamaño, su vientre negro y su cola más corta, sin las largas plumas centrales. La hembra resulta menos vistosa que el macho, con un patrón general terroso muy vermiculado, tanto en el dorso como en el pecho, el píleo y la nuca. Además de la banda pectoral y el vientre negro, tiene una pequeña línea negra en la garganta, mientras que posee un pecho. Los jóvenes son una versión más pálida y menos contrastada de los adultos de cada sexo. Se trata de una especie de hábitos gregarios, más marcados fuera de la época de cría, y a la que se suele ver en pequeños grupos. Su vuelo es poderoso y de batir lento, y cuando vuela muestra sus alas apuntadas, blancas y negras por abajo.</t>
   </si>
   <si>
     <t>Limosa limosa (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Aguja colinegra (Castellano), Kuliska buztanbeltza (Euskera), Tètol cuanegre (Catalán), Mazarico rabinegro (Gallego), Black-tailed Godwit (Inglés), Barge à queue noire (Francés)</t>
+    <t>Aguja colinegra (Castellano), Kuliska buztanbeltza (Euskera), Tètol cuanegre (Catalán), Mazarico rabinegro (Gallego), Black-tailed Godwit (Inglés), Barge à queue noire (Francés)</t>
   </si>
   <si>
     <t>Península CR (En peligro crítico),  Mundial NT (Casi amenazado),  España VU (Vulnerable),  Península VU (Vulnerable)</t>
   </si>
   <si>
     <t>Península, Mundial, España, Península</t>
   </si>
   <si>
     <t>Ave limícola de buen tamaño, caracterizada por poseer un pico muy largo y recto —mayor en el caso de la hembra—, de color anaranjado en la base y negro en la punta; las patas, de color negro, son también considerablemente largas, lo que unido a su prolongado cuello le confiere un aspecto bastante estilizado. El macho en plumaje nupcial presenta la cabeza, el cuello y el pecho de color castaño anaranjado, el vientre blancuzco y los flancos barrados; las plumas de la zona dorsal son de color negro y castaño, y forman un intrincado dibujo. Durante el periodo reproductor, la hembra luce un plumaje similar al del macho, pero de un tono acastañado menos intenso y con el vientre más blanco. Fuera de la época de cría, los adultos son de tonos grises bastante uniformes, con el vientre blanco y las plumas dorsales orladas de color ante. El joven, por su parte, tiene el píleo, el cuello y el pecho teñidos de gris anaranjado, y sus plumas dorsales poseen tonos oscuros con bordes de color crema, lo que le otorga un aspecto escamoso. En vuelo, la especie muestra la cola negra y con la base blanca, y las alas se ven mayoritariamente negras, con una ancha banda transversal blanca.</t>
   </si>
   <si>
     <t>Anser anser (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Ánsar común (Castellano), Ansar común (Castellano), Greylag Goose (Inglés)</t>
+    <t>Ánsar común (Castellano), Ansar común (Castellano), Greylag Goose (Inglés)</t>
   </si>
   <si>
     <t>Península NE (No evaluado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Península, Mundial, Península</t>
   </si>
   <si>
     <t>Este ganso tiene una tonalidad general grisácea, con las plumas del dorso orladas de crema, lo que confiere a esta zona un aspecto escamoso; los flancos resultan más oscuros y están barrados por líneas blancas. En contraste con el resto del plumaje, la región anal muestra un color blanco puro. La cola es blanca, con una banda oscura en la parte superior. De aspecto bastante robusto, la única diferencia existente entre machos y hembras estriba en el mayor tamaño de aquéllos. Las cortas y fuertes patas presentan una tonalidad rosácea, en tanto que el pico —de forma cónica— posee color naranja en la subespecie anser y rosa en la raza rubrirostris.</t>
   </si>
   <si>
     <t>Anas acuta Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Ánade rabudo (Castellano), Ánade rabudo norteño (Castellano), Anade rabudo (Castellano), Pintail (Inglés), Northern Pintail (Inglés), Canard pilet (Francés)</t>
+    <t>Ánade rabudo (Castellano), Ánade rabudo norteño (Castellano), Anade rabudo (Castellano), Pintail (Inglés), Northern Pintail (Inglés), Canard pilet (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Península EN (En peligro),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Península, Mundial, Península, España</t>
   </si>
   <si>
     <t>Pato esbelto, de largo cuello y cola apuntada. Como en la mayoría de las anátidas, existe una acusada diferencia entre machos y hembras durante la época nupcial. Así, los machos presentan un color achocolatado en la cabeza, con una fina línea blanca a ambos lados que se une al blanco del cuello y el pecho. La zona dorsal y los flancos muestran una coloración grisácea finamente rayada, en tanto que la popa es negra y el espejuelo verdoso. El pico, negro y bastante alargado, tiene los laterales azules. Pero lo más característico y llamativo es la longitud que alcanzan las dos plumas o rectrices centrales de la cola —de ahí su nombre—, así como las coberteras alares. Las hembras, de tonos parduzcos y moteados, con el espejuelo marrón oscuro bordeado de blanco, se diferencian fácilmente de las de otras anátidas por su forma más esbelta y, sobre todo, por la mayor longitud que adquieren sus rectrices. En plumaje de eclipse, los machos son similares a las hembras, pero con la parte superior de las alas y las escapulares más largas y grises. Los jóvenes, por su parte, se parecen también a las hembras, aunque poseen los laterales de la cabeza más claros y el dorso más oscuro.</t>
   </si>
   <si>
     <t>Anas crecca Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cerceta común (Castellano), Cerceta común (Castellano), Green-winged Teal (Inglés), Teal (Inglés), Common Teal (Inglés), Eurasian Teal (Inglés), Sarcelle d'hiver (Francés)</t>
+    <t>Cerceta común (Castellano), Cerceta común (Castellano), Green-winged Teal (Inglés), Teal (Inglés), Common Teal (Inglés), Eurasian Teal (Inglés), Sarcelle d'hiver (Francés)</t>
   </si>
   <si>
     <t>Península DD (Datos insuficientes),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>El rasgo más característico de la cerceta común es, sin duda, su pequeño tamaño —es el menor de los patos que frecuentan nuestras zonas húmedas— y, por lo que respecta a los machos en plumaje nupcial, su bello diseño, en el que resalta el color castaño rojizo de la cabeza, que aparece surcada por un llamativo antifaz verde bordeado de una línea amarillenta. El pecho es cremoso moteado de oscuro y los flancos, grisáceos, delicadamente vermiculados, con una franja blanca que se corresponde con las plumas escapulares, en tanto que el espejuelo alar luce un verde brillante. En la popa, negra, resaltan unas llamativas bandas laterales amarillas. Las hembras se pueden distinguir de las de otros patos por su reducido tamaño, si bien el diseño es, como en ellas, parduzco—al igual que el de los jóvenes—, y cuya única nota de color la aporta el espejuelo verde. Estos patos se elevan fácilmente del agua para emprender un vuelo extraordinariamente ágil, en el que dominan los giros frecuentes y los cambios bruscos en la dirección.</t>
   </si>
   <si>
     <t>Plegadis falcinellus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Morito común (Castellano), Morito (Castellano), Beltzarana (Euskera), Capo rial (Catalán), Mazarico mouro (Gallego), Glossy Ibis (Inglés), Ibis falcinelle (Francés)</t>
+    <t>Morito común (Castellano), Morito (Castellano), Beltzarana (Euskera), Capo rial (Catalán), Mazarico mouro (Gallego), Glossy Ibis (Inglés), Ibis falcinelle (Francés)</t>
   </si>
   <si>
     <t>Península NT (Casi amenazado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Zancuda de pico largo y curvo, y tonos pardos y rojizos. El adulto reproductor es pardo, muy rojizo, con tonos irisados, verdosos y rosados, en las alas y el dorso. En la cara presenta unas líneas blancas muy llamativas que bordean la comisura del pico —este de color naranja grisáceo—, y sus patas son oscuras. El adulto no reproductor es mucho más apagado, con el pico más oscuro y sin las líneas blancas en su borde, y con numerosas pintas blancas alargadas en el cuello y la cabeza. Los jóvenes son aún más apagados que los adultos no reproductores. En vuelo muestra un aspecto muy alargado y estilizado, con la cabeza ligeramente caída. Cuando se alimenta, se localiza típicamente en aguas someras, mientras mueve el pico y la cabeza lateralmente en busca de presas.</t>
   </si>
   <si>
     <t>Tringa totanus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Archibebe común (Castellano), Archibebe común (Castellano), Redshank (Inglés), Common Redshank (Inglés), Chevalier gambette (Francés)</t>
+    <t>Archibebe común (Castellano), Archibebe común (Castellano), Redshank (Inglés), Common Redshank (Inglés), Chevalier gambette (Francés)</t>
   </si>
   <si>
     <t>Limícola de mediano tamaño, pico relativamente largo y tonos pardo-grisáceos, que presenta una cierta variación estacional en lo que a la coloración y al diseño del plumaje se refiere. Durante la época nupcial, el adulto adquiere unas plumas de color marrón oscuro, con estrías más pálidas, que en algunas coberteras del ala muestran márgenes blancos; sus partes inferiores son claras, pero están intensamente surcadas por estrías y galones marrones. Por su parte, el adulto no reproductor posee un plumaje marrón mucho más uniforme en la zona dorsal y un barrado muy difuso en el pecho, y tiene las partes inferiores claras. Tanto el adulto en plumaje nupcial como el no reproductor exhiben un color naranja intenso en las patas y en la base del pico, aunque algo menos brillante en el caso del no reproductor. El juvenil presenta las patas de color naranja desvaído, igual que la base del pico; las plumas de las partes superiores son marrones, con bordes más claros, y blancas las de las partes inferiores, mientras que el cuello y el pecho lucen un color ante con barrado oscuro. En vuelo resulta muy característica la posesión de una ancha franja blanca en el borde posterior del ala, así como de una cuña pálida sobre el dorso; la cola, sin embargo, está cubierta por finas barras transversales.</t>
   </si>
   <si>
     <t>Phoenicopterus roseus Pallas, 1811</t>
   </si>
   <si>
-    <t>prueba_Flamenco (Castellano), Flamenco común (Castellano), Flamenco común (Castellano), Greater Flamingo (Inglés)</t>
+    <t>Flamenco (Castellano), Flamenco común (Castellano), Flamenco común (Castellano), Greater Flamingo (Inglés)</t>
   </si>
   <si>
     <t>Península NT (Casi amenazado),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Península, Península, Mundial</t>
   </si>
   <si>
     <t>Esta popular ave de aspecto inconfundible destaca por su gran tamaño y sus largas patas y cuello. Cuerpo, cuello y cabeza exhiben una coloración blanquecina con tonos rosados, mientras que las plumas coberteras e infracoberteras alares presentan un intenso rosa carmesí; sin embargo, las plumas de vuelo o rémiges son de color negro. En reposo, estas plumas negras aparecen ocultas bajo las coberteras y las largas plumas escapulares. El pico, curvado hacia la mitad de su longitud casi en ángulo recto, es también de color rosa, salvo en el extremo terminal, donde se torna negro. Las patas lucen asimismo tonos rosados. En vuelo presenta una silueta muy estilizada en la que mantiene el largo cuello y las patas estirados. El dimorfismo sexual se manifiesta en el tamaño de las aves, mayor en el macho. Los jóvenes contrastan notablemente con los adultos por presentar una coloración pardo-grisácea, sin ningún tono rosado (tampoco en el pico o las patas). Sus patas resultan además mucho más cortas.</t>
   </si>
   <si>
     <t>Spatula querquedula (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cerceta carretona (Castellano), Garganey (Inglés), Sarcelle d'été (Francés)</t>
+    <t>Cerceta carretona (Castellano), Garganey (Inglés), Sarcelle d'été (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  Península DD (Datos insuficientes),  Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Península, Península, Mundial, España</t>
   </si>
   <si>
     <t>Pato nadador de pequeño tamaño y dimorfismo sexual acusado. El macho adulto presenta la popa moteada; los flancos gris ceniza, con una barra blanca vertical que los separa del pecho; la cabeza y el pecho pardos, con un estriado mínimo; y el dorso grisáceo, con largas plumas escapulares que cuelgan hacia los lados. En la cabeza destaca una ancha y larga lista ocular blanca, a modo de ceja. La hembra adulta es completamente parda jaspeada, con el pico gris perla, bastante largo. En su cabeza se dibujan zonas pálidas en la garganta y en la comisura del pico. Presenta una lista ocular discreta de color oscuro. Los jóvenes son muy parecidos a las hembras, pero con el vientre más oscuro y el borde terminal pálido de las secundarias más estrecho. En vuelo, el macho aparece con alas de color gris plateado y cabeza y cuello oscuros. En el espejuelo (secundarias y sus cobertoras) se dibujan dos barras pálidas longitudinales. La hembra y el joven son muy oscuros, con el espejuelo similar al macho adulto.</t>
   </si>
   <si>
     <t>Anas querquedula Linnaeus, 1758</t>
   </si>
   <si>
     <t>Perdix perdix hispaniensis Reichenow, 1892</t>
   </si>
   <si>
-    <t>prueba_Perdiz pardilla (Castellano)</t>
+    <t>Perdiz pardilla (Castellano)</t>
   </si>
   <si>
     <t>Castellano</t>
   </si>
   <si>
     <t>Ave rechoncha de mediano tamaño y coloración dominante grisácea, en la que destacan el dorso vermiculado y estriado de pardo, blanco y negro, la herradura ocre del vientre y la cara anaranjada. La cola es similar a la de otras perdices, con rectrices externas ocráceas. Ambos sexos son iguales. Los jóvenes, moteados de marrón pálido, son muy parecidos a una codorniz. Especie gregaria, terrestre y muy andadora, tiene un vuelo explosivo y ligero en el que alterna rápidos aleteos con cortos planeos a baja altura.</t>
   </si>
   <si>
     <t>Accipiter nisus granti</t>
   </si>
   <si>
-    <t>prueba_Gavilán común (Castellano)</t>
+    <t>Gavilán común (Castellano)</t>
   </si>
   <si>
     <t>España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Dendrocopos major subsp. canariensis</t>
   </si>
   <si>
-    <t>prueba_Pico Picapinos de Tenerife (Castellano), Pájaro carpintero de Tenerife (Castellano)</t>
+    <t>Pico Picapinos de Tenerife (Castellano), Pájaro carpintero de Tenerife (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano</t>
   </si>
   <si>
     <t>Dendrocopos major subsp. thanneri</t>
   </si>
   <si>
-    <t>prueba_Pico Picapinos de Gran Canaria (Castellano), Pájaro carpintero de Gran Canaria (Castellano)</t>
+    <t>Pico Picapinos de Gran Canaria (Castellano), Pájaro carpintero de Gran Canaria (Castellano)</t>
   </si>
   <si>
     <t>Fringilla canariensis ombriosa Hartert, 1913</t>
   </si>
   <si>
-    <t>prueba_Pinzón del Hierro (Castellano), Pinzón herreño (Castellano)</t>
+    <t>Pinzón del Hierro (Castellano), Pinzón herreño (Castellano)</t>
   </si>
   <si>
     <t>Fringilla coelebs subsp. ombriosa</t>
   </si>
   <si>
     <t>Gulosus aristotelis aristotelis (Linnaeus, 1761)</t>
   </si>
   <si>
     <t>Phalacrocorax aristotelis subsp. aristotelis</t>
   </si>
   <si>
     <t>Gulosus aristotelis desmarestii (Payraudeau, 1826)</t>
   </si>
   <si>
-    <t>prueba_Cormorán moñudo (Castellano)</t>
+    <t>Cormorán moñudo (Castellano)</t>
   </si>
   <si>
     <t>Phalacrocorax aristotelis desmarestii (Payraudeau, 1826)</t>
   </si>
   <si>
     <t>Hydrobates pelagicus pelagicus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Phoenicopterus ruber</t>
   </si>
   <si>
-    <t>prueba_Flamenco (Castellano), Flamenco común (Castellano), Flamenkoa (Euskera), Flamenc (Catalán), Flamengo (Gallego), Caribbean Flamingo (Inglés), American Flamingo (Inglés)</t>
+    <t>Flamenco (Castellano), Flamenco común (Castellano), Flamenkoa (Euskera), Flamenc (Catalán), Flamengo (Gallego), Caribbean Flamingo (Inglés), American Flamingo (Inglés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Fringilla polatzeki Hartert, 1905</t>
   </si>
   <si>
-    <t>prueba_Pinzón azul de Gran Canaria (Castellano), Pinzul (Castellano), Txonta urdina (Euskera), Pinsá blau (Catalán), Pimpín azul (Gallego)</t>
+    <t>Pinzón azul de Gran Canaria (Castellano), Pinzul (Castellano), Txonta urdina (Euskera), Pinsá blau (Catalán), Pimpín azul (Gallego)</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España CR (En peligro crítico),  Canarias CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Mundial, España, Canarias</t>
   </si>
   <si>
     <t>Fringilla teydea subsp. polatzeki</t>
   </si>
   <si>
     <t>Larus cachinnans Pallas, 1811</t>
   </si>
   <si>
-    <t>prueba_Gaviota del Caspio (Castellano), Caspian Gull (Inglés)</t>
+    <t>Gaviota del Caspio (Castellano), Caspian Gull (Inglés)</t>
   </si>
   <si>
     <t>Península NE (No evaluado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Accipiter gentilis gentilis</t>
   </si>
   <si>
     <t>Accipiter nisus nisus</t>
   </si>
   <si>
     <t>Anas crecca crecca</t>
   </si>
   <si>
     <t>Anas platyrhynchos platyrhynchos Linnaeus, 1758</t>
   </si>
   <si>
     <t>Anas strepera strepera Linnaeus, 1758</t>
   </si>
   <si>
     <t>Anser albifrons subsp. albifrons</t>
   </si>
   <si>
     <t>Anexo III</t>
   </si>
   <si>
     <t>Ardea cinerea cinerea</t>
   </si>
   <si>
     <t>Ardea purpurea purpurea</t>
   </si>
   <si>
     <t>Ardeola ralloides ralloides</t>
   </si>
   <si>
     <t>Botaurus stellaris stellaris</t>
   </si>
   <si>
     <t>Calidris alpina schinzii</t>
   </si>
   <si>
-    <t>prueba_Correlimos común (Castellano)</t>
+    <t>Correlimos común (Castellano)</t>
   </si>
   <si>
     <t>Calidris maritima subsp. maritima (Brünnich, 1764)</t>
   </si>
   <si>
     <t>Charadrius alexandrinus alexandrinus</t>
   </si>
   <si>
     <t>Charadrius dubius curonicus</t>
   </si>
   <si>
     <t>Ciconia ciconia ciconia (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Corvus corone corone</t>
   </si>
   <si>
     <t>Egretta garzetta garzetta</t>
   </si>
   <si>
     <t>Falco peregrinus brookei</t>
   </si>
   <si>
     <t>Fulica atra atra</t>
   </si>
@@ -3734,90 +3734,90 @@
   <si>
     <t>Gavia arctica arctica Linnaeus, 1758</t>
   </si>
   <si>
     <t>Gelochelidon nilotica nilotica Gmelin, 1789</t>
   </si>
   <si>
     <t>Sterna nilotica nilotica</t>
   </si>
   <si>
     <t>Glareola pratincola pratincola</t>
   </si>
   <si>
     <t>Grus grus subsp. grus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Hydrobates pelagicus melitensis (Schembri, 1843)</t>
   </si>
   <si>
     <t>Ixobrychus minutus minutus</t>
   </si>
   <si>
     <t>Lagopus muta pyrenaica</t>
   </si>
   <si>
-    <t>prueba_Perdiz nival (Castellano), Perdiz nival pirenaica (Castellano), Lagópodo alpino (Castellano), Lagopodo zuria (Euskera), Perdiu blanca (Catalán), Perdiz albar (Gallego)</t>
+    <t>Perdiz nival (Castellano), Perdiz nival pirenaica (Castellano), Lagópodo alpino (Castellano), Lagopodo zuria (Euskera), Perdiu blanca (Catalán), Perdiz albar (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Catalán, Gallego</t>
   </si>
   <si>
     <t>Lagopus mutus pyrenaicus (Hartet, 1921)</t>
   </si>
   <si>
     <t>Larus fuscus graellsii Brehm, 1857</t>
   </si>
   <si>
     <t>Larus fuscus intermedius Schiôler, 1922</t>
   </si>
   <si>
     <t>Limosa limosa islandica</t>
   </si>
   <si>
     <t>Limosa limosa limosa</t>
   </si>
   <si>
     <t>Luscinia svecica cyanecula</t>
   </si>
   <si>
-    <t>prueba_Pechiazul (cyanecula) (Castellano)</t>
+    <t>Pechiazul (cyanecula) (Castellano)</t>
   </si>
   <si>
     <t>Numenius arquata arquata</t>
   </si>
   <si>
     <t>Nycticorax nycticorax nycticorax (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Phalacrocorax carbo carbo</t>
   </si>
   <si>
     <t>Phalacrocorax carbo subsp. sinensis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cormorán grande (Castellano), Ubarroi handia (Euskera), Corb marí gros (Catalán), Corvo mariño real (Gallego)</t>
+    <t>Cormorán grande (Castellano), Ubarroi handia (Euskera), Corb marí gros (Catalán), Corvo mariño real (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego</t>
   </si>
   <si>
     <t>Platalea leucorodia leucorodia Linnaeus, 1758</t>
   </si>
   <si>
     <t>Plegadis falcinellus falcinellus (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Podiceps auritus auritus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Podiceps cristatus cristatus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Podiceps nigricollis nigricollis Brehm, 1831</t>
   </si>
   <si>
     <t>Porphyrio porphyrio porphyrio (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Rallus aquaticus aquaticus</t>
   </si>
@@ -4179,51 +4179,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q359"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="414.042" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="405.758" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="168.53" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2815.884" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="189.811" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>