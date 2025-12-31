--- v0 (2025-10-20)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1212">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -3030,50 +3030,53 @@
     <t>prueba_Garza imperial (Castellano), Garza (Castellano), Lertxun gorria (Euskera), Agró roig (Catalán), Garza vermella (Gallego), Purple Heron (Inglés), Héron pourpré (Francés)</t>
   </si>
   <si>
     <t>Península NT (Casi amenazado),  España LC (Preocupación menor),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Los individuos adultos de garza imperial —muy similares en ambos sexos; la hembra, algo menor— lucen durante el periodo reproductor un vistoso diseño a base de tonos castaños, púrpuras y grisáceos. En el conjunto destacan las bandas longitudinales del cuello, negras y blancas, que se prolongan en unas largas plumas moteadas, y el capirote negruzco con irisaciones verdosas, del que parten un par de plumas oscuras. La parte inferior de las alas presenta una coloración muy oscura, en tanto que en los hombros dominan los tintes vinosos con reflejos purpúreos. Los jóvenes muestran una coloración menos contrastada, sin las líneas del cuello y con un aspecto general marronáceo. La garza imperial es un ave muy esbelta, con una silueta extraordinariamente estilizada, que en vuelo adopta la postura característica de las ardeidas: cuello recogido, alas curvadas y patas estiradas sobresaliendo por debajo del extremo de la cola. Aunque resulta bastante similar a la garza real, el menor tamaño y la tonalidad general más oscura de la imperial facilitan su identificación, tanto posada como en vuelo.</t>
   </si>
   <si>
     <t>Circus cyaneus (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>prueba_Aguilucho pálido (Castellano), Mirotz zuria (Euskera), Arpella pál-lida (Catalán), Gatafornela (Gallego), Northern Harrier (Inglés), Hen Harrier (Inglés)</t>
   </si>
   <si>
     <t>Es una rapaz de tamaño medio, cuya fisonomía responde al característico patrón de los integrantes del género Circus, es decir, alas y cola largas, tarsos muy prolongados y aspecto general bastante grácil, aunque menos que el del aguilucho cenizo, del que se diferencia por su mayor tamaño y robustez y por tener las alas comparativamente más anchas. La especie presenta un marcado dimorfismo sexual que afecta al tamaño —las hembras son mayores y más pesadas— y a la coloración del plumaje. El macho adulto es un ave de color claro, en el que dominan los tonos grisáceos, más oscuros en el dorso, la cabeza y el pecho, y blancos en el vientre, donde, a diferencia del cenizo, no luce ningún tipo de manchas o barrados. En vuelo resultan muy visibles las puntas negras de las rémiges primarias, que contrastan mucho con el blanco de las infracoberteras alares; dorsalmente, también son visibles las puntas negras del ala, así como el obispillo, que es blanco y extenso. En la hembra adulta, por el contrario, dominan los tonos terrosos con tintes grisáceos, bastante más claros en las regiones ventrales —que están intensamente rayadas de pardo— que en el dorso, mientras que en la parte inferior de las alas exhibe un barrado abundante. El obispillo de la hembra de pálido resulta muy visible en vuelo y es más extenso que el de la hembra de cenizo. Los individuos juveniles, por su parte, son pardos en las regiones dorsales y de un suave tono ocráceo —ligeramente anaranjado— en las ventrales, que aparecen, además, surcadas por un fino estriado longitudinal. En vuelo, como todos los aguiluchos, esta especie se muestra ágil y maniobrera y es capaz de desplazarse lentamente a baja altura —incluso con malas condiciones atmosféricas— mientras prospecta el terreno con las alas colocadas en forma de “V”.</t>
   </si>
   <si>
     <t>Corvus monedula Linnaeus, 1758</t>
   </si>
   <si>
     <t>prueba_Grajilla occidental (Castellano), Grajilla (Castellano), Western Jackdaw (Inglés), Eurasian Jackdaw (Inglés), Jackdaw (Inglés), Choucas des tours (Francés)</t>
   </si>
   <si>
     <t>Ave de tamaño más modesto que grajas y cornejas, la grajilla luce un plumaje muy oscuro, que a cierta distancia parece negro. Vista de cerca, sin embargo, se aprecia una cierta tonalidad grisácea en algunas regiones del cuerpo, especialmente en el pecho y en la nuca, que es de un bello color ceniciento. El iris es muy claro, de un azul pálido, casi blanco. Es habitual que las grajillas se organicen en ruidosos bandos que sobrevuelan las rocas y los viejos edificios o que menudean por campos y pastizales en busca de alimento.</t>
+  </si>
+  <si>
+    <t>Coloeus monedula</t>
   </si>
   <si>
     <t>Coturnix coturnix (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Codorniz común (Castellano), Quail (Inglés), Common Quail (Inglés), Caille des blés (Francés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España DD (Datos insuficientes),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Ave rechoncha de pequeño tamaño. Es la menor de las galliformes, similar en aspecto a los jóvenes de perdiz. Posee un diseño críptico, de color terroso con estriado pardo oscuro, blanco y crema. Presenta ceja blanca prominente y garganta pálida, blanca en hembras y jóvenes, y con un ancla oscura en los machos, aunque bastante variable en estos. Muy terrestre, en vuelo destacan sus alargadas alas y el aleteo rápido a poca altura del suelo.</t>
   </si>
   <si>
     <t>Crex crex (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Guión de codornices (Castellano), Guión de codornices (Castellano), Giloia (Euskera), Guatlla maresa (Catalán), Guión de paspallás (Gallego), Corn Crake (Inglés), Corncrake (Inglés), Râle des genêts (Francés)</t>
   </si>
   <si>
     <t>Península NE (No evaluado),  España NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Este rálido de tamaño relativamente grande y plumaje bastante críptico presenta un escaso dimorfismo sexual. En el diseño de los adultos, las regiones dorsales —de color ocráceo— ofrecen, en conjunto, un aspecto moteado debido a que las plumas coberteras poseen el centro oscuro con una orla pardo-amarillenta. La cabeza aparece ligeramente rayada de negro en el píleo y luce por encima del ojo una línea de color gris azulado, tono que se extiende también por los laterales del cuello. Las regiones inferiores se muestran pardo-grisáceas, a excepción de los flancos, muy barrados con listas acastañadas y crema. El pico y las patas son amarillentos. Las hembras se diferencian de los machos por presentar una menor proporción de gris en la cabeza y el cuello, en tanto que los jóvenes —que se asemejan mucho a las hembras— carecen también de los tonos grisáceos propios del macho, aunque exhiben un color más intensamente rojizo y sin apenas barrado en los flancos. El guión de codornices es un ave bastante terrestre que prefiere corretear a volar; cuando se ve forzado a ello, ejecuta un vuelo débil y errático, en general bastante torpe, con el que apenas se desplaza unos 25-30 metros para caer nuevamente entre la hierba. En esos momentos, se puede apreciar la coloración acastañada que muestra en las regiones dorsales del ala.</t>
   </si>
@@ -15669,2507 +15672,2509 @@
       <c r="E259" t="s">
         <v>993</v>
       </c>
       <c r="F259" t="s">
         <v>985</v>
       </c>
       <c r="G259" t="s">
         <v>1005</v>
       </c>
       <c r="H259" t="s">
         <v>23</v>
       </c>
       <c r="I259" t="s">
         <v>24</v>
       </c>
       <c r="J259" t="s">
         <v>25</v>
       </c>
       <c r="K259"/>
       <c r="L259"/>
       <c r="M259"/>
       <c r="N259"/>
       <c r="O259" t="s">
         <v>128</v>
       </c>
-      <c r="P259"/>
+      <c r="P259" t="s">
+        <v>1006</v>
+      </c>
       <c r="Q259" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="260" spans="1:17">
       <c r="A260">
         <v>11094</v>
       </c>
       <c r="B260" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C260" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D260" t="s">
         <v>222</v>
       </c>
       <c r="E260" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="F260" t="s">
         <v>985</v>
       </c>
       <c r="G260" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="H260" t="s">
         <v>23</v>
       </c>
       <c r="I260" t="s">
         <v>24</v>
       </c>
       <c r="J260" t="s">
         <v>25</v>
       </c>
       <c r="K260"/>
       <c r="L260"/>
       <c r="M260"/>
       <c r="N260"/>
       <c r="O260" t="s">
         <v>128</v>
       </c>
       <c r="P260"/>
       <c r="Q260" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="261" spans="1:17">
       <c r="A261">
         <v>16310</v>
       </c>
       <c r="B261" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C261" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D261" t="s">
         <v>364</v>
       </c>
       <c r="E261" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="F261" t="s">
         <v>985</v>
       </c>
       <c r="G261" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="H261" t="s">
         <v>23</v>
       </c>
       <c r="I261" t="s">
         <v>24</v>
       </c>
       <c r="J261" t="s">
         <v>35</v>
       </c>
       <c r="K261" t="s">
         <v>36</v>
       </c>
       <c r="L261"/>
       <c r="M261"/>
       <c r="N261"/>
       <c r="O261" t="s">
         <v>37</v>
       </c>
       <c r="P261"/>
       <c r="Q261" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="262" spans="1:17">
       <c r="A262">
         <v>10911</v>
       </c>
       <c r="B262" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C262" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D262" t="s">
         <v>72</v>
       </c>
       <c r="E262" t="s">
         <v>993</v>
       </c>
       <c r="F262" t="s">
         <v>985</v>
       </c>
       <c r="G262" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="H262" t="s">
         <v>23</v>
       </c>
       <c r="I262" t="s">
         <v>24</v>
       </c>
       <c r="J262" t="s">
         <v>35</v>
       </c>
       <c r="K262" t="s">
         <v>36</v>
       </c>
       <c r="L262"/>
       <c r="M262"/>
       <c r="N262"/>
       <c r="O262" t="s">
         <v>26</v>
       </c>
       <c r="P262"/>
       <c r="Q262" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="263" spans="1:17">
       <c r="A263">
         <v>12163</v>
       </c>
       <c r="B263" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C263" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D263" t="s">
         <v>82</v>
       </c>
       <c r="E263" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="F263" t="s">
         <v>985</v>
       </c>
       <c r="G263" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H263" t="s">
         <v>23</v>
       </c>
       <c r="I263" t="s">
         <v>24</v>
       </c>
       <c r="J263" t="s">
         <v>25</v>
       </c>
       <c r="K263"/>
       <c r="L263"/>
       <c r="M263"/>
       <c r="N263"/>
       <c r="O263" t="s">
         <v>26</v>
       </c>
       <c r="P263"/>
       <c r="Q263" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="264" spans="1:17">
       <c r="A264">
         <v>12262</v>
       </c>
       <c r="B264" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C264" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D264" t="s">
         <v>142</v>
       </c>
       <c r="E264" t="s">
         <v>989</v>
       </c>
       <c r="F264" t="s">
         <v>985</v>
       </c>
       <c r="G264" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H264" t="s">
         <v>23</v>
       </c>
       <c r="I264" t="s">
         <v>24</v>
       </c>
       <c r="J264" t="s">
         <v>35</v>
       </c>
       <c r="K264" t="s">
         <v>36</v>
       </c>
       <c r="L264"/>
       <c r="M264"/>
       <c r="N264"/>
       <c r="O264" t="s">
         <v>26</v>
       </c>
       <c r="P264"/>
       <c r="Q264" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="265" spans="1:17">
       <c r="A265">
         <v>12321</v>
       </c>
       <c r="B265" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C265" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D265" t="s">
         <v>142</v>
       </c>
       <c r="E265" t="s">
         <v>993</v>
       </c>
       <c r="F265" t="s">
         <v>985</v>
       </c>
       <c r="G265" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="H265" t="s">
         <v>23</v>
       </c>
       <c r="I265" t="s">
         <v>24</v>
       </c>
       <c r="J265" t="s">
         <v>35</v>
       </c>
       <c r="K265" t="s">
         <v>36</v>
       </c>
       <c r="L265"/>
       <c r="M265"/>
       <c r="N265"/>
       <c r="O265" t="s">
         <v>26</v>
       </c>
       <c r="P265"/>
       <c r="Q265" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="266" spans="1:17">
       <c r="A266">
         <v>16426</v>
       </c>
       <c r="B266" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C266" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D266" t="s">
         <v>266</v>
       </c>
       <c r="E266" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="F266" t="s">
         <v>985</v>
       </c>
       <c r="G266" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="H266" t="s">
         <v>23</v>
       </c>
       <c r="I266" t="s">
         <v>24</v>
       </c>
       <c r="J266" t="s">
         <v>35</v>
       </c>
       <c r="K266" t="s">
         <v>36</v>
       </c>
       <c r="L266"/>
       <c r="M266"/>
       <c r="N266"/>
       <c r="O266" t="s">
         <v>26</v>
       </c>
       <c r="P266" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="Q266" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="267" spans="1:17">
       <c r="A267">
         <v>12190</v>
       </c>
       <c r="B267" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C267" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D267" t="s">
         <v>30</v>
       </c>
       <c r="E267" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="F267" t="s">
         <v>985</v>
       </c>
       <c r="G267" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="H267" t="s">
         <v>23</v>
       </c>
       <c r="I267" t="s">
         <v>24</v>
       </c>
       <c r="J267" t="s">
         <v>35</v>
       </c>
       <c r="K267" t="s">
         <v>36</v>
       </c>
       <c r="L267"/>
       <c r="M267"/>
       <c r="N267"/>
       <c r="O267" t="s">
         <v>26</v>
       </c>
       <c r="P267"/>
       <c r="Q267" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="268" spans="1:17">
       <c r="A268">
         <v>11421</v>
       </c>
       <c r="B268" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C268" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D268" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="E268" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="F268" t="s">
         <v>985</v>
       </c>
       <c r="G268" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="H268" t="s">
         <v>23</v>
       </c>
       <c r="I268" t="s">
         <v>24</v>
       </c>
       <c r="J268" t="s">
         <v>35</v>
       </c>
       <c r="K268" t="s">
         <v>55</v>
       </c>
       <c r="L268"/>
       <c r="M268"/>
       <c r="N268"/>
       <c r="O268" t="s">
         <v>37</v>
       </c>
       <c r="P268"/>
       <c r="Q268" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="269" spans="1:17">
       <c r="A269">
         <v>10739</v>
       </c>
       <c r="B269" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C269" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D269" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="E269" t="s">
         <v>998</v>
       </c>
       <c r="F269" t="s">
         <v>985</v>
       </c>
       <c r="G269" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="H269" t="s">
         <v>23</v>
       </c>
       <c r="I269" t="s">
         <v>24</v>
       </c>
       <c r="J269" t="s">
         <v>35</v>
       </c>
       <c r="K269" t="s">
         <v>36</v>
       </c>
       <c r="L269"/>
       <c r="M269"/>
       <c r="N269"/>
       <c r="O269" t="s">
         <v>37</v>
       </c>
       <c r="P269"/>
       <c r="Q269" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="270" spans="1:17">
       <c r="A270">
         <v>14069</v>
       </c>
       <c r="B270" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C270" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D270" t="s">
         <v>364</v>
       </c>
       <c r="E270" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="F270" t="s">
         <v>985</v>
       </c>
       <c r="G270" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="H270" t="s">
         <v>34</v>
       </c>
       <c r="I270" t="s">
         <v>24</v>
       </c>
       <c r="J270" t="s">
         <v>35</v>
       </c>
       <c r="K270" t="s">
         <v>36</v>
       </c>
       <c r="L270"/>
       <c r="M270"/>
       <c r="N270"/>
       <c r="O270" t="s">
         <v>26</v>
       </c>
       <c r="P270"/>
       <c r="Q270" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="271" spans="1:17">
       <c r="A271">
         <v>11917</v>
       </c>
       <c r="B271" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C271" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D271" t="s">
         <v>78</v>
       </c>
       <c r="E271" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="F271" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="G271" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="H271" t="s">
         <v>23</v>
       </c>
       <c r="I271" t="s">
         <v>24</v>
       </c>
       <c r="J271" t="s">
         <v>35</v>
       </c>
       <c r="K271" t="s">
         <v>36</v>
       </c>
       <c r="L271"/>
       <c r="M271"/>
       <c r="N271"/>
       <c r="O271" t="s">
         <v>128</v>
       </c>
       <c r="P271"/>
       <c r="Q271" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="272" spans="1:17">
       <c r="A272">
         <v>11258</v>
       </c>
       <c r="B272" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C272" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D272" t="s">
         <v>131</v>
       </c>
       <c r="E272" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="F272" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="G272" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="H272" t="s">
         <v>23</v>
       </c>
       <c r="I272" t="s">
         <v>24</v>
       </c>
       <c r="J272" t="s">
         <v>25</v>
       </c>
       <c r="K272"/>
       <c r="L272"/>
       <c r="M272"/>
       <c r="N272"/>
       <c r="O272" t="s">
         <v>133</v>
       </c>
       <c r="P272" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="Q272" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="273" spans="1:17">
       <c r="A273">
         <v>11312</v>
       </c>
       <c r="B273" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C273" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="D273" t="s">
         <v>438</v>
       </c>
       <c r="E273" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="F273" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="G273" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="H273" t="s">
         <v>23</v>
       </c>
       <c r="I273" t="s">
         <v>24</v>
       </c>
       <c r="J273" t="s">
         <v>25</v>
       </c>
       <c r="K273"/>
       <c r="L273"/>
       <c r="M273"/>
       <c r="N273"/>
       <c r="O273" t="s">
         <v>133</v>
       </c>
       <c r="P273" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="Q273" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="274" spans="1:17">
       <c r="A274">
         <v>11030</v>
       </c>
       <c r="B274" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C274" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D274" t="s">
         <v>222</v>
       </c>
       <c r="E274" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="F274" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G274" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="H274" t="s">
         <v>23</v>
       </c>
       <c r="I274" t="s">
         <v>24</v>
       </c>
       <c r="J274" t="s">
         <v>25</v>
       </c>
       <c r="K274"/>
       <c r="L274"/>
       <c r="M274"/>
       <c r="N274"/>
       <c r="O274" t="s">
         <v>26</v>
       </c>
       <c r="P274"/>
       <c r="Q274" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="275" spans="1:17">
       <c r="A275">
         <v>11166</v>
       </c>
       <c r="B275" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C275" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D275" t="s">
         <v>78</v>
       </c>
       <c r="E275" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="F275" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G275" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="H275" t="s">
         <v>34</v>
       </c>
       <c r="I275" t="s">
         <v>24</v>
       </c>
       <c r="J275" t="s">
         <v>25</v>
       </c>
       <c r="K275"/>
       <c r="L275"/>
       <c r="M275"/>
       <c r="N275"/>
       <c r="O275" t="s">
         <v>37</v>
       </c>
       <c r="P275"/>
       <c r="Q275" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="276" spans="1:17">
       <c r="A276">
         <v>14003</v>
       </c>
       <c r="B276" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C276" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D276" t="s">
         <v>253</v>
       </c>
       <c r="E276" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F276" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G276" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="H276" t="s">
         <v>34</v>
       </c>
       <c r="I276" t="s">
         <v>24</v>
       </c>
       <c r="J276" t="s">
         <v>35</v>
       </c>
       <c r="K276" t="s">
         <v>36</v>
       </c>
       <c r="L276"/>
       <c r="M276"/>
       <c r="N276"/>
       <c r="O276" t="s">
         <v>37</v>
       </c>
       <c r="P276"/>
       <c r="Q276" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="277" spans="1:17">
       <c r="A277">
         <v>12065</v>
       </c>
       <c r="B277" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C277" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D277" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="E277" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="F277" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G277" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="H277" t="s">
         <v>23</v>
       </c>
       <c r="I277" t="s">
         <v>24</v>
       </c>
       <c r="J277" t="s">
         <v>35</v>
       </c>
       <c r="K277" t="s">
         <v>36</v>
       </c>
       <c r="L277"/>
       <c r="M277"/>
       <c r="N277"/>
       <c r="O277" t="s">
         <v>37</v>
       </c>
       <c r="P277"/>
       <c r="Q277" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="278" spans="1:17">
       <c r="A278">
         <v>10935</v>
       </c>
       <c r="B278" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C278" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D278" t="s">
         <v>58</v>
       </c>
       <c r="E278" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="F278" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G278" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="H278" t="s">
         <v>23</v>
       </c>
       <c r="I278" t="s">
         <v>24</v>
       </c>
       <c r="J278" t="s">
         <v>35</v>
       </c>
       <c r="K278" t="s">
         <v>36</v>
       </c>
       <c r="L278"/>
       <c r="M278"/>
       <c r="N278"/>
       <c r="O278" t="s">
         <v>37</v>
       </c>
       <c r="P278"/>
       <c r="Q278" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="279" spans="1:17">
       <c r="A279">
         <v>10664</v>
       </c>
       <c r="B279" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="C279" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="D279" t="s">
         <v>102</v>
       </c>
       <c r="E279" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="F279" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G279" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="H279" t="s">
         <v>23</v>
       </c>
       <c r="I279" t="s">
         <v>24</v>
       </c>
       <c r="J279" t="s">
         <v>35</v>
       </c>
       <c r="K279" t="s">
         <v>681</v>
       </c>
       <c r="L279"/>
       <c r="M279"/>
       <c r="N279"/>
       <c r="O279" t="s">
         <v>26</v>
       </c>
       <c r="P279"/>
       <c r="Q279" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="280" spans="1:17">
       <c r="A280">
         <v>14085</v>
       </c>
       <c r="B280" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C280" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D280" t="s">
         <v>72</v>
       </c>
       <c r="E280" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="F280" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G280" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="H280" t="s">
         <v>34</v>
       </c>
       <c r="I280" t="s">
         <v>24</v>
       </c>
       <c r="J280" t="s">
         <v>35</v>
       </c>
       <c r="K280" t="s">
         <v>36</v>
       </c>
       <c r="L280"/>
       <c r="M280"/>
       <c r="N280"/>
       <c r="O280" t="s">
         <v>37</v>
       </c>
       <c r="P280" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="Q280" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="281" spans="1:17">
       <c r="A281">
         <v>16358</v>
       </c>
       <c r="B281" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="C281" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="D281" t="s">
         <v>30</v>
       </c>
       <c r="E281" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="F281" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G281" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="H281" t="s">
         <v>34</v>
       </c>
       <c r="I281" t="s">
         <v>24</v>
       </c>
       <c r="J281" t="s">
         <v>35</v>
       </c>
       <c r="K281" t="s">
         <v>36</v>
       </c>
       <c r="L281"/>
       <c r="M281"/>
       <c r="N281"/>
       <c r="O281" t="s">
         <v>37</v>
       </c>
       <c r="P281" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="Q281" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="282" spans="1:17">
       <c r="A282">
         <v>11339</v>
       </c>
       <c r="B282" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C282" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D282" t="s">
         <v>364</v>
       </c>
       <c r="E282" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="F282" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G282" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="H282" t="s">
         <v>23</v>
       </c>
       <c r="I282" t="s">
         <v>24</v>
       </c>
       <c r="J282" t="s">
         <v>35</v>
       </c>
       <c r="K282" t="s">
         <v>36</v>
       </c>
       <c r="L282"/>
       <c r="M282"/>
       <c r="N282"/>
       <c r="O282" t="s">
         <v>37</v>
       </c>
       <c r="P282"/>
       <c r="Q282" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="283" spans="1:17">
       <c r="A283">
         <v>11307</v>
       </c>
       <c r="B283" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="C283" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D283" t="s">
         <v>88</v>
       </c>
       <c r="E283" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="F283" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G283" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="H283" t="s">
         <v>23</v>
       </c>
       <c r="I283" t="s">
         <v>24</v>
       </c>
       <c r="J283" t="s">
         <v>35</v>
       </c>
       <c r="K283" t="s">
         <v>36</v>
       </c>
       <c r="L283"/>
       <c r="M283"/>
       <c r="N283"/>
       <c r="O283" t="s">
         <v>128</v>
       </c>
       <c r="P283"/>
       <c r="Q283" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="284" spans="1:17">
       <c r="A284">
         <v>11591</v>
       </c>
       <c r="B284" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C284" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D284" t="s">
         <v>72</v>
       </c>
       <c r="E284" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="F284" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G284" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="H284" t="s">
         <v>23</v>
       </c>
       <c r="I284" t="s">
         <v>24</v>
       </c>
       <c r="J284" t="s">
         <v>35</v>
       </c>
       <c r="K284" t="s">
         <v>43</v>
       </c>
       <c r="L284"/>
       <c r="M284"/>
       <c r="N284"/>
       <c r="O284" t="s">
         <v>37</v>
       </c>
       <c r="P284"/>
       <c r="Q284" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="285" spans="1:17">
       <c r="A285">
         <v>14000</v>
       </c>
       <c r="B285" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="C285" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D285" t="s">
         <v>46</v>
       </c>
       <c r="E285" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="F285" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G285" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="H285" t="s">
         <v>34</v>
       </c>
       <c r="I285" t="s">
         <v>24</v>
       </c>
       <c r="J285" t="s">
         <v>35</v>
       </c>
       <c r="K285" t="s">
         <v>36</v>
       </c>
       <c r="L285"/>
       <c r="M285"/>
       <c r="N285"/>
       <c r="O285" t="s">
         <v>37</v>
       </c>
       <c r="P285"/>
       <c r="Q285" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="286" spans="1:17">
       <c r="A286">
         <v>14072</v>
       </c>
       <c r="B286" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="C286" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D286" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="E286" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="F286" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G286" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="H286" t="s">
         <v>34</v>
       </c>
       <c r="I286" t="s">
         <v>24</v>
       </c>
       <c r="J286" t="s">
         <v>35</v>
       </c>
       <c r="K286" t="s">
         <v>36</v>
       </c>
       <c r="L286"/>
       <c r="M286"/>
       <c r="N286"/>
       <c r="O286" t="s">
         <v>37</v>
       </c>
       <c r="P286" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="Q286" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="287" spans="1:17">
       <c r="A287">
         <v>14023</v>
       </c>
       <c r="B287" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C287" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="D287" t="s">
         <v>142</v>
       </c>
       <c r="E287" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="F287" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G287" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="H287" t="s">
         <v>34</v>
       </c>
       <c r="I287" t="s">
         <v>24</v>
       </c>
       <c r="J287" t="s">
         <v>35</v>
       </c>
       <c r="K287" t="s">
         <v>36</v>
       </c>
       <c r="L287"/>
       <c r="M287"/>
       <c r="N287"/>
       <c r="O287" t="s">
         <v>37</v>
       </c>
       <c r="P287"/>
       <c r="Q287" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="288" spans="1:17">
       <c r="A288">
         <v>12312</v>
       </c>
       <c r="B288" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C288" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D288" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="E288" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="F288" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G288" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="H288" t="s">
         <v>23</v>
       </c>
       <c r="I288" t="s">
         <v>24</v>
       </c>
       <c r="J288" t="s">
         <v>35</v>
       </c>
       <c r="K288" t="s">
         <v>43</v>
       </c>
       <c r="L288"/>
       <c r="M288"/>
       <c r="N288"/>
       <c r="O288" t="s">
         <v>60</v>
       </c>
       <c r="P288" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="Q288" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="289" spans="1:17">
       <c r="A289">
         <v>11909</v>
       </c>
       <c r="B289" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C289" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="D289" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="E289" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="F289" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="G289" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="H289" t="s">
         <v>23</v>
       </c>
       <c r="I289" t="s">
         <v>24</v>
       </c>
       <c r="J289" t="s">
         <v>35</v>
       </c>
       <c r="K289" t="s">
         <v>55</v>
       </c>
       <c r="L289"/>
       <c r="M289"/>
       <c r="N289"/>
       <c r="O289" t="s">
         <v>37</v>
       </c>
       <c r="P289"/>
       <c r="Q289" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="290" spans="1:17">
       <c r="A290">
         <v>11600</v>
       </c>
       <c r="B290" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="C290" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="D290" t="s">
         <v>30</v>
       </c>
       <c r="E290" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="F290" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="G290" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="H290" t="s">
         <v>23</v>
       </c>
       <c r="I290" t="s">
         <v>24</v>
       </c>
       <c r="J290" t="s">
         <v>35</v>
       </c>
       <c r="K290" t="s">
         <v>36</v>
       </c>
       <c r="L290"/>
       <c r="M290"/>
       <c r="N290"/>
       <c r="O290" t="s">
         <v>26</v>
       </c>
       <c r="P290"/>
       <c r="Q290" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="291" spans="1:17">
       <c r="A291">
         <v>10701</v>
       </c>
       <c r="B291" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="C291" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="D291" t="s">
         <v>266</v>
       </c>
       <c r="E291" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="F291" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="G291" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="H291" t="s">
         <v>23</v>
       </c>
       <c r="I291" t="s">
         <v>24</v>
       </c>
       <c r="J291" t="s">
         <v>25</v>
       </c>
       <c r="K291"/>
       <c r="L291"/>
       <c r="M291"/>
       <c r="N291"/>
       <c r="O291" t="s">
         <v>309</v>
       </c>
       <c r="P291"/>
       <c r="Q291" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="292" spans="1:17">
       <c r="A292">
         <v>11011</v>
       </c>
       <c r="B292" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C292" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D292" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="E292" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="F292" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="G292" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="H292" t="s">
         <v>23</v>
       </c>
       <c r="I292" t="s">
         <v>24</v>
       </c>
       <c r="J292" t="s">
         <v>25</v>
       </c>
       <c r="K292"/>
       <c r="L292"/>
       <c r="M292"/>
       <c r="N292"/>
       <c r="O292" t="s">
         <v>133</v>
       </c>
       <c r="P292"/>
       <c r="Q292" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="293" spans="1:17">
       <c r="A293">
         <v>11097</v>
       </c>
       <c r="B293" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C293" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="D293" t="s">
         <v>258</v>
       </c>
       <c r="E293" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="F293" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="G293" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="H293" t="s">
         <v>23</v>
       </c>
       <c r="I293" t="s">
         <v>24</v>
       </c>
       <c r="J293" t="s">
         <v>25</v>
       </c>
       <c r="K293"/>
       <c r="L293"/>
       <c r="M293"/>
       <c r="N293"/>
       <c r="O293" t="s">
         <v>309</v>
       </c>
       <c r="P293"/>
       <c r="Q293" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="294" spans="1:17">
       <c r="A294">
         <v>11247</v>
       </c>
       <c r="B294" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C294" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D294" t="s">
         <v>149</v>
       </c>
       <c r="E294" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="F294" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="G294" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="H294" t="s">
         <v>23</v>
       </c>
       <c r="I294" t="s">
         <v>24</v>
       </c>
       <c r="J294" t="s">
         <v>35</v>
       </c>
       <c r="K294" t="s">
         <v>36</v>
       </c>
       <c r="L294"/>
       <c r="M294"/>
       <c r="N294"/>
       <c r="O294" t="s">
         <v>37</v>
       </c>
       <c r="P294"/>
       <c r="Q294" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="295" spans="1:17">
       <c r="A295">
         <v>12329</v>
       </c>
       <c r="B295" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C295" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="D295" t="s">
         <v>51</v>
       </c>
       <c r="E295" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="F295" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="G295" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="H295" t="s">
         <v>23</v>
       </c>
       <c r="I295" t="s">
         <v>24</v>
       </c>
       <c r="J295" t="s">
         <v>35</v>
       </c>
       <c r="K295" t="s">
         <v>36</v>
       </c>
       <c r="L295"/>
       <c r="M295"/>
       <c r="N295"/>
       <c r="O295" t="s">
         <v>128</v>
       </c>
       <c r="P295"/>
       <c r="Q295" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="296" spans="1:17">
       <c r="A296">
         <v>12107</v>
       </c>
       <c r="B296" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C296" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D296" t="s">
         <v>909</v>
       </c>
       <c r="E296" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="F296" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="G296" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="H296" t="s">
         <v>23</v>
       </c>
       <c r="I296" t="s">
         <v>24</v>
       </c>
       <c r="J296" t="s">
         <v>35</v>
       </c>
       <c r="K296" t="s">
         <v>36</v>
       </c>
       <c r="L296"/>
       <c r="M296"/>
       <c r="N296"/>
       <c r="O296" t="s">
         <v>26</v>
       </c>
       <c r="P296"/>
       <c r="Q296" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="297" spans="1:17">
       <c r="A297">
         <v>33012</v>
       </c>
       <c r="B297" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="C297" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="D297" t="s">
         <v>438</v>
       </c>
       <c r="E297" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="F297" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="G297" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="H297" t="s">
         <v>23</v>
       </c>
       <c r="I297" t="s">
         <v>24</v>
       </c>
       <c r="J297" t="s">
         <v>25</v>
       </c>
       <c r="K297"/>
       <c r="L297"/>
       <c r="M297"/>
       <c r="N297"/>
       <c r="O297" t="s">
         <v>128</v>
       </c>
       <c r="P297" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="Q297" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="298" spans="1:17">
       <c r="A298">
         <v>24333</v>
       </c>
       <c r="B298" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C298" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="D298" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="E298"/>
       <c r="F298"/>
       <c r="G298" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H298" t="s">
         <v>23</v>
       </c>
       <c r="I298" t="s">
         <v>24</v>
       </c>
       <c r="J298" t="s">
         <v>35</v>
       </c>
       <c r="K298" t="s">
         <v>43</v>
       </c>
       <c r="L298"/>
       <c r="M298"/>
       <c r="N298"/>
       <c r="O298" t="s">
         <v>37</v>
       </c>
       <c r="P298"/>
       <c r="Q298" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="299" spans="1:17">
       <c r="A299">
         <v>23756</v>
       </c>
       <c r="B299" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C299" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D299" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="E299" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="F299" t="s">
         <v>21</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
         <v>23</v>
       </c>
       <c r="I299" t="s">
         <v>24</v>
       </c>
       <c r="J299" t="s">
         <v>25</v>
       </c>
       <c r="K299"/>
       <c r="L299"/>
       <c r="M299"/>
       <c r="N299"/>
       <c r="O299" t="s">
         <v>60</v>
       </c>
       <c r="P299"/>
       <c r="Q299" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="300" spans="1:17">
       <c r="A300">
         <v>11652</v>
       </c>
       <c r="B300" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E300" t="s">
         <v>1177</v>
-      </c>
-[...7 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="F300" t="s">
         <v>21</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
         <v>23</v>
       </c>
       <c r="I300" t="s">
         <v>24</v>
       </c>
       <c r="J300" t="s">
         <v>25</v>
       </c>
       <c r="K300"/>
       <c r="L300"/>
       <c r="M300"/>
       <c r="N300"/>
       <c r="O300" t="s">
         <v>37</v>
       </c>
       <c r="P300"/>
       <c r="Q300" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="301" spans="1:17">
       <c r="A301">
         <v>11651</v>
       </c>
       <c r="B301" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D301" t="s">
         <v>1180</v>
       </c>
-      <c r="C301" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E301" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="F301" t="s">
         <v>21</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
         <v>23</v>
       </c>
       <c r="I301" t="s">
         <v>24</v>
       </c>
       <c r="J301" t="s">
         <v>25</v>
       </c>
       <c r="K301"/>
       <c r="L301"/>
       <c r="M301"/>
       <c r="N301"/>
       <c r="O301" t="s">
         <v>37</v>
       </c>
       <c r="P301"/>
       <c r="Q301" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="302" spans="1:17">
       <c r="A302">
         <v>11046</v>
       </c>
       <c r="B302" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C302" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D302" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="E302" t="s">
         <v>20</v>
       </c>
       <c r="F302" t="s">
         <v>21</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
         <v>23</v>
       </c>
       <c r="I302" t="s">
         <v>24</v>
       </c>
       <c r="J302" t="s">
         <v>25</v>
       </c>
       <c r="K302"/>
       <c r="L302"/>
       <c r="M302"/>
       <c r="N302"/>
       <c r="O302" t="s">
         <v>37</v>
       </c>
       <c r="P302" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="Q302" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="303" spans="1:17">
       <c r="A303">
         <v>14034</v>
       </c>
       <c r="B303" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="C303" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="D303" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="E303" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="F303" t="s">
         <v>21</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
         <v>34</v>
       </c>
       <c r="I303" t="s">
         <v>24</v>
       </c>
       <c r="J303" t="s">
         <v>25</v>
       </c>
       <c r="K303"/>
       <c r="L303"/>
       <c r="M303"/>
       <c r="N303"/>
       <c r="O303" t="s">
         <v>37</v>
       </c>
       <c r="P303" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="Q303" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="304" spans="1:17">
       <c r="A304">
         <v>11953</v>
       </c>
       <c r="B304" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="C304"/>
       <c r="D304"/>
       <c r="E304" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="F304" t="s">
         <v>21</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
         <v>34</v>
       </c>
       <c r="I304" t="s">
         <v>24</v>
       </c>
       <c r="J304" t="s">
         <v>25</v>
       </c>
       <c r="K304"/>
       <c r="L304"/>
       <c r="M304"/>
       <c r="N304"/>
       <c r="O304" t="s">
         <v>37</v>
       </c>
       <c r="P304"/>
       <c r="Q304" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="305" spans="1:17">
       <c r="A305">
         <v>33011</v>
       </c>
       <c r="B305" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C305" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="D305" t="s">
         <v>19</v>
       </c>
       <c r="E305" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="F305" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
         <v>23</v>
       </c>
       <c r="I305" t="s">
         <v>24</v>
       </c>
       <c r="J305" t="s">
         <v>35</v>
       </c>
       <c r="K305" t="s">
         <v>43</v>
       </c>
       <c r="L305"/>
       <c r="M305"/>
       <c r="N305"/>
       <c r="O305" t="s">
         <v>26</v>
       </c>
       <c r="P305" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="Q305" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="306" spans="1:17">
       <c r="A306">
         <v>14060</v>
       </c>
       <c r="B306" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C306" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="D306" t="s">
         <v>88</v>
       </c>
       <c r="E306" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="F306" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
         <v>34</v>
       </c>
       <c r="I306" t="s">
         <v>24</v>
       </c>
       <c r="J306" t="s">
         <v>25</v>
       </c>
       <c r="K306"/>
       <c r="L306"/>
       <c r="M306"/>
       <c r="N306"/>
       <c r="O306" t="s">
         <v>128</v>
       </c>
       <c r="P306"/>
       <c r="Q306" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="307" spans="1:17">
       <c r="A307">
         <v>32204</v>
       </c>
       <c r="B307" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="C307"/>
       <c r="D307"/>
       <c r="E307"/>
       <c r="F307"/>
       <c r="G307"/>
       <c r="H307" t="s">
         <v>34</v>
       </c>
       <c r="I307" t="s">
         <v>24</v>
       </c>
       <c r="J307" t="s">
         <v>25</v>
       </c>
       <c r="K307"/>
       <c r="L307"/>
       <c r="M307"/>
       <c r="N307"/>
       <c r="O307" t="s">
         <v>37</v>
       </c>
       <c r="P307"/>
       <c r="Q307" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="308" spans="1:17">
       <c r="A308">
         <v>35013</v>
       </c>
       <c r="B308" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C308"/>
       <c r="D308"/>
       <c r="E308"/>
       <c r="F308"/>
       <c r="G308"/>
       <c r="H308" t="s">
         <v>34</v>
       </c>
       <c r="I308" t="s">
         <v>24</v>
       </c>
       <c r="J308" t="s">
         <v>25</v>
       </c>
       <c r="K308"/>
       <c r="L308"/>
       <c r="M308"/>
       <c r="N308"/>
       <c r="O308" t="s">
         <v>37</v>
       </c>
       <c r="P308" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="Q308" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="309" spans="1:17">
       <c r="A309">
         <v>24455</v>
       </c>
       <c r="B309" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="C309"/>
       <c r="D309"/>
       <c r="E309"/>
       <c r="F309"/>
       <c r="G309"/>
       <c r="H309" t="s">
         <v>34</v>
       </c>
       <c r="I309" t="s">
         <v>24</v>
       </c>
       <c r="J309" t="s">
         <v>25</v>
       </c>
       <c r="K309"/>
       <c r="L309"/>
       <c r="M309"/>
       <c r="N309"/>
       <c r="O309" t="s">
         <v>37</v>
       </c>
       <c r="P309"/>
       <c r="Q309" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="310" spans="1:17">
       <c r="A310">
         <v>24445</v>
       </c>
       <c r="B310" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C310"/>
       <c r="D310"/>
       <c r="E310"/>
       <c r="F310"/>
       <c r="G310"/>
       <c r="H310" t="s">
         <v>34</v>
       </c>
       <c r="I310" t="s">
         <v>24</v>
       </c>
       <c r="J310" t="s">
         <v>25</v>
       </c>
       <c r="K310"/>
       <c r="L310"/>
       <c r="M310"/>
       <c r="N310"/>
       <c r="O310" t="s">
         <v>26</v>
       </c>
       <c r="P310"/>
       <c r="Q310" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="311" spans="1:17">
       <c r="A311">
         <v>24443</v>
       </c>
       <c r="B311" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C311"/>
       <c r="D311"/>
       <c r="E311"/>
       <c r="F311"/>
       <c r="G311"/>
       <c r="H311" t="s">
         <v>34</v>
       </c>
       <c r="I311" t="s">
         <v>24</v>
       </c>
       <c r="J311" t="s">
         <v>25</v>
       </c>
       <c r="K311"/>
       <c r="L311"/>
       <c r="M311"/>
       <c r="N311"/>
       <c r="O311" t="s">
         <v>26</v>
       </c>
       <c r="P311"/>
       <c r="Q311" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="312" spans="1:17">
       <c r="A312">
         <v>32208</v>
       </c>
       <c r="B312" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C312"/>
       <c r="D312"/>
       <c r="E312"/>
       <c r="F312"/>
       <c r="G312"/>
       <c r="H312" t="s">
         <v>23</v>
       </c>
       <c r="I312" t="s">
         <v>24</v>
       </c>
       <c r="J312" t="s">
         <v>25</v>
       </c>
       <c r="K312"/>
       <c r="L312"/>
       <c r="M312"/>
       <c r="N312"/>
       <c r="O312" t="s">
         <v>128</v>
       </c>
       <c r="P312"/>
       <c r="Q312" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="313" spans="1:17">
       <c r="A313">
         <v>10716</v>
       </c>
       <c r="B313" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="C313"/>
       <c r="D313"/>
       <c r="E313"/>
       <c r="F313"/>
       <c r="G313"/>
       <c r="H313" t="s">
         <v>34</v>
       </c>
       <c r="I313" t="s">
         <v>24</v>
       </c>
       <c r="J313" t="s">
         <v>25</v>
       </c>
       <c r="K313"/>
       <c r="L313"/>
       <c r="M313"/>
       <c r="N313"/>
       <c r="O313" t="s">
         <v>26</v>
       </c>
       <c r="P313"/>
       <c r="Q313" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="314" spans="1:17">
       <c r="A314">
         <v>32210</v>
       </c>
       <c r="B314" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C314"/>
       <c r="D314"/>
       <c r="E314"/>
       <c r="F314"/>
       <c r="G314"/>
       <c r="H314" t="s">
         <v>34</v>
       </c>
       <c r="I314" t="s">
         <v>24</v>
       </c>
       <c r="J314" t="s">
         <v>25</v>
       </c>
       <c r="K314"/>
       <c r="L314"/>
       <c r="M314"/>
       <c r="N314"/>
       <c r="O314" t="s">
         <v>26</v>
       </c>
       <c r="P314"/>
       <c r="Q314" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="315" spans="1:17">
       <c r="A315">
         <v>32211</v>
       </c>
       <c r="B315" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="C315"/>
       <c r="D315"/>
       <c r="E315"/>
       <c r="F315"/>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>34</v>
       </c>
       <c r="I315" t="s">
         <v>24</v>
       </c>
       <c r="J315" t="s">
         <v>25</v>
       </c>
       <c r="K315"/>
       <c r="L315"/>
       <c r="M315"/>
       <c r="N315"/>
       <c r="O315" t="s">
         <v>26</v>
       </c>
       <c r="P315"/>
       <c r="Q315" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="316" spans="1:17">
       <c r="A316">
         <v>32194</v>
       </c>
       <c r="B316" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C316"/>
       <c r="D316"/>
       <c r="E316"/>
       <c r="F316"/>
       <c r="G316"/>
       <c r="H316" t="s">
         <v>34</v>
       </c>
       <c r="I316" t="s">
         <v>24</v>
       </c>
       <c r="J316" t="s">
         <v>25</v>
       </c>
       <c r="K316"/>
       <c r="L316"/>
       <c r="M316"/>
       <c r="N316"/>
       <c r="O316" t="s">
         <v>37</v>
       </c>
       <c r="P316"/>
       <c r="Q316" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="317" spans="1:17">
       <c r="A317">
         <v>36250</v>
       </c>
       <c r="B317" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="C317"/>
       <c r="D317"/>
       <c r="E317"/>
       <c r="F317"/>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>34</v>
       </c>
       <c r="I317" t="s">
         <v>24</v>
       </c>
       <c r="J317" t="s">
         <v>25</v>
       </c>
       <c r="K317"/>
       <c r="L317"/>
       <c r="M317"/>
       <c r="N317"/>
       <c r="O317" t="s">
         <v>26</v>
       </c>
       <c r="P317" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="Q317" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="318" spans="1:17">
       <c r="A318">
         <v>32217</v>
       </c>
       <c r="B318" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C318"/>
       <c r="D318"/>
       <c r="E318"/>
       <c r="F318"/>
       <c r="G318"/>
       <c r="H318" t="s">
         <v>34</v>
       </c>
       <c r="I318" t="s">
         <v>24</v>
       </c>
       <c r="J318" t="s">
         <v>25</v>
       </c>
       <c r="K318"/>
       <c r="L318"/>
       <c r="M318"/>
       <c r="N318"/>
       <c r="O318" t="s">
         <v>26</v>
       </c>
       <c r="P318"/>
       <c r="Q318" t="s">
         <v>27</v>