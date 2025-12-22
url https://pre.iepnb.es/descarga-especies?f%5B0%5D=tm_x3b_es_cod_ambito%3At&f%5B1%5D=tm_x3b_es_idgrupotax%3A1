--- v0 (2025-10-20)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -140,87 +140,72 @@
   <si>
     <t>Chara galioides A.P.De Candolle</t>
   </si>
   <si>
     <t>Chara globularis Thuill.</t>
   </si>
   <si>
     <t>Chara hispida L.</t>
   </si>
   <si>
     <t>Chara hispida var. major</t>
   </si>
   <si>
     <t>Chara imperfecta A.Braun</t>
   </si>
   <si>
     <t>Chara major (Hartm.) Hy</t>
   </si>
   <si>
     <t>Chara pedunculata Kütz.</t>
   </si>
   <si>
     <t>Chara vulgaris</t>
   </si>
   <si>
-    <t>Chara vulgaris var. longibracteata</t>
-[...7 lines deleted...]
-  <si>
     <t>Ctenocladus circinnatus Borzì 1883</t>
   </si>
   <si>
     <t>Lamprothamnium papulosum (K.Wallroth) J.Groves</t>
   </si>
   <si>
     <t>Nitella confervacea (Brébisson) A.Braun ex Leonhardi</t>
   </si>
   <si>
     <t>Nitella hyalina (De Candolle) C.Agardh</t>
   </si>
   <si>
     <t>Nitella opaca</t>
   </si>
   <si>
-    <t>Nitella syncarpa</t>
-[...1 lines deleted...]
-  <si>
     <t>Nitella translucens (Pers.) Agardh.</t>
   </si>
   <si>
     <t>Oocystis lacustris Chodat</t>
   </si>
   <si>
     <t>Sphaeroplea africana F.E.Fritsch 1918</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tolypella glomerata</t>
   </si>
   <si>
     <t>Tolypella hispanica Nordst. ex T.F.Allen, 1888</t>
   </si>
   <si>
     <t>Tolypella nidifica (O.F.Müll.) Leonh.</t>
   </si>
   <si>
     <t>Tolypella prolifera (Ziz ex A.Braun) Leonhardi</t>
   </si>
   <si>
     <t>Tolypella salina R.Corillion</t>
   </si>
   <si>
     <t>Vulcanochloris canariensis Vancurová, Peksa &amp; Skaloud</t>
   </si>
   <si>
     <t>Vulcanochloris guanchorum Vancurová, Peksa, Nemcová &amp; Skaloud</t>
   </si>
   <si>
     <t>Vulcanochloris symbiotica Vancurová, Peksa, Nemcová &amp; Skaloud</t>
   </si>
 </sst>
 </file>
 
@@ -545,74 +530,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q40"/>
+  <dimension ref="A1:Q36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="56.558" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1223,598 +1208,480 @@
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21" t="s">
         <v>20</v>
       </c>
       <c r="I21" t="s">
         <v>21</v>
       </c>
       <c r="J21"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>91986</v>
+        <v>97640</v>
       </c>
       <c r="B22" t="s">
         <v>42</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>20</v>
       </c>
       <c r="I22" t="s">
         <v>21</v>
       </c>
       <c r="J22"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>91987</v>
+        <v>32748</v>
       </c>
       <c r="B23" t="s">
         <v>43</v>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" t="s">
         <v>20</v>
       </c>
       <c r="I23" t="s">
         <v>21</v>
       </c>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
-      <c r="P23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P23"/>
       <c r="Q23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>97640</v>
+        <v>32792</v>
       </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>20</v>
       </c>
       <c r="I24" t="s">
         <v>21</v>
       </c>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>32748</v>
+        <v>32794</v>
       </c>
       <c r="B25" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25" t="s">
         <v>20</v>
       </c>
       <c r="I25" t="s">
         <v>21</v>
       </c>
       <c r="J25"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>32792</v>
+        <v>90178</v>
       </c>
       <c r="B26" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>20</v>
       </c>
       <c r="I26" t="s">
         <v>21</v>
       </c>
       <c r="J26"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>32794</v>
+        <v>32796</v>
       </c>
       <c r="B27" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" t="s">
         <v>20</v>
       </c>
       <c r="I27" t="s">
         <v>21</v>
       </c>
       <c r="J27"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>90178</v>
+        <v>80393</v>
       </c>
       <c r="B28" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="s">
         <v>20</v>
       </c>
       <c r="I28" t="s">
         <v>21</v>
       </c>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>90181</v>
+        <v>97673</v>
       </c>
       <c r="B29" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29" t="s">
         <v>20</v>
       </c>
       <c r="I29" t="s">
         <v>21</v>
       </c>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>32796</v>
+        <v>80203</v>
       </c>
       <c r="B30" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30" t="s">
         <v>20</v>
       </c>
       <c r="I30" t="s">
         <v>21</v>
       </c>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>80393</v>
+        <v>80202</v>
       </c>
       <c r="B31" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31" t="s">
         <v>20</v>
       </c>
       <c r="I31" t="s">
         <v>21</v>
       </c>
       <c r="J31"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>97673</v>
+        <v>34023</v>
       </c>
       <c r="B32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32" t="s">
         <v>20</v>
       </c>
       <c r="I32" t="s">
         <v>21</v>
       </c>
       <c r="J32"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>90724</v>
+        <v>32923</v>
       </c>
       <c r="B33" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>20</v>
       </c>
       <c r="I33" t="s">
         <v>21</v>
       </c>
       <c r="J33"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>80203</v>
+        <v>99847</v>
       </c>
       <c r="B34" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34" t="s">
         <v>20</v>
       </c>
       <c r="I34" t="s">
         <v>21</v>
       </c>
       <c r="J34"/>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>80202</v>
+        <v>99848</v>
       </c>
       <c r="B35" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35" t="s">
         <v>20</v>
       </c>
       <c r="I35" t="s">
         <v>21</v>
       </c>
       <c r="J35"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>34023</v>
+        <v>99849</v>
       </c>
       <c r="B36" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>20</v>
       </c>
       <c r="I36" t="s">
         <v>21</v>
       </c>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36" t="s">
-        <v>22</v>
-[...114 lines deleted...]
-      <c r="Q40" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>