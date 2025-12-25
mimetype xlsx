--- v0 (2025-10-18)
+++ v1 (2025-12-25)
@@ -1142,51 +1142,51 @@
   <si>
     <t>Lotus berthelotii Masf.</t>
   </si>
   <si>
     <t>prueba_Picopaloma (Castellano), Pico paloma (Castellano), Pico de paloma (Castellano), Hierba de plata (Castellano), Lotus (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Latín</t>
   </si>
   <si>
     <t>Planta de porte rastrero. Hojas sésiles, estrechamente lineares, agudas, fasciculadas; folíolos estipulares iguales a las hojas. Flores reunidas en grupos de 2 a 6, de color rojo encendido. Cáliz con cinco dientes, de lóbulos lanceolados, agudos, desiguales. Pétalos agudos; estandarte linear- lanceolado, acuminado; alas lanceoladas; quilla ovado-lanceolada, rematada en un largo pico.</t>
   </si>
   <si>
     <t>Heinekenia berthelotii (Masf.) G. Kunkel, Heinekenia peliorhyncha (Hook. f.) Christ, Lotus peliorhynchus Hook. f</t>
   </si>
   <si>
     <t>Lupinus mariae-josephi H. Pascual</t>
   </si>
   <si>
     <t>prueba_Tramussera valenciana (Castellano), Altramuz valenciano (Castellano)</t>
   </si>
   <si>
     <t>Hierba anual, erecta, ± ramificada desde la base, pubescente, de hasta 50 cm. Hojas pecioladas, palmatisectas con 5-7 foliolos oblanceolados (1,5-5 x 0,7- 1,9 cm), glabros por el haz y villosos por el envés. Inflorescencia principal (3-15 cm) en racimo terminal laxo, con flores (hasta 25) dispersas a lo largo del eje; las secundarias con 1-4 flores. Cáliz villoso, bilabiado, con labio superior profundamente bipartido; el inferior con 3 dientes agudos. Corola de color amarillento en el botón floral, después blanco, que vira a tonos rosados o magenta ± intensos en la maduración. Legumbre 2,5-6 x 0,7-1,5 cm, parduzca ± oscura; con 1-5 semillas elipsoidales, de subcuadrangulares a levemente arriñonadas, deprimidas, escabrosas, exhibiendo a menudo un dibujo moteado de color pardo con fondo marrón claro.</t>
   </si>
   <si>
-    <t>Lupinus mariae-josephae H.Pascual, Lupinus mariae-josephi H. Pascual, Lupinus mariae-josephi H. Pascual</t>
+    <t>Lupinus mariae-josephae H.Pascual, Lupinus mariae-josephi H. Pascual</t>
   </si>
   <si>
     <t>Mannia fragrans (Balb.) Frye &amp; L.Clark</t>
   </si>
   <si>
     <t>Hepática talosa. Forma tapices densos, compactos. Talo linear, bifurcado, de color verde claro y bordes purpúreos, grueso, acanalado; lóbulos de 2 mm de anchura, márgenes incurvados en seco; epidermis dorsal con el reticulado poco aparente; escamas ventrales imbricadas, situadas en una hilera a ambos lados del nervio, con forma de media luna, purpúreas en la parte inferior con los márgenes y dos apéndices terminales lanceolados estrechos, agudos y a menudo caducos, hialinos, que sobrepasan los bordes del talo, las escamas apicales, ovado-lanceoladas, purpúrea, hialinas en casi la mitad superior y el margen, que sobrepasan largamente el ápice del talo en forma de pincel sobretodo en las plantas femeninas. Anteridios inmersos, agrupados en forma circular cerca del ápice en la cara dorsal del talo, rojizos; receptáculo femenino terminal, 3-4 lóbulos, papiloso; pedicelo con escamas hialinas o pardo claro, largas en la base y en la parte superior Esporas con grandes papilas de 55-60 µm.</t>
   </si>
   <si>
     <t>Grimaldia fragans (Balb.) Corda, Marchantia fragans Balb.</t>
   </si>
   <si>
     <t>Meesia triquetra (L. ex Jolycl.) Angström</t>
   </si>
   <si>
     <t>Musgo acrocárpico. Plantas verde claro. Caulidios poco ramificados, erectos. Filidios dispuestos en tres filas, de erectos a patentes o reflejos en húmedo, triangular-lanceolados y aquillados, de ápice agudo, márgenes dentados desde la base, que es ensanchada y semienvainadora. Nervio percurrente o desapareciendo cerca del ápice. Células superiores y medias cortamente rectangulares a cuadradas.</t>
   </si>
   <si>
     <t>Micromeria rivas-martinezii Wildpret</t>
   </si>
   <si>
     <t>prueba_Tomillo de Juan Bay (Castellano), Tomillón de Juan Bay (Castellano)</t>
   </si>
   <si>
     <t>Caméfito de 20-50 cm de alto, tallo leñoso de ramas robustas y lignificadas. Hojas lanceoladas u oblongo-lanceoladas, nervomarginadas, finamente tomentosas en el envés, haz glabro, de intenso color verde. Inflorescencias dispuestas a lo largo de las ramas anuales, con 2-8 flores pediceladas; limbo suavemente peloso en el exterior, púrpura o rosa-blanquecino.</t>
   </si>