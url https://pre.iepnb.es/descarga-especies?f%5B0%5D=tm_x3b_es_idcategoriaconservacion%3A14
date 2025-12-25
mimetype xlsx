--- v0 (2025-10-18)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="990">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="991">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -2645,50 +2645,53 @@
   <si>
     <t>Ave terrestre de mediano tamaño y aspecto rechoncho. Es similar a la perdiz roja, pero presenta tonos más apagados, con frente, píleo y nuca oscuros. Tiene garganta, pecho y lista superciliar grises, que contrastan con un collar pardo-rojizo moteado de blanco. Ambos sexos son similares. Su vuelo es rápido, alternando series de batidos con pequeños planeos.</t>
   </si>
   <si>
     <t>Anexo I, Anexo II, Anexo III</t>
   </si>
   <si>
     <t>Circus cyaneus (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>prueba_Aguilucho pálido (Castellano), Mirotz zuria (Euskera), Arpella pál-lida (Catalán), Gatafornela (Gallego), Northern Harrier (Inglés), Hen Harrier (Inglés)</t>
   </si>
   <si>
     <t>Es una rapaz de tamaño medio, cuya fisonomía responde al característico patrón de los integrantes del género Circus, es decir, alas y cola largas, tarsos muy prolongados y aspecto general bastante grácil, aunque menos que el del aguilucho cenizo, del que se diferencia por su mayor tamaño y robustez y por tener las alas comparativamente más anchas. La especie presenta un marcado dimorfismo sexual que afecta al tamaño —las hembras son mayores y más pesadas— y a la coloración del plumaje. El macho adulto es un ave de color claro, en el que dominan los tonos grisáceos, más oscuros en el dorso, la cabeza y el pecho, y blancos en el vientre, donde, a diferencia del cenizo, no luce ningún tipo de manchas o barrados. En vuelo resultan muy visibles las puntas negras de las rémiges primarias, que contrastan mucho con el blanco de las infracoberteras alares; dorsalmente, también son visibles las puntas negras del ala, así como el obispillo, que es blanco y extenso. En la hembra adulta, por el contrario, dominan los tonos terrosos con tintes grisáceos, bastante más claros en las regiones ventrales —que están intensamente rayadas de pardo— que en el dorso, mientras que en la parte inferior de las alas exhibe un barrado abundante. El obispillo de la hembra de pálido resulta muy visible en vuelo y es más extenso que el de la hembra de cenizo. Los individuos juveniles, por su parte, son pardos en las regiones dorsales y de un suave tono ocráceo —ligeramente anaranjado— en las ventrales, que aparecen, además, surcadas por un fino estriado longitudinal. En vuelo, como todos los aguiluchos, esta especie se muestra ágil y maniobrera y es capaz de desplazarse lentamente a baja altura —incluso con malas condiciones atmosféricas— mientras prospecta el terreno con las alas colocadas en forma de “V”.</t>
   </si>
   <si>
     <t>Corvus monedula Linnaeus, 1758</t>
   </si>
   <si>
     <t>prueba_Grajilla occidental (Castellano), Grajilla (Castellano), Western Jackdaw (Inglés), Eurasian Jackdaw (Inglés), Jackdaw (Inglés), Choucas des tours (Francés)</t>
   </si>
   <si>
     <t>Ave de tamaño más modesto que grajas y cornejas, la grajilla luce un plumaje muy oscuro, que a cierta distancia parece negro. Vista de cerca, sin embargo, se aprecia una cierta tonalidad grisácea en algunas regiones del cuerpo, especialmente en el pecho y en la nuca, que es de un bello color ceniciento. El iris es muy claro, de un azul pálido, casi blanco. Es habitual que las grajillas se organicen en ruidosos bandos que sobrevuelan las rocas y los viejos edificios o que menudean por campos y pastizales en busca de alimento.</t>
   </si>
   <si>
+    <t>Coloeus monedula</t>
+  </si>
+  <si>
     <t>Crex crex (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Guión de codornices (Castellano), Guión de codornices (Castellano), Giloia (Euskera), Guatlla maresa (Catalán), Guión de paspallás (Gallego), Corn Crake (Inglés), Corncrake (Inglés), Râle des genêts (Francés)</t>
   </si>
   <si>
     <t>Península NE (No evaluado),  España NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Este rálido de tamaño relativamente grande y plumaje bastante críptico presenta un escaso dimorfismo sexual. En el diseño de los adultos, las regiones dorsales —de color ocráceo— ofrecen, en conjunto, un aspecto moteado debido a que las plumas coberteras poseen el centro oscuro con una orla pardo-amarillenta. La cabeza aparece ligeramente rayada de negro en el píleo y luce por encima del ojo una línea de color gris azulado, tono que se extiende también por los laterales del cuello. Las regiones inferiores se muestran pardo-grisáceas, a excepción de los flancos, muy barrados con listas acastañadas y crema. El pico y las patas son amarillentos. Las hembras se diferencian de los machos por presentar una menor proporción de gris en la cabeza y el cuello, en tanto que los jóvenes —que se asemejan mucho a las hembras— carecen también de los tonos grisáceos propios del macho, aunque exhiben un color más intensamente rojizo y sin apenas barrado en los flancos. El guión de codornices es un ave bastante terrestre que prefiere corretear a volar; cuando se ve forzado a ello, ejecuta un vuelo débil y errático, en general bastante torpe, con el que apenas se desplaza unos 25-30 metros para caer nuevamente entre la hierba. En esos momentos, se puede apreciar la coloración acastañada que muestra en las regiones dorsales del ala.</t>
   </si>
   <si>
     <t>Curruca undata (Boddaert, 1783)</t>
   </si>
   <si>
     <t>prueba_Curruca rabilarga (Castellano), Etze-txinboa (Euskera), Tallareta cuallarga (Catalán), Papuxa do mato (Gallego), Dartford Warbler (Inglés)</t>
   </si>
   <si>
     <t>Península EN (En peligro),  España NE (No evaluado),  Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>De coloración general oscura y cola larga —que suele mantener levantada—, esta es una de las currucas de menor tamaño. Presenta el dorso gris pizarroso y las partes inferiores de una tonalidad vinosa con motas blancas en la garganta. Otros rasgos identificativos los constituyen el anillo ocular rojizo y las patas anaranjadas. Las hembras resultan más pardas en el dorso y poseen una coloración general menos intensa. Los jóvenes presentan tonos más apagados y el pecho parduzco. La curruca rabilarga es un ave muy inquieta que se mueve entre los arbustos y matorrales mediante cortos vuelos a baja altura que efectúa al tiempo que sacude frecuentemente la cola.</t>
   </si>
   <si>
     <t>Sylvia undata (Boddaert, 1783)</t>
@@ -2918,51 +2921,51 @@
   <si>
     <t>Larus sabini</t>
   </si>
   <si>
     <t>Anser anser (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>prueba_Ánsar común (Castellano), Ansar común (Castellano), Greylag Goose (Inglés)</t>
   </si>
   <si>
     <t>Península NE (No evaluado),  Mundial LC (Preocupación menor),  Península LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Península, Mundial, Península</t>
   </si>
   <si>
     <t>Este ganso tiene una tonalidad general grisácea, con las plumas del dorso orladas de crema, lo que confiere a esta zona un aspecto escamoso; los flancos resultan más oscuros y están barrados por líneas blancas. En contraste con el resto del plumaje, la región anal muestra un color blanco puro. La cola es blanca, con una banda oscura en la parte superior. De aspecto bastante robusto, la única diferencia existente entre machos y hembras estriba en el mayor tamaño de aquéllos. Las cortas y fuertes patas presentan una tonalidad rosácea, en tanto que el pico —de forma cónica— posee color naranja en la subespecie anser y rosa en la raza rubrirostris.</t>
   </si>
   <si>
     <t>Origanum × majoricum Cam.</t>
   </si>
   <si>
     <t>Plantas vasculares</t>
   </si>
   <si>
-    <t>Origanum × paui, Origanum × paui Martínez, Origanum paui Martínez</t>
+    <t>Origanum × paui Martínez, Origanum paui Martínez</t>
   </si>
   <si>
     <t>Syngnathus abaster Risso, 1827</t>
   </si>
   <si>
     <t>prueba_Aguja de río (Euskera), Agulla de riu (Catalán), Black-striped Pipefish (Inglés), Syngnathe (Francés)</t>
   </si>
   <si>
     <t>Euskera, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>Syngnathus agassizi Michahelles, 1829</t>
   </si>
   <si>
     <t>Cyanopica cooki Bonaparte, 1850</t>
   </si>
   <si>
     <t>prueba_Rabilargo ibérico (Castellano), Rabilargo (Castellano), Rabilargos (Castellano), Alcaudón cúbico (Castellano), Mika urdina (Euskera), Garsa blava (Catalán), Pega azul (Gallego), Azure-winged Magpie (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Gallego, Inglés</t>
   </si>
   <si>
     <t>Cyanopica cookii Bonaparte, 1850, Cyanopica cyana Pallas,1776, Cyanopica cyanus</t>
   </si>
@@ -13510,1278 +13513,1280 @@
       <c r="E229" t="s">
         <v>867</v>
       </c>
       <c r="F229" t="s">
         <v>868</v>
       </c>
       <c r="G229" t="s">
         <v>876</v>
       </c>
       <c r="H229" t="s">
         <v>23</v>
       </c>
       <c r="I229" t="s">
         <v>24</v>
       </c>
       <c r="J229" t="s">
         <v>227</v>
       </c>
       <c r="K229"/>
       <c r="L229"/>
       <c r="M229"/>
       <c r="N229"/>
       <c r="O229" t="s">
         <v>228</v>
       </c>
-      <c r="P229"/>
+      <c r="P229" t="s">
+        <v>877</v>
+      </c>
       <c r="Q229" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:17">
       <c r="A230">
         <v>16310</v>
       </c>
       <c r="B230" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C230" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="D230" t="s">
         <v>440</v>
       </c>
       <c r="E230" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F230" t="s">
         <v>868</v>
       </c>
       <c r="G230" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="H230" t="s">
         <v>23</v>
       </c>
       <c r="I230" t="s">
         <v>24</v>
       </c>
       <c r="J230" t="s">
         <v>95</v>
       </c>
       <c r="K230" t="s">
         <v>26</v>
       </c>
       <c r="L230"/>
       <c r="M230"/>
       <c r="N230"/>
       <c r="O230" t="s">
         <v>96</v>
       </c>
       <c r="P230"/>
       <c r="Q230" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="231" spans="1:17">
       <c r="A231">
         <v>80931</v>
       </c>
       <c r="B231" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C231" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D231" t="s">
         <v>93</v>
       </c>
       <c r="E231" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="F231" t="s">
         <v>868</v>
       </c>
       <c r="G231" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="H231" t="s">
         <v>23</v>
       </c>
       <c r="I231" t="s">
         <v>24</v>
       </c>
       <c r="J231" t="s">
         <v>25</v>
       </c>
       <c r="K231" t="s">
         <v>26</v>
       </c>
       <c r="L231"/>
       <c r="M231"/>
       <c r="N231"/>
       <c r="O231"/>
       <c r="P231" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="Q231" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="232" spans="1:17">
       <c r="A232">
         <v>10911</v>
       </c>
       <c r="B232" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="C232" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D232" t="s">
         <v>93</v>
       </c>
       <c r="E232" t="s">
         <v>867</v>
       </c>
       <c r="F232" t="s">
         <v>868</v>
       </c>
       <c r="G232" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="H232" t="s">
         <v>23</v>
       </c>
       <c r="I232" t="s">
         <v>24</v>
       </c>
       <c r="J232" t="s">
         <v>95</v>
       </c>
       <c r="K232" t="s">
         <v>26</v>
       </c>
       <c r="L232"/>
       <c r="M232"/>
       <c r="N232"/>
       <c r="O232" t="s">
         <v>209</v>
       </c>
       <c r="P232"/>
       <c r="Q232" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:17">
       <c r="A233">
         <v>12163</v>
       </c>
       <c r="B233" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C233" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D233" t="s">
         <v>257</v>
       </c>
       <c r="E233" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="F233" t="s">
         <v>868</v>
       </c>
       <c r="G233" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="H233" t="s">
         <v>23</v>
       </c>
       <c r="I233" t="s">
         <v>24</v>
       </c>
       <c r="J233" t="s">
         <v>227</v>
       </c>
       <c r="K233"/>
       <c r="L233"/>
       <c r="M233"/>
       <c r="N233"/>
       <c r="O233" t="s">
         <v>209</v>
       </c>
       <c r="P233"/>
       <c r="Q233" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="234" spans="1:17">
       <c r="A234">
         <v>12321</v>
       </c>
       <c r="B234" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C234" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D234" t="s">
         <v>246</v>
       </c>
       <c r="E234" t="s">
         <v>867</v>
       </c>
       <c r="F234" t="s">
         <v>868</v>
       </c>
       <c r="G234" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="H234" t="s">
         <v>23</v>
       </c>
       <c r="I234" t="s">
         <v>24</v>
       </c>
       <c r="J234" t="s">
         <v>95</v>
       </c>
       <c r="K234" t="s">
         <v>26</v>
       </c>
       <c r="L234"/>
       <c r="M234"/>
       <c r="N234"/>
       <c r="O234" t="s">
         <v>209</v>
       </c>
       <c r="P234"/>
       <c r="Q234" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="235" spans="1:17">
       <c r="A235">
         <v>11258</v>
       </c>
       <c r="B235" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C235" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D235" t="s">
         <v>231</v>
       </c>
       <c r="E235" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="F235" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="G235" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="H235" t="s">
         <v>23</v>
       </c>
       <c r="I235" t="s">
         <v>24</v>
       </c>
       <c r="J235" t="s">
         <v>227</v>
       </c>
       <c r="K235"/>
       <c r="L235"/>
       <c r="M235"/>
       <c r="N235"/>
       <c r="O235" t="s">
         <v>233</v>
       </c>
       <c r="P235" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="Q235" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="236" spans="1:17">
       <c r="A236">
         <v>11312</v>
       </c>
       <c r="B236" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C236" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D236" t="s">
         <v>497</v>
       </c>
       <c r="E236" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="F236" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="G236" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="H236" t="s">
         <v>23</v>
       </c>
       <c r="I236" t="s">
         <v>24</v>
       </c>
       <c r="J236" t="s">
         <v>227</v>
       </c>
       <c r="K236"/>
       <c r="L236"/>
       <c r="M236"/>
       <c r="N236"/>
       <c r="O236" t="s">
         <v>233</v>
       </c>
       <c r="P236" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="Q236" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:17">
       <c r="A237">
         <v>16374</v>
       </c>
       <c r="B237" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C237" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D237" t="s">
         <v>497</v>
       </c>
       <c r="E237" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F237" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G237" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="H237" t="s">
         <v>23</v>
       </c>
       <c r="I237" t="s">
         <v>24</v>
       </c>
       <c r="J237"/>
       <c r="K237"/>
       <c r="L237"/>
       <c r="M237"/>
       <c r="N237"/>
       <c r="O237"/>
       <c r="P237"/>
       <c r="Q237" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="238" spans="1:17">
       <c r="A238">
         <v>33031</v>
       </c>
       <c r="B238" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C238" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D238" t="s">
         <v>364</v>
       </c>
       <c r="E238" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F238" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G238" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H238" t="s">
         <v>66</v>
       </c>
       <c r="I238" t="s">
         <v>24</v>
       </c>
       <c r="J238" t="s">
         <v>25</v>
       </c>
       <c r="K238" t="s">
         <v>26</v>
       </c>
       <c r="L238"/>
       <c r="M238"/>
       <c r="N238"/>
       <c r="O238"/>
       <c r="P238" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="Q238" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="239" spans="1:17">
       <c r="A239">
         <v>33032</v>
       </c>
       <c r="B239" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C239" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D239" t="s">
         <v>19</v>
       </c>
       <c r="E239" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F239" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G239" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="H239" t="s">
         <v>66</v>
       </c>
       <c r="I239" t="s">
         <v>24</v>
       </c>
       <c r="J239" t="s">
         <v>25</v>
       </c>
       <c r="K239" t="s">
         <v>26</v>
       </c>
       <c r="L239"/>
       <c r="M239"/>
       <c r="N239"/>
       <c r="O239"/>
       <c r="P239" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="Q239" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="240" spans="1:17">
       <c r="A240">
         <v>14087</v>
       </c>
       <c r="B240" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C240" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D240" t="s">
         <v>364</v>
       </c>
       <c r="E240" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F240" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G240" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="H240" t="s">
         <v>66</v>
       </c>
       <c r="I240" t="s">
         <v>24</v>
       </c>
       <c r="J240" t="s">
         <v>25</v>
       </c>
       <c r="K240" t="s">
         <v>26</v>
       </c>
       <c r="L240"/>
       <c r="M240"/>
       <c r="N240"/>
       <c r="O240"/>
       <c r="P240"/>
       <c r="Q240" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:17">
       <c r="A241">
         <v>16295</v>
       </c>
       <c r="B241" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C241" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D241" t="s">
         <v>167</v>
       </c>
       <c r="E241" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F241" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G241" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="H241" t="s">
         <v>23</v>
       </c>
       <c r="I241" t="s">
         <v>24</v>
       </c>
       <c r="J241"/>
       <c r="K241"/>
       <c r="L241"/>
       <c r="M241"/>
       <c r="N241"/>
       <c r="O241"/>
       <c r="P241"/>
       <c r="Q241" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="242" spans="1:17">
       <c r="A242">
         <v>80946</v>
       </c>
       <c r="B242" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C242" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D242" t="s">
         <v>124</v>
       </c>
       <c r="E242" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F242" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G242" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="H242" t="s">
         <v>23</v>
       </c>
       <c r="I242" t="s">
         <v>24</v>
       </c>
       <c r="J242" t="s">
         <v>25</v>
       </c>
       <c r="K242" t="s">
         <v>26</v>
       </c>
       <c r="L242"/>
       <c r="M242"/>
       <c r="N242"/>
       <c r="O242"/>
       <c r="P242" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="Q242" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:17">
       <c r="A243">
         <v>33149</v>
       </c>
       <c r="B243" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C243" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D243" t="s">
         <v>440</v>
       </c>
       <c r="E243" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="F243" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G243" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="H243" t="s">
         <v>66</v>
       </c>
       <c r="I243" t="s">
         <v>24</v>
       </c>
       <c r="J243" t="s">
         <v>25</v>
       </c>
       <c r="K243" t="s">
         <v>26</v>
       </c>
       <c r="L243"/>
       <c r="M243"/>
       <c r="N243"/>
       <c r="O243"/>
       <c r="P243" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="Q243" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:17">
       <c r="A244">
         <v>14055</v>
       </c>
       <c r="B244" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C244" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D244" t="s">
         <v>497</v>
       </c>
       <c r="E244" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F244" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G244" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="H244" t="s">
         <v>66</v>
       </c>
       <c r="I244" t="s">
         <v>24</v>
       </c>
       <c r="J244"/>
       <c r="K244"/>
       <c r="L244"/>
       <c r="M244"/>
       <c r="N244"/>
       <c r="O244"/>
       <c r="P244"/>
       <c r="Q244" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="245" spans="1:17">
       <c r="A245">
         <v>14064</v>
       </c>
       <c r="B245" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C245" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D245" t="s">
         <v>186</v>
       </c>
       <c r="E245" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F245" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G245" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="H245" t="s">
         <v>66</v>
       </c>
       <c r="I245" t="s">
         <v>24</v>
       </c>
       <c r="J245"/>
       <c r="K245"/>
       <c r="L245"/>
       <c r="M245"/>
       <c r="N245"/>
       <c r="O245"/>
       <c r="P245"/>
       <c r="Q245" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="246" spans="1:17">
       <c r="A246">
         <v>14065</v>
       </c>
       <c r="B246" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C246" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D246" t="s">
         <v>723</v>
       </c>
       <c r="E246" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F246" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G246" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="H246" t="s">
         <v>66</v>
       </c>
       <c r="I246" t="s">
         <v>24</v>
       </c>
       <c r="J246"/>
       <c r="K246"/>
       <c r="L246"/>
       <c r="M246"/>
       <c r="N246"/>
       <c r="O246"/>
       <c r="P246"/>
       <c r="Q246" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="247" spans="1:17">
       <c r="A247">
         <v>16380</v>
       </c>
       <c r="B247" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C247" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D247" t="s">
         <v>497</v>
       </c>
       <c r="E247" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F247" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G247" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="H247" t="s">
         <v>23</v>
       </c>
       <c r="I247" t="s">
         <v>24</v>
       </c>
       <c r="J247"/>
       <c r="K247"/>
       <c r="L247"/>
       <c r="M247"/>
       <c r="N247"/>
       <c r="O247"/>
       <c r="P247"/>
       <c r="Q247" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="248" spans="1:17">
       <c r="A248">
         <v>14020</v>
       </c>
       <c r="B248" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C248" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D248" t="s">
         <v>167</v>
       </c>
       <c r="E248" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F248" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G248" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H248" t="s">
         <v>66</v>
       </c>
       <c r="I248" t="s">
         <v>24</v>
       </c>
       <c r="J248"/>
       <c r="K248"/>
       <c r="L248"/>
       <c r="M248"/>
       <c r="N248"/>
       <c r="O248"/>
       <c r="P248"/>
       <c r="Q248" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="249" spans="1:17">
       <c r="A249">
         <v>16412</v>
       </c>
       <c r="B249" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C249" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D249" t="s">
         <v>128</v>
       </c>
       <c r="E249" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F249" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G249" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="H249" t="s">
         <v>23</v>
       </c>
       <c r="I249" t="s">
         <v>24</v>
       </c>
       <c r="J249"/>
       <c r="K249"/>
       <c r="L249"/>
       <c r="M249"/>
       <c r="N249"/>
       <c r="O249"/>
       <c r="P249"/>
       <c r="Q249" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="250" spans="1:17">
       <c r="A250">
         <v>14043</v>
       </c>
       <c r="B250" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C250" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D250" t="s">
         <v>167</v>
       </c>
       <c r="E250" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F250" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G250" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="H250" t="s">
         <v>66</v>
       </c>
       <c r="I250" t="s">
         <v>24</v>
       </c>
       <c r="J250"/>
       <c r="K250"/>
       <c r="L250"/>
       <c r="M250"/>
       <c r="N250"/>
       <c r="O250"/>
       <c r="P250"/>
       <c r="Q250" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="251" spans="1:17">
       <c r="A251">
         <v>14070</v>
       </c>
       <c r="B251" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C251" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D251" t="s">
         <v>497</v>
       </c>
       <c r="E251" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F251" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G251" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H251" t="s">
         <v>66</v>
       </c>
       <c r="I251" t="s">
         <v>24</v>
       </c>
       <c r="J251"/>
       <c r="K251"/>
       <c r="L251"/>
       <c r="M251"/>
       <c r="N251"/>
       <c r="O251"/>
       <c r="P251" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="Q251" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="252" spans="1:17">
       <c r="A252">
         <v>10701</v>
       </c>
       <c r="B252" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C252" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D252" t="s">
         <v>124</v>
       </c>
       <c r="E252" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="F252" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="G252" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="H252" t="s">
         <v>23</v>
       </c>
       <c r="I252" t="s">
         <v>24</v>
       </c>
       <c r="J252" t="s">
         <v>227</v>
       </c>
       <c r="K252"/>
       <c r="L252"/>
       <c r="M252"/>
       <c r="N252"/>
       <c r="O252" t="s">
         <v>402</v>
       </c>
       <c r="P252"/>
       <c r="Q252" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="253" spans="1:17">
       <c r="A253">
         <v>24968</v>
       </c>
       <c r="B253" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C253"/>
       <c r="D253"/>
       <c r="E253" t="s">
         <v>32</v>
       </c>
       <c r="F253" t="s">
         <v>33</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
         <v>23</v>
       </c>
       <c r="I253" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="J253"/>
       <c r="K253"/>
       <c r="L253"/>
       <c r="M253"/>
       <c r="N253"/>
       <c r="O253"/>
       <c r="P253" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="Q253" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="254" spans="1:17">
       <c r="A254">
         <v>11005</v>
       </c>
       <c r="B254" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C254" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D254" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="E254" t="s">
         <v>59</v>
       </c>
       <c r="F254" t="s">
         <v>60</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>90</v>
       </c>
       <c r="I254" t="s">
         <v>43</v>
       </c>
       <c r="J254"/>
       <c r="K254"/>
       <c r="L254"/>
       <c r="M254"/>
       <c r="N254"/>
       <c r="O254"/>
       <c r="P254" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="Q254" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="255" spans="1:17">
       <c r="A255">
         <v>80935</v>
       </c>
       <c r="B255" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C255" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D255" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="E255" t="s">
         <v>213</v>
       </c>
       <c r="F255" t="s">
         <v>214</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
         <v>23</v>
       </c>
       <c r="I255" t="s">
         <v>24</v>
       </c>
       <c r="J255" t="s">
         <v>25</v>
       </c>
       <c r="K255" t="s">
         <v>26</v>
       </c>
       <c r="L255"/>
       <c r="M255"/>
       <c r="N255"/>
       <c r="O255"/>
       <c r="P255" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="Q255" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="256" spans="1:17">
       <c r="A256">
         <v>14009</v>
       </c>
       <c r="B256" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C256" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D256" t="s">
         <v>594</v>
       </c>
       <c r="E256" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="F256" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
         <v>66</v>
       </c>
       <c r="I256" t="s">
         <v>24</v>
       </c>
       <c r="J256"/>
       <c r="K256"/>
       <c r="L256"/>
       <c r="M256"/>
       <c r="N256"/>
       <c r="O256"/>
       <c r="P256"/>
       <c r="Q256" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="257" spans="1:17">
       <c r="A257">
         <v>16377</v>
       </c>
       <c r="B257" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C257" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D257" t="s">
         <v>839</v>
       </c>
       <c r="E257" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="F257" t="s">
         <v>868</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
         <v>23</v>
       </c>
       <c r="I257" t="s">
         <v>24</v>
       </c>
       <c r="J257" t="s">
         <v>25</v>
       </c>
       <c r="K257" t="s">
         <v>26</v>
       </c>
       <c r="L257"/>
       <c r="M257"/>
       <c r="N257"/>
       <c r="O257"/>
       <c r="P257"/>
       <c r="Q257" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="258" spans="1:17">
       <c r="A258">
         <v>80944</v>
       </c>
       <c r="B258" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C258" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D258" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="E258" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F258" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
         <v>23</v>
       </c>
       <c r="I258" t="s">
         <v>24</v>
       </c>
       <c r="J258"/>
       <c r="K258"/>
       <c r="L258"/>
       <c r="M258"/>
       <c r="N258"/>
       <c r="O258"/>
       <c r="P258" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="Q258" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:17">
       <c r="A259">
         <v>14060</v>
       </c>
       <c r="B259" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C259" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D259" t="s">
         <v>186</v>
       </c>
       <c r="E259" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F259" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
         <v>66</v>
       </c>
       <c r="I259" t="s">
         <v>24</v>
       </c>
       <c r="J259" t="s">
         <v>227</v>
       </c>
       <c r="K259"/>
       <c r="L259"/>
       <c r="M259"/>
       <c r="N259"/>
       <c r="O259" t="s">
         <v>228</v>
       </c>
       <c r="P259"/>
       <c r="Q259" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>