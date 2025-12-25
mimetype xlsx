--- v0 (2025-10-18)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1843">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1839">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -2177,59 +2177,50 @@
   <si>
     <t>Limonium lobetanicum Erben</t>
   </si>
   <si>
     <t>Limonium tournefortii (Boiss.) Erben</t>
   </si>
   <si>
     <t>prueba_Espantazorras (Castellano)</t>
   </si>
   <si>
     <t>Limonium delicatulum subsp. tournefortii (Boiss.) Pignatti , Limonium ilerdense Erben</t>
   </si>
   <si>
     <t>Limonium viciosoi (Pau) Erben</t>
   </si>
   <si>
     <t>Linaria cannabina harterti (Bannerman, 1913)</t>
   </si>
   <si>
     <t>prueba_Pardillo común (Castellano), Pardillo majorero (Castellano)</t>
   </si>
   <si>
     <t>Carduelis cannabina harterti</t>
   </si>
   <si>
-    <t>Linaria cannabina meadewaldoi (Hartert, 1901)</t>
-[...7 lines deleted...]
-  <si>
     <t>Liochlaena lanceolata Nees</t>
   </si>
   <si>
     <t>Jungermannia leiantha Grolle</t>
   </si>
   <si>
     <t>Liocola lugubris (Herbst, 1786)</t>
   </si>
   <si>
     <t>Lolium lowei Menezes</t>
   </si>
   <si>
     <t>prueba_joyo (Castellano)</t>
   </si>
   <si>
     <t>Marthamea selysii (Pictet, 1841)</t>
   </si>
   <si>
     <t>Marthamea vitripennis (Burmeister, 1839)</t>
   </si>
   <si>
     <t>Melampyrum catalaunicum Freyn</t>
   </si>
   <si>
     <t>prueba_trigo de vaca (Gallego)</t>
@@ -2646,53 +2637,50 @@
     <t>Taraxacum cardiastrum Sahlin</t>
   </si>
   <si>
     <t>Taraxacum catodontum Sahlin</t>
   </si>
   <si>
     <t>Taraxacum claviflorum Sahlin</t>
   </si>
   <si>
     <t>Taraxacum coryphorum Sahlin</t>
   </si>
   <si>
     <t>Taraxacum cyrtum Sahlin</t>
   </si>
   <si>
     <t>Taraxacum dentilobum Soest</t>
   </si>
   <si>
     <t>Taraxacum dentilobium Soest</t>
   </si>
   <si>
     <t>Taraxacum faucicola Sahlin</t>
   </si>
   <si>
     <t>Taraxacum gallaecicum van Soest</t>
-  </si>
-[...1 lines deleted...]
-    <t>Taraxacum ibericum van Soest</t>
   </si>
   <si>
     <t>Taraxacum litophyllum De Langhe &amp; Soest</t>
   </si>
   <si>
     <t>Taraxacum mediterraneum Soest</t>
   </si>
   <si>
     <t>Taraxacum balearicum Soest</t>
   </si>
   <si>
     <t>Taraxacum merinoi van Soest</t>
   </si>
   <si>
     <t>Taraxacum miltinum Sahlin</t>
   </si>
   <si>
     <t>Taraxacum mimosinum Sahlin</t>
   </si>
   <si>
     <t>Taraxacum praesigne Sahlin</t>
   </si>
   <si>
     <t>Taraxacum sicagerum Sahlin</t>
   </si>
@@ -5894,51 +5882,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1058"/>
+  <dimension ref="A1:Q1056"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3279.485" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1390.803" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4999.493" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="266.506" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="393.904" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="57.7" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -15460,27446 +15448,27374 @@
       <c r="F253" t="s">
         <v>21</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
         <v>23</v>
       </c>
       <c r="I253" t="s">
         <v>114</v>
       </c>
       <c r="J253"/>
       <c r="K253"/>
       <c r="L253"/>
       <c r="M253"/>
       <c r="N253"/>
       <c r="O253"/>
       <c r="P253" t="s">
         <v>718</v>
       </c>
       <c r="Q253" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="254" spans="1:17">
       <c r="A254">
-        <v>79727</v>
+        <v>78519</v>
       </c>
       <c r="B254" t="s">
         <v>719</v>
       </c>
-      <c r="C254" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C254"/>
+      <c r="D254"/>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>21</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>23</v>
       </c>
       <c r="I254" t="s">
-        <v>114</v>
+        <v>562</v>
       </c>
       <c r="J254"/>
       <c r="K254"/>
       <c r="L254"/>
       <c r="M254"/>
       <c r="N254"/>
       <c r="O254"/>
       <c r="P254" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="Q254" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="255" spans="1:17">
       <c r="A255">
-        <v>78519</v>
+        <v>11625</v>
       </c>
       <c r="B255" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="C255"/>
       <c r="D255"/>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>21</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
         <v>23</v>
       </c>
       <c r="I255" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J255"/>
       <c r="K255"/>
       <c r="L255"/>
       <c r="M255"/>
       <c r="N255"/>
       <c r="O255"/>
-      <c r="P255" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P255"/>
       <c r="Q255" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="256" spans="1:17">
       <c r="A256">
-        <v>11625</v>
+        <v>1113</v>
       </c>
       <c r="B256" t="s">
-        <v>724</v>
-[...2 lines deleted...]
-      <c r="D256"/>
+        <v>722</v>
+      </c>
+      <c r="C256" t="s">
+        <v>723</v>
+      </c>
+      <c r="D256" t="s">
+        <v>34</v>
+      </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>21</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
         <v>23</v>
       </c>
       <c r="I256" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J256"/>
       <c r="K256"/>
       <c r="L256"/>
       <c r="M256"/>
       <c r="N256"/>
       <c r="O256"/>
       <c r="P256"/>
       <c r="Q256" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="257" spans="1:17">
       <c r="A257">
-        <v>1113</v>
+        <v>12183</v>
       </c>
       <c r="B257" t="s">
-        <v>725</v>
-[...6 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="C257"/>
+      <c r="D257"/>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>21</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
         <v>23</v>
       </c>
       <c r="I257" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J257"/>
       <c r="K257"/>
       <c r="L257"/>
       <c r="M257"/>
       <c r="N257"/>
       <c r="O257"/>
       <c r="P257"/>
       <c r="Q257" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="258" spans="1:17">
       <c r="A258">
-        <v>12183</v>
+        <v>12410</v>
       </c>
       <c r="B258" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="C258"/>
       <c r="D258"/>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
         <v>23</v>
       </c>
       <c r="I258" t="s">
         <v>42</v>
       </c>
       <c r="J258"/>
       <c r="K258"/>
       <c r="L258"/>
       <c r="M258"/>
       <c r="N258"/>
       <c r="O258"/>
       <c r="P258"/>
       <c r="Q258" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="259" spans="1:17">
       <c r="A259">
-        <v>12410</v>
+        <v>6282</v>
       </c>
       <c r="B259" t="s">
+        <v>726</v>
+      </c>
+      <c r="C259" t="s">
+        <v>727</v>
+      </c>
+      <c r="D259" t="s">
         <v>728</v>
       </c>
-      <c r="C259"/>
-      <c r="D259"/>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
         <v>23</v>
       </c>
       <c r="I259" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J259"/>
       <c r="K259"/>
       <c r="L259"/>
       <c r="M259"/>
       <c r="N259"/>
       <c r="O259"/>
-      <c r="P259"/>
+      <c r="P259" t="s">
+        <v>729</v>
+      </c>
       <c r="Q259" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="260" spans="1:17">
       <c r="A260">
-        <v>6282</v>
+        <v>11163</v>
       </c>
       <c r="B260" t="s">
-        <v>729</v>
-[...1 lines deleted...]
-      <c r="C260" t="s">
         <v>730</v>
       </c>
-      <c r="D260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C260"/>
+      <c r="D260"/>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>21</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
         <v>23</v>
       </c>
       <c r="I260" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J260"/>
       <c r="K260"/>
       <c r="L260"/>
       <c r="M260"/>
       <c r="N260"/>
       <c r="O260"/>
-      <c r="P260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P260"/>
       <c r="Q260" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="261" spans="1:17">
       <c r="A261">
-        <v>11163</v>
+        <v>11417</v>
       </c>
       <c r="B261" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="C261"/>
       <c r="D261"/>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>21</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
         <v>23</v>
       </c>
       <c r="I261" t="s">
         <v>42</v>
       </c>
       <c r="J261"/>
       <c r="K261"/>
       <c r="L261"/>
       <c r="M261"/>
       <c r="N261"/>
       <c r="O261"/>
       <c r="P261"/>
       <c r="Q261" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="262" spans="1:17">
       <c r="A262">
-        <v>11417</v>
+        <v>11689</v>
       </c>
       <c r="B262" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="C262"/>
       <c r="D262"/>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>21</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
         <v>23</v>
       </c>
       <c r="I262" t="s">
         <v>42</v>
       </c>
       <c r="J262"/>
       <c r="K262"/>
       <c r="L262"/>
       <c r="M262"/>
       <c r="N262"/>
       <c r="O262"/>
       <c r="P262"/>
       <c r="Q262" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="263" spans="1:17">
       <c r="A263">
-        <v>11689</v>
+        <v>12120</v>
       </c>
       <c r="B263" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="C263"/>
       <c r="D263"/>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>21</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
         <v>23</v>
       </c>
       <c r="I263" t="s">
         <v>42</v>
       </c>
       <c r="J263"/>
       <c r="K263"/>
       <c r="L263"/>
       <c r="M263"/>
       <c r="N263"/>
       <c r="O263"/>
       <c r="P263"/>
       <c r="Q263" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="264" spans="1:17">
       <c r="A264">
-        <v>12120</v>
+        <v>10897</v>
       </c>
       <c r="B264" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-      <c r="D264"/>
+        <v>734</v>
+      </c>
+      <c r="C264" t="s">
+        <v>735</v>
+      </c>
+      <c r="D264" t="s">
+        <v>19</v>
+      </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>21</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
         <v>23</v>
       </c>
       <c r="I264" t="s">
-        <v>42</v>
+        <v>114</v>
       </c>
       <c r="J264"/>
       <c r="K264"/>
       <c r="L264"/>
       <c r="M264"/>
       <c r="N264"/>
       <c r="O264"/>
       <c r="P264"/>
       <c r="Q264" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="265" spans="1:17">
       <c r="A265">
-        <v>10897</v>
+        <v>12158</v>
       </c>
       <c r="B265" t="s">
-        <v>737</v>
-[...6 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="C265"/>
+      <c r="D265"/>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>21</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
         <v>23</v>
       </c>
       <c r="I265" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="J265"/>
       <c r="K265"/>
       <c r="L265"/>
       <c r="M265"/>
       <c r="N265"/>
       <c r="O265"/>
       <c r="P265"/>
       <c r="Q265" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="266" spans="1:17">
       <c r="A266">
-        <v>12158</v>
+        <v>24194</v>
       </c>
       <c r="B266" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="C266"/>
       <c r="D266"/>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>21</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
         <v>23</v>
       </c>
       <c r="I266" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J266"/>
       <c r="K266"/>
       <c r="L266"/>
       <c r="M266"/>
       <c r="N266"/>
       <c r="O266"/>
       <c r="P266"/>
       <c r="Q266" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="267" spans="1:17">
       <c r="A267">
-        <v>24194</v>
+        <v>6547</v>
       </c>
       <c r="B267" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="C267"/>
       <c r="D267"/>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>21</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
         <v>23</v>
       </c>
       <c r="I267" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="J267"/>
       <c r="K267"/>
       <c r="L267"/>
       <c r="M267"/>
       <c r="N267"/>
       <c r="O267"/>
-      <c r="P267"/>
+      <c r="P267" t="s">
+        <v>739</v>
+      </c>
       <c r="Q267" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="268" spans="1:17">
       <c r="A268">
-        <v>6547</v>
+        <v>4799</v>
       </c>
       <c r="B268" t="s">
+        <v>740</v>
+      </c>
+      <c r="C268" t="s">
         <v>741</v>
       </c>
-      <c r="C268"/>
-      <c r="D268"/>
+      <c r="D268" t="s">
+        <v>34</v>
+      </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>21</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
         <v>23</v>
       </c>
       <c r="I268" t="s">
         <v>24</v>
       </c>
       <c r="J268"/>
       <c r="K268"/>
       <c r="L268"/>
       <c r="M268"/>
       <c r="N268"/>
       <c r="O268"/>
       <c r="P268" t="s">
         <v>742</v>
       </c>
       <c r="Q268" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="269" spans="1:17">
       <c r="A269">
-        <v>4799</v>
+        <v>6616</v>
       </c>
       <c r="B269" t="s">
         <v>743</v>
       </c>
-      <c r="C269" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C269"/>
+      <c r="D269"/>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>21</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
         <v>23</v>
       </c>
       <c r="I269" t="s">
         <v>24</v>
       </c>
       <c r="J269"/>
       <c r="K269"/>
       <c r="L269"/>
       <c r="M269"/>
       <c r="N269"/>
       <c r="O269"/>
       <c r="P269" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="Q269" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="270" spans="1:17">
       <c r="A270">
-        <v>6616</v>
+        <v>6887</v>
       </c>
       <c r="B270" t="s">
+        <v>745</v>
+      </c>
+      <c r="C270" t="s">
         <v>746</v>
       </c>
-      <c r="C270"/>
-      <c r="D270"/>
+      <c r="D270" t="s">
+        <v>747</v>
+      </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>21</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
         <v>23</v>
       </c>
       <c r="I270" t="s">
         <v>24</v>
       </c>
       <c r="J270"/>
       <c r="K270"/>
       <c r="L270"/>
       <c r="M270"/>
       <c r="N270"/>
       <c r="O270"/>
       <c r="P270" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="Q270" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="271" spans="1:17">
       <c r="A271">
-        <v>6887</v>
+        <v>32138</v>
       </c>
       <c r="B271" t="s">
-        <v>748</v>
-[...1 lines deleted...]
-      <c r="C271" t="s">
         <v>749</v>
       </c>
-      <c r="D271" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C271"/>
+      <c r="D271"/>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>21</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
         <v>23</v>
       </c>
       <c r="I271" t="s">
         <v>24</v>
       </c>
       <c r="J271"/>
       <c r="K271"/>
       <c r="L271"/>
       <c r="M271"/>
       <c r="N271"/>
       <c r="O271"/>
-      <c r="P271" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P271"/>
       <c r="Q271" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="272" spans="1:17">
       <c r="A272">
-        <v>32138</v>
+        <v>80523</v>
       </c>
       <c r="B272" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="C272"/>
       <c r="D272"/>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>21</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
         <v>23</v>
       </c>
       <c r="I272" t="s">
         <v>24</v>
       </c>
       <c r="J272"/>
       <c r="K272"/>
       <c r="L272"/>
       <c r="M272"/>
       <c r="N272"/>
       <c r="O272"/>
-      <c r="P272"/>
+      <c r="P272" t="s">
+        <v>751</v>
+      </c>
       <c r="Q272" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="273" spans="1:17">
       <c r="A273">
-        <v>80523</v>
+        <v>32139</v>
       </c>
       <c r="B273" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="C273"/>
       <c r="D273"/>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>21</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
         <v>23</v>
       </c>
       <c r="I273" t="s">
         <v>24</v>
       </c>
       <c r="J273"/>
       <c r="K273"/>
       <c r="L273"/>
       <c r="M273"/>
       <c r="N273"/>
       <c r="O273"/>
-      <c r="P273" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P273"/>
       <c r="Q273" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="274" spans="1:17">
       <c r="A274">
-        <v>32139</v>
+        <v>24020</v>
       </c>
       <c r="B274" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="C274"/>
       <c r="D274"/>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>21</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>23</v>
       </c>
       <c r="I274" t="s">
-        <v>24</v>
+        <v>562</v>
       </c>
       <c r="J274"/>
       <c r="K274"/>
       <c r="L274"/>
       <c r="M274"/>
       <c r="N274"/>
       <c r="O274"/>
       <c r="P274"/>
       <c r="Q274" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="275" spans="1:17">
       <c r="A275">
-        <v>24020</v>
+        <v>24021</v>
       </c>
       <c r="B275" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="C275"/>
       <c r="D275"/>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>21</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
         <v>23</v>
       </c>
       <c r="I275" t="s">
         <v>562</v>
       </c>
       <c r="J275"/>
       <c r="K275"/>
       <c r="L275"/>
       <c r="M275"/>
       <c r="N275"/>
       <c r="O275"/>
       <c r="P275"/>
       <c r="Q275" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="276" spans="1:17">
       <c r="A276">
-        <v>24021</v>
+        <v>24022</v>
       </c>
       <c r="B276" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="C276"/>
       <c r="D276"/>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>21</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
         <v>23</v>
       </c>
       <c r="I276" t="s">
         <v>562</v>
       </c>
       <c r="J276"/>
       <c r="K276"/>
       <c r="L276"/>
       <c r="M276"/>
       <c r="N276"/>
       <c r="O276"/>
       <c r="P276"/>
       <c r="Q276" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="277" spans="1:17">
       <c r="A277">
-        <v>24022</v>
+        <v>10878</v>
       </c>
       <c r="B277" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="C277"/>
       <c r="D277"/>
       <c r="E277" t="s">
         <v>20</v>
       </c>
       <c r="F277" t="s">
         <v>21</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
         <v>23</v>
       </c>
       <c r="I277" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J277"/>
       <c r="K277"/>
       <c r="L277"/>
       <c r="M277"/>
       <c r="N277"/>
       <c r="O277"/>
       <c r="P277"/>
       <c r="Q277" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="278" spans="1:17">
       <c r="A278">
-        <v>10878</v>
+        <v>11335</v>
       </c>
       <c r="B278" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="C278"/>
       <c r="D278"/>
       <c r="E278" t="s">
         <v>20</v>
       </c>
       <c r="F278" t="s">
         <v>21</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
         <v>23</v>
       </c>
       <c r="I278" t="s">
         <v>42</v>
       </c>
       <c r="J278"/>
       <c r="K278"/>
       <c r="L278"/>
       <c r="M278"/>
       <c r="N278"/>
       <c r="O278"/>
       <c r="P278"/>
       <c r="Q278" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="279" spans="1:17">
       <c r="A279">
-        <v>11335</v>
+        <v>12045</v>
       </c>
       <c r="B279" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="C279"/>
       <c r="D279"/>
       <c r="E279" t="s">
         <v>20</v>
       </c>
       <c r="F279" t="s">
         <v>21</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
         <v>23</v>
       </c>
       <c r="I279" t="s">
         <v>42</v>
       </c>
       <c r="J279"/>
       <c r="K279"/>
       <c r="L279"/>
       <c r="M279"/>
       <c r="N279"/>
       <c r="O279"/>
       <c r="P279"/>
       <c r="Q279" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="280" spans="1:17">
       <c r="A280">
-        <v>12045</v>
+        <v>12195</v>
       </c>
       <c r="B280" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="C280"/>
       <c r="D280"/>
       <c r="E280" t="s">
         <v>20</v>
       </c>
       <c r="F280" t="s">
         <v>21</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
         <v>23</v>
       </c>
       <c r="I280" t="s">
         <v>42</v>
       </c>
       <c r="J280"/>
       <c r="K280"/>
       <c r="L280"/>
       <c r="M280"/>
       <c r="N280"/>
       <c r="O280"/>
       <c r="P280"/>
       <c r="Q280" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="281" spans="1:17">
       <c r="A281">
-        <v>12195</v>
+        <v>24980</v>
       </c>
       <c r="B281" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="C281"/>
       <c r="D281"/>
       <c r="E281" t="s">
         <v>20</v>
       </c>
       <c r="F281" t="s">
         <v>21</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
         <v>23</v>
       </c>
       <c r="I281" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J281"/>
       <c r="K281"/>
       <c r="L281"/>
       <c r="M281"/>
       <c r="N281"/>
       <c r="O281"/>
       <c r="P281"/>
       <c r="Q281" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="282" spans="1:17">
       <c r="A282">
-        <v>24980</v>
+        <v>596</v>
       </c>
       <c r="B282" t="s">
-        <v>763</v>
-[...2 lines deleted...]
-      <c r="D282"/>
+        <v>761</v>
+      </c>
+      <c r="C282" t="s">
+        <v>762</v>
+      </c>
+      <c r="D282" t="s">
+        <v>19</v>
+      </c>
       <c r="E282" t="s">
         <v>20</v>
       </c>
       <c r="F282" t="s">
         <v>21</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
         <v>23</v>
       </c>
       <c r="I282" t="s">
         <v>24</v>
       </c>
       <c r="J282"/>
       <c r="K282"/>
       <c r="L282"/>
       <c r="M282"/>
       <c r="N282"/>
       <c r="O282"/>
       <c r="P282"/>
       <c r="Q282" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="283" spans="1:17">
       <c r="A283">
-        <v>596</v>
+        <v>1397</v>
       </c>
       <c r="B283" t="s">
+        <v>763</v>
+      </c>
+      <c r="C283" t="s">
         <v>764</v>
       </c>
-      <c r="C283" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D283" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="E283" t="s">
         <v>20</v>
       </c>
       <c r="F283" t="s">
         <v>21</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
         <v>23</v>
       </c>
       <c r="I283" t="s">
         <v>24</v>
       </c>
       <c r="J283"/>
       <c r="K283"/>
       <c r="L283"/>
       <c r="M283"/>
       <c r="N283"/>
       <c r="O283"/>
-      <c r="P283"/>
+      <c r="P283" t="s">
+        <v>765</v>
+      </c>
       <c r="Q283" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="284" spans="1:17">
       <c r="A284">
-        <v>1397</v>
+        <v>614</v>
       </c>
       <c r="B284" t="s">
         <v>766</v>
       </c>
-      <c r="C284" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C284"/>
+      <c r="D284"/>
       <c r="E284" t="s">
         <v>20</v>
       </c>
       <c r="F284" t="s">
         <v>21</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
         <v>23</v>
       </c>
       <c r="I284" t="s">
         <v>24</v>
       </c>
       <c r="J284"/>
       <c r="K284"/>
       <c r="L284"/>
       <c r="M284"/>
       <c r="N284"/>
       <c r="O284"/>
-      <c r="P284" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P284"/>
       <c r="Q284" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="285" spans="1:17">
       <c r="A285">
-        <v>614</v>
+        <v>12005</v>
       </c>
       <c r="B285" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="C285"/>
       <c r="D285"/>
       <c r="E285" t="s">
         <v>20</v>
       </c>
       <c r="F285" t="s">
         <v>21</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
         <v>23</v>
       </c>
       <c r="I285" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J285"/>
       <c r="K285"/>
       <c r="L285"/>
       <c r="M285"/>
       <c r="N285"/>
       <c r="O285"/>
       <c r="P285"/>
       <c r="Q285" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="286" spans="1:17">
       <c r="A286">
-        <v>12005</v>
+        <v>11407</v>
       </c>
       <c r="B286" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="C286"/>
       <c r="D286"/>
       <c r="E286" t="s">
         <v>20</v>
       </c>
       <c r="F286" t="s">
         <v>21</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
         <v>23</v>
       </c>
       <c r="I286" t="s">
         <v>42</v>
       </c>
       <c r="J286"/>
       <c r="K286"/>
       <c r="L286"/>
       <c r="M286"/>
       <c r="N286"/>
       <c r="O286"/>
       <c r="P286"/>
       <c r="Q286" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="287" spans="1:17">
       <c r="A287">
-        <v>11407</v>
+        <v>11361</v>
       </c>
       <c r="B287" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="C287"/>
       <c r="D287"/>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
         <v>21</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
         <v>23</v>
       </c>
       <c r="I287" t="s">
         <v>42</v>
       </c>
       <c r="J287"/>
       <c r="K287"/>
       <c r="L287"/>
       <c r="M287"/>
       <c r="N287"/>
       <c r="O287"/>
       <c r="P287"/>
       <c r="Q287" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="288" spans="1:17">
       <c r="A288">
-        <v>11361</v>
+        <v>11872</v>
       </c>
       <c r="B288" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="C288"/>
       <c r="D288"/>
       <c r="E288" t="s">
         <v>20</v>
       </c>
       <c r="F288" t="s">
         <v>21</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
         <v>23</v>
       </c>
       <c r="I288" t="s">
         <v>42</v>
       </c>
       <c r="J288"/>
       <c r="K288"/>
       <c r="L288"/>
       <c r="M288"/>
       <c r="N288"/>
       <c r="O288"/>
       <c r="P288"/>
       <c r="Q288" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="289" spans="1:17">
       <c r="A289">
-        <v>11872</v>
+        <v>37129</v>
       </c>
       <c r="B289" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="C289"/>
       <c r="D289"/>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
         <v>21</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
         <v>23</v>
       </c>
       <c r="I289" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J289"/>
       <c r="K289"/>
       <c r="L289"/>
       <c r="M289"/>
       <c r="N289"/>
       <c r="O289"/>
-      <c r="P289"/>
+      <c r="P289" t="s">
+        <v>772</v>
+      </c>
       <c r="Q289" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="290" spans="1:17">
       <c r="A290">
-        <v>37129</v>
+        <v>24023</v>
       </c>
       <c r="B290" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="C290"/>
       <c r="D290"/>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
         <v>21</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
         <v>23</v>
       </c>
       <c r="I290" t="s">
         <v>562</v>
       </c>
       <c r="J290"/>
       <c r="K290"/>
       <c r="L290"/>
       <c r="M290"/>
       <c r="N290"/>
       <c r="O290"/>
-      <c r="P290" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P290"/>
       <c r="Q290" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="291" spans="1:17">
       <c r="A291">
-        <v>24023</v>
+        <v>11867</v>
       </c>
       <c r="B291" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="C291"/>
       <c r="D291"/>
       <c r="E291" t="s">
         <v>20</v>
       </c>
       <c r="F291" t="s">
         <v>21</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
         <v>23</v>
       </c>
       <c r="I291" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J291"/>
       <c r="K291"/>
       <c r="L291"/>
       <c r="M291"/>
       <c r="N291"/>
       <c r="O291"/>
       <c r="P291"/>
       <c r="Q291" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="292" spans="1:17">
       <c r="A292">
-        <v>11867</v>
+        <v>37151</v>
       </c>
       <c r="B292" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="C292"/>
       <c r="D292"/>
       <c r="E292" t="s">
         <v>20</v>
       </c>
       <c r="F292" t="s">
         <v>21</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
         <v>23</v>
       </c>
       <c r="I292" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J292"/>
       <c r="K292"/>
       <c r="L292"/>
       <c r="M292"/>
       <c r="N292"/>
       <c r="O292"/>
-      <c r="P292"/>
+      <c r="P292" t="s">
+        <v>776</v>
+      </c>
       <c r="Q292" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="293" spans="1:17">
       <c r="A293">
-        <v>37151</v>
+        <v>24024</v>
       </c>
       <c r="B293" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="C293"/>
       <c r="D293"/>
       <c r="E293" t="s">
         <v>20</v>
       </c>
       <c r="F293" t="s">
         <v>21</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
         <v>23</v>
       </c>
       <c r="I293" t="s">
         <v>562</v>
       </c>
       <c r="J293"/>
       <c r="K293"/>
       <c r="L293"/>
       <c r="M293"/>
       <c r="N293"/>
       <c r="O293"/>
-      <c r="P293" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P293"/>
       <c r="Q293" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="294" spans="1:17">
       <c r="A294">
-        <v>24024</v>
+        <v>7496</v>
       </c>
       <c r="B294" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="C294"/>
       <c r="D294"/>
       <c r="E294" t="s">
         <v>20</v>
       </c>
       <c r="F294" t="s">
         <v>21</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
         <v>23</v>
       </c>
       <c r="I294" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="J294"/>
       <c r="K294"/>
       <c r="L294"/>
       <c r="M294"/>
       <c r="N294"/>
       <c r="O294"/>
       <c r="P294"/>
       <c r="Q294" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="295" spans="1:17">
       <c r="A295">
-        <v>7496</v>
+        <v>33121</v>
       </c>
       <c r="B295" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="C295"/>
       <c r="D295"/>
       <c r="E295" t="s">
         <v>20</v>
       </c>
       <c r="F295" t="s">
         <v>21</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
         <v>23</v>
       </c>
       <c r="I295" t="s">
         <v>24</v>
       </c>
       <c r="J295"/>
       <c r="K295"/>
       <c r="L295"/>
       <c r="M295"/>
       <c r="N295"/>
       <c r="O295"/>
-      <c r="P295"/>
+      <c r="P295" t="s">
+        <v>780</v>
+      </c>
       <c r="Q295" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="296" spans="1:17">
       <c r="A296">
-        <v>33121</v>
+        <v>7557</v>
       </c>
       <c r="B296" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="C296"/>
       <c r="D296"/>
       <c r="E296" t="s">
         <v>20</v>
       </c>
       <c r="F296" t="s">
         <v>21</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
         <v>23</v>
       </c>
       <c r="I296" t="s">
         <v>24</v>
       </c>
       <c r="J296"/>
       <c r="K296"/>
       <c r="L296"/>
       <c r="M296"/>
       <c r="N296"/>
       <c r="O296"/>
-      <c r="P296" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P296"/>
       <c r="Q296" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="297" spans="1:17">
       <c r="A297">
-        <v>7557</v>
+        <v>7575</v>
       </c>
       <c r="B297" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="C297"/>
       <c r="D297"/>
       <c r="E297" t="s">
         <v>20</v>
       </c>
       <c r="F297" t="s">
         <v>21</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
         <v>23</v>
       </c>
       <c r="I297" t="s">
         <v>24</v>
       </c>
       <c r="J297"/>
       <c r="K297"/>
       <c r="L297"/>
       <c r="M297"/>
       <c r="N297"/>
       <c r="O297"/>
-      <c r="P297"/>
+      <c r="P297" t="s">
+        <v>783</v>
+      </c>
       <c r="Q297" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="298" spans="1:17">
       <c r="A298">
-        <v>7575</v>
+        <v>12304</v>
       </c>
       <c r="B298" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="C298"/>
       <c r="D298"/>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>21</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
         <v>23</v>
       </c>
       <c r="I298" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="J298"/>
       <c r="K298"/>
       <c r="L298"/>
       <c r="M298"/>
       <c r="N298"/>
       <c r="O298"/>
-      <c r="P298" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P298"/>
       <c r="Q298" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="299" spans="1:17">
       <c r="A299">
-        <v>12304</v>
+        <v>24025</v>
       </c>
       <c r="B299" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="C299"/>
       <c r="D299"/>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
         <v>21</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
         <v>23</v>
       </c>
       <c r="I299" t="s">
-        <v>114</v>
+        <v>562</v>
       </c>
       <c r="J299"/>
       <c r="K299"/>
       <c r="L299"/>
       <c r="M299"/>
       <c r="N299"/>
       <c r="O299"/>
       <c r="P299"/>
       <c r="Q299" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="300" spans="1:17">
       <c r="A300">
-        <v>24025</v>
+        <v>11842</v>
       </c>
       <c r="B300" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C300"/>
       <c r="D300"/>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>21</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
         <v>23</v>
       </c>
       <c r="I300" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J300"/>
       <c r="K300"/>
       <c r="L300"/>
       <c r="M300"/>
       <c r="N300"/>
       <c r="O300"/>
       <c r="P300"/>
       <c r="Q300" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="301" spans="1:17">
       <c r="A301">
-        <v>11842</v>
+        <v>11771</v>
       </c>
       <c r="B301" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="C301"/>
       <c r="D301"/>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>21</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
         <v>23</v>
       </c>
       <c r="I301" t="s">
         <v>42</v>
       </c>
       <c r="J301"/>
       <c r="K301"/>
       <c r="L301"/>
       <c r="M301"/>
       <c r="N301"/>
       <c r="O301"/>
       <c r="P301"/>
       <c r="Q301" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="302" spans="1:17">
       <c r="A302">
-        <v>11771</v>
+        <v>12317</v>
       </c>
       <c r="B302" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="C302"/>
       <c r="D302"/>
       <c r="E302" t="s">
         <v>20</v>
       </c>
       <c r="F302" t="s">
         <v>21</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
         <v>23</v>
       </c>
       <c r="I302" t="s">
         <v>42</v>
       </c>
       <c r="J302"/>
       <c r="K302"/>
       <c r="L302"/>
       <c r="M302"/>
       <c r="N302"/>
       <c r="O302"/>
       <c r="P302"/>
       <c r="Q302" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="303" spans="1:17">
       <c r="A303">
-        <v>12317</v>
+        <v>11602</v>
       </c>
       <c r="B303" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="C303"/>
       <c r="D303"/>
       <c r="E303" t="s">
         <v>20</v>
       </c>
       <c r="F303" t="s">
         <v>21</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
         <v>23</v>
       </c>
       <c r="I303" t="s">
         <v>42</v>
       </c>
       <c r="J303"/>
       <c r="K303"/>
       <c r="L303"/>
       <c r="M303"/>
       <c r="N303"/>
       <c r="O303"/>
       <c r="P303"/>
       <c r="Q303" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="304" spans="1:17">
       <c r="A304">
-        <v>11602</v>
+        <v>10915</v>
       </c>
       <c r="B304" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C304"/>
       <c r="D304"/>
       <c r="E304" t="s">
         <v>20</v>
       </c>
       <c r="F304" t="s">
         <v>21</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
         <v>23</v>
       </c>
       <c r="I304" t="s">
         <v>42</v>
       </c>
       <c r="J304"/>
       <c r="K304"/>
       <c r="L304"/>
       <c r="M304"/>
       <c r="N304"/>
       <c r="O304"/>
       <c r="P304"/>
       <c r="Q304" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="305" spans="1:17">
       <c r="A305">
-        <v>10915</v>
+        <v>24198</v>
       </c>
       <c r="B305" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="C305"/>
       <c r="D305"/>
       <c r="E305" t="s">
         <v>20</v>
       </c>
       <c r="F305" t="s">
         <v>21</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
         <v>23</v>
       </c>
       <c r="I305" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J305"/>
       <c r="K305"/>
       <c r="L305"/>
       <c r="M305"/>
       <c r="N305"/>
       <c r="O305"/>
       <c r="P305"/>
       <c r="Q305" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="306" spans="1:17">
       <c r="A306">
-        <v>24198</v>
+        <v>24182</v>
       </c>
       <c r="B306" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C306"/>
       <c r="D306"/>
       <c r="E306" t="s">
         <v>20</v>
       </c>
       <c r="F306" t="s">
         <v>21</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
         <v>23</v>
       </c>
       <c r="I306" t="s">
         <v>562</v>
       </c>
       <c r="J306"/>
       <c r="K306"/>
       <c r="L306"/>
       <c r="M306"/>
       <c r="N306"/>
       <c r="O306"/>
       <c r="P306"/>
       <c r="Q306" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="307" spans="1:17">
       <c r="A307">
-        <v>24182</v>
+        <v>24183</v>
       </c>
       <c r="B307" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="C307"/>
       <c r="D307"/>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="F307" t="s">
         <v>21</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
         <v>23</v>
       </c>
       <c r="I307" t="s">
         <v>562</v>
       </c>
       <c r="J307"/>
       <c r="K307"/>
       <c r="L307"/>
       <c r="M307"/>
       <c r="N307"/>
       <c r="O307"/>
       <c r="P307"/>
       <c r="Q307" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="308" spans="1:17">
       <c r="A308">
-        <v>24183</v>
+        <v>24184</v>
       </c>
       <c r="B308" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="C308"/>
       <c r="D308"/>
       <c r="E308" t="s">
         <v>20</v>
       </c>
       <c r="F308" t="s">
         <v>21</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
         <v>23</v>
       </c>
       <c r="I308" t="s">
         <v>562</v>
       </c>
       <c r="J308"/>
       <c r="K308"/>
       <c r="L308"/>
       <c r="M308"/>
       <c r="N308"/>
       <c r="O308"/>
       <c r="P308"/>
       <c r="Q308" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="309" spans="1:17">
       <c r="A309">
-        <v>24184</v>
+        <v>11096</v>
       </c>
       <c r="B309" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="C309"/>
       <c r="D309"/>
       <c r="E309" t="s">
         <v>20</v>
       </c>
       <c r="F309" t="s">
         <v>21</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
         <v>23</v>
       </c>
       <c r="I309" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J309"/>
       <c r="K309"/>
       <c r="L309"/>
       <c r="M309"/>
       <c r="N309"/>
       <c r="O309"/>
       <c r="P309"/>
       <c r="Q309" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="310" spans="1:17">
       <c r="A310">
-        <v>11096</v>
+        <v>7606</v>
       </c>
       <c r="B310" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="C310"/>
       <c r="D310"/>
       <c r="E310" t="s">
         <v>20</v>
       </c>
       <c r="F310" t="s">
         <v>21</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
         <v>23</v>
       </c>
       <c r="I310" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J310"/>
       <c r="K310"/>
       <c r="L310"/>
       <c r="M310"/>
       <c r="N310"/>
       <c r="O310"/>
       <c r="P310"/>
       <c r="Q310" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="311" spans="1:17">
       <c r="A311">
-        <v>7606</v>
+        <v>7607</v>
       </c>
       <c r="B311" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="C311"/>
       <c r="D311"/>
       <c r="E311" t="s">
         <v>20</v>
       </c>
       <c r="F311" t="s">
         <v>21</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
         <v>23</v>
       </c>
       <c r="I311" t="s">
         <v>24</v>
       </c>
       <c r="J311"/>
       <c r="K311"/>
       <c r="L311"/>
       <c r="M311"/>
       <c r="N311"/>
       <c r="O311"/>
       <c r="P311"/>
       <c r="Q311" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="312" spans="1:17">
       <c r="A312">
-        <v>7607</v>
+        <v>1434</v>
       </c>
       <c r="B312" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-      <c r="D312"/>
+        <v>798</v>
+      </c>
+      <c r="C312" t="s">
+        <v>799</v>
+      </c>
+      <c r="D312" t="s">
+        <v>34</v>
+      </c>
       <c r="E312" t="s">
         <v>20</v>
       </c>
       <c r="F312" t="s">
         <v>21</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
         <v>23</v>
       </c>
       <c r="I312" t="s">
         <v>24</v>
       </c>
       <c r="J312"/>
       <c r="K312"/>
       <c r="L312"/>
       <c r="M312"/>
       <c r="N312"/>
       <c r="O312"/>
       <c r="P312"/>
       <c r="Q312" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="313" spans="1:17">
       <c r="A313">
-        <v>1434</v>
+        <v>7608</v>
       </c>
       <c r="B313" t="s">
-        <v>801</v>
-[...6 lines deleted...]
-      </c>
+        <v>800</v>
+      </c>
+      <c r="C313"/>
+      <c r="D313"/>
       <c r="E313" t="s">
         <v>20</v>
       </c>
       <c r="F313" t="s">
         <v>21</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
         <v>23</v>
       </c>
       <c r="I313" t="s">
         <v>24</v>
       </c>
       <c r="J313"/>
       <c r="K313"/>
       <c r="L313"/>
       <c r="M313"/>
       <c r="N313"/>
       <c r="O313"/>
       <c r="P313"/>
       <c r="Q313" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="314" spans="1:17">
       <c r="A314">
-        <v>7608</v>
+        <v>7609</v>
       </c>
       <c r="B314" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="C314"/>
       <c r="D314"/>
       <c r="E314" t="s">
         <v>20</v>
       </c>
       <c r="F314" t="s">
         <v>21</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
         <v>23</v>
       </c>
       <c r="I314" t="s">
         <v>24</v>
       </c>
       <c r="J314"/>
       <c r="K314"/>
       <c r="L314"/>
       <c r="M314"/>
       <c r="N314"/>
       <c r="O314"/>
       <c r="P314"/>
       <c r="Q314" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="315" spans="1:17">
       <c r="A315">
-        <v>7609</v>
+        <v>11782</v>
       </c>
       <c r="B315" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="C315"/>
       <c r="D315"/>
       <c r="E315" t="s">
         <v>20</v>
       </c>
       <c r="F315" t="s">
         <v>21</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>23</v>
       </c>
       <c r="I315" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J315"/>
       <c r="K315"/>
       <c r="L315"/>
       <c r="M315"/>
       <c r="N315"/>
       <c r="O315"/>
       <c r="P315"/>
       <c r="Q315" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="316" spans="1:17">
       <c r="A316">
-        <v>11782</v>
+        <v>24185</v>
       </c>
       <c r="B316" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="C316"/>
       <c r="D316"/>
       <c r="E316" t="s">
         <v>20</v>
       </c>
       <c r="F316" t="s">
         <v>21</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
         <v>23</v>
       </c>
       <c r="I316" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J316"/>
       <c r="K316"/>
       <c r="L316"/>
       <c r="M316"/>
       <c r="N316"/>
       <c r="O316"/>
       <c r="P316"/>
       <c r="Q316" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="317" spans="1:17">
       <c r="A317">
-        <v>24185</v>
+        <v>24186</v>
       </c>
       <c r="B317" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="C317"/>
       <c r="D317"/>
       <c r="E317" t="s">
         <v>20</v>
       </c>
       <c r="F317" t="s">
         <v>21</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>23</v>
       </c>
       <c r="I317" t="s">
         <v>562</v>
       </c>
       <c r="J317"/>
       <c r="K317"/>
       <c r="L317"/>
       <c r="M317"/>
       <c r="N317"/>
       <c r="O317"/>
       <c r="P317"/>
       <c r="Q317" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="318" spans="1:17">
       <c r="A318">
-        <v>24186</v>
+        <v>24187</v>
       </c>
       <c r="B318" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="C318"/>
       <c r="D318"/>
       <c r="E318" t="s">
         <v>20</v>
       </c>
       <c r="F318" t="s">
         <v>21</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
         <v>23</v>
       </c>
       <c r="I318" t="s">
         <v>562</v>
       </c>
       <c r="J318"/>
       <c r="K318"/>
       <c r="L318"/>
       <c r="M318"/>
       <c r="N318"/>
       <c r="O318"/>
       <c r="P318"/>
       <c r="Q318" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="319" spans="1:17">
       <c r="A319">
-        <v>24187</v>
+        <v>24188</v>
       </c>
       <c r="B319" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="C319"/>
       <c r="D319"/>
       <c r="E319" t="s">
         <v>20</v>
       </c>
       <c r="F319" t="s">
         <v>21</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
         <v>23</v>
       </c>
       <c r="I319" t="s">
         <v>562</v>
       </c>
       <c r="J319"/>
       <c r="K319"/>
       <c r="L319"/>
       <c r="M319"/>
       <c r="N319"/>
       <c r="O319"/>
       <c r="P319"/>
       <c r="Q319" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="320" spans="1:17">
       <c r="A320">
-        <v>24188</v>
+        <v>24189</v>
       </c>
       <c r="B320" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="C320"/>
       <c r="D320"/>
       <c r="E320" t="s">
         <v>20</v>
       </c>
       <c r="F320" t="s">
         <v>21</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
         <v>23</v>
       </c>
       <c r="I320" t="s">
         <v>562</v>
       </c>
       <c r="J320"/>
       <c r="K320"/>
       <c r="L320"/>
       <c r="M320"/>
       <c r="N320"/>
       <c r="O320"/>
       <c r="P320"/>
       <c r="Q320" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="321" spans="1:17">
       <c r="A321">
-        <v>24189</v>
+        <v>24190</v>
       </c>
       <c r="B321" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="C321"/>
       <c r="D321"/>
       <c r="E321" t="s">
         <v>20</v>
       </c>
       <c r="F321" t="s">
         <v>21</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
         <v>23</v>
       </c>
       <c r="I321" t="s">
         <v>562</v>
       </c>
       <c r="J321"/>
       <c r="K321"/>
       <c r="L321"/>
       <c r="M321"/>
       <c r="N321"/>
       <c r="O321"/>
       <c r="P321"/>
       <c r="Q321" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="322" spans="1:17">
       <c r="A322">
-        <v>24190</v>
+        <v>24191</v>
       </c>
       <c r="B322" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="C322"/>
       <c r="D322"/>
       <c r="E322" t="s">
         <v>20</v>
       </c>
       <c r="F322" t="s">
         <v>21</v>
       </c>
       <c r="G322"/>
       <c r="H322" t="s">
         <v>23</v>
       </c>
       <c r="I322" t="s">
         <v>562</v>
       </c>
       <c r="J322"/>
       <c r="K322"/>
       <c r="L322"/>
       <c r="M322"/>
       <c r="N322"/>
       <c r="O322"/>
       <c r="P322"/>
       <c r="Q322" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="323" spans="1:17">
       <c r="A323">
-        <v>24191</v>
+        <v>24192</v>
       </c>
       <c r="B323" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="C323"/>
       <c r="D323"/>
       <c r="E323" t="s">
         <v>20</v>
       </c>
       <c r="F323" t="s">
         <v>21</v>
       </c>
       <c r="G323"/>
       <c r="H323" t="s">
         <v>23</v>
       </c>
       <c r="I323" t="s">
         <v>562</v>
       </c>
       <c r="J323"/>
       <c r="K323"/>
       <c r="L323"/>
       <c r="M323"/>
       <c r="N323"/>
       <c r="O323"/>
       <c r="P323"/>
       <c r="Q323" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="324" spans="1:17">
       <c r="A324">
-        <v>24192</v>
+        <v>24027</v>
       </c>
       <c r="B324" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="C324"/>
       <c r="D324"/>
       <c r="E324" t="s">
         <v>20</v>
       </c>
       <c r="F324" t="s">
         <v>21</v>
       </c>
       <c r="G324"/>
       <c r="H324" t="s">
         <v>23</v>
       </c>
       <c r="I324" t="s">
         <v>562</v>
       </c>
       <c r="J324"/>
       <c r="K324"/>
       <c r="L324"/>
       <c r="M324"/>
       <c r="N324"/>
       <c r="O324"/>
       <c r="P324"/>
       <c r="Q324" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="325" spans="1:17">
       <c r="A325">
-        <v>24027</v>
+        <v>24028</v>
       </c>
       <c r="B325" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="C325"/>
       <c r="D325"/>
       <c r="E325" t="s">
         <v>20</v>
       </c>
       <c r="F325" t="s">
         <v>21</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
         <v>23</v>
       </c>
       <c r="I325" t="s">
         <v>562</v>
       </c>
       <c r="J325"/>
       <c r="K325"/>
       <c r="L325"/>
       <c r="M325"/>
       <c r="N325"/>
       <c r="O325"/>
       <c r="P325"/>
       <c r="Q325" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="326" spans="1:17">
       <c r="A326">
-        <v>24028</v>
+        <v>24046</v>
       </c>
       <c r="B326" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="C326"/>
       <c r="D326"/>
       <c r="E326" t="s">
         <v>20</v>
       </c>
       <c r="F326" t="s">
         <v>21</v>
       </c>
       <c r="G326"/>
       <c r="H326" t="s">
         <v>23</v>
       </c>
       <c r="I326" t="s">
         <v>562</v>
       </c>
       <c r="J326"/>
       <c r="K326"/>
       <c r="L326"/>
       <c r="M326"/>
       <c r="N326"/>
       <c r="O326"/>
       <c r="P326"/>
       <c r="Q326" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="327" spans="1:17">
       <c r="A327">
-        <v>24046</v>
+        <v>24029</v>
       </c>
       <c r="B327" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="C327"/>
       <c r="D327"/>
       <c r="E327" t="s">
         <v>20</v>
       </c>
       <c r="F327" t="s">
         <v>21</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
         <v>23</v>
       </c>
       <c r="I327" t="s">
         <v>562</v>
       </c>
       <c r="J327"/>
       <c r="K327"/>
       <c r="L327"/>
       <c r="M327"/>
       <c r="N327"/>
       <c r="O327"/>
       <c r="P327"/>
       <c r="Q327" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="328" spans="1:17">
       <c r="A328">
-        <v>24029</v>
+        <v>24030</v>
       </c>
       <c r="B328" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="C328"/>
       <c r="D328"/>
       <c r="E328" t="s">
         <v>20</v>
       </c>
       <c r="F328" t="s">
         <v>21</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
         <v>23</v>
       </c>
       <c r="I328" t="s">
         <v>562</v>
       </c>
       <c r="J328"/>
       <c r="K328"/>
       <c r="L328"/>
       <c r="M328"/>
       <c r="N328"/>
       <c r="O328"/>
       <c r="P328"/>
       <c r="Q328" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="329" spans="1:17">
       <c r="A329">
-        <v>24030</v>
+        <v>24031</v>
       </c>
       <c r="B329" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="C329"/>
       <c r="D329"/>
       <c r="E329" t="s">
         <v>20</v>
       </c>
       <c r="F329" t="s">
         <v>21</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
         <v>23</v>
       </c>
       <c r="I329" t="s">
         <v>562</v>
       </c>
       <c r="J329"/>
       <c r="K329"/>
       <c r="L329"/>
       <c r="M329"/>
       <c r="N329"/>
       <c r="O329"/>
       <c r="P329"/>
       <c r="Q329" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="330" spans="1:17">
       <c r="A330">
-        <v>24031</v>
+        <v>24032</v>
       </c>
       <c r="B330" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="C330"/>
       <c r="D330"/>
       <c r="E330" t="s">
         <v>20</v>
       </c>
       <c r="F330" t="s">
         <v>21</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
         <v>23</v>
       </c>
       <c r="I330" t="s">
         <v>562</v>
       </c>
       <c r="J330"/>
       <c r="K330"/>
       <c r="L330"/>
       <c r="M330"/>
       <c r="N330"/>
       <c r="O330"/>
       <c r="P330"/>
       <c r="Q330" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="331" spans="1:17">
       <c r="A331">
-        <v>24032</v>
+        <v>8118</v>
       </c>
       <c r="B331" t="s">
+        <v>818</v>
+      </c>
+      <c r="C331" t="s">
+        <v>819</v>
+      </c>
+      <c r="D331" t="s">
         <v>820</v>
       </c>
-      <c r="C331"/>
-      <c r="D331"/>
       <c r="E331" t="s">
         <v>20</v>
       </c>
       <c r="F331" t="s">
         <v>21</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
         <v>23</v>
       </c>
       <c r="I331" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="J331"/>
       <c r="K331"/>
       <c r="L331"/>
       <c r="M331"/>
       <c r="N331"/>
       <c r="O331"/>
-      <c r="P331"/>
+      <c r="P331" t="s">
+        <v>821</v>
+      </c>
       <c r="Q331" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="332" spans="1:17">
       <c r="A332">
-        <v>8118</v>
+        <v>24047</v>
       </c>
       <c r="B332" t="s">
-        <v>821</v>
-[...1 lines deleted...]
-      <c r="C332" t="s">
         <v>822</v>
       </c>
-      <c r="D332" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C332"/>
+      <c r="D332"/>
       <c r="E332" t="s">
         <v>20</v>
       </c>
       <c r="F332" t="s">
         <v>21</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
         <v>23</v>
       </c>
       <c r="I332" t="s">
-        <v>24</v>
+        <v>562</v>
       </c>
       <c r="J332"/>
       <c r="K332"/>
       <c r="L332"/>
       <c r="M332"/>
       <c r="N332"/>
       <c r="O332"/>
-      <c r="P332" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P332"/>
       <c r="Q332" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="333" spans="1:17">
       <c r="A333">
-        <v>24047</v>
+        <v>24033</v>
       </c>
       <c r="B333" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C333"/>
       <c r="D333"/>
       <c r="E333" t="s">
         <v>20</v>
       </c>
       <c r="F333" t="s">
         <v>21</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
         <v>23</v>
       </c>
       <c r="I333" t="s">
         <v>562</v>
       </c>
       <c r="J333"/>
       <c r="K333"/>
       <c r="L333"/>
       <c r="M333"/>
       <c r="N333"/>
       <c r="O333"/>
       <c r="P333"/>
       <c r="Q333" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="334" spans="1:17">
       <c r="A334">
-        <v>24033</v>
+        <v>24034</v>
       </c>
       <c r="B334" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="C334"/>
       <c r="D334"/>
       <c r="E334" t="s">
         <v>20</v>
       </c>
       <c r="F334" t="s">
         <v>21</v>
       </c>
       <c r="G334"/>
       <c r="H334" t="s">
         <v>23</v>
       </c>
       <c r="I334" t="s">
         <v>562</v>
       </c>
       <c r="J334"/>
       <c r="K334"/>
       <c r="L334"/>
       <c r="M334"/>
       <c r="N334"/>
       <c r="O334"/>
       <c r="P334"/>
       <c r="Q334" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="335" spans="1:17">
       <c r="A335">
-        <v>24034</v>
+        <v>24035</v>
       </c>
       <c r="B335" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="C335"/>
       <c r="D335"/>
       <c r="E335" t="s">
         <v>20</v>
       </c>
       <c r="F335" t="s">
         <v>21</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
         <v>23</v>
       </c>
       <c r="I335" t="s">
         <v>562</v>
       </c>
       <c r="J335"/>
       <c r="K335"/>
       <c r="L335"/>
       <c r="M335"/>
       <c r="N335"/>
       <c r="O335"/>
       <c r="P335"/>
       <c r="Q335" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="336" spans="1:17">
       <c r="A336">
-        <v>24035</v>
+        <v>8163</v>
       </c>
       <c r="B336" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="C336"/>
       <c r="D336"/>
       <c r="E336" t="s">
         <v>20</v>
       </c>
       <c r="F336" t="s">
         <v>21</v>
       </c>
       <c r="G336"/>
       <c r="H336" t="s">
         <v>23</v>
       </c>
       <c r="I336" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="J336"/>
       <c r="K336"/>
       <c r="L336"/>
       <c r="M336"/>
       <c r="N336"/>
       <c r="O336"/>
-      <c r="P336"/>
+      <c r="P336" t="s">
+        <v>827</v>
+      </c>
       <c r="Q336" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="337" spans="1:17">
       <c r="A337">
-        <v>8163</v>
+        <v>37617</v>
       </c>
       <c r="B337" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="C337"/>
       <c r="D337"/>
       <c r="E337" t="s">
         <v>20</v>
       </c>
       <c r="F337" t="s">
         <v>21</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
         <v>23</v>
       </c>
       <c r="I337" t="s">
         <v>24</v>
       </c>
       <c r="J337"/>
       <c r="K337"/>
       <c r="L337"/>
       <c r="M337"/>
       <c r="N337"/>
       <c r="O337"/>
       <c r="P337" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="Q337" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="338" spans="1:17">
       <c r="A338">
-        <v>37617</v>
+        <v>33133</v>
       </c>
       <c r="B338" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="C338"/>
       <c r="D338"/>
       <c r="E338" t="s">
         <v>20</v>
       </c>
       <c r="F338" t="s">
         <v>21</v>
       </c>
       <c r="G338"/>
       <c r="H338" t="s">
         <v>23</v>
       </c>
       <c r="I338" t="s">
         <v>24</v>
       </c>
       <c r="J338"/>
       <c r="K338"/>
       <c r="L338"/>
       <c r="M338"/>
       <c r="N338"/>
       <c r="O338"/>
       <c r="P338" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="Q338" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="339" spans="1:17">
       <c r="A339">
-        <v>33133</v>
+        <v>8278</v>
       </c>
       <c r="B339" t="s">
+        <v>832</v>
+      </c>
+      <c r="C339" t="s">
         <v>833</v>
       </c>
-      <c r="C339"/>
-      <c r="D339"/>
+      <c r="D339" t="s">
+        <v>34</v>
+      </c>
       <c r="E339" t="s">
         <v>20</v>
       </c>
       <c r="F339" t="s">
         <v>21</v>
       </c>
       <c r="G339"/>
       <c r="H339" t="s">
         <v>23</v>
       </c>
       <c r="I339" t="s">
         <v>24</v>
       </c>
       <c r="J339"/>
       <c r="K339"/>
       <c r="L339"/>
       <c r="M339"/>
       <c r="N339"/>
       <c r="O339"/>
       <c r="P339" t="s">
         <v>834</v>
       </c>
       <c r="Q339" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="340" spans="1:17">
       <c r="A340">
-        <v>8278</v>
+        <v>32019</v>
       </c>
       <c r="B340" t="s">
         <v>835</v>
       </c>
       <c r="C340" t="s">
         <v>836</v>
       </c>
       <c r="D340" t="s">
         <v>34</v>
       </c>
       <c r="E340" t="s">
         <v>20</v>
       </c>
       <c r="F340" t="s">
         <v>21</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
         <v>23</v>
       </c>
       <c r="I340" t="s">
         <v>24</v>
       </c>
       <c r="J340"/>
       <c r="K340"/>
       <c r="L340"/>
       <c r="M340"/>
       <c r="N340"/>
       <c r="O340"/>
-      <c r="P340" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P340"/>
       <c r="Q340" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="341" spans="1:17">
       <c r="A341">
-        <v>32019</v>
+        <v>8341</v>
       </c>
       <c r="B341" t="s">
+        <v>837</v>
+      </c>
+      <c r="C341" t="s">
         <v>838</v>
       </c>
-      <c r="C341" t="s">
+      <c r="D341" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="E341" t="s">
         <v>20</v>
       </c>
       <c r="F341" t="s">
         <v>21</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
         <v>23</v>
       </c>
       <c r="I341" t="s">
         <v>24</v>
       </c>
       <c r="J341"/>
       <c r="K341"/>
       <c r="L341"/>
       <c r="M341"/>
       <c r="N341"/>
       <c r="O341"/>
-      <c r="P341"/>
+      <c r="P341" t="s">
+        <v>840</v>
+      </c>
       <c r="Q341" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="342" spans="1:17">
       <c r="A342">
-        <v>8341</v>
+        <v>32026</v>
       </c>
       <c r="B342" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C342" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D342" t="s">
-        <v>842</v>
+        <v>34</v>
       </c>
       <c r="E342" t="s">
         <v>20</v>
       </c>
       <c r="F342" t="s">
         <v>21</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
         <v>23</v>
       </c>
       <c r="I342" t="s">
         <v>24</v>
       </c>
       <c r="J342"/>
       <c r="K342"/>
       <c r="L342"/>
       <c r="M342"/>
       <c r="N342"/>
       <c r="O342"/>
-      <c r="P342" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P342"/>
       <c r="Q342" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="343" spans="1:17">
       <c r="A343">
-        <v>32026</v>
+        <v>8433</v>
       </c>
       <c r="B343" t="s">
-        <v>844</v>
-[...6 lines deleted...]
-      </c>
+        <v>843</v>
+      </c>
+      <c r="C343"/>
+      <c r="D343"/>
       <c r="E343" t="s">
         <v>20</v>
       </c>
       <c r="F343" t="s">
         <v>21</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
         <v>23</v>
       </c>
       <c r="I343" t="s">
         <v>24</v>
       </c>
       <c r="J343"/>
       <c r="K343"/>
       <c r="L343"/>
       <c r="M343"/>
       <c r="N343"/>
       <c r="O343"/>
       <c r="P343"/>
       <c r="Q343" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="344" spans="1:17">
       <c r="A344">
-        <v>8433</v>
+        <v>8361</v>
       </c>
       <c r="B344" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="C344"/>
       <c r="D344"/>
       <c r="E344" t="s">
         <v>20</v>
       </c>
       <c r="F344" t="s">
         <v>21</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
         <v>23</v>
       </c>
       <c r="I344" t="s">
         <v>24</v>
       </c>
       <c r="J344"/>
       <c r="K344"/>
       <c r="L344"/>
       <c r="M344"/>
       <c r="N344"/>
       <c r="O344"/>
       <c r="P344"/>
       <c r="Q344" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="345" spans="1:17">
       <c r="A345">
-        <v>8361</v>
+        <v>11942</v>
       </c>
       <c r="B345" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="C345"/>
       <c r="D345"/>
       <c r="E345" t="s">
         <v>20</v>
       </c>
       <c r="F345" t="s">
         <v>21</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
         <v>23</v>
       </c>
       <c r="I345" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J345"/>
       <c r="K345"/>
       <c r="L345"/>
       <c r="M345"/>
       <c r="N345"/>
       <c r="O345"/>
       <c r="P345"/>
       <c r="Q345" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="346" spans="1:17">
       <c r="A346">
-        <v>11942</v>
+        <v>11525</v>
       </c>
       <c r="B346" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="C346"/>
       <c r="D346"/>
       <c r="E346" t="s">
         <v>20</v>
       </c>
       <c r="F346" t="s">
         <v>21</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
         <v>23</v>
       </c>
       <c r="I346" t="s">
         <v>42</v>
       </c>
       <c r="J346"/>
       <c r="K346"/>
       <c r="L346"/>
       <c r="M346"/>
       <c r="N346"/>
       <c r="O346"/>
       <c r="P346"/>
       <c r="Q346" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="347" spans="1:17">
       <c r="A347">
-        <v>11525</v>
+        <v>7916</v>
       </c>
       <c r="B347" t="s">
+        <v>847</v>
+      </c>
+      <c r="C347" t="s">
+        <v>848</v>
+      </c>
+      <c r="D347" t="s">
         <v>849</v>
       </c>
-      <c r="C347"/>
-      <c r="D347"/>
       <c r="E347" t="s">
         <v>20</v>
       </c>
       <c r="F347" t="s">
         <v>21</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
         <v>23</v>
       </c>
       <c r="I347" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J347"/>
       <c r="K347"/>
       <c r="L347"/>
       <c r="M347"/>
       <c r="N347"/>
       <c r="O347"/>
-      <c r="P347"/>
+      <c r="P347" t="s">
+        <v>850</v>
+      </c>
       <c r="Q347" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="348" spans="1:17">
       <c r="A348">
-        <v>7916</v>
+        <v>79274</v>
       </c>
       <c r="B348" t="s">
-        <v>850</v>
-[...1 lines deleted...]
-      <c r="C348" t="s">
         <v>851</v>
       </c>
-      <c r="D348" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C348"/>
+      <c r="D348"/>
       <c r="E348" t="s">
         <v>20</v>
       </c>
       <c r="F348" t="s">
         <v>21</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
         <v>23</v>
       </c>
       <c r="I348" t="s">
-        <v>24</v>
+        <v>562</v>
       </c>
       <c r="J348"/>
       <c r="K348"/>
       <c r="L348"/>
       <c r="M348"/>
       <c r="N348"/>
       <c r="O348"/>
       <c r="P348" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="Q348" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="349" spans="1:17">
       <c r="A349">
-        <v>79274</v>
+        <v>769</v>
       </c>
       <c r="B349" t="s">
+        <v>853</v>
+      </c>
+      <c r="C349" t="s">
         <v>854</v>
       </c>
-      <c r="C349"/>
-      <c r="D349"/>
+      <c r="D349" t="s">
+        <v>34</v>
+      </c>
       <c r="E349" t="s">
         <v>20</v>
       </c>
       <c r="F349" t="s">
         <v>21</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
         <v>23</v>
       </c>
       <c r="I349" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="J349"/>
       <c r="K349"/>
       <c r="L349"/>
       <c r="M349"/>
       <c r="N349"/>
       <c r="O349"/>
-      <c r="P349" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P349"/>
       <c r="Q349" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="350" spans="1:17">
       <c r="A350">
-        <v>769</v>
+        <v>32033</v>
       </c>
       <c r="B350" t="s">
-        <v>856</v>
-[...6 lines deleted...]
-      </c>
+        <v>855</v>
+      </c>
+      <c r="C350"/>
+      <c r="D350"/>
       <c r="E350" t="s">
         <v>20</v>
       </c>
       <c r="F350" t="s">
         <v>21</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
         <v>23</v>
       </c>
       <c r="I350" t="s">
         <v>24</v>
       </c>
       <c r="J350"/>
       <c r="K350"/>
       <c r="L350"/>
       <c r="M350"/>
       <c r="N350"/>
       <c r="O350"/>
       <c r="P350"/>
       <c r="Q350" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="351" spans="1:17">
       <c r="A351">
-        <v>32033</v>
+        <v>10973</v>
       </c>
       <c r="B351" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="C351"/>
       <c r="D351"/>
       <c r="E351" t="s">
         <v>20</v>
       </c>
       <c r="F351" t="s">
         <v>21</v>
       </c>
       <c r="G351"/>
       <c r="H351" t="s">
         <v>23</v>
       </c>
       <c r="I351" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J351"/>
       <c r="K351"/>
       <c r="L351"/>
       <c r="M351"/>
       <c r="N351"/>
       <c r="O351"/>
       <c r="P351"/>
       <c r="Q351" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="352" spans="1:17">
       <c r="A352">
-        <v>10973</v>
+        <v>11161</v>
       </c>
       <c r="B352" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="C352"/>
       <c r="D352"/>
       <c r="E352" t="s">
         <v>20</v>
       </c>
       <c r="F352" t="s">
         <v>21</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
         <v>23</v>
       </c>
       <c r="I352" t="s">
         <v>42</v>
       </c>
       <c r="J352"/>
       <c r="K352"/>
       <c r="L352"/>
       <c r="M352"/>
       <c r="N352"/>
       <c r="O352"/>
       <c r="P352"/>
       <c r="Q352" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="353" spans="1:17">
       <c r="A353">
-        <v>11161</v>
+        <v>12417</v>
       </c>
       <c r="B353" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="C353"/>
       <c r="D353"/>
       <c r="E353" t="s">
         <v>20</v>
       </c>
       <c r="F353" t="s">
         <v>21</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
         <v>23</v>
       </c>
       <c r="I353" t="s">
         <v>42</v>
       </c>
       <c r="J353"/>
       <c r="K353"/>
       <c r="L353"/>
       <c r="M353"/>
       <c r="N353"/>
       <c r="O353"/>
       <c r="P353"/>
       <c r="Q353" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="354" spans="1:17">
       <c r="A354">
-        <v>12417</v>
+        <v>24036</v>
       </c>
       <c r="B354" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="C354"/>
       <c r="D354"/>
       <c r="E354" t="s">
         <v>20</v>
       </c>
       <c r="F354" t="s">
         <v>21</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
         <v>23</v>
       </c>
       <c r="I354" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J354"/>
       <c r="K354"/>
       <c r="L354"/>
       <c r="M354"/>
       <c r="N354"/>
       <c r="O354"/>
       <c r="P354"/>
       <c r="Q354" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="355" spans="1:17">
       <c r="A355">
-        <v>24036</v>
+        <v>10657</v>
       </c>
       <c r="B355" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="C355"/>
       <c r="D355"/>
       <c r="E355" t="s">
         <v>20</v>
       </c>
       <c r="F355" t="s">
         <v>21</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
         <v>23</v>
       </c>
       <c r="I355" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J355"/>
       <c r="K355"/>
       <c r="L355"/>
       <c r="M355"/>
       <c r="N355"/>
       <c r="O355"/>
       <c r="P355"/>
       <c r="Q355" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="356" spans="1:17">
       <c r="A356">
-        <v>10657</v>
+        <v>11683</v>
       </c>
       <c r="B356" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="C356"/>
       <c r="D356"/>
       <c r="E356" t="s">
         <v>20</v>
       </c>
       <c r="F356" t="s">
         <v>21</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>23</v>
       </c>
       <c r="I356" t="s">
         <v>42</v>
       </c>
       <c r="J356"/>
       <c r="K356"/>
       <c r="L356"/>
       <c r="M356"/>
       <c r="N356"/>
       <c r="O356"/>
       <c r="P356"/>
       <c r="Q356" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="357" spans="1:17">
       <c r="A357">
-        <v>11683</v>
+        <v>32164</v>
       </c>
       <c r="B357" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="C357"/>
       <c r="D357"/>
       <c r="E357" t="s">
         <v>20</v>
       </c>
       <c r="F357" t="s">
         <v>21</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
         <v>23</v>
       </c>
       <c r="I357" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J357"/>
       <c r="K357"/>
       <c r="L357"/>
       <c r="M357"/>
       <c r="N357"/>
       <c r="O357"/>
       <c r="P357"/>
       <c r="Q357" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="358" spans="1:17">
       <c r="A358">
-        <v>32164</v>
+        <v>8705</v>
       </c>
       <c r="B358" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="C358"/>
       <c r="D358"/>
       <c r="E358" t="s">
         <v>20</v>
       </c>
       <c r="F358" t="s">
         <v>21</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
         <v>23</v>
       </c>
       <c r="I358" t="s">
         <v>24</v>
       </c>
       <c r="J358"/>
       <c r="K358"/>
       <c r="L358"/>
       <c r="M358"/>
       <c r="N358"/>
       <c r="O358"/>
       <c r="P358"/>
       <c r="Q358" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="359" spans="1:17">
       <c r="A359">
-        <v>8705</v>
+        <v>32165</v>
       </c>
       <c r="B359" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="C359"/>
       <c r="D359"/>
       <c r="E359" t="s">
         <v>20</v>
       </c>
       <c r="F359" t="s">
         <v>21</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
         <v>23</v>
       </c>
       <c r="I359" t="s">
         <v>24</v>
       </c>
       <c r="J359"/>
       <c r="K359"/>
       <c r="L359"/>
       <c r="M359"/>
       <c r="N359"/>
       <c r="O359"/>
       <c r="P359"/>
       <c r="Q359" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="360" spans="1:17">
       <c r="A360">
-        <v>32165</v>
+        <v>32039</v>
       </c>
       <c r="B360" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="C360"/>
       <c r="D360"/>
       <c r="E360" t="s">
         <v>20</v>
       </c>
       <c r="F360" t="s">
         <v>21</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
         <v>23</v>
       </c>
       <c r="I360" t="s">
         <v>24</v>
       </c>
       <c r="J360"/>
       <c r="K360"/>
       <c r="L360"/>
       <c r="M360"/>
       <c r="N360"/>
       <c r="O360"/>
       <c r="P360"/>
       <c r="Q360" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="361" spans="1:17">
       <c r="A361">
-        <v>32039</v>
+        <v>32040</v>
       </c>
       <c r="B361" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="C361"/>
       <c r="D361"/>
       <c r="E361" t="s">
         <v>20</v>
       </c>
       <c r="F361" t="s">
         <v>21</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
         <v>23</v>
       </c>
       <c r="I361" t="s">
         <v>24</v>
       </c>
       <c r="J361"/>
       <c r="K361"/>
       <c r="L361"/>
       <c r="M361"/>
       <c r="N361"/>
       <c r="O361"/>
       <c r="P361"/>
       <c r="Q361" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="362" spans="1:17">
       <c r="A362">
-        <v>32040</v>
+        <v>32041</v>
       </c>
       <c r="B362" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="C362"/>
       <c r="D362"/>
       <c r="E362" t="s">
         <v>20</v>
       </c>
       <c r="F362" t="s">
         <v>21</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
         <v>23</v>
       </c>
       <c r="I362" t="s">
         <v>24</v>
       </c>
       <c r="J362"/>
       <c r="K362"/>
       <c r="L362"/>
       <c r="M362"/>
       <c r="N362"/>
       <c r="O362"/>
       <c r="P362"/>
       <c r="Q362" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="363" spans="1:17">
       <c r="A363">
-        <v>32041</v>
+        <v>32042</v>
       </c>
       <c r="B363" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
       <c r="C363"/>
       <c r="D363"/>
       <c r="E363" t="s">
         <v>20</v>
       </c>
       <c r="F363" t="s">
         <v>21</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
         <v>23</v>
       </c>
       <c r="I363" t="s">
         <v>24</v>
       </c>
       <c r="J363"/>
       <c r="K363"/>
       <c r="L363"/>
       <c r="M363"/>
       <c r="N363"/>
       <c r="O363"/>
       <c r="P363"/>
       <c r="Q363" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="364" spans="1:17">
       <c r="A364">
-        <v>32042</v>
+        <v>80806</v>
       </c>
       <c r="B364" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="C364"/>
       <c r="D364"/>
       <c r="E364" t="s">
         <v>20</v>
       </c>
       <c r="F364" t="s">
         <v>21</v>
       </c>
       <c r="G364"/>
       <c r="H364" t="s">
         <v>23</v>
       </c>
       <c r="I364" t="s">
         <v>24</v>
       </c>
       <c r="J364"/>
       <c r="K364"/>
       <c r="L364"/>
       <c r="M364"/>
       <c r="N364"/>
       <c r="O364"/>
-      <c r="P364"/>
+      <c r="P364" t="s">
+        <v>870</v>
+      </c>
       <c r="Q364" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="365" spans="1:17">
       <c r="A365">
-        <v>80806</v>
+        <v>32044</v>
       </c>
       <c r="B365" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="C365"/>
       <c r="D365"/>
       <c r="E365" t="s">
         <v>20</v>
       </c>
       <c r="F365" t="s">
         <v>21</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
         <v>23</v>
       </c>
       <c r="I365" t="s">
         <v>24</v>
       </c>
       <c r="J365"/>
       <c r="K365"/>
       <c r="L365"/>
       <c r="M365"/>
       <c r="N365"/>
       <c r="O365"/>
-      <c r="P365" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P365"/>
       <c r="Q365" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="366" spans="1:17">
       <c r="A366">
-        <v>32044</v>
+        <v>32045</v>
       </c>
       <c r="B366" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="C366"/>
       <c r="D366"/>
       <c r="E366" t="s">
         <v>20</v>
       </c>
       <c r="F366" t="s">
         <v>21</v>
       </c>
       <c r="G366"/>
       <c r="H366" t="s">
         <v>23</v>
       </c>
       <c r="I366" t="s">
         <v>24</v>
       </c>
       <c r="J366"/>
       <c r="K366"/>
       <c r="L366"/>
       <c r="M366"/>
       <c r="N366"/>
       <c r="O366"/>
       <c r="P366"/>
       <c r="Q366" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="367" spans="1:17">
       <c r="A367">
-        <v>32045</v>
+        <v>8738</v>
       </c>
       <c r="B367" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="C367"/>
       <c r="D367"/>
       <c r="E367" t="s">
         <v>20</v>
       </c>
       <c r="F367" t="s">
         <v>21</v>
       </c>
       <c r="G367"/>
       <c r="H367" t="s">
         <v>23</v>
       </c>
       <c r="I367" t="s">
         <v>24</v>
       </c>
       <c r="J367"/>
       <c r="K367"/>
       <c r="L367"/>
       <c r="M367"/>
       <c r="N367"/>
       <c r="O367"/>
       <c r="P367"/>
       <c r="Q367" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="368" spans="1:17">
       <c r="A368">
-        <v>32166</v>
+        <v>33146</v>
       </c>
       <c r="B368" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="C368"/>
       <c r="D368"/>
       <c r="E368" t="s">
         <v>20</v>
       </c>
       <c r="F368" t="s">
         <v>21</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
         <v>23</v>
       </c>
       <c r="I368" t="s">
         <v>24</v>
       </c>
       <c r="J368"/>
       <c r="K368"/>
       <c r="L368"/>
       <c r="M368"/>
       <c r="N368"/>
       <c r="O368"/>
-      <c r="P368"/>
+      <c r="P368" t="s">
+        <v>875</v>
+      </c>
       <c r="Q368" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="369" spans="1:17">
       <c r="A369">
-        <v>8738</v>
+        <v>32050</v>
       </c>
       <c r="B369" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="C369"/>
       <c r="D369"/>
       <c r="E369" t="s">
         <v>20</v>
       </c>
       <c r="F369" t="s">
         <v>21</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
         <v>23</v>
       </c>
       <c r="I369" t="s">
         <v>24</v>
       </c>
       <c r="J369"/>
       <c r="K369"/>
       <c r="L369"/>
       <c r="M369"/>
       <c r="N369"/>
       <c r="O369"/>
       <c r="P369"/>
       <c r="Q369" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="370" spans="1:17">
       <c r="A370">
-        <v>33146</v>
+        <v>32051</v>
       </c>
       <c r="B370" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="C370"/>
       <c r="D370"/>
       <c r="E370" t="s">
         <v>20</v>
       </c>
       <c r="F370" t="s">
         <v>21</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
         <v>23</v>
       </c>
       <c r="I370" t="s">
         <v>24</v>
       </c>
       <c r="J370"/>
       <c r="K370"/>
       <c r="L370"/>
       <c r="M370"/>
       <c r="N370"/>
       <c r="O370"/>
-      <c r="P370" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P370"/>
       <c r="Q370" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="371" spans="1:17">
       <c r="A371">
-        <v>32050</v>
+        <v>32052</v>
       </c>
       <c r="B371" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="C371"/>
       <c r="D371"/>
       <c r="E371" t="s">
         <v>20</v>
       </c>
       <c r="F371" t="s">
         <v>21</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
         <v>23</v>
       </c>
       <c r="I371" t="s">
         <v>24</v>
       </c>
       <c r="J371"/>
       <c r="K371"/>
       <c r="L371"/>
       <c r="M371"/>
       <c r="N371"/>
       <c r="O371"/>
       <c r="P371"/>
       <c r="Q371" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="372" spans="1:17">
       <c r="A372">
-        <v>32051</v>
+        <v>8752</v>
       </c>
       <c r="B372" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="C372"/>
       <c r="D372"/>
       <c r="E372" t="s">
         <v>20</v>
       </c>
       <c r="F372" t="s">
         <v>21</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>23</v>
       </c>
       <c r="I372" t="s">
         <v>24</v>
       </c>
       <c r="J372"/>
       <c r="K372"/>
       <c r="L372"/>
       <c r="M372"/>
       <c r="N372"/>
       <c r="O372"/>
       <c r="P372"/>
       <c r="Q372" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="373" spans="1:17">
       <c r="A373">
-        <v>32052</v>
+        <v>32167</v>
       </c>
       <c r="B373" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="C373"/>
       <c r="D373"/>
       <c r="E373" t="s">
         <v>20</v>
       </c>
       <c r="F373" t="s">
         <v>21</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
         <v>23</v>
       </c>
       <c r="I373" t="s">
         <v>24</v>
       </c>
       <c r="J373"/>
       <c r="K373"/>
       <c r="L373"/>
       <c r="M373"/>
       <c r="N373"/>
       <c r="O373"/>
       <c r="P373"/>
       <c r="Q373" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="374" spans="1:17">
       <c r="A374">
-        <v>8752</v>
+        <v>11551</v>
       </c>
       <c r="B374" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="C374"/>
       <c r="D374"/>
       <c r="E374" t="s">
         <v>20</v>
       </c>
       <c r="F374" t="s">
         <v>21</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
         <v>23</v>
       </c>
       <c r="I374" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J374"/>
       <c r="K374"/>
       <c r="L374"/>
       <c r="M374"/>
       <c r="N374"/>
       <c r="O374"/>
       <c r="P374"/>
       <c r="Q374" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="375" spans="1:17">
       <c r="A375">
-        <v>32167</v>
+        <v>24050</v>
       </c>
       <c r="B375" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="C375"/>
       <c r="D375"/>
       <c r="E375" t="s">
         <v>20</v>
       </c>
       <c r="F375" t="s">
         <v>21</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
         <v>23</v>
       </c>
       <c r="I375" t="s">
-        <v>24</v>
+        <v>562</v>
       </c>
       <c r="J375"/>
       <c r="K375"/>
       <c r="L375"/>
       <c r="M375"/>
       <c r="N375"/>
       <c r="O375"/>
       <c r="P375"/>
       <c r="Q375" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="376" spans="1:17">
       <c r="A376">
-        <v>11551</v>
+        <v>32169</v>
       </c>
       <c r="B376" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="C376"/>
       <c r="D376"/>
       <c r="E376" t="s">
         <v>20</v>
       </c>
       <c r="F376" t="s">
         <v>21</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
         <v>23</v>
       </c>
       <c r="I376" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J376"/>
       <c r="K376"/>
       <c r="L376"/>
       <c r="M376"/>
       <c r="N376"/>
       <c r="O376"/>
       <c r="P376"/>
       <c r="Q376" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="377" spans="1:17">
       <c r="A377">
-        <v>24050</v>
+        <v>32171</v>
       </c>
       <c r="B377" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="C377"/>
       <c r="D377"/>
       <c r="E377" t="s">
         <v>20</v>
       </c>
       <c r="F377" t="s">
         <v>21</v>
       </c>
       <c r="G377"/>
       <c r="H377" t="s">
         <v>23</v>
       </c>
       <c r="I377" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="J377"/>
       <c r="K377"/>
       <c r="L377"/>
       <c r="M377"/>
       <c r="N377"/>
       <c r="O377"/>
       <c r="P377"/>
       <c r="Q377" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="378" spans="1:17">
       <c r="A378">
-        <v>32169</v>
+        <v>8863</v>
       </c>
       <c r="B378" t="s">
+        <v>885</v>
+      </c>
+      <c r="C378" t="s">
+        <v>886</v>
+      </c>
+      <c r="D378" t="s">
         <v>887</v>
       </c>
-      <c r="C378"/>
-      <c r="D378"/>
       <c r="E378" t="s">
         <v>20</v>
       </c>
       <c r="F378" t="s">
         <v>21</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
         <v>23</v>
       </c>
       <c r="I378" t="s">
         <v>24</v>
       </c>
       <c r="J378"/>
       <c r="K378"/>
       <c r="L378"/>
       <c r="M378"/>
       <c r="N378"/>
       <c r="O378"/>
-      <c r="P378"/>
+      <c r="P378" t="s">
+        <v>888</v>
+      </c>
       <c r="Q378" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="379" spans="1:17">
       <c r="A379">
-        <v>32171</v>
+        <v>11992</v>
       </c>
       <c r="B379" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C379"/>
       <c r="D379"/>
       <c r="E379" t="s">
         <v>20</v>
       </c>
       <c r="F379" t="s">
         <v>21</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
         <v>23</v>
       </c>
       <c r="I379" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J379"/>
       <c r="K379"/>
       <c r="L379"/>
       <c r="M379"/>
       <c r="N379"/>
       <c r="O379"/>
       <c r="P379"/>
       <c r="Q379" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="380" spans="1:17">
       <c r="A380">
-        <v>8863</v>
+        <v>12263</v>
       </c>
       <c r="B380" t="s">
-        <v>889</v>
-[...1 lines deleted...]
-      <c r="C380" t="s">
         <v>890</v>
       </c>
-      <c r="D380" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C380"/>
+      <c r="D380"/>
       <c r="E380" t="s">
         <v>20</v>
       </c>
       <c r="F380" t="s">
         <v>21</v>
       </c>
       <c r="G380"/>
       <c r="H380" t="s">
         <v>23</v>
       </c>
       <c r="I380" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J380"/>
       <c r="K380"/>
       <c r="L380"/>
       <c r="M380"/>
       <c r="N380"/>
       <c r="O380"/>
-      <c r="P380" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P380"/>
       <c r="Q380" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="381" spans="1:17">
       <c r="A381">
-        <v>11992</v>
+        <v>8875</v>
       </c>
       <c r="B381" t="s">
-        <v>893</v>
-[...2 lines deleted...]
-      <c r="D381"/>
+        <v>891</v>
+      </c>
+      <c r="C381" t="s">
+        <v>892</v>
+      </c>
+      <c r="D381" t="s">
+        <v>887</v>
+      </c>
       <c r="E381" t="s">
         <v>20</v>
       </c>
       <c r="F381" t="s">
         <v>21</v>
       </c>
       <c r="G381"/>
       <c r="H381" t="s">
         <v>23</v>
       </c>
       <c r="I381" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J381"/>
       <c r="K381"/>
       <c r="L381"/>
       <c r="M381"/>
       <c r="N381"/>
       <c r="O381"/>
       <c r="P381"/>
       <c r="Q381" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="382" spans="1:17">
       <c r="A382">
-        <v>12263</v>
+        <v>24037</v>
       </c>
       <c r="B382" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="C382"/>
       <c r="D382"/>
       <c r="E382" t="s">
         <v>20</v>
       </c>
       <c r="F382" t="s">
         <v>21</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
         <v>23</v>
       </c>
       <c r="I382" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J382"/>
       <c r="K382"/>
       <c r="L382"/>
       <c r="M382"/>
       <c r="N382"/>
       <c r="O382"/>
       <c r="P382"/>
       <c r="Q382" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="383" spans="1:17">
       <c r="A383">
-        <v>8875</v>
+        <v>11308</v>
       </c>
       <c r="B383" t="s">
-        <v>895</v>
-[...6 lines deleted...]
-      </c>
+        <v>894</v>
+      </c>
+      <c r="C383"/>
+      <c r="D383"/>
       <c r="E383" t="s">
         <v>20</v>
       </c>
       <c r="F383" t="s">
         <v>21</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
         <v>23</v>
       </c>
       <c r="I383" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J383"/>
       <c r="K383"/>
       <c r="L383"/>
       <c r="M383"/>
       <c r="N383"/>
       <c r="O383"/>
       <c r="P383"/>
       <c r="Q383" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="384" spans="1:17">
       <c r="A384">
-        <v>24037</v>
+        <v>9070</v>
       </c>
       <c r="B384" t="s">
+        <v>895</v>
+      </c>
+      <c r="C384" t="s">
+        <v>896</v>
+      </c>
+      <c r="D384" t="s">
         <v>897</v>
       </c>
-      <c r="C384"/>
-      <c r="D384"/>
       <c r="E384" t="s">
         <v>20</v>
       </c>
       <c r="F384" t="s">
         <v>21</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
         <v>23</v>
       </c>
       <c r="I384" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="J384"/>
       <c r="K384"/>
       <c r="L384"/>
       <c r="M384"/>
       <c r="N384"/>
       <c r="O384"/>
-      <c r="P384"/>
+      <c r="P384" t="s">
+        <v>898</v>
+      </c>
       <c r="Q384" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="385" spans="1:17">
       <c r="A385">
-        <v>11308</v>
+        <v>9818</v>
       </c>
       <c r="B385" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C385"/>
       <c r="D385"/>
       <c r="E385" t="s">
         <v>20</v>
       </c>
       <c r="F385" t="s">
         <v>21</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
         <v>23</v>
       </c>
       <c r="I385" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J385"/>
       <c r="K385"/>
       <c r="L385"/>
       <c r="M385"/>
       <c r="N385"/>
       <c r="O385"/>
       <c r="P385"/>
       <c r="Q385" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="386" spans="1:17">
       <c r="A386">
-        <v>9070</v>
+        <v>24195</v>
       </c>
       <c r="B386" t="s">
-        <v>899</v>
-[...1 lines deleted...]
-      <c r="C386" t="s">
         <v>900</v>
       </c>
-      <c r="D386" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C386"/>
+      <c r="D386"/>
       <c r="E386" t="s">
         <v>20</v>
       </c>
       <c r="F386" t="s">
         <v>21</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
         <v>23</v>
       </c>
       <c r="I386" t="s">
-        <v>24</v>
+        <v>562</v>
       </c>
       <c r="J386"/>
       <c r="K386"/>
       <c r="L386"/>
       <c r="M386"/>
       <c r="N386"/>
       <c r="O386"/>
-      <c r="P386" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P386"/>
       <c r="Q386" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="387" spans="1:17">
       <c r="A387">
-        <v>9818</v>
+        <v>10877</v>
       </c>
       <c r="B387" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="C387"/>
       <c r="D387"/>
       <c r="E387" t="s">
         <v>20</v>
       </c>
       <c r="F387" t="s">
         <v>21</v>
       </c>
       <c r="G387"/>
       <c r="H387" t="s">
         <v>23</v>
       </c>
       <c r="I387" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J387"/>
       <c r="K387"/>
       <c r="L387"/>
       <c r="M387"/>
       <c r="N387"/>
       <c r="O387"/>
       <c r="P387"/>
       <c r="Q387" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="388" spans="1:17">
       <c r="A388">
-        <v>24195</v>
+        <v>11725</v>
       </c>
       <c r="B388" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="C388"/>
       <c r="D388"/>
       <c r="E388" t="s">
         <v>20</v>
       </c>
       <c r="F388" t="s">
         <v>21</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
         <v>23</v>
       </c>
       <c r="I388" t="s">
-        <v>562</v>
+        <v>114</v>
       </c>
       <c r="J388"/>
       <c r="K388"/>
       <c r="L388"/>
       <c r="M388"/>
       <c r="N388"/>
       <c r="O388"/>
       <c r="P388"/>
       <c r="Q388" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="389" spans="1:17">
       <c r="A389">
-        <v>10877</v>
+        <v>24038</v>
       </c>
       <c r="B389" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="C389"/>
       <c r="D389"/>
       <c r="E389" t="s">
         <v>20</v>
       </c>
       <c r="F389" t="s">
         <v>21</v>
       </c>
       <c r="G389"/>
       <c r="H389" t="s">
         <v>23</v>
       </c>
       <c r="I389" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J389"/>
       <c r="K389"/>
       <c r="L389"/>
       <c r="M389"/>
       <c r="N389"/>
       <c r="O389"/>
       <c r="P389"/>
       <c r="Q389" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="390" spans="1:17">
       <c r="A390">
-        <v>11725</v>
+        <v>9292</v>
       </c>
       <c r="B390" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="C390"/>
       <c r="D390"/>
       <c r="E390" t="s">
         <v>20</v>
       </c>
       <c r="F390" t="s">
         <v>21</v>
       </c>
       <c r="G390"/>
       <c r="H390" t="s">
         <v>23</v>
       </c>
       <c r="I390" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="J390"/>
       <c r="K390"/>
       <c r="L390"/>
       <c r="M390"/>
       <c r="N390"/>
       <c r="O390"/>
       <c r="P390"/>
       <c r="Q390" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="391" spans="1:17">
       <c r="A391">
-        <v>24038</v>
+        <v>12044</v>
       </c>
       <c r="B391" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="C391"/>
       <c r="D391"/>
       <c r="E391" t="s">
         <v>20</v>
       </c>
       <c r="F391" t="s">
         <v>21</v>
       </c>
       <c r="G391"/>
       <c r="H391" t="s">
         <v>23</v>
       </c>
       <c r="I391" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J391"/>
       <c r="K391"/>
       <c r="L391"/>
       <c r="M391"/>
       <c r="N391"/>
       <c r="O391"/>
       <c r="P391"/>
       <c r="Q391" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="392" spans="1:17">
       <c r="A392">
-        <v>9292</v>
+        <v>1501</v>
       </c>
       <c r="B392" t="s">
-        <v>908</v>
-[...2 lines deleted...]
-      <c r="D392"/>
+        <v>906</v>
+      </c>
+      <c r="C392" t="s">
+        <v>907</v>
+      </c>
+      <c r="D392" t="s">
+        <v>34</v>
+      </c>
       <c r="E392" t="s">
         <v>20</v>
       </c>
       <c r="F392" t="s">
         <v>21</v>
       </c>
       <c r="G392"/>
       <c r="H392" t="s">
         <v>23</v>
       </c>
       <c r="I392" t="s">
         <v>24</v>
       </c>
       <c r="J392"/>
       <c r="K392"/>
       <c r="L392"/>
       <c r="M392"/>
       <c r="N392"/>
       <c r="O392"/>
       <c r="P392"/>
       <c r="Q392" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="393" spans="1:17">
       <c r="A393">
-        <v>12044</v>
+        <v>1511</v>
       </c>
       <c r="B393" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="C393"/>
       <c r="D393"/>
       <c r="E393" t="s">
         <v>20</v>
       </c>
       <c r="F393" t="s">
         <v>21</v>
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
         <v>23</v>
       </c>
       <c r="I393" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J393"/>
       <c r="K393"/>
       <c r="L393"/>
       <c r="M393"/>
       <c r="N393"/>
       <c r="O393"/>
       <c r="P393"/>
       <c r="Q393" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="394" spans="1:17">
       <c r="A394">
-        <v>1501</v>
+        <v>24039</v>
       </c>
       <c r="B394" t="s">
-        <v>910</v>
-[...6 lines deleted...]
-      </c>
+        <v>909</v>
+      </c>
+      <c r="C394"/>
+      <c r="D394"/>
       <c r="E394" t="s">
         <v>20</v>
       </c>
       <c r="F394" t="s">
         <v>21</v>
       </c>
       <c r="G394"/>
       <c r="H394" t="s">
         <v>23</v>
       </c>
       <c r="I394" t="s">
-        <v>24</v>
+        <v>562</v>
       </c>
       <c r="J394"/>
       <c r="K394"/>
       <c r="L394"/>
       <c r="M394"/>
       <c r="N394"/>
       <c r="O394"/>
       <c r="P394"/>
       <c r="Q394" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="395" spans="1:17">
       <c r="A395">
-        <v>1511</v>
+        <v>10838</v>
       </c>
       <c r="B395" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="C395"/>
       <c r="D395"/>
       <c r="E395" t="s">
         <v>20</v>
       </c>
       <c r="F395" t="s">
         <v>21</v>
       </c>
       <c r="G395"/>
       <c r="H395" t="s">
         <v>23</v>
       </c>
       <c r="I395" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J395"/>
       <c r="K395"/>
       <c r="L395"/>
       <c r="M395"/>
       <c r="N395"/>
       <c r="O395"/>
       <c r="P395"/>
       <c r="Q395" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="396" spans="1:17">
       <c r="A396">
-        <v>24039</v>
+        <v>11723</v>
       </c>
       <c r="B396" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="C396"/>
       <c r="D396"/>
       <c r="E396" t="s">
         <v>20</v>
       </c>
       <c r="F396" t="s">
         <v>21</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
         <v>23</v>
       </c>
       <c r="I396" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J396"/>
       <c r="K396"/>
       <c r="L396"/>
       <c r="M396"/>
       <c r="N396"/>
       <c r="O396"/>
       <c r="P396"/>
       <c r="Q396" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="397" spans="1:17">
       <c r="A397">
-        <v>10838</v>
+        <v>24041</v>
       </c>
       <c r="B397" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="C397"/>
       <c r="D397"/>
       <c r="E397" t="s">
         <v>20</v>
       </c>
       <c r="F397" t="s">
         <v>21</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
         <v>23</v>
       </c>
       <c r="I397" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J397"/>
       <c r="K397"/>
       <c r="L397"/>
       <c r="M397"/>
       <c r="N397"/>
       <c r="O397"/>
       <c r="P397"/>
       <c r="Q397" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="398" spans="1:17">
       <c r="A398">
-        <v>11723</v>
+        <v>9839</v>
       </c>
       <c r="B398" t="s">
+        <v>913</v>
+      </c>
+      <c r="C398" t="s">
+        <v>914</v>
+      </c>
+      <c r="D398" t="s">
+        <v>887</v>
+      </c>
+      <c r="E398" t="s">
         <v>915</v>
       </c>
-      <c r="C398"/>
-[...3 lines deleted...]
-      </c>
       <c r="F398" t="s">
-        <v>21</v>
+        <v>916</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
         <v>23</v>
       </c>
       <c r="I398" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J398"/>
       <c r="K398"/>
       <c r="L398"/>
       <c r="M398"/>
       <c r="N398"/>
       <c r="O398"/>
-      <c r="P398"/>
+      <c r="P398" t="s">
+        <v>917</v>
+      </c>
       <c r="Q398" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="399" spans="1:17">
       <c r="A399">
-        <v>24041</v>
+        <v>24160</v>
       </c>
       <c r="B399" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C399"/>
       <c r="D399"/>
       <c r="E399" t="s">
-        <v>20</v>
+        <v>919</v>
       </c>
       <c r="F399" t="s">
-        <v>21</v>
+        <v>916</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
         <v>23</v>
       </c>
       <c r="I399" t="s">
         <v>562</v>
       </c>
       <c r="J399"/>
       <c r="K399"/>
       <c r="L399"/>
       <c r="M399"/>
       <c r="N399"/>
       <c r="O399"/>
-      <c r="P399"/>
+      <c r="P399" t="s">
+        <v>920</v>
+      </c>
       <c r="Q399" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="400" spans="1:17">
       <c r="A400">
-        <v>9839</v>
+        <v>6558</v>
       </c>
       <c r="B400" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="C400" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="D400" t="s">
-        <v>891</v>
+        <v>34</v>
       </c>
       <c r="E400" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="F400" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>23</v>
       </c>
       <c r="I400" t="s">
         <v>24</v>
       </c>
       <c r="J400"/>
       <c r="K400"/>
       <c r="L400"/>
       <c r="M400"/>
       <c r="N400"/>
       <c r="O400"/>
       <c r="P400" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="Q400" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="401" spans="1:17">
       <c r="A401">
-        <v>24160</v>
+        <v>7766</v>
       </c>
       <c r="B401" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-      <c r="D401"/>
+        <v>925</v>
+      </c>
+      <c r="C401" t="s">
+        <v>926</v>
+      </c>
+      <c r="D401" t="s">
+        <v>927</v>
+      </c>
       <c r="E401" t="s">
         <v>923</v>
       </c>
       <c r="F401" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="G401"/>
       <c r="H401" t="s">
         <v>23</v>
       </c>
       <c r="I401" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="J401"/>
       <c r="K401"/>
       <c r="L401"/>
       <c r="M401"/>
       <c r="N401"/>
       <c r="O401"/>
       <c r="P401" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="Q401" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="402" spans="1:17">
       <c r="A402">
-        <v>6558</v>
+        <v>11866</v>
       </c>
       <c r="B402" t="s">
-        <v>925</v>
-[...6 lines deleted...]
-      </c>
+        <v>929</v>
+      </c>
+      <c r="C402"/>
+      <c r="D402"/>
       <c r="E402" t="s">
-        <v>927</v>
+        <v>62</v>
       </c>
       <c r="F402" t="s">
-        <v>920</v>
+        <v>63</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
         <v>23</v>
       </c>
       <c r="I402" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J402"/>
       <c r="K402"/>
       <c r="L402"/>
       <c r="M402"/>
       <c r="N402"/>
       <c r="O402"/>
-      <c r="P402" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P402"/>
       <c r="Q402" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="403" spans="1:17">
       <c r="A403">
-        <v>7766</v>
+        <v>11555</v>
       </c>
       <c r="B403" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C403" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D403" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="E403" t="s">
-        <v>927</v>
+        <v>69</v>
       </c>
       <c r="F403" t="s">
-        <v>920</v>
+        <v>63</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
         <v>23</v>
       </c>
       <c r="I403" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J403"/>
       <c r="K403"/>
       <c r="L403"/>
       <c r="M403"/>
       <c r="N403"/>
       <c r="O403"/>
-      <c r="P403" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P403"/>
       <c r="Q403" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="404" spans="1:17">
       <c r="A404">
-        <v>11866</v>
+        <v>11032</v>
       </c>
       <c r="B404" t="s">
         <v>933</v>
       </c>
-      <c r="C404"/>
-      <c r="D404"/>
+      <c r="C404" t="s">
+        <v>934</v>
+      </c>
+      <c r="D404" t="s">
+        <v>935</v>
+      </c>
       <c r="E404" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F404" t="s">
         <v>63</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
         <v>23</v>
       </c>
       <c r="I404" t="s">
         <v>42</v>
       </c>
       <c r="J404"/>
       <c r="K404"/>
       <c r="L404"/>
       <c r="M404"/>
       <c r="N404"/>
       <c r="O404"/>
-      <c r="P404"/>
+      <c r="P404" t="s">
+        <v>936</v>
+      </c>
       <c r="Q404" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="405" spans="1:17">
       <c r="A405">
-        <v>11555</v>
+        <v>11529</v>
       </c>
       <c r="B405" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="C405" t="s">
+        <v>938</v>
+      </c>
+      <c r="D405" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
       <c r="E405" t="s">
         <v>69</v>
       </c>
       <c r="F405" t="s">
         <v>63</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
         <v>23</v>
       </c>
       <c r="I405" t="s">
         <v>42</v>
       </c>
       <c r="J405"/>
       <c r="K405"/>
       <c r="L405"/>
       <c r="M405"/>
       <c r="N405"/>
       <c r="O405"/>
       <c r="P405"/>
       <c r="Q405" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="406" spans="1:17">
       <c r="A406">
-        <v>11032</v>
+        <v>10702</v>
       </c>
       <c r="B406" t="s">
-        <v>937</v>
-[...4 lines deleted...]
-      <c r="D406" t="s">
         <v>939</v>
       </c>
+      <c r="C406"/>
+      <c r="D406"/>
       <c r="E406" t="s">
         <v>69</v>
       </c>
       <c r="F406" t="s">
         <v>63</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
         <v>23</v>
       </c>
       <c r="I406" t="s">
         <v>42</v>
       </c>
       <c r="J406"/>
       <c r="K406"/>
       <c r="L406"/>
       <c r="M406"/>
       <c r="N406"/>
       <c r="O406"/>
-      <c r="P406" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P406"/>
       <c r="Q406" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="407" spans="1:17">
       <c r="A407">
-        <v>11529</v>
+        <v>10782</v>
       </c>
       <c r="B407" t="s">
-        <v>941</v>
-[...6 lines deleted...]
-      </c>
+        <v>940</v>
+      </c>
+      <c r="C407"/>
+      <c r="D407"/>
       <c r="E407" t="s">
         <v>69</v>
       </c>
       <c r="F407" t="s">
         <v>63</v>
       </c>
       <c r="G407"/>
       <c r="H407" t="s">
         <v>23</v>
       </c>
       <c r="I407" t="s">
         <v>42</v>
       </c>
       <c r="J407"/>
       <c r="K407"/>
       <c r="L407"/>
       <c r="M407"/>
       <c r="N407"/>
       <c r="O407"/>
       <c r="P407"/>
       <c r="Q407" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="408" spans="1:17">
       <c r="A408">
-        <v>10702</v>
+        <v>11463</v>
       </c>
       <c r="B408" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="C408"/>
       <c r="D408"/>
       <c r="E408" t="s">
-        <v>69</v>
+        <v>942</v>
       </c>
       <c r="F408" t="s">
         <v>63</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
         <v>23</v>
       </c>
       <c r="I408" t="s">
         <v>42</v>
       </c>
       <c r="J408"/>
       <c r="K408"/>
       <c r="L408"/>
       <c r="M408"/>
       <c r="N408"/>
       <c r="O408"/>
       <c r="P408"/>
       <c r="Q408" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="409" spans="1:17">
       <c r="A409">
-        <v>10782</v>
+        <v>11612</v>
       </c>
       <c r="B409" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="C409"/>
       <c r="D409"/>
       <c r="E409" t="s">
-        <v>69</v>
+        <v>942</v>
       </c>
       <c r="F409" t="s">
         <v>63</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
         <v>23</v>
       </c>
       <c r="I409" t="s">
         <v>42</v>
       </c>
       <c r="J409"/>
       <c r="K409"/>
       <c r="L409"/>
       <c r="M409"/>
       <c r="N409"/>
       <c r="O409"/>
       <c r="P409"/>
       <c r="Q409" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="410" spans="1:17">
       <c r="A410">
-        <v>11463</v>
+        <v>11634</v>
       </c>
       <c r="B410" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="C410"/>
       <c r="D410"/>
       <c r="E410" t="s">
-        <v>946</v>
+        <v>69</v>
       </c>
       <c r="F410" t="s">
         <v>63</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
         <v>23</v>
       </c>
       <c r="I410" t="s">
         <v>42</v>
       </c>
       <c r="J410"/>
       <c r="K410"/>
       <c r="L410"/>
       <c r="M410"/>
       <c r="N410"/>
       <c r="O410"/>
       <c r="P410"/>
       <c r="Q410" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="411" spans="1:17">
       <c r="A411">
-        <v>11612</v>
+        <v>11860</v>
       </c>
       <c r="B411" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="C411"/>
       <c r="D411"/>
       <c r="E411" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
       <c r="F411" t="s">
         <v>63</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
         <v>23</v>
       </c>
       <c r="I411" t="s">
         <v>42</v>
       </c>
       <c r="J411"/>
       <c r="K411"/>
       <c r="L411"/>
       <c r="M411"/>
       <c r="N411"/>
       <c r="O411"/>
       <c r="P411"/>
       <c r="Q411" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="412" spans="1:17">
       <c r="A412">
-        <v>11634</v>
+        <v>11948</v>
       </c>
       <c r="B412" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="C412"/>
       <c r="D412"/>
       <c r="E412" t="s">
-        <v>69</v>
+        <v>942</v>
       </c>
       <c r="F412" t="s">
         <v>63</v>
       </c>
       <c r="G412"/>
       <c r="H412" t="s">
         <v>23</v>
       </c>
       <c r="I412" t="s">
         <v>42</v>
       </c>
       <c r="J412"/>
       <c r="K412"/>
       <c r="L412"/>
       <c r="M412"/>
       <c r="N412"/>
       <c r="O412"/>
       <c r="P412"/>
       <c r="Q412" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="413" spans="1:17">
       <c r="A413">
-        <v>11860</v>
+        <v>12128</v>
       </c>
       <c r="B413" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="C413"/>
       <c r="D413"/>
       <c r="E413" t="s">
-        <v>946</v>
+        <v>69</v>
       </c>
       <c r="F413" t="s">
         <v>63</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
         <v>23</v>
       </c>
       <c r="I413" t="s">
         <v>42</v>
       </c>
       <c r="J413"/>
       <c r="K413"/>
       <c r="L413"/>
       <c r="M413"/>
       <c r="N413"/>
       <c r="O413"/>
       <c r="P413"/>
       <c r="Q413" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="414" spans="1:17">
       <c r="A414">
-        <v>11948</v>
+        <v>12265</v>
       </c>
       <c r="B414" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="C414"/>
       <c r="D414"/>
       <c r="E414" t="s">
-        <v>946</v>
+        <v>69</v>
       </c>
       <c r="F414" t="s">
         <v>63</v>
       </c>
       <c r="G414"/>
       <c r="H414" t="s">
         <v>23</v>
       </c>
       <c r="I414" t="s">
         <v>42</v>
       </c>
       <c r="J414"/>
       <c r="K414"/>
       <c r="L414"/>
       <c r="M414"/>
       <c r="N414"/>
       <c r="O414"/>
       <c r="P414"/>
       <c r="Q414" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="415" spans="1:17">
       <c r="A415">
-        <v>12128</v>
+        <v>12428</v>
       </c>
       <c r="B415" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="C415"/>
       <c r="D415"/>
       <c r="E415" t="s">
-        <v>69</v>
+        <v>942</v>
       </c>
       <c r="F415" t="s">
         <v>63</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
         <v>23</v>
       </c>
       <c r="I415" t="s">
         <v>42</v>
       </c>
       <c r="J415"/>
       <c r="K415"/>
       <c r="L415"/>
       <c r="M415"/>
       <c r="N415"/>
       <c r="O415"/>
       <c r="P415"/>
       <c r="Q415" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="416" spans="1:17">
       <c r="A416">
-        <v>12265</v>
+        <v>36732</v>
       </c>
       <c r="B416" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="C416"/>
       <c r="D416"/>
       <c r="E416" t="s">
         <v>69</v>
       </c>
       <c r="F416" t="s">
         <v>63</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
         <v>23</v>
       </c>
       <c r="I416" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J416"/>
       <c r="K416"/>
       <c r="L416"/>
       <c r="M416"/>
       <c r="N416"/>
       <c r="O416"/>
-      <c r="P416"/>
+      <c r="P416" t="s">
+        <v>951</v>
+      </c>
       <c r="Q416" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="417" spans="1:17">
       <c r="A417">
-        <v>12428</v>
+        <v>11375</v>
       </c>
       <c r="B417" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="C417"/>
       <c r="D417"/>
       <c r="E417" t="s">
-        <v>946</v>
+        <v>62</v>
       </c>
       <c r="F417" t="s">
         <v>63</v>
       </c>
       <c r="G417"/>
       <c r="H417" t="s">
         <v>23</v>
       </c>
       <c r="I417" t="s">
         <v>42</v>
       </c>
       <c r="J417"/>
       <c r="K417"/>
       <c r="L417"/>
       <c r="M417"/>
       <c r="N417"/>
       <c r="O417"/>
       <c r="P417"/>
       <c r="Q417" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="418" spans="1:17">
       <c r="A418">
-        <v>36732</v>
+        <v>2968</v>
       </c>
       <c r="B418" t="s">
+        <v>953</v>
+      </c>
+      <c r="C418" t="s">
         <v>954</v>
       </c>
-      <c r="C418"/>
-      <c r="D418"/>
+      <c r="D418" t="s">
+        <v>932</v>
+      </c>
       <c r="E418" t="s">
         <v>69</v>
       </c>
       <c r="F418" t="s">
         <v>63</v>
       </c>
       <c r="G418"/>
       <c r="H418" t="s">
         <v>23</v>
       </c>
       <c r="I418" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="J418"/>
       <c r="K418"/>
       <c r="L418"/>
       <c r="M418"/>
       <c r="N418"/>
       <c r="O418"/>
       <c r="P418" t="s">
         <v>955</v>
       </c>
       <c r="Q418" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="419" spans="1:17">
       <c r="A419">
-        <v>11375</v>
+        <v>2969</v>
       </c>
       <c r="B419" t="s">
         <v>956</v>
       </c>
       <c r="C419"/>
       <c r="D419"/>
       <c r="E419" t="s">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="F419" t="s">
         <v>63</v>
       </c>
       <c r="G419"/>
       <c r="H419" t="s">
         <v>23</v>
       </c>
       <c r="I419" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J419"/>
       <c r="K419"/>
       <c r="L419"/>
       <c r="M419"/>
       <c r="N419"/>
       <c r="O419"/>
       <c r="P419"/>
       <c r="Q419" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="420" spans="1:17">
       <c r="A420">
-        <v>2968</v>
+        <v>11586</v>
       </c>
       <c r="B420" t="s">
         <v>957</v>
       </c>
-      <c r="C420" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C420"/>
+      <c r="D420"/>
       <c r="E420" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F420" t="s">
         <v>63</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
         <v>23</v>
       </c>
       <c r="I420" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J420"/>
       <c r="K420"/>
       <c r="L420"/>
       <c r="M420"/>
       <c r="N420"/>
       <c r="O420"/>
-      <c r="P420" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P420"/>
       <c r="Q420" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="421" spans="1:17">
       <c r="A421">
-        <v>2969</v>
+        <v>12027</v>
       </c>
       <c r="B421" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="C421"/>
       <c r="D421"/>
       <c r="E421" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="F421" t="s">
         <v>63</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
         <v>23</v>
       </c>
       <c r="I421" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J421"/>
       <c r="K421"/>
       <c r="L421"/>
       <c r="M421"/>
       <c r="N421"/>
       <c r="O421"/>
       <c r="P421"/>
       <c r="Q421" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="422" spans="1:17">
       <c r="A422">
-        <v>11586</v>
+        <v>33151</v>
       </c>
       <c r="B422" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="C422"/>
       <c r="D422"/>
       <c r="E422" t="s">
         <v>62</v>
       </c>
       <c r="F422" t="s">
         <v>63</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
         <v>23</v>
       </c>
       <c r="I422" t="s">
         <v>42</v>
       </c>
       <c r="J422"/>
       <c r="K422"/>
       <c r="L422"/>
       <c r="M422"/>
       <c r="N422"/>
       <c r="O422"/>
-      <c r="P422"/>
+      <c r="P422" t="s">
+        <v>960</v>
+      </c>
       <c r="Q422" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="423" spans="1:17">
       <c r="A423">
-        <v>12027</v>
+        <v>11829</v>
       </c>
       <c r="B423" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
       <c r="C423"/>
       <c r="D423"/>
       <c r="E423" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F423" t="s">
         <v>63</v>
       </c>
       <c r="G423"/>
       <c r="H423" t="s">
         <v>23</v>
       </c>
       <c r="I423" t="s">
         <v>42</v>
       </c>
       <c r="J423"/>
       <c r="K423"/>
       <c r="L423"/>
       <c r="M423"/>
       <c r="N423"/>
       <c r="O423"/>
       <c r="P423"/>
       <c r="Q423" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="424" spans="1:17">
       <c r="A424">
-        <v>33151</v>
+        <v>11648</v>
       </c>
       <c r="B424" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="C424"/>
       <c r="D424"/>
       <c r="E424" t="s">
         <v>62</v>
       </c>
       <c r="F424" t="s">
         <v>63</v>
       </c>
       <c r="G424"/>
       <c r="H424" t="s">
         <v>23</v>
       </c>
       <c r="I424" t="s">
         <v>42</v>
       </c>
       <c r="J424"/>
       <c r="K424"/>
       <c r="L424"/>
       <c r="M424"/>
       <c r="N424"/>
       <c r="O424"/>
-      <c r="P424" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P424"/>
       <c r="Q424" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="425" spans="1:17">
       <c r="A425">
-        <v>11829</v>
+        <v>23796</v>
       </c>
       <c r="B425" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="C425"/>
       <c r="D425"/>
       <c r="E425" t="s">
-        <v>69</v>
+        <v>964</v>
       </c>
       <c r="F425" t="s">
         <v>63</v>
       </c>
       <c r="G425"/>
       <c r="H425" t="s">
         <v>23</v>
       </c>
       <c r="I425" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J425"/>
       <c r="K425"/>
       <c r="L425"/>
       <c r="M425"/>
       <c r="N425"/>
       <c r="O425"/>
       <c r="P425"/>
       <c r="Q425" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="426" spans="1:17">
       <c r="A426">
-        <v>11648</v>
+        <v>11427</v>
       </c>
       <c r="B426" t="s">
+        <v>965</v>
+      </c>
+      <c r="C426" t="s">
         <v>966</v>
       </c>
-      <c r="C426"/>
-      <c r="D426"/>
+      <c r="D426" t="s">
+        <v>967</v>
+      </c>
       <c r="E426" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F426" t="s">
         <v>63</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
         <v>23</v>
       </c>
       <c r="I426" t="s">
         <v>42</v>
       </c>
       <c r="J426"/>
       <c r="K426"/>
       <c r="L426"/>
       <c r="M426"/>
       <c r="N426"/>
       <c r="O426"/>
       <c r="P426"/>
       <c r="Q426" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="427" spans="1:17">
       <c r="A427">
-        <v>23796</v>
+        <v>12032</v>
       </c>
       <c r="B427" t="s">
+        <v>968</v>
+      </c>
+      <c r="C427" t="s">
+        <v>969</v>
+      </c>
+      <c r="D427" t="s">
         <v>967</v>
       </c>
-      <c r="C427"/>
-      <c r="D427"/>
       <c r="E427" t="s">
-        <v>968</v>
+        <v>69</v>
       </c>
       <c r="F427" t="s">
         <v>63</v>
       </c>
       <c r="G427"/>
       <c r="H427" t="s">
         <v>23</v>
       </c>
       <c r="I427" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J427"/>
       <c r="K427"/>
       <c r="L427"/>
       <c r="M427"/>
       <c r="N427"/>
       <c r="O427"/>
       <c r="P427"/>
       <c r="Q427" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="428" spans="1:17">
       <c r="A428">
-        <v>11427</v>
+        <v>11164</v>
       </c>
       <c r="B428" t="s">
-        <v>969</v>
-[...1 lines deleted...]
-      <c r="C428" t="s">
         <v>970</v>
       </c>
-      <c r="D428" t="s">
+      <c r="C428"/>
+      <c r="D428"/>
+      <c r="E428" t="s">
         <v>971</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F428" t="s">
         <v>63</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
         <v>23</v>
       </c>
       <c r="I428" t="s">
         <v>42</v>
       </c>
       <c r="J428"/>
       <c r="K428"/>
       <c r="L428"/>
       <c r="M428"/>
       <c r="N428"/>
       <c r="O428"/>
       <c r="P428"/>
       <c r="Q428" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="429" spans="1:17">
       <c r="A429">
-        <v>12032</v>
+        <v>36782</v>
       </c>
       <c r="B429" t="s">
         <v>972</v>
       </c>
-      <c r="C429" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C429"/>
+      <c r="D429"/>
       <c r="E429" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F429" t="s">
         <v>63</v>
       </c>
       <c r="G429"/>
       <c r="H429" t="s">
         <v>23</v>
       </c>
       <c r="I429" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J429"/>
       <c r="K429"/>
       <c r="L429"/>
       <c r="M429"/>
       <c r="N429"/>
       <c r="O429"/>
-      <c r="P429"/>
+      <c r="P429" t="s">
+        <v>973</v>
+      </c>
       <c r="Q429" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="430" spans="1:17">
       <c r="A430">
-        <v>11164</v>
+        <v>11487</v>
       </c>
       <c r="B430" t="s">
         <v>974</v>
       </c>
       <c r="C430"/>
       <c r="D430"/>
       <c r="E430" t="s">
-        <v>975</v>
+        <v>942</v>
       </c>
       <c r="F430" t="s">
         <v>63</v>
       </c>
       <c r="G430"/>
       <c r="H430" t="s">
         <v>23</v>
       </c>
       <c r="I430" t="s">
         <v>42</v>
       </c>
       <c r="J430"/>
       <c r="K430"/>
       <c r="L430"/>
       <c r="M430"/>
       <c r="N430"/>
       <c r="O430"/>
       <c r="P430"/>
       <c r="Q430" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="431" spans="1:17">
       <c r="A431">
-        <v>36782</v>
+        <v>24005</v>
       </c>
       <c r="B431" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="C431"/>
       <c r="D431"/>
       <c r="E431" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F431" t="s">
         <v>63</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
         <v>23</v>
       </c>
       <c r="I431" t="s">
         <v>562</v>
       </c>
       <c r="J431"/>
       <c r="K431"/>
       <c r="L431"/>
       <c r="M431"/>
       <c r="N431"/>
       <c r="O431"/>
-      <c r="P431" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P431"/>
       <c r="Q431" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="432" spans="1:17">
       <c r="A432">
-        <v>11487</v>
+        <v>11607</v>
       </c>
       <c r="B432" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="C432"/>
       <c r="D432"/>
       <c r="E432" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
       <c r="F432" t="s">
         <v>63</v>
       </c>
       <c r="G432"/>
       <c r="H432" t="s">
         <v>23</v>
       </c>
       <c r="I432" t="s">
         <v>42</v>
       </c>
       <c r="J432"/>
       <c r="K432"/>
       <c r="L432"/>
       <c r="M432"/>
       <c r="N432"/>
       <c r="O432"/>
       <c r="P432"/>
       <c r="Q432" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="433" spans="1:17">
       <c r="A433">
-        <v>24005</v>
+        <v>11784</v>
       </c>
       <c r="B433" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="C433"/>
       <c r="D433"/>
       <c r="E433" t="s">
-        <v>69</v>
+        <v>971</v>
       </c>
       <c r="F433" t="s">
         <v>63</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
         <v>23</v>
       </c>
       <c r="I433" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J433"/>
       <c r="K433"/>
       <c r="L433"/>
       <c r="M433"/>
       <c r="N433"/>
       <c r="O433"/>
       <c r="P433"/>
       <c r="Q433" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="434" spans="1:17">
       <c r="A434">
-        <v>11607</v>
+        <v>23801</v>
       </c>
       <c r="B434" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="C434"/>
       <c r="D434"/>
       <c r="E434" t="s">
-        <v>946</v>
+        <v>964</v>
       </c>
       <c r="F434" t="s">
         <v>63</v>
       </c>
       <c r="G434"/>
       <c r="H434" t="s">
         <v>23</v>
       </c>
       <c r="I434" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J434"/>
       <c r="K434"/>
       <c r="L434"/>
       <c r="M434"/>
       <c r="N434"/>
       <c r="O434"/>
       <c r="P434"/>
       <c r="Q434" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="435" spans="1:17">
       <c r="A435">
-        <v>11784</v>
+        <v>10753</v>
       </c>
       <c r="B435" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="C435"/>
       <c r="D435"/>
       <c r="E435" t="s">
-        <v>975</v>
+        <v>62</v>
       </c>
       <c r="F435" t="s">
         <v>63</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
         <v>23</v>
       </c>
       <c r="I435" t="s">
         <v>42</v>
       </c>
       <c r="J435"/>
       <c r="K435"/>
       <c r="L435"/>
       <c r="M435"/>
       <c r="N435"/>
       <c r="O435"/>
       <c r="P435"/>
       <c r="Q435" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="436" spans="1:17">
       <c r="A436">
-        <v>23801</v>
+        <v>12084</v>
       </c>
       <c r="B436" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="C436"/>
       <c r="D436"/>
       <c r="E436" t="s">
-        <v>968</v>
+        <v>62</v>
       </c>
       <c r="F436" t="s">
         <v>63</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
         <v>23</v>
       </c>
       <c r="I436" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J436"/>
       <c r="K436"/>
       <c r="L436"/>
       <c r="M436"/>
       <c r="N436"/>
       <c r="O436"/>
       <c r="P436"/>
       <c r="Q436" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="437" spans="1:17">
       <c r="A437">
-        <v>10753</v>
+        <v>5011</v>
       </c>
       <c r="B437" t="s">
+        <v>981</v>
+      </c>
+      <c r="C437" t="s">
+        <v>982</v>
+      </c>
+      <c r="D437" t="s">
         <v>983</v>
       </c>
-      <c r="C437"/>
-      <c r="D437"/>
       <c r="E437" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F437" t="s">
         <v>63</v>
       </c>
       <c r="G437"/>
       <c r="H437" t="s">
         <v>23</v>
       </c>
       <c r="I437" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J437"/>
       <c r="K437"/>
       <c r="L437"/>
       <c r="M437"/>
       <c r="N437"/>
       <c r="O437"/>
       <c r="P437"/>
       <c r="Q437" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="438" spans="1:17">
       <c r="A438">
-        <v>12084</v>
+        <v>12252</v>
       </c>
       <c r="B438" t="s">
         <v>984</v>
       </c>
       <c r="C438"/>
       <c r="D438"/>
       <c r="E438" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F438" t="s">
         <v>63</v>
       </c>
       <c r="G438"/>
       <c r="H438" t="s">
         <v>23</v>
       </c>
       <c r="I438" t="s">
         <v>42</v>
       </c>
       <c r="J438"/>
       <c r="K438"/>
       <c r="L438"/>
       <c r="M438"/>
       <c r="N438"/>
       <c r="O438"/>
       <c r="P438"/>
       <c r="Q438" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="439" spans="1:17">
       <c r="A439">
-        <v>5011</v>
+        <v>11522</v>
       </c>
       <c r="B439" t="s">
         <v>985</v>
       </c>
-      <c r="C439" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C439"/>
+      <c r="D439"/>
       <c r="E439" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F439" t="s">
         <v>63</v>
       </c>
       <c r="G439"/>
       <c r="H439" t="s">
         <v>23</v>
       </c>
       <c r="I439" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J439"/>
       <c r="K439"/>
       <c r="L439"/>
       <c r="M439"/>
       <c r="N439"/>
       <c r="O439"/>
       <c r="P439"/>
       <c r="Q439" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="440" spans="1:17">
       <c r="A440">
-        <v>12252</v>
+        <v>12015</v>
       </c>
       <c r="B440" t="s">
-        <v>988</v>
+        <v>986</v>
       </c>
       <c r="C440"/>
       <c r="D440"/>
       <c r="E440" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F440" t="s">
         <v>63</v>
       </c>
       <c r="G440"/>
       <c r="H440" t="s">
         <v>23</v>
       </c>
       <c r="I440" t="s">
         <v>42</v>
       </c>
       <c r="J440"/>
       <c r="K440"/>
       <c r="L440"/>
       <c r="M440"/>
       <c r="N440"/>
       <c r="O440"/>
       <c r="P440"/>
       <c r="Q440" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="441" spans="1:17">
       <c r="A441">
-        <v>11522</v>
+        <v>24016</v>
       </c>
       <c r="B441" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
       <c r="C441"/>
       <c r="D441"/>
       <c r="E441" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F441" t="s">
         <v>63</v>
       </c>
       <c r="G441"/>
       <c r="H441" t="s">
         <v>23</v>
       </c>
       <c r="I441" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J441"/>
       <c r="K441"/>
       <c r="L441"/>
       <c r="M441"/>
       <c r="N441"/>
       <c r="O441"/>
       <c r="P441"/>
       <c r="Q441" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="442" spans="1:17">
       <c r="A442">
-        <v>12015</v>
+        <v>10895</v>
       </c>
       <c r="B442" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="C442"/>
       <c r="D442"/>
       <c r="E442" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F442" t="s">
         <v>63</v>
       </c>
       <c r="G442"/>
       <c r="H442" t="s">
         <v>23</v>
       </c>
       <c r="I442" t="s">
         <v>42</v>
       </c>
       <c r="J442"/>
       <c r="K442"/>
       <c r="L442"/>
       <c r="M442"/>
       <c r="N442"/>
       <c r="O442"/>
       <c r="P442"/>
       <c r="Q442" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="443" spans="1:17">
       <c r="A443">
-        <v>24016</v>
+        <v>11492</v>
       </c>
       <c r="B443" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="C443"/>
       <c r="D443"/>
       <c r="E443" t="s">
-        <v>69</v>
+        <v>942</v>
       </c>
       <c r="F443" t="s">
         <v>63</v>
       </c>
       <c r="G443"/>
       <c r="H443" t="s">
         <v>23</v>
       </c>
       <c r="I443" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J443"/>
       <c r="K443"/>
       <c r="L443"/>
       <c r="M443"/>
       <c r="N443"/>
       <c r="O443"/>
       <c r="P443"/>
       <c r="Q443" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="444" spans="1:17">
       <c r="A444">
-        <v>10895</v>
+        <v>12061</v>
       </c>
       <c r="B444" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="C444"/>
       <c r="D444"/>
       <c r="E444" t="s">
-        <v>69</v>
+        <v>971</v>
       </c>
       <c r="F444" t="s">
         <v>63</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
         <v>23</v>
       </c>
       <c r="I444" t="s">
         <v>42</v>
       </c>
       <c r="J444"/>
       <c r="K444"/>
       <c r="L444"/>
       <c r="M444"/>
       <c r="N444"/>
       <c r="O444"/>
       <c r="P444"/>
       <c r="Q444" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="445" spans="1:17">
       <c r="A445">
-        <v>11492</v>
+        <v>57091</v>
       </c>
       <c r="B445" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="C445"/>
       <c r="D445"/>
       <c r="E445" t="s">
-        <v>946</v>
+        <v>62</v>
       </c>
       <c r="F445" t="s">
         <v>63</v>
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
         <v>23</v>
       </c>
       <c r="I445" t="s">
         <v>42</v>
       </c>
       <c r="J445"/>
       <c r="K445"/>
       <c r="L445"/>
       <c r="M445"/>
       <c r="N445"/>
       <c r="O445"/>
-      <c r="P445"/>
+      <c r="P445" t="s">
+        <v>992</v>
+      </c>
       <c r="Q445" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="446" spans="1:17">
       <c r="A446">
-        <v>12061</v>
+        <v>10647</v>
       </c>
       <c r="B446" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="C446"/>
       <c r="D446"/>
       <c r="E446" t="s">
-        <v>975</v>
+        <v>69</v>
       </c>
       <c r="F446" t="s">
         <v>63</v>
       </c>
       <c r="G446"/>
       <c r="H446" t="s">
         <v>23</v>
       </c>
       <c r="I446" t="s">
         <v>42</v>
       </c>
       <c r="J446"/>
       <c r="K446"/>
       <c r="L446"/>
       <c r="M446"/>
       <c r="N446"/>
       <c r="O446"/>
       <c r="P446"/>
       <c r="Q446" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="447" spans="1:17">
       <c r="A447">
-        <v>57091</v>
+        <v>11949</v>
       </c>
       <c r="B447" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="C447"/>
       <c r="D447"/>
       <c r="E447" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F447" t="s">
         <v>63</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
         <v>23</v>
       </c>
       <c r="I447" t="s">
         <v>42</v>
       </c>
       <c r="J447"/>
       <c r="K447"/>
       <c r="L447"/>
       <c r="M447"/>
       <c r="N447"/>
       <c r="O447"/>
-      <c r="P447" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P447"/>
       <c r="Q447" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="448" spans="1:17">
       <c r="A448">
-        <v>10647</v>
+        <v>12017</v>
       </c>
       <c r="B448" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="C448"/>
       <c r="D448"/>
       <c r="E448" t="s">
         <v>69</v>
       </c>
       <c r="F448" t="s">
         <v>63</v>
       </c>
       <c r="G448"/>
       <c r="H448" t="s">
         <v>23</v>
       </c>
       <c r="I448" t="s">
         <v>42</v>
       </c>
       <c r="J448"/>
       <c r="K448"/>
       <c r="L448"/>
       <c r="M448"/>
       <c r="N448"/>
       <c r="O448"/>
       <c r="P448"/>
       <c r="Q448" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="449" spans="1:17">
       <c r="A449">
-        <v>11949</v>
+        <v>11575</v>
       </c>
       <c r="B449" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="C449"/>
       <c r="D449"/>
       <c r="E449" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F449" t="s">
         <v>63</v>
       </c>
       <c r="G449"/>
       <c r="H449" t="s">
         <v>23</v>
       </c>
       <c r="I449" t="s">
         <v>42</v>
       </c>
       <c r="J449"/>
       <c r="K449"/>
       <c r="L449"/>
       <c r="M449"/>
       <c r="N449"/>
       <c r="O449"/>
       <c r="P449"/>
       <c r="Q449" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="450" spans="1:17">
       <c r="A450">
-        <v>12017</v>
+        <v>11197</v>
       </c>
       <c r="B450" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F450" t="s">
         <v>63</v>
       </c>
       <c r="G450"/>
       <c r="H450" t="s">
         <v>23</v>
       </c>
       <c r="I450" t="s">
         <v>42</v>
       </c>
       <c r="J450"/>
       <c r="K450"/>
       <c r="L450"/>
       <c r="M450"/>
       <c r="N450"/>
       <c r="O450"/>
       <c r="P450"/>
       <c r="Q450" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="451" spans="1:17">
       <c r="A451">
-        <v>11575</v>
+        <v>12127</v>
       </c>
       <c r="B451" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="C451"/>
       <c r="D451"/>
       <c r="E451" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F451" t="s">
         <v>63</v>
       </c>
       <c r="G451"/>
       <c r="H451" t="s">
         <v>23</v>
       </c>
       <c r="I451" t="s">
         <v>42</v>
       </c>
       <c r="J451"/>
       <c r="K451"/>
       <c r="L451"/>
       <c r="M451"/>
       <c r="N451"/>
       <c r="O451"/>
       <c r="P451"/>
       <c r="Q451" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="452" spans="1:17">
       <c r="A452">
-        <v>11197</v>
+        <v>12287</v>
       </c>
       <c r="B452" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452" t="s">
         <v>62</v>
       </c>
       <c r="F452" t="s">
         <v>63</v>
       </c>
       <c r="G452"/>
       <c r="H452" t="s">
         <v>23</v>
       </c>
       <c r="I452" t="s">
         <v>42</v>
       </c>
       <c r="J452"/>
       <c r="K452"/>
       <c r="L452"/>
       <c r="M452"/>
       <c r="N452"/>
       <c r="O452"/>
       <c r="P452"/>
       <c r="Q452" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="453" spans="1:17">
       <c r="A453">
-        <v>12127</v>
+        <v>12288</v>
       </c>
       <c r="B453" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="C453"/>
       <c r="D453"/>
       <c r="E453" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F453" t="s">
         <v>63</v>
       </c>
       <c r="G453"/>
       <c r="H453" t="s">
         <v>23</v>
       </c>
       <c r="I453" t="s">
         <v>42</v>
       </c>
       <c r="J453"/>
       <c r="K453"/>
       <c r="L453"/>
       <c r="M453"/>
       <c r="N453"/>
       <c r="O453"/>
       <c r="P453"/>
       <c r="Q453" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="454" spans="1:17">
       <c r="A454">
-        <v>12287</v>
+        <v>6529</v>
       </c>
       <c r="B454" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F454" t="s">
         <v>63</v>
       </c>
       <c r="G454"/>
       <c r="H454" t="s">
         <v>23</v>
       </c>
       <c r="I454" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J454"/>
       <c r="K454"/>
       <c r="L454"/>
       <c r="M454"/>
       <c r="N454"/>
       <c r="O454"/>
-      <c r="P454"/>
+      <c r="P454" t="s">
+        <v>1002</v>
+      </c>
       <c r="Q454" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="455" spans="1:17">
       <c r="A455">
-        <v>12288</v>
+        <v>11151</v>
       </c>
       <c r="B455" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455" t="s">
         <v>62</v>
       </c>
       <c r="F455" t="s">
         <v>63</v>
       </c>
       <c r="G455"/>
       <c r="H455" t="s">
         <v>23</v>
       </c>
       <c r="I455" t="s">
         <v>42</v>
       </c>
       <c r="J455"/>
       <c r="K455"/>
       <c r="L455"/>
       <c r="M455"/>
       <c r="N455"/>
       <c r="O455"/>
       <c r="P455"/>
       <c r="Q455" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="456" spans="1:17">
       <c r="A456">
-        <v>6529</v>
+        <v>10813</v>
       </c>
       <c r="B456" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456" t="s">
-        <v>69</v>
+        <v>942</v>
       </c>
       <c r="F456" t="s">
         <v>63</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
         <v>23</v>
       </c>
       <c r="I456" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J456"/>
       <c r="K456"/>
       <c r="L456"/>
       <c r="M456"/>
       <c r="N456"/>
       <c r="O456"/>
-      <c r="P456" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P456"/>
       <c r="Q456" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="457" spans="1:17">
       <c r="A457">
-        <v>11151</v>
+        <v>11980</v>
       </c>
       <c r="B457" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457" t="s">
-        <v>62</v>
+        <v>942</v>
       </c>
       <c r="F457" t="s">
         <v>63</v>
       </c>
       <c r="G457"/>
       <c r="H457" t="s">
         <v>23</v>
       </c>
       <c r="I457" t="s">
         <v>42</v>
       </c>
       <c r="J457"/>
       <c r="K457"/>
       <c r="L457"/>
       <c r="M457"/>
       <c r="N457"/>
       <c r="O457"/>
       <c r="P457"/>
       <c r="Q457" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="458" spans="1:17">
       <c r="A458">
-        <v>10813</v>
+        <v>11879</v>
       </c>
       <c r="B458" t="s">
-        <v>1008</v>
-[...2 lines deleted...]
-      <c r="D458"/>
+        <v>1006</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D458" t="s">
+        <v>932</v>
+      </c>
       <c r="E458" t="s">
-        <v>946</v>
+        <v>69</v>
       </c>
       <c r="F458" t="s">
         <v>63</v>
       </c>
       <c r="G458"/>
       <c r="H458" t="s">
         <v>23</v>
       </c>
       <c r="I458" t="s">
         <v>42</v>
       </c>
       <c r="J458"/>
       <c r="K458"/>
       <c r="L458"/>
       <c r="M458"/>
       <c r="N458"/>
       <c r="O458"/>
       <c r="P458"/>
       <c r="Q458" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="459" spans="1:17">
       <c r="A459">
-        <v>11980</v>
+        <v>24180</v>
       </c>
       <c r="B459" t="s">
-        <v>1009</v>
+        <v>1008</v>
       </c>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459" t="s">
-        <v>946</v>
+        <v>69</v>
       </c>
       <c r="F459" t="s">
         <v>63</v>
       </c>
       <c r="G459"/>
       <c r="H459" t="s">
         <v>23</v>
       </c>
       <c r="I459" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J459"/>
       <c r="K459"/>
       <c r="L459"/>
       <c r="M459"/>
       <c r="N459"/>
       <c r="O459"/>
       <c r="P459"/>
       <c r="Q459" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="460" spans="1:17">
       <c r="A460">
-        <v>11879</v>
+        <v>24181</v>
       </c>
       <c r="B460" t="s">
-        <v>1010</v>
-[...6 lines deleted...]
-      </c>
+        <v>1009</v>
+      </c>
+      <c r="C460"/>
+      <c r="D460"/>
       <c r="E460" t="s">
         <v>69</v>
       </c>
       <c r="F460" t="s">
         <v>63</v>
       </c>
       <c r="G460"/>
       <c r="H460" t="s">
         <v>23</v>
       </c>
       <c r="I460" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J460"/>
       <c r="K460"/>
       <c r="L460"/>
       <c r="M460"/>
       <c r="N460"/>
       <c r="O460"/>
       <c r="P460"/>
       <c r="Q460" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="461" spans="1:17">
       <c r="A461">
-        <v>24180</v>
+        <v>12230</v>
       </c>
       <c r="B461" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="C461"/>
       <c r="D461"/>
       <c r="E461" t="s">
         <v>69</v>
       </c>
       <c r="F461" t="s">
         <v>63</v>
       </c>
       <c r="G461"/>
       <c r="H461" t="s">
         <v>23</v>
       </c>
       <c r="I461" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J461"/>
       <c r="K461"/>
       <c r="L461"/>
       <c r="M461"/>
       <c r="N461"/>
       <c r="O461"/>
       <c r="P461"/>
       <c r="Q461" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="462" spans="1:17">
       <c r="A462">
-        <v>24181</v>
+        <v>10960</v>
       </c>
       <c r="B462" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="C462"/>
       <c r="D462"/>
       <c r="E462" t="s">
-        <v>69</v>
+        <v>942</v>
       </c>
       <c r="F462" t="s">
         <v>63</v>
       </c>
       <c r="G462"/>
       <c r="H462" t="s">
         <v>23</v>
       </c>
       <c r="I462" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J462"/>
       <c r="K462"/>
       <c r="L462"/>
       <c r="M462"/>
       <c r="N462"/>
       <c r="O462"/>
       <c r="P462"/>
       <c r="Q462" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="463" spans="1:17">
       <c r="A463">
-        <v>12230</v>
+        <v>11482</v>
       </c>
       <c r="B463" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="C463"/>
       <c r="D463"/>
       <c r="E463" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F463" t="s">
         <v>63</v>
       </c>
       <c r="G463"/>
       <c r="H463" t="s">
         <v>23</v>
       </c>
       <c r="I463" t="s">
         <v>42</v>
       </c>
       <c r="J463"/>
       <c r="K463"/>
       <c r="L463"/>
       <c r="M463"/>
       <c r="N463"/>
       <c r="O463"/>
       <c r="P463"/>
       <c r="Q463" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="464" spans="1:17">
       <c r="A464">
-        <v>10960</v>
+        <v>11093</v>
       </c>
       <c r="B464" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="C464"/>
       <c r="D464"/>
       <c r="E464" t="s">
-        <v>946</v>
+        <v>62</v>
       </c>
       <c r="F464" t="s">
         <v>63</v>
       </c>
       <c r="G464"/>
       <c r="H464" t="s">
         <v>23</v>
       </c>
       <c r="I464" t="s">
         <v>42</v>
       </c>
       <c r="J464"/>
       <c r="K464"/>
       <c r="L464"/>
       <c r="M464"/>
       <c r="N464"/>
       <c r="O464"/>
       <c r="P464"/>
       <c r="Q464" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="465" spans="1:17">
       <c r="A465">
-        <v>11482</v>
+        <v>24045</v>
       </c>
       <c r="B465" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="C465"/>
       <c r="D465"/>
       <c r="E465" t="s">
         <v>62</v>
       </c>
       <c r="F465" t="s">
         <v>63</v>
       </c>
       <c r="G465"/>
       <c r="H465" t="s">
         <v>23</v>
       </c>
       <c r="I465" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J465"/>
       <c r="K465"/>
       <c r="L465"/>
       <c r="M465"/>
       <c r="N465"/>
       <c r="O465"/>
       <c r="P465"/>
       <c r="Q465" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="466" spans="1:17">
       <c r="A466">
-        <v>11093</v>
+        <v>7807</v>
       </c>
       <c r="B466" t="s">
-        <v>1017</v>
-[...2 lines deleted...]
-      <c r="D466"/>
+        <v>1015</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D466" t="s">
+        <v>68</v>
+      </c>
       <c r="E466" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F466" t="s">
         <v>63</v>
       </c>
       <c r="G466"/>
       <c r="H466" t="s">
         <v>23</v>
       </c>
       <c r="I466" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J466"/>
       <c r="K466"/>
       <c r="L466"/>
       <c r="M466"/>
       <c r="N466"/>
       <c r="O466"/>
       <c r="P466"/>
       <c r="Q466" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="467" spans="1:17">
       <c r="A467">
-        <v>24045</v>
+        <v>11716</v>
       </c>
       <c r="B467" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C467" t="s">
         <v>1018</v>
       </c>
-      <c r="C467"/>
-      <c r="D467"/>
+      <c r="D467" t="s">
+        <v>1019</v>
+      </c>
       <c r="E467" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F467" t="s">
         <v>63</v>
       </c>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>23</v>
       </c>
       <c r="I467" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J467"/>
       <c r="K467"/>
       <c r="L467"/>
       <c r="M467"/>
       <c r="N467"/>
       <c r="O467"/>
       <c r="P467"/>
       <c r="Q467" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="468" spans="1:17">
       <c r="A468">
-        <v>7807</v>
+        <v>11951</v>
       </c>
       <c r="B468" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C468" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D468" t="s">
-        <v>68</v>
+        <v>967</v>
       </c>
       <c r="E468" t="s">
         <v>69</v>
       </c>
       <c r="F468" t="s">
         <v>63</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
         <v>23</v>
       </c>
       <c r="I468" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J468"/>
       <c r="K468"/>
       <c r="L468"/>
       <c r="M468"/>
       <c r="N468"/>
       <c r="O468"/>
       <c r="P468"/>
       <c r="Q468" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="469" spans="1:17">
       <c r="A469">
-        <v>11716</v>
+        <v>32465</v>
       </c>
       <c r="B469" t="s">
-        <v>1021</v>
-[...1 lines deleted...]
-      <c r="C469" t="s">
         <v>1022</v>
       </c>
-      <c r="D469" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C469"/>
+      <c r="D469"/>
       <c r="E469" t="s">
         <v>69</v>
       </c>
       <c r="F469" t="s">
         <v>63</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
         <v>23</v>
       </c>
       <c r="I469" t="s">
         <v>42</v>
       </c>
       <c r="J469"/>
       <c r="K469"/>
       <c r="L469"/>
       <c r="M469"/>
       <c r="N469"/>
       <c r="O469"/>
       <c r="P469"/>
       <c r="Q469" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="470" spans="1:17">
       <c r="A470">
-        <v>11951</v>
+        <v>12135</v>
       </c>
       <c r="B470" t="s">
-        <v>1024</v>
-[...6 lines deleted...]
-      </c>
+        <v>1023</v>
+      </c>
+      <c r="C470"/>
+      <c r="D470"/>
       <c r="E470" t="s">
         <v>69</v>
       </c>
       <c r="F470" t="s">
         <v>63</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
         <v>23</v>
       </c>
       <c r="I470" t="s">
         <v>42</v>
       </c>
       <c r="J470"/>
       <c r="K470"/>
       <c r="L470"/>
       <c r="M470"/>
       <c r="N470"/>
       <c r="O470"/>
       <c r="P470"/>
       <c r="Q470" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="471" spans="1:17">
       <c r="A471">
-        <v>32465</v>
+        <v>10703</v>
       </c>
       <c r="B471" t="s">
-        <v>1026</v>
+        <v>1024</v>
       </c>
       <c r="C471"/>
       <c r="D471"/>
       <c r="E471" t="s">
-        <v>69</v>
+        <v>971</v>
       </c>
       <c r="F471" t="s">
         <v>63</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
         <v>23</v>
       </c>
       <c r="I471" t="s">
         <v>42</v>
       </c>
       <c r="J471"/>
       <c r="K471"/>
       <c r="L471"/>
       <c r="M471"/>
       <c r="N471"/>
       <c r="O471"/>
       <c r="P471"/>
       <c r="Q471" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="472" spans="1:17">
       <c r="A472">
-        <v>12135</v>
+        <v>24040</v>
       </c>
       <c r="B472" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="C472"/>
       <c r="D472"/>
       <c r="E472" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F472" t="s">
         <v>63</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
         <v>23</v>
       </c>
       <c r="I472" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J472"/>
       <c r="K472"/>
       <c r="L472"/>
       <c r="M472"/>
       <c r="N472"/>
       <c r="O472"/>
       <c r="P472"/>
       <c r="Q472" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="473" spans="1:17">
       <c r="A473">
-        <v>10703</v>
+        <v>12435</v>
       </c>
       <c r="B473" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="C473"/>
       <c r="D473"/>
       <c r="E473" t="s">
-        <v>975</v>
+        <v>62</v>
       </c>
       <c r="F473" t="s">
         <v>63</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
         <v>23</v>
       </c>
       <c r="I473" t="s">
         <v>42</v>
       </c>
       <c r="J473"/>
       <c r="K473"/>
       <c r="L473"/>
       <c r="M473"/>
       <c r="N473"/>
       <c r="O473"/>
       <c r="P473"/>
       <c r="Q473" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="474" spans="1:17">
       <c r="A474">
-        <v>24040</v>
+        <v>9468</v>
       </c>
       <c r="B474" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D474" t="s">
         <v>1029</v>
       </c>
-      <c r="C474"/>
-      <c r="D474"/>
       <c r="E474" t="s">
-        <v>62</v>
+        <v>1030</v>
       </c>
       <c r="F474" t="s">
-        <v>63</v>
+        <v>235</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
         <v>23</v>
       </c>
       <c r="I474" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="J474"/>
+        <v>24</v>
+      </c>
+      <c r="J474" t="s">
+        <v>133</v>
+      </c>
       <c r="K474"/>
       <c r="L474"/>
       <c r="M474"/>
-      <c r="N474"/>
+      <c r="N474" t="s">
+        <v>134</v>
+      </c>
       <c r="O474"/>
-      <c r="P474"/>
+      <c r="P474" t="s">
+        <v>1031</v>
+      </c>
       <c r="Q474" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="475" spans="1:17">
       <c r="A475">
-        <v>12435</v>
+        <v>24262</v>
       </c>
       <c r="B475" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-      <c r="D475"/>
+        <v>1032</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D475" t="s">
+        <v>34</v>
+      </c>
       <c r="E475" t="s">
-        <v>62</v>
+        <v>1034</v>
       </c>
       <c r="F475" t="s">
-        <v>63</v>
+        <v>1035</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
         <v>23</v>
       </c>
       <c r="I475" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="K475"/>
+        <v>24</v>
+      </c>
+      <c r="J475" t="s">
+        <v>184</v>
+      </c>
+      <c r="K475" t="s">
+        <v>78</v>
+      </c>
       <c r="L475"/>
       <c r="M475"/>
-      <c r="N475"/>
+      <c r="N475" t="s">
+        <v>422</v>
+      </c>
       <c r="O475"/>
       <c r="P475"/>
       <c r="Q475" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="476" spans="1:17">
       <c r="A476">
-        <v>9468</v>
+        <v>21688</v>
       </c>
       <c r="B476" t="s">
-        <v>1031</v>
-[...6 lines deleted...]
-      </c>
+        <v>1036</v>
+      </c>
+      <c r="C476"/>
+      <c r="D476"/>
       <c r="E476" t="s">
-        <v>1034</v>
+        <v>373</v>
       </c>
       <c r="F476" t="s">
-        <v>235</v>
+        <v>374</v>
       </c>
       <c r="G476"/>
       <c r="H476" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I476" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="J476"/>
       <c r="K476"/>
       <c r="L476"/>
       <c r="M476"/>
-      <c r="N476" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N476"/>
       <c r="O476"/>
-      <c r="P476" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P476"/>
       <c r="Q476" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="477" spans="1:17">
       <c r="A477">
-        <v>24262</v>
+        <v>15628</v>
       </c>
       <c r="B477" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C477" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D477" t="s">
-        <v>34</v>
+        <v>932</v>
       </c>
       <c r="E477" t="s">
-        <v>1038</v>
+        <v>373</v>
       </c>
       <c r="F477" t="s">
-        <v>1039</v>
+        <v>374</v>
       </c>
       <c r="G477"/>
       <c r="H477" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I477" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>1039</v>
+      </c>
+      <c r="J477"/>
+      <c r="K477"/>
       <c r="L477"/>
       <c r="M477"/>
-      <c r="N477" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N477"/>
       <c r="O477"/>
       <c r="P477"/>
       <c r="Q477" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="478" spans="1:17">
       <c r="A478">
-        <v>21688</v>
+        <v>19245</v>
       </c>
       <c r="B478" t="s">
         <v>1040</v>
       </c>
       <c r="C478"/>
       <c r="D478"/>
       <c r="E478" t="s">
         <v>373</v>
       </c>
       <c r="F478" t="s">
         <v>374</v>
       </c>
       <c r="G478"/>
       <c r="H478" t="s">
         <v>173</v>
       </c>
       <c r="I478" t="s">
         <v>42</v>
       </c>
       <c r="J478"/>
       <c r="K478"/>
       <c r="L478"/>
       <c r="M478"/>
       <c r="N478"/>
       <c r="O478"/>
-      <c r="P478"/>
+      <c r="P478" t="s">
+        <v>1041</v>
+      </c>
       <c r="Q478" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="479" spans="1:17">
       <c r="A479">
-        <v>15628</v>
+        <v>44093</v>
       </c>
       <c r="B479" t="s">
-        <v>1041</v>
-[...1 lines deleted...]
-      <c r="C479" t="s">
         <v>1042</v>
       </c>
-      <c r="D479" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C479"/>
+      <c r="D479"/>
       <c r="E479" t="s">
         <v>373</v>
       </c>
       <c r="F479" t="s">
         <v>374</v>
       </c>
       <c r="G479"/>
       <c r="H479" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I479" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J479"/>
       <c r="K479"/>
       <c r="L479"/>
       <c r="M479"/>
       <c r="N479"/>
       <c r="O479"/>
       <c r="P479"/>
       <c r="Q479" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="480" spans="1:17">
       <c r="A480">
-        <v>19245</v>
+        <v>20102</v>
       </c>
       <c r="B480" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C480" t="s">
         <v>1044</v>
       </c>
-      <c r="C480"/>
-      <c r="D480"/>
+      <c r="D480" t="s">
+        <v>68</v>
+      </c>
       <c r="E480" t="s">
         <v>373</v>
       </c>
       <c r="F480" t="s">
         <v>374</v>
       </c>
       <c r="G480"/>
       <c r="H480" t="s">
         <v>173</v>
       </c>
       <c r="I480" t="s">
         <v>42</v>
       </c>
       <c r="J480"/>
       <c r="K480"/>
       <c r="L480"/>
       <c r="M480"/>
       <c r="N480"/>
       <c r="O480"/>
-      <c r="P480" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P480"/>
       <c r="Q480" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="481" spans="1:17">
       <c r="A481">
-        <v>44093</v>
+        <v>20107</v>
       </c>
       <c r="B481" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="C481"/>
       <c r="D481"/>
       <c r="E481" t="s">
         <v>373</v>
       </c>
       <c r="F481" t="s">
         <v>374</v>
       </c>
       <c r="G481"/>
       <c r="H481" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I481" t="s">
         <v>42</v>
       </c>
       <c r="J481"/>
       <c r="K481"/>
       <c r="L481"/>
       <c r="M481"/>
       <c r="N481"/>
       <c r="O481"/>
       <c r="P481"/>
       <c r="Q481" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="482" spans="1:17">
       <c r="A482">
-        <v>20102</v>
+        <v>1867</v>
       </c>
       <c r="B482" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C482" t="s">
         <v>1047</v>
       </c>
-      <c r="C482" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D482" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="E482" t="s">
         <v>373</v>
       </c>
       <c r="F482" t="s">
         <v>374</v>
       </c>
       <c r="G482"/>
       <c r="H482" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I482" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J482"/>
       <c r="K482"/>
       <c r="L482"/>
       <c r="M482"/>
       <c r="N482"/>
       <c r="O482"/>
-      <c r="P482"/>
+      <c r="P482" t="s">
+        <v>1048</v>
+      </c>
       <c r="Q482" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="483" spans="1:17">
       <c r="A483">
-        <v>20107</v>
+        <v>28055</v>
       </c>
       <c r="B483" t="s">
         <v>1049</v>
       </c>
       <c r="C483"/>
       <c r="D483"/>
       <c r="E483" t="s">
         <v>373</v>
       </c>
       <c r="F483" t="s">
         <v>374</v>
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
         <v>173</v>
       </c>
       <c r="I483" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J483"/>
       <c r="K483"/>
       <c r="L483"/>
       <c r="M483"/>
       <c r="N483"/>
       <c r="O483"/>
       <c r="P483"/>
       <c r="Q483" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="484" spans="1:17">
       <c r="A484">
-        <v>1867</v>
+        <v>44841</v>
       </c>
       <c r="B484" t="s">
         <v>1050</v>
       </c>
-      <c r="C484" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C484"/>
+      <c r="D484"/>
       <c r="E484" t="s">
         <v>373</v>
       </c>
       <c r="F484" t="s">
         <v>374</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
         <v>23</v>
       </c>
       <c r="I484" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J484"/>
       <c r="K484"/>
       <c r="L484"/>
       <c r="M484"/>
       <c r="N484"/>
       <c r="O484"/>
-      <c r="P484" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P484"/>
       <c r="Q484" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="485" spans="1:17">
       <c r="A485">
-        <v>28055</v>
+        <v>15380</v>
       </c>
       <c r="B485" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D485" t="s">
         <v>1053</v>
       </c>
-      <c r="C485"/>
-      <c r="D485"/>
       <c r="E485" t="s">
         <v>373</v>
       </c>
       <c r="F485" t="s">
         <v>374</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
         <v>173</v>
       </c>
       <c r="I485" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J485"/>
       <c r="K485"/>
       <c r="L485"/>
       <c r="M485"/>
       <c r="N485"/>
       <c r="O485"/>
       <c r="P485"/>
       <c r="Q485" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="486" spans="1:17">
       <c r="A486">
-        <v>44841</v>
+        <v>1879</v>
       </c>
       <c r="B486" t="s">
         <v>1054</v>
       </c>
-      <c r="C486"/>
-      <c r="D486"/>
+      <c r="C486" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D486" t="s">
+        <v>935</v>
+      </c>
       <c r="E486" t="s">
         <v>373</v>
       </c>
       <c r="F486" t="s">
         <v>374</v>
       </c>
       <c r="G486"/>
       <c r="H486" t="s">
         <v>23</v>
       </c>
       <c r="I486" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J486"/>
       <c r="K486"/>
       <c r="L486"/>
       <c r="M486"/>
       <c r="N486"/>
       <c r="O486"/>
       <c r="P486"/>
       <c r="Q486" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="487" spans="1:17">
       <c r="A487">
-        <v>15380</v>
+        <v>24481</v>
       </c>
       <c r="B487" t="s">
-        <v>1055</v>
-[...1 lines deleted...]
-      <c r="C487" t="s">
         <v>1056</v>
       </c>
-      <c r="D487" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C487"/>
+      <c r="D487"/>
       <c r="E487" t="s">
         <v>373</v>
       </c>
       <c r="F487" t="s">
         <v>374</v>
       </c>
       <c r="G487"/>
       <c r="H487" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I487" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J487"/>
       <c r="K487"/>
       <c r="L487"/>
       <c r="M487"/>
       <c r="N487"/>
       <c r="O487"/>
       <c r="P487"/>
       <c r="Q487" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="488" spans="1:17">
       <c r="A488">
-        <v>1879</v>
+        <v>2017</v>
       </c>
       <c r="B488" t="s">
-        <v>1058</v>
-[...6 lines deleted...]
-      </c>
+        <v>1057</v>
+      </c>
+      <c r="C488"/>
+      <c r="D488"/>
       <c r="E488" t="s">
         <v>373</v>
       </c>
       <c r="F488" t="s">
         <v>374</v>
       </c>
       <c r="G488"/>
       <c r="H488" t="s">
         <v>23</v>
       </c>
       <c r="I488" t="s">
         <v>24</v>
       </c>
       <c r="J488"/>
       <c r="K488"/>
       <c r="L488"/>
       <c r="M488"/>
       <c r="N488"/>
       <c r="O488"/>
       <c r="P488"/>
       <c r="Q488" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="489" spans="1:17">
       <c r="A489">
-        <v>24481</v>
+        <v>21637</v>
       </c>
       <c r="B489" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="C489"/>
       <c r="D489"/>
       <c r="E489" t="s">
         <v>373</v>
       </c>
       <c r="F489" t="s">
         <v>374</v>
       </c>
       <c r="G489"/>
       <c r="H489" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I489" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J489"/>
       <c r="K489"/>
       <c r="L489"/>
       <c r="M489"/>
       <c r="N489"/>
       <c r="O489"/>
       <c r="P489"/>
       <c r="Q489" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="490" spans="1:17">
       <c r="A490">
-        <v>2017</v>
+        <v>21638</v>
       </c>
       <c r="B490" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="C490"/>
       <c r="D490"/>
       <c r="E490" t="s">
         <v>373</v>
       </c>
       <c r="F490" t="s">
         <v>374</v>
       </c>
       <c r="G490"/>
       <c r="H490" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I490" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J490"/>
       <c r="K490"/>
       <c r="L490"/>
       <c r="M490"/>
       <c r="N490"/>
       <c r="O490"/>
       <c r="P490"/>
       <c r="Q490" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="491" spans="1:17">
       <c r="A491">
-        <v>21637</v>
+        <v>21639</v>
       </c>
       <c r="B491" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="C491"/>
       <c r="D491"/>
       <c r="E491" t="s">
         <v>373</v>
       </c>
       <c r="F491" t="s">
         <v>374</v>
       </c>
       <c r="G491"/>
       <c r="H491" t="s">
         <v>173</v>
       </c>
       <c r="I491" t="s">
         <v>42</v>
       </c>
       <c r="J491"/>
       <c r="K491"/>
       <c r="L491"/>
       <c r="M491"/>
       <c r="N491"/>
       <c r="O491"/>
       <c r="P491"/>
       <c r="Q491" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="492" spans="1:17">
       <c r="A492">
-        <v>21638</v>
+        <v>37329</v>
       </c>
       <c r="B492" t="s">
-        <v>1063</v>
+        <v>1061</v>
       </c>
       <c r="C492"/>
       <c r="D492"/>
       <c r="E492" t="s">
         <v>373</v>
       </c>
       <c r="F492" t="s">
         <v>374</v>
       </c>
       <c r="G492"/>
       <c r="H492" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I492" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J492"/>
       <c r="K492"/>
       <c r="L492"/>
       <c r="M492"/>
       <c r="N492"/>
       <c r="O492"/>
       <c r="P492"/>
       <c r="Q492" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="493" spans="1:17">
       <c r="A493">
-        <v>21639</v>
+        <v>36689</v>
       </c>
       <c r="B493" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="C493"/>
       <c r="D493"/>
       <c r="E493" t="s">
         <v>373</v>
       </c>
       <c r="F493" t="s">
         <v>374</v>
       </c>
       <c r="G493"/>
       <c r="H493" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I493" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J493"/>
       <c r="K493"/>
       <c r="L493"/>
       <c r="M493"/>
       <c r="N493"/>
       <c r="O493"/>
       <c r="P493"/>
       <c r="Q493" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="494" spans="1:17">
       <c r="A494">
-        <v>37329</v>
+        <v>37331</v>
       </c>
       <c r="B494" t="s">
-        <v>1065</v>
+        <v>1063</v>
       </c>
       <c r="C494"/>
       <c r="D494"/>
       <c r="E494" t="s">
         <v>373</v>
       </c>
       <c r="F494" t="s">
         <v>374</v>
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
         <v>23</v>
       </c>
       <c r="I494" t="s">
         <v>24</v>
       </c>
       <c r="J494"/>
       <c r="K494"/>
       <c r="L494"/>
       <c r="M494"/>
       <c r="N494"/>
       <c r="O494"/>
       <c r="P494"/>
       <c r="Q494" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="495" spans="1:17">
       <c r="A495">
-        <v>36689</v>
+        <v>39736</v>
       </c>
       <c r="B495" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="C495"/>
       <c r="D495"/>
       <c r="E495" t="s">
         <v>373</v>
       </c>
       <c r="F495" t="s">
         <v>374</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
         <v>23</v>
       </c>
       <c r="I495" t="s">
-        <v>562</v>
+        <v>1065</v>
       </c>
       <c r="J495"/>
       <c r="K495"/>
       <c r="L495"/>
       <c r="M495"/>
       <c r="N495"/>
       <c r="O495"/>
       <c r="P495"/>
       <c r="Q495" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="496" spans="1:17">
       <c r="A496">
-        <v>37331</v>
+        <v>78465</v>
       </c>
       <c r="B496" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="C496"/>
       <c r="D496"/>
       <c r="E496" t="s">
         <v>373</v>
       </c>
       <c r="F496" t="s">
         <v>374</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
         <v>23</v>
       </c>
       <c r="I496" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J496"/>
       <c r="K496"/>
       <c r="L496"/>
       <c r="M496"/>
       <c r="N496"/>
       <c r="O496"/>
       <c r="P496"/>
       <c r="Q496" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="497" spans="1:17">
       <c r="A497">
-        <v>39736</v>
+        <v>45274</v>
       </c>
       <c r="B497" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
       <c r="C497"/>
       <c r="D497"/>
       <c r="E497" t="s">
         <v>373</v>
       </c>
       <c r="F497" t="s">
         <v>374</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
         <v>23</v>
       </c>
       <c r="I497" t="s">
-        <v>1069</v>
+        <v>42</v>
       </c>
       <c r="J497"/>
       <c r="K497"/>
       <c r="L497"/>
       <c r="M497"/>
       <c r="N497"/>
       <c r="O497"/>
       <c r="P497"/>
       <c r="Q497" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="498" spans="1:17">
       <c r="A498">
-        <v>78465</v>
+        <v>45280</v>
       </c>
       <c r="B498" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="C498"/>
       <c r="D498"/>
       <c r="E498" t="s">
         <v>373</v>
       </c>
       <c r="F498" t="s">
         <v>374</v>
       </c>
       <c r="G498"/>
       <c r="H498" t="s">
         <v>23</v>
       </c>
       <c r="I498" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J498"/>
       <c r="K498"/>
       <c r="L498"/>
       <c r="M498"/>
       <c r="N498"/>
       <c r="O498"/>
       <c r="P498"/>
       <c r="Q498" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="499" spans="1:17">
       <c r="A499">
-        <v>45274</v>
+        <v>15419</v>
       </c>
       <c r="B499" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D499" t="s">
         <v>1071</v>
       </c>
-      <c r="C499"/>
-      <c r="D499"/>
       <c r="E499" t="s">
         <v>373</v>
       </c>
       <c r="F499" t="s">
         <v>374</v>
       </c>
       <c r="G499"/>
       <c r="H499" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I499" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J499"/>
       <c r="K499"/>
       <c r="L499"/>
       <c r="M499"/>
       <c r="N499"/>
       <c r="O499"/>
       <c r="P499"/>
       <c r="Q499" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="500" spans="1:17">
       <c r="A500">
-        <v>45280</v>
+        <v>45432</v>
       </c>
       <c r="B500" t="s">
         <v>1072</v>
       </c>
       <c r="C500"/>
       <c r="D500"/>
       <c r="E500" t="s">
         <v>373</v>
       </c>
       <c r="F500" t="s">
         <v>374</v>
       </c>
       <c r="G500"/>
       <c r="H500" t="s">
         <v>23</v>
       </c>
       <c r="I500" t="s">
         <v>42</v>
       </c>
       <c r="J500"/>
       <c r="K500"/>
       <c r="L500"/>
       <c r="M500"/>
       <c r="N500"/>
       <c r="O500"/>
       <c r="P500"/>
       <c r="Q500" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="501" spans="1:17">
       <c r="A501">
-        <v>15419</v>
+        <v>45595</v>
       </c>
       <c r="B501" t="s">
         <v>1073</v>
       </c>
-      <c r="C501" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C501"/>
+      <c r="D501"/>
       <c r="E501" t="s">
         <v>373</v>
       </c>
       <c r="F501" t="s">
         <v>374</v>
       </c>
       <c r="G501"/>
       <c r="H501" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I501" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J501"/>
       <c r="K501"/>
       <c r="L501"/>
       <c r="M501"/>
       <c r="N501"/>
       <c r="O501"/>
       <c r="P501"/>
       <c r="Q501" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="502" spans="1:17">
       <c r="A502">
-        <v>45432</v>
+        <v>36695</v>
       </c>
       <c r="B502" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="C502"/>
       <c r="D502"/>
       <c r="E502" t="s">
         <v>373</v>
       </c>
       <c r="F502" t="s">
         <v>374</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
         <v>23</v>
       </c>
       <c r="I502" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J502"/>
       <c r="K502"/>
       <c r="L502"/>
       <c r="M502"/>
       <c r="N502"/>
       <c r="O502"/>
       <c r="P502"/>
       <c r="Q502" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="503" spans="1:17">
       <c r="A503">
-        <v>45595</v>
+        <v>33202</v>
       </c>
       <c r="B503" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="C503"/>
       <c r="D503"/>
       <c r="E503" t="s">
         <v>373</v>
       </c>
       <c r="F503" t="s">
         <v>374</v>
       </c>
       <c r="G503"/>
       <c r="H503" t="s">
         <v>23</v>
       </c>
       <c r="I503" t="s">
         <v>42</v>
       </c>
       <c r="J503"/>
       <c r="K503"/>
       <c r="L503"/>
       <c r="M503"/>
       <c r="N503"/>
       <c r="O503"/>
       <c r="P503"/>
       <c r="Q503" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="504" spans="1:17">
       <c r="A504">
-        <v>36695</v>
+        <v>45614</v>
       </c>
       <c r="B504" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="C504"/>
       <c r="D504"/>
       <c r="E504" t="s">
         <v>373</v>
       </c>
       <c r="F504" t="s">
         <v>374</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
         <v>23</v>
       </c>
       <c r="I504" t="s">
-        <v>562</v>
+        <v>42</v>
       </c>
       <c r="J504"/>
       <c r="K504"/>
       <c r="L504"/>
       <c r="M504"/>
       <c r="N504"/>
       <c r="O504"/>
       <c r="P504"/>
       <c r="Q504" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="505" spans="1:17">
       <c r="A505">
-        <v>33202</v>
+        <v>33268</v>
       </c>
       <c r="B505" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="C505"/>
       <c r="D505"/>
       <c r="E505" t="s">
         <v>373</v>
       </c>
       <c r="F505" t="s">
         <v>374</v>
       </c>
       <c r="G505"/>
       <c r="H505" t="s">
         <v>23</v>
       </c>
       <c r="I505" t="s">
         <v>42</v>
       </c>
       <c r="J505"/>
       <c r="K505"/>
       <c r="L505"/>
       <c r="M505"/>
       <c r="N505"/>
       <c r="O505"/>
       <c r="P505"/>
       <c r="Q505" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="506" spans="1:17">
       <c r="A506">
-        <v>45614</v>
+        <v>45620</v>
       </c>
       <c r="B506" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="C506"/>
       <c r="D506"/>
       <c r="E506" t="s">
         <v>373</v>
       </c>
       <c r="F506" t="s">
         <v>374</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
         <v>23</v>
       </c>
       <c r="I506" t="s">
         <v>42</v>
       </c>
       <c r="J506"/>
       <c r="K506"/>
       <c r="L506"/>
       <c r="M506"/>
       <c r="N506"/>
       <c r="O506"/>
       <c r="P506"/>
       <c r="Q506" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="507" spans="1:17">
       <c r="A507">
-        <v>33268</v>
+        <v>45623</v>
       </c>
       <c r="B507" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="C507"/>
       <c r="D507"/>
       <c r="E507" t="s">
         <v>373</v>
       </c>
       <c r="F507" t="s">
         <v>374</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
         <v>23</v>
       </c>
       <c r="I507" t="s">
         <v>42</v>
       </c>
       <c r="J507"/>
       <c r="K507"/>
       <c r="L507"/>
       <c r="M507"/>
       <c r="N507"/>
       <c r="O507"/>
       <c r="P507"/>
       <c r="Q507" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="508" spans="1:17">
       <c r="A508">
-        <v>45620</v>
+        <v>45624</v>
       </c>
       <c r="B508" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="C508"/>
       <c r="D508"/>
       <c r="E508" t="s">
         <v>373</v>
       </c>
       <c r="F508" t="s">
         <v>374</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
         <v>23</v>
       </c>
       <c r="I508" t="s">
         <v>42</v>
       </c>
       <c r="J508"/>
       <c r="K508"/>
       <c r="L508"/>
       <c r="M508"/>
       <c r="N508"/>
       <c r="O508"/>
       <c r="P508"/>
       <c r="Q508" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="509" spans="1:17">
       <c r="A509">
-        <v>45623</v>
+        <v>45626</v>
       </c>
       <c r="B509" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="C509"/>
       <c r="D509"/>
       <c r="E509" t="s">
         <v>373</v>
       </c>
       <c r="F509" t="s">
         <v>374</v>
       </c>
       <c r="G509"/>
       <c r="H509" t="s">
         <v>23</v>
       </c>
       <c r="I509" t="s">
         <v>42</v>
       </c>
       <c r="J509"/>
       <c r="K509"/>
       <c r="L509"/>
       <c r="M509"/>
       <c r="N509"/>
       <c r="O509"/>
       <c r="P509"/>
       <c r="Q509" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="510" spans="1:17">
       <c r="A510">
-        <v>45624</v>
+        <v>45627</v>
       </c>
       <c r="B510" t="s">
-        <v>1084</v>
-[...2 lines deleted...]
-      <c r="D510"/>
+        <v>1082</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D510" t="s">
+        <v>34</v>
+      </c>
       <c r="E510" t="s">
         <v>373</v>
       </c>
       <c r="F510" t="s">
         <v>374</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
         <v>23</v>
       </c>
       <c r="I510" t="s">
         <v>42</v>
       </c>
       <c r="J510"/>
       <c r="K510"/>
       <c r="L510"/>
       <c r="M510"/>
       <c r="N510"/>
       <c r="O510"/>
       <c r="P510"/>
       <c r="Q510" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="511" spans="1:17">
       <c r="A511">
-        <v>45626</v>
+        <v>45637</v>
       </c>
       <c r="B511" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="C511"/>
       <c r="D511"/>
       <c r="E511" t="s">
         <v>373</v>
       </c>
       <c r="F511" t="s">
         <v>374</v>
       </c>
       <c r="G511"/>
       <c r="H511" t="s">
         <v>23</v>
       </c>
       <c r="I511" t="s">
         <v>42</v>
       </c>
       <c r="J511"/>
       <c r="K511"/>
       <c r="L511"/>
       <c r="M511"/>
       <c r="N511"/>
       <c r="O511"/>
       <c r="P511"/>
       <c r="Q511" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="512" spans="1:17">
       <c r="A512">
-        <v>45627</v>
+        <v>45640</v>
       </c>
       <c r="B512" t="s">
-        <v>1086</v>
-[...6 lines deleted...]
-      </c>
+        <v>1085</v>
+      </c>
+      <c r="C512"/>
+      <c r="D512"/>
       <c r="E512" t="s">
         <v>373</v>
       </c>
       <c r="F512" t="s">
         <v>374</v>
       </c>
       <c r="G512"/>
       <c r="H512" t="s">
         <v>23</v>
       </c>
       <c r="I512" t="s">
         <v>42</v>
       </c>
       <c r="J512"/>
       <c r="K512"/>
       <c r="L512"/>
       <c r="M512"/>
       <c r="N512"/>
       <c r="O512"/>
       <c r="P512"/>
       <c r="Q512" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="513" spans="1:17">
       <c r="A513">
-        <v>45637</v>
+        <v>45645</v>
       </c>
       <c r="B513" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="C513"/>
       <c r="D513"/>
       <c r="E513" t="s">
         <v>373</v>
       </c>
       <c r="F513" t="s">
         <v>374</v>
       </c>
       <c r="G513"/>
       <c r="H513" t="s">
         <v>23</v>
       </c>
       <c r="I513" t="s">
         <v>42</v>
       </c>
       <c r="J513"/>
       <c r="K513"/>
       <c r="L513"/>
       <c r="M513"/>
       <c r="N513"/>
       <c r="O513"/>
       <c r="P513"/>
       <c r="Q513" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="514" spans="1:17">
       <c r="A514">
-        <v>45640</v>
+        <v>45648</v>
       </c>
       <c r="B514" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="C514"/>
       <c r="D514"/>
       <c r="E514" t="s">
         <v>373</v>
       </c>
       <c r="F514" t="s">
         <v>374</v>
       </c>
       <c r="G514"/>
       <c r="H514" t="s">
         <v>23</v>
       </c>
       <c r="I514" t="s">
         <v>42</v>
       </c>
       <c r="J514"/>
       <c r="K514"/>
       <c r="L514"/>
       <c r="M514"/>
       <c r="N514"/>
       <c r="O514"/>
       <c r="P514"/>
       <c r="Q514" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="515" spans="1:17">
       <c r="A515">
-        <v>45645</v>
+        <v>33233</v>
       </c>
       <c r="B515" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="C515"/>
       <c r="D515"/>
       <c r="E515" t="s">
         <v>373</v>
       </c>
       <c r="F515" t="s">
         <v>374</v>
       </c>
       <c r="G515"/>
       <c r="H515" t="s">
         <v>23</v>
       </c>
       <c r="I515" t="s">
         <v>42</v>
       </c>
       <c r="J515"/>
       <c r="K515"/>
       <c r="L515"/>
       <c r="M515"/>
       <c r="N515"/>
       <c r="O515"/>
       <c r="P515"/>
       <c r="Q515" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="516" spans="1:17">
       <c r="A516">
-        <v>45648</v>
+        <v>33199</v>
       </c>
       <c r="B516" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
       <c r="C516"/>
       <c r="D516"/>
       <c r="E516" t="s">
         <v>373</v>
       </c>
       <c r="F516" t="s">
         <v>374</v>
       </c>
       <c r="G516"/>
       <c r="H516" t="s">
         <v>23</v>
       </c>
       <c r="I516" t="s">
         <v>42</v>
       </c>
       <c r="J516"/>
       <c r="K516"/>
       <c r="L516"/>
       <c r="M516"/>
       <c r="N516"/>
       <c r="O516"/>
-      <c r="P516"/>
+      <c r="P516" t="s">
+        <v>1090</v>
+      </c>
       <c r="Q516" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="517" spans="1:17">
       <c r="A517">
-        <v>33233</v>
+        <v>45655</v>
       </c>
       <c r="B517" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="C517"/>
       <c r="D517"/>
       <c r="E517" t="s">
         <v>373</v>
       </c>
       <c r="F517" t="s">
         <v>374</v>
       </c>
       <c r="G517"/>
       <c r="H517" t="s">
         <v>23</v>
       </c>
       <c r="I517" t="s">
         <v>42</v>
       </c>
       <c r="J517"/>
       <c r="K517"/>
       <c r="L517"/>
       <c r="M517"/>
       <c r="N517"/>
       <c r="O517"/>
       <c r="P517"/>
       <c r="Q517" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="518" spans="1:17">
       <c r="A518">
-        <v>33199</v>
+        <v>45657</v>
       </c>
       <c r="B518" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="C518"/>
       <c r="D518"/>
       <c r="E518" t="s">
         <v>373</v>
       </c>
       <c r="F518" t="s">
         <v>374</v>
       </c>
       <c r="G518"/>
       <c r="H518" t="s">
         <v>23</v>
       </c>
       <c r="I518" t="s">
         <v>42</v>
       </c>
       <c r="J518"/>
       <c r="K518"/>
       <c r="L518"/>
       <c r="M518"/>
       <c r="N518"/>
       <c r="O518"/>
-      <c r="P518" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P518"/>
       <c r="Q518" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="519" spans="1:17">
       <c r="A519">
-        <v>45655</v>
+        <v>45661</v>
       </c>
       <c r="B519" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="C519"/>
       <c r="D519"/>
       <c r="E519" t="s">
         <v>373</v>
       </c>
       <c r="F519" t="s">
         <v>374</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
         <v>23</v>
       </c>
       <c r="I519" t="s">
         <v>42</v>
       </c>
       <c r="J519"/>
       <c r="K519"/>
       <c r="L519"/>
       <c r="M519"/>
       <c r="N519"/>
       <c r="O519"/>
       <c r="P519"/>
       <c r="Q519" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="520" spans="1:17">
       <c r="A520">
-        <v>45657</v>
+        <v>45668</v>
       </c>
       <c r="B520" t="s">
-        <v>1096</v>
+        <v>1094</v>
       </c>
       <c r="C520"/>
       <c r="D520"/>
       <c r="E520" t="s">
         <v>373</v>
       </c>
       <c r="F520" t="s">
         <v>374</v>
       </c>
       <c r="G520"/>
       <c r="H520" t="s">
         <v>23</v>
       </c>
       <c r="I520" t="s">
         <v>42</v>
       </c>
       <c r="J520"/>
       <c r="K520"/>
       <c r="L520"/>
       <c r="M520"/>
       <c r="N520"/>
       <c r="O520"/>
       <c r="P520"/>
       <c r="Q520" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="521" spans="1:17">
       <c r="A521">
-        <v>45661</v>
+        <v>45686</v>
       </c>
       <c r="B521" t="s">
-        <v>1097</v>
-[...2 lines deleted...]
-      <c r="D521"/>
+        <v>1095</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D521" t="s">
+        <v>34</v>
+      </c>
       <c r="E521" t="s">
         <v>373</v>
       </c>
       <c r="F521" t="s">
         <v>374</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
         <v>23</v>
       </c>
       <c r="I521" t="s">
         <v>42</v>
       </c>
       <c r="J521"/>
       <c r="K521"/>
       <c r="L521"/>
       <c r="M521"/>
       <c r="N521"/>
       <c r="O521"/>
       <c r="P521"/>
       <c r="Q521" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="522" spans="1:17">
       <c r="A522">
-        <v>45668</v>
+        <v>45700</v>
       </c>
       <c r="B522" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="C522"/>
       <c r="D522"/>
       <c r="E522" t="s">
         <v>373</v>
       </c>
       <c r="F522" t="s">
         <v>374</v>
       </c>
       <c r="G522"/>
       <c r="H522" t="s">
         <v>23</v>
       </c>
       <c r="I522" t="s">
         <v>42</v>
       </c>
       <c r="J522"/>
       <c r="K522"/>
       <c r="L522"/>
       <c r="M522"/>
       <c r="N522"/>
       <c r="O522"/>
       <c r="P522"/>
       <c r="Q522" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="523" spans="1:17">
       <c r="A523">
-        <v>45686</v>
+        <v>33299</v>
       </c>
       <c r="B523" t="s">
-        <v>1099</v>
-[...6 lines deleted...]
-      </c>
+        <v>1098</v>
+      </c>
+      <c r="C523"/>
+      <c r="D523"/>
       <c r="E523" t="s">
         <v>373</v>
       </c>
       <c r="F523" t="s">
         <v>374</v>
       </c>
       <c r="G523"/>
       <c r="H523" t="s">
         <v>23</v>
       </c>
       <c r="I523" t="s">
         <v>42</v>
       </c>
       <c r="J523"/>
       <c r="K523"/>
       <c r="L523"/>
       <c r="M523"/>
       <c r="N523"/>
       <c r="O523"/>
       <c r="P523"/>
       <c r="Q523" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="524" spans="1:17">
       <c r="A524">
-        <v>45700</v>
+        <v>33245</v>
       </c>
       <c r="B524" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="C524"/>
       <c r="D524"/>
       <c r="E524" t="s">
         <v>373</v>
       </c>
       <c r="F524" t="s">
         <v>374</v>
       </c>
       <c r="G524"/>
       <c r="H524" t="s">
         <v>23</v>
       </c>
       <c r="I524" t="s">
         <v>42</v>
       </c>
       <c r="J524"/>
       <c r="K524"/>
       <c r="L524"/>
       <c r="M524"/>
       <c r="N524"/>
       <c r="O524"/>
       <c r="P524"/>
       <c r="Q524" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="525" spans="1:17">
       <c r="A525">
-        <v>33299</v>
+        <v>33210</v>
       </c>
       <c r="B525" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="C525"/>
       <c r="D525"/>
       <c r="E525" t="s">
         <v>373</v>
       </c>
       <c r="F525" t="s">
         <v>374</v>
       </c>
       <c r="G525"/>
       <c r="H525" t="s">
         <v>23</v>
       </c>
       <c r="I525" t="s">
         <v>42</v>
       </c>
       <c r="J525"/>
       <c r="K525"/>
       <c r="L525"/>
       <c r="M525"/>
       <c r="N525"/>
       <c r="O525"/>
       <c r="P525"/>
       <c r="Q525" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="526" spans="1:17">
       <c r="A526">
-        <v>33245</v>
+        <v>33236</v>
       </c>
       <c r="B526" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
       <c r="C526"/>
       <c r="D526"/>
       <c r="E526" t="s">
         <v>373</v>
       </c>
       <c r="F526" t="s">
         <v>374</v>
       </c>
       <c r="G526"/>
       <c r="H526" t="s">
         <v>23</v>
       </c>
       <c r="I526" t="s">
         <v>42</v>
       </c>
       <c r="J526"/>
       <c r="K526"/>
       <c r="L526"/>
       <c r="M526"/>
       <c r="N526"/>
       <c r="O526"/>
       <c r="P526"/>
       <c r="Q526" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="527" spans="1:17">
       <c r="A527">
-        <v>33210</v>
+        <v>45716</v>
       </c>
       <c r="B527" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="C527"/>
       <c r="D527"/>
       <c r="E527" t="s">
         <v>373</v>
       </c>
       <c r="F527" t="s">
         <v>374</v>
       </c>
       <c r="G527"/>
       <c r="H527" t="s">
         <v>23</v>
       </c>
       <c r="I527" t="s">
         <v>42</v>
       </c>
       <c r="J527"/>
       <c r="K527"/>
       <c r="L527"/>
       <c r="M527"/>
       <c r="N527"/>
       <c r="O527"/>
       <c r="P527"/>
       <c r="Q527" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="528" spans="1:17">
       <c r="A528">
-        <v>33236</v>
+        <v>33301</v>
       </c>
       <c r="B528" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="C528"/>
       <c r="D528"/>
       <c r="E528" t="s">
         <v>373</v>
       </c>
       <c r="F528" t="s">
         <v>374</v>
       </c>
       <c r="G528"/>
       <c r="H528" t="s">
         <v>23</v>
       </c>
       <c r="I528" t="s">
         <v>42</v>
       </c>
       <c r="J528"/>
       <c r="K528"/>
       <c r="L528"/>
       <c r="M528"/>
       <c r="N528"/>
       <c r="O528"/>
       <c r="P528"/>
       <c r="Q528" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="529" spans="1:17">
       <c r="A529">
-        <v>45716</v>
+        <v>33224</v>
       </c>
       <c r="B529" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="C529"/>
       <c r="D529"/>
       <c r="E529" t="s">
         <v>373</v>
       </c>
       <c r="F529" t="s">
         <v>374</v>
       </c>
       <c r="G529"/>
       <c r="H529" t="s">
         <v>23</v>
       </c>
       <c r="I529" t="s">
         <v>42</v>
       </c>
       <c r="J529"/>
       <c r="K529"/>
       <c r="L529"/>
       <c r="M529"/>
       <c r="N529"/>
       <c r="O529"/>
       <c r="P529"/>
       <c r="Q529" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="530" spans="1:17">
       <c r="A530">
-        <v>33301</v>
+        <v>45729</v>
       </c>
       <c r="B530" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="C530"/>
       <c r="D530"/>
       <c r="E530" t="s">
         <v>373</v>
       </c>
       <c r="F530" t="s">
         <v>374</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
         <v>23</v>
       </c>
       <c r="I530" t="s">
         <v>42</v>
       </c>
       <c r="J530"/>
       <c r="K530"/>
       <c r="L530"/>
       <c r="M530"/>
       <c r="N530"/>
       <c r="O530"/>
       <c r="P530"/>
       <c r="Q530" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="531" spans="1:17">
       <c r="A531">
-        <v>33224</v>
+        <v>33281</v>
       </c>
       <c r="B531" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="C531"/>
       <c r="D531"/>
       <c r="E531" t="s">
         <v>373</v>
       </c>
       <c r="F531" t="s">
         <v>374</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
         <v>23</v>
       </c>
       <c r="I531" t="s">
         <v>42</v>
       </c>
       <c r="J531"/>
       <c r="K531"/>
       <c r="L531"/>
       <c r="M531"/>
       <c r="N531"/>
       <c r="O531"/>
       <c r="P531"/>
       <c r="Q531" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="532" spans="1:17">
       <c r="A532">
-        <v>45729</v>
+        <v>45733</v>
       </c>
       <c r="B532" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="C532"/>
       <c r="D532"/>
       <c r="E532" t="s">
         <v>373</v>
       </c>
       <c r="F532" t="s">
         <v>374</v>
       </c>
       <c r="G532"/>
       <c r="H532" t="s">
         <v>23</v>
       </c>
       <c r="I532" t="s">
         <v>42</v>
       </c>
       <c r="J532"/>
       <c r="K532"/>
       <c r="L532"/>
       <c r="M532"/>
       <c r="N532"/>
       <c r="O532"/>
       <c r="P532"/>
       <c r="Q532" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="533" spans="1:17">
       <c r="A533">
-        <v>33281</v>
+        <v>33315</v>
       </c>
       <c r="B533" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="C533"/>
       <c r="D533"/>
       <c r="E533" t="s">
         <v>373</v>
       </c>
       <c r="F533" t="s">
         <v>374</v>
       </c>
       <c r="G533"/>
       <c r="H533" t="s">
         <v>23</v>
       </c>
       <c r="I533" t="s">
         <v>42</v>
       </c>
       <c r="J533"/>
       <c r="K533"/>
       <c r="L533"/>
       <c r="M533"/>
       <c r="N533"/>
       <c r="O533"/>
       <c r="P533"/>
       <c r="Q533" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="534" spans="1:17">
       <c r="A534">
-        <v>45733</v>
+        <v>45740</v>
       </c>
       <c r="B534" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="C534"/>
       <c r="D534"/>
       <c r="E534" t="s">
         <v>373</v>
       </c>
       <c r="F534" t="s">
         <v>374</v>
       </c>
       <c r="G534"/>
       <c r="H534" t="s">
         <v>23</v>
       </c>
       <c r="I534" t="s">
         <v>42</v>
       </c>
       <c r="J534"/>
       <c r="K534"/>
       <c r="L534"/>
       <c r="M534"/>
       <c r="N534"/>
       <c r="O534"/>
       <c r="P534"/>
       <c r="Q534" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="535" spans="1:17">
       <c r="A535">
-        <v>33315</v>
+        <v>45748</v>
       </c>
       <c r="B535" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="C535"/>
       <c r="D535"/>
       <c r="E535" t="s">
         <v>373</v>
       </c>
       <c r="F535" t="s">
         <v>374</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
         <v>23</v>
       </c>
       <c r="I535" t="s">
         <v>42</v>
       </c>
       <c r="J535"/>
       <c r="K535"/>
       <c r="L535"/>
       <c r="M535"/>
       <c r="N535"/>
       <c r="O535"/>
       <c r="P535"/>
       <c r="Q535" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="536" spans="1:17">
       <c r="A536">
-        <v>45740</v>
+        <v>45859</v>
       </c>
       <c r="B536" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
       <c r="C536"/>
       <c r="D536"/>
       <c r="E536" t="s">
         <v>373</v>
       </c>
       <c r="F536" t="s">
         <v>374</v>
       </c>
       <c r="G536"/>
       <c r="H536" t="s">
         <v>23</v>
       </c>
       <c r="I536" t="s">
         <v>42</v>
       </c>
       <c r="J536"/>
       <c r="K536"/>
       <c r="L536"/>
       <c r="M536"/>
       <c r="N536"/>
       <c r="O536"/>
       <c r="P536"/>
       <c r="Q536" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="537" spans="1:17">
       <c r="A537">
-        <v>45748</v>
+        <v>33363</v>
       </c>
       <c r="B537" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="C537"/>
       <c r="D537"/>
       <c r="E537" t="s">
         <v>373</v>
       </c>
       <c r="F537" t="s">
         <v>374</v>
       </c>
       <c r="G537"/>
       <c r="H537" t="s">
         <v>23</v>
       </c>
       <c r="I537" t="s">
         <v>42</v>
       </c>
       <c r="J537"/>
       <c r="K537"/>
       <c r="L537"/>
       <c r="M537"/>
       <c r="N537"/>
       <c r="O537"/>
       <c r="P537"/>
       <c r="Q537" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="538" spans="1:17">
       <c r="A538">
-        <v>45859</v>
+        <v>33365</v>
       </c>
       <c r="B538" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="C538"/>
       <c r="D538"/>
       <c r="E538" t="s">
         <v>373</v>
       </c>
       <c r="F538" t="s">
         <v>374</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
         <v>23</v>
       </c>
       <c r="I538" t="s">
         <v>42</v>
       </c>
       <c r="J538"/>
       <c r="K538"/>
       <c r="L538"/>
       <c r="M538"/>
       <c r="N538"/>
       <c r="O538"/>
-      <c r="P538"/>
+      <c r="P538" t="s">
+        <v>1114</v>
+      </c>
       <c r="Q538" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="539" spans="1:17">
       <c r="A539">
-        <v>33363</v>
+        <v>46058</v>
       </c>
       <c r="B539" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="C539"/>
       <c r="D539"/>
       <c r="E539" t="s">
         <v>373</v>
       </c>
       <c r="F539" t="s">
         <v>374</v>
       </c>
       <c r="G539"/>
       <c r="H539" t="s">
         <v>23</v>
       </c>
       <c r="I539" t="s">
         <v>42</v>
       </c>
       <c r="J539"/>
       <c r="K539"/>
       <c r="L539"/>
       <c r="M539"/>
       <c r="N539"/>
       <c r="O539"/>
       <c r="P539"/>
       <c r="Q539" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="540" spans="1:17">
       <c r="A540">
-        <v>33365</v>
+        <v>46060</v>
       </c>
       <c r="B540" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="C540"/>
       <c r="D540"/>
       <c r="E540" t="s">
         <v>373</v>
       </c>
       <c r="F540" t="s">
         <v>374</v>
       </c>
       <c r="G540"/>
       <c r="H540" t="s">
         <v>23</v>
       </c>
       <c r="I540" t="s">
         <v>42</v>
       </c>
       <c r="J540"/>
       <c r="K540"/>
       <c r="L540"/>
       <c r="M540"/>
       <c r="N540"/>
       <c r="O540"/>
-      <c r="P540" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P540"/>
       <c r="Q540" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="541" spans="1:17">
       <c r="A541">
-        <v>46058</v>
+        <v>46062</v>
       </c>
       <c r="B541" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
       <c r="C541"/>
       <c r="D541"/>
       <c r="E541" t="s">
         <v>373</v>
       </c>
       <c r="F541" t="s">
         <v>374</v>
       </c>
       <c r="G541"/>
       <c r="H541" t="s">
         <v>23</v>
       </c>
       <c r="I541" t="s">
         <v>42</v>
       </c>
       <c r="J541"/>
       <c r="K541"/>
       <c r="L541"/>
       <c r="M541"/>
       <c r="N541"/>
       <c r="O541"/>
       <c r="P541"/>
       <c r="Q541" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="542" spans="1:17">
       <c r="A542">
-        <v>46060</v>
+        <v>46063</v>
       </c>
       <c r="B542" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="C542"/>
       <c r="D542"/>
       <c r="E542" t="s">
         <v>373</v>
       </c>
       <c r="F542" t="s">
         <v>374</v>
       </c>
       <c r="G542"/>
       <c r="H542" t="s">
         <v>23</v>
       </c>
       <c r="I542" t="s">
         <v>42</v>
       </c>
       <c r="J542"/>
       <c r="K542"/>
       <c r="L542"/>
       <c r="M542"/>
       <c r="N542"/>
       <c r="O542"/>
       <c r="P542"/>
       <c r="Q542" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="543" spans="1:17">
       <c r="A543">
-        <v>46062</v>
+        <v>46064</v>
       </c>
       <c r="B543" t="s">
-        <v>1121</v>
+        <v>1119</v>
       </c>
       <c r="C543"/>
       <c r="D543"/>
       <c r="E543" t="s">
         <v>373</v>
       </c>
       <c r="F543" t="s">
         <v>374</v>
       </c>
       <c r="G543"/>
       <c r="H543" t="s">
         <v>23</v>
       </c>
       <c r="I543" t="s">
         <v>42</v>
       </c>
       <c r="J543"/>
       <c r="K543"/>
       <c r="L543"/>
       <c r="M543"/>
       <c r="N543"/>
       <c r="O543"/>
       <c r="P543"/>
       <c r="Q543" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="544" spans="1:17">
       <c r="A544">
-        <v>46063</v>
+        <v>46065</v>
       </c>
       <c r="B544" t="s">
-        <v>1122</v>
+        <v>1120</v>
       </c>
       <c r="C544"/>
       <c r="D544"/>
       <c r="E544" t="s">
         <v>373</v>
       </c>
       <c r="F544" t="s">
         <v>374</v>
       </c>
       <c r="G544"/>
       <c r="H544" t="s">
         <v>23</v>
       </c>
       <c r="I544" t="s">
         <v>42</v>
       </c>
       <c r="J544"/>
       <c r="K544"/>
       <c r="L544"/>
       <c r="M544"/>
       <c r="N544"/>
       <c r="O544"/>
       <c r="P544"/>
       <c r="Q544" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="545" spans="1:17">
       <c r="A545">
-        <v>46064</v>
+        <v>46066</v>
       </c>
       <c r="B545" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-      <c r="D545"/>
+        <v>1121</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D545" t="s">
+        <v>34</v>
+      </c>
       <c r="E545" t="s">
         <v>373</v>
       </c>
       <c r="F545" t="s">
         <v>374</v>
       </c>
       <c r="G545"/>
       <c r="H545" t="s">
         <v>23</v>
       </c>
       <c r="I545" t="s">
         <v>42</v>
       </c>
       <c r="J545"/>
       <c r="K545"/>
       <c r="L545"/>
       <c r="M545"/>
       <c r="N545"/>
       <c r="O545"/>
       <c r="P545"/>
       <c r="Q545" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="546" spans="1:17">
       <c r="A546">
-        <v>46065</v>
+        <v>46071</v>
       </c>
       <c r="B546" t="s">
-        <v>1124</v>
+        <v>1123</v>
       </c>
       <c r="C546"/>
       <c r="D546"/>
       <c r="E546" t="s">
         <v>373</v>
       </c>
       <c r="F546" t="s">
         <v>374</v>
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
         <v>23</v>
       </c>
       <c r="I546" t="s">
         <v>42</v>
       </c>
       <c r="J546"/>
       <c r="K546"/>
       <c r="L546"/>
       <c r="M546"/>
       <c r="N546"/>
       <c r="O546"/>
       <c r="P546"/>
       <c r="Q546" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="547" spans="1:17">
       <c r="A547">
-        <v>46066</v>
+        <v>46403</v>
       </c>
       <c r="B547" t="s">
-        <v>1125</v>
-[...6 lines deleted...]
-      </c>
+        <v>1124</v>
+      </c>
+      <c r="C547"/>
+      <c r="D547"/>
       <c r="E547" t="s">
         <v>373</v>
       </c>
       <c r="F547" t="s">
         <v>374</v>
       </c>
       <c r="G547"/>
       <c r="H547" t="s">
         <v>23</v>
       </c>
       <c r="I547" t="s">
         <v>42</v>
       </c>
       <c r="J547"/>
       <c r="K547"/>
       <c r="L547"/>
       <c r="M547"/>
       <c r="N547"/>
       <c r="O547"/>
       <c r="P547"/>
       <c r="Q547" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="548" spans="1:17">
       <c r="A548">
-        <v>46071</v>
+        <v>46441</v>
       </c>
       <c r="B548" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="C548"/>
       <c r="D548"/>
       <c r="E548" t="s">
         <v>373</v>
       </c>
       <c r="F548" t="s">
         <v>374</v>
       </c>
       <c r="G548"/>
       <c r="H548" t="s">
         <v>23</v>
       </c>
       <c r="I548" t="s">
         <v>42</v>
       </c>
       <c r="J548"/>
       <c r="K548"/>
       <c r="L548"/>
       <c r="M548"/>
       <c r="N548"/>
       <c r="O548"/>
       <c r="P548"/>
       <c r="Q548" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="549" spans="1:17">
       <c r="A549">
-        <v>46403</v>
+        <v>46477</v>
       </c>
       <c r="B549" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="C549"/>
       <c r="D549"/>
       <c r="E549" t="s">
         <v>373</v>
       </c>
       <c r="F549" t="s">
         <v>374</v>
       </c>
       <c r="G549"/>
       <c r="H549" t="s">
         <v>23</v>
       </c>
       <c r="I549" t="s">
         <v>42</v>
       </c>
       <c r="J549"/>
       <c r="K549"/>
       <c r="L549"/>
       <c r="M549"/>
       <c r="N549"/>
       <c r="O549"/>
       <c r="P549"/>
       <c r="Q549" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="550" spans="1:17">
       <c r="A550">
-        <v>46441</v>
+        <v>2271</v>
       </c>
       <c r="B550" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="C550"/>
       <c r="D550"/>
       <c r="E550" t="s">
         <v>373</v>
       </c>
       <c r="F550" t="s">
         <v>374</v>
       </c>
       <c r="G550"/>
       <c r="H550" t="s">
         <v>23</v>
       </c>
       <c r="I550" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J550"/>
       <c r="K550"/>
       <c r="L550"/>
       <c r="M550"/>
       <c r="N550"/>
       <c r="O550"/>
       <c r="P550"/>
       <c r="Q550" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="551" spans="1:17">
       <c r="A551">
-        <v>46477</v>
+        <v>20285</v>
       </c>
       <c r="B551" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="C551"/>
       <c r="D551"/>
       <c r="E551" t="s">
         <v>373</v>
       </c>
       <c r="F551" t="s">
         <v>374</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I551" t="s">
         <v>42</v>
       </c>
       <c r="J551"/>
       <c r="K551"/>
       <c r="L551"/>
       <c r="M551"/>
       <c r="N551"/>
       <c r="O551"/>
       <c r="P551"/>
       <c r="Q551" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="552" spans="1:17">
       <c r="A552">
-        <v>2271</v>
+        <v>28256</v>
       </c>
       <c r="B552" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="C552"/>
       <c r="D552"/>
       <c r="E552" t="s">
         <v>373</v>
       </c>
       <c r="F552" t="s">
         <v>374</v>
       </c>
       <c r="G552"/>
       <c r="H552" t="s">
         <v>23</v>
       </c>
       <c r="I552" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J552"/>
       <c r="K552"/>
       <c r="L552"/>
       <c r="M552"/>
       <c r="N552"/>
       <c r="O552"/>
       <c r="P552"/>
       <c r="Q552" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="553" spans="1:17">
       <c r="A553">
-        <v>20285</v>
+        <v>28283</v>
       </c>
       <c r="B553" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
       <c r="C553"/>
       <c r="D553"/>
       <c r="E553" t="s">
         <v>373</v>
       </c>
       <c r="F553" t="s">
         <v>374</v>
       </c>
       <c r="G553"/>
       <c r="H553" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I553" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J553"/>
       <c r="K553"/>
       <c r="L553"/>
       <c r="M553"/>
       <c r="N553"/>
       <c r="O553"/>
       <c r="P553"/>
       <c r="Q553" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="554" spans="1:17">
       <c r="A554">
-        <v>28256</v>
+        <v>46872</v>
       </c>
       <c r="B554" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="C554"/>
       <c r="D554"/>
       <c r="E554" t="s">
         <v>373</v>
       </c>
       <c r="F554" t="s">
         <v>374</v>
       </c>
       <c r="G554"/>
       <c r="H554" t="s">
         <v>23</v>
       </c>
       <c r="I554" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J554"/>
       <c r="K554"/>
       <c r="L554"/>
       <c r="M554"/>
       <c r="N554"/>
       <c r="O554"/>
       <c r="P554"/>
       <c r="Q554" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="555" spans="1:17">
       <c r="A555">
-        <v>28283</v>
+        <v>2481</v>
       </c>
       <c r="B555" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
       <c r="C555"/>
       <c r="D555"/>
       <c r="E555" t="s">
         <v>373</v>
       </c>
       <c r="F555" t="s">
         <v>374</v>
       </c>
       <c r="G555"/>
       <c r="H555" t="s">
         <v>23</v>
       </c>
       <c r="I555" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J555"/>
       <c r="K555"/>
       <c r="L555"/>
       <c r="M555"/>
       <c r="N555"/>
       <c r="O555"/>
       <c r="P555"/>
       <c r="Q555" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="556" spans="1:17">
       <c r="A556">
-        <v>46872</v>
+        <v>15730</v>
       </c>
       <c r="B556" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D556" t="s">
         <v>1135</v>
       </c>
-      <c r="C556"/>
-      <c r="D556"/>
       <c r="E556" t="s">
         <v>373</v>
       </c>
       <c r="F556" t="s">
         <v>374</v>
       </c>
       <c r="G556"/>
       <c r="H556" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I556" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J556"/>
       <c r="K556"/>
       <c r="L556"/>
       <c r="M556"/>
       <c r="N556"/>
       <c r="O556"/>
       <c r="P556"/>
       <c r="Q556" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="557" spans="1:17">
       <c r="A557">
-        <v>2481</v>
+        <v>47194</v>
       </c>
       <c r="B557" t="s">
         <v>1136</v>
       </c>
       <c r="C557"/>
       <c r="D557"/>
       <c r="E557" t="s">
         <v>373</v>
       </c>
       <c r="F557" t="s">
         <v>374</v>
       </c>
       <c r="G557"/>
       <c r="H557" t="s">
-        <v>23</v>
+        <v>260</v>
       </c>
       <c r="I557" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J557"/>
       <c r="K557"/>
       <c r="L557"/>
       <c r="M557"/>
       <c r="N557"/>
       <c r="O557"/>
       <c r="P557"/>
       <c r="Q557" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="558" spans="1:17">
       <c r="A558">
-        <v>15730</v>
+        <v>47196</v>
       </c>
       <c r="B558" t="s">
         <v>1137</v>
       </c>
-      <c r="C558" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C558"/>
+      <c r="D558"/>
       <c r="E558" t="s">
         <v>373</v>
       </c>
       <c r="F558" t="s">
         <v>374</v>
       </c>
       <c r="G558"/>
       <c r="H558" t="s">
-        <v>173</v>
+        <v>260</v>
       </c>
       <c r="I558" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J558"/>
       <c r="K558"/>
       <c r="L558"/>
       <c r="M558"/>
       <c r="N558"/>
       <c r="O558"/>
       <c r="P558"/>
       <c r="Q558" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="559" spans="1:17">
       <c r="A559">
-        <v>47194</v>
+        <v>47201</v>
       </c>
       <c r="B559" t="s">
-        <v>1140</v>
+        <v>1138</v>
       </c>
       <c r="C559"/>
       <c r="D559"/>
       <c r="E559" t="s">
         <v>373</v>
       </c>
       <c r="F559" t="s">
         <v>374</v>
       </c>
       <c r="G559"/>
       <c r="H559" t="s">
-        <v>260</v>
+        <v>23</v>
       </c>
       <c r="I559" t="s">
         <v>42</v>
       </c>
       <c r="J559"/>
       <c r="K559"/>
       <c r="L559"/>
       <c r="M559"/>
       <c r="N559"/>
       <c r="O559"/>
       <c r="P559"/>
       <c r="Q559" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="560" spans="1:17">
       <c r="A560">
-        <v>47196</v>
+        <v>15852</v>
       </c>
       <c r="B560" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-      <c r="D560"/>
+        <v>1139</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D560" t="s">
+        <v>932</v>
+      </c>
       <c r="E560" t="s">
         <v>373</v>
       </c>
       <c r="F560" t="s">
         <v>374</v>
       </c>
       <c r="G560"/>
       <c r="H560" t="s">
-        <v>260</v>
+        <v>173</v>
       </c>
       <c r="I560" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J560"/>
       <c r="K560"/>
       <c r="L560"/>
       <c r="M560"/>
       <c r="N560"/>
       <c r="O560"/>
       <c r="P560"/>
       <c r="Q560" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="561" spans="1:17">
       <c r="A561">
-        <v>47201</v>
+        <v>15083</v>
       </c>
       <c r="B561" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="C561"/>
       <c r="D561"/>
       <c r="E561" t="s">
         <v>373</v>
       </c>
       <c r="F561" t="s">
         <v>374</v>
       </c>
       <c r="G561"/>
       <c r="H561" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I561" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J561"/>
       <c r="K561"/>
       <c r="L561"/>
       <c r="M561"/>
       <c r="N561"/>
       <c r="O561"/>
       <c r="P561"/>
       <c r="Q561" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="562" spans="1:17">
       <c r="A562">
-        <v>15852</v>
+        <v>47710</v>
       </c>
       <c r="B562" t="s">
-        <v>1143</v>
-[...6 lines deleted...]
-      </c>
+        <v>1142</v>
+      </c>
+      <c r="C562"/>
+      <c r="D562"/>
       <c r="E562" t="s">
         <v>373</v>
       </c>
       <c r="F562" t="s">
         <v>374</v>
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I562" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J562"/>
       <c r="K562"/>
       <c r="L562"/>
       <c r="M562"/>
       <c r="N562"/>
       <c r="O562"/>
       <c r="P562"/>
       <c r="Q562" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="563" spans="1:17">
       <c r="A563">
-        <v>15083</v>
+        <v>31520</v>
       </c>
       <c r="B563" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="C563"/>
       <c r="D563"/>
       <c r="E563" t="s">
         <v>373</v>
       </c>
       <c r="F563" t="s">
         <v>374</v>
       </c>
       <c r="G563"/>
       <c r="H563" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I563" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J563"/>
       <c r="K563"/>
       <c r="L563"/>
       <c r="M563"/>
       <c r="N563"/>
       <c r="O563"/>
       <c r="P563"/>
       <c r="Q563" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="564" spans="1:17">
       <c r="A564">
-        <v>47710</v>
+        <v>9517</v>
       </c>
       <c r="B564" t="s">
-        <v>1146</v>
-[...2 lines deleted...]
-      <c r="D564"/>
+        <v>1144</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D564" t="s">
+        <v>19</v>
+      </c>
       <c r="E564" t="s">
         <v>373</v>
       </c>
       <c r="F564" t="s">
         <v>374</v>
       </c>
       <c r="G564"/>
       <c r="H564" t="s">
         <v>23</v>
       </c>
       <c r="I564" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J564"/>
       <c r="K564"/>
       <c r="L564"/>
       <c r="M564"/>
       <c r="N564"/>
       <c r="O564"/>
-      <c r="P564"/>
+      <c r="P564" t="s">
+        <v>1146</v>
+      </c>
       <c r="Q564" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="565" spans="1:17">
       <c r="A565">
-        <v>31520</v>
+        <v>80444</v>
       </c>
       <c r="B565" t="s">
         <v>1147</v>
       </c>
-      <c r="C565"/>
-      <c r="D565"/>
+      <c r="C565" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1149</v>
+      </c>
       <c r="E565" t="s">
         <v>373</v>
       </c>
       <c r="F565" t="s">
         <v>374</v>
       </c>
       <c r="G565"/>
       <c r="H565" t="s">
         <v>23</v>
       </c>
       <c r="I565" t="s">
         <v>24</v>
       </c>
       <c r="J565"/>
       <c r="K565"/>
       <c r="L565"/>
       <c r="M565"/>
       <c r="N565"/>
       <c r="O565"/>
-      <c r="P565"/>
+      <c r="P565" t="s">
+        <v>1150</v>
+      </c>
       <c r="Q565" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="566" spans="1:17">
       <c r="A566">
-        <v>9517</v>
+        <v>80445</v>
       </c>
       <c r="B566" t="s">
-        <v>1148</v>
-[...6 lines deleted...]
-      </c>
+        <v>1151</v>
+      </c>
+      <c r="C566"/>
+      <c r="D566"/>
       <c r="E566" t="s">
         <v>373</v>
       </c>
       <c r="F566" t="s">
         <v>374</v>
       </c>
       <c r="G566"/>
       <c r="H566" t="s">
         <v>23</v>
       </c>
       <c r="I566" t="s">
         <v>24</v>
       </c>
       <c r="J566"/>
       <c r="K566"/>
       <c r="L566"/>
       <c r="M566"/>
       <c r="N566"/>
       <c r="O566"/>
-      <c r="P566" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P566"/>
       <c r="Q566" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="567" spans="1:17">
       <c r="A567">
-        <v>80444</v>
+        <v>2637</v>
       </c>
       <c r="B567" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="C567" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="D567" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="E567" t="s">
         <v>373</v>
       </c>
       <c r="F567" t="s">
         <v>374</v>
       </c>
       <c r="G567"/>
       <c r="H567" t="s">
         <v>23</v>
       </c>
       <c r="I567" t="s">
         <v>24</v>
       </c>
       <c r="J567"/>
       <c r="K567"/>
       <c r="L567"/>
       <c r="M567"/>
       <c r="N567"/>
       <c r="O567"/>
-      <c r="P567" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P567"/>
       <c r="Q567" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="568" spans="1:17">
       <c r="A568">
-        <v>80445</v>
+        <v>15370</v>
       </c>
       <c r="B568" t="s">
         <v>1155</v>
       </c>
       <c r="C568"/>
       <c r="D568"/>
       <c r="E568" t="s">
         <v>373</v>
       </c>
       <c r="F568" t="s">
         <v>374</v>
       </c>
       <c r="G568"/>
       <c r="H568" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I568" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J568"/>
       <c r="K568"/>
       <c r="L568"/>
       <c r="M568"/>
       <c r="N568"/>
       <c r="O568"/>
       <c r="P568"/>
       <c r="Q568" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="569" spans="1:17">
       <c r="A569">
-        <v>2637</v>
+        <v>83573</v>
       </c>
       <c r="B569" t="s">
         <v>1156</v>
       </c>
-      <c r="C569" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C569"/>
+      <c r="D569"/>
       <c r="E569" t="s">
         <v>373</v>
       </c>
       <c r="F569" t="s">
         <v>374</v>
       </c>
       <c r="G569"/>
       <c r="H569" t="s">
         <v>23</v>
       </c>
       <c r="I569" t="s">
         <v>24</v>
       </c>
       <c r="J569"/>
       <c r="K569"/>
       <c r="L569"/>
       <c r="M569"/>
       <c r="N569"/>
       <c r="O569"/>
-      <c r="P569"/>
+      <c r="P569" t="s">
+        <v>1157</v>
+      </c>
       <c r="Q569" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="570" spans="1:17">
       <c r="A570">
-        <v>15370</v>
+        <v>48247</v>
       </c>
       <c r="B570" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="C570"/>
       <c r="D570"/>
       <c r="E570" t="s">
         <v>373</v>
       </c>
       <c r="F570" t="s">
         <v>374</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I570" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J570"/>
       <c r="K570"/>
       <c r="L570"/>
       <c r="M570"/>
       <c r="N570"/>
       <c r="O570"/>
       <c r="P570"/>
       <c r="Q570" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="571" spans="1:17">
       <c r="A571">
-        <v>83573</v>
+        <v>48251</v>
       </c>
       <c r="B571" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="C571"/>
       <c r="D571"/>
       <c r="E571" t="s">
         <v>373</v>
       </c>
       <c r="F571" t="s">
         <v>374</v>
       </c>
       <c r="G571"/>
       <c r="H571" t="s">
         <v>23</v>
       </c>
       <c r="I571" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J571"/>
       <c r="K571"/>
       <c r="L571"/>
       <c r="M571"/>
       <c r="N571"/>
       <c r="O571"/>
-      <c r="P571" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P571"/>
       <c r="Q571" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="572" spans="1:17">
       <c r="A572">
-        <v>48247</v>
+        <v>48253</v>
       </c>
       <c r="B572" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="C572"/>
       <c r="D572"/>
       <c r="E572" t="s">
         <v>373</v>
       </c>
       <c r="F572" t="s">
         <v>374</v>
       </c>
       <c r="G572"/>
       <c r="H572" t="s">
         <v>23</v>
       </c>
       <c r="I572" t="s">
         <v>42</v>
       </c>
       <c r="J572"/>
       <c r="K572"/>
       <c r="L572"/>
       <c r="M572"/>
       <c r="N572"/>
       <c r="O572"/>
       <c r="P572"/>
       <c r="Q572" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="573" spans="1:17">
       <c r="A573">
-        <v>48251</v>
+        <v>33390</v>
       </c>
       <c r="B573" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
       <c r="C573"/>
       <c r="D573"/>
       <c r="E573" t="s">
         <v>373</v>
       </c>
       <c r="F573" t="s">
         <v>374</v>
       </c>
       <c r="G573"/>
       <c r="H573" t="s">
         <v>23</v>
       </c>
       <c r="I573" t="s">
         <v>42</v>
       </c>
       <c r="J573"/>
       <c r="K573"/>
       <c r="L573"/>
       <c r="M573"/>
       <c r="N573"/>
       <c r="O573"/>
       <c r="P573"/>
       <c r="Q573" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="574" spans="1:17">
       <c r="A574">
-        <v>48253</v>
+        <v>33392</v>
       </c>
       <c r="B574" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="C574"/>
       <c r="D574"/>
       <c r="E574" t="s">
         <v>373</v>
       </c>
       <c r="F574" t="s">
         <v>374</v>
       </c>
       <c r="G574"/>
       <c r="H574" t="s">
         <v>23</v>
       </c>
       <c r="I574" t="s">
         <v>42</v>
       </c>
       <c r="J574"/>
       <c r="K574"/>
       <c r="L574"/>
       <c r="M574"/>
       <c r="N574"/>
       <c r="O574"/>
       <c r="P574"/>
       <c r="Q574" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="575" spans="1:17">
       <c r="A575">
-        <v>33390</v>
+        <v>33400</v>
       </c>
       <c r="B575" t="s">
-        <v>1165</v>
+        <v>1163</v>
       </c>
       <c r="C575"/>
       <c r="D575"/>
       <c r="E575" t="s">
         <v>373</v>
       </c>
       <c r="F575" t="s">
         <v>374</v>
       </c>
       <c r="G575"/>
       <c r="H575" t="s">
         <v>23</v>
       </c>
       <c r="I575" t="s">
         <v>42</v>
       </c>
       <c r="J575"/>
       <c r="K575"/>
       <c r="L575"/>
       <c r="M575"/>
       <c r="N575"/>
       <c r="O575"/>
       <c r="P575"/>
       <c r="Q575" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="576" spans="1:17">
       <c r="A576">
-        <v>33392</v>
+        <v>21669</v>
       </c>
       <c r="B576" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
       <c r="C576"/>
       <c r="D576"/>
       <c r="E576" t="s">
         <v>373</v>
       </c>
       <c r="F576" t="s">
         <v>374</v>
       </c>
       <c r="G576"/>
       <c r="H576" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I576" t="s">
         <v>42</v>
       </c>
       <c r="J576"/>
       <c r="K576"/>
       <c r="L576"/>
       <c r="M576"/>
       <c r="N576"/>
       <c r="O576"/>
       <c r="P576"/>
       <c r="Q576" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="577" spans="1:17">
       <c r="A577">
-        <v>33400</v>
+        <v>28403</v>
       </c>
       <c r="B577" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
       <c r="C577"/>
       <c r="D577"/>
       <c r="E577" t="s">
         <v>373</v>
       </c>
       <c r="F577" t="s">
         <v>374</v>
       </c>
       <c r="G577"/>
       <c r="H577" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I577" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J577"/>
       <c r="K577"/>
       <c r="L577"/>
       <c r="M577"/>
       <c r="N577"/>
       <c r="O577"/>
       <c r="P577"/>
       <c r="Q577" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="578" spans="1:17">
       <c r="A578">
-        <v>21669</v>
+        <v>2685</v>
       </c>
       <c r="B578" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="C578"/>
       <c r="D578"/>
       <c r="E578" t="s">
         <v>373</v>
       </c>
       <c r="F578" t="s">
         <v>374</v>
       </c>
       <c r="G578"/>
       <c r="H578" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I578" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J578"/>
       <c r="K578"/>
       <c r="L578"/>
       <c r="M578"/>
       <c r="N578"/>
       <c r="O578"/>
       <c r="P578"/>
       <c r="Q578" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="579" spans="1:17">
       <c r="A579">
-        <v>28403</v>
+        <v>2691</v>
       </c>
       <c r="B579" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D579" t="s">
         <v>1169</v>
       </c>
-      <c r="C579"/>
-      <c r="D579"/>
       <c r="E579" t="s">
         <v>373</v>
       </c>
       <c r="F579" t="s">
         <v>374</v>
       </c>
       <c r="G579"/>
       <c r="H579" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I579" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J579"/>
       <c r="K579"/>
       <c r="L579"/>
       <c r="M579"/>
       <c r="N579"/>
       <c r="O579"/>
-      <c r="P579"/>
+      <c r="P579" t="s">
+        <v>1170</v>
+      </c>
       <c r="Q579" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="580" spans="1:17">
       <c r="A580">
-        <v>2685</v>
+        <v>20135</v>
       </c>
       <c r="B580" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C580"/>
       <c r="D580"/>
       <c r="E580" t="s">
         <v>373</v>
       </c>
       <c r="F580" t="s">
         <v>374</v>
       </c>
       <c r="G580"/>
       <c r="H580" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I580" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J580"/>
       <c r="K580"/>
       <c r="L580"/>
       <c r="M580"/>
       <c r="N580"/>
       <c r="O580"/>
       <c r="P580"/>
       <c r="Q580" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="581" spans="1:17">
       <c r="A581">
-        <v>2691</v>
+        <v>49036</v>
       </c>
       <c r="B581" t="s">
-        <v>1171</v>
-[...1 lines deleted...]
-      <c r="C581" t="s">
         <v>1172</v>
       </c>
-      <c r="D581" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C581"/>
+      <c r="D581"/>
       <c r="E581" t="s">
         <v>373</v>
       </c>
       <c r="F581" t="s">
         <v>374</v>
       </c>
       <c r="G581"/>
       <c r="H581" t="s">
         <v>23</v>
       </c>
       <c r="I581" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J581"/>
       <c r="K581"/>
       <c r="L581"/>
       <c r="M581"/>
       <c r="N581"/>
       <c r="O581"/>
-      <c r="P581" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P581"/>
       <c r="Q581" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="582" spans="1:17">
       <c r="A582">
-        <v>20135</v>
+        <v>49038</v>
       </c>
       <c r="B582" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="C582"/>
       <c r="D582"/>
       <c r="E582" t="s">
         <v>373</v>
       </c>
       <c r="F582" t="s">
         <v>374</v>
       </c>
       <c r="G582"/>
       <c r="H582" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I582" t="s">
         <v>42</v>
       </c>
       <c r="J582"/>
       <c r="K582"/>
       <c r="L582"/>
       <c r="M582"/>
       <c r="N582"/>
       <c r="O582"/>
       <c r="P582"/>
       <c r="Q582" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="583" spans="1:17">
       <c r="A583">
-        <v>49036</v>
+        <v>34068</v>
       </c>
       <c r="B583" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="C583"/>
       <c r="D583"/>
       <c r="E583" t="s">
         <v>373</v>
       </c>
       <c r="F583" t="s">
         <v>374</v>
       </c>
       <c r="G583"/>
       <c r="H583" t="s">
         <v>23</v>
       </c>
       <c r="I583" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J583"/>
       <c r="K583"/>
       <c r="L583"/>
       <c r="M583"/>
       <c r="N583"/>
       <c r="O583"/>
       <c r="P583"/>
       <c r="Q583" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="584" spans="1:17">
       <c r="A584">
-        <v>49038</v>
+        <v>81753</v>
       </c>
       <c r="B584" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D584" t="s">
         <v>1177</v>
       </c>
-      <c r="C584"/>
-      <c r="D584"/>
       <c r="E584" t="s">
         <v>373</v>
       </c>
       <c r="F584" t="s">
         <v>374</v>
       </c>
       <c r="G584"/>
       <c r="H584" t="s">
         <v>23</v>
       </c>
       <c r="I584" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J584"/>
       <c r="K584"/>
       <c r="L584"/>
       <c r="M584"/>
       <c r="N584"/>
       <c r="O584"/>
       <c r="P584"/>
       <c r="Q584" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="585" spans="1:17">
       <c r="A585">
-        <v>34068</v>
+        <v>49853</v>
       </c>
       <c r="B585" t="s">
         <v>1178</v>
       </c>
       <c r="C585"/>
       <c r="D585"/>
       <c r="E585" t="s">
         <v>373</v>
       </c>
       <c r="F585" t="s">
         <v>374</v>
       </c>
       <c r="G585"/>
       <c r="H585" t="s">
         <v>23</v>
       </c>
       <c r="I585" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J585"/>
       <c r="K585"/>
       <c r="L585"/>
       <c r="M585"/>
       <c r="N585"/>
       <c r="O585"/>
       <c r="P585"/>
       <c r="Q585" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="586" spans="1:17">
       <c r="A586">
-        <v>81753</v>
+        <v>20329</v>
       </c>
       <c r="B586" t="s">
         <v>1179</v>
       </c>
-      <c r="C586" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C586"/>
+      <c r="D586"/>
       <c r="E586" t="s">
         <v>373</v>
       </c>
       <c r="F586" t="s">
         <v>374</v>
       </c>
       <c r="G586"/>
       <c r="H586" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I586" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J586"/>
       <c r="K586"/>
       <c r="L586"/>
       <c r="M586"/>
       <c r="N586"/>
       <c r="O586"/>
       <c r="P586"/>
       <c r="Q586" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="587" spans="1:17">
       <c r="A587">
-        <v>49853</v>
+        <v>15150</v>
       </c>
       <c r="B587" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
       <c r="C587"/>
       <c r="D587"/>
       <c r="E587" t="s">
         <v>373</v>
       </c>
       <c r="F587" t="s">
         <v>374</v>
       </c>
       <c r="G587"/>
       <c r="H587" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I587" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J587"/>
       <c r="K587"/>
       <c r="L587"/>
       <c r="M587"/>
       <c r="N587"/>
       <c r="O587"/>
       <c r="P587"/>
       <c r="Q587" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="588" spans="1:17">
       <c r="A588">
-        <v>20329</v>
+        <v>15151</v>
       </c>
       <c r="B588" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D588" t="s">
         <v>1183</v>
       </c>
-      <c r="C588"/>
-      <c r="D588"/>
       <c r="E588" t="s">
         <v>373</v>
       </c>
       <c r="F588" t="s">
         <v>374</v>
       </c>
       <c r="G588"/>
       <c r="H588" t="s">
         <v>173</v>
       </c>
       <c r="I588" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J588"/>
       <c r="K588"/>
       <c r="L588"/>
       <c r="M588"/>
       <c r="N588"/>
       <c r="O588"/>
       <c r="P588"/>
       <c r="Q588" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="589" spans="1:17">
       <c r="A589">
-        <v>15150</v>
+        <v>15152</v>
       </c>
       <c r="B589" t="s">
         <v>1184</v>
       </c>
-      <c r="C589"/>
-      <c r="D589"/>
+      <c r="C589" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1186</v>
+      </c>
       <c r="E589" t="s">
         <v>373</v>
       </c>
       <c r="F589" t="s">
         <v>374</v>
       </c>
       <c r="G589"/>
       <c r="H589" t="s">
         <v>173</v>
       </c>
       <c r="I589" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J589"/>
       <c r="K589"/>
       <c r="L589"/>
       <c r="M589"/>
       <c r="N589"/>
       <c r="O589"/>
       <c r="P589"/>
       <c r="Q589" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="590" spans="1:17">
       <c r="A590">
-        <v>15151</v>
+        <v>28617</v>
       </c>
       <c r="B590" t="s">
-        <v>1185</v>
-[...4 lines deleted...]
-      <c r="D590" t="s">
         <v>1187</v>
       </c>
+      <c r="C590"/>
+      <c r="D590"/>
       <c r="E590" t="s">
         <v>373</v>
       </c>
       <c r="F590" t="s">
         <v>374</v>
       </c>
       <c r="G590"/>
       <c r="H590" t="s">
         <v>173</v>
       </c>
       <c r="I590" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J590"/>
       <c r="K590"/>
       <c r="L590"/>
       <c r="M590"/>
       <c r="N590"/>
       <c r="O590"/>
       <c r="P590"/>
       <c r="Q590" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="591" spans="1:17">
       <c r="A591">
-        <v>15152</v>
+        <v>50436</v>
       </c>
       <c r="B591" t="s">
         <v>1188</v>
       </c>
-      <c r="C591" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C591"/>
+      <c r="D591"/>
       <c r="E591" t="s">
         <v>373</v>
       </c>
       <c r="F591" t="s">
         <v>374</v>
       </c>
       <c r="G591"/>
       <c r="H591" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I591" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J591"/>
       <c r="K591"/>
       <c r="L591"/>
       <c r="M591"/>
       <c r="N591"/>
       <c r="O591"/>
       <c r="P591"/>
       <c r="Q591" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="592" spans="1:17">
       <c r="A592">
-        <v>28617</v>
+        <v>15038</v>
       </c>
       <c r="B592" t="s">
-        <v>1191</v>
-[...2 lines deleted...]
-      <c r="D592"/>
+        <v>1189</v>
+      </c>
+      <c r="C592" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D592" t="s">
+        <v>101</v>
+      </c>
       <c r="E592" t="s">
         <v>373</v>
       </c>
       <c r="F592" t="s">
         <v>374</v>
       </c>
       <c r="G592"/>
       <c r="H592" t="s">
         <v>173</v>
       </c>
       <c r="I592" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J592"/>
       <c r="K592"/>
       <c r="L592"/>
       <c r="M592"/>
       <c r="N592"/>
       <c r="O592"/>
       <c r="P592"/>
       <c r="Q592" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="593" spans="1:17">
       <c r="A593">
-        <v>50436</v>
+        <v>50964</v>
       </c>
       <c r="B593" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
       <c r="C593"/>
       <c r="D593"/>
       <c r="E593" t="s">
         <v>373</v>
       </c>
       <c r="F593" t="s">
         <v>374</v>
       </c>
       <c r="G593"/>
       <c r="H593" t="s">
         <v>23</v>
       </c>
       <c r="I593" t="s">
         <v>42</v>
       </c>
       <c r="J593"/>
       <c r="K593"/>
       <c r="L593"/>
       <c r="M593"/>
       <c r="N593"/>
       <c r="O593"/>
       <c r="P593"/>
       <c r="Q593" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="594" spans="1:17">
       <c r="A594">
-        <v>15038</v>
+        <v>28700</v>
       </c>
       <c r="B594" t="s">
-        <v>1193</v>
-[...6 lines deleted...]
-      </c>
+        <v>1192</v>
+      </c>
+      <c r="C594"/>
+      <c r="D594"/>
       <c r="E594" t="s">
         <v>373</v>
       </c>
       <c r="F594" t="s">
         <v>374</v>
       </c>
       <c r="G594"/>
       <c r="H594" t="s">
         <v>173</v>
       </c>
       <c r="I594" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J594"/>
       <c r="K594"/>
       <c r="L594"/>
       <c r="M594"/>
       <c r="N594"/>
       <c r="O594"/>
       <c r="P594"/>
       <c r="Q594" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="595" spans="1:17">
       <c r="A595">
-        <v>50964</v>
+        <v>21674</v>
       </c>
       <c r="B595" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="C595"/>
       <c r="D595"/>
       <c r="E595" t="s">
         <v>373</v>
       </c>
       <c r="F595" t="s">
         <v>374</v>
       </c>
       <c r="G595"/>
       <c r="H595" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I595" t="s">
         <v>42</v>
       </c>
       <c r="J595"/>
       <c r="K595"/>
       <c r="L595"/>
       <c r="M595"/>
       <c r="N595"/>
       <c r="O595"/>
       <c r="P595"/>
       <c r="Q595" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="596" spans="1:17">
       <c r="A596">
-        <v>28700</v>
+        <v>21675</v>
       </c>
       <c r="B596" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-      <c r="D596"/>
+        <v>1194</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1183</v>
+      </c>
       <c r="E596" t="s">
         <v>373</v>
       </c>
       <c r="F596" t="s">
         <v>374</v>
       </c>
       <c r="G596"/>
       <c r="H596" t="s">
         <v>173</v>
       </c>
       <c r="I596" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J596"/>
       <c r="K596"/>
       <c r="L596"/>
       <c r="M596"/>
       <c r="N596"/>
       <c r="O596"/>
       <c r="P596"/>
       <c r="Q596" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="597" spans="1:17">
       <c r="A597">
-        <v>21674</v>
+        <v>28719</v>
       </c>
       <c r="B597" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="C597"/>
       <c r="D597"/>
       <c r="E597" t="s">
         <v>373</v>
       </c>
       <c r="F597" t="s">
         <v>374</v>
       </c>
       <c r="G597"/>
       <c r="H597" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I597" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J597"/>
       <c r="K597"/>
       <c r="L597"/>
       <c r="M597"/>
       <c r="N597"/>
       <c r="O597"/>
       <c r="P597"/>
       <c r="Q597" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="598" spans="1:17">
       <c r="A598">
-        <v>21675</v>
+        <v>28722</v>
       </c>
       <c r="B598" t="s">
-        <v>1198</v>
-[...6 lines deleted...]
-      </c>
+        <v>1197</v>
+      </c>
+      <c r="C598"/>
+      <c r="D598"/>
       <c r="E598" t="s">
         <v>373</v>
       </c>
       <c r="F598" t="s">
         <v>374</v>
       </c>
       <c r="G598"/>
       <c r="H598" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I598" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J598"/>
       <c r="K598"/>
       <c r="L598"/>
       <c r="M598"/>
       <c r="N598"/>
       <c r="O598"/>
       <c r="P598"/>
       <c r="Q598" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="599" spans="1:17">
       <c r="A599">
-        <v>28719</v>
+        <v>28728</v>
       </c>
       <c r="B599" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="C599"/>
       <c r="D599"/>
       <c r="E599" t="s">
         <v>373</v>
       </c>
       <c r="F599" t="s">
         <v>374</v>
       </c>
       <c r="G599"/>
       <c r="H599" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I599" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J599"/>
       <c r="K599"/>
       <c r="L599"/>
       <c r="M599"/>
       <c r="N599"/>
       <c r="O599"/>
       <c r="P599"/>
       <c r="Q599" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="600" spans="1:17">
       <c r="A600">
-        <v>28722</v>
+        <v>28733</v>
       </c>
       <c r="B600" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="C600"/>
       <c r="D600"/>
       <c r="E600" t="s">
         <v>373</v>
       </c>
       <c r="F600" t="s">
         <v>374</v>
       </c>
       <c r="G600"/>
       <c r="H600" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I600" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J600"/>
       <c r="K600"/>
       <c r="L600"/>
       <c r="M600"/>
       <c r="N600"/>
       <c r="O600"/>
       <c r="P600"/>
       <c r="Q600" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="601" spans="1:17">
       <c r="A601">
-        <v>28728</v>
+        <v>21646</v>
       </c>
       <c r="B601" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
       <c r="C601"/>
       <c r="D601"/>
       <c r="E601" t="s">
         <v>373</v>
       </c>
       <c r="F601" t="s">
         <v>374</v>
       </c>
       <c r="G601"/>
       <c r="H601" t="s">
         <v>173</v>
       </c>
       <c r="I601" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J601"/>
       <c r="K601"/>
       <c r="L601"/>
       <c r="M601"/>
       <c r="N601"/>
       <c r="O601"/>
       <c r="P601"/>
       <c r="Q601" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="602" spans="1:17">
       <c r="A602">
-        <v>28733</v>
+        <v>20203</v>
       </c>
       <c r="B602" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="C602"/>
       <c r="D602"/>
       <c r="E602" t="s">
         <v>373</v>
       </c>
       <c r="F602" t="s">
         <v>374</v>
       </c>
       <c r="G602"/>
       <c r="H602" t="s">
         <v>173</v>
       </c>
       <c r="I602" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J602"/>
       <c r="K602"/>
       <c r="L602"/>
       <c r="M602"/>
       <c r="N602"/>
       <c r="O602"/>
       <c r="P602"/>
       <c r="Q602" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="603" spans="1:17">
       <c r="A603">
-        <v>21646</v>
+        <v>51738</v>
       </c>
       <c r="B603" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="C603"/>
       <c r="D603"/>
       <c r="E603" t="s">
         <v>373</v>
       </c>
       <c r="F603" t="s">
         <v>374</v>
       </c>
       <c r="G603"/>
       <c r="H603" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I603" t="s">
         <v>42</v>
       </c>
       <c r="J603"/>
       <c r="K603"/>
       <c r="L603"/>
       <c r="M603"/>
       <c r="N603"/>
       <c r="O603"/>
       <c r="P603"/>
       <c r="Q603" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="604" spans="1:17">
       <c r="A604">
-        <v>20203</v>
+        <v>52171</v>
       </c>
       <c r="B604" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="C604"/>
       <c r="D604"/>
       <c r="E604" t="s">
         <v>373</v>
       </c>
       <c r="F604" t="s">
         <v>374</v>
       </c>
       <c r="G604"/>
       <c r="H604" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I604" t="s">
         <v>42</v>
       </c>
       <c r="J604"/>
       <c r="K604"/>
       <c r="L604"/>
       <c r="M604"/>
       <c r="N604"/>
       <c r="O604"/>
       <c r="P604"/>
       <c r="Q604" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="605" spans="1:17">
       <c r="A605">
-        <v>51738</v>
+        <v>52174</v>
       </c>
       <c r="B605" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="C605"/>
       <c r="D605"/>
       <c r="E605" t="s">
         <v>373</v>
       </c>
       <c r="F605" t="s">
         <v>374</v>
       </c>
       <c r="G605"/>
       <c r="H605" t="s">
         <v>23</v>
       </c>
       <c r="I605" t="s">
         <v>42</v>
       </c>
       <c r="J605"/>
       <c r="K605"/>
       <c r="L605"/>
       <c r="M605"/>
       <c r="N605"/>
       <c r="O605"/>
       <c r="P605"/>
       <c r="Q605" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="606" spans="1:17">
       <c r="A606">
-        <v>52171</v>
+        <v>52200</v>
       </c>
       <c r="B606" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="C606"/>
       <c r="D606"/>
       <c r="E606" t="s">
         <v>373</v>
       </c>
       <c r="F606" t="s">
         <v>374</v>
       </c>
       <c r="G606"/>
       <c r="H606" t="s">
         <v>23</v>
       </c>
       <c r="I606" t="s">
         <v>42</v>
       </c>
       <c r="J606"/>
       <c r="K606"/>
       <c r="L606"/>
       <c r="M606"/>
       <c r="N606"/>
       <c r="O606"/>
       <c r="P606"/>
       <c r="Q606" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="607" spans="1:17">
       <c r="A607">
-        <v>52174</v>
+        <v>15200</v>
       </c>
       <c r="B607" t="s">
-        <v>1208</v>
-[...2 lines deleted...]
-      <c r="D607"/>
+        <v>1206</v>
+      </c>
+      <c r="C607" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D607" t="s">
+        <v>932</v>
+      </c>
       <c r="E607" t="s">
         <v>373</v>
       </c>
       <c r="F607" t="s">
         <v>374</v>
       </c>
       <c r="G607"/>
       <c r="H607" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I607" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J607"/>
       <c r="K607"/>
       <c r="L607"/>
       <c r="M607"/>
       <c r="N607"/>
       <c r="O607"/>
       <c r="P607"/>
       <c r="Q607" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="608" spans="1:17">
       <c r="A608">
-        <v>52200</v>
+        <v>36783</v>
       </c>
       <c r="B608" t="s">
-        <v>1209</v>
+        <v>1208</v>
       </c>
       <c r="C608"/>
       <c r="D608"/>
       <c r="E608" t="s">
         <v>373</v>
       </c>
       <c r="F608" t="s">
         <v>374</v>
       </c>
       <c r="G608"/>
       <c r="H608" t="s">
         <v>23</v>
       </c>
       <c r="I608" t="s">
-        <v>42</v>
+        <v>562</v>
       </c>
       <c r="J608"/>
       <c r="K608"/>
       <c r="L608"/>
       <c r="M608"/>
       <c r="N608"/>
       <c r="O608"/>
       <c r="P608"/>
       <c r="Q608" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="609" spans="1:17">
       <c r="A609">
-        <v>15200</v>
+        <v>3840</v>
       </c>
       <c r="B609" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C609" t="s">
         <v>1210</v>
       </c>
-      <c r="C609" t="s">
+      <c r="D609" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
       <c r="E609" t="s">
         <v>373</v>
       </c>
       <c r="F609" t="s">
         <v>374</v>
       </c>
       <c r="G609"/>
       <c r="H609" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I609" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J609"/>
       <c r="K609"/>
       <c r="L609"/>
       <c r="M609"/>
       <c r="N609"/>
       <c r="O609"/>
-      <c r="P609"/>
+      <c r="P609" t="s">
+        <v>1212</v>
+      </c>
       <c r="Q609" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="610" spans="1:17">
       <c r="A610">
-        <v>36783</v>
+        <v>28809</v>
       </c>
       <c r="B610" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="C610"/>
       <c r="D610"/>
       <c r="E610" t="s">
         <v>373</v>
       </c>
       <c r="F610" t="s">
         <v>374</v>
       </c>
       <c r="G610"/>
       <c r="H610" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I610" t="s">
-        <v>562</v>
+        <v>1039</v>
       </c>
       <c r="J610"/>
       <c r="K610"/>
       <c r="L610"/>
       <c r="M610"/>
       <c r="N610"/>
       <c r="O610"/>
       <c r="P610"/>
       <c r="Q610" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="611" spans="1:17">
       <c r="A611">
-        <v>3840</v>
+        <v>30976</v>
       </c>
       <c r="B611" t="s">
-        <v>1213</v>
-[...1 lines deleted...]
-      <c r="C611" t="s">
         <v>1214</v>
       </c>
-      <c r="D611" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C611"/>
+      <c r="D611"/>
       <c r="E611" t="s">
         <v>373</v>
       </c>
       <c r="F611" t="s">
         <v>374</v>
       </c>
       <c r="G611"/>
       <c r="H611" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I611" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J611"/>
       <c r="K611"/>
       <c r="L611"/>
       <c r="M611"/>
       <c r="N611"/>
       <c r="O611"/>
-      <c r="P611" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P611"/>
       <c r="Q611" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="612" spans="1:17">
       <c r="A612">
-        <v>28809</v>
+        <v>16004</v>
       </c>
       <c r="B612" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="C612"/>
       <c r="D612"/>
       <c r="E612" t="s">
         <v>373</v>
       </c>
       <c r="F612" t="s">
         <v>374</v>
       </c>
       <c r="G612"/>
       <c r="H612" t="s">
         <v>173</v>
       </c>
       <c r="I612" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J612"/>
       <c r="K612"/>
       <c r="L612"/>
       <c r="M612"/>
       <c r="N612"/>
       <c r="O612"/>
       <c r="P612"/>
       <c r="Q612" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="613" spans="1:17">
       <c r="A613">
-        <v>30976</v>
+        <v>3982</v>
       </c>
       <c r="B613" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
       <c r="C613"/>
       <c r="D613"/>
       <c r="E613" t="s">
         <v>373</v>
       </c>
       <c r="F613" t="s">
         <v>374</v>
       </c>
       <c r="G613"/>
       <c r="H613" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I613" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J613"/>
       <c r="K613"/>
       <c r="L613"/>
       <c r="M613"/>
       <c r="N613"/>
       <c r="O613"/>
       <c r="P613"/>
       <c r="Q613" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="614" spans="1:17">
       <c r="A614">
-        <v>16004</v>
+        <v>16051</v>
       </c>
       <c r="B614" t="s">
-        <v>1219</v>
-[...2 lines deleted...]
-      <c r="D614"/>
+        <v>1217</v>
+      </c>
+      <c r="C614" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D614" t="s">
+        <v>68</v>
+      </c>
       <c r="E614" t="s">
         <v>373</v>
       </c>
       <c r="F614" t="s">
         <v>374</v>
       </c>
       <c r="G614"/>
       <c r="H614" t="s">
         <v>173</v>
       </c>
       <c r="I614" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J614"/>
       <c r="K614"/>
       <c r="L614"/>
       <c r="M614"/>
       <c r="N614"/>
       <c r="O614"/>
       <c r="P614"/>
       <c r="Q614" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="615" spans="1:17">
       <c r="A615">
-        <v>3982</v>
+        <v>20070</v>
       </c>
       <c r="B615" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C615" t="s">
         <v>1220</v>
       </c>
-      <c r="C615"/>
-      <c r="D615"/>
+      <c r="D615" t="s">
+        <v>68</v>
+      </c>
       <c r="E615" t="s">
         <v>373</v>
       </c>
       <c r="F615" t="s">
         <v>374</v>
       </c>
       <c r="G615"/>
       <c r="H615" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I615" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="J615"/>
       <c r="K615"/>
       <c r="L615"/>
       <c r="M615"/>
       <c r="N615"/>
       <c r="O615"/>
       <c r="P615"/>
       <c r="Q615" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="616" spans="1:17">
       <c r="A616">
-        <v>16051</v>
+        <v>15291</v>
       </c>
       <c r="B616" t="s">
         <v>1221</v>
       </c>
       <c r="C616" t="s">
         <v>1222</v>
       </c>
       <c r="D616" t="s">
-        <v>68</v>
+        <v>983</v>
       </c>
       <c r="E616" t="s">
         <v>373</v>
       </c>
       <c r="F616" t="s">
         <v>374</v>
       </c>
       <c r="G616"/>
       <c r="H616" t="s">
         <v>173</v>
       </c>
       <c r="I616" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J616"/>
       <c r="K616"/>
       <c r="L616"/>
       <c r="M616"/>
       <c r="N616"/>
       <c r="O616"/>
       <c r="P616"/>
       <c r="Q616" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="617" spans="1:17">
       <c r="A617">
-        <v>20070</v>
+        <v>34813</v>
       </c>
       <c r="B617" t="s">
         <v>1223</v>
       </c>
-      <c r="C617" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C617"/>
+      <c r="D617"/>
       <c r="E617" t="s">
         <v>373</v>
       </c>
       <c r="F617" t="s">
         <v>374</v>
       </c>
       <c r="G617"/>
       <c r="H617" t="s">
         <v>173</v>
       </c>
       <c r="I617" t="s">
-        <v>85</v>
+        <v>1039</v>
       </c>
       <c r="J617"/>
       <c r="K617"/>
       <c r="L617"/>
       <c r="M617"/>
       <c r="N617"/>
       <c r="O617"/>
       <c r="P617"/>
       <c r="Q617" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="618" spans="1:17">
       <c r="A618">
-        <v>15291</v>
+        <v>79809</v>
       </c>
       <c r="B618" t="s">
-        <v>1225</v>
-[...6 lines deleted...]
-      </c>
+        <v>1224</v>
+      </c>
+      <c r="C618"/>
+      <c r="D618"/>
       <c r="E618" t="s">
         <v>373</v>
       </c>
       <c r="F618" t="s">
         <v>374</v>
       </c>
       <c r="G618"/>
       <c r="H618" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I618" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J618"/>
       <c r="K618"/>
       <c r="L618"/>
       <c r="M618"/>
       <c r="N618"/>
       <c r="O618"/>
-      <c r="P618"/>
+      <c r="P618" t="s">
+        <v>1225</v>
+      </c>
       <c r="Q618" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="619" spans="1:17">
       <c r="A619">
-        <v>34813</v>
+        <v>62630</v>
       </c>
       <c r="B619" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="C619"/>
       <c r="D619"/>
       <c r="E619" t="s">
         <v>373</v>
       </c>
       <c r="F619" t="s">
         <v>374</v>
       </c>
       <c r="G619"/>
       <c r="H619" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I619" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J619"/>
       <c r="K619"/>
       <c r="L619"/>
       <c r="M619"/>
       <c r="N619"/>
       <c r="O619"/>
       <c r="P619"/>
       <c r="Q619" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="620" spans="1:17">
       <c r="A620">
-        <v>79809</v>
+        <v>62758</v>
       </c>
       <c r="B620" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="C620"/>
       <c r="D620"/>
       <c r="E620" t="s">
         <v>373</v>
       </c>
       <c r="F620" t="s">
         <v>374</v>
       </c>
       <c r="G620"/>
       <c r="H620" t="s">
         <v>23</v>
       </c>
       <c r="I620" t="s">
         <v>42</v>
       </c>
       <c r="J620"/>
       <c r="K620"/>
       <c r="L620"/>
       <c r="M620"/>
       <c r="N620"/>
       <c r="O620"/>
-      <c r="P620" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P620"/>
       <c r="Q620" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="621" spans="1:17">
       <c r="A621">
-        <v>62630</v>
+        <v>15153</v>
       </c>
       <c r="B621" t="s">
-        <v>1230</v>
-[...2 lines deleted...]
-      <c r="D621"/>
+        <v>1228</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D621" t="s">
+        <v>932</v>
+      </c>
       <c r="E621" t="s">
         <v>373</v>
       </c>
       <c r="F621" t="s">
         <v>374</v>
       </c>
       <c r="G621"/>
       <c r="H621" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I621" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J621"/>
       <c r="K621"/>
       <c r="L621"/>
       <c r="M621"/>
       <c r="N621"/>
       <c r="O621"/>
       <c r="P621"/>
       <c r="Q621" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="622" spans="1:17">
       <c r="A622">
-        <v>62758</v>
+        <v>63263</v>
       </c>
       <c r="B622" t="s">
-        <v>1231</v>
+        <v>1230</v>
       </c>
       <c r="C622"/>
       <c r="D622"/>
       <c r="E622" t="s">
         <v>373</v>
       </c>
       <c r="F622" t="s">
         <v>374</v>
       </c>
       <c r="G622"/>
       <c r="H622" t="s">
         <v>23</v>
       </c>
       <c r="I622" t="s">
         <v>42</v>
       </c>
       <c r="J622"/>
       <c r="K622"/>
       <c r="L622"/>
       <c r="M622"/>
       <c r="N622"/>
       <c r="O622"/>
       <c r="P622"/>
       <c r="Q622" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="623" spans="1:17">
       <c r="A623">
-        <v>15153</v>
+        <v>33514</v>
       </c>
       <c r="B623" t="s">
-        <v>1232</v>
-[...6 lines deleted...]
-      </c>
+        <v>1231</v>
+      </c>
+      <c r="C623"/>
+      <c r="D623"/>
       <c r="E623" t="s">
         <v>373</v>
       </c>
       <c r="F623" t="s">
         <v>374</v>
       </c>
       <c r="G623"/>
       <c r="H623" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I623" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J623"/>
       <c r="K623"/>
       <c r="L623"/>
       <c r="M623"/>
       <c r="N623"/>
       <c r="O623"/>
       <c r="P623"/>
       <c r="Q623" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="624" spans="1:17">
       <c r="A624">
-        <v>63263</v>
+        <v>33511</v>
       </c>
       <c r="B624" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
       <c r="C624"/>
       <c r="D624"/>
       <c r="E624" t="s">
         <v>373</v>
       </c>
       <c r="F624" t="s">
         <v>374</v>
       </c>
       <c r="G624"/>
       <c r="H624" t="s">
         <v>23</v>
       </c>
       <c r="I624" t="s">
         <v>42</v>
       </c>
       <c r="J624"/>
       <c r="K624"/>
       <c r="L624"/>
       <c r="M624"/>
       <c r="N624"/>
       <c r="O624"/>
       <c r="P624"/>
       <c r="Q624" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="625" spans="1:17">
       <c r="A625">
-        <v>33514</v>
+        <v>63266</v>
       </c>
       <c r="B625" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="C625"/>
       <c r="D625"/>
       <c r="E625" t="s">
         <v>373</v>
       </c>
       <c r="F625" t="s">
         <v>374</v>
       </c>
       <c r="G625"/>
       <c r="H625" t="s">
         <v>23</v>
       </c>
       <c r="I625" t="s">
         <v>42</v>
       </c>
       <c r="J625"/>
       <c r="K625"/>
       <c r="L625"/>
       <c r="M625"/>
       <c r="N625"/>
       <c r="O625"/>
       <c r="P625"/>
       <c r="Q625" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="626" spans="1:17">
       <c r="A626">
-        <v>33511</v>
+        <v>33513</v>
       </c>
       <c r="B626" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="C626"/>
       <c r="D626"/>
       <c r="E626" t="s">
         <v>373</v>
       </c>
       <c r="F626" t="s">
         <v>374</v>
       </c>
       <c r="G626"/>
       <c r="H626" t="s">
         <v>23</v>
       </c>
       <c r="I626" t="s">
         <v>42</v>
       </c>
       <c r="J626"/>
       <c r="K626"/>
       <c r="L626"/>
       <c r="M626"/>
       <c r="N626"/>
       <c r="O626"/>
       <c r="P626"/>
       <c r="Q626" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="627" spans="1:17">
       <c r="A627">
-        <v>63266</v>
+        <v>18912</v>
       </c>
       <c r="B627" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="C627"/>
       <c r="D627"/>
       <c r="E627" t="s">
         <v>373</v>
       </c>
       <c r="F627" t="s">
         <v>374</v>
       </c>
       <c r="G627"/>
       <c r="H627" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I627" t="s">
         <v>42</v>
       </c>
       <c r="J627"/>
       <c r="K627"/>
       <c r="L627"/>
       <c r="M627"/>
       <c r="N627"/>
       <c r="O627"/>
       <c r="P627"/>
       <c r="Q627" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="628" spans="1:17">
       <c r="A628">
-        <v>33513</v>
+        <v>28964</v>
       </c>
       <c r="B628" t="s">
-        <v>1238</v>
+        <v>1236</v>
       </c>
       <c r="C628"/>
       <c r="D628"/>
       <c r="E628" t="s">
         <v>373</v>
       </c>
       <c r="F628" t="s">
         <v>374</v>
       </c>
       <c r="G628"/>
       <c r="H628" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I628" t="s">
         <v>42</v>
       </c>
       <c r="J628"/>
       <c r="K628"/>
       <c r="L628"/>
       <c r="M628"/>
       <c r="N628"/>
       <c r="O628"/>
       <c r="P628"/>
       <c r="Q628" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="629" spans="1:17">
       <c r="A629">
-        <v>18912</v>
+        <v>63864</v>
       </c>
       <c r="B629" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="C629"/>
       <c r="D629"/>
       <c r="E629" t="s">
         <v>373</v>
       </c>
       <c r="F629" t="s">
         <v>374</v>
       </c>
       <c r="G629"/>
       <c r="H629" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I629" t="s">
         <v>42</v>
       </c>
       <c r="J629"/>
       <c r="K629"/>
       <c r="L629"/>
       <c r="M629"/>
       <c r="N629"/>
       <c r="O629"/>
       <c r="P629"/>
       <c r="Q629" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="630" spans="1:17">
       <c r="A630">
-        <v>28964</v>
+        <v>63865</v>
       </c>
       <c r="B630" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="C630"/>
       <c r="D630"/>
       <c r="E630" t="s">
         <v>373</v>
       </c>
       <c r="F630" t="s">
         <v>374</v>
       </c>
       <c r="G630"/>
       <c r="H630" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I630" t="s">
         <v>42</v>
       </c>
       <c r="J630"/>
       <c r="K630"/>
       <c r="L630"/>
       <c r="M630"/>
       <c r="N630"/>
       <c r="O630"/>
       <c r="P630"/>
       <c r="Q630" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="631" spans="1:17">
       <c r="A631">
-        <v>63864</v>
+        <v>79622</v>
       </c>
       <c r="B631" t="s">
-        <v>1241</v>
+        <v>1239</v>
       </c>
       <c r="C631"/>
       <c r="D631"/>
       <c r="E631" t="s">
         <v>373</v>
       </c>
       <c r="F631" t="s">
         <v>374</v>
       </c>
       <c r="G631"/>
       <c r="H631" t="s">
         <v>23</v>
       </c>
       <c r="I631" t="s">
         <v>42</v>
       </c>
       <c r="J631"/>
       <c r="K631"/>
       <c r="L631"/>
       <c r="M631"/>
       <c r="N631"/>
       <c r="O631"/>
       <c r="P631"/>
       <c r="Q631" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="632" spans="1:17">
       <c r="A632">
-        <v>63865</v>
+        <v>15664</v>
       </c>
       <c r="B632" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C632" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D632" t="s">
         <v>1242</v>
       </c>
-      <c r="C632"/>
-      <c r="D632"/>
       <c r="E632" t="s">
         <v>373</v>
       </c>
       <c r="F632" t="s">
         <v>374</v>
       </c>
       <c r="G632"/>
       <c r="H632" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I632" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J632"/>
       <c r="K632"/>
       <c r="L632"/>
       <c r="M632"/>
       <c r="N632"/>
       <c r="O632"/>
       <c r="P632"/>
       <c r="Q632" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="633" spans="1:17">
       <c r="A633">
-        <v>79622</v>
+        <v>15665</v>
       </c>
       <c r="B633" t="s">
         <v>1243</v>
       </c>
-      <c r="C633"/>
-      <c r="D633"/>
+      <c r="C633" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D633" t="s">
+        <v>1245</v>
+      </c>
       <c r="E633" t="s">
         <v>373</v>
       </c>
       <c r="F633" t="s">
         <v>374</v>
       </c>
       <c r="G633"/>
       <c r="H633" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I633" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J633"/>
       <c r="K633"/>
       <c r="L633"/>
       <c r="M633"/>
       <c r="N633"/>
       <c r="O633"/>
       <c r="P633"/>
       <c r="Q633" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="634" spans="1:17">
       <c r="A634">
-        <v>15664</v>
+        <v>28988</v>
       </c>
       <c r="B634" t="s">
-        <v>1244</v>
-[...4 lines deleted...]
-      <c r="D634" t="s">
         <v>1246</v>
       </c>
+      <c r="C634"/>
+      <c r="D634"/>
       <c r="E634" t="s">
         <v>373</v>
       </c>
       <c r="F634" t="s">
         <v>374</v>
       </c>
       <c r="G634"/>
       <c r="H634" t="s">
         <v>173</v>
       </c>
       <c r="I634" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J634"/>
       <c r="K634"/>
       <c r="L634"/>
       <c r="M634"/>
       <c r="N634"/>
       <c r="O634"/>
       <c r="P634"/>
       <c r="Q634" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="635" spans="1:17">
       <c r="A635">
-        <v>15665</v>
+        <v>20383</v>
       </c>
       <c r="B635" t="s">
         <v>1247</v>
       </c>
-      <c r="C635" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C635"/>
+      <c r="D635"/>
       <c r="E635" t="s">
         <v>373</v>
       </c>
       <c r="F635" t="s">
         <v>374</v>
       </c>
       <c r="G635"/>
       <c r="H635" t="s">
         <v>173</v>
       </c>
       <c r="I635" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J635"/>
       <c r="K635"/>
       <c r="L635"/>
       <c r="M635"/>
       <c r="N635"/>
       <c r="O635"/>
       <c r="P635"/>
       <c r="Q635" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="636" spans="1:17">
       <c r="A636">
-        <v>28988</v>
+        <v>20384</v>
       </c>
       <c r="B636" t="s">
-        <v>1250</v>
+        <v>1248</v>
       </c>
       <c r="C636"/>
       <c r="D636"/>
       <c r="E636" t="s">
         <v>373</v>
       </c>
       <c r="F636" t="s">
         <v>374</v>
       </c>
       <c r="G636"/>
       <c r="H636" t="s">
         <v>173</v>
       </c>
       <c r="I636" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J636"/>
       <c r="K636"/>
       <c r="L636"/>
       <c r="M636"/>
       <c r="N636"/>
       <c r="O636"/>
       <c r="P636"/>
       <c r="Q636" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="637" spans="1:17">
       <c r="A637">
-        <v>20383</v>
+        <v>20387</v>
       </c>
       <c r="B637" t="s">
-        <v>1251</v>
+        <v>1249</v>
       </c>
       <c r="C637"/>
       <c r="D637"/>
       <c r="E637" t="s">
         <v>373</v>
       </c>
       <c r="F637" t="s">
         <v>374</v>
       </c>
       <c r="G637"/>
       <c r="H637" t="s">
         <v>173</v>
       </c>
       <c r="I637" t="s">
         <v>42</v>
       </c>
       <c r="J637"/>
       <c r="K637"/>
       <c r="L637"/>
       <c r="M637"/>
       <c r="N637"/>
       <c r="O637"/>
       <c r="P637"/>
       <c r="Q637" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="638" spans="1:17">
       <c r="A638">
-        <v>20384</v>
+        <v>33521</v>
       </c>
       <c r="B638" t="s">
-        <v>1252</v>
+        <v>1250</v>
       </c>
       <c r="C638"/>
       <c r="D638"/>
       <c r="E638" t="s">
         <v>373</v>
       </c>
       <c r="F638" t="s">
         <v>374</v>
       </c>
       <c r="G638"/>
       <c r="H638" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I638" t="s">
         <v>42</v>
       </c>
       <c r="J638"/>
       <c r="K638"/>
       <c r="L638"/>
       <c r="M638"/>
       <c r="N638"/>
       <c r="O638"/>
       <c r="P638"/>
       <c r="Q638" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="639" spans="1:17">
       <c r="A639">
-        <v>20387</v>
+        <v>64306</v>
       </c>
       <c r="B639" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="C639"/>
       <c r="D639"/>
       <c r="E639" t="s">
         <v>373</v>
       </c>
       <c r="F639" t="s">
         <v>374</v>
       </c>
       <c r="G639"/>
       <c r="H639" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I639" t="s">
         <v>42</v>
       </c>
       <c r="J639"/>
       <c r="K639"/>
       <c r="L639"/>
       <c r="M639"/>
       <c r="N639"/>
       <c r="O639"/>
-      <c r="P639"/>
+      <c r="P639" t="s">
+        <v>1252</v>
+      </c>
       <c r="Q639" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="640" spans="1:17">
       <c r="A640">
-        <v>33521</v>
+        <v>64345</v>
       </c>
       <c r="B640" t="s">
-        <v>1254</v>
+        <v>1253</v>
       </c>
       <c r="C640"/>
       <c r="D640"/>
       <c r="E640" t="s">
         <v>373</v>
       </c>
       <c r="F640" t="s">
         <v>374</v>
       </c>
       <c r="G640"/>
       <c r="H640" t="s">
         <v>23</v>
       </c>
       <c r="I640" t="s">
         <v>42</v>
       </c>
       <c r="J640"/>
       <c r="K640"/>
       <c r="L640"/>
       <c r="M640"/>
       <c r="N640"/>
       <c r="O640"/>
       <c r="P640"/>
       <c r="Q640" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="641" spans="1:17">
       <c r="A641">
-        <v>64306</v>
+        <v>64351</v>
       </c>
       <c r="B641" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="C641"/>
       <c r="D641"/>
       <c r="E641" t="s">
         <v>373</v>
       </c>
       <c r="F641" t="s">
         <v>374</v>
       </c>
       <c r="G641"/>
       <c r="H641" t="s">
         <v>23</v>
       </c>
       <c r="I641" t="s">
         <v>42</v>
       </c>
       <c r="J641"/>
       <c r="K641"/>
       <c r="L641"/>
       <c r="M641"/>
       <c r="N641"/>
       <c r="O641"/>
-      <c r="P641" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P641"/>
       <c r="Q641" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="642" spans="1:17">
       <c r="A642">
-        <v>64345</v>
+        <v>64353</v>
       </c>
       <c r="B642" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
       <c r="C642"/>
       <c r="D642"/>
       <c r="E642" t="s">
         <v>373</v>
       </c>
       <c r="F642" t="s">
         <v>374</v>
       </c>
       <c r="G642"/>
       <c r="H642" t="s">
         <v>23</v>
       </c>
       <c r="I642" t="s">
         <v>42</v>
       </c>
       <c r="J642"/>
       <c r="K642"/>
       <c r="L642"/>
       <c r="M642"/>
       <c r="N642"/>
       <c r="O642"/>
       <c r="P642"/>
       <c r="Q642" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="643" spans="1:17">
       <c r="A643">
-        <v>64351</v>
+        <v>64564</v>
       </c>
       <c r="B643" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="C643"/>
       <c r="D643"/>
       <c r="E643" t="s">
         <v>373</v>
       </c>
       <c r="F643" t="s">
         <v>374</v>
       </c>
       <c r="G643"/>
       <c r="H643" t="s">
         <v>23</v>
       </c>
       <c r="I643" t="s">
         <v>42</v>
       </c>
       <c r="J643"/>
       <c r="K643"/>
       <c r="L643"/>
       <c r="M643"/>
       <c r="N643"/>
       <c r="O643"/>
       <c r="P643"/>
       <c r="Q643" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="644" spans="1:17">
       <c r="A644">
-        <v>64353</v>
+        <v>64645</v>
       </c>
       <c r="B644" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="C644"/>
       <c r="D644"/>
       <c r="E644" t="s">
         <v>373</v>
       </c>
       <c r="F644" t="s">
         <v>374</v>
       </c>
       <c r="G644"/>
       <c r="H644" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I644" t="s">
         <v>42</v>
       </c>
       <c r="J644"/>
       <c r="K644"/>
       <c r="L644"/>
       <c r="M644"/>
       <c r="N644"/>
       <c r="O644"/>
-      <c r="P644"/>
+      <c r="P644" t="s">
+        <v>1258</v>
+      </c>
       <c r="Q644" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="645" spans="1:17">
       <c r="A645">
-        <v>64564</v>
+        <v>15872</v>
       </c>
       <c r="B645" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="C645"/>
       <c r="D645"/>
       <c r="E645" t="s">
         <v>373</v>
       </c>
       <c r="F645" t="s">
         <v>374</v>
       </c>
       <c r="G645"/>
       <c r="H645" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I645" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J645"/>
       <c r="K645"/>
       <c r="L645"/>
       <c r="M645"/>
       <c r="N645"/>
       <c r="O645"/>
       <c r="P645"/>
       <c r="Q645" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="646" spans="1:17">
       <c r="A646">
-        <v>64645</v>
+        <v>15874</v>
       </c>
       <c r="B646" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="C646"/>
       <c r="D646"/>
       <c r="E646" t="s">
         <v>373</v>
       </c>
       <c r="F646" t="s">
         <v>374</v>
       </c>
       <c r="G646"/>
       <c r="H646" t="s">
         <v>173</v>
       </c>
       <c r="I646" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J646"/>
       <c r="K646"/>
       <c r="L646"/>
       <c r="M646"/>
       <c r="N646"/>
       <c r="O646"/>
-      <c r="P646" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P646"/>
       <c r="Q646" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="647" spans="1:17">
       <c r="A647">
-        <v>15872</v>
+        <v>15884</v>
       </c>
       <c r="B647" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="C647"/>
       <c r="D647"/>
       <c r="E647" t="s">
         <v>373</v>
       </c>
       <c r="F647" t="s">
         <v>374</v>
       </c>
       <c r="G647"/>
       <c r="H647" t="s">
         <v>173</v>
       </c>
       <c r="I647" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J647"/>
       <c r="K647"/>
       <c r="L647"/>
       <c r="M647"/>
       <c r="N647"/>
       <c r="O647"/>
       <c r="P647"/>
       <c r="Q647" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="648" spans="1:17">
       <c r="A648">
-        <v>15874</v>
+        <v>15772</v>
       </c>
       <c r="B648" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="C648"/>
       <c r="D648"/>
       <c r="E648" t="s">
         <v>373</v>
       </c>
       <c r="F648" t="s">
         <v>374</v>
       </c>
       <c r="G648"/>
       <c r="H648" t="s">
         <v>173</v>
       </c>
       <c r="I648" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J648"/>
       <c r="K648"/>
       <c r="L648"/>
       <c r="M648"/>
       <c r="N648"/>
       <c r="O648"/>
       <c r="P648"/>
       <c r="Q648" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="649" spans="1:17">
       <c r="A649">
-        <v>15884</v>
+        <v>65173</v>
       </c>
       <c r="B649" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="C649"/>
       <c r="D649"/>
       <c r="E649" t="s">
         <v>373</v>
       </c>
       <c r="F649" t="s">
         <v>374</v>
       </c>
       <c r="G649"/>
       <c r="H649" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I649" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J649"/>
       <c r="K649"/>
       <c r="L649"/>
       <c r="M649"/>
       <c r="N649"/>
       <c r="O649"/>
       <c r="P649"/>
       <c r="Q649" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="650" spans="1:17">
       <c r="A650">
-        <v>15772</v>
+        <v>65182</v>
       </c>
       <c r="B650" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
       <c r="C650"/>
       <c r="D650"/>
       <c r="E650" t="s">
         <v>373</v>
       </c>
       <c r="F650" t="s">
         <v>374</v>
       </c>
       <c r="G650"/>
       <c r="H650" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I650" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J650"/>
       <c r="K650"/>
       <c r="L650"/>
       <c r="M650"/>
       <c r="N650"/>
       <c r="O650"/>
       <c r="P650"/>
       <c r="Q650" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="651" spans="1:17">
       <c r="A651">
-        <v>65173</v>
+        <v>24738</v>
       </c>
       <c r="B651" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C651" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D651" t="s">
         <v>1267</v>
       </c>
-      <c r="C651"/>
-      <c r="D651"/>
       <c r="E651" t="s">
         <v>373</v>
       </c>
       <c r="F651" t="s">
         <v>374</v>
       </c>
       <c r="G651"/>
       <c r="H651" t="s">
         <v>23</v>
       </c>
       <c r="I651" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J651"/>
       <c r="K651"/>
       <c r="L651"/>
       <c r="M651"/>
       <c r="N651"/>
       <c r="O651"/>
-      <c r="P651"/>
+      <c r="P651" t="s">
+        <v>1268</v>
+      </c>
       <c r="Q651" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="652" spans="1:17">
       <c r="A652">
-        <v>65182</v>
+        <v>10033</v>
       </c>
       <c r="B652" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C652"/>
       <c r="D652"/>
       <c r="E652" t="s">
         <v>373</v>
       </c>
       <c r="F652" t="s">
         <v>374</v>
       </c>
       <c r="G652"/>
       <c r="H652" t="s">
         <v>23</v>
       </c>
       <c r="I652" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J652"/>
       <c r="K652"/>
       <c r="L652"/>
       <c r="M652"/>
       <c r="N652"/>
       <c r="O652"/>
-      <c r="P652"/>
+      <c r="P652" t="s">
+        <v>1270</v>
+      </c>
       <c r="Q652" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="653" spans="1:17">
       <c r="A653">
-        <v>24738</v>
+        <v>15220</v>
       </c>
       <c r="B653" t="s">
-        <v>1269</v>
-[...4 lines deleted...]
-      <c r="D653" t="s">
         <v>1271</v>
       </c>
+      <c r="C653"/>
+      <c r="D653"/>
       <c r="E653" t="s">
         <v>373</v>
       </c>
       <c r="F653" t="s">
         <v>374</v>
       </c>
       <c r="G653"/>
       <c r="H653" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I653" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J653"/>
       <c r="K653"/>
       <c r="L653"/>
       <c r="M653"/>
       <c r="N653"/>
       <c r="O653"/>
-      <c r="P653" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P653"/>
       <c r="Q653" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="654" spans="1:17">
       <c r="A654">
-        <v>10033</v>
+        <v>15181</v>
       </c>
       <c r="B654" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C654" t="s">
         <v>1273</v>
       </c>
-      <c r="C654"/>
-      <c r="D654"/>
+      <c r="D654" t="s">
+        <v>983</v>
+      </c>
       <c r="E654" t="s">
         <v>373</v>
       </c>
       <c r="F654" t="s">
         <v>374</v>
       </c>
       <c r="G654"/>
       <c r="H654" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I654" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J654"/>
       <c r="K654"/>
       <c r="L654"/>
       <c r="M654"/>
       <c r="N654"/>
       <c r="O654"/>
-      <c r="P654" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P654"/>
       <c r="Q654" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="655" spans="1:17">
       <c r="A655">
-        <v>15220</v>
+        <v>15182</v>
       </c>
       <c r="B655" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C655" t="s">
         <v>1275</v>
       </c>
-      <c r="C655"/>
-      <c r="D655"/>
+      <c r="D655" t="s">
+        <v>1276</v>
+      </c>
       <c r="E655" t="s">
         <v>373</v>
       </c>
       <c r="F655" t="s">
         <v>374</v>
       </c>
       <c r="G655"/>
       <c r="H655" t="s">
         <v>173</v>
       </c>
       <c r="I655" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J655"/>
       <c r="K655"/>
       <c r="L655"/>
       <c r="M655"/>
       <c r="N655"/>
       <c r="O655"/>
       <c r="P655"/>
       <c r="Q655" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="656" spans="1:17">
       <c r="A656">
-        <v>15181</v>
+        <v>4726</v>
       </c>
       <c r="B656" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="C656" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="D656" t="s">
-        <v>987</v>
+        <v>932</v>
       </c>
       <c r="E656" t="s">
         <v>373</v>
       </c>
       <c r="F656" t="s">
         <v>374</v>
       </c>
       <c r="G656"/>
       <c r="H656" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I656" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J656"/>
       <c r="K656"/>
       <c r="L656"/>
       <c r="M656"/>
       <c r="N656"/>
       <c r="O656"/>
       <c r="P656"/>
       <c r="Q656" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="657" spans="1:17">
       <c r="A657">
-        <v>15182</v>
+        <v>35018</v>
       </c>
       <c r="B657" t="s">
-        <v>1278</v>
-[...1 lines deleted...]
-      <c r="C657" t="s">
         <v>1279</v>
       </c>
-      <c r="D657" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C657"/>
+      <c r="D657"/>
       <c r="E657" t="s">
         <v>373</v>
       </c>
       <c r="F657" t="s">
         <v>374</v>
       </c>
       <c r="G657"/>
       <c r="H657" t="s">
         <v>173</v>
       </c>
       <c r="I657" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J657"/>
       <c r="K657"/>
       <c r="L657"/>
       <c r="M657"/>
       <c r="N657"/>
       <c r="O657"/>
       <c r="P657"/>
       <c r="Q657" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="658" spans="1:17">
       <c r="A658">
-        <v>4726</v>
+        <v>65582</v>
       </c>
       <c r="B658" t="s">
-        <v>1281</v>
-[...6 lines deleted...]
-      </c>
+        <v>1280</v>
+      </c>
+      <c r="C658"/>
+      <c r="D658"/>
       <c r="E658" t="s">
         <v>373</v>
       </c>
       <c r="F658" t="s">
         <v>374</v>
       </c>
       <c r="G658"/>
       <c r="H658" t="s">
         <v>23</v>
       </c>
       <c r="I658" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J658"/>
       <c r="K658"/>
       <c r="L658"/>
       <c r="M658"/>
       <c r="N658"/>
       <c r="O658"/>
       <c r="P658"/>
       <c r="Q658" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="659" spans="1:17">
       <c r="A659">
-        <v>35018</v>
+        <v>332</v>
       </c>
       <c r="B659" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="C659"/>
       <c r="D659"/>
       <c r="E659" t="s">
         <v>373</v>
       </c>
       <c r="F659" t="s">
         <v>374</v>
       </c>
       <c r="G659"/>
       <c r="H659" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I659" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J659"/>
       <c r="K659"/>
       <c r="L659"/>
       <c r="M659"/>
       <c r="N659"/>
       <c r="O659"/>
       <c r="P659"/>
       <c r="Q659" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="660" spans="1:17">
       <c r="A660">
-        <v>65582</v>
+        <v>15550</v>
       </c>
       <c r="B660" t="s">
-        <v>1284</v>
-[...2 lines deleted...]
-      <c r="D660"/>
+        <v>1282</v>
+      </c>
+      <c r="C660" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D660" t="s">
+        <v>932</v>
+      </c>
       <c r="E660" t="s">
         <v>373</v>
       </c>
       <c r="F660" t="s">
         <v>374</v>
       </c>
       <c r="G660"/>
       <c r="H660" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I660" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J660"/>
       <c r="K660"/>
       <c r="L660"/>
       <c r="M660"/>
       <c r="N660"/>
       <c r="O660"/>
       <c r="P660"/>
       <c r="Q660" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="661" spans="1:17">
       <c r="A661">
-        <v>332</v>
+        <v>4870</v>
       </c>
       <c r="B661" t="s">
-        <v>1285</v>
+        <v>1284</v>
       </c>
       <c r="C661"/>
       <c r="D661"/>
       <c r="E661" t="s">
         <v>373</v>
       </c>
       <c r="F661" t="s">
         <v>374</v>
       </c>
       <c r="G661"/>
       <c r="H661" t="s">
         <v>23</v>
       </c>
       <c r="I661" t="s">
         <v>24</v>
       </c>
       <c r="J661"/>
       <c r="K661"/>
       <c r="L661"/>
       <c r="M661"/>
       <c r="N661"/>
       <c r="O661"/>
       <c r="P661"/>
       <c r="Q661" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="662" spans="1:17">
       <c r="A662">
-        <v>15550</v>
+        <v>55057</v>
       </c>
       <c r="B662" t="s">
-        <v>1286</v>
-[...6 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="C662"/>
+      <c r="D662"/>
       <c r="E662" t="s">
         <v>373</v>
       </c>
       <c r="F662" t="s">
         <v>374</v>
       </c>
       <c r="G662"/>
       <c r="H662" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I662" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J662"/>
       <c r="K662"/>
       <c r="L662"/>
       <c r="M662"/>
       <c r="N662"/>
       <c r="O662"/>
       <c r="P662"/>
       <c r="Q662" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="663" spans="1:17">
       <c r="A663">
-        <v>4870</v>
+        <v>21662</v>
       </c>
       <c r="B663" t="s">
-        <v>1288</v>
+        <v>1286</v>
       </c>
       <c r="C663"/>
       <c r="D663"/>
       <c r="E663" t="s">
         <v>373</v>
       </c>
       <c r="F663" t="s">
         <v>374</v>
       </c>
       <c r="G663"/>
       <c r="H663" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I663" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J663"/>
       <c r="K663"/>
       <c r="L663"/>
       <c r="M663"/>
       <c r="N663"/>
       <c r="O663"/>
       <c r="P663"/>
       <c r="Q663" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="664" spans="1:17">
       <c r="A664">
-        <v>55057</v>
+        <v>55063</v>
       </c>
       <c r="B664" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="C664"/>
       <c r="D664"/>
       <c r="E664" t="s">
         <v>373</v>
       </c>
       <c r="F664" t="s">
         <v>374</v>
       </c>
       <c r="G664"/>
       <c r="H664" t="s">
         <v>23</v>
       </c>
       <c r="I664" t="s">
         <v>42</v>
       </c>
       <c r="J664"/>
       <c r="K664"/>
       <c r="L664"/>
       <c r="M664"/>
       <c r="N664"/>
       <c r="O664"/>
       <c r="P664"/>
       <c r="Q664" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="665" spans="1:17">
       <c r="A665">
-        <v>21662</v>
+        <v>15049</v>
       </c>
       <c r="B665" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
       <c r="C665"/>
       <c r="D665"/>
       <c r="E665" t="s">
         <v>373</v>
       </c>
       <c r="F665" t="s">
         <v>374</v>
       </c>
       <c r="G665"/>
       <c r="H665" t="s">
         <v>173</v>
       </c>
       <c r="I665" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J665"/>
       <c r="K665"/>
       <c r="L665"/>
       <c r="M665"/>
       <c r="N665"/>
       <c r="O665"/>
       <c r="P665"/>
       <c r="Q665" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="666" spans="1:17">
       <c r="A666">
-        <v>55063</v>
+        <v>55172</v>
       </c>
       <c r="B666" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="C666"/>
       <c r="D666"/>
       <c r="E666" t="s">
         <v>373</v>
       </c>
       <c r="F666" t="s">
         <v>374</v>
       </c>
       <c r="G666"/>
       <c r="H666" t="s">
         <v>23</v>
       </c>
       <c r="I666" t="s">
         <v>42</v>
       </c>
       <c r="J666"/>
       <c r="K666"/>
       <c r="L666"/>
       <c r="M666"/>
       <c r="N666"/>
       <c r="O666"/>
       <c r="P666"/>
       <c r="Q666" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="667" spans="1:17">
       <c r="A667">
-        <v>15049</v>
+        <v>29166</v>
       </c>
       <c r="B667" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
       <c r="C667"/>
       <c r="D667"/>
       <c r="E667" t="s">
         <v>373</v>
       </c>
       <c r="F667" t="s">
         <v>374</v>
       </c>
       <c r="G667"/>
       <c r="H667" t="s">
         <v>173</v>
       </c>
       <c r="I667" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J667"/>
       <c r="K667"/>
       <c r="L667"/>
       <c r="M667"/>
       <c r="N667"/>
       <c r="O667"/>
       <c r="P667"/>
       <c r="Q667" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="668" spans="1:17">
       <c r="A668">
-        <v>55172</v>
+        <v>33560</v>
       </c>
       <c r="B668" t="s">
-        <v>1293</v>
+        <v>1291</v>
       </c>
       <c r="C668"/>
       <c r="D668"/>
       <c r="E668" t="s">
         <v>373</v>
       </c>
       <c r="F668" t="s">
         <v>374</v>
       </c>
       <c r="G668"/>
       <c r="H668" t="s">
         <v>23</v>
       </c>
       <c r="I668" t="s">
         <v>42</v>
       </c>
       <c r="J668"/>
       <c r="K668"/>
       <c r="L668"/>
       <c r="M668"/>
       <c r="N668"/>
       <c r="O668"/>
       <c r="P668"/>
       <c r="Q668" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="669" spans="1:17">
       <c r="A669">
-        <v>29166</v>
+        <v>33562</v>
       </c>
       <c r="B669" t="s">
-        <v>1294</v>
+        <v>1292</v>
       </c>
       <c r="C669"/>
       <c r="D669"/>
       <c r="E669" t="s">
         <v>373</v>
       </c>
       <c r="F669" t="s">
         <v>374</v>
       </c>
       <c r="G669"/>
       <c r="H669" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I669" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J669"/>
       <c r="K669"/>
       <c r="L669"/>
       <c r="M669"/>
       <c r="N669"/>
       <c r="O669"/>
       <c r="P669"/>
       <c r="Q669" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="670" spans="1:17">
       <c r="A670">
-        <v>33560</v>
+        <v>33563</v>
       </c>
       <c r="B670" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="C670"/>
       <c r="D670"/>
       <c r="E670" t="s">
         <v>373</v>
       </c>
       <c r="F670" t="s">
         <v>374</v>
       </c>
       <c r="G670"/>
       <c r="H670" t="s">
         <v>23</v>
       </c>
       <c r="I670" t="s">
         <v>42</v>
       </c>
       <c r="J670"/>
       <c r="K670"/>
       <c r="L670"/>
       <c r="M670"/>
       <c r="N670"/>
       <c r="O670"/>
       <c r="P670"/>
       <c r="Q670" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="671" spans="1:17">
       <c r="A671">
-        <v>33562</v>
+        <v>33566</v>
       </c>
       <c r="B671" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="C671"/>
       <c r="D671"/>
       <c r="E671" t="s">
         <v>373</v>
       </c>
       <c r="F671" t="s">
         <v>374</v>
       </c>
       <c r="G671"/>
       <c r="H671" t="s">
         <v>23</v>
       </c>
       <c r="I671" t="s">
         <v>42</v>
       </c>
       <c r="J671"/>
       <c r="K671"/>
       <c r="L671"/>
       <c r="M671"/>
       <c r="N671"/>
       <c r="O671"/>
       <c r="P671"/>
       <c r="Q671" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="672" spans="1:17">
       <c r="A672">
-        <v>33563</v>
+        <v>33568</v>
       </c>
       <c r="B672" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="C672"/>
       <c r="D672"/>
       <c r="E672" t="s">
         <v>373</v>
       </c>
       <c r="F672" t="s">
         <v>374</v>
       </c>
       <c r="G672"/>
       <c r="H672" t="s">
         <v>23</v>
       </c>
       <c r="I672" t="s">
         <v>42</v>
       </c>
       <c r="J672"/>
       <c r="K672"/>
       <c r="L672"/>
       <c r="M672"/>
       <c r="N672"/>
       <c r="O672"/>
       <c r="P672"/>
       <c r="Q672" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="673" spans="1:17">
       <c r="A673">
-        <v>33566</v>
+        <v>33575</v>
       </c>
       <c r="B673" t="s">
-        <v>1298</v>
+        <v>1296</v>
       </c>
       <c r="C673"/>
       <c r="D673"/>
       <c r="E673" t="s">
         <v>373</v>
       </c>
       <c r="F673" t="s">
         <v>374</v>
       </c>
       <c r="G673"/>
       <c r="H673" t="s">
         <v>23</v>
       </c>
       <c r="I673" t="s">
         <v>42</v>
       </c>
       <c r="J673"/>
       <c r="K673"/>
       <c r="L673"/>
       <c r="M673"/>
       <c r="N673"/>
       <c r="O673"/>
       <c r="P673"/>
       <c r="Q673" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="674" spans="1:17">
       <c r="A674">
-        <v>33568</v>
+        <v>64644</v>
       </c>
       <c r="B674" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="C674"/>
       <c r="D674"/>
       <c r="E674" t="s">
         <v>373</v>
       </c>
       <c r="F674" t="s">
         <v>374</v>
       </c>
       <c r="G674"/>
       <c r="H674" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I674" t="s">
         <v>42</v>
       </c>
       <c r="J674"/>
       <c r="K674"/>
       <c r="L674"/>
       <c r="M674"/>
       <c r="N674"/>
       <c r="O674"/>
-      <c r="P674"/>
+      <c r="P674" t="s">
+        <v>1298</v>
+      </c>
       <c r="Q674" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="675" spans="1:17">
       <c r="A675">
-        <v>33575</v>
+        <v>55578</v>
       </c>
       <c r="B675" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="C675"/>
       <c r="D675"/>
       <c r="E675" t="s">
         <v>373</v>
       </c>
       <c r="F675" t="s">
         <v>374</v>
       </c>
       <c r="G675"/>
       <c r="H675" t="s">
         <v>23</v>
       </c>
       <c r="I675" t="s">
         <v>42</v>
       </c>
       <c r="J675"/>
       <c r="K675"/>
       <c r="L675"/>
       <c r="M675"/>
       <c r="N675"/>
       <c r="O675"/>
       <c r="P675"/>
       <c r="Q675" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="676" spans="1:17">
       <c r="A676">
-        <v>64644</v>
+        <v>55589</v>
       </c>
       <c r="B676" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="C676"/>
       <c r="D676"/>
       <c r="E676" t="s">
         <v>373</v>
       </c>
       <c r="F676" t="s">
         <v>374</v>
       </c>
       <c r="G676"/>
       <c r="H676" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I676" t="s">
         <v>42</v>
       </c>
       <c r="J676"/>
       <c r="K676"/>
       <c r="L676"/>
       <c r="M676"/>
       <c r="N676"/>
       <c r="O676"/>
-      <c r="P676" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P676"/>
       <c r="Q676" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="677" spans="1:17">
       <c r="A677">
-        <v>55578</v>
+        <v>55557</v>
       </c>
       <c r="B677" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="C677"/>
       <c r="D677"/>
       <c r="E677" t="s">
         <v>373</v>
       </c>
       <c r="F677" t="s">
         <v>374</v>
       </c>
       <c r="G677"/>
       <c r="H677" t="s">
         <v>23</v>
       </c>
       <c r="I677" t="s">
         <v>42</v>
       </c>
       <c r="J677"/>
       <c r="K677"/>
       <c r="L677"/>
       <c r="M677"/>
       <c r="N677"/>
       <c r="O677"/>
       <c r="P677"/>
       <c r="Q677" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="678" spans="1:17">
       <c r="A678">
-        <v>55589</v>
+        <v>21679</v>
       </c>
       <c r="B678" t="s">
-        <v>1304</v>
-[...2 lines deleted...]
-      <c r="D678"/>
+        <v>1302</v>
+      </c>
+      <c r="C678" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D678" t="s">
+        <v>932</v>
+      </c>
       <c r="E678" t="s">
         <v>373</v>
       </c>
       <c r="F678" t="s">
         <v>374</v>
       </c>
       <c r="G678"/>
       <c r="H678" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I678" t="s">
         <v>42</v>
       </c>
       <c r="J678"/>
       <c r="K678"/>
       <c r="L678"/>
       <c r="M678"/>
       <c r="N678"/>
       <c r="O678"/>
       <c r="P678"/>
       <c r="Q678" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="679" spans="1:17">
       <c r="A679">
-        <v>55557</v>
+        <v>55648</v>
       </c>
       <c r="B679" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="C679"/>
       <c r="D679"/>
       <c r="E679" t="s">
         <v>373</v>
       </c>
       <c r="F679" t="s">
         <v>374</v>
       </c>
       <c r="G679"/>
       <c r="H679" t="s">
         <v>23</v>
       </c>
       <c r="I679" t="s">
         <v>42</v>
       </c>
       <c r="J679"/>
       <c r="K679"/>
       <c r="L679"/>
       <c r="M679"/>
       <c r="N679"/>
       <c r="O679"/>
       <c r="P679"/>
       <c r="Q679" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="680" spans="1:17">
       <c r="A680">
-        <v>21679</v>
+        <v>55318</v>
       </c>
       <c r="B680" t="s">
-        <v>1306</v>
-[...6 lines deleted...]
-      </c>
+        <v>1305</v>
+      </c>
+      <c r="C680"/>
+      <c r="D680"/>
       <c r="E680" t="s">
         <v>373</v>
       </c>
       <c r="F680" t="s">
         <v>374</v>
       </c>
       <c r="G680"/>
       <c r="H680" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I680" t="s">
         <v>42</v>
       </c>
       <c r="J680"/>
       <c r="K680"/>
       <c r="L680"/>
       <c r="M680"/>
       <c r="N680"/>
       <c r="O680"/>
       <c r="P680"/>
       <c r="Q680" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="681" spans="1:17">
       <c r="A681">
-        <v>55648</v>
+        <v>55303</v>
       </c>
       <c r="B681" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="C681"/>
       <c r="D681"/>
       <c r="E681" t="s">
         <v>373</v>
       </c>
       <c r="F681" t="s">
         <v>374</v>
       </c>
       <c r="G681"/>
       <c r="H681" t="s">
         <v>23</v>
       </c>
       <c r="I681" t="s">
         <v>42</v>
       </c>
       <c r="J681"/>
       <c r="K681"/>
       <c r="L681"/>
       <c r="M681"/>
       <c r="N681"/>
       <c r="O681"/>
       <c r="P681"/>
       <c r="Q681" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="682" spans="1:17">
       <c r="A682">
-        <v>55318</v>
+        <v>55314</v>
       </c>
       <c r="B682" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="C682"/>
       <c r="D682"/>
       <c r="E682" t="s">
         <v>373</v>
       </c>
       <c r="F682" t="s">
         <v>374</v>
       </c>
       <c r="G682"/>
       <c r="H682" t="s">
         <v>23</v>
       </c>
       <c r="I682" t="s">
         <v>42</v>
       </c>
       <c r="J682"/>
       <c r="K682"/>
       <c r="L682"/>
       <c r="M682"/>
       <c r="N682"/>
       <c r="O682"/>
       <c r="P682"/>
       <c r="Q682" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="683" spans="1:17">
       <c r="A683">
-        <v>55303</v>
+        <v>55317</v>
       </c>
       <c r="B683" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="C683"/>
       <c r="D683"/>
       <c r="E683" t="s">
         <v>373</v>
       </c>
       <c r="F683" t="s">
         <v>374</v>
       </c>
       <c r="G683"/>
       <c r="H683" t="s">
         <v>23</v>
       </c>
       <c r="I683" t="s">
         <v>42</v>
       </c>
       <c r="J683"/>
       <c r="K683"/>
       <c r="L683"/>
       <c r="M683"/>
       <c r="N683"/>
       <c r="O683"/>
       <c r="P683"/>
       <c r="Q683" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="684" spans="1:17">
       <c r="A684">
-        <v>55314</v>
+        <v>55290</v>
       </c>
       <c r="B684" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="C684"/>
       <c r="D684"/>
       <c r="E684" t="s">
         <v>373</v>
       </c>
       <c r="F684" t="s">
         <v>374</v>
       </c>
       <c r="G684"/>
       <c r="H684" t="s">
         <v>23</v>
       </c>
       <c r="I684" t="s">
         <v>42</v>
       </c>
       <c r="J684"/>
       <c r="K684"/>
       <c r="L684"/>
       <c r="M684"/>
       <c r="N684"/>
       <c r="O684"/>
       <c r="P684"/>
       <c r="Q684" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="685" spans="1:17">
       <c r="A685">
-        <v>55317</v>
+        <v>55291</v>
       </c>
       <c r="B685" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="C685"/>
       <c r="D685"/>
       <c r="E685" t="s">
         <v>373</v>
       </c>
       <c r="F685" t="s">
         <v>374</v>
       </c>
       <c r="G685"/>
       <c r="H685" t="s">
         <v>23</v>
       </c>
       <c r="I685" t="s">
         <v>42</v>
       </c>
       <c r="J685"/>
       <c r="K685"/>
       <c r="L685"/>
       <c r="M685"/>
       <c r="N685"/>
       <c r="O685"/>
       <c r="P685"/>
       <c r="Q685" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="686" spans="1:17">
       <c r="A686">
-        <v>55290</v>
+        <v>55292</v>
       </c>
       <c r="B686" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="C686"/>
       <c r="D686"/>
       <c r="E686" t="s">
         <v>373</v>
       </c>
       <c r="F686" t="s">
         <v>374</v>
       </c>
       <c r="G686"/>
       <c r="H686" t="s">
         <v>23</v>
       </c>
       <c r="I686" t="s">
         <v>42</v>
       </c>
       <c r="J686"/>
       <c r="K686"/>
       <c r="L686"/>
       <c r="M686"/>
       <c r="N686"/>
       <c r="O686"/>
       <c r="P686"/>
       <c r="Q686" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="687" spans="1:17">
       <c r="A687">
-        <v>55291</v>
+        <v>55302</v>
       </c>
       <c r="B687" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
       <c r="C687"/>
       <c r="D687"/>
       <c r="E687" t="s">
         <v>373</v>
       </c>
       <c r="F687" t="s">
         <v>374</v>
       </c>
       <c r="G687"/>
       <c r="H687" t="s">
         <v>23</v>
       </c>
       <c r="I687" t="s">
         <v>42</v>
       </c>
       <c r="J687"/>
       <c r="K687"/>
       <c r="L687"/>
       <c r="M687"/>
       <c r="N687"/>
       <c r="O687"/>
       <c r="P687"/>
       <c r="Q687" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="688" spans="1:17">
       <c r="A688">
-        <v>55292</v>
+        <v>55299</v>
       </c>
       <c r="B688" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
       <c r="C688"/>
       <c r="D688"/>
       <c r="E688" t="s">
         <v>373</v>
       </c>
       <c r="F688" t="s">
         <v>374</v>
       </c>
       <c r="G688"/>
       <c r="H688" t="s">
         <v>23</v>
       </c>
       <c r="I688" t="s">
         <v>42</v>
       </c>
       <c r="J688"/>
       <c r="K688"/>
       <c r="L688"/>
       <c r="M688"/>
       <c r="N688"/>
       <c r="O688"/>
       <c r="P688"/>
       <c r="Q688" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="689" spans="1:17">
       <c r="A689">
-        <v>55302</v>
+        <v>55337</v>
       </c>
       <c r="B689" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="C689"/>
       <c r="D689"/>
       <c r="E689" t="s">
         <v>373</v>
       </c>
       <c r="F689" t="s">
         <v>374</v>
       </c>
       <c r="G689"/>
       <c r="H689" t="s">
         <v>23</v>
       </c>
       <c r="I689" t="s">
         <v>42</v>
       </c>
       <c r="J689"/>
       <c r="K689"/>
       <c r="L689"/>
       <c r="M689"/>
       <c r="N689"/>
       <c r="O689"/>
       <c r="P689"/>
       <c r="Q689" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="690" spans="1:17">
       <c r="A690">
-        <v>55299</v>
+        <v>55340</v>
       </c>
       <c r="B690" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="C690"/>
       <c r="D690"/>
       <c r="E690" t="s">
         <v>373</v>
       </c>
       <c r="F690" t="s">
         <v>374</v>
       </c>
       <c r="G690"/>
       <c r="H690" t="s">
         <v>23</v>
       </c>
       <c r="I690" t="s">
         <v>42</v>
       </c>
       <c r="J690"/>
       <c r="K690"/>
       <c r="L690"/>
       <c r="M690"/>
       <c r="N690"/>
       <c r="O690"/>
       <c r="P690"/>
       <c r="Q690" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="691" spans="1:17">
       <c r="A691">
-        <v>55337</v>
+        <v>55342</v>
       </c>
       <c r="B691" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
       <c r="C691"/>
       <c r="D691"/>
       <c r="E691" t="s">
         <v>373</v>
       </c>
       <c r="F691" t="s">
         <v>374</v>
       </c>
       <c r="G691"/>
       <c r="H691" t="s">
         <v>23</v>
       </c>
       <c r="I691" t="s">
         <v>42</v>
       </c>
       <c r="J691"/>
       <c r="K691"/>
       <c r="L691"/>
       <c r="M691"/>
       <c r="N691"/>
       <c r="O691"/>
       <c r="P691"/>
       <c r="Q691" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="692" spans="1:17">
       <c r="A692">
-        <v>55340</v>
+        <v>55321</v>
       </c>
       <c r="B692" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="C692"/>
       <c r="D692"/>
       <c r="E692" t="s">
         <v>373</v>
       </c>
       <c r="F692" t="s">
         <v>374</v>
       </c>
       <c r="G692"/>
       <c r="H692" t="s">
         <v>23</v>
       </c>
       <c r="I692" t="s">
         <v>42</v>
       </c>
       <c r="J692"/>
       <c r="K692"/>
       <c r="L692"/>
       <c r="M692"/>
       <c r="N692"/>
       <c r="O692"/>
       <c r="P692"/>
       <c r="Q692" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="693" spans="1:17">
       <c r="A693">
-        <v>55342</v>
+        <v>55240</v>
       </c>
       <c r="B693" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="C693"/>
       <c r="D693"/>
       <c r="E693" t="s">
         <v>373</v>
       </c>
       <c r="F693" t="s">
         <v>374</v>
       </c>
       <c r="G693"/>
       <c r="H693" t="s">
         <v>23</v>
       </c>
       <c r="I693" t="s">
         <v>42</v>
       </c>
       <c r="J693"/>
       <c r="K693"/>
       <c r="L693"/>
       <c r="M693"/>
       <c r="N693"/>
       <c r="O693"/>
       <c r="P693"/>
       <c r="Q693" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="694" spans="1:17">
       <c r="A694">
-        <v>55321</v>
+        <v>29224</v>
       </c>
       <c r="B694" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="C694"/>
       <c r="D694"/>
       <c r="E694" t="s">
         <v>373</v>
       </c>
       <c r="F694" t="s">
         <v>374</v>
       </c>
       <c r="G694"/>
       <c r="H694" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I694" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J694"/>
       <c r="K694"/>
       <c r="L694"/>
       <c r="M694"/>
       <c r="N694"/>
       <c r="O694"/>
       <c r="P694"/>
       <c r="Q694" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="695" spans="1:17">
       <c r="A695">
-        <v>55240</v>
+        <v>21732</v>
       </c>
       <c r="B695" t="s">
-        <v>1322</v>
-[...2 lines deleted...]
-      <c r="D695"/>
+        <v>1320</v>
+      </c>
+      <c r="C695" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D695" t="s">
+        <v>68</v>
+      </c>
       <c r="E695" t="s">
         <v>373</v>
       </c>
       <c r="F695" t="s">
         <v>374</v>
       </c>
       <c r="G695"/>
       <c r="H695" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I695" t="s">
         <v>42</v>
       </c>
       <c r="J695"/>
       <c r="K695"/>
       <c r="L695"/>
       <c r="M695"/>
       <c r="N695"/>
       <c r="O695"/>
       <c r="P695"/>
       <c r="Q695" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="696" spans="1:17">
       <c r="A696">
-        <v>29224</v>
+        <v>15916</v>
       </c>
       <c r="B696" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C696" t="s">
         <v>1323</v>
       </c>
-      <c r="C696"/>
-      <c r="D696"/>
+      <c r="D696" t="s">
+        <v>1324</v>
+      </c>
       <c r="E696" t="s">
         <v>373</v>
       </c>
       <c r="F696" t="s">
         <v>374</v>
       </c>
       <c r="G696"/>
       <c r="H696" t="s">
         <v>173</v>
       </c>
       <c r="I696" t="s">
-        <v>1043</v>
-[...2 lines deleted...]
-      <c r="K696"/>
+        <v>1039</v>
+      </c>
+      <c r="J696" t="s">
+        <v>86</v>
+      </c>
+      <c r="K696" t="s">
+        <v>78</v>
+      </c>
       <c r="L696"/>
       <c r="M696"/>
       <c r="N696"/>
       <c r="O696"/>
-      <c r="P696"/>
+      <c r="P696" t="s">
+        <v>1325</v>
+      </c>
       <c r="Q696" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="697" spans="1:17">
       <c r="A697">
-        <v>21732</v>
+        <v>15917</v>
       </c>
       <c r="B697" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C697" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="D697" t="s">
-        <v>68</v>
+        <v>1328</v>
       </c>
       <c r="E697" t="s">
         <v>373</v>
       </c>
       <c r="F697" t="s">
         <v>374</v>
       </c>
       <c r="G697"/>
       <c r="H697" t="s">
         <v>173</v>
       </c>
       <c r="I697" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="K697"/>
+        <v>1039</v>
+      </c>
+      <c r="J697" t="s">
+        <v>86</v>
+      </c>
+      <c r="K697" t="s">
+        <v>78</v>
+      </c>
       <c r="L697"/>
       <c r="M697"/>
       <c r="N697"/>
       <c r="O697"/>
       <c r="P697"/>
       <c r="Q697" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="698" spans="1:17">
       <c r="A698">
-        <v>15916</v>
+        <v>32515</v>
       </c>
       <c r="B698" t="s">
-        <v>1326</v>
-[...6 lines deleted...]
-      </c>
+        <v>1329</v>
+      </c>
+      <c r="C698"/>
+      <c r="D698"/>
       <c r="E698" t="s">
         <v>373</v>
       </c>
       <c r="F698" t="s">
         <v>374</v>
       </c>
       <c r="G698"/>
       <c r="H698" t="s">
         <v>173</v>
       </c>
       <c r="I698" t="s">
-        <v>1043</v>
-[...6 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="J698"/>
+      <c r="K698"/>
       <c r="L698"/>
       <c r="M698"/>
       <c r="N698"/>
       <c r="O698"/>
-      <c r="P698" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P698"/>
       <c r="Q698" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="699" spans="1:17">
       <c r="A699">
-        <v>15917</v>
+        <v>20972</v>
       </c>
       <c r="B699" t="s">
         <v>1330</v>
       </c>
-      <c r="C699" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C699"/>
+      <c r="D699"/>
       <c r="E699" t="s">
         <v>373</v>
       </c>
       <c r="F699" t="s">
         <v>374</v>
       </c>
       <c r="G699"/>
       <c r="H699" t="s">
         <v>173</v>
       </c>
       <c r="I699" t="s">
-        <v>1043</v>
-[...6 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="J699"/>
+      <c r="K699"/>
       <c r="L699"/>
       <c r="M699"/>
       <c r="N699"/>
       <c r="O699"/>
       <c r="P699"/>
       <c r="Q699" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="700" spans="1:17">
       <c r="A700">
-        <v>32515</v>
+        <v>20976</v>
       </c>
       <c r="B700" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="C700"/>
       <c r="D700"/>
       <c r="E700" t="s">
         <v>373</v>
       </c>
       <c r="F700" t="s">
         <v>374</v>
       </c>
       <c r="G700"/>
       <c r="H700" t="s">
         <v>173</v>
       </c>
       <c r="I700" t="s">
         <v>42</v>
       </c>
       <c r="J700"/>
       <c r="K700"/>
       <c r="L700"/>
       <c r="M700"/>
       <c r="N700"/>
       <c r="O700"/>
       <c r="P700"/>
       <c r="Q700" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="701" spans="1:17">
       <c r="A701">
-        <v>20972</v>
+        <v>53912</v>
       </c>
       <c r="B701" t="s">
-        <v>1334</v>
+        <v>1332</v>
       </c>
       <c r="C701"/>
       <c r="D701"/>
       <c r="E701" t="s">
         <v>373</v>
       </c>
       <c r="F701" t="s">
         <v>374</v>
       </c>
       <c r="G701"/>
       <c r="H701" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I701" t="s">
         <v>42</v>
       </c>
       <c r="J701"/>
       <c r="K701"/>
       <c r="L701"/>
       <c r="M701"/>
       <c r="N701"/>
       <c r="O701"/>
       <c r="P701"/>
       <c r="Q701" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="702" spans="1:17">
       <c r="A702">
-        <v>20976</v>
+        <v>33604</v>
       </c>
       <c r="B702" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="C702"/>
       <c r="D702"/>
       <c r="E702" t="s">
         <v>373</v>
       </c>
       <c r="F702" t="s">
         <v>374</v>
       </c>
       <c r="G702"/>
       <c r="H702" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I702" t="s">
         <v>42</v>
       </c>
       <c r="J702"/>
       <c r="K702"/>
       <c r="L702"/>
       <c r="M702"/>
       <c r="N702"/>
       <c r="O702"/>
       <c r="P702"/>
       <c r="Q702" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="703" spans="1:17">
       <c r="A703">
-        <v>53912</v>
+        <v>53899</v>
       </c>
       <c r="B703" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="C703"/>
       <c r="D703"/>
       <c r="E703" t="s">
         <v>373</v>
       </c>
       <c r="F703" t="s">
         <v>374</v>
       </c>
       <c r="G703"/>
       <c r="H703" t="s">
         <v>23</v>
       </c>
       <c r="I703" t="s">
         <v>42</v>
       </c>
       <c r="J703"/>
       <c r="K703"/>
       <c r="L703"/>
       <c r="M703"/>
       <c r="N703"/>
       <c r="O703"/>
       <c r="P703"/>
       <c r="Q703" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="704" spans="1:17">
       <c r="A704">
-        <v>33604</v>
+        <v>54323</v>
       </c>
       <c r="B704" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="C704"/>
       <c r="D704"/>
       <c r="E704" t="s">
         <v>373</v>
       </c>
       <c r="F704" t="s">
         <v>374</v>
       </c>
       <c r="G704"/>
       <c r="H704" t="s">
         <v>23</v>
       </c>
       <c r="I704" t="s">
         <v>42</v>
       </c>
       <c r="J704"/>
       <c r="K704"/>
       <c r="L704"/>
       <c r="M704"/>
       <c r="N704"/>
       <c r="O704"/>
       <c r="P704"/>
       <c r="Q704" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="705" spans="1:17">
       <c r="A705">
-        <v>53899</v>
+        <v>33646</v>
       </c>
       <c r="B705" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="C705"/>
       <c r="D705"/>
       <c r="E705" t="s">
         <v>373</v>
       </c>
       <c r="F705" t="s">
         <v>374</v>
       </c>
       <c r="G705"/>
       <c r="H705" t="s">
         <v>23</v>
       </c>
       <c r="I705" t="s">
         <v>42</v>
       </c>
       <c r="J705"/>
       <c r="K705"/>
       <c r="L705"/>
       <c r="M705"/>
       <c r="N705"/>
       <c r="O705"/>
       <c r="P705"/>
       <c r="Q705" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="706" spans="1:17">
       <c r="A706">
-        <v>54323</v>
+        <v>33648</v>
       </c>
       <c r="B706" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="C706"/>
       <c r="D706"/>
       <c r="E706" t="s">
         <v>373</v>
       </c>
       <c r="F706" t="s">
         <v>374</v>
       </c>
       <c r="G706"/>
       <c r="H706" t="s">
         <v>23</v>
       </c>
       <c r="I706" t="s">
         <v>42</v>
       </c>
       <c r="J706"/>
       <c r="K706"/>
       <c r="L706"/>
       <c r="M706"/>
       <c r="N706"/>
       <c r="O706"/>
       <c r="P706"/>
       <c r="Q706" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="707" spans="1:17">
       <c r="A707">
-        <v>33646</v>
+        <v>54241</v>
       </c>
       <c r="B707" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="C707"/>
       <c r="D707"/>
       <c r="E707" t="s">
         <v>373</v>
       </c>
       <c r="F707" t="s">
         <v>374</v>
       </c>
       <c r="G707"/>
       <c r="H707" t="s">
         <v>23</v>
       </c>
       <c r="I707" t="s">
         <v>42</v>
       </c>
       <c r="J707"/>
       <c r="K707"/>
       <c r="L707"/>
       <c r="M707"/>
       <c r="N707"/>
       <c r="O707"/>
       <c r="P707"/>
       <c r="Q707" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="708" spans="1:17">
       <c r="A708">
-        <v>33648</v>
+        <v>33652</v>
       </c>
       <c r="B708" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="C708"/>
       <c r="D708"/>
       <c r="E708" t="s">
         <v>373</v>
       </c>
       <c r="F708" t="s">
         <v>374</v>
       </c>
       <c r="G708"/>
       <c r="H708" t="s">
         <v>23</v>
       </c>
       <c r="I708" t="s">
         <v>42</v>
       </c>
       <c r="J708"/>
       <c r="K708"/>
       <c r="L708"/>
       <c r="M708"/>
       <c r="N708"/>
       <c r="O708"/>
       <c r="P708"/>
       <c r="Q708" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="709" spans="1:17">
       <c r="A709">
-        <v>54241</v>
+        <v>33655</v>
       </c>
       <c r="B709" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="C709"/>
       <c r="D709"/>
       <c r="E709" t="s">
         <v>373</v>
       </c>
       <c r="F709" t="s">
         <v>374</v>
       </c>
       <c r="G709"/>
       <c r="H709" t="s">
         <v>23</v>
       </c>
       <c r="I709" t="s">
         <v>42</v>
       </c>
       <c r="J709"/>
       <c r="K709"/>
       <c r="L709"/>
       <c r="M709"/>
       <c r="N709"/>
       <c r="O709"/>
       <c r="P709"/>
       <c r="Q709" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="710" spans="1:17">
       <c r="A710">
-        <v>33652</v>
+        <v>1598</v>
       </c>
       <c r="B710" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C710" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D710" t="s">
         <v>1343</v>
       </c>
-      <c r="C710"/>
-      <c r="D710"/>
       <c r="E710" t="s">
         <v>373</v>
       </c>
       <c r="F710" t="s">
         <v>374</v>
       </c>
       <c r="G710"/>
       <c r="H710" t="s">
         <v>23</v>
       </c>
       <c r="I710" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J710"/>
       <c r="K710"/>
       <c r="L710"/>
       <c r="M710"/>
       <c r="N710"/>
       <c r="O710"/>
       <c r="P710"/>
       <c r="Q710" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="711" spans="1:17">
       <c r="A711">
-        <v>33655</v>
+        <v>15205</v>
       </c>
       <c r="B711" t="s">
         <v>1344</v>
       </c>
       <c r="C711"/>
       <c r="D711"/>
       <c r="E711" t="s">
         <v>373</v>
       </c>
       <c r="F711" t="s">
         <v>374</v>
       </c>
       <c r="G711"/>
       <c r="H711" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I711" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J711"/>
       <c r="K711"/>
       <c r="L711"/>
       <c r="M711"/>
       <c r="N711"/>
       <c r="O711"/>
       <c r="P711"/>
       <c r="Q711" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="712" spans="1:17">
       <c r="A712">
-        <v>1598</v>
+        <v>57068</v>
       </c>
       <c r="B712" t="s">
         <v>1345</v>
       </c>
-      <c r="C712" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C712"/>
+      <c r="D712"/>
       <c r="E712" t="s">
         <v>373</v>
       </c>
       <c r="F712" t="s">
         <v>374</v>
       </c>
       <c r="G712"/>
       <c r="H712" t="s">
         <v>23</v>
       </c>
       <c r="I712" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J712"/>
       <c r="K712"/>
       <c r="L712"/>
       <c r="M712"/>
       <c r="N712"/>
       <c r="O712"/>
       <c r="P712"/>
       <c r="Q712" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="713" spans="1:17">
       <c r="A713">
-        <v>15205</v>
+        <v>24851</v>
       </c>
       <c r="B713" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="C713"/>
       <c r="D713"/>
       <c r="E713" t="s">
         <v>373</v>
       </c>
       <c r="F713" t="s">
         <v>374</v>
       </c>
       <c r="G713"/>
       <c r="H713" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I713" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J713"/>
       <c r="K713"/>
       <c r="L713"/>
       <c r="M713"/>
       <c r="N713"/>
       <c r="O713"/>
       <c r="P713"/>
       <c r="Q713" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="714" spans="1:17">
       <c r="A714">
-        <v>57068</v>
+        <v>9467</v>
       </c>
       <c r="B714" t="s">
-        <v>1349</v>
+        <v>1347</v>
       </c>
       <c r="C714"/>
       <c r="D714"/>
       <c r="E714" t="s">
         <v>373</v>
       </c>
       <c r="F714" t="s">
         <v>374</v>
       </c>
       <c r="G714"/>
       <c r="H714" t="s">
         <v>23</v>
       </c>
       <c r="I714" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J714"/>
       <c r="K714"/>
       <c r="L714"/>
       <c r="M714"/>
       <c r="N714"/>
       <c r="O714"/>
-      <c r="P714"/>
+      <c r="P714" t="s">
+        <v>1348</v>
+      </c>
       <c r="Q714" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="715" spans="1:17">
       <c r="A715">
-        <v>24851</v>
+        <v>56806</v>
       </c>
       <c r="B715" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="C715"/>
       <c r="D715"/>
       <c r="E715" t="s">
         <v>373</v>
       </c>
       <c r="F715" t="s">
         <v>374</v>
       </c>
       <c r="G715"/>
       <c r="H715" t="s">
         <v>23</v>
       </c>
       <c r="I715" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J715"/>
       <c r="K715"/>
       <c r="L715"/>
       <c r="M715"/>
       <c r="N715"/>
       <c r="O715"/>
       <c r="P715"/>
       <c r="Q715" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="716" spans="1:17">
       <c r="A716">
-        <v>9467</v>
+        <v>56808</v>
       </c>
       <c r="B716" t="s">
-        <v>1351</v>
+        <v>1350</v>
       </c>
       <c r="C716"/>
       <c r="D716"/>
       <c r="E716" t="s">
         <v>373</v>
       </c>
       <c r="F716" t="s">
         <v>374</v>
       </c>
       <c r="G716"/>
       <c r="H716" t="s">
         <v>23</v>
       </c>
       <c r="I716" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J716"/>
       <c r="K716"/>
       <c r="L716"/>
       <c r="M716"/>
       <c r="N716"/>
       <c r="O716"/>
-      <c r="P716" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P716"/>
       <c r="Q716" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="717" spans="1:17">
       <c r="A717">
-        <v>56806</v>
+        <v>10302</v>
       </c>
       <c r="B717" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="C717"/>
       <c r="D717"/>
       <c r="E717" t="s">
         <v>373</v>
       </c>
       <c r="F717" t="s">
         <v>374</v>
       </c>
       <c r="G717"/>
       <c r="H717" t="s">
         <v>23</v>
       </c>
       <c r="I717" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J717"/>
       <c r="K717"/>
       <c r="L717"/>
       <c r="M717"/>
       <c r="N717"/>
       <c r="O717"/>
       <c r="P717"/>
       <c r="Q717" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="718" spans="1:17">
       <c r="A718">
-        <v>56808</v>
+        <v>5498</v>
       </c>
       <c r="B718" t="s">
-        <v>1354</v>
-[...2 lines deleted...]
-      <c r="D718"/>
+        <v>1352</v>
+      </c>
+      <c r="C718" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D718" t="s">
+        <v>897</v>
+      </c>
       <c r="E718" t="s">
         <v>373</v>
       </c>
       <c r="F718" t="s">
         <v>374</v>
       </c>
       <c r="G718"/>
       <c r="H718" t="s">
         <v>23</v>
       </c>
       <c r="I718" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J718"/>
       <c r="K718"/>
       <c r="L718"/>
       <c r="M718"/>
       <c r="N718"/>
       <c r="O718"/>
       <c r="P718"/>
       <c r="Q718" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="719" spans="1:17">
       <c r="A719">
-        <v>10302</v>
+        <v>10401</v>
       </c>
       <c r="B719" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C719" t="s">
         <v>1355</v>
       </c>
-      <c r="C719"/>
-      <c r="D719"/>
+      <c r="D719" t="s">
+        <v>1356</v>
+      </c>
       <c r="E719" t="s">
         <v>373</v>
       </c>
       <c r="F719" t="s">
         <v>374</v>
       </c>
       <c r="G719"/>
       <c r="H719" t="s">
         <v>23</v>
       </c>
       <c r="I719" t="s">
         <v>24</v>
       </c>
       <c r="J719"/>
       <c r="K719"/>
       <c r="L719"/>
       <c r="M719"/>
       <c r="N719"/>
       <c r="O719"/>
-      <c r="P719"/>
+      <c r="P719" t="s">
+        <v>1357</v>
+      </c>
       <c r="Q719" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="720" spans="1:17">
       <c r="A720">
-        <v>5498</v>
+        <v>31803</v>
       </c>
       <c r="B720" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="C720" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="D720" t="s">
-        <v>901</v>
+        <v>1360</v>
       </c>
       <c r="E720" t="s">
         <v>373</v>
       </c>
       <c r="F720" t="s">
         <v>374</v>
       </c>
       <c r="G720"/>
       <c r="H720" t="s">
         <v>23</v>
       </c>
       <c r="I720" t="s">
         <v>24</v>
       </c>
       <c r="J720"/>
       <c r="K720"/>
       <c r="L720"/>
       <c r="M720"/>
       <c r="N720"/>
       <c r="O720"/>
-      <c r="P720"/>
+      <c r="P720" t="s">
+        <v>1361</v>
+      </c>
       <c r="Q720" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="721" spans="1:17">
       <c r="A721">
-        <v>10401</v>
+        <v>15223</v>
       </c>
       <c r="B721" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="C721" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="D721" t="s">
-        <v>1360</v>
+        <v>1186</v>
       </c>
       <c r="E721" t="s">
         <v>373</v>
       </c>
       <c r="F721" t="s">
         <v>374</v>
       </c>
       <c r="G721"/>
       <c r="H721" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I721" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J721"/>
       <c r="K721"/>
       <c r="L721"/>
       <c r="M721"/>
       <c r="N721"/>
       <c r="O721"/>
-      <c r="P721" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P721"/>
       <c r="Q721" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="722" spans="1:17">
       <c r="A722">
-        <v>31803</v>
+        <v>33670</v>
       </c>
       <c r="B722" t="s">
-        <v>1362</v>
-[...4 lines deleted...]
-      <c r="D722" t="s">
         <v>1364</v>
       </c>
+      <c r="C722"/>
+      <c r="D722"/>
       <c r="E722" t="s">
         <v>373</v>
       </c>
       <c r="F722" t="s">
         <v>374</v>
       </c>
       <c r="G722"/>
       <c r="H722" t="s">
         <v>23</v>
       </c>
       <c r="I722" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J722"/>
       <c r="K722"/>
       <c r="L722"/>
       <c r="M722"/>
       <c r="N722"/>
       <c r="O722"/>
-      <c r="P722" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P722"/>
       <c r="Q722" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="723" spans="1:17">
       <c r="A723">
-        <v>15223</v>
+        <v>33675</v>
       </c>
       <c r="B723" t="s">
-        <v>1366</v>
-[...6 lines deleted...]
-      </c>
+        <v>1365</v>
+      </c>
+      <c r="C723"/>
+      <c r="D723"/>
       <c r="E723" t="s">
         <v>373</v>
       </c>
       <c r="F723" t="s">
         <v>374</v>
       </c>
       <c r="G723"/>
       <c r="H723" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I723" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J723"/>
       <c r="K723"/>
       <c r="L723"/>
       <c r="M723"/>
       <c r="N723"/>
       <c r="O723"/>
       <c r="P723"/>
       <c r="Q723" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="724" spans="1:17">
       <c r="A724">
-        <v>33670</v>
+        <v>33681</v>
       </c>
       <c r="B724" t="s">
-        <v>1368</v>
+        <v>1366</v>
       </c>
       <c r="C724"/>
       <c r="D724"/>
       <c r="E724" t="s">
         <v>373</v>
       </c>
       <c r="F724" t="s">
         <v>374</v>
       </c>
       <c r="G724"/>
       <c r="H724" t="s">
         <v>23</v>
       </c>
       <c r="I724" t="s">
         <v>42</v>
       </c>
       <c r="J724"/>
       <c r="K724"/>
       <c r="L724"/>
       <c r="M724"/>
       <c r="N724"/>
       <c r="O724"/>
       <c r="P724"/>
       <c r="Q724" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="725" spans="1:17">
       <c r="A725">
-        <v>33675</v>
+        <v>33688</v>
       </c>
       <c r="B725" t="s">
-        <v>1369</v>
+        <v>1367</v>
       </c>
       <c r="C725"/>
       <c r="D725"/>
       <c r="E725" t="s">
         <v>373</v>
       </c>
       <c r="F725" t="s">
         <v>374</v>
       </c>
       <c r="G725"/>
       <c r="H725" t="s">
         <v>23</v>
       </c>
       <c r="I725" t="s">
         <v>42</v>
       </c>
       <c r="J725"/>
       <c r="K725"/>
       <c r="L725"/>
       <c r="M725"/>
       <c r="N725"/>
       <c r="O725"/>
       <c r="P725"/>
       <c r="Q725" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="726" spans="1:17">
       <c r="A726">
-        <v>33681</v>
+        <v>33697</v>
       </c>
       <c r="B726" t="s">
-        <v>1370</v>
+        <v>1368</v>
       </c>
       <c r="C726"/>
       <c r="D726"/>
       <c r="E726" t="s">
         <v>373</v>
       </c>
       <c r="F726" t="s">
         <v>374</v>
       </c>
       <c r="G726"/>
       <c r="H726" t="s">
         <v>23</v>
       </c>
       <c r="I726" t="s">
         <v>42</v>
       </c>
       <c r="J726"/>
       <c r="K726"/>
       <c r="L726"/>
       <c r="M726"/>
       <c r="N726"/>
       <c r="O726"/>
       <c r="P726"/>
       <c r="Q726" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="727" spans="1:17">
       <c r="A727">
-        <v>33688</v>
+        <v>33713</v>
       </c>
       <c r="B727" t="s">
-        <v>1371</v>
+        <v>1369</v>
       </c>
       <c r="C727"/>
       <c r="D727"/>
       <c r="E727" t="s">
         <v>373</v>
       </c>
       <c r="F727" t="s">
         <v>374</v>
       </c>
       <c r="G727"/>
       <c r="H727" t="s">
         <v>23</v>
       </c>
       <c r="I727" t="s">
         <v>42</v>
       </c>
       <c r="J727"/>
       <c r="K727"/>
       <c r="L727"/>
       <c r="M727"/>
       <c r="N727"/>
       <c r="O727"/>
       <c r="P727"/>
       <c r="Q727" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="728" spans="1:17">
       <c r="A728">
-        <v>33697</v>
+        <v>33737</v>
       </c>
       <c r="B728" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
       <c r="C728"/>
       <c r="D728"/>
       <c r="E728" t="s">
         <v>373</v>
       </c>
       <c r="F728" t="s">
         <v>374</v>
       </c>
       <c r="G728"/>
       <c r="H728" t="s">
         <v>23</v>
       </c>
       <c r="I728" t="s">
         <v>42</v>
       </c>
       <c r="J728"/>
       <c r="K728"/>
       <c r="L728"/>
       <c r="M728"/>
       <c r="N728"/>
       <c r="O728"/>
       <c r="P728"/>
       <c r="Q728" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="729" spans="1:17">
       <c r="A729">
-        <v>33713</v>
+        <v>1023</v>
       </c>
       <c r="B729" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C729" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D729" t="s">
         <v>1373</v>
       </c>
-      <c r="C729"/>
-      <c r="D729"/>
       <c r="E729" t="s">
         <v>373</v>
       </c>
       <c r="F729" t="s">
         <v>374</v>
       </c>
       <c r="G729"/>
       <c r="H729" t="s">
         <v>23</v>
       </c>
       <c r="I729" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J729"/>
       <c r="K729"/>
       <c r="L729"/>
       <c r="M729"/>
       <c r="N729"/>
       <c r="O729"/>
-      <c r="P729"/>
+      <c r="P729" t="s">
+        <v>1374</v>
+      </c>
       <c r="Q729" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="730" spans="1:17">
       <c r="A730">
-        <v>33737</v>
+        <v>21680</v>
       </c>
       <c r="B730" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C730"/>
       <c r="D730"/>
       <c r="E730" t="s">
         <v>373</v>
       </c>
       <c r="F730" t="s">
         <v>374</v>
       </c>
       <c r="G730"/>
       <c r="H730" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I730" t="s">
         <v>42</v>
       </c>
       <c r="J730"/>
       <c r="K730"/>
       <c r="L730"/>
       <c r="M730"/>
       <c r="N730"/>
       <c r="O730"/>
       <c r="P730"/>
       <c r="Q730" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="731" spans="1:17">
       <c r="A731">
-        <v>1023</v>
+        <v>21681</v>
       </c>
       <c r="B731" t="s">
-        <v>1375</v>
-[...1 lines deleted...]
-      <c r="C731" t="s">
         <v>1376</v>
       </c>
-      <c r="D731" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C731"/>
+      <c r="D731"/>
       <c r="E731" t="s">
         <v>373</v>
       </c>
       <c r="F731" t="s">
         <v>374</v>
       </c>
       <c r="G731"/>
       <c r="H731" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I731" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J731"/>
       <c r="K731"/>
       <c r="L731"/>
       <c r="M731"/>
       <c r="N731"/>
       <c r="O731"/>
-      <c r="P731" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P731"/>
       <c r="Q731" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="732" spans="1:17">
       <c r="A732">
-        <v>21680</v>
+        <v>55788</v>
       </c>
       <c r="B732" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="C732"/>
       <c r="D732"/>
       <c r="E732" t="s">
         <v>373</v>
       </c>
       <c r="F732" t="s">
         <v>374</v>
       </c>
       <c r="G732"/>
       <c r="H732" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I732" t="s">
         <v>42</v>
       </c>
       <c r="J732"/>
       <c r="K732"/>
       <c r="L732"/>
       <c r="M732"/>
       <c r="N732"/>
       <c r="O732"/>
       <c r="P732"/>
       <c r="Q732" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="733" spans="1:17">
       <c r="A733">
-        <v>21681</v>
+        <v>55748</v>
       </c>
       <c r="B733" t="s">
-        <v>1380</v>
+        <v>1378</v>
       </c>
       <c r="C733"/>
       <c r="D733"/>
       <c r="E733" t="s">
         <v>373</v>
       </c>
       <c r="F733" t="s">
         <v>374</v>
       </c>
       <c r="G733"/>
       <c r="H733" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I733" t="s">
         <v>42</v>
       </c>
       <c r="J733"/>
       <c r="K733"/>
       <c r="L733"/>
       <c r="M733"/>
       <c r="N733"/>
       <c r="O733"/>
       <c r="P733"/>
       <c r="Q733" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="734" spans="1:17">
       <c r="A734">
-        <v>55788</v>
+        <v>80306</v>
       </c>
       <c r="B734" t="s">
-        <v>1381</v>
+        <v>1379</v>
       </c>
       <c r="C734"/>
       <c r="D734"/>
       <c r="E734" t="s">
         <v>373</v>
       </c>
       <c r="F734" t="s">
         <v>374</v>
       </c>
       <c r="G734"/>
       <c r="H734" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I734" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J734"/>
       <c r="K734"/>
       <c r="L734"/>
       <c r="M734"/>
       <c r="N734"/>
       <c r="O734"/>
       <c r="P734"/>
       <c r="Q734" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="735" spans="1:17">
       <c r="A735">
-        <v>55748</v>
+        <v>15717</v>
       </c>
       <c r="B735" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C735" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D735" t="s">
         <v>1382</v>
       </c>
-      <c r="C735"/>
-      <c r="D735"/>
       <c r="E735" t="s">
         <v>373</v>
       </c>
       <c r="F735" t="s">
         <v>374</v>
       </c>
       <c r="G735"/>
       <c r="H735" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I735" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J735"/>
       <c r="K735"/>
       <c r="L735"/>
       <c r="M735"/>
       <c r="N735"/>
       <c r="O735"/>
       <c r="P735"/>
       <c r="Q735" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="736" spans="1:17">
       <c r="A736">
-        <v>80306</v>
+        <v>56518</v>
       </c>
       <c r="B736" t="s">
         <v>1383</v>
       </c>
       <c r="C736"/>
       <c r="D736"/>
       <c r="E736" t="s">
         <v>373</v>
       </c>
       <c r="F736" t="s">
         <v>374</v>
       </c>
       <c r="G736"/>
       <c r="H736" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I736" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J736"/>
       <c r="K736"/>
       <c r="L736"/>
       <c r="M736"/>
       <c r="N736"/>
       <c r="O736"/>
       <c r="P736"/>
       <c r="Q736" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="737" spans="1:17">
       <c r="A737">
-        <v>15717</v>
+        <v>35385</v>
       </c>
       <c r="B737" t="s">
         <v>1384</v>
       </c>
-      <c r="C737" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C737"/>
+      <c r="D737"/>
       <c r="E737" t="s">
         <v>373</v>
       </c>
       <c r="F737" t="s">
         <v>374</v>
       </c>
       <c r="G737"/>
       <c r="H737" t="s">
         <v>173</v>
       </c>
       <c r="I737" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J737"/>
       <c r="K737"/>
       <c r="L737"/>
       <c r="M737"/>
       <c r="N737"/>
       <c r="O737"/>
       <c r="P737"/>
       <c r="Q737" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="738" spans="1:17">
       <c r="A738">
-        <v>56518</v>
+        <v>15266</v>
       </c>
       <c r="B738" t="s">
-        <v>1387</v>
+        <v>1385</v>
       </c>
       <c r="C738"/>
       <c r="D738"/>
       <c r="E738" t="s">
         <v>373</v>
       </c>
       <c r="F738" t="s">
         <v>374</v>
       </c>
       <c r="G738"/>
       <c r="H738" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I738" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J738"/>
       <c r="K738"/>
       <c r="L738"/>
       <c r="M738"/>
       <c r="N738"/>
       <c r="O738"/>
       <c r="P738"/>
       <c r="Q738" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="739" spans="1:17">
       <c r="A739">
-        <v>35385</v>
+        <v>81369</v>
       </c>
       <c r="B739" t="s">
-        <v>1388</v>
+        <v>1386</v>
       </c>
       <c r="C739"/>
       <c r="D739"/>
       <c r="E739" t="s">
         <v>373</v>
       </c>
       <c r="F739" t="s">
         <v>374</v>
       </c>
       <c r="G739"/>
       <c r="H739" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I739" t="s">
         <v>42</v>
       </c>
       <c r="J739"/>
       <c r="K739"/>
       <c r="L739"/>
       <c r="M739"/>
       <c r="N739"/>
       <c r="O739"/>
       <c r="P739"/>
       <c r="Q739" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="740" spans="1:17">
       <c r="A740">
-        <v>15266</v>
+        <v>21641</v>
       </c>
       <c r="B740" t="s">
-        <v>1389</v>
+        <v>1387</v>
       </c>
       <c r="C740"/>
       <c r="D740"/>
       <c r="E740" t="s">
         <v>373</v>
       </c>
       <c r="F740" t="s">
         <v>374</v>
       </c>
       <c r="G740"/>
       <c r="H740" t="s">
         <v>173</v>
       </c>
       <c r="I740" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J740"/>
       <c r="K740"/>
       <c r="L740"/>
       <c r="M740"/>
       <c r="N740"/>
       <c r="O740"/>
       <c r="P740"/>
       <c r="Q740" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="741" spans="1:17">
       <c r="A741">
-        <v>81369</v>
+        <v>15267</v>
       </c>
       <c r="B741" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C741" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D741" t="s">
         <v>1390</v>
       </c>
-      <c r="C741"/>
-      <c r="D741"/>
       <c r="E741" t="s">
         <v>373</v>
       </c>
       <c r="F741" t="s">
         <v>374</v>
       </c>
       <c r="G741"/>
       <c r="H741" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I741" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J741"/>
       <c r="K741"/>
       <c r="L741"/>
       <c r="M741"/>
       <c r="N741"/>
       <c r="O741"/>
       <c r="P741"/>
       <c r="Q741" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="742" spans="1:17">
       <c r="A742">
-        <v>21641</v>
+        <v>31852</v>
       </c>
       <c r="B742" t="s">
         <v>1391</v>
       </c>
       <c r="C742"/>
       <c r="D742"/>
       <c r="E742" t="s">
         <v>373</v>
       </c>
       <c r="F742" t="s">
         <v>374</v>
       </c>
       <c r="G742"/>
       <c r="H742" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I742" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J742"/>
       <c r="K742"/>
       <c r="L742"/>
       <c r="M742"/>
       <c r="N742"/>
       <c r="O742"/>
-      <c r="P742"/>
+      <c r="P742" t="s">
+        <v>1392</v>
+      </c>
       <c r="Q742" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="743" spans="1:17">
       <c r="A743">
-        <v>15267</v>
+        <v>15612</v>
       </c>
       <c r="B743" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="C743" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="D743" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="E743" t="s">
         <v>373</v>
       </c>
       <c r="F743" t="s">
         <v>374</v>
       </c>
       <c r="G743"/>
       <c r="H743" t="s">
         <v>173</v>
       </c>
       <c r="I743" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J743"/>
       <c r="K743"/>
       <c r="L743"/>
       <c r="M743"/>
       <c r="N743"/>
       <c r="O743"/>
       <c r="P743"/>
       <c r="Q743" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="744" spans="1:17">
       <c r="A744">
-        <v>31852</v>
+        <v>15613</v>
       </c>
       <c r="B744" t="s">
-        <v>1395</v>
-[...2 lines deleted...]
-      <c r="D744"/>
+        <v>1396</v>
+      </c>
+      <c r="C744" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D744" t="s">
+        <v>1398</v>
+      </c>
       <c r="E744" t="s">
         <v>373</v>
       </c>
       <c r="F744" t="s">
         <v>374</v>
       </c>
       <c r="G744"/>
       <c r="H744" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I744" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J744"/>
       <c r="K744"/>
       <c r="L744"/>
       <c r="M744"/>
       <c r="N744"/>
       <c r="O744"/>
-      <c r="P744" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P744"/>
       <c r="Q744" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="745" spans="1:17">
       <c r="A745">
-        <v>15612</v>
+        <v>29405</v>
       </c>
       <c r="B745" t="s">
-        <v>1397</v>
-[...4 lines deleted...]
-      <c r="D745" t="s">
         <v>1399</v>
       </c>
+      <c r="C745"/>
+      <c r="D745"/>
       <c r="E745" t="s">
         <v>373</v>
       </c>
       <c r="F745" t="s">
         <v>374</v>
       </c>
       <c r="G745"/>
       <c r="H745" t="s">
         <v>173</v>
       </c>
       <c r="I745" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J745"/>
       <c r="K745"/>
       <c r="L745"/>
       <c r="M745"/>
       <c r="N745"/>
       <c r="O745"/>
       <c r="P745"/>
       <c r="Q745" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="746" spans="1:17">
       <c r="A746">
-        <v>15613</v>
+        <v>20243</v>
       </c>
       <c r="B746" t="s">
         <v>1400</v>
       </c>
-      <c r="C746" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C746"/>
+      <c r="D746"/>
       <c r="E746" t="s">
         <v>373</v>
       </c>
       <c r="F746" t="s">
         <v>374</v>
       </c>
       <c r="G746"/>
       <c r="H746" t="s">
         <v>173</v>
       </c>
       <c r="I746" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J746"/>
       <c r="K746"/>
       <c r="L746"/>
       <c r="M746"/>
       <c r="N746"/>
       <c r="O746"/>
       <c r="P746"/>
       <c r="Q746" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="747" spans="1:17">
       <c r="A747">
-        <v>29405</v>
+        <v>6188</v>
       </c>
       <c r="B747" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="C747"/>
       <c r="D747"/>
       <c r="E747" t="s">
         <v>373</v>
       </c>
       <c r="F747" t="s">
         <v>374</v>
       </c>
       <c r="G747"/>
       <c r="H747" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I747" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J747"/>
       <c r="K747"/>
       <c r="L747"/>
       <c r="M747"/>
       <c r="N747"/>
       <c r="O747"/>
-      <c r="P747"/>
+      <c r="P747" t="s">
+        <v>1402</v>
+      </c>
       <c r="Q747" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="748" spans="1:17">
       <c r="A748">
-        <v>20243</v>
+        <v>6190</v>
       </c>
       <c r="B748" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C748" t="s">
         <v>1404</v>
       </c>
-      <c r="C748"/>
-      <c r="D748"/>
+      <c r="D748" t="s">
+        <v>1405</v>
+      </c>
       <c r="E748" t="s">
         <v>373</v>
       </c>
       <c r="F748" t="s">
         <v>374</v>
       </c>
       <c r="G748"/>
       <c r="H748" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I748" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J748"/>
       <c r="K748"/>
       <c r="L748"/>
       <c r="M748"/>
       <c r="N748"/>
       <c r="O748"/>
-      <c r="P748"/>
+      <c r="P748" t="s">
+        <v>1406</v>
+      </c>
       <c r="Q748" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="749" spans="1:17">
       <c r="A749">
-        <v>6188</v>
+        <v>15828</v>
       </c>
       <c r="B749" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="C749"/>
       <c r="D749"/>
       <c r="E749" t="s">
         <v>373</v>
       </c>
       <c r="F749" t="s">
         <v>374</v>
       </c>
       <c r="G749"/>
       <c r="H749" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I749" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J749"/>
       <c r="K749"/>
       <c r="L749"/>
       <c r="M749"/>
       <c r="N749"/>
       <c r="O749"/>
-      <c r="P749" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P749"/>
       <c r="Q749" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="750" spans="1:17">
       <c r="A750">
-        <v>6190</v>
+        <v>34130</v>
       </c>
       <c r="B750" t="s">
-        <v>1407</v>
-[...1 lines deleted...]
-      <c r="C750" t="s">
         <v>1408</v>
       </c>
-      <c r="D750" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C750"/>
+      <c r="D750"/>
       <c r="E750" t="s">
         <v>373</v>
       </c>
       <c r="F750" t="s">
         <v>374</v>
       </c>
       <c r="G750"/>
       <c r="H750" t="s">
         <v>23</v>
       </c>
       <c r="I750" t="s">
         <v>24</v>
       </c>
       <c r="J750"/>
       <c r="K750"/>
       <c r="L750"/>
       <c r="M750"/>
       <c r="N750"/>
       <c r="O750"/>
-      <c r="P750" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P750"/>
       <c r="Q750" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="751" spans="1:17">
       <c r="A751">
-        <v>15828</v>
+        <v>15829</v>
       </c>
       <c r="B751" t="s">
-        <v>1411</v>
-[...2 lines deleted...]
-      <c r="D751"/>
+        <v>1409</v>
+      </c>
+      <c r="C751" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D751" t="s">
+        <v>1183</v>
+      </c>
       <c r="E751" t="s">
         <v>373</v>
       </c>
       <c r="F751" t="s">
         <v>374</v>
       </c>
       <c r="G751"/>
       <c r="H751" t="s">
         <v>173</v>
       </c>
       <c r="I751" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J751"/>
       <c r="K751"/>
       <c r="L751"/>
       <c r="M751"/>
       <c r="N751"/>
       <c r="O751"/>
       <c r="P751"/>
       <c r="Q751" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="752" spans="1:17">
       <c r="A752">
-        <v>34130</v>
+        <v>21709</v>
       </c>
       <c r="B752" t="s">
-        <v>1412</v>
+        <v>1411</v>
       </c>
       <c r="C752"/>
       <c r="D752"/>
       <c r="E752" t="s">
         <v>373</v>
       </c>
       <c r="F752" t="s">
         <v>374</v>
       </c>
       <c r="G752"/>
       <c r="H752" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I752" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J752"/>
       <c r="K752"/>
       <c r="L752"/>
       <c r="M752"/>
       <c r="N752"/>
       <c r="O752"/>
       <c r="P752"/>
       <c r="Q752" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="753" spans="1:17">
       <c r="A753">
-        <v>15829</v>
+        <v>80327</v>
       </c>
       <c r="B753" t="s">
-        <v>1413</v>
-[...6 lines deleted...]
-      </c>
+        <v>1412</v>
+      </c>
+      <c r="C753"/>
+      <c r="D753"/>
       <c r="E753" t="s">
         <v>373</v>
       </c>
       <c r="F753" t="s">
         <v>374</v>
       </c>
       <c r="G753"/>
       <c r="H753" t="s">
         <v>173</v>
       </c>
       <c r="I753" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J753"/>
       <c r="K753"/>
       <c r="L753"/>
       <c r="M753"/>
       <c r="N753"/>
       <c r="O753"/>
       <c r="P753"/>
       <c r="Q753" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="754" spans="1:17">
       <c r="A754">
-        <v>21709</v>
+        <v>6242</v>
       </c>
       <c r="B754" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="C754"/>
       <c r="D754"/>
       <c r="E754" t="s">
         <v>373</v>
       </c>
       <c r="F754" t="s">
         <v>374</v>
       </c>
       <c r="G754"/>
       <c r="H754" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I754" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J754"/>
       <c r="K754"/>
       <c r="L754"/>
       <c r="M754"/>
       <c r="N754"/>
       <c r="O754"/>
       <c r="P754"/>
       <c r="Q754" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="755" spans="1:17">
       <c r="A755">
-        <v>80327</v>
+        <v>33776</v>
       </c>
       <c r="B755" t="s">
-        <v>1416</v>
+        <v>1414</v>
       </c>
       <c r="C755"/>
       <c r="D755"/>
       <c r="E755" t="s">
         <v>373</v>
       </c>
       <c r="F755" t="s">
         <v>374</v>
       </c>
       <c r="G755"/>
       <c r="H755" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I755" t="s">
         <v>42</v>
       </c>
       <c r="J755"/>
       <c r="K755"/>
       <c r="L755"/>
       <c r="M755"/>
       <c r="N755"/>
       <c r="O755"/>
       <c r="P755"/>
       <c r="Q755" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="756" spans="1:17">
       <c r="A756">
-        <v>6242</v>
+        <v>59777</v>
       </c>
       <c r="B756" t="s">
-        <v>1417</v>
+        <v>1415</v>
       </c>
       <c r="C756"/>
       <c r="D756"/>
       <c r="E756" t="s">
         <v>373</v>
       </c>
       <c r="F756" t="s">
         <v>374</v>
       </c>
       <c r="G756"/>
       <c r="H756" t="s">
         <v>23</v>
       </c>
       <c r="I756" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J756"/>
       <c r="K756"/>
       <c r="L756"/>
       <c r="M756"/>
       <c r="N756"/>
       <c r="O756"/>
       <c r="P756"/>
       <c r="Q756" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="757" spans="1:17">
       <c r="A757">
-        <v>33776</v>
+        <v>59771</v>
       </c>
       <c r="B757" t="s">
-        <v>1418</v>
-[...2 lines deleted...]
-      <c r="D757"/>
+        <v>1416</v>
+      </c>
+      <c r="C757" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D757" t="s">
+        <v>34</v>
+      </c>
       <c r="E757" t="s">
         <v>373</v>
       </c>
       <c r="F757" t="s">
         <v>374</v>
       </c>
       <c r="G757"/>
       <c r="H757" t="s">
         <v>23</v>
       </c>
       <c r="I757" t="s">
         <v>42</v>
       </c>
       <c r="J757"/>
       <c r="K757"/>
       <c r="L757"/>
       <c r="M757"/>
       <c r="N757"/>
       <c r="O757"/>
       <c r="P757"/>
       <c r="Q757" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="758" spans="1:17">
       <c r="A758">
-        <v>59777</v>
+        <v>79796</v>
       </c>
       <c r="B758" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C758" t="s">
         <v>1419</v>
       </c>
-      <c r="C758"/>
-      <c r="D758"/>
+      <c r="D758" t="s">
+        <v>34</v>
+      </c>
       <c r="E758" t="s">
         <v>373</v>
       </c>
       <c r="F758" t="s">
         <v>374</v>
       </c>
       <c r="G758"/>
       <c r="H758" t="s">
         <v>23</v>
       </c>
       <c r="I758" t="s">
         <v>42</v>
       </c>
       <c r="J758"/>
       <c r="K758"/>
       <c r="L758"/>
       <c r="M758"/>
       <c r="N758"/>
       <c r="O758"/>
       <c r="P758"/>
       <c r="Q758" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="759" spans="1:17">
       <c r="A759">
-        <v>59771</v>
+        <v>79381</v>
       </c>
       <c r="B759" t="s">
         <v>1420</v>
       </c>
-      <c r="C759" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C759"/>
+      <c r="D759"/>
       <c r="E759" t="s">
         <v>373</v>
       </c>
       <c r="F759" t="s">
         <v>374</v>
       </c>
       <c r="G759"/>
       <c r="H759" t="s">
         <v>23</v>
       </c>
       <c r="I759" t="s">
         <v>42</v>
       </c>
       <c r="J759"/>
       <c r="K759"/>
       <c r="L759"/>
       <c r="M759"/>
       <c r="N759"/>
       <c r="O759"/>
       <c r="P759"/>
       <c r="Q759" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="760" spans="1:17">
       <c r="A760">
-        <v>79796</v>
+        <v>33794</v>
       </c>
       <c r="B760" t="s">
-        <v>1422</v>
-[...6 lines deleted...]
-      </c>
+        <v>1421</v>
+      </c>
+      <c r="C760"/>
+      <c r="D760"/>
       <c r="E760" t="s">
         <v>373</v>
       </c>
       <c r="F760" t="s">
         <v>374</v>
       </c>
       <c r="G760"/>
       <c r="H760" t="s">
         <v>23</v>
       </c>
       <c r="I760" t="s">
         <v>42</v>
       </c>
       <c r="J760"/>
       <c r="K760"/>
       <c r="L760"/>
       <c r="M760"/>
       <c r="N760"/>
       <c r="O760"/>
       <c r="P760"/>
       <c r="Q760" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="761" spans="1:17">
       <c r="A761">
-        <v>79381</v>
+        <v>59781</v>
       </c>
       <c r="B761" t="s">
-        <v>1424</v>
+        <v>1422</v>
       </c>
       <c r="C761"/>
       <c r="D761"/>
       <c r="E761" t="s">
         <v>373</v>
       </c>
       <c r="F761" t="s">
         <v>374</v>
       </c>
       <c r="G761"/>
       <c r="H761" t="s">
         <v>23</v>
       </c>
       <c r="I761" t="s">
         <v>42</v>
       </c>
       <c r="J761"/>
       <c r="K761"/>
       <c r="L761"/>
       <c r="M761"/>
       <c r="N761"/>
       <c r="O761"/>
       <c r="P761"/>
       <c r="Q761" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="762" spans="1:17">
       <c r="A762">
-        <v>33794</v>
+        <v>59782</v>
       </c>
       <c r="B762" t="s">
-        <v>1425</v>
-[...2 lines deleted...]
-      <c r="D762"/>
+        <v>1423</v>
+      </c>
+      <c r="C762" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D762" t="s">
+        <v>34</v>
+      </c>
       <c r="E762" t="s">
         <v>373</v>
       </c>
       <c r="F762" t="s">
         <v>374</v>
       </c>
       <c r="G762"/>
       <c r="H762" t="s">
         <v>23</v>
       </c>
       <c r="I762" t="s">
         <v>42</v>
       </c>
       <c r="J762"/>
       <c r="K762"/>
       <c r="L762"/>
       <c r="M762"/>
       <c r="N762"/>
       <c r="O762"/>
       <c r="P762"/>
       <c r="Q762" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="763" spans="1:17">
       <c r="A763">
-        <v>59781</v>
+        <v>59753</v>
       </c>
       <c r="B763" t="s">
-        <v>1426</v>
+        <v>1425</v>
       </c>
       <c r="C763"/>
       <c r="D763"/>
       <c r="E763" t="s">
         <v>373</v>
       </c>
       <c r="F763" t="s">
         <v>374</v>
       </c>
       <c r="G763"/>
       <c r="H763" t="s">
         <v>23</v>
       </c>
       <c r="I763" t="s">
         <v>42</v>
       </c>
       <c r="J763"/>
       <c r="K763"/>
       <c r="L763"/>
       <c r="M763"/>
       <c r="N763"/>
       <c r="O763"/>
       <c r="P763"/>
       <c r="Q763" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="764" spans="1:17">
       <c r="A764">
-        <v>59782</v>
+        <v>29448</v>
       </c>
       <c r="B764" t="s">
-        <v>1427</v>
-[...6 lines deleted...]
-      </c>
+        <v>1426</v>
+      </c>
+      <c r="C764"/>
+      <c r="D764"/>
       <c r="E764" t="s">
         <v>373</v>
       </c>
       <c r="F764" t="s">
         <v>374</v>
       </c>
       <c r="G764"/>
       <c r="H764" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I764" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J764"/>
       <c r="K764"/>
       <c r="L764"/>
       <c r="M764"/>
       <c r="N764"/>
       <c r="O764"/>
       <c r="P764"/>
       <c r="Q764" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="765" spans="1:17">
       <c r="A765">
-        <v>59753</v>
+        <v>15802</v>
       </c>
       <c r="B765" t="s">
-        <v>1429</v>
-[...2 lines deleted...]
-      <c r="D765"/>
+        <v>1427</v>
+      </c>
+      <c r="C765" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D765" t="s">
+        <v>1183</v>
+      </c>
       <c r="E765" t="s">
         <v>373</v>
       </c>
       <c r="F765" t="s">
         <v>374</v>
       </c>
       <c r="G765"/>
       <c r="H765" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I765" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J765"/>
       <c r="K765"/>
       <c r="L765"/>
       <c r="M765"/>
       <c r="N765"/>
       <c r="O765"/>
       <c r="P765"/>
       <c r="Q765" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="766" spans="1:17">
       <c r="A766">
-        <v>29448</v>
+        <v>15805</v>
       </c>
       <c r="B766" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C766" t="s">
         <v>1430</v>
       </c>
-      <c r="C766"/>
-      <c r="D766"/>
+      <c r="D766" t="s">
+        <v>1183</v>
+      </c>
       <c r="E766" t="s">
         <v>373</v>
       </c>
       <c r="F766" t="s">
         <v>374</v>
       </c>
       <c r="G766"/>
       <c r="H766" t="s">
         <v>173</v>
       </c>
       <c r="I766" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J766"/>
       <c r="K766"/>
       <c r="L766"/>
       <c r="M766"/>
       <c r="N766"/>
       <c r="O766"/>
       <c r="P766"/>
       <c r="Q766" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="767" spans="1:17">
       <c r="A767">
-        <v>15802</v>
+        <v>15806</v>
       </c>
       <c r="B767" t="s">
         <v>1431</v>
       </c>
       <c r="C767" t="s">
         <v>1432</v>
       </c>
       <c r="D767" t="s">
-        <v>1187</v>
+        <v>932</v>
       </c>
       <c r="E767" t="s">
         <v>373</v>
       </c>
       <c r="F767" t="s">
         <v>374</v>
       </c>
       <c r="G767"/>
       <c r="H767" t="s">
         <v>173</v>
       </c>
       <c r="I767" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J767"/>
       <c r="K767"/>
       <c r="L767"/>
       <c r="M767"/>
       <c r="N767"/>
       <c r="O767"/>
       <c r="P767"/>
       <c r="Q767" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="768" spans="1:17">
       <c r="A768">
-        <v>15805</v>
+        <v>58101</v>
       </c>
       <c r="B768" t="s">
         <v>1433</v>
       </c>
-      <c r="C768" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C768"/>
+      <c r="D768"/>
       <c r="E768" t="s">
         <v>373</v>
       </c>
       <c r="F768" t="s">
         <v>374</v>
       </c>
       <c r="G768"/>
       <c r="H768" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I768" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J768"/>
       <c r="K768"/>
       <c r="L768"/>
       <c r="M768"/>
       <c r="N768"/>
       <c r="O768"/>
       <c r="P768"/>
       <c r="Q768" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="769" spans="1:17">
       <c r="A769">
-        <v>15806</v>
+        <v>58094</v>
       </c>
       <c r="B769" t="s">
-        <v>1435</v>
-[...6 lines deleted...]
-      </c>
+        <v>1434</v>
+      </c>
+      <c r="C769"/>
+      <c r="D769"/>
       <c r="E769" t="s">
         <v>373</v>
       </c>
       <c r="F769" t="s">
         <v>374</v>
       </c>
       <c r="G769"/>
       <c r="H769" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I769" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J769"/>
       <c r="K769"/>
       <c r="L769"/>
       <c r="M769"/>
       <c r="N769"/>
       <c r="O769"/>
       <c r="P769"/>
       <c r="Q769" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="770" spans="1:17">
       <c r="A770">
-        <v>58101</v>
+        <v>58103</v>
       </c>
       <c r="B770" t="s">
-        <v>1437</v>
-[...2 lines deleted...]
-      <c r="D770"/>
+        <v>1435</v>
+      </c>
+      <c r="C770" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D770" t="s">
+        <v>34</v>
+      </c>
       <c r="E770" t="s">
         <v>373</v>
       </c>
       <c r="F770" t="s">
         <v>374</v>
       </c>
       <c r="G770"/>
       <c r="H770" t="s">
         <v>23</v>
       </c>
       <c r="I770" t="s">
         <v>42</v>
       </c>
       <c r="J770"/>
       <c r="K770"/>
       <c r="L770"/>
       <c r="M770"/>
       <c r="N770"/>
       <c r="O770"/>
       <c r="P770"/>
       <c r="Q770" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="771" spans="1:17">
       <c r="A771">
-        <v>58094</v>
+        <v>58107</v>
       </c>
       <c r="B771" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="C771"/>
       <c r="D771"/>
       <c r="E771" t="s">
         <v>373</v>
       </c>
       <c r="F771" t="s">
         <v>374</v>
       </c>
       <c r="G771"/>
       <c r="H771" t="s">
         <v>23</v>
       </c>
       <c r="I771" t="s">
         <v>42</v>
       </c>
       <c r="J771"/>
       <c r="K771"/>
       <c r="L771"/>
       <c r="M771"/>
       <c r="N771"/>
       <c r="O771"/>
       <c r="P771"/>
       <c r="Q771" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="772" spans="1:17">
       <c r="A772">
-        <v>58103</v>
+        <v>58137</v>
       </c>
       <c r="B772" t="s">
-        <v>1439</v>
-[...6 lines deleted...]
-      </c>
+        <v>1438</v>
+      </c>
+      <c r="C772"/>
+      <c r="D772"/>
       <c r="E772" t="s">
         <v>373</v>
       </c>
       <c r="F772" t="s">
         <v>374</v>
       </c>
       <c r="G772"/>
       <c r="H772" t="s">
         <v>23</v>
       </c>
       <c r="I772" t="s">
         <v>42</v>
       </c>
       <c r="J772"/>
       <c r="K772"/>
       <c r="L772"/>
       <c r="M772"/>
       <c r="N772"/>
       <c r="O772"/>
       <c r="P772"/>
       <c r="Q772" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="773" spans="1:17">
       <c r="A773">
-        <v>58107</v>
+        <v>33806</v>
       </c>
       <c r="B773" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="C773"/>
       <c r="D773"/>
       <c r="E773" t="s">
         <v>373</v>
       </c>
       <c r="F773" t="s">
         <v>374</v>
       </c>
       <c r="G773"/>
       <c r="H773" t="s">
         <v>23</v>
       </c>
       <c r="I773" t="s">
         <v>42</v>
       </c>
       <c r="J773"/>
       <c r="K773"/>
       <c r="L773"/>
       <c r="M773"/>
       <c r="N773"/>
       <c r="O773"/>
       <c r="P773"/>
       <c r="Q773" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="774" spans="1:17">
       <c r="A774">
-        <v>58137</v>
+        <v>33809</v>
       </c>
       <c r="B774" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="C774"/>
       <c r="D774"/>
       <c r="E774" t="s">
         <v>373</v>
       </c>
       <c r="F774" t="s">
         <v>374</v>
       </c>
       <c r="G774"/>
       <c r="H774" t="s">
         <v>23</v>
       </c>
       <c r="I774" t="s">
         <v>42</v>
       </c>
       <c r="J774"/>
       <c r="K774"/>
       <c r="L774"/>
       <c r="M774"/>
       <c r="N774"/>
       <c r="O774"/>
       <c r="P774"/>
       <c r="Q774" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="775" spans="1:17">
       <c r="A775">
-        <v>33806</v>
+        <v>33811</v>
       </c>
       <c r="B775" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
       <c r="C775"/>
       <c r="D775"/>
       <c r="E775" t="s">
         <v>373</v>
       </c>
       <c r="F775" t="s">
         <v>374</v>
       </c>
       <c r="G775"/>
       <c r="H775" t="s">
         <v>23</v>
       </c>
       <c r="I775" t="s">
         <v>42</v>
       </c>
       <c r="J775"/>
       <c r="K775"/>
       <c r="L775"/>
       <c r="M775"/>
       <c r="N775"/>
       <c r="O775"/>
       <c r="P775"/>
       <c r="Q775" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="776" spans="1:17">
       <c r="A776">
-        <v>33809</v>
+        <v>31865</v>
       </c>
       <c r="B776" t="s">
-        <v>1444</v>
+        <v>1442</v>
       </c>
       <c r="C776"/>
       <c r="D776"/>
       <c r="E776" t="s">
         <v>373</v>
       </c>
       <c r="F776" t="s">
         <v>374</v>
       </c>
       <c r="G776"/>
       <c r="H776" t="s">
         <v>23</v>
       </c>
       <c r="I776" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J776"/>
       <c r="K776"/>
       <c r="L776"/>
       <c r="M776"/>
       <c r="N776"/>
       <c r="O776"/>
       <c r="P776"/>
       <c r="Q776" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="777" spans="1:17">
       <c r="A777">
-        <v>33811</v>
+        <v>58256</v>
       </c>
       <c r="B777" t="s">
-        <v>1445</v>
+        <v>1443</v>
       </c>
       <c r="C777"/>
       <c r="D777"/>
       <c r="E777" t="s">
         <v>373</v>
       </c>
       <c r="F777" t="s">
         <v>374</v>
       </c>
       <c r="G777"/>
       <c r="H777" t="s">
         <v>23</v>
       </c>
       <c r="I777" t="s">
         <v>42</v>
       </c>
       <c r="J777"/>
       <c r="K777"/>
       <c r="L777"/>
       <c r="M777"/>
       <c r="N777"/>
       <c r="O777"/>
       <c r="P777"/>
       <c r="Q777" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="778" spans="1:17">
       <c r="A778">
-        <v>31865</v>
+        <v>58257</v>
       </c>
       <c r="B778" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
       <c r="C778"/>
       <c r="D778"/>
       <c r="E778" t="s">
         <v>373</v>
       </c>
       <c r="F778" t="s">
         <v>374</v>
       </c>
       <c r="G778"/>
       <c r="H778" t="s">
         <v>23</v>
       </c>
       <c r="I778" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J778"/>
       <c r="K778"/>
       <c r="L778"/>
       <c r="M778"/>
       <c r="N778"/>
       <c r="O778"/>
       <c r="P778"/>
       <c r="Q778" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="779" spans="1:17">
       <c r="A779">
-        <v>58256</v>
+        <v>58258</v>
       </c>
       <c r="B779" t="s">
-        <v>1447</v>
+        <v>1445</v>
       </c>
       <c r="C779"/>
       <c r="D779"/>
       <c r="E779" t="s">
         <v>373</v>
       </c>
       <c r="F779" t="s">
         <v>374</v>
       </c>
       <c r="G779"/>
       <c r="H779" t="s">
         <v>23</v>
       </c>
       <c r="I779" t="s">
         <v>42</v>
       </c>
       <c r="J779"/>
       <c r="K779"/>
       <c r="L779"/>
       <c r="M779"/>
       <c r="N779"/>
       <c r="O779"/>
       <c r="P779"/>
       <c r="Q779" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="780" spans="1:17">
       <c r="A780">
-        <v>58257</v>
+        <v>58261</v>
       </c>
       <c r="B780" t="s">
-        <v>1448</v>
+        <v>1446</v>
       </c>
       <c r="C780"/>
       <c r="D780"/>
       <c r="E780" t="s">
         <v>373</v>
       </c>
       <c r="F780" t="s">
         <v>374</v>
       </c>
       <c r="G780"/>
       <c r="H780" t="s">
         <v>23</v>
       </c>
       <c r="I780" t="s">
         <v>42</v>
       </c>
       <c r="J780"/>
       <c r="K780"/>
       <c r="L780"/>
       <c r="M780"/>
       <c r="N780"/>
       <c r="O780"/>
       <c r="P780"/>
       <c r="Q780" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="781" spans="1:17">
       <c r="A781">
-        <v>58258</v>
+        <v>20986</v>
       </c>
       <c r="B781" t="s">
-        <v>1449</v>
+        <v>1447</v>
       </c>
       <c r="C781"/>
       <c r="D781"/>
       <c r="E781" t="s">
         <v>373</v>
       </c>
       <c r="F781" t="s">
         <v>374</v>
       </c>
       <c r="G781"/>
       <c r="H781" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I781" t="s">
         <v>42</v>
       </c>
       <c r="J781"/>
       <c r="K781"/>
       <c r="L781"/>
       <c r="M781"/>
       <c r="N781"/>
       <c r="O781"/>
       <c r="P781"/>
       <c r="Q781" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="782" spans="1:17">
       <c r="A782">
-        <v>58261</v>
+        <v>35484</v>
       </c>
       <c r="B782" t="s">
-        <v>1450</v>
+        <v>1448</v>
       </c>
       <c r="C782"/>
       <c r="D782"/>
       <c r="E782" t="s">
         <v>373</v>
       </c>
       <c r="F782" t="s">
         <v>374</v>
       </c>
       <c r="G782"/>
       <c r="H782" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I782" t="s">
         <v>42</v>
       </c>
       <c r="J782"/>
       <c r="K782"/>
       <c r="L782"/>
       <c r="M782"/>
       <c r="N782"/>
       <c r="O782"/>
       <c r="P782"/>
       <c r="Q782" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="783" spans="1:17">
       <c r="A783">
-        <v>20986</v>
+        <v>20987</v>
       </c>
       <c r="B783" t="s">
-        <v>1451</v>
+        <v>1449</v>
       </c>
       <c r="C783"/>
       <c r="D783"/>
       <c r="E783" t="s">
         <v>373</v>
       </c>
       <c r="F783" t="s">
         <v>374</v>
       </c>
       <c r="G783"/>
       <c r="H783" t="s">
         <v>173</v>
       </c>
       <c r="I783" t="s">
         <v>42</v>
       </c>
       <c r="J783"/>
       <c r="K783"/>
       <c r="L783"/>
       <c r="M783"/>
       <c r="N783"/>
       <c r="O783"/>
       <c r="P783"/>
       <c r="Q783" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="784" spans="1:17">
       <c r="A784">
-        <v>35484</v>
+        <v>20990</v>
       </c>
       <c r="B784" t="s">
-        <v>1452</v>
+        <v>1450</v>
       </c>
       <c r="C784"/>
       <c r="D784"/>
       <c r="E784" t="s">
         <v>373</v>
       </c>
       <c r="F784" t="s">
         <v>374</v>
       </c>
       <c r="G784"/>
       <c r="H784" t="s">
         <v>173</v>
       </c>
       <c r="I784" t="s">
         <v>42</v>
       </c>
       <c r="J784"/>
       <c r="K784"/>
       <c r="L784"/>
       <c r="M784"/>
       <c r="N784"/>
       <c r="O784"/>
       <c r="P784"/>
       <c r="Q784" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="785" spans="1:17">
       <c r="A785">
-        <v>20987</v>
+        <v>20991</v>
       </c>
       <c r="B785" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="C785"/>
       <c r="D785"/>
       <c r="E785" t="s">
         <v>373</v>
       </c>
       <c r="F785" t="s">
         <v>374</v>
       </c>
       <c r="G785"/>
       <c r="H785" t="s">
         <v>173</v>
       </c>
       <c r="I785" t="s">
         <v>42</v>
       </c>
       <c r="J785"/>
       <c r="K785"/>
       <c r="L785"/>
       <c r="M785"/>
       <c r="N785"/>
       <c r="O785"/>
       <c r="P785"/>
       <c r="Q785" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="786" spans="1:17">
       <c r="A786">
-        <v>20990</v>
+        <v>15751</v>
       </c>
       <c r="B786" t="s">
-        <v>1454</v>
-[...2 lines deleted...]
-      <c r="D786"/>
+        <v>1452</v>
+      </c>
+      <c r="C786" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D786" t="s">
+        <v>967</v>
+      </c>
       <c r="E786" t="s">
         <v>373</v>
       </c>
       <c r="F786" t="s">
         <v>374</v>
       </c>
       <c r="G786"/>
       <c r="H786" t="s">
         <v>173</v>
       </c>
       <c r="I786" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J786"/>
       <c r="K786"/>
       <c r="L786"/>
       <c r="M786"/>
       <c r="N786"/>
       <c r="O786"/>
       <c r="P786"/>
       <c r="Q786" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="787" spans="1:17">
       <c r="A787">
-        <v>20991</v>
+        <v>15752</v>
       </c>
       <c r="B787" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C787" t="s">
         <v>1455</v>
       </c>
-      <c r="C787"/>
-      <c r="D787"/>
+      <c r="D787" t="s">
+        <v>1456</v>
+      </c>
       <c r="E787" t="s">
         <v>373</v>
       </c>
       <c r="F787" t="s">
         <v>374</v>
       </c>
       <c r="G787"/>
       <c r="H787" t="s">
         <v>173</v>
       </c>
       <c r="I787" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J787"/>
       <c r="K787"/>
       <c r="L787"/>
       <c r="M787"/>
       <c r="N787"/>
       <c r="O787"/>
       <c r="P787"/>
       <c r="Q787" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="788" spans="1:17">
       <c r="A788">
-        <v>15751</v>
+        <v>15753</v>
       </c>
       <c r="B788" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="C788" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="D788" t="s">
-        <v>971</v>
+        <v>1459</v>
       </c>
       <c r="E788" t="s">
         <v>373</v>
       </c>
       <c r="F788" t="s">
         <v>374</v>
       </c>
       <c r="G788"/>
       <c r="H788" t="s">
         <v>173</v>
       </c>
       <c r="I788" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J788"/>
       <c r="K788"/>
       <c r="L788"/>
       <c r="M788"/>
       <c r="N788"/>
       <c r="O788"/>
       <c r="P788"/>
       <c r="Q788" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="789" spans="1:17">
       <c r="A789">
-        <v>15752</v>
+        <v>15918</v>
       </c>
       <c r="B789" t="s">
-        <v>1458</v>
-[...4 lines deleted...]
-      <c r="D789" t="s">
         <v>1460</v>
       </c>
+      <c r="C789"/>
+      <c r="D789"/>
       <c r="E789" t="s">
         <v>373</v>
       </c>
       <c r="F789" t="s">
         <v>374</v>
       </c>
       <c r="G789"/>
       <c r="H789" t="s">
         <v>173</v>
       </c>
       <c r="I789" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J789"/>
       <c r="K789"/>
       <c r="L789"/>
       <c r="M789"/>
       <c r="N789"/>
       <c r="O789"/>
       <c r="P789"/>
       <c r="Q789" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="790" spans="1:17">
       <c r="A790">
-        <v>15753</v>
+        <v>61178</v>
       </c>
       <c r="B790" t="s">
         <v>1461</v>
       </c>
-      <c r="C790" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C790"/>
+      <c r="D790"/>
       <c r="E790" t="s">
         <v>373</v>
       </c>
       <c r="F790" t="s">
         <v>374</v>
       </c>
       <c r="G790"/>
       <c r="H790" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I790" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J790"/>
       <c r="K790"/>
       <c r="L790"/>
       <c r="M790"/>
       <c r="N790"/>
       <c r="O790"/>
       <c r="P790"/>
       <c r="Q790" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="791" spans="1:17">
       <c r="A791">
-        <v>15918</v>
+        <v>61146</v>
       </c>
       <c r="B791" t="s">
-        <v>1464</v>
+        <v>1462</v>
       </c>
       <c r="C791"/>
       <c r="D791"/>
       <c r="E791" t="s">
         <v>373</v>
       </c>
       <c r="F791" t="s">
         <v>374</v>
       </c>
       <c r="G791"/>
       <c r="H791" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I791" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J791"/>
       <c r="K791"/>
       <c r="L791"/>
       <c r="M791"/>
       <c r="N791"/>
       <c r="O791"/>
       <c r="P791"/>
       <c r="Q791" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="792" spans="1:17">
       <c r="A792">
-        <v>61178</v>
+        <v>61193</v>
       </c>
       <c r="B792" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="C792"/>
       <c r="D792"/>
       <c r="E792" t="s">
         <v>373</v>
       </c>
       <c r="F792" t="s">
         <v>374</v>
       </c>
       <c r="G792"/>
       <c r="H792" t="s">
         <v>23</v>
       </c>
       <c r="I792" t="s">
         <v>42</v>
       </c>
       <c r="J792"/>
       <c r="K792"/>
       <c r="L792"/>
       <c r="M792"/>
       <c r="N792"/>
       <c r="O792"/>
       <c r="P792"/>
       <c r="Q792" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="793" spans="1:17">
       <c r="A793">
-        <v>61146</v>
+        <v>61203</v>
       </c>
       <c r="B793" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="C793"/>
       <c r="D793"/>
       <c r="E793" t="s">
         <v>373</v>
       </c>
       <c r="F793" t="s">
         <v>374</v>
       </c>
       <c r="G793"/>
       <c r="H793" t="s">
         <v>23</v>
       </c>
       <c r="I793" t="s">
         <v>42</v>
       </c>
       <c r="J793"/>
       <c r="K793"/>
       <c r="L793"/>
       <c r="M793"/>
       <c r="N793"/>
       <c r="O793"/>
       <c r="P793"/>
       <c r="Q793" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="794" spans="1:17">
       <c r="A794">
-        <v>61193</v>
+        <v>61183</v>
       </c>
       <c r="B794" t="s">
-        <v>1467</v>
+        <v>1465</v>
       </c>
       <c r="C794"/>
       <c r="D794"/>
       <c r="E794" t="s">
         <v>373</v>
       </c>
       <c r="F794" t="s">
         <v>374</v>
       </c>
       <c r="G794"/>
       <c r="H794" t="s">
         <v>23</v>
       </c>
       <c r="I794" t="s">
         <v>42</v>
       </c>
       <c r="J794"/>
       <c r="K794"/>
       <c r="L794"/>
       <c r="M794"/>
       <c r="N794"/>
       <c r="O794"/>
       <c r="P794"/>
       <c r="Q794" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="795" spans="1:17">
       <c r="A795">
-        <v>61203</v>
+        <v>61180</v>
       </c>
       <c r="B795" t="s">
-        <v>1468</v>
+        <v>1466</v>
       </c>
       <c r="C795"/>
       <c r="D795"/>
       <c r="E795" t="s">
         <v>373</v>
       </c>
       <c r="F795" t="s">
         <v>374</v>
       </c>
       <c r="G795"/>
       <c r="H795" t="s">
         <v>23</v>
       </c>
       <c r="I795" t="s">
         <v>42</v>
       </c>
       <c r="J795"/>
       <c r="K795"/>
       <c r="L795"/>
       <c r="M795"/>
       <c r="N795"/>
       <c r="O795"/>
       <c r="P795"/>
       <c r="Q795" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="796" spans="1:17">
       <c r="A796">
-        <v>61183</v>
+        <v>61181</v>
       </c>
       <c r="B796" t="s">
-        <v>1469</v>
+        <v>1467</v>
       </c>
       <c r="C796"/>
       <c r="D796"/>
       <c r="E796" t="s">
         <v>373</v>
       </c>
       <c r="F796" t="s">
         <v>374</v>
       </c>
       <c r="G796"/>
       <c r="H796" t="s">
         <v>23</v>
       </c>
       <c r="I796" t="s">
         <v>42</v>
       </c>
       <c r="J796"/>
       <c r="K796"/>
       <c r="L796"/>
       <c r="M796"/>
       <c r="N796"/>
       <c r="O796"/>
       <c r="P796"/>
       <c r="Q796" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="797" spans="1:17">
       <c r="A797">
-        <v>61180</v>
+        <v>20993</v>
       </c>
       <c r="B797" t="s">
-        <v>1470</v>
+        <v>1468</v>
       </c>
       <c r="C797"/>
       <c r="D797"/>
       <c r="E797" t="s">
         <v>373</v>
       </c>
       <c r="F797" t="s">
         <v>374</v>
       </c>
       <c r="G797"/>
       <c r="H797" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I797" t="s">
         <v>42</v>
       </c>
       <c r="J797"/>
       <c r="K797"/>
       <c r="L797"/>
       <c r="M797"/>
       <c r="N797"/>
       <c r="O797"/>
       <c r="P797"/>
       <c r="Q797" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="798" spans="1:17">
       <c r="A798">
-        <v>61181</v>
+        <v>61276</v>
       </c>
       <c r="B798" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="C798"/>
       <c r="D798"/>
       <c r="E798" t="s">
         <v>373</v>
       </c>
       <c r="F798" t="s">
         <v>374</v>
       </c>
       <c r="G798"/>
       <c r="H798" t="s">
         <v>23</v>
       </c>
       <c r="I798" t="s">
         <v>42</v>
       </c>
       <c r="J798"/>
       <c r="K798"/>
       <c r="L798"/>
       <c r="M798"/>
       <c r="N798"/>
       <c r="O798"/>
       <c r="P798"/>
       <c r="Q798" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="799" spans="1:17">
       <c r="A799">
-        <v>20993</v>
+        <v>61284</v>
       </c>
       <c r="B799" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
       <c r="C799"/>
       <c r="D799"/>
       <c r="E799" t="s">
         <v>373</v>
       </c>
       <c r="F799" t="s">
         <v>374</v>
       </c>
       <c r="G799"/>
       <c r="H799" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I799" t="s">
         <v>42</v>
       </c>
       <c r="J799"/>
       <c r="K799"/>
       <c r="L799"/>
       <c r="M799"/>
       <c r="N799"/>
       <c r="O799"/>
       <c r="P799"/>
       <c r="Q799" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="800" spans="1:17">
       <c r="A800">
-        <v>61276</v>
+        <v>61297</v>
       </c>
       <c r="B800" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="C800"/>
       <c r="D800"/>
       <c r="E800" t="s">
         <v>373</v>
       </c>
       <c r="F800" t="s">
         <v>374</v>
       </c>
       <c r="G800"/>
       <c r="H800" t="s">
         <v>23</v>
       </c>
       <c r="I800" t="s">
         <v>42</v>
       </c>
       <c r="J800"/>
       <c r="K800"/>
       <c r="L800"/>
       <c r="M800"/>
       <c r="N800"/>
       <c r="O800"/>
       <c r="P800"/>
       <c r="Q800" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="801" spans="1:17">
       <c r="A801">
-        <v>61284</v>
+        <v>6459</v>
       </c>
       <c r="B801" t="s">
-        <v>1474</v>
-[...2 lines deleted...]
-      <c r="D801"/>
+        <v>1472</v>
+      </c>
+      <c r="C801" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D801" t="s">
+        <v>34</v>
+      </c>
       <c r="E801" t="s">
         <v>373</v>
       </c>
       <c r="F801" t="s">
         <v>374</v>
       </c>
       <c r="G801"/>
       <c r="H801" t="s">
         <v>23</v>
       </c>
       <c r="I801" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J801"/>
       <c r="K801"/>
       <c r="L801"/>
       <c r="M801"/>
       <c r="N801"/>
       <c r="O801"/>
-      <c r="P801"/>
+      <c r="P801" t="s">
+        <v>1474</v>
+      </c>
       <c r="Q801" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="802" spans="1:17">
       <c r="A802">
-        <v>61297</v>
+        <v>6475</v>
       </c>
       <c r="B802" t="s">
         <v>1475</v>
       </c>
       <c r="C802"/>
       <c r="D802"/>
       <c r="E802" t="s">
         <v>373</v>
       </c>
       <c r="F802" t="s">
         <v>374</v>
       </c>
       <c r="G802"/>
       <c r="H802" t="s">
         <v>23</v>
       </c>
       <c r="I802" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J802"/>
       <c r="K802"/>
       <c r="L802"/>
       <c r="M802"/>
       <c r="N802"/>
       <c r="O802"/>
-      <c r="P802"/>
+      <c r="P802" t="s">
+        <v>1476</v>
+      </c>
       <c r="Q802" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="803" spans="1:17">
       <c r="A803">
-        <v>6459</v>
+        <v>61716</v>
       </c>
       <c r="B803" t="s">
-        <v>1476</v>
-[...1 lines deleted...]
-      <c r="C803" t="s">
         <v>1477</v>
       </c>
-      <c r="D803" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C803"/>
+      <c r="D803"/>
       <c r="E803" t="s">
         <v>373</v>
       </c>
       <c r="F803" t="s">
         <v>374</v>
       </c>
       <c r="G803"/>
       <c r="H803" t="s">
         <v>23</v>
       </c>
       <c r="I803" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J803"/>
       <c r="K803"/>
       <c r="L803"/>
       <c r="M803"/>
       <c r="N803"/>
       <c r="O803"/>
-      <c r="P803" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P803"/>
       <c r="Q803" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="804" spans="1:17">
       <c r="A804">
-        <v>6475</v>
+        <v>15401</v>
       </c>
       <c r="B804" t="s">
-        <v>1479</v>
+        <v>1478</v>
       </c>
       <c r="C804"/>
       <c r="D804"/>
       <c r="E804" t="s">
         <v>373</v>
       </c>
       <c r="F804" t="s">
         <v>374</v>
       </c>
       <c r="G804"/>
       <c r="H804" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I804" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J804"/>
       <c r="K804"/>
       <c r="L804"/>
       <c r="M804"/>
       <c r="N804"/>
       <c r="O804"/>
-      <c r="P804" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P804"/>
       <c r="Q804" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="805" spans="1:17">
       <c r="A805">
-        <v>61716</v>
+        <v>61636</v>
       </c>
       <c r="B805" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="C805"/>
       <c r="D805"/>
       <c r="E805" t="s">
         <v>373</v>
       </c>
       <c r="F805" t="s">
         <v>374</v>
       </c>
       <c r="G805"/>
       <c r="H805" t="s">
         <v>23</v>
       </c>
       <c r="I805" t="s">
         <v>42</v>
       </c>
       <c r="J805"/>
       <c r="K805"/>
       <c r="L805"/>
       <c r="M805"/>
       <c r="N805"/>
       <c r="O805"/>
       <c r="P805"/>
       <c r="Q805" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="806" spans="1:17">
       <c r="A806">
-        <v>15401</v>
+        <v>61804</v>
       </c>
       <c r="B806" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="C806"/>
       <c r="D806"/>
       <c r="E806" t="s">
         <v>373</v>
       </c>
       <c r="F806" t="s">
         <v>374</v>
       </c>
       <c r="G806"/>
       <c r="H806" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I806" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J806"/>
       <c r="K806"/>
       <c r="L806"/>
       <c r="M806"/>
       <c r="N806"/>
       <c r="O806"/>
       <c r="P806"/>
       <c r="Q806" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="807" spans="1:17">
       <c r="A807">
-        <v>61636</v>
+        <v>61811</v>
       </c>
       <c r="B807" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="C807"/>
       <c r="D807"/>
       <c r="E807" t="s">
         <v>373</v>
       </c>
       <c r="F807" t="s">
         <v>374</v>
       </c>
       <c r="G807"/>
       <c r="H807" t="s">
         <v>23</v>
       </c>
       <c r="I807" t="s">
         <v>42</v>
       </c>
       <c r="J807"/>
       <c r="K807"/>
       <c r="L807"/>
       <c r="M807"/>
       <c r="N807"/>
       <c r="O807"/>
       <c r="P807"/>
       <c r="Q807" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="808" spans="1:17">
       <c r="A808">
-        <v>61804</v>
+        <v>61812</v>
       </c>
       <c r="B808" t="s">
-        <v>1484</v>
+        <v>1482</v>
       </c>
       <c r="C808"/>
       <c r="D808"/>
       <c r="E808" t="s">
         <v>373</v>
       </c>
       <c r="F808" t="s">
         <v>374</v>
       </c>
       <c r="G808"/>
       <c r="H808" t="s">
         <v>23</v>
       </c>
       <c r="I808" t="s">
         <v>42</v>
       </c>
       <c r="J808"/>
       <c r="K808"/>
       <c r="L808"/>
       <c r="M808"/>
       <c r="N808"/>
       <c r="O808"/>
       <c r="P808"/>
       <c r="Q808" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="809" spans="1:17">
       <c r="A809">
-        <v>61811</v>
+        <v>61789</v>
       </c>
       <c r="B809" t="s">
-        <v>1485</v>
+        <v>1483</v>
       </c>
       <c r="C809"/>
       <c r="D809"/>
       <c r="E809" t="s">
         <v>373</v>
       </c>
       <c r="F809" t="s">
         <v>374</v>
       </c>
       <c r="G809"/>
       <c r="H809" t="s">
         <v>23</v>
       </c>
       <c r="I809" t="s">
         <v>42</v>
       </c>
       <c r="J809"/>
       <c r="K809"/>
       <c r="L809"/>
       <c r="M809"/>
       <c r="N809"/>
       <c r="O809"/>
       <c r="P809"/>
       <c r="Q809" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="810" spans="1:17">
       <c r="A810">
-        <v>61812</v>
+        <v>61805</v>
       </c>
       <c r="B810" t="s">
-        <v>1486</v>
+        <v>1484</v>
       </c>
       <c r="C810"/>
       <c r="D810"/>
       <c r="E810" t="s">
         <v>373</v>
       </c>
       <c r="F810" t="s">
         <v>374</v>
       </c>
       <c r="G810"/>
       <c r="H810" t="s">
         <v>23</v>
       </c>
       <c r="I810" t="s">
         <v>42</v>
       </c>
       <c r="J810"/>
       <c r="K810"/>
       <c r="L810"/>
       <c r="M810"/>
       <c r="N810"/>
       <c r="O810"/>
       <c r="P810"/>
       <c r="Q810" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="811" spans="1:17">
       <c r="A811">
-        <v>61789</v>
+        <v>61785</v>
       </c>
       <c r="B811" t="s">
-        <v>1487</v>
+        <v>1485</v>
       </c>
       <c r="C811"/>
       <c r="D811"/>
       <c r="E811" t="s">
         <v>373</v>
       </c>
       <c r="F811" t="s">
         <v>374</v>
       </c>
       <c r="G811"/>
       <c r="H811" t="s">
         <v>23</v>
       </c>
       <c r="I811" t="s">
         <v>42</v>
       </c>
       <c r="J811"/>
       <c r="K811"/>
       <c r="L811"/>
       <c r="M811"/>
       <c r="N811"/>
       <c r="O811"/>
       <c r="P811"/>
       <c r="Q811" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="812" spans="1:17">
       <c r="A812">
-        <v>61805</v>
+        <v>61790</v>
       </c>
       <c r="B812" t="s">
-        <v>1488</v>
+        <v>1486</v>
       </c>
       <c r="C812"/>
       <c r="D812"/>
       <c r="E812" t="s">
         <v>373</v>
       </c>
       <c r="F812" t="s">
         <v>374</v>
       </c>
       <c r="G812"/>
       <c r="H812" t="s">
         <v>23</v>
       </c>
       <c r="I812" t="s">
         <v>42</v>
       </c>
       <c r="J812"/>
       <c r="K812"/>
       <c r="L812"/>
       <c r="M812"/>
       <c r="N812"/>
       <c r="O812"/>
       <c r="P812"/>
       <c r="Q812" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="813" spans="1:17">
       <c r="A813">
-        <v>61785</v>
+        <v>61816</v>
       </c>
       <c r="B813" t="s">
-        <v>1489</v>
+        <v>1487</v>
       </c>
       <c r="C813"/>
       <c r="D813"/>
       <c r="E813" t="s">
         <v>373</v>
       </c>
       <c r="F813" t="s">
         <v>374</v>
       </c>
       <c r="G813"/>
       <c r="H813" t="s">
         <v>23</v>
       </c>
       <c r="I813" t="s">
         <v>42</v>
       </c>
       <c r="J813"/>
       <c r="K813"/>
       <c r="L813"/>
       <c r="M813"/>
       <c r="N813"/>
       <c r="O813"/>
       <c r="P813"/>
       <c r="Q813" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="814" spans="1:17">
       <c r="A814">
-        <v>61790</v>
+        <v>61833</v>
       </c>
       <c r="B814" t="s">
-        <v>1490</v>
+        <v>1488</v>
       </c>
       <c r="C814"/>
       <c r="D814"/>
       <c r="E814" t="s">
         <v>373</v>
       </c>
       <c r="F814" t="s">
         <v>374</v>
       </c>
       <c r="G814"/>
       <c r="H814" t="s">
         <v>23</v>
       </c>
       <c r="I814" t="s">
         <v>42</v>
       </c>
       <c r="J814"/>
       <c r="K814"/>
       <c r="L814"/>
       <c r="M814"/>
       <c r="N814"/>
       <c r="O814"/>
       <c r="P814"/>
       <c r="Q814" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="815" spans="1:17">
       <c r="A815">
-        <v>61816</v>
+        <v>61836</v>
       </c>
       <c r="B815" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="C815"/>
       <c r="D815"/>
       <c r="E815" t="s">
         <v>373</v>
       </c>
       <c r="F815" t="s">
         <v>374</v>
       </c>
       <c r="G815"/>
       <c r="H815" t="s">
         <v>23</v>
       </c>
       <c r="I815" t="s">
         <v>42</v>
       </c>
       <c r="J815"/>
       <c r="K815"/>
       <c r="L815"/>
       <c r="M815"/>
       <c r="N815"/>
       <c r="O815"/>
       <c r="P815"/>
       <c r="Q815" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="816" spans="1:17">
       <c r="A816">
-        <v>61833</v>
+        <v>61846</v>
       </c>
       <c r="B816" t="s">
-        <v>1492</v>
+        <v>1490</v>
       </c>
       <c r="C816"/>
       <c r="D816"/>
       <c r="E816" t="s">
         <v>373</v>
       </c>
       <c r="F816" t="s">
         <v>374</v>
       </c>
       <c r="G816"/>
       <c r="H816" t="s">
         <v>23</v>
       </c>
       <c r="I816" t="s">
         <v>42</v>
       </c>
       <c r="J816"/>
       <c r="K816"/>
       <c r="L816"/>
       <c r="M816"/>
       <c r="N816"/>
       <c r="O816"/>
       <c r="P816"/>
       <c r="Q816" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="817" spans="1:17">
       <c r="A817">
-        <v>61836</v>
+        <v>61838</v>
       </c>
       <c r="B817" t="s">
-        <v>1493</v>
+        <v>1491</v>
       </c>
       <c r="C817"/>
       <c r="D817"/>
       <c r="E817" t="s">
         <v>373</v>
       </c>
       <c r="F817" t="s">
         <v>374</v>
       </c>
       <c r="G817"/>
       <c r="H817" t="s">
         <v>23</v>
       </c>
       <c r="I817" t="s">
         <v>42</v>
       </c>
       <c r="J817"/>
       <c r="K817"/>
       <c r="L817"/>
       <c r="M817"/>
       <c r="N817"/>
       <c r="O817"/>
       <c r="P817"/>
       <c r="Q817" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="818" spans="1:17">
       <c r="A818">
-        <v>61846</v>
+        <v>61831</v>
       </c>
       <c r="B818" t="s">
-        <v>1494</v>
+        <v>1492</v>
       </c>
       <c r="C818"/>
       <c r="D818"/>
       <c r="E818" t="s">
         <v>373</v>
       </c>
       <c r="F818" t="s">
         <v>374</v>
       </c>
       <c r="G818"/>
       <c r="H818" t="s">
         <v>23</v>
       </c>
       <c r="I818" t="s">
         <v>42</v>
       </c>
       <c r="J818"/>
       <c r="K818"/>
       <c r="L818"/>
       <c r="M818"/>
       <c r="N818"/>
       <c r="O818"/>
       <c r="P818"/>
       <c r="Q818" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="819" spans="1:17">
       <c r="A819">
-        <v>61838</v>
+        <v>61840</v>
       </c>
       <c r="B819" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
       <c r="C819"/>
       <c r="D819"/>
       <c r="E819" t="s">
         <v>373</v>
       </c>
       <c r="F819" t="s">
         <v>374</v>
       </c>
       <c r="G819"/>
       <c r="H819" t="s">
         <v>23</v>
       </c>
       <c r="I819" t="s">
         <v>42</v>
       </c>
       <c r="J819"/>
       <c r="K819"/>
       <c r="L819"/>
       <c r="M819"/>
       <c r="N819"/>
       <c r="O819"/>
       <c r="P819"/>
       <c r="Q819" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="820" spans="1:17">
       <c r="A820">
-        <v>61831</v>
+        <v>61845</v>
       </c>
       <c r="B820" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="C820"/>
       <c r="D820"/>
       <c r="E820" t="s">
         <v>373</v>
       </c>
       <c r="F820" t="s">
         <v>374</v>
       </c>
       <c r="G820"/>
       <c r="H820" t="s">
         <v>23</v>
       </c>
       <c r="I820" t="s">
         <v>42</v>
       </c>
       <c r="J820"/>
       <c r="K820"/>
       <c r="L820"/>
       <c r="M820"/>
       <c r="N820"/>
       <c r="O820"/>
       <c r="P820"/>
       <c r="Q820" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="821" spans="1:17">
       <c r="A821">
-        <v>61840</v>
+        <v>35581</v>
       </c>
       <c r="B821" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
       <c r="C821"/>
       <c r="D821"/>
       <c r="E821" t="s">
         <v>373</v>
       </c>
       <c r="F821" t="s">
         <v>374</v>
       </c>
       <c r="G821"/>
       <c r="H821" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I821" t="s">
         <v>42</v>
       </c>
       <c r="J821"/>
       <c r="K821"/>
       <c r="L821"/>
       <c r="M821"/>
       <c r="N821"/>
       <c r="O821"/>
       <c r="P821"/>
       <c r="Q821" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="822" spans="1:17">
       <c r="A822">
-        <v>61845</v>
+        <v>29551</v>
       </c>
       <c r="B822" t="s">
-        <v>1498</v>
+        <v>1496</v>
       </c>
       <c r="C822"/>
       <c r="D822"/>
       <c r="E822" t="s">
         <v>373</v>
       </c>
       <c r="F822" t="s">
         <v>374</v>
       </c>
       <c r="G822"/>
       <c r="H822" t="s">
         <v>23</v>
       </c>
       <c r="I822" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J822"/>
       <c r="K822"/>
       <c r="L822"/>
       <c r="M822"/>
       <c r="N822"/>
       <c r="O822"/>
       <c r="P822"/>
       <c r="Q822" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="823" spans="1:17">
       <c r="A823">
-        <v>35581</v>
+        <v>29564</v>
       </c>
       <c r="B823" t="s">
-        <v>1499</v>
+        <v>1497</v>
       </c>
       <c r="C823"/>
       <c r="D823"/>
       <c r="E823" t="s">
         <v>373</v>
       </c>
       <c r="F823" t="s">
         <v>374</v>
       </c>
       <c r="G823"/>
       <c r="H823" t="s">
         <v>173</v>
       </c>
       <c r="I823" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J823"/>
       <c r="K823"/>
       <c r="L823"/>
       <c r="M823"/>
       <c r="N823"/>
       <c r="O823"/>
       <c r="P823"/>
       <c r="Q823" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="824" spans="1:17">
       <c r="A824">
-        <v>29551</v>
+        <v>15920</v>
       </c>
       <c r="B824" t="s">
-        <v>1500</v>
-[...2 lines deleted...]
-      <c r="D824"/>
+        <v>1498</v>
+      </c>
+      <c r="C824" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D824" t="s">
+        <v>68</v>
+      </c>
       <c r="E824" t="s">
         <v>373</v>
       </c>
       <c r="F824" t="s">
         <v>374</v>
       </c>
       <c r="G824"/>
       <c r="H824" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I824" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J824"/>
       <c r="K824"/>
       <c r="L824"/>
       <c r="M824"/>
       <c r="N824"/>
       <c r="O824"/>
       <c r="P824"/>
       <c r="Q824" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="825" spans="1:17">
       <c r="A825">
-        <v>29564</v>
+        <v>15062</v>
       </c>
       <c r="B825" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C825" t="s">
         <v>1501</v>
       </c>
-      <c r="C825"/>
-      <c r="D825"/>
+      <c r="D825" t="s">
+        <v>34</v>
+      </c>
       <c r="E825" t="s">
         <v>373</v>
       </c>
       <c r="F825" t="s">
         <v>374</v>
       </c>
       <c r="G825"/>
       <c r="H825" t="s">
         <v>173</v>
       </c>
       <c r="I825" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J825"/>
       <c r="K825"/>
       <c r="L825"/>
       <c r="M825"/>
       <c r="N825"/>
       <c r="O825"/>
       <c r="P825"/>
       <c r="Q825" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="826" spans="1:17">
       <c r="A826">
-        <v>15920</v>
+        <v>60831</v>
       </c>
       <c r="B826" t="s">
         <v>1502</v>
       </c>
-      <c r="C826" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C826"/>
+      <c r="D826"/>
       <c r="E826" t="s">
         <v>373</v>
       </c>
       <c r="F826" t="s">
         <v>374</v>
       </c>
       <c r="G826"/>
       <c r="H826" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I826" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J826"/>
       <c r="K826"/>
       <c r="L826"/>
       <c r="M826"/>
       <c r="N826"/>
       <c r="O826"/>
       <c r="P826"/>
       <c r="Q826" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="827" spans="1:17">
       <c r="A827">
-        <v>15062</v>
+        <v>60841</v>
       </c>
       <c r="B827" t="s">
-        <v>1504</v>
-[...6 lines deleted...]
-      </c>
+        <v>1503</v>
+      </c>
+      <c r="C827"/>
+      <c r="D827"/>
       <c r="E827" t="s">
         <v>373</v>
       </c>
       <c r="F827" t="s">
         <v>374</v>
       </c>
       <c r="G827"/>
       <c r="H827" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I827" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J827"/>
       <c r="K827"/>
       <c r="L827"/>
       <c r="M827"/>
       <c r="N827"/>
       <c r="O827"/>
       <c r="P827"/>
       <c r="Q827" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="828" spans="1:17">
       <c r="A828">
-        <v>60831</v>
+        <v>60886</v>
       </c>
       <c r="B828" t="s">
-        <v>1506</v>
+        <v>1504</v>
       </c>
       <c r="C828"/>
       <c r="D828"/>
       <c r="E828" t="s">
         <v>373</v>
       </c>
       <c r="F828" t="s">
         <v>374</v>
       </c>
       <c r="G828"/>
       <c r="H828" t="s">
         <v>23</v>
       </c>
       <c r="I828" t="s">
         <v>42</v>
       </c>
       <c r="J828"/>
       <c r="K828"/>
       <c r="L828"/>
       <c r="M828"/>
       <c r="N828"/>
       <c r="O828"/>
       <c r="P828"/>
       <c r="Q828" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="829" spans="1:17">
       <c r="A829">
-        <v>60841</v>
+        <v>60887</v>
       </c>
       <c r="B829" t="s">
-        <v>1507</v>
+        <v>1505</v>
       </c>
       <c r="C829"/>
       <c r="D829"/>
       <c r="E829" t="s">
         <v>373</v>
       </c>
       <c r="F829" t="s">
         <v>374</v>
       </c>
       <c r="G829"/>
       <c r="H829" t="s">
         <v>23</v>
       </c>
       <c r="I829" t="s">
         <v>42</v>
       </c>
       <c r="J829"/>
       <c r="K829"/>
       <c r="L829"/>
       <c r="M829"/>
       <c r="N829"/>
       <c r="O829"/>
       <c r="P829"/>
       <c r="Q829" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="830" spans="1:17">
       <c r="A830">
-        <v>60886</v>
+        <v>60880</v>
       </c>
       <c r="B830" t="s">
-        <v>1508</v>
+        <v>1506</v>
       </c>
       <c r="C830"/>
       <c r="D830"/>
       <c r="E830" t="s">
         <v>373</v>
       </c>
       <c r="F830" t="s">
         <v>374</v>
       </c>
       <c r="G830"/>
       <c r="H830" t="s">
         <v>23</v>
       </c>
       <c r="I830" t="s">
         <v>42</v>
       </c>
       <c r="J830"/>
       <c r="K830"/>
       <c r="L830"/>
       <c r="M830"/>
       <c r="N830"/>
       <c r="O830"/>
       <c r="P830"/>
       <c r="Q830" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="831" spans="1:17">
       <c r="A831">
-        <v>60887</v>
+        <v>60860</v>
       </c>
       <c r="B831" t="s">
-        <v>1509</v>
+        <v>1507</v>
       </c>
       <c r="C831"/>
       <c r="D831"/>
       <c r="E831" t="s">
         <v>373</v>
       </c>
       <c r="F831" t="s">
         <v>374</v>
       </c>
       <c r="G831"/>
       <c r="H831" t="s">
         <v>23</v>
       </c>
       <c r="I831" t="s">
         <v>42</v>
       </c>
       <c r="J831"/>
       <c r="K831"/>
       <c r="L831"/>
       <c r="M831"/>
       <c r="N831"/>
       <c r="O831"/>
       <c r="P831"/>
       <c r="Q831" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="832" spans="1:17">
       <c r="A832">
-        <v>60880</v>
+        <v>33844</v>
       </c>
       <c r="B832" t="s">
-        <v>1510</v>
+        <v>1508</v>
       </c>
       <c r="C832"/>
       <c r="D832"/>
       <c r="E832" t="s">
         <v>373</v>
       </c>
       <c r="F832" t="s">
         <v>374</v>
       </c>
       <c r="G832"/>
       <c r="H832" t="s">
         <v>23</v>
       </c>
       <c r="I832" t="s">
         <v>42</v>
       </c>
       <c r="J832"/>
       <c r="K832"/>
       <c r="L832"/>
       <c r="M832"/>
       <c r="N832"/>
       <c r="O832"/>
       <c r="P832"/>
       <c r="Q832" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="833" spans="1:17">
       <c r="A833">
-        <v>60860</v>
+        <v>61036</v>
       </c>
       <c r="B833" t="s">
-        <v>1511</v>
+        <v>1509</v>
       </c>
       <c r="C833"/>
       <c r="D833"/>
       <c r="E833" t="s">
         <v>373</v>
       </c>
       <c r="F833" t="s">
         <v>374</v>
       </c>
       <c r="G833"/>
       <c r="H833" t="s">
         <v>23</v>
       </c>
       <c r="I833" t="s">
         <v>42</v>
       </c>
       <c r="J833"/>
       <c r="K833"/>
       <c r="L833"/>
       <c r="M833"/>
       <c r="N833"/>
       <c r="O833"/>
       <c r="P833"/>
       <c r="Q833" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="834" spans="1:17">
       <c r="A834">
-        <v>33844</v>
+        <v>21712</v>
       </c>
       <c r="B834" t="s">
-        <v>1512</v>
+        <v>1510</v>
       </c>
       <c r="C834"/>
       <c r="D834"/>
       <c r="E834" t="s">
         <v>373</v>
       </c>
       <c r="F834" t="s">
         <v>374</v>
       </c>
       <c r="G834"/>
       <c r="H834" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I834" t="s">
         <v>42</v>
       </c>
       <c r="J834"/>
       <c r="K834"/>
       <c r="L834"/>
       <c r="M834"/>
       <c r="N834"/>
       <c r="O834"/>
       <c r="P834"/>
       <c r="Q834" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="835" spans="1:17">
       <c r="A835">
-        <v>61036</v>
+        <v>21657</v>
       </c>
       <c r="B835" t="s">
-        <v>1513</v>
+        <v>1511</v>
       </c>
       <c r="C835"/>
       <c r="D835"/>
       <c r="E835" t="s">
         <v>373</v>
       </c>
       <c r="F835" t="s">
         <v>374</v>
       </c>
       <c r="G835"/>
       <c r="H835" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I835" t="s">
         <v>42</v>
       </c>
       <c r="J835"/>
       <c r="K835"/>
       <c r="L835"/>
       <c r="M835"/>
       <c r="N835"/>
       <c r="O835"/>
       <c r="P835"/>
       <c r="Q835" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="836" spans="1:17">
       <c r="A836">
-        <v>21712</v>
+        <v>29581</v>
       </c>
       <c r="B836" t="s">
-        <v>1514</v>
+        <v>1512</v>
       </c>
       <c r="C836"/>
       <c r="D836"/>
       <c r="E836" t="s">
         <v>373</v>
       </c>
       <c r="F836" t="s">
         <v>374</v>
       </c>
       <c r="G836"/>
       <c r="H836" t="s">
         <v>173</v>
       </c>
       <c r="I836" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J836"/>
       <c r="K836"/>
       <c r="L836"/>
       <c r="M836"/>
       <c r="N836"/>
       <c r="O836"/>
       <c r="P836"/>
       <c r="Q836" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="837" spans="1:17">
       <c r="A837">
-        <v>21657</v>
+        <v>2093</v>
       </c>
       <c r="B837" t="s">
-        <v>1515</v>
-[...2 lines deleted...]
-      <c r="D837"/>
+        <v>1513</v>
+      </c>
+      <c r="C837" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D837" t="s">
+        <v>34</v>
+      </c>
       <c r="E837" t="s">
         <v>373</v>
       </c>
       <c r="F837" t="s">
         <v>374</v>
       </c>
       <c r="G837"/>
       <c r="H837" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I837" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J837"/>
       <c r="K837"/>
       <c r="L837"/>
       <c r="M837"/>
       <c r="N837"/>
       <c r="O837"/>
-      <c r="P837"/>
+      <c r="P837" t="s">
+        <v>1515</v>
+      </c>
       <c r="Q837" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="838" spans="1:17">
       <c r="A838">
-        <v>29581</v>
+        <v>15273</v>
       </c>
       <c r="B838" t="s">
         <v>1516</v>
       </c>
       <c r="C838"/>
       <c r="D838"/>
       <c r="E838" t="s">
         <v>373</v>
       </c>
       <c r="F838" t="s">
         <v>374</v>
       </c>
       <c r="G838"/>
       <c r="H838" t="s">
         <v>173</v>
       </c>
       <c r="I838" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J838"/>
       <c r="K838"/>
       <c r="L838"/>
       <c r="M838"/>
       <c r="N838"/>
       <c r="O838"/>
       <c r="P838"/>
       <c r="Q838" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="839" spans="1:17">
       <c r="A839">
-        <v>2093</v>
+        <v>21721</v>
       </c>
       <c r="B839" t="s">
         <v>1517</v>
       </c>
-      <c r="C839" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C839"/>
+      <c r="D839"/>
       <c r="E839" t="s">
         <v>373</v>
       </c>
       <c r="F839" t="s">
         <v>374</v>
       </c>
       <c r="G839"/>
       <c r="H839" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I839" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J839"/>
       <c r="K839"/>
       <c r="L839"/>
       <c r="M839"/>
       <c r="N839"/>
       <c r="O839"/>
-      <c r="P839" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P839"/>
       <c r="Q839" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="840" spans="1:17">
       <c r="A840">
-        <v>15273</v>
+        <v>21722</v>
       </c>
       <c r="B840" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="C840"/>
       <c r="D840"/>
       <c r="E840" t="s">
         <v>373</v>
       </c>
       <c r="F840" t="s">
         <v>374</v>
       </c>
       <c r="G840"/>
       <c r="H840" t="s">
         <v>173</v>
       </c>
       <c r="I840" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J840"/>
       <c r="K840"/>
       <c r="L840"/>
       <c r="M840"/>
       <c r="N840"/>
       <c r="O840"/>
       <c r="P840"/>
       <c r="Q840" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="841" spans="1:17">
       <c r="A841">
-        <v>21721</v>
+        <v>21723</v>
       </c>
       <c r="B841" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
       <c r="C841"/>
       <c r="D841"/>
       <c r="E841" t="s">
         <v>373</v>
       </c>
       <c r="F841" t="s">
         <v>374</v>
       </c>
       <c r="G841"/>
       <c r="H841" t="s">
         <v>173</v>
       </c>
       <c r="I841" t="s">
         <v>42</v>
       </c>
       <c r="J841"/>
       <c r="K841"/>
       <c r="L841"/>
       <c r="M841"/>
       <c r="N841"/>
       <c r="O841"/>
       <c r="P841"/>
       <c r="Q841" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="842" spans="1:17">
       <c r="A842">
-        <v>21722</v>
+        <v>15244</v>
       </c>
       <c r="B842" t="s">
-        <v>1522</v>
+        <v>1520</v>
       </c>
       <c r="C842"/>
       <c r="D842"/>
       <c r="E842" t="s">
         <v>373</v>
       </c>
       <c r="F842" t="s">
         <v>374</v>
       </c>
       <c r="G842"/>
       <c r="H842" t="s">
         <v>173</v>
       </c>
       <c r="I842" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J842"/>
       <c r="K842"/>
       <c r="L842"/>
       <c r="M842"/>
       <c r="N842"/>
       <c r="O842"/>
       <c r="P842"/>
       <c r="Q842" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="843" spans="1:17">
       <c r="A843">
-        <v>21723</v>
+        <v>15375</v>
       </c>
       <c r="B843" t="s">
-        <v>1523</v>
+        <v>1521</v>
       </c>
       <c r="C843"/>
       <c r="D843"/>
       <c r="E843" t="s">
         <v>373</v>
       </c>
       <c r="F843" t="s">
         <v>374</v>
       </c>
       <c r="G843"/>
       <c r="H843" t="s">
         <v>173</v>
       </c>
       <c r="I843" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J843"/>
       <c r="K843"/>
       <c r="L843"/>
       <c r="M843"/>
       <c r="N843"/>
       <c r="O843"/>
       <c r="P843"/>
       <c r="Q843" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="844" spans="1:17">
       <c r="A844">
-        <v>15244</v>
+        <v>66683</v>
       </c>
       <c r="B844" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="C844"/>
       <c r="D844"/>
       <c r="E844" t="s">
         <v>373</v>
       </c>
       <c r="F844" t="s">
         <v>374</v>
       </c>
       <c r="G844"/>
       <c r="H844" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I844" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J844"/>
       <c r="K844"/>
       <c r="L844"/>
       <c r="M844"/>
       <c r="N844"/>
       <c r="O844"/>
       <c r="P844"/>
       <c r="Q844" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="845" spans="1:17">
       <c r="A845">
-        <v>15375</v>
+        <v>80385</v>
       </c>
       <c r="B845" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="C845"/>
       <c r="D845"/>
       <c r="E845" t="s">
         <v>373</v>
       </c>
       <c r="F845" t="s">
         <v>374</v>
       </c>
       <c r="G845"/>
       <c r="H845" t="s">
         <v>173</v>
       </c>
       <c r="I845" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J845"/>
       <c r="K845"/>
       <c r="L845"/>
       <c r="M845"/>
       <c r="N845"/>
       <c r="O845"/>
       <c r="P845"/>
       <c r="Q845" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="846" spans="1:17">
       <c r="A846">
-        <v>66683</v>
+        <v>21664</v>
       </c>
       <c r="B846" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="C846"/>
       <c r="D846"/>
       <c r="E846" t="s">
         <v>373</v>
       </c>
       <c r="F846" t="s">
         <v>374</v>
       </c>
       <c r="G846"/>
       <c r="H846" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I846" t="s">
         <v>42</v>
       </c>
       <c r="J846"/>
       <c r="K846"/>
       <c r="L846"/>
       <c r="M846"/>
       <c r="N846"/>
       <c r="O846"/>
       <c r="P846"/>
       <c r="Q846" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="847" spans="1:17">
       <c r="A847">
-        <v>80385</v>
+        <v>33864</v>
       </c>
       <c r="B847" t="s">
-        <v>1527</v>
+        <v>1525</v>
       </c>
       <c r="C847"/>
       <c r="D847"/>
       <c r="E847" t="s">
         <v>373</v>
       </c>
       <c r="F847" t="s">
         <v>374</v>
       </c>
       <c r="G847"/>
       <c r="H847" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I847" t="s">
         <v>42</v>
       </c>
       <c r="J847"/>
       <c r="K847"/>
       <c r="L847"/>
       <c r="M847"/>
       <c r="N847"/>
       <c r="O847"/>
       <c r="P847"/>
       <c r="Q847" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="848" spans="1:17">
       <c r="A848">
-        <v>21664</v>
+        <v>33878</v>
       </c>
       <c r="B848" t="s">
-        <v>1528</v>
+        <v>1526</v>
       </c>
       <c r="C848"/>
       <c r="D848"/>
       <c r="E848" t="s">
         <v>373</v>
       </c>
       <c r="F848" t="s">
         <v>374</v>
       </c>
       <c r="G848"/>
       <c r="H848" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I848" t="s">
         <v>42</v>
       </c>
       <c r="J848"/>
       <c r="K848"/>
       <c r="L848"/>
       <c r="M848"/>
       <c r="N848"/>
       <c r="O848"/>
       <c r="P848"/>
       <c r="Q848" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="849" spans="1:17">
       <c r="A849">
-        <v>33864</v>
+        <v>67084</v>
       </c>
       <c r="B849" t="s">
-        <v>1529</v>
-[...2 lines deleted...]
-      <c r="D849"/>
+        <v>1527</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D849" t="s">
+        <v>34</v>
+      </c>
       <c r="E849" t="s">
         <v>373</v>
       </c>
       <c r="F849" t="s">
         <v>374</v>
       </c>
       <c r="G849"/>
       <c r="H849" t="s">
         <v>23</v>
       </c>
       <c r="I849" t="s">
         <v>42</v>
       </c>
       <c r="J849"/>
       <c r="K849"/>
       <c r="L849"/>
       <c r="M849"/>
       <c r="N849"/>
       <c r="O849"/>
       <c r="P849"/>
       <c r="Q849" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="850" spans="1:17">
       <c r="A850">
-        <v>33878</v>
+        <v>67091</v>
       </c>
       <c r="B850" t="s">
-        <v>1530</v>
+        <v>1529</v>
       </c>
       <c r="C850"/>
       <c r="D850"/>
       <c r="E850" t="s">
         <v>373</v>
       </c>
       <c r="F850" t="s">
         <v>374</v>
       </c>
       <c r="G850"/>
       <c r="H850" t="s">
         <v>23</v>
       </c>
       <c r="I850" t="s">
         <v>42</v>
       </c>
       <c r="J850"/>
       <c r="K850"/>
       <c r="L850"/>
       <c r="M850"/>
       <c r="N850"/>
       <c r="O850"/>
       <c r="P850"/>
       <c r="Q850" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="851" spans="1:17">
       <c r="A851">
-        <v>67084</v>
+        <v>70998</v>
       </c>
       <c r="B851" t="s">
-        <v>1531</v>
-[...6 lines deleted...]
-      </c>
+        <v>1530</v>
+      </c>
+      <c r="C851"/>
+      <c r="D851"/>
       <c r="E851" t="s">
         <v>373</v>
       </c>
       <c r="F851" t="s">
         <v>374</v>
       </c>
       <c r="G851"/>
       <c r="H851" t="s">
         <v>23</v>
       </c>
       <c r="I851" t="s">
         <v>42</v>
       </c>
       <c r="J851"/>
       <c r="K851"/>
       <c r="L851"/>
       <c r="M851"/>
       <c r="N851"/>
       <c r="O851"/>
       <c r="P851"/>
       <c r="Q851" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="852" spans="1:17">
       <c r="A852">
-        <v>67091</v>
+        <v>20995</v>
       </c>
       <c r="B852" t="s">
-        <v>1533</v>
+        <v>1531</v>
       </c>
       <c r="C852"/>
       <c r="D852"/>
       <c r="E852" t="s">
         <v>373</v>
       </c>
       <c r="F852" t="s">
         <v>374</v>
       </c>
       <c r="G852"/>
       <c r="H852" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I852" t="s">
         <v>42</v>
       </c>
       <c r="J852"/>
       <c r="K852"/>
       <c r="L852"/>
       <c r="M852"/>
       <c r="N852"/>
       <c r="O852"/>
       <c r="P852"/>
       <c r="Q852" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="853" spans="1:17">
       <c r="A853">
-        <v>70998</v>
+        <v>20996</v>
       </c>
       <c r="B853" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="C853"/>
       <c r="D853"/>
       <c r="E853" t="s">
         <v>373</v>
       </c>
       <c r="F853" t="s">
         <v>374</v>
       </c>
       <c r="G853"/>
       <c r="H853" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I853" t="s">
         <v>42</v>
       </c>
       <c r="J853"/>
       <c r="K853"/>
       <c r="L853"/>
       <c r="M853"/>
       <c r="N853"/>
       <c r="O853"/>
       <c r="P853"/>
       <c r="Q853" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="854" spans="1:17">
       <c r="A854">
-        <v>20995</v>
+        <v>70777</v>
       </c>
       <c r="B854" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
       <c r="C854"/>
       <c r="D854"/>
       <c r="E854" t="s">
         <v>373</v>
       </c>
       <c r="F854" t="s">
         <v>374</v>
       </c>
       <c r="G854"/>
       <c r="H854" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I854" t="s">
         <v>42</v>
       </c>
       <c r="J854"/>
       <c r="K854"/>
       <c r="L854"/>
       <c r="M854"/>
       <c r="N854"/>
       <c r="O854"/>
       <c r="P854"/>
       <c r="Q854" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="855" spans="1:17">
       <c r="A855">
-        <v>20996</v>
+        <v>19132</v>
       </c>
       <c r="B855" t="s">
-        <v>1536</v>
-[...2 lines deleted...]
-      <c r="D855"/>
+        <v>1534</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D855" t="s">
+        <v>1183</v>
+      </c>
       <c r="E855" t="s">
         <v>373</v>
       </c>
       <c r="F855" t="s">
         <v>374</v>
       </c>
       <c r="G855"/>
       <c r="H855" t="s">
         <v>173</v>
       </c>
       <c r="I855" t="s">
         <v>42</v>
       </c>
       <c r="J855"/>
       <c r="K855"/>
       <c r="L855"/>
       <c r="M855"/>
       <c r="N855"/>
       <c r="O855"/>
       <c r="P855"/>
       <c r="Q855" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="856" spans="1:17">
       <c r="A856">
-        <v>70777</v>
+        <v>71372</v>
       </c>
       <c r="B856" t="s">
-        <v>1537</v>
+        <v>1536</v>
       </c>
       <c r="C856"/>
       <c r="D856"/>
       <c r="E856" t="s">
         <v>373</v>
       </c>
       <c r="F856" t="s">
         <v>374</v>
       </c>
       <c r="G856"/>
       <c r="H856" t="s">
         <v>23</v>
       </c>
       <c r="I856" t="s">
         <v>42</v>
       </c>
       <c r="J856"/>
       <c r="K856"/>
       <c r="L856"/>
       <c r="M856"/>
       <c r="N856"/>
       <c r="O856"/>
       <c r="P856"/>
       <c r="Q856" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="857" spans="1:17">
       <c r="A857">
-        <v>19132</v>
+        <v>35749</v>
       </c>
       <c r="B857" t="s">
-        <v>1538</v>
-[...6 lines deleted...]
-      </c>
+        <v>1537</v>
+      </c>
+      <c r="C857"/>
+      <c r="D857"/>
       <c r="E857" t="s">
         <v>373</v>
       </c>
       <c r="F857" t="s">
         <v>374</v>
       </c>
       <c r="G857"/>
       <c r="H857" t="s">
         <v>173</v>
       </c>
       <c r="I857" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J857"/>
       <c r="K857"/>
       <c r="L857"/>
       <c r="M857"/>
       <c r="N857"/>
       <c r="O857"/>
       <c r="P857"/>
       <c r="Q857" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="858" spans="1:17">
       <c r="A858">
-        <v>71372</v>
+        <v>20166</v>
       </c>
       <c r="B858" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="C858"/>
       <c r="D858"/>
       <c r="E858" t="s">
         <v>373</v>
       </c>
       <c r="F858" t="s">
         <v>374</v>
       </c>
       <c r="G858"/>
       <c r="H858" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I858" t="s">
         <v>42</v>
       </c>
       <c r="J858"/>
       <c r="K858"/>
       <c r="L858"/>
       <c r="M858"/>
       <c r="N858"/>
       <c r="O858"/>
       <c r="P858"/>
       <c r="Q858" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="859" spans="1:17">
       <c r="A859">
-        <v>35749</v>
+        <v>15776</v>
       </c>
       <c r="B859" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="C859"/>
       <c r="D859"/>
       <c r="E859" t="s">
         <v>373</v>
       </c>
       <c r="F859" t="s">
         <v>374</v>
       </c>
       <c r="G859"/>
       <c r="H859" t="s">
         <v>173</v>
       </c>
       <c r="I859" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J859"/>
       <c r="K859"/>
       <c r="L859"/>
       <c r="M859"/>
       <c r="N859"/>
       <c r="O859"/>
       <c r="P859"/>
       <c r="Q859" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="860" spans="1:17">
       <c r="A860">
-        <v>20166</v>
+        <v>20252</v>
       </c>
       <c r="B860" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="C860"/>
       <c r="D860"/>
       <c r="E860" t="s">
         <v>373</v>
       </c>
       <c r="F860" t="s">
         <v>374</v>
       </c>
       <c r="G860"/>
       <c r="H860" t="s">
         <v>173</v>
       </c>
       <c r="I860" t="s">
         <v>42</v>
       </c>
       <c r="J860"/>
       <c r="K860"/>
       <c r="L860"/>
       <c r="M860"/>
       <c r="N860"/>
       <c r="O860"/>
       <c r="P860"/>
       <c r="Q860" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="861" spans="1:17">
       <c r="A861">
-        <v>15776</v>
+        <v>20120</v>
       </c>
       <c r="B861" t="s">
-        <v>1543</v>
-[...2 lines deleted...]
-      <c r="D861"/>
+        <v>1541</v>
+      </c>
+      <c r="C861" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D861" t="s">
+        <v>967</v>
+      </c>
       <c r="E861" t="s">
         <v>373</v>
       </c>
       <c r="F861" t="s">
         <v>374</v>
       </c>
       <c r="G861"/>
       <c r="H861" t="s">
         <v>173</v>
       </c>
       <c r="I861" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J861"/>
       <c r="K861"/>
       <c r="L861"/>
       <c r="M861"/>
       <c r="N861"/>
       <c r="O861"/>
       <c r="P861"/>
       <c r="Q861" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="862" spans="1:17">
       <c r="A862">
-        <v>20252</v>
+        <v>70145</v>
       </c>
       <c r="B862" t="s">
-        <v>1544</v>
+        <v>1543</v>
       </c>
       <c r="C862"/>
       <c r="D862"/>
       <c r="E862" t="s">
         <v>373</v>
       </c>
       <c r="F862" t="s">
         <v>374</v>
       </c>
       <c r="G862"/>
       <c r="H862" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I862" t="s">
         <v>42</v>
       </c>
       <c r="J862"/>
       <c r="K862"/>
       <c r="L862"/>
       <c r="M862"/>
       <c r="N862"/>
       <c r="O862"/>
       <c r="P862"/>
       <c r="Q862" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="863" spans="1:17">
       <c r="A863">
-        <v>20120</v>
+        <v>20983</v>
       </c>
       <c r="B863" t="s">
-        <v>1545</v>
-[...6 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="C863"/>
+      <c r="D863"/>
       <c r="E863" t="s">
         <v>373</v>
       </c>
       <c r="F863" t="s">
         <v>374</v>
       </c>
       <c r="G863"/>
       <c r="H863" t="s">
         <v>173</v>
       </c>
       <c r="I863" t="s">
         <v>42</v>
       </c>
       <c r="J863"/>
       <c r="K863"/>
       <c r="L863"/>
       <c r="M863"/>
       <c r="N863"/>
       <c r="O863"/>
-      <c r="P863"/>
+      <c r="P863" t="s">
+        <v>1545</v>
+      </c>
       <c r="Q863" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="864" spans="1:17">
       <c r="A864">
-        <v>70145</v>
+        <v>29686</v>
       </c>
       <c r="B864" t="s">
-        <v>1547</v>
+        <v>1546</v>
       </c>
       <c r="C864"/>
       <c r="D864"/>
       <c r="E864" t="s">
         <v>373</v>
       </c>
       <c r="F864" t="s">
         <v>374</v>
       </c>
       <c r="G864"/>
       <c r="H864" t="s">
         <v>23</v>
       </c>
       <c r="I864" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J864"/>
       <c r="K864"/>
       <c r="L864"/>
       <c r="M864"/>
       <c r="N864"/>
       <c r="O864"/>
       <c r="P864"/>
       <c r="Q864" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="865" spans="1:17">
       <c r="A865">
-        <v>20983</v>
+        <v>15376</v>
       </c>
       <c r="B865" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C865" t="s">
         <v>1548</v>
       </c>
-      <c r="C865"/>
-      <c r="D865"/>
+      <c r="D865" t="s">
+        <v>1549</v>
+      </c>
       <c r="E865" t="s">
         <v>373</v>
       </c>
       <c r="F865" t="s">
         <v>374</v>
       </c>
       <c r="G865"/>
       <c r="H865" t="s">
         <v>173</v>
       </c>
       <c r="I865" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J865"/>
       <c r="K865"/>
       <c r="L865"/>
       <c r="M865"/>
       <c r="N865"/>
       <c r="O865"/>
-      <c r="P865" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P865"/>
       <c r="Q865" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="866" spans="1:17">
       <c r="A866">
-        <v>29686</v>
+        <v>20997</v>
       </c>
       <c r="B866" t="s">
         <v>1550</v>
       </c>
       <c r="C866"/>
       <c r="D866"/>
       <c r="E866" t="s">
         <v>373</v>
       </c>
       <c r="F866" t="s">
         <v>374</v>
       </c>
       <c r="G866"/>
       <c r="H866" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I866" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J866"/>
       <c r="K866"/>
       <c r="L866"/>
       <c r="M866"/>
       <c r="N866"/>
       <c r="O866"/>
       <c r="P866"/>
       <c r="Q866" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="867" spans="1:17">
       <c r="A867">
-        <v>15376</v>
+        <v>20998</v>
       </c>
       <c r="B867" t="s">
         <v>1551</v>
       </c>
-      <c r="C867" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C867"/>
+      <c r="D867"/>
       <c r="E867" t="s">
         <v>373</v>
       </c>
       <c r="F867" t="s">
         <v>374</v>
       </c>
       <c r="G867"/>
       <c r="H867" t="s">
         <v>173</v>
       </c>
       <c r="I867" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J867"/>
       <c r="K867"/>
       <c r="L867"/>
       <c r="M867"/>
       <c r="N867"/>
       <c r="O867"/>
       <c r="P867"/>
       <c r="Q867" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="868" spans="1:17">
       <c r="A868">
-        <v>20997</v>
+        <v>70533</v>
       </c>
       <c r="B868" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
       <c r="C868"/>
       <c r="D868"/>
       <c r="E868" t="s">
         <v>373</v>
       </c>
       <c r="F868" t="s">
         <v>374</v>
       </c>
       <c r="G868"/>
       <c r="H868" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I868" t="s">
         <v>42</v>
       </c>
       <c r="J868"/>
       <c r="K868"/>
       <c r="L868"/>
       <c r="M868"/>
       <c r="N868"/>
       <c r="O868"/>
       <c r="P868"/>
       <c r="Q868" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="869" spans="1:17">
       <c r="A869">
-        <v>20998</v>
+        <v>73976</v>
       </c>
       <c r="B869" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
       <c r="C869"/>
       <c r="D869"/>
       <c r="E869" t="s">
         <v>373</v>
       </c>
       <c r="F869" t="s">
         <v>374</v>
       </c>
       <c r="G869"/>
       <c r="H869" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I869" t="s">
         <v>42</v>
       </c>
       <c r="J869"/>
       <c r="K869"/>
       <c r="L869"/>
       <c r="M869"/>
       <c r="N869"/>
       <c r="O869"/>
       <c r="P869"/>
       <c r="Q869" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="870" spans="1:17">
       <c r="A870">
-        <v>70533</v>
+        <v>73512</v>
       </c>
       <c r="B870" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
       <c r="C870"/>
       <c r="D870"/>
       <c r="E870" t="s">
         <v>373</v>
       </c>
       <c r="F870" t="s">
         <v>374</v>
       </c>
       <c r="G870"/>
       <c r="H870" t="s">
         <v>23</v>
       </c>
       <c r="I870" t="s">
         <v>42</v>
       </c>
       <c r="J870"/>
       <c r="K870"/>
       <c r="L870"/>
       <c r="M870"/>
       <c r="N870"/>
       <c r="O870"/>
       <c r="P870"/>
       <c r="Q870" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="871" spans="1:17">
       <c r="A871">
-        <v>73976</v>
+        <v>20174</v>
       </c>
       <c r="B871" t="s">
-        <v>1557</v>
-[...2 lines deleted...]
-      <c r="D871"/>
+        <v>1555</v>
+      </c>
+      <c r="C871" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D871" t="s">
+        <v>932</v>
+      </c>
       <c r="E871" t="s">
         <v>373</v>
       </c>
       <c r="F871" t="s">
         <v>374</v>
       </c>
       <c r="G871"/>
       <c r="H871" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I871" t="s">
         <v>42</v>
       </c>
       <c r="J871"/>
       <c r="K871"/>
       <c r="L871"/>
       <c r="M871"/>
       <c r="N871"/>
       <c r="O871"/>
       <c r="P871"/>
       <c r="Q871" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="872" spans="1:17">
       <c r="A872">
-        <v>73512</v>
+        <v>29748</v>
       </c>
       <c r="B872" t="s">
-        <v>1558</v>
+        <v>1557</v>
       </c>
       <c r="C872"/>
       <c r="D872"/>
       <c r="E872" t="s">
         <v>373</v>
       </c>
       <c r="F872" t="s">
         <v>374</v>
       </c>
       <c r="G872"/>
       <c r="H872" t="s">
         <v>23</v>
       </c>
       <c r="I872" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J872"/>
       <c r="K872"/>
       <c r="L872"/>
       <c r="M872"/>
       <c r="N872"/>
       <c r="O872"/>
       <c r="P872"/>
       <c r="Q872" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="873" spans="1:17">
       <c r="A873">
-        <v>20174</v>
+        <v>35874</v>
       </c>
       <c r="B873" t="s">
-        <v>1559</v>
-[...6 lines deleted...]
-      </c>
+        <v>1558</v>
+      </c>
+      <c r="C873"/>
+      <c r="D873"/>
       <c r="E873" t="s">
         <v>373</v>
       </c>
       <c r="F873" t="s">
         <v>374</v>
       </c>
       <c r="G873"/>
       <c r="H873" t="s">
         <v>173</v>
       </c>
       <c r="I873" t="s">
         <v>42</v>
       </c>
       <c r="J873"/>
       <c r="K873"/>
       <c r="L873"/>
       <c r="M873"/>
       <c r="N873"/>
       <c r="O873"/>
       <c r="P873"/>
       <c r="Q873" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="874" spans="1:17">
       <c r="A874">
-        <v>29748</v>
+        <v>73684</v>
       </c>
       <c r="B874" t="s">
-        <v>1561</v>
+        <v>1559</v>
       </c>
       <c r="C874"/>
       <c r="D874"/>
       <c r="E874" t="s">
         <v>373</v>
       </c>
       <c r="F874" t="s">
         <v>374</v>
       </c>
       <c r="G874"/>
       <c r="H874" t="s">
         <v>23</v>
       </c>
       <c r="I874" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J874"/>
       <c r="K874"/>
       <c r="L874"/>
       <c r="M874"/>
       <c r="N874"/>
       <c r="O874"/>
       <c r="P874"/>
       <c r="Q874" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="875" spans="1:17">
       <c r="A875">
-        <v>35874</v>
+        <v>1409</v>
       </c>
       <c r="B875" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-      <c r="D875"/>
+        <v>1560</v>
+      </c>
+      <c r="C875" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D875" t="s">
+        <v>54</v>
+      </c>
       <c r="E875" t="s">
         <v>373</v>
       </c>
       <c r="F875" t="s">
         <v>374</v>
       </c>
       <c r="G875"/>
       <c r="H875" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I875" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J875"/>
       <c r="K875"/>
       <c r="L875"/>
       <c r="M875"/>
       <c r="N875"/>
       <c r="O875"/>
       <c r="P875"/>
       <c r="Q875" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="876" spans="1:17">
       <c r="A876">
-        <v>73684</v>
+        <v>26362</v>
       </c>
       <c r="B876" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C876" t="s">
         <v>1563</v>
       </c>
-      <c r="C876"/>
-      <c r="D876"/>
+      <c r="D876" t="s">
+        <v>34</v>
+      </c>
       <c r="E876" t="s">
         <v>373</v>
       </c>
       <c r="F876" t="s">
         <v>374</v>
       </c>
       <c r="G876"/>
       <c r="H876" t="s">
         <v>23</v>
       </c>
       <c r="I876" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J876"/>
       <c r="K876"/>
       <c r="L876"/>
       <c r="M876"/>
       <c r="N876"/>
       <c r="O876"/>
       <c r="P876"/>
       <c r="Q876" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="877" spans="1:17">
       <c r="A877">
-        <v>1409</v>
+        <v>79214</v>
       </c>
       <c r="B877" t="s">
         <v>1564</v>
       </c>
-      <c r="C877" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C877"/>
+      <c r="D877"/>
       <c r="E877" t="s">
         <v>373</v>
       </c>
       <c r="F877" t="s">
         <v>374</v>
       </c>
       <c r="G877"/>
       <c r="H877" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I877" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J877"/>
       <c r="K877"/>
       <c r="L877"/>
       <c r="M877"/>
       <c r="N877"/>
       <c r="O877"/>
       <c r="P877"/>
       <c r="Q877" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="878" spans="1:17">
       <c r="A878">
-        <v>26362</v>
+        <v>73704</v>
       </c>
       <c r="B878" t="s">
-        <v>1566</v>
-[...6 lines deleted...]
-      </c>
+        <v>1565</v>
+      </c>
+      <c r="C878"/>
+      <c r="D878"/>
       <c r="E878" t="s">
         <v>373</v>
       </c>
       <c r="F878" t="s">
         <v>374</v>
       </c>
       <c r="G878"/>
       <c r="H878" t="s">
         <v>23</v>
       </c>
       <c r="I878" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J878"/>
       <c r="K878"/>
       <c r="L878"/>
       <c r="M878"/>
       <c r="N878"/>
       <c r="O878"/>
       <c r="P878"/>
       <c r="Q878" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="879" spans="1:17">
       <c r="A879">
-        <v>79214</v>
+        <v>15576</v>
       </c>
       <c r="B879" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C879" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D879" t="s">
         <v>1568</v>
       </c>
-      <c r="C879"/>
-      <c r="D879"/>
       <c r="E879" t="s">
         <v>373</v>
       </c>
       <c r="F879" t="s">
         <v>374</v>
       </c>
       <c r="G879"/>
       <c r="H879" t="s">
         <v>173</v>
       </c>
       <c r="I879" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J879"/>
       <c r="K879"/>
       <c r="L879"/>
       <c r="M879"/>
       <c r="N879"/>
       <c r="O879"/>
       <c r="P879"/>
       <c r="Q879" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="880" spans="1:17">
       <c r="A880">
-        <v>73704</v>
+        <v>74769</v>
       </c>
       <c r="B880" t="s">
         <v>1569</v>
       </c>
       <c r="C880"/>
       <c r="D880"/>
       <c r="E880" t="s">
         <v>373</v>
       </c>
       <c r="F880" t="s">
         <v>374</v>
       </c>
       <c r="G880"/>
       <c r="H880" t="s">
         <v>23</v>
       </c>
       <c r="I880" t="s">
         <v>42</v>
       </c>
       <c r="J880"/>
       <c r="K880"/>
       <c r="L880"/>
       <c r="M880"/>
       <c r="N880"/>
       <c r="O880"/>
       <c r="P880"/>
       <c r="Q880" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="881" spans="1:17">
       <c r="A881">
-        <v>15576</v>
+        <v>29830</v>
       </c>
       <c r="B881" t="s">
         <v>1570</v>
       </c>
-      <c r="C881" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C881"/>
+      <c r="D881"/>
       <c r="E881" t="s">
         <v>373</v>
       </c>
       <c r="F881" t="s">
         <v>374</v>
       </c>
       <c r="G881"/>
       <c r="H881" t="s">
         <v>173</v>
       </c>
       <c r="I881" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J881"/>
       <c r="K881"/>
       <c r="L881"/>
       <c r="M881"/>
       <c r="N881"/>
       <c r="O881"/>
       <c r="P881"/>
       <c r="Q881" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="882" spans="1:17">
       <c r="A882">
-        <v>74769</v>
+        <v>15625</v>
       </c>
       <c r="B882" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C882" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D882" t="s">
         <v>1573</v>
       </c>
-      <c r="C882"/>
-      <c r="D882"/>
       <c r="E882" t="s">
         <v>373</v>
       </c>
       <c r="F882" t="s">
         <v>374</v>
       </c>
       <c r="G882"/>
       <c r="H882" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I882" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J882"/>
       <c r="K882"/>
       <c r="L882"/>
       <c r="M882"/>
       <c r="N882"/>
       <c r="O882"/>
       <c r="P882"/>
       <c r="Q882" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="883" spans="1:17">
       <c r="A883">
-        <v>29830</v>
+        <v>68002</v>
       </c>
       <c r="B883" t="s">
         <v>1574</v>
       </c>
       <c r="C883"/>
       <c r="D883"/>
       <c r="E883" t="s">
         <v>373</v>
       </c>
       <c r="F883" t="s">
         <v>374</v>
       </c>
       <c r="G883"/>
       <c r="H883" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I883" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J883"/>
       <c r="K883"/>
       <c r="L883"/>
       <c r="M883"/>
       <c r="N883"/>
       <c r="O883"/>
       <c r="P883"/>
       <c r="Q883" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="884" spans="1:17">
       <c r="A884">
-        <v>15625</v>
+        <v>67999</v>
       </c>
       <c r="B884" t="s">
         <v>1575</v>
       </c>
-      <c r="C884" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C884"/>
+      <c r="D884"/>
       <c r="E884" t="s">
         <v>373</v>
       </c>
       <c r="F884" t="s">
         <v>374</v>
       </c>
       <c r="G884"/>
       <c r="H884" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I884" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J884"/>
       <c r="K884"/>
       <c r="L884"/>
       <c r="M884"/>
       <c r="N884"/>
       <c r="O884"/>
       <c r="P884"/>
       <c r="Q884" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="885" spans="1:17">
       <c r="A885">
-        <v>68002</v>
+        <v>67998</v>
       </c>
       <c r="B885" t="s">
-        <v>1578</v>
+        <v>1576</v>
       </c>
       <c r="C885"/>
       <c r="D885"/>
       <c r="E885" t="s">
         <v>373</v>
       </c>
       <c r="F885" t="s">
         <v>374</v>
       </c>
       <c r="G885"/>
       <c r="H885" t="s">
         <v>23</v>
       </c>
       <c r="I885" t="s">
         <v>42</v>
       </c>
       <c r="J885"/>
       <c r="K885"/>
       <c r="L885"/>
       <c r="M885"/>
       <c r="N885"/>
       <c r="O885"/>
       <c r="P885"/>
       <c r="Q885" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="886" spans="1:17">
       <c r="A886">
-        <v>67999</v>
+        <v>67997</v>
       </c>
       <c r="B886" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
       <c r="C886"/>
       <c r="D886"/>
       <c r="E886" t="s">
         <v>373</v>
       </c>
       <c r="F886" t="s">
         <v>374</v>
       </c>
       <c r="G886"/>
       <c r="H886" t="s">
         <v>23</v>
       </c>
       <c r="I886" t="s">
         <v>42</v>
       </c>
       <c r="J886"/>
       <c r="K886"/>
       <c r="L886"/>
       <c r="M886"/>
       <c r="N886"/>
       <c r="O886"/>
       <c r="P886"/>
       <c r="Q886" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="887" spans="1:17">
       <c r="A887">
-        <v>67998</v>
+        <v>67996</v>
       </c>
       <c r="B887" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="C887"/>
       <c r="D887"/>
       <c r="E887" t="s">
         <v>373</v>
       </c>
       <c r="F887" t="s">
         <v>374</v>
       </c>
       <c r="G887"/>
       <c r="H887" t="s">
         <v>23</v>
       </c>
       <c r="I887" t="s">
         <v>42</v>
       </c>
       <c r="J887"/>
       <c r="K887"/>
       <c r="L887"/>
       <c r="M887"/>
       <c r="N887"/>
       <c r="O887"/>
       <c r="P887"/>
       <c r="Q887" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="888" spans="1:17">
       <c r="A888">
-        <v>67997</v>
+        <v>67942</v>
       </c>
       <c r="B888" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="C888"/>
       <c r="D888"/>
       <c r="E888" t="s">
         <v>373</v>
       </c>
       <c r="F888" t="s">
         <v>374</v>
       </c>
       <c r="G888"/>
       <c r="H888" t="s">
         <v>23</v>
       </c>
       <c r="I888" t="s">
         <v>42</v>
       </c>
       <c r="J888"/>
       <c r="K888"/>
       <c r="L888"/>
       <c r="M888"/>
       <c r="N888"/>
       <c r="O888"/>
       <c r="P888"/>
       <c r="Q888" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="889" spans="1:17">
       <c r="A889">
-        <v>67996</v>
+        <v>15780</v>
       </c>
       <c r="B889" t="s">
-        <v>1582</v>
-[...2 lines deleted...]
-      <c r="D889"/>
+        <v>1580</v>
+      </c>
+      <c r="C889" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D889" t="s">
+        <v>455</v>
+      </c>
       <c r="E889" t="s">
         <v>373</v>
       </c>
       <c r="F889" t="s">
         <v>374</v>
       </c>
       <c r="G889"/>
       <c r="H889" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I889" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J889"/>
       <c r="K889"/>
       <c r="L889"/>
       <c r="M889"/>
       <c r="N889"/>
       <c r="O889"/>
       <c r="P889"/>
       <c r="Q889" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="890" spans="1:17">
       <c r="A890">
-        <v>67942</v>
+        <v>15807</v>
       </c>
       <c r="B890" t="s">
-        <v>1583</v>
-[...2 lines deleted...]
-      <c r="D890"/>
+        <v>1582</v>
+      </c>
+      <c r="C890" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D890" t="s">
+        <v>932</v>
+      </c>
       <c r="E890" t="s">
         <v>373</v>
       </c>
       <c r="F890" t="s">
         <v>374</v>
       </c>
       <c r="G890"/>
       <c r="H890" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I890" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J890"/>
       <c r="K890"/>
       <c r="L890"/>
       <c r="M890"/>
       <c r="N890"/>
       <c r="O890"/>
       <c r="P890"/>
       <c r="Q890" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="891" spans="1:17">
       <c r="A891">
-        <v>15780</v>
+        <v>15808</v>
       </c>
       <c r="B891" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C891" t="s">
         <v>1584</v>
       </c>
-      <c r="C891" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D891" t="s">
-        <v>455</v>
+        <v>1183</v>
       </c>
       <c r="E891" t="s">
         <v>373</v>
       </c>
       <c r="F891" t="s">
         <v>374</v>
       </c>
       <c r="G891"/>
       <c r="H891" t="s">
         <v>173</v>
       </c>
       <c r="I891" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J891"/>
       <c r="K891"/>
       <c r="L891"/>
       <c r="M891"/>
       <c r="N891"/>
       <c r="O891"/>
       <c r="P891"/>
       <c r="Q891" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="892" spans="1:17">
       <c r="A892">
-        <v>15807</v>
+        <v>29859</v>
       </c>
       <c r="B892" t="s">
-        <v>1586</v>
-[...6 lines deleted...]
-      </c>
+        <v>1585</v>
+      </c>
+      <c r="C892"/>
+      <c r="D892"/>
       <c r="E892" t="s">
         <v>373</v>
       </c>
       <c r="F892" t="s">
         <v>374</v>
       </c>
       <c r="G892"/>
       <c r="H892" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I892" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J892"/>
       <c r="K892"/>
       <c r="L892"/>
       <c r="M892"/>
       <c r="N892"/>
       <c r="O892"/>
       <c r="P892"/>
       <c r="Q892" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="893" spans="1:17">
       <c r="A893">
-        <v>15808</v>
+        <v>33919</v>
       </c>
       <c r="B893" t="s">
-        <v>1587</v>
-[...6 lines deleted...]
-      </c>
+        <v>1586</v>
+      </c>
+      <c r="C893"/>
+      <c r="D893"/>
       <c r="E893" t="s">
         <v>373</v>
       </c>
       <c r="F893" t="s">
         <v>374</v>
       </c>
       <c r="G893"/>
       <c r="H893" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I893" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J893"/>
       <c r="K893"/>
       <c r="L893"/>
       <c r="M893"/>
       <c r="N893"/>
       <c r="O893"/>
       <c r="P893"/>
       <c r="Q893" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="894" spans="1:17">
       <c r="A894">
-        <v>29859</v>
+        <v>67330</v>
       </c>
       <c r="B894" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="C894"/>
       <c r="D894"/>
       <c r="E894" t="s">
         <v>373</v>
       </c>
       <c r="F894" t="s">
         <v>374</v>
       </c>
       <c r="G894"/>
       <c r="H894" t="s">
         <v>23</v>
       </c>
       <c r="I894" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J894"/>
       <c r="K894"/>
       <c r="L894"/>
       <c r="M894"/>
       <c r="N894"/>
       <c r="O894"/>
       <c r="P894"/>
       <c r="Q894" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="895" spans="1:17">
       <c r="A895">
-        <v>33919</v>
+        <v>7236</v>
       </c>
       <c r="B895" t="s">
-        <v>1590</v>
+        <v>1588</v>
       </c>
       <c r="C895"/>
       <c r="D895"/>
       <c r="E895" t="s">
         <v>373</v>
       </c>
       <c r="F895" t="s">
         <v>374</v>
       </c>
       <c r="G895"/>
       <c r="H895" t="s">
         <v>23</v>
       </c>
       <c r="I895" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J895"/>
       <c r="K895"/>
       <c r="L895"/>
       <c r="M895"/>
       <c r="N895"/>
       <c r="O895"/>
-      <c r="P895"/>
+      <c r="P895" t="s">
+        <v>1589</v>
+      </c>
       <c r="Q895" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="896" spans="1:17">
       <c r="A896">
-        <v>67330</v>
+        <v>7238</v>
       </c>
       <c r="B896" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C896" t="s">
         <v>1591</v>
       </c>
-      <c r="C896"/>
-      <c r="D896"/>
+      <c r="D896" t="s">
+        <v>1592</v>
+      </c>
       <c r="E896" t="s">
         <v>373</v>
       </c>
       <c r="F896" t="s">
         <v>374</v>
       </c>
       <c r="G896"/>
       <c r="H896" t="s">
         <v>23</v>
       </c>
       <c r="I896" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J896"/>
       <c r="K896"/>
       <c r="L896"/>
       <c r="M896"/>
       <c r="N896"/>
       <c r="O896"/>
       <c r="P896"/>
       <c r="Q896" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="897" spans="1:17">
       <c r="A897">
-        <v>7236</v>
+        <v>7383</v>
       </c>
       <c r="B897" t="s">
-        <v>1592</v>
-[...2 lines deleted...]
-      <c r="D897"/>
+        <v>1593</v>
+      </c>
+      <c r="C897" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D897" t="s">
+        <v>1595</v>
+      </c>
       <c r="E897" t="s">
         <v>373</v>
       </c>
       <c r="F897" t="s">
         <v>374</v>
       </c>
       <c r="G897"/>
       <c r="H897" t="s">
         <v>23</v>
       </c>
       <c r="I897" t="s">
         <v>24</v>
       </c>
       <c r="J897"/>
       <c r="K897"/>
       <c r="L897"/>
       <c r="M897"/>
       <c r="N897"/>
       <c r="O897"/>
-      <c r="P897" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P897"/>
       <c r="Q897" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="898" spans="1:17">
       <c r="A898">
-        <v>7238</v>
+        <v>7385</v>
       </c>
       <c r="B898" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="C898" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="D898" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="E898" t="s">
         <v>373</v>
       </c>
       <c r="F898" t="s">
         <v>374</v>
       </c>
       <c r="G898"/>
       <c r="H898" t="s">
         <v>23</v>
       </c>
       <c r="I898" t="s">
         <v>24</v>
       </c>
       <c r="J898"/>
       <c r="K898"/>
       <c r="L898"/>
       <c r="M898"/>
       <c r="N898"/>
       <c r="O898"/>
-      <c r="P898"/>
+      <c r="P898" t="s">
+        <v>1599</v>
+      </c>
       <c r="Q898" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="899" spans="1:17">
       <c r="A899">
-        <v>7383</v>
+        <v>35999</v>
       </c>
       <c r="B899" t="s">
-        <v>1597</v>
-[...6 lines deleted...]
-      </c>
+        <v>1600</v>
+      </c>
+      <c r="C899"/>
+      <c r="D899"/>
       <c r="E899" t="s">
         <v>373</v>
       </c>
       <c r="F899" t="s">
         <v>374</v>
       </c>
       <c r="G899"/>
       <c r="H899" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I899" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J899"/>
       <c r="K899"/>
       <c r="L899"/>
       <c r="M899"/>
       <c r="N899"/>
       <c r="O899"/>
       <c r="P899"/>
       <c r="Q899" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="900" spans="1:17">
       <c r="A900">
-        <v>7385</v>
+        <v>67277</v>
       </c>
       <c r="B900" t="s">
-        <v>1600</v>
-[...1 lines deleted...]
-      <c r="C900" t="s">
         <v>1601</v>
       </c>
-      <c r="D900" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C900"/>
+      <c r="D900"/>
       <c r="E900" t="s">
         <v>373</v>
       </c>
       <c r="F900" t="s">
         <v>374</v>
       </c>
       <c r="G900"/>
       <c r="H900" t="s">
         <v>23</v>
       </c>
       <c r="I900" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J900"/>
       <c r="K900"/>
       <c r="L900"/>
       <c r="M900"/>
       <c r="N900"/>
       <c r="O900"/>
-      <c r="P900" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P900"/>
       <c r="Q900" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="901" spans="1:17">
       <c r="A901">
-        <v>35999</v>
+        <v>67274</v>
       </c>
       <c r="B901" t="s">
-        <v>1604</v>
+        <v>1602</v>
       </c>
       <c r="C901"/>
       <c r="D901"/>
       <c r="E901" t="s">
         <v>373</v>
       </c>
       <c r="F901" t="s">
         <v>374</v>
       </c>
       <c r="G901"/>
       <c r="H901" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I901" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J901"/>
       <c r="K901"/>
       <c r="L901"/>
       <c r="M901"/>
       <c r="N901"/>
       <c r="O901"/>
       <c r="P901"/>
       <c r="Q901" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="902" spans="1:17">
       <c r="A902">
-        <v>67277</v>
+        <v>67272</v>
       </c>
       <c r="B902" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="C902"/>
       <c r="D902"/>
       <c r="E902" t="s">
         <v>373</v>
       </c>
       <c r="F902" t="s">
         <v>374</v>
       </c>
       <c r="G902"/>
       <c r="H902" t="s">
         <v>23</v>
       </c>
       <c r="I902" t="s">
         <v>42</v>
       </c>
       <c r="J902"/>
       <c r="K902"/>
       <c r="L902"/>
       <c r="M902"/>
       <c r="N902"/>
       <c r="O902"/>
       <c r="P902"/>
       <c r="Q902" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="903" spans="1:17">
       <c r="A903">
-        <v>67274</v>
+        <v>67283</v>
       </c>
       <c r="B903" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
       <c r="C903"/>
       <c r="D903"/>
       <c r="E903" t="s">
         <v>373</v>
       </c>
       <c r="F903" t="s">
         <v>374</v>
       </c>
       <c r="G903"/>
       <c r="H903" t="s">
         <v>23</v>
       </c>
       <c r="I903" t="s">
         <v>42</v>
       </c>
       <c r="J903"/>
       <c r="K903"/>
       <c r="L903"/>
       <c r="M903"/>
       <c r="N903"/>
       <c r="O903"/>
       <c r="P903"/>
       <c r="Q903" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="904" spans="1:17">
       <c r="A904">
-        <v>67272</v>
+        <v>67234</v>
       </c>
       <c r="B904" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="C904"/>
       <c r="D904"/>
       <c r="E904" t="s">
         <v>373</v>
       </c>
       <c r="F904" t="s">
         <v>374</v>
       </c>
       <c r="G904"/>
       <c r="H904" t="s">
         <v>23</v>
       </c>
       <c r="I904" t="s">
         <v>42</v>
       </c>
       <c r="J904"/>
       <c r="K904"/>
       <c r="L904"/>
       <c r="M904"/>
       <c r="N904"/>
       <c r="O904"/>
       <c r="P904"/>
       <c r="Q904" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="905" spans="1:17">
       <c r="A905">
-        <v>67283</v>
+        <v>67766</v>
       </c>
       <c r="B905" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="C905"/>
       <c r="D905"/>
       <c r="E905" t="s">
         <v>373</v>
       </c>
       <c r="F905" t="s">
         <v>374</v>
       </c>
       <c r="G905"/>
       <c r="H905" t="s">
         <v>23</v>
       </c>
       <c r="I905" t="s">
         <v>42</v>
       </c>
       <c r="J905"/>
       <c r="K905"/>
       <c r="L905"/>
       <c r="M905"/>
       <c r="N905"/>
       <c r="O905"/>
       <c r="P905"/>
       <c r="Q905" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="906" spans="1:17">
       <c r="A906">
-        <v>67234</v>
+        <v>67777</v>
       </c>
       <c r="B906" t="s">
-        <v>1609</v>
-[...2 lines deleted...]
-      <c r="D906"/>
+        <v>1607</v>
+      </c>
+      <c r="C906" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D906" t="s">
+        <v>34</v>
+      </c>
       <c r="E906" t="s">
         <v>373</v>
       </c>
       <c r="F906" t="s">
         <v>374</v>
       </c>
       <c r="G906"/>
       <c r="H906" t="s">
         <v>23</v>
       </c>
       <c r="I906" t="s">
         <v>42</v>
       </c>
       <c r="J906"/>
       <c r="K906"/>
       <c r="L906"/>
       <c r="M906"/>
       <c r="N906"/>
       <c r="O906"/>
       <c r="P906"/>
       <c r="Q906" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="907" spans="1:17">
       <c r="A907">
-        <v>67766</v>
+        <v>67637</v>
       </c>
       <c r="B907" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C907" t="s">
         <v>1610</v>
       </c>
-      <c r="C907"/>
-      <c r="D907"/>
+      <c r="D907" t="s">
+        <v>34</v>
+      </c>
       <c r="E907" t="s">
         <v>373</v>
       </c>
       <c r="F907" t="s">
         <v>374</v>
       </c>
       <c r="G907"/>
       <c r="H907" t="s">
         <v>23</v>
       </c>
       <c r="I907" t="s">
         <v>42</v>
       </c>
       <c r="J907"/>
       <c r="K907"/>
       <c r="L907"/>
       <c r="M907"/>
       <c r="N907"/>
       <c r="O907"/>
       <c r="P907"/>
       <c r="Q907" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="908" spans="1:17">
       <c r="A908">
-        <v>67777</v>
+        <v>67685</v>
       </c>
       <c r="B908" t="s">
         <v>1611</v>
       </c>
       <c r="C908" t="s">
         <v>1612</v>
       </c>
       <c r="D908" t="s">
         <v>34</v>
       </c>
       <c r="E908" t="s">
         <v>373</v>
       </c>
       <c r="F908" t="s">
         <v>374</v>
       </c>
       <c r="G908"/>
       <c r="H908" t="s">
         <v>23</v>
       </c>
       <c r="I908" t="s">
         <v>42</v>
       </c>
       <c r="J908"/>
       <c r="K908"/>
       <c r="L908"/>
       <c r="M908"/>
       <c r="N908"/>
       <c r="O908"/>
       <c r="P908"/>
       <c r="Q908" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="909" spans="1:17">
       <c r="A909">
-        <v>67637</v>
+        <v>67582</v>
       </c>
       <c r="B909" t="s">
         <v>1613</v>
       </c>
-      <c r="C909" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C909"/>
+      <c r="D909"/>
       <c r="E909" t="s">
         <v>373</v>
       </c>
       <c r="F909" t="s">
         <v>374</v>
       </c>
       <c r="G909"/>
       <c r="H909" t="s">
         <v>23</v>
       </c>
       <c r="I909" t="s">
         <v>42</v>
       </c>
       <c r="J909"/>
       <c r="K909"/>
       <c r="L909"/>
       <c r="M909"/>
       <c r="N909"/>
       <c r="O909"/>
       <c r="P909"/>
       <c r="Q909" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="910" spans="1:17">
       <c r="A910">
-        <v>67685</v>
+        <v>67615</v>
       </c>
       <c r="B910" t="s">
-        <v>1615</v>
-[...6 lines deleted...]
-      </c>
+        <v>1614</v>
+      </c>
+      <c r="C910"/>
+      <c r="D910"/>
       <c r="E910" t="s">
         <v>373</v>
       </c>
       <c r="F910" t="s">
         <v>374</v>
       </c>
       <c r="G910"/>
       <c r="H910" t="s">
         <v>23</v>
       </c>
       <c r="I910" t="s">
         <v>42</v>
       </c>
       <c r="J910"/>
       <c r="K910"/>
       <c r="L910"/>
       <c r="M910"/>
       <c r="N910"/>
       <c r="O910"/>
       <c r="P910"/>
       <c r="Q910" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="911" spans="1:17">
       <c r="A911">
-        <v>67582</v>
+        <v>69610</v>
       </c>
       <c r="B911" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="C911"/>
       <c r="D911"/>
       <c r="E911" t="s">
         <v>373</v>
       </c>
       <c r="F911" t="s">
         <v>374</v>
       </c>
       <c r="G911"/>
       <c r="H911" t="s">
         <v>23</v>
       </c>
       <c r="I911" t="s">
         <v>42</v>
       </c>
       <c r="J911"/>
       <c r="K911"/>
       <c r="L911"/>
       <c r="M911"/>
       <c r="N911"/>
       <c r="O911"/>
       <c r="P911"/>
       <c r="Q911" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="912" spans="1:17">
       <c r="A912">
-        <v>67615</v>
+        <v>69591</v>
       </c>
       <c r="B912" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="C912"/>
       <c r="D912"/>
       <c r="E912" t="s">
         <v>373</v>
       </c>
       <c r="F912" t="s">
         <v>374</v>
       </c>
       <c r="G912"/>
       <c r="H912" t="s">
         <v>23</v>
       </c>
       <c r="I912" t="s">
         <v>42</v>
       </c>
       <c r="J912"/>
       <c r="K912"/>
       <c r="L912"/>
       <c r="M912"/>
       <c r="N912"/>
       <c r="O912"/>
       <c r="P912"/>
       <c r="Q912" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="913" spans="1:17">
       <c r="A913">
-        <v>69610</v>
+        <v>25009</v>
       </c>
       <c r="B913" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="C913"/>
       <c r="D913"/>
       <c r="E913" t="s">
         <v>373</v>
       </c>
       <c r="F913" t="s">
         <v>374</v>
       </c>
       <c r="G913"/>
       <c r="H913" t="s">
         <v>23</v>
       </c>
       <c r="I913" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J913"/>
       <c r="K913"/>
       <c r="L913"/>
       <c r="M913"/>
       <c r="N913"/>
       <c r="O913"/>
-      <c r="P913"/>
+      <c r="P913" t="s">
+        <v>1618</v>
+      </c>
       <c r="Q913" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="914" spans="1:17">
       <c r="A914">
-        <v>69591</v>
+        <v>69427</v>
       </c>
       <c r="B914" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
       <c r="C914"/>
       <c r="D914"/>
       <c r="E914" t="s">
         <v>373</v>
       </c>
       <c r="F914" t="s">
         <v>374</v>
       </c>
       <c r="G914"/>
       <c r="H914" t="s">
         <v>23</v>
       </c>
       <c r="I914" t="s">
         <v>42</v>
       </c>
       <c r="J914"/>
       <c r="K914"/>
       <c r="L914"/>
       <c r="M914"/>
       <c r="N914"/>
       <c r="O914"/>
       <c r="P914"/>
       <c r="Q914" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="915" spans="1:17">
       <c r="A915">
-        <v>25009</v>
+        <v>69426</v>
       </c>
       <c r="B915" t="s">
-        <v>1621</v>
+        <v>1620</v>
       </c>
       <c r="C915"/>
       <c r="D915"/>
       <c r="E915" t="s">
         <v>373</v>
       </c>
       <c r="F915" t="s">
         <v>374</v>
       </c>
       <c r="G915"/>
       <c r="H915" t="s">
         <v>23</v>
       </c>
       <c r="I915" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J915"/>
       <c r="K915"/>
       <c r="L915"/>
       <c r="M915"/>
       <c r="N915"/>
       <c r="O915"/>
-      <c r="P915" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P915"/>
       <c r="Q915" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="916" spans="1:17">
       <c r="A916">
-        <v>69427</v>
+        <v>7540</v>
       </c>
       <c r="B916" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C916" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D916" t="s">
         <v>1623</v>
       </c>
-      <c r="C916"/>
-      <c r="D916"/>
       <c r="E916" t="s">
         <v>373</v>
       </c>
       <c r="F916" t="s">
         <v>374</v>
       </c>
       <c r="G916"/>
       <c r="H916" t="s">
         <v>23</v>
       </c>
       <c r="I916" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J916"/>
       <c r="K916"/>
       <c r="L916"/>
       <c r="M916"/>
       <c r="N916"/>
       <c r="O916"/>
-      <c r="P916"/>
+      <c r="P916" t="s">
+        <v>1624</v>
+      </c>
       <c r="Q916" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="917" spans="1:17">
       <c r="A917">
-        <v>69426</v>
+        <v>7752</v>
       </c>
       <c r="B917" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="C917"/>
       <c r="D917"/>
       <c r="E917" t="s">
         <v>373</v>
       </c>
       <c r="F917" t="s">
         <v>374</v>
       </c>
       <c r="G917"/>
       <c r="H917" t="s">
         <v>23</v>
       </c>
       <c r="I917" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J917"/>
       <c r="K917"/>
       <c r="L917"/>
       <c r="M917"/>
       <c r="N917"/>
       <c r="O917"/>
-      <c r="P917"/>
+      <c r="P917" t="s">
+        <v>1626</v>
+      </c>
       <c r="Q917" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="918" spans="1:17">
       <c r="A918">
-        <v>7540</v>
+        <v>68698</v>
       </c>
       <c r="B918" t="s">
-        <v>1625</v>
-[...4 lines deleted...]
-      <c r="D918" t="s">
         <v>1627</v>
       </c>
+      <c r="C918"/>
+      <c r="D918"/>
       <c r="E918" t="s">
         <v>373</v>
       </c>
       <c r="F918" t="s">
         <v>374</v>
       </c>
       <c r="G918"/>
       <c r="H918" t="s">
         <v>23</v>
       </c>
       <c r="I918" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J918"/>
       <c r="K918"/>
       <c r="L918"/>
       <c r="M918"/>
       <c r="N918"/>
       <c r="O918"/>
-      <c r="P918" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P918"/>
       <c r="Q918" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="919" spans="1:17">
       <c r="A919">
-        <v>7752</v>
+        <v>21734</v>
       </c>
       <c r="B919" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C919" t="s">
         <v>1629</v>
       </c>
-      <c r="C919"/>
-      <c r="D919"/>
+      <c r="D919" t="s">
+        <v>68</v>
+      </c>
       <c r="E919" t="s">
         <v>373</v>
       </c>
       <c r="F919" t="s">
         <v>374</v>
       </c>
       <c r="G919"/>
       <c r="H919" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I919" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J919"/>
       <c r="K919"/>
       <c r="L919"/>
       <c r="M919"/>
       <c r="N919"/>
       <c r="O919"/>
-      <c r="P919" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P919"/>
       <c r="Q919" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="920" spans="1:17">
       <c r="A920">
-        <v>68698</v>
+        <v>7812</v>
       </c>
       <c r="B920" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C920" t="s">
         <v>1631</v>
       </c>
-      <c r="C920"/>
-      <c r="D920"/>
+      <c r="D920" t="s">
+        <v>1632</v>
+      </c>
       <c r="E920" t="s">
         <v>373</v>
       </c>
       <c r="F920" t="s">
         <v>374</v>
       </c>
       <c r="G920"/>
       <c r="H920" t="s">
         <v>23</v>
       </c>
       <c r="I920" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J920"/>
       <c r="K920"/>
       <c r="L920"/>
       <c r="M920"/>
       <c r="N920"/>
       <c r="O920"/>
-      <c r="P920"/>
+      <c r="P920" t="s">
+        <v>1633</v>
+      </c>
       <c r="Q920" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="921" spans="1:17">
       <c r="A921">
-        <v>21734</v>
+        <v>21735</v>
       </c>
       <c r="B921" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="C921" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="D921" t="s">
-        <v>68</v>
+        <v>1636</v>
       </c>
       <c r="E921" t="s">
         <v>373</v>
       </c>
       <c r="F921" t="s">
         <v>374</v>
       </c>
       <c r="G921"/>
       <c r="H921" t="s">
         <v>173</v>
       </c>
       <c r="I921" t="s">
         <v>42</v>
       </c>
       <c r="J921"/>
       <c r="K921"/>
       <c r="L921"/>
       <c r="M921"/>
       <c r="N921"/>
       <c r="O921"/>
       <c r="P921"/>
       <c r="Q921" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="922" spans="1:17">
       <c r="A922">
-        <v>7812</v>
+        <v>6364</v>
       </c>
       <c r="B922" t="s">
-        <v>1634</v>
-[...6 lines deleted...]
-      </c>
+        <v>1637</v>
+      </c>
+      <c r="C922"/>
+      <c r="D922"/>
       <c r="E922" t="s">
         <v>373</v>
       </c>
       <c r="F922" t="s">
         <v>374</v>
       </c>
       <c r="G922"/>
       <c r="H922" t="s">
         <v>23</v>
       </c>
       <c r="I922" t="s">
         <v>24</v>
       </c>
       <c r="J922"/>
       <c r="K922"/>
       <c r="L922"/>
       <c r="M922"/>
       <c r="N922"/>
       <c r="O922"/>
       <c r="P922" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="Q922" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="923" spans="1:17">
       <c r="A923">
-        <v>21735</v>
+        <v>26366</v>
       </c>
       <c r="B923" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="C923" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="D923" t="s">
-        <v>1640</v>
+        <v>34</v>
       </c>
       <c r="E923" t="s">
         <v>373</v>
       </c>
       <c r="F923" t="s">
         <v>374</v>
       </c>
       <c r="G923"/>
       <c r="H923" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I923" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J923"/>
       <c r="K923"/>
       <c r="L923"/>
       <c r="M923"/>
       <c r="N923"/>
       <c r="O923"/>
       <c r="P923"/>
       <c r="Q923" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="924" spans="1:17">
       <c r="A924">
-        <v>6364</v>
+        <v>36137</v>
       </c>
       <c r="B924" t="s">
         <v>1641</v>
       </c>
       <c r="C924"/>
       <c r="D924"/>
       <c r="E924" t="s">
         <v>373</v>
       </c>
       <c r="F924" t="s">
         <v>374</v>
       </c>
       <c r="G924"/>
       <c r="H924" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I924" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J924"/>
       <c r="K924"/>
       <c r="L924"/>
       <c r="M924"/>
       <c r="N924"/>
       <c r="O924"/>
-      <c r="P924" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P924"/>
       <c r="Q924" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="925" spans="1:17">
       <c r="A925">
-        <v>26366</v>
+        <v>8002</v>
       </c>
       <c r="B925" t="s">
-        <v>1643</v>
-[...6 lines deleted...]
-      </c>
+        <v>1642</v>
+      </c>
+      <c r="C925"/>
+      <c r="D925"/>
       <c r="E925" t="s">
         <v>373</v>
       </c>
       <c r="F925" t="s">
         <v>374</v>
       </c>
       <c r="G925"/>
       <c r="H925" t="s">
         <v>23</v>
       </c>
       <c r="I925" t="s">
         <v>24</v>
       </c>
       <c r="J925"/>
       <c r="K925"/>
       <c r="L925"/>
       <c r="M925"/>
       <c r="N925"/>
       <c r="O925"/>
       <c r="P925"/>
       <c r="Q925" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="926" spans="1:17">
       <c r="A926">
-        <v>36137</v>
+        <v>15360</v>
       </c>
       <c r="B926" t="s">
-        <v>1645</v>
+        <v>1643</v>
       </c>
       <c r="C926"/>
       <c r="D926"/>
       <c r="E926" t="s">
         <v>373</v>
       </c>
       <c r="F926" t="s">
         <v>374</v>
       </c>
       <c r="G926"/>
       <c r="H926" t="s">
         <v>173</v>
       </c>
       <c r="I926" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J926"/>
       <c r="K926"/>
       <c r="L926"/>
       <c r="M926"/>
       <c r="N926"/>
       <c r="O926"/>
       <c r="P926"/>
       <c r="Q926" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="927" spans="1:17">
       <c r="A927">
-        <v>8002</v>
+        <v>8125</v>
       </c>
       <c r="B927" t="s">
-        <v>1646</v>
-[...2 lines deleted...]
-      <c r="D927"/>
+        <v>1644</v>
+      </c>
+      <c r="C927" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D927" t="s">
+        <v>34</v>
+      </c>
       <c r="E927" t="s">
         <v>373</v>
       </c>
       <c r="F927" t="s">
         <v>374</v>
       </c>
       <c r="G927"/>
       <c r="H927" t="s">
         <v>23</v>
       </c>
       <c r="I927" t="s">
         <v>24</v>
       </c>
       <c r="J927"/>
       <c r="K927"/>
       <c r="L927"/>
       <c r="M927"/>
       <c r="N927"/>
       <c r="O927"/>
       <c r="P927"/>
       <c r="Q927" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="928" spans="1:17">
       <c r="A928">
-        <v>15360</v>
+        <v>15810</v>
       </c>
       <c r="B928" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C928" t="s">
         <v>1647</v>
       </c>
-      <c r="C928"/>
-      <c r="D928"/>
+      <c r="D928" t="s">
+        <v>1183</v>
+      </c>
       <c r="E928" t="s">
         <v>373</v>
       </c>
       <c r="F928" t="s">
         <v>374</v>
       </c>
       <c r="G928"/>
       <c r="H928" t="s">
         <v>173</v>
       </c>
       <c r="I928" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J928"/>
       <c r="K928"/>
       <c r="L928"/>
       <c r="M928"/>
       <c r="N928"/>
       <c r="O928"/>
       <c r="P928"/>
       <c r="Q928" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="929" spans="1:17">
       <c r="A929">
-        <v>8125</v>
+        <v>15811</v>
       </c>
       <c r="B929" t="s">
         <v>1648</v>
       </c>
       <c r="C929" t="s">
         <v>1649</v>
       </c>
       <c r="D929" t="s">
-        <v>34</v>
+        <v>932</v>
       </c>
       <c r="E929" t="s">
         <v>373</v>
       </c>
       <c r="F929" t="s">
         <v>374</v>
       </c>
       <c r="G929"/>
       <c r="H929" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I929" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J929"/>
       <c r="K929"/>
       <c r="L929"/>
       <c r="M929"/>
       <c r="N929"/>
       <c r="O929"/>
       <c r="P929"/>
       <c r="Q929" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="930" spans="1:17">
       <c r="A930">
-        <v>15810</v>
+        <v>15781</v>
       </c>
       <c r="B930" t="s">
         <v>1650</v>
       </c>
       <c r="C930" t="s">
         <v>1651</v>
       </c>
       <c r="D930" t="s">
-        <v>1187</v>
+        <v>19</v>
       </c>
       <c r="E930" t="s">
         <v>373</v>
       </c>
       <c r="F930" t="s">
         <v>374</v>
       </c>
       <c r="G930"/>
       <c r="H930" t="s">
         <v>173</v>
       </c>
       <c r="I930" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J930"/>
       <c r="K930"/>
       <c r="L930"/>
       <c r="M930"/>
       <c r="N930"/>
       <c r="O930"/>
       <c r="P930"/>
       <c r="Q930" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="931" spans="1:17">
       <c r="A931">
-        <v>15811</v>
+        <v>36169</v>
       </c>
       <c r="B931" t="s">
         <v>1652</v>
       </c>
-      <c r="C931" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C931"/>
+      <c r="D931"/>
       <c r="E931" t="s">
         <v>373</v>
       </c>
       <c r="F931" t="s">
         <v>374</v>
       </c>
       <c r="G931"/>
       <c r="H931" t="s">
         <v>173</v>
       </c>
       <c r="I931" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J931"/>
       <c r="K931"/>
       <c r="L931"/>
       <c r="M931"/>
       <c r="N931"/>
       <c r="O931"/>
       <c r="P931"/>
       <c r="Q931" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="932" spans="1:17">
       <c r="A932">
-        <v>15781</v>
+        <v>21728</v>
       </c>
       <c r="B932" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C932" t="s">
         <v>1654</v>
       </c>
-      <c r="C932" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D932" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
       <c r="E932" t="s">
         <v>373</v>
       </c>
       <c r="F932" t="s">
         <v>374</v>
       </c>
       <c r="G932"/>
       <c r="H932" t="s">
         <v>173</v>
       </c>
       <c r="I932" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J932"/>
       <c r="K932"/>
       <c r="L932"/>
       <c r="M932"/>
       <c r="N932"/>
       <c r="O932"/>
       <c r="P932"/>
       <c r="Q932" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="933" spans="1:17">
       <c r="A933">
-        <v>36169</v>
+        <v>21729</v>
       </c>
       <c r="B933" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C933" t="s">
         <v>1656</v>
       </c>
-      <c r="C933"/>
-      <c r="D933"/>
+      <c r="D933" t="s">
+        <v>61</v>
+      </c>
       <c r="E933" t="s">
         <v>373</v>
       </c>
       <c r="F933" t="s">
         <v>374</v>
       </c>
       <c r="G933"/>
       <c r="H933" t="s">
         <v>173</v>
       </c>
       <c r="I933" t="s">
         <v>42</v>
       </c>
       <c r="J933"/>
       <c r="K933"/>
       <c r="L933"/>
       <c r="M933"/>
       <c r="N933"/>
       <c r="O933"/>
       <c r="P933"/>
       <c r="Q933" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="934" spans="1:17">
       <c r="A934">
-        <v>21728</v>
+        <v>21731</v>
       </c>
       <c r="B934" t="s">
         <v>1657</v>
       </c>
       <c r="C934" t="s">
         <v>1658</v>
       </c>
       <c r="D934" t="s">
-        <v>68</v>
+        <v>1636</v>
       </c>
       <c r="E934" t="s">
         <v>373</v>
       </c>
       <c r="F934" t="s">
         <v>374</v>
       </c>
       <c r="G934"/>
       <c r="H934" t="s">
         <v>173</v>
       </c>
       <c r="I934" t="s">
         <v>42</v>
       </c>
       <c r="J934"/>
       <c r="K934"/>
       <c r="L934"/>
       <c r="M934"/>
       <c r="N934"/>
       <c r="O934"/>
       <c r="P934"/>
       <c r="Q934" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="935" spans="1:17">
       <c r="A935">
-        <v>21729</v>
+        <v>21736</v>
       </c>
       <c r="B935" t="s">
         <v>1659</v>
       </c>
       <c r="C935" t="s">
         <v>1660</v>
       </c>
       <c r="D935" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="E935" t="s">
         <v>373</v>
       </c>
       <c r="F935" t="s">
         <v>374</v>
       </c>
       <c r="G935"/>
       <c r="H935" t="s">
         <v>173</v>
       </c>
       <c r="I935" t="s">
         <v>42</v>
       </c>
       <c r="J935"/>
       <c r="K935"/>
       <c r="L935"/>
       <c r="M935"/>
       <c r="N935"/>
       <c r="O935"/>
       <c r="P935"/>
       <c r="Q935" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="936" spans="1:17">
       <c r="A936">
-        <v>21731</v>
+        <v>21738</v>
       </c>
       <c r="B936" t="s">
         <v>1661</v>
       </c>
       <c r="C936" t="s">
         <v>1662</v>
       </c>
       <c r="D936" t="s">
-        <v>1640</v>
+        <v>68</v>
       </c>
       <c r="E936" t="s">
         <v>373</v>
       </c>
       <c r="F936" t="s">
         <v>374</v>
       </c>
       <c r="G936"/>
       <c r="H936" t="s">
         <v>173</v>
       </c>
       <c r="I936" t="s">
         <v>42</v>
       </c>
       <c r="J936"/>
       <c r="K936"/>
       <c r="L936"/>
       <c r="M936"/>
       <c r="N936"/>
       <c r="O936"/>
       <c r="P936"/>
       <c r="Q936" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="937" spans="1:17">
       <c r="A937">
-        <v>21736</v>
+        <v>21739</v>
       </c>
       <c r="B937" t="s">
         <v>1663</v>
       </c>
       <c r="C937" t="s">
         <v>1664</v>
       </c>
       <c r="D937" t="s">
         <v>68</v>
       </c>
       <c r="E937" t="s">
         <v>373</v>
       </c>
       <c r="F937" t="s">
         <v>374</v>
       </c>
       <c r="G937"/>
       <c r="H937" t="s">
         <v>173</v>
       </c>
       <c r="I937" t="s">
         <v>42</v>
       </c>
       <c r="J937"/>
       <c r="K937"/>
       <c r="L937"/>
       <c r="M937"/>
       <c r="N937"/>
       <c r="O937"/>
       <c r="P937"/>
       <c r="Q937" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="938" spans="1:17">
       <c r="A938">
-        <v>21738</v>
+        <v>21740</v>
       </c>
       <c r="B938" t="s">
         <v>1665</v>
       </c>
       <c r="C938" t="s">
         <v>1666</v>
       </c>
       <c r="D938" t="s">
         <v>68</v>
       </c>
       <c r="E938" t="s">
         <v>373</v>
       </c>
       <c r="F938" t="s">
         <v>374</v>
       </c>
       <c r="G938"/>
       <c r="H938" t="s">
         <v>173</v>
       </c>
       <c r="I938" t="s">
         <v>42</v>
       </c>
       <c r="J938"/>
       <c r="K938"/>
       <c r="L938"/>
       <c r="M938"/>
       <c r="N938"/>
       <c r="O938"/>
       <c r="P938"/>
       <c r="Q938" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="939" spans="1:17">
       <c r="A939">
-        <v>21739</v>
+        <v>21743</v>
       </c>
       <c r="B939" t="s">
         <v>1667</v>
       </c>
       <c r="C939" t="s">
         <v>1668</v>
       </c>
       <c r="D939" t="s">
         <v>68</v>
       </c>
       <c r="E939" t="s">
         <v>373</v>
       </c>
       <c r="F939" t="s">
         <v>374</v>
       </c>
       <c r="G939"/>
       <c r="H939" t="s">
         <v>173</v>
       </c>
       <c r="I939" t="s">
         <v>42</v>
       </c>
       <c r="J939"/>
       <c r="K939"/>
       <c r="L939"/>
       <c r="M939"/>
       <c r="N939"/>
       <c r="O939"/>
       <c r="P939"/>
       <c r="Q939" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="940" spans="1:17">
       <c r="A940">
-        <v>21740</v>
+        <v>21744</v>
       </c>
       <c r="B940" t="s">
         <v>1669</v>
       </c>
       <c r="C940" t="s">
         <v>1670</v>
       </c>
       <c r="D940" t="s">
         <v>68</v>
       </c>
       <c r="E940" t="s">
         <v>373</v>
       </c>
       <c r="F940" t="s">
         <v>374</v>
       </c>
       <c r="G940"/>
       <c r="H940" t="s">
         <v>173</v>
       </c>
       <c r="I940" t="s">
         <v>42</v>
       </c>
       <c r="J940"/>
       <c r="K940"/>
       <c r="L940"/>
       <c r="M940"/>
       <c r="N940"/>
       <c r="O940"/>
       <c r="P940"/>
       <c r="Q940" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="941" spans="1:17">
       <c r="A941">
-        <v>21743</v>
+        <v>21745</v>
       </c>
       <c r="B941" t="s">
         <v>1671</v>
       </c>
       <c r="C941" t="s">
         <v>1672</v>
       </c>
       <c r="D941" t="s">
         <v>68</v>
       </c>
       <c r="E941" t="s">
         <v>373</v>
       </c>
       <c r="F941" t="s">
         <v>374</v>
       </c>
       <c r="G941"/>
       <c r="H941" t="s">
         <v>173</v>
       </c>
       <c r="I941" t="s">
         <v>42</v>
       </c>
       <c r="J941"/>
       <c r="K941"/>
       <c r="L941"/>
       <c r="M941"/>
       <c r="N941"/>
       <c r="O941"/>
       <c r="P941"/>
       <c r="Q941" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="942" spans="1:17">
       <c r="A942">
-        <v>21744</v>
+        <v>21747</v>
       </c>
       <c r="B942" t="s">
         <v>1673</v>
       </c>
-      <c r="C942" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C942"/>
+      <c r="D942"/>
       <c r="E942" t="s">
         <v>373</v>
       </c>
       <c r="F942" t="s">
         <v>374</v>
       </c>
       <c r="G942"/>
       <c r="H942" t="s">
         <v>173</v>
       </c>
       <c r="I942" t="s">
         <v>42</v>
       </c>
       <c r="J942"/>
       <c r="K942"/>
       <c r="L942"/>
       <c r="M942"/>
       <c r="N942"/>
       <c r="O942"/>
       <c r="P942"/>
       <c r="Q942" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="943" spans="1:17">
       <c r="A943">
-        <v>21745</v>
+        <v>15672</v>
       </c>
       <c r="B943" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C943" t="s">
         <v>1675</v>
       </c>
-      <c r="C943" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D943" t="s">
-        <v>68</v>
+        <v>455</v>
       </c>
       <c r="E943" t="s">
         <v>373</v>
       </c>
       <c r="F943" t="s">
         <v>374</v>
       </c>
       <c r="G943"/>
       <c r="H943" t="s">
         <v>173</v>
       </c>
       <c r="I943" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J943"/>
       <c r="K943"/>
       <c r="L943"/>
       <c r="M943"/>
       <c r="N943"/>
       <c r="O943"/>
       <c r="P943"/>
       <c r="Q943" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="944" spans="1:17">
       <c r="A944">
-        <v>21747</v>
+        <v>72347</v>
       </c>
       <c r="B944" t="s">
-        <v>1677</v>
+        <v>1676</v>
       </c>
       <c r="C944"/>
       <c r="D944"/>
       <c r="E944" t="s">
         <v>373</v>
       </c>
       <c r="F944" t="s">
         <v>374</v>
       </c>
       <c r="G944"/>
       <c r="H944" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I944" t="s">
         <v>42</v>
       </c>
       <c r="J944"/>
       <c r="K944"/>
       <c r="L944"/>
       <c r="M944"/>
       <c r="N944"/>
       <c r="O944"/>
       <c r="P944"/>
       <c r="Q944" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="945" spans="1:17">
       <c r="A945">
-        <v>15672</v>
+        <v>34181</v>
       </c>
       <c r="B945" t="s">
-        <v>1678</v>
-[...6 lines deleted...]
-      </c>
+        <v>1677</v>
+      </c>
+      <c r="C945"/>
+      <c r="D945"/>
       <c r="E945" t="s">
         <v>373</v>
       </c>
       <c r="F945" t="s">
         <v>374</v>
       </c>
       <c r="G945"/>
       <c r="H945" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I945" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J945"/>
       <c r="K945"/>
       <c r="L945"/>
       <c r="M945"/>
       <c r="N945"/>
       <c r="O945"/>
       <c r="P945"/>
       <c r="Q945" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="946" spans="1:17">
       <c r="A946">
-        <v>72347</v>
+        <v>15759</v>
       </c>
       <c r="B946" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C946" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D946" t="s">
         <v>1680</v>
       </c>
-      <c r="C946"/>
-      <c r="D946"/>
       <c r="E946" t="s">
         <v>373</v>
       </c>
       <c r="F946" t="s">
         <v>374</v>
       </c>
       <c r="G946"/>
       <c r="H946" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I946" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J946"/>
       <c r="K946"/>
       <c r="L946"/>
       <c r="M946"/>
       <c r="N946"/>
       <c r="O946"/>
       <c r="P946"/>
       <c r="Q946" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="947" spans="1:17">
       <c r="A947">
-        <v>34181</v>
+        <v>15760</v>
       </c>
       <c r="B947" t="s">
         <v>1681</v>
       </c>
-      <c r="C947"/>
-      <c r="D947"/>
+      <c r="C947" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D947" t="s">
+        <v>1683</v>
+      </c>
       <c r="E947" t="s">
         <v>373</v>
       </c>
       <c r="F947" t="s">
         <v>374</v>
       </c>
       <c r="G947"/>
       <c r="H947" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I947" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J947"/>
       <c r="K947"/>
       <c r="L947"/>
       <c r="M947"/>
       <c r="N947"/>
       <c r="O947"/>
-      <c r="P947"/>
+      <c r="P947" t="s">
+        <v>1684</v>
+      </c>
       <c r="Q947" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="948" spans="1:17">
       <c r="A948">
-        <v>15759</v>
+        <v>30123</v>
       </c>
       <c r="B948" t="s">
-        <v>1682</v>
-[...6 lines deleted...]
-      </c>
+        <v>1685</v>
+      </c>
+      <c r="C948"/>
+      <c r="D948"/>
       <c r="E948" t="s">
         <v>373</v>
       </c>
       <c r="F948" t="s">
         <v>374</v>
       </c>
       <c r="G948"/>
       <c r="H948" t="s">
         <v>173</v>
       </c>
       <c r="I948" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J948"/>
       <c r="K948"/>
       <c r="L948"/>
       <c r="M948"/>
       <c r="N948"/>
       <c r="O948"/>
       <c r="P948"/>
       <c r="Q948" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="949" spans="1:17">
       <c r="A949">
-        <v>15760</v>
+        <v>71838</v>
       </c>
       <c r="B949" t="s">
-        <v>1685</v>
-[...1 lines deleted...]
-      <c r="C949" t="s">
         <v>1686</v>
       </c>
-      <c r="D949" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C949"/>
+      <c r="D949"/>
       <c r="E949" t="s">
         <v>373</v>
       </c>
       <c r="F949" t="s">
         <v>374</v>
       </c>
       <c r="G949"/>
       <c r="H949" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I949" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J949"/>
       <c r="K949"/>
       <c r="L949"/>
       <c r="M949"/>
       <c r="N949"/>
       <c r="O949"/>
-      <c r="P949" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P949"/>
       <c r="Q949" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="950" spans="1:17">
       <c r="A950">
-        <v>30123</v>
+        <v>71855</v>
       </c>
       <c r="B950" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
       <c r="C950"/>
       <c r="D950"/>
       <c r="E950" t="s">
         <v>373</v>
       </c>
       <c r="F950" t="s">
         <v>374</v>
       </c>
       <c r="G950"/>
       <c r="H950" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I950" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J950"/>
       <c r="K950"/>
       <c r="L950"/>
       <c r="M950"/>
       <c r="N950"/>
       <c r="O950"/>
       <c r="P950"/>
       <c r="Q950" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="951" spans="1:17">
       <c r="A951">
-        <v>71838</v>
+        <v>36206</v>
       </c>
       <c r="B951" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
       <c r="C951"/>
       <c r="D951"/>
       <c r="E951" t="s">
         <v>373</v>
       </c>
       <c r="F951" t="s">
         <v>374</v>
       </c>
       <c r="G951"/>
       <c r="H951" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I951" t="s">
         <v>42</v>
       </c>
       <c r="J951"/>
       <c r="K951"/>
       <c r="L951"/>
       <c r="M951"/>
       <c r="N951"/>
       <c r="O951"/>
       <c r="P951"/>
       <c r="Q951" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="952" spans="1:17">
       <c r="A952">
-        <v>71855</v>
+        <v>72127</v>
       </c>
       <c r="B952" t="s">
-        <v>1691</v>
+        <v>1689</v>
       </c>
       <c r="C952"/>
       <c r="D952"/>
       <c r="E952" t="s">
         <v>373</v>
       </c>
       <c r="F952" t="s">
         <v>374</v>
       </c>
       <c r="G952"/>
       <c r="H952" t="s">
         <v>23</v>
       </c>
       <c r="I952" t="s">
         <v>42</v>
       </c>
       <c r="J952"/>
       <c r="K952"/>
       <c r="L952"/>
       <c r="M952"/>
       <c r="N952"/>
       <c r="O952"/>
       <c r="P952"/>
       <c r="Q952" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="953" spans="1:17">
       <c r="A953">
-        <v>36206</v>
+        <v>72129</v>
       </c>
       <c r="B953" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="C953"/>
       <c r="D953"/>
       <c r="E953" t="s">
         <v>373</v>
       </c>
       <c r="F953" t="s">
         <v>374</v>
       </c>
       <c r="G953"/>
       <c r="H953" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I953" t="s">
         <v>42</v>
       </c>
       <c r="J953"/>
       <c r="K953"/>
       <c r="L953"/>
       <c r="M953"/>
       <c r="N953"/>
       <c r="O953"/>
       <c r="P953"/>
       <c r="Q953" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="954" spans="1:17">
       <c r="A954">
-        <v>72127</v>
+        <v>16070</v>
       </c>
       <c r="B954" t="s">
-        <v>1693</v>
-[...2 lines deleted...]
-      <c r="D954"/>
+        <v>1691</v>
+      </c>
+      <c r="C954" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D954" t="s">
+        <v>455</v>
+      </c>
       <c r="E954" t="s">
         <v>373</v>
       </c>
       <c r="F954" t="s">
         <v>374</v>
       </c>
       <c r="G954"/>
       <c r="H954" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I954" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J954"/>
       <c r="K954"/>
       <c r="L954"/>
       <c r="M954"/>
       <c r="N954"/>
       <c r="O954"/>
       <c r="P954"/>
       <c r="Q954" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="955" spans="1:17">
       <c r="A955">
-        <v>72129</v>
+        <v>21647</v>
       </c>
       <c r="B955" t="s">
-        <v>1694</v>
+        <v>1693</v>
       </c>
       <c r="C955"/>
       <c r="D955"/>
       <c r="E955" t="s">
         <v>373</v>
       </c>
       <c r="F955" t="s">
         <v>374</v>
       </c>
       <c r="G955"/>
       <c r="H955" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I955" t="s">
         <v>42</v>
       </c>
       <c r="J955"/>
       <c r="K955"/>
       <c r="L955"/>
       <c r="M955"/>
       <c r="N955"/>
       <c r="O955"/>
       <c r="P955"/>
       <c r="Q955" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="956" spans="1:17">
       <c r="A956">
-        <v>16070</v>
+        <v>33965</v>
       </c>
       <c r="B956" t="s">
-        <v>1695</v>
-[...6 lines deleted...]
-      </c>
+        <v>1694</v>
+      </c>
+      <c r="C956"/>
+      <c r="D956"/>
       <c r="E956" t="s">
         <v>373</v>
       </c>
       <c r="F956" t="s">
         <v>374</v>
       </c>
       <c r="G956"/>
       <c r="H956" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I956" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J956"/>
       <c r="K956"/>
       <c r="L956"/>
       <c r="M956"/>
       <c r="N956"/>
       <c r="O956"/>
       <c r="P956"/>
       <c r="Q956" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="957" spans="1:17">
       <c r="A957">
-        <v>21647</v>
+        <v>80240</v>
       </c>
       <c r="B957" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="C957"/>
       <c r="D957"/>
       <c r="E957" t="s">
         <v>373</v>
       </c>
       <c r="F957" t="s">
         <v>374</v>
       </c>
       <c r="G957"/>
       <c r="H957" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I957" t="s">
         <v>42</v>
       </c>
       <c r="J957"/>
       <c r="K957"/>
       <c r="L957"/>
       <c r="M957"/>
       <c r="N957"/>
       <c r="O957"/>
       <c r="P957"/>
       <c r="Q957" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="958" spans="1:17">
       <c r="A958">
-        <v>33965</v>
+        <v>32906</v>
       </c>
       <c r="B958" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
       <c r="C958"/>
       <c r="D958"/>
       <c r="E958" t="s">
         <v>373</v>
       </c>
       <c r="F958" t="s">
         <v>374</v>
       </c>
       <c r="G958"/>
       <c r="H958" t="s">
         <v>23</v>
       </c>
       <c r="I958" t="s">
         <v>42</v>
       </c>
       <c r="J958"/>
       <c r="K958"/>
       <c r="L958"/>
       <c r="M958"/>
       <c r="N958"/>
       <c r="O958"/>
       <c r="P958"/>
       <c r="Q958" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="959" spans="1:17">
       <c r="A959">
-        <v>80240</v>
+        <v>30151</v>
       </c>
       <c r="B959" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
       <c r="C959"/>
       <c r="D959"/>
       <c r="E959" t="s">
         <v>373</v>
       </c>
       <c r="F959" t="s">
         <v>374</v>
       </c>
       <c r="G959"/>
       <c r="H959" t="s">
         <v>23</v>
       </c>
       <c r="I959" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J959"/>
       <c r="K959"/>
       <c r="L959"/>
       <c r="M959"/>
       <c r="N959"/>
       <c r="O959"/>
       <c r="P959"/>
       <c r="Q959" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="960" spans="1:17">
       <c r="A960">
-        <v>32906</v>
+        <v>21748</v>
       </c>
       <c r="B960" t="s">
-        <v>1700</v>
-[...2 lines deleted...]
-      <c r="D960"/>
+        <v>1698</v>
+      </c>
+      <c r="C960" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D960" t="s">
+        <v>68</v>
+      </c>
       <c r="E960" t="s">
         <v>373</v>
       </c>
       <c r="F960" t="s">
         <v>374</v>
       </c>
       <c r="G960"/>
       <c r="H960" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I960" t="s">
         <v>42</v>
       </c>
       <c r="J960"/>
       <c r="K960"/>
       <c r="L960"/>
       <c r="M960"/>
       <c r="N960"/>
       <c r="O960"/>
       <c r="P960"/>
       <c r="Q960" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="961" spans="1:17">
       <c r="A961">
-        <v>30151</v>
+        <v>15114</v>
       </c>
       <c r="B961" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C961" t="s">
         <v>1701</v>
       </c>
-      <c r="C961"/>
-      <c r="D961"/>
+      <c r="D961" t="s">
+        <v>932</v>
+      </c>
       <c r="E961" t="s">
         <v>373</v>
       </c>
       <c r="F961" t="s">
         <v>374</v>
       </c>
       <c r="G961"/>
       <c r="H961" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I961" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J961"/>
       <c r="K961"/>
       <c r="L961"/>
       <c r="M961"/>
       <c r="N961"/>
       <c r="O961"/>
       <c r="P961"/>
       <c r="Q961" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="962" spans="1:17">
       <c r="A962">
-        <v>21748</v>
+        <v>32506</v>
       </c>
       <c r="B962" t="s">
         <v>1702</v>
       </c>
-      <c r="C962" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C962"/>
+      <c r="D962"/>
       <c r="E962" t="s">
         <v>373</v>
       </c>
       <c r="F962" t="s">
         <v>374</v>
       </c>
       <c r="G962"/>
       <c r="H962" t="s">
         <v>173</v>
       </c>
       <c r="I962" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J962"/>
       <c r="K962"/>
       <c r="L962"/>
       <c r="M962"/>
       <c r="N962"/>
       <c r="O962"/>
       <c r="P962"/>
       <c r="Q962" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="963" spans="1:17">
       <c r="A963">
-        <v>15114</v>
+        <v>15762</v>
       </c>
       <c r="B963" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C963" t="s">
         <v>1704</v>
       </c>
-      <c r="C963" t="s">
+      <c r="D963" t="s">
         <v>1705</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
       <c r="E963" t="s">
         <v>373</v>
       </c>
       <c r="F963" t="s">
         <v>374</v>
       </c>
       <c r="G963"/>
       <c r="H963" t="s">
         <v>173</v>
       </c>
       <c r="I963" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J963"/>
       <c r="K963"/>
       <c r="L963"/>
       <c r="M963"/>
       <c r="N963"/>
       <c r="O963"/>
       <c r="P963"/>
       <c r="Q963" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="964" spans="1:17">
       <c r="A964">
-        <v>32506</v>
+        <v>15924</v>
       </c>
       <c r="B964" t="s">
         <v>1706</v>
       </c>
-      <c r="C964"/>
-      <c r="D964"/>
+      <c r="C964" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D964" t="s">
+        <v>110</v>
+      </c>
       <c r="E964" t="s">
         <v>373</v>
       </c>
       <c r="F964" t="s">
         <v>374</v>
       </c>
       <c r="G964"/>
       <c r="H964" t="s">
         <v>173</v>
       </c>
       <c r="I964" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J964"/>
       <c r="K964"/>
       <c r="L964"/>
       <c r="M964"/>
       <c r="N964"/>
       <c r="O964"/>
       <c r="P964"/>
       <c r="Q964" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="965" spans="1:17">
       <c r="A965">
-        <v>15762</v>
+        <v>15925</v>
       </c>
       <c r="B965" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="C965" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="D965" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="E965" t="s">
         <v>373</v>
       </c>
       <c r="F965" t="s">
         <v>374</v>
       </c>
       <c r="G965"/>
       <c r="H965" t="s">
         <v>173</v>
       </c>
       <c r="I965" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J965"/>
       <c r="K965"/>
       <c r="L965"/>
       <c r="M965"/>
       <c r="N965"/>
       <c r="O965"/>
       <c r="P965"/>
       <c r="Q965" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="966" spans="1:17">
       <c r="A966">
-        <v>15924</v>
+        <v>30204</v>
       </c>
       <c r="B966" t="s">
-        <v>1710</v>
-[...1 lines deleted...]
-      <c r="C966" t="s">
         <v>1711</v>
       </c>
-      <c r="D966" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C966"/>
+      <c r="D966"/>
       <c r="E966" t="s">
         <v>373</v>
       </c>
       <c r="F966" t="s">
         <v>374</v>
       </c>
       <c r="G966"/>
       <c r="H966" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I966" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="J966"/>
       <c r="K966"/>
       <c r="L966"/>
       <c r="M966"/>
       <c r="N966"/>
       <c r="O966"/>
       <c r="P966"/>
       <c r="Q966" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="967" spans="1:17">
       <c r="A967">
-        <v>15925</v>
+        <v>77557</v>
       </c>
       <c r="B967" t="s">
         <v>1712</v>
       </c>
-      <c r="C967" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C967"/>
+      <c r="D967"/>
       <c r="E967" t="s">
         <v>373</v>
       </c>
       <c r="F967" t="s">
         <v>374</v>
       </c>
       <c r="G967"/>
       <c r="H967" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I967" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J967"/>
       <c r="K967"/>
       <c r="L967"/>
       <c r="M967"/>
       <c r="N967"/>
       <c r="O967"/>
       <c r="P967"/>
       <c r="Q967" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="968" spans="1:17">
       <c r="A968">
-        <v>30204</v>
+        <v>77481</v>
       </c>
       <c r="B968" t="s">
-        <v>1715</v>
+        <v>1713</v>
       </c>
       <c r="C968"/>
       <c r="D968"/>
       <c r="E968" t="s">
         <v>373</v>
       </c>
       <c r="F968" t="s">
         <v>374</v>
       </c>
       <c r="G968"/>
       <c r="H968" t="s">
         <v>23</v>
       </c>
       <c r="I968" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J968"/>
       <c r="K968"/>
       <c r="L968"/>
       <c r="M968"/>
       <c r="N968"/>
       <c r="O968"/>
       <c r="P968"/>
       <c r="Q968" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="969" spans="1:17">
       <c r="A969">
-        <v>77557</v>
+        <v>76877</v>
       </c>
       <c r="B969" t="s">
-        <v>1716</v>
+        <v>1714</v>
       </c>
       <c r="C969"/>
       <c r="D969"/>
       <c r="E969" t="s">
         <v>373</v>
       </c>
       <c r="F969" t="s">
         <v>374</v>
       </c>
       <c r="G969"/>
       <c r="H969" t="s">
         <v>23</v>
       </c>
       <c r="I969" t="s">
         <v>42</v>
       </c>
       <c r="J969"/>
       <c r="K969"/>
       <c r="L969"/>
       <c r="M969"/>
       <c r="N969"/>
       <c r="O969"/>
       <c r="P969"/>
       <c r="Q969" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="970" spans="1:17">
       <c r="A970">
-        <v>77481</v>
+        <v>76880</v>
       </c>
       <c r="B970" t="s">
-        <v>1717</v>
+        <v>1715</v>
       </c>
       <c r="C970"/>
       <c r="D970"/>
       <c r="E970" t="s">
         <v>373</v>
       </c>
       <c r="F970" t="s">
         <v>374</v>
       </c>
       <c r="G970"/>
       <c r="H970" t="s">
         <v>23</v>
       </c>
       <c r="I970" t="s">
         <v>42</v>
       </c>
       <c r="J970"/>
       <c r="K970"/>
       <c r="L970"/>
       <c r="M970"/>
       <c r="N970"/>
       <c r="O970"/>
       <c r="P970"/>
       <c r="Q970" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="971" spans="1:17">
       <c r="A971">
-        <v>76877</v>
+        <v>15583</v>
       </c>
       <c r="B971" t="s">
-        <v>1718</v>
-[...2 lines deleted...]
-      <c r="D971"/>
+        <v>1716</v>
+      </c>
+      <c r="C971" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D971" t="s">
+        <v>68</v>
+      </c>
       <c r="E971" t="s">
         <v>373</v>
       </c>
       <c r="F971" t="s">
         <v>374</v>
       </c>
       <c r="G971"/>
       <c r="H971" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I971" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J971"/>
       <c r="K971"/>
       <c r="L971"/>
       <c r="M971"/>
       <c r="N971"/>
       <c r="O971"/>
       <c r="P971"/>
       <c r="Q971" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="972" spans="1:17">
       <c r="A972">
-        <v>76880</v>
+        <v>77018</v>
       </c>
       <c r="B972" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C972" t="s">
         <v>1719</v>
       </c>
-      <c r="C972"/>
-      <c r="D972"/>
+      <c r="D972" t="s">
+        <v>34</v>
+      </c>
       <c r="E972" t="s">
         <v>373</v>
       </c>
       <c r="F972" t="s">
         <v>374</v>
       </c>
       <c r="G972"/>
       <c r="H972" t="s">
         <v>23</v>
       </c>
       <c r="I972" t="s">
         <v>42</v>
       </c>
       <c r="J972"/>
       <c r="K972"/>
       <c r="L972"/>
       <c r="M972"/>
       <c r="N972"/>
       <c r="O972"/>
       <c r="P972"/>
       <c r="Q972" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="973" spans="1:17">
       <c r="A973">
-        <v>15583</v>
+        <v>78144</v>
       </c>
       <c r="B973" t="s">
         <v>1720</v>
       </c>
-      <c r="C973" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C973"/>
+      <c r="D973"/>
       <c r="E973" t="s">
         <v>373</v>
       </c>
       <c r="F973" t="s">
         <v>374</v>
       </c>
       <c r="G973"/>
       <c r="H973" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I973" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J973"/>
       <c r="K973"/>
       <c r="L973"/>
       <c r="M973"/>
       <c r="N973"/>
       <c r="O973"/>
       <c r="P973"/>
       <c r="Q973" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="974" spans="1:17">
       <c r="A974">
-        <v>77018</v>
+        <v>15791</v>
       </c>
       <c r="B974" t="s">
-        <v>1722</v>
-[...6 lines deleted...]
-      </c>
+        <v>1721</v>
+      </c>
+      <c r="C974"/>
+      <c r="D974"/>
       <c r="E974" t="s">
         <v>373</v>
       </c>
       <c r="F974" t="s">
         <v>374</v>
       </c>
       <c r="G974"/>
       <c r="H974" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I974" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J974"/>
       <c r="K974"/>
       <c r="L974"/>
       <c r="M974"/>
       <c r="N974"/>
       <c r="O974"/>
       <c r="P974"/>
       <c r="Q974" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="975" spans="1:17">
       <c r="A975">
-        <v>78144</v>
+        <v>30283</v>
       </c>
       <c r="B975" t="s">
-        <v>1724</v>
+        <v>1722</v>
       </c>
       <c r="C975"/>
       <c r="D975"/>
       <c r="E975" t="s">
         <v>373</v>
       </c>
       <c r="F975" t="s">
         <v>374</v>
       </c>
       <c r="G975"/>
       <c r="H975" t="s">
         <v>23</v>
       </c>
       <c r="I975" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="J975"/>
       <c r="K975"/>
       <c r="L975"/>
       <c r="M975"/>
       <c r="N975"/>
       <c r="O975"/>
       <c r="P975"/>
       <c r="Q975" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="976" spans="1:17">
       <c r="A976">
-        <v>15791</v>
+        <v>75877</v>
       </c>
       <c r="B976" t="s">
-        <v>1725</v>
+        <v>1723</v>
       </c>
       <c r="C976"/>
       <c r="D976"/>
       <c r="E976" t="s">
         <v>373</v>
       </c>
       <c r="F976" t="s">
         <v>374</v>
       </c>
       <c r="G976"/>
       <c r="H976" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I976" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J976"/>
       <c r="K976"/>
       <c r="L976"/>
       <c r="M976"/>
       <c r="N976"/>
       <c r="O976"/>
       <c r="P976"/>
       <c r="Q976" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="977" spans="1:17">
       <c r="A977">
-        <v>30283</v>
+        <v>75896</v>
       </c>
       <c r="B977" t="s">
-        <v>1726</v>
+        <v>1724</v>
       </c>
       <c r="C977"/>
       <c r="D977"/>
       <c r="E977" t="s">
         <v>373</v>
       </c>
       <c r="F977" t="s">
         <v>374</v>
       </c>
       <c r="G977"/>
       <c r="H977" t="s">
         <v>23</v>
       </c>
       <c r="I977" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="J977"/>
       <c r="K977"/>
       <c r="L977"/>
       <c r="M977"/>
       <c r="N977"/>
       <c r="O977"/>
       <c r="P977"/>
       <c r="Q977" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="978" spans="1:17">
       <c r="A978">
-        <v>75877</v>
+        <v>75745</v>
       </c>
       <c r="B978" t="s">
-        <v>1727</v>
+        <v>1725</v>
       </c>
       <c r="C978"/>
       <c r="D978"/>
       <c r="E978" t="s">
         <v>373</v>
       </c>
       <c r="F978" t="s">
         <v>374</v>
       </c>
       <c r="G978"/>
       <c r="H978" t="s">
         <v>23</v>
       </c>
       <c r="I978" t="s">
         <v>42</v>
       </c>
       <c r="J978"/>
       <c r="K978"/>
       <c r="L978"/>
       <c r="M978"/>
       <c r="N978"/>
       <c r="O978"/>
       <c r="P978"/>
       <c r="Q978" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="979" spans="1:17">
       <c r="A979">
-        <v>75896</v>
+        <v>75750</v>
       </c>
       <c r="B979" t="s">
-        <v>1728</v>
+        <v>1726</v>
       </c>
       <c r="C979"/>
       <c r="D979"/>
       <c r="E979" t="s">
         <v>373</v>
       </c>
       <c r="F979" t="s">
         <v>374</v>
       </c>
       <c r="G979"/>
       <c r="H979" t="s">
         <v>23</v>
       </c>
       <c r="I979" t="s">
         <v>42</v>
       </c>
       <c r="J979"/>
       <c r="K979"/>
       <c r="L979"/>
       <c r="M979"/>
       <c r="N979"/>
       <c r="O979"/>
       <c r="P979"/>
       <c r="Q979" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="980" spans="1:17">
       <c r="A980">
-        <v>75745</v>
+        <v>9146</v>
       </c>
       <c r="B980" t="s">
-        <v>1729</v>
-[...2 lines deleted...]
-      <c r="D980"/>
+        <v>1727</v>
+      </c>
+      <c r="C980" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D980" t="s">
+        <v>747</v>
+      </c>
       <c r="E980" t="s">
         <v>373</v>
       </c>
       <c r="F980" t="s">
         <v>374</v>
       </c>
       <c r="G980"/>
       <c r="H980" t="s">
         <v>23</v>
       </c>
       <c r="I980" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J980"/>
       <c r="K980"/>
       <c r="L980"/>
       <c r="M980"/>
       <c r="N980"/>
       <c r="O980"/>
       <c r="P980"/>
       <c r="Q980" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="981" spans="1:17">
       <c r="A981">
-        <v>75750</v>
+        <v>15644</v>
       </c>
       <c r="B981" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C981" t="s">
         <v>1730</v>
       </c>
-      <c r="C981"/>
-      <c r="D981"/>
+      <c r="D981" t="s">
+        <v>1731</v>
+      </c>
       <c r="E981" t="s">
         <v>373</v>
       </c>
       <c r="F981" t="s">
         <v>374</v>
       </c>
       <c r="G981"/>
       <c r="H981" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I981" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J981"/>
       <c r="K981"/>
       <c r="L981"/>
       <c r="M981"/>
       <c r="N981"/>
       <c r="O981"/>
       <c r="P981"/>
       <c r="Q981" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="982" spans="1:17">
       <c r="A982">
-        <v>9146</v>
+        <v>75345</v>
       </c>
       <c r="B982" t="s">
-        <v>1731</v>
-[...1 lines deleted...]
-      <c r="C982" t="s">
         <v>1732</v>
       </c>
-      <c r="D982" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C982"/>
+      <c r="D982"/>
       <c r="E982" t="s">
         <v>373</v>
       </c>
       <c r="F982" t="s">
         <v>374</v>
       </c>
       <c r="G982"/>
       <c r="H982" t="s">
         <v>23</v>
       </c>
       <c r="I982" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J982"/>
       <c r="K982"/>
       <c r="L982"/>
       <c r="M982"/>
       <c r="N982"/>
       <c r="O982"/>
       <c r="P982"/>
       <c r="Q982" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="983" spans="1:17">
       <c r="A983">
-        <v>15644</v>
+        <v>9424</v>
       </c>
       <c r="B983" t="s">
         <v>1733</v>
       </c>
       <c r="C983" t="s">
         <v>1734</v>
       </c>
       <c r="D983" t="s">
         <v>1735</v>
       </c>
       <c r="E983" t="s">
         <v>373</v>
       </c>
       <c r="F983" t="s">
         <v>374</v>
       </c>
       <c r="G983"/>
       <c r="H983" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I983" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J983"/>
       <c r="K983"/>
       <c r="L983"/>
       <c r="M983"/>
       <c r="N983"/>
       <c r="O983"/>
       <c r="P983"/>
       <c r="Q983" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="984" spans="1:17">
       <c r="A984">
-        <v>75345</v>
+        <v>75388</v>
       </c>
       <c r="B984" t="s">
         <v>1736</v>
       </c>
       <c r="C984"/>
       <c r="D984"/>
       <c r="E984" t="s">
         <v>373</v>
       </c>
       <c r="F984" t="s">
         <v>374</v>
       </c>
       <c r="G984"/>
       <c r="H984" t="s">
         <v>23</v>
       </c>
       <c r="I984" t="s">
         <v>42</v>
       </c>
       <c r="J984"/>
       <c r="K984"/>
       <c r="L984"/>
       <c r="M984"/>
       <c r="N984"/>
       <c r="O984"/>
       <c r="P984"/>
       <c r="Q984" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="985" spans="1:17">
       <c r="A985">
-        <v>9424</v>
+        <v>76501</v>
       </c>
       <c r="B985" t="s">
         <v>1737</v>
       </c>
-      <c r="C985" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C985"/>
+      <c r="D985"/>
       <c r="E985" t="s">
         <v>373</v>
       </c>
       <c r="F985" t="s">
         <v>374</v>
       </c>
       <c r="G985"/>
       <c r="H985" t="s">
         <v>23</v>
       </c>
       <c r="I985" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J985"/>
       <c r="K985"/>
       <c r="L985"/>
       <c r="M985"/>
       <c r="N985"/>
       <c r="O985"/>
       <c r="P985"/>
       <c r="Q985" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="986" spans="1:17">
       <c r="A986">
-        <v>75388</v>
+        <v>36543</v>
       </c>
       <c r="B986" t="s">
-        <v>1740</v>
+        <v>1738</v>
       </c>
       <c r="C986"/>
       <c r="D986"/>
       <c r="E986" t="s">
         <v>373</v>
       </c>
       <c r="F986" t="s">
         <v>374</v>
       </c>
       <c r="G986"/>
       <c r="H986" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I986" t="s">
         <v>42</v>
       </c>
       <c r="J986"/>
       <c r="K986"/>
       <c r="L986"/>
       <c r="M986"/>
       <c r="N986"/>
       <c r="O986"/>
       <c r="P986"/>
       <c r="Q986" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="987" spans="1:17">
       <c r="A987">
-        <v>76501</v>
+        <v>76738</v>
       </c>
       <c r="B987" t="s">
-        <v>1741</v>
+        <v>1739</v>
       </c>
       <c r="C987"/>
       <c r="D987"/>
       <c r="E987" t="s">
         <v>373</v>
       </c>
       <c r="F987" t="s">
         <v>374</v>
       </c>
       <c r="G987"/>
       <c r="H987" t="s">
         <v>23</v>
       </c>
       <c r="I987" t="s">
         <v>42</v>
       </c>
       <c r="J987"/>
       <c r="K987"/>
       <c r="L987"/>
       <c r="M987"/>
       <c r="N987"/>
       <c r="O987"/>
       <c r="P987"/>
       <c r="Q987" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="988" spans="1:17">
       <c r="A988">
-        <v>36543</v>
+        <v>76606</v>
       </c>
       <c r="B988" t="s">
-        <v>1742</v>
+        <v>1740</v>
       </c>
       <c r="C988"/>
       <c r="D988"/>
       <c r="E988" t="s">
         <v>373</v>
       </c>
       <c r="F988" t="s">
         <v>374</v>
       </c>
       <c r="G988"/>
       <c r="H988" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I988" t="s">
         <v>42</v>
       </c>
       <c r="J988"/>
       <c r="K988"/>
       <c r="L988"/>
       <c r="M988"/>
       <c r="N988"/>
       <c r="O988"/>
       <c r="P988"/>
       <c r="Q988" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="989" spans="1:17">
       <c r="A989">
-        <v>76738</v>
+        <v>76587</v>
       </c>
       <c r="B989" t="s">
-        <v>1743</v>
+        <v>1741</v>
       </c>
       <c r="C989"/>
       <c r="D989"/>
       <c r="E989" t="s">
         <v>373</v>
       </c>
       <c r="F989" t="s">
         <v>374</v>
       </c>
       <c r="G989"/>
       <c r="H989" t="s">
         <v>23</v>
       </c>
       <c r="I989" t="s">
         <v>42</v>
       </c>
       <c r="J989"/>
       <c r="K989"/>
       <c r="L989"/>
       <c r="M989"/>
       <c r="N989"/>
       <c r="O989"/>
       <c r="P989"/>
       <c r="Q989" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="990" spans="1:17">
       <c r="A990">
-        <v>76606</v>
+        <v>76594</v>
       </c>
       <c r="B990" t="s">
-        <v>1744</v>
+        <v>1742</v>
       </c>
       <c r="C990"/>
       <c r="D990"/>
       <c r="E990" t="s">
         <v>373</v>
       </c>
       <c r="F990" t="s">
         <v>374</v>
       </c>
       <c r="G990"/>
       <c r="H990" t="s">
         <v>23</v>
       </c>
       <c r="I990" t="s">
         <v>42</v>
       </c>
       <c r="J990"/>
       <c r="K990"/>
       <c r="L990"/>
       <c r="M990"/>
       <c r="N990"/>
       <c r="O990"/>
       <c r="P990"/>
       <c r="Q990" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="991" spans="1:17">
       <c r="A991">
-        <v>76587</v>
+        <v>76595</v>
       </c>
       <c r="B991" t="s">
-        <v>1745</v>
+        <v>1743</v>
       </c>
       <c r="C991"/>
       <c r="D991"/>
       <c r="E991" t="s">
         <v>373</v>
       </c>
       <c r="F991" t="s">
         <v>374</v>
       </c>
       <c r="G991"/>
       <c r="H991" t="s">
         <v>23</v>
       </c>
       <c r="I991" t="s">
         <v>42</v>
       </c>
       <c r="J991"/>
       <c r="K991"/>
       <c r="L991"/>
       <c r="M991"/>
       <c r="N991"/>
       <c r="O991"/>
       <c r="P991"/>
       <c r="Q991" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="992" spans="1:17">
       <c r="A992">
-        <v>76594</v>
+        <v>76651</v>
       </c>
       <c r="B992" t="s">
-        <v>1746</v>
+        <v>1744</v>
       </c>
       <c r="C992"/>
       <c r="D992"/>
       <c r="E992" t="s">
         <v>373</v>
       </c>
       <c r="F992" t="s">
         <v>374</v>
       </c>
       <c r="G992"/>
       <c r="H992" t="s">
         <v>23</v>
       </c>
       <c r="I992" t="s">
         <v>42</v>
       </c>
       <c r="J992"/>
       <c r="K992"/>
       <c r="L992"/>
       <c r="M992"/>
       <c r="N992"/>
       <c r="O992"/>
       <c r="P992"/>
       <c r="Q992" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="993" spans="1:17">
       <c r="A993">
-        <v>76595</v>
+        <v>76655</v>
       </c>
       <c r="B993" t="s">
-        <v>1747</v>
+        <v>1745</v>
       </c>
       <c r="C993"/>
       <c r="D993"/>
       <c r="E993" t="s">
         <v>373</v>
       </c>
       <c r="F993" t="s">
         <v>374</v>
       </c>
       <c r="G993"/>
       <c r="H993" t="s">
         <v>23</v>
       </c>
       <c r="I993" t="s">
         <v>42</v>
       </c>
       <c r="J993"/>
       <c r="K993"/>
       <c r="L993"/>
       <c r="M993"/>
       <c r="N993"/>
       <c r="O993"/>
       <c r="P993"/>
       <c r="Q993" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="994" spans="1:17">
       <c r="A994">
-        <v>76651</v>
+        <v>30376</v>
       </c>
       <c r="B994" t="s">
-        <v>1748</v>
+        <v>1746</v>
       </c>
       <c r="C994"/>
       <c r="D994"/>
       <c r="E994" t="s">
         <v>373</v>
       </c>
       <c r="F994" t="s">
         <v>374</v>
       </c>
       <c r="G994"/>
       <c r="H994" t="s">
         <v>23</v>
       </c>
       <c r="I994" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J994"/>
       <c r="K994"/>
       <c r="L994"/>
       <c r="M994"/>
       <c r="N994"/>
       <c r="O994"/>
       <c r="P994"/>
       <c r="Q994" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="995" spans="1:17">
       <c r="A995">
-        <v>76655</v>
+        <v>30378</v>
       </c>
       <c r="B995" t="s">
-        <v>1749</v>
+        <v>1747</v>
       </c>
       <c r="C995"/>
       <c r="D995"/>
       <c r="E995" t="s">
         <v>373</v>
       </c>
       <c r="F995" t="s">
         <v>374</v>
       </c>
       <c r="G995"/>
       <c r="H995" t="s">
         <v>23</v>
       </c>
       <c r="I995" t="s">
-        <v>42</v>
+        <v>1039</v>
       </c>
       <c r="J995"/>
       <c r="K995"/>
       <c r="L995"/>
       <c r="M995"/>
       <c r="N995"/>
       <c r="O995"/>
       <c r="P995"/>
       <c r="Q995" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="996" spans="1:17">
       <c r="A996">
-        <v>30376</v>
+        <v>9469</v>
       </c>
       <c r="B996" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C996" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D996" t="s">
         <v>1750</v>
       </c>
-      <c r="C996"/>
-      <c r="D996"/>
       <c r="E996" t="s">
         <v>373</v>
       </c>
       <c r="F996" t="s">
         <v>374</v>
       </c>
       <c r="G996"/>
       <c r="H996" t="s">
         <v>23</v>
       </c>
       <c r="I996" t="s">
-        <v>1043</v>
+        <v>24</v>
       </c>
       <c r="J996"/>
       <c r="K996"/>
       <c r="L996"/>
       <c r="M996"/>
       <c r="N996"/>
       <c r="O996"/>
       <c r="P996"/>
       <c r="Q996" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="997" spans="1:17">
       <c r="A997">
-        <v>30378</v>
+        <v>80215</v>
       </c>
       <c r="B997" t="s">
         <v>1751</v>
       </c>
       <c r="C997"/>
       <c r="D997"/>
       <c r="E997" t="s">
         <v>373</v>
       </c>
       <c r="F997" t="s">
         <v>374</v>
       </c>
       <c r="G997"/>
       <c r="H997" t="s">
         <v>23</v>
       </c>
       <c r="I997" t="s">
-        <v>1043</v>
-[...1 lines deleted...]
-      <c r="J997"/>
+        <v>65</v>
+      </c>
+      <c r="J997" t="s">
+        <v>380</v>
+      </c>
       <c r="K997"/>
-      <c r="L997"/>
+      <c r="L997" t="s">
+        <v>79</v>
+      </c>
       <c r="M997"/>
       <c r="N997"/>
       <c r="O997"/>
       <c r="P997"/>
       <c r="Q997" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="998" spans="1:17">
       <c r="A998">
-        <v>9469</v>
+        <v>15953</v>
       </c>
       <c r="B998" t="s">
         <v>1752</v>
       </c>
       <c r="C998" t="s">
         <v>1753</v>
       </c>
       <c r="D998" t="s">
         <v>1754</v>
       </c>
       <c r="E998" t="s">
         <v>373</v>
       </c>
       <c r="F998" t="s">
         <v>374</v>
       </c>
       <c r="G998"/>
       <c r="H998" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="I998" t="s">
-        <v>24</v>
+        <v>1039</v>
       </c>
       <c r="J998"/>
       <c r="K998"/>
       <c r="L998"/>
       <c r="M998"/>
       <c r="N998"/>
       <c r="O998"/>
       <c r="P998"/>
       <c r="Q998" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="999" spans="1:17">
       <c r="A999">
-        <v>80215</v>
+        <v>34203</v>
       </c>
       <c r="B999" t="s">
         <v>1755</v>
       </c>
       <c r="C999"/>
       <c r="D999"/>
       <c r="E999" t="s">
         <v>373</v>
       </c>
       <c r="F999" t="s">
         <v>374</v>
       </c>
       <c r="G999"/>
       <c r="H999" t="s">
         <v>23</v>
       </c>
       <c r="I999" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="J999"/>
       <c r="K999"/>
-      <c r="L999" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L999"/>
       <c r="M999"/>
       <c r="N999"/>
       <c r="O999"/>
       <c r="P999"/>
       <c r="Q999" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1000" spans="1:17">
       <c r="A1000">
-        <v>15953</v>
+        <v>76200</v>
       </c>
       <c r="B1000" t="s">
         <v>1756</v>
       </c>
-      <c r="C1000" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C1000"/>
+      <c r="D1000"/>
       <c r="E1000" t="s">
         <v>373</v>
       </c>
       <c r="F1000" t="s">
         <v>374</v>
       </c>
       <c r="G1000"/>
       <c r="H1000" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="I1000" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="J1000"/>
       <c r="K1000"/>
       <c r="L1000"/>
       <c r="M1000"/>
       <c r="N1000"/>
       <c r="O1000"/>
       <c r="P1000"/>
       <c r="Q1000" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1001" spans="1:17">
       <c r="A1001">
-        <v>34203</v>
+        <v>76244</v>
       </c>
       <c r="B1001" t="s">
-        <v>1759</v>
+        <v>1757</v>
       </c>
       <c r="C1001"/>
       <c r="D1001"/>
       <c r="E1001" t="s">
         <v>373</v>
       </c>
       <c r="F1001" t="s">
         <v>374</v>
       </c>
       <c r="G1001"/>
       <c r="H1001" t="s">
         <v>23</v>
       </c>
       <c r="I1001" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J1001"/>
       <c r="K1001"/>
       <c r="L1001"/>
       <c r="M1001"/>
       <c r="N1001"/>
       <c r="O1001"/>
       <c r="P1001"/>
       <c r="Q1001" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1002" spans="1:17">
       <c r="A1002">
-        <v>76200</v>
+        <v>2019</v>
       </c>
       <c r="B1002" t="s">
-        <v>1760</v>
+        <v>1758</v>
       </c>
       <c r="C1002"/>
       <c r="D1002"/>
       <c r="E1002" t="s">
-        <v>373</v>
+        <v>409</v>
       </c>
       <c r="F1002" t="s">
-        <v>374</v>
+        <v>410</v>
       </c>
       <c r="G1002"/>
       <c r="H1002" t="s">
         <v>23</v>
       </c>
       <c r="I1002" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J1002"/>
       <c r="K1002"/>
       <c r="L1002"/>
       <c r="M1002"/>
       <c r="N1002"/>
       <c r="O1002"/>
       <c r="P1002"/>
       <c r="Q1002" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1003" spans="1:17">
       <c r="A1003">
-        <v>76244</v>
+        <v>11797</v>
       </c>
       <c r="B1003" t="s">
-        <v>1761</v>
+        <v>1759</v>
       </c>
       <c r="C1003"/>
       <c r="D1003"/>
       <c r="E1003" t="s">
-        <v>373</v>
+        <v>1760</v>
       </c>
       <c r="F1003" t="s">
-        <v>374</v>
+        <v>410</v>
       </c>
       <c r="G1003"/>
       <c r="H1003" t="s">
         <v>23</v>
       </c>
       <c r="I1003" t="s">
         <v>42</v>
       </c>
       <c r="J1003"/>
       <c r="K1003"/>
       <c r="L1003"/>
       <c r="M1003"/>
       <c r="N1003"/>
       <c r="O1003"/>
       <c r="P1003"/>
       <c r="Q1003" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1004" spans="1:17">
       <c r="A1004">
-        <v>2019</v>
+        <v>11896</v>
       </c>
       <c r="B1004" t="s">
-        <v>1762</v>
+        <v>1761</v>
       </c>
       <c r="C1004"/>
       <c r="D1004"/>
       <c r="E1004" t="s">
-        <v>409</v>
+        <v>1762</v>
       </c>
       <c r="F1004" t="s">
         <v>410</v>
       </c>
       <c r="G1004"/>
       <c r="H1004" t="s">
         <v>23</v>
       </c>
       <c r="I1004" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J1004"/>
       <c r="K1004"/>
       <c r="L1004"/>
       <c r="M1004"/>
       <c r="N1004"/>
       <c r="O1004"/>
       <c r="P1004"/>
       <c r="Q1004" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1005" spans="1:17">
       <c r="A1005">
-        <v>11797</v>
+        <v>12057</v>
       </c>
       <c r="B1005" t="s">
         <v>1763</v>
       </c>
       <c r="C1005"/>
       <c r="D1005"/>
       <c r="E1005" t="s">
-        <v>1764</v>
+        <v>1760</v>
       </c>
       <c r="F1005" t="s">
         <v>410</v>
       </c>
       <c r="G1005"/>
       <c r="H1005" t="s">
         <v>23</v>
       </c>
       <c r="I1005" t="s">
         <v>42</v>
       </c>
       <c r="J1005"/>
       <c r="K1005"/>
       <c r="L1005"/>
       <c r="M1005"/>
       <c r="N1005"/>
       <c r="O1005"/>
       <c r="P1005"/>
       <c r="Q1005" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1006" spans="1:17">
       <c r="A1006">
-        <v>11896</v>
+        <v>11765</v>
       </c>
       <c r="B1006" t="s">
-        <v>1765</v>
+        <v>1764</v>
       </c>
       <c r="C1006"/>
       <c r="D1006"/>
       <c r="E1006" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="F1006" t="s">
         <v>410</v>
       </c>
       <c r="G1006"/>
       <c r="H1006" t="s">
         <v>23</v>
       </c>
       <c r="I1006" t="s">
         <v>42</v>
       </c>
       <c r="J1006"/>
       <c r="K1006"/>
       <c r="L1006"/>
       <c r="M1006"/>
       <c r="N1006"/>
       <c r="O1006"/>
       <c r="P1006"/>
       <c r="Q1006" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1007" spans="1:17">
       <c r="A1007">
-        <v>12057</v>
+        <v>1135</v>
       </c>
       <c r="B1007" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C1007" t="s">
         <v>1767</v>
       </c>
-      <c r="C1007"/>
-      <c r="D1007"/>
+      <c r="D1007" t="s">
+        <v>34</v>
+      </c>
       <c r="E1007" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="F1007" t="s">
         <v>410</v>
       </c>
       <c r="G1007"/>
       <c r="H1007" t="s">
         <v>23</v>
       </c>
       <c r="I1007" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J1007"/>
       <c r="K1007"/>
       <c r="L1007"/>
       <c r="M1007"/>
       <c r="N1007"/>
       <c r="O1007"/>
       <c r="P1007"/>
       <c r="Q1007" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1008" spans="1:17">
       <c r="A1008">
-        <v>11765</v>
+        <v>12261</v>
       </c>
       <c r="B1008" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="C1008"/>
       <c r="D1008"/>
       <c r="E1008" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="F1008" t="s">
         <v>410</v>
       </c>
       <c r="G1008"/>
       <c r="H1008" t="s">
         <v>23</v>
       </c>
       <c r="I1008" t="s">
         <v>42</v>
       </c>
       <c r="J1008"/>
       <c r="K1008"/>
       <c r="L1008"/>
       <c r="M1008"/>
       <c r="N1008"/>
       <c r="O1008"/>
       <c r="P1008"/>
       <c r="Q1008" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1009" spans="1:17">
       <c r="A1009">
-        <v>1135</v>
+        <v>11479</v>
       </c>
       <c r="B1009" t="s">
-        <v>1770</v>
-[...1 lines deleted...]
-      <c r="C1009" t="s">
         <v>1771</v>
       </c>
-      <c r="D1009" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C1009"/>
+      <c r="D1009"/>
       <c r="E1009" t="s">
-        <v>1772</v>
+        <v>1768</v>
       </c>
       <c r="F1009" t="s">
         <v>410</v>
       </c>
       <c r="G1009"/>
       <c r="H1009" t="s">
         <v>23</v>
       </c>
       <c r="I1009" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J1009"/>
       <c r="K1009"/>
       <c r="L1009"/>
       <c r="M1009"/>
       <c r="N1009"/>
       <c r="O1009"/>
       <c r="P1009"/>
       <c r="Q1009" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1010" spans="1:17">
       <c r="A1010">
-        <v>12261</v>
+        <v>12318</v>
       </c>
       <c r="B1010" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="C1010"/>
       <c r="D1010"/>
       <c r="E1010" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="F1010" t="s">
         <v>410</v>
       </c>
       <c r="G1010"/>
       <c r="H1010" t="s">
         <v>23</v>
       </c>
       <c r="I1010" t="s">
         <v>42</v>
       </c>
       <c r="J1010"/>
       <c r="K1010"/>
       <c r="L1010"/>
       <c r="M1010"/>
       <c r="N1010"/>
       <c r="O1010"/>
       <c r="P1010"/>
       <c r="Q1010" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1011" spans="1:17">
       <c r="A1011">
-        <v>11479</v>
+        <v>33152</v>
       </c>
       <c r="B1011" t="s">
-        <v>1775</v>
+        <v>1773</v>
       </c>
       <c r="C1011"/>
       <c r="D1011"/>
       <c r="E1011" t="s">
-        <v>1772</v>
+        <v>1762</v>
       </c>
       <c r="F1011" t="s">
         <v>410</v>
       </c>
       <c r="G1011"/>
       <c r="H1011" t="s">
         <v>23</v>
       </c>
       <c r="I1011" t="s">
         <v>42</v>
       </c>
       <c r="J1011"/>
       <c r="K1011"/>
       <c r="L1011"/>
       <c r="M1011"/>
       <c r="N1011"/>
       <c r="O1011"/>
-      <c r="P1011"/>
+      <c r="P1011" t="s">
+        <v>1774</v>
+      </c>
       <c r="Q1011" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1012" spans="1:17">
       <c r="A1012">
-        <v>12318</v>
+        <v>10777</v>
       </c>
       <c r="B1012" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="C1012"/>
       <c r="D1012"/>
       <c r="E1012" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="F1012" t="s">
         <v>410</v>
       </c>
       <c r="G1012"/>
       <c r="H1012" t="s">
         <v>23</v>
       </c>
       <c r="I1012" t="s">
         <v>42</v>
       </c>
       <c r="J1012"/>
       <c r="K1012"/>
       <c r="L1012"/>
       <c r="M1012"/>
       <c r="N1012"/>
       <c r="O1012"/>
       <c r="P1012"/>
       <c r="Q1012" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1013" spans="1:17">
       <c r="A1013">
-        <v>33152</v>
+        <v>33060</v>
       </c>
       <c r="B1013" t="s">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="C1013"/>
       <c r="D1013"/>
       <c r="E1013" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="F1013" t="s">
         <v>410</v>
       </c>
       <c r="G1013"/>
       <c r="H1013" t="s">
         <v>23</v>
       </c>
       <c r="I1013" t="s">
         <v>42</v>
       </c>
       <c r="J1013"/>
       <c r="K1013"/>
       <c r="L1013"/>
       <c r="M1013"/>
       <c r="N1013"/>
       <c r="O1013"/>
       <c r="P1013" t="s">
-        <v>1778</v>
+        <v>1777</v>
       </c>
       <c r="Q1013" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1014" spans="1:17">
       <c r="A1014">
-        <v>10777</v>
+        <v>79209</v>
       </c>
       <c r="B1014" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
       <c r="C1014"/>
       <c r="D1014"/>
       <c r="E1014" t="s">
-        <v>1774</v>
+        <v>1760</v>
       </c>
       <c r="F1014" t="s">
         <v>410</v>
       </c>
       <c r="G1014"/>
       <c r="H1014" t="s">
         <v>23</v>
       </c>
       <c r="I1014" t="s">
         <v>42</v>
       </c>
       <c r="J1014"/>
       <c r="K1014"/>
       <c r="L1014"/>
       <c r="M1014"/>
       <c r="N1014"/>
       <c r="O1014"/>
-      <c r="P1014"/>
+      <c r="P1014" t="s">
+        <v>1779</v>
+      </c>
       <c r="Q1014" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1015" spans="1:17">
       <c r="A1015">
-        <v>33060</v>
+        <v>11203</v>
       </c>
       <c r="B1015" t="s">
         <v>1780</v>
       </c>
       <c r="C1015"/>
       <c r="D1015"/>
       <c r="E1015" t="s">
-        <v>1774</v>
+        <v>1762</v>
       </c>
       <c r="F1015" t="s">
         <v>410</v>
       </c>
       <c r="G1015"/>
       <c r="H1015" t="s">
         <v>23</v>
       </c>
       <c r="I1015" t="s">
         <v>42</v>
       </c>
       <c r="J1015"/>
       <c r="K1015"/>
       <c r="L1015"/>
       <c r="M1015"/>
       <c r="N1015"/>
       <c r="O1015"/>
-      <c r="P1015" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P1015"/>
       <c r="Q1015" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1016" spans="1:17">
       <c r="A1016">
-        <v>79209</v>
+        <v>11547</v>
       </c>
       <c r="B1016" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
       <c r="C1016"/>
       <c r="D1016"/>
       <c r="E1016" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="F1016" t="s">
         <v>410</v>
       </c>
       <c r="G1016"/>
       <c r="H1016" t="s">
         <v>23</v>
       </c>
       <c r="I1016" t="s">
         <v>42</v>
       </c>
       <c r="J1016"/>
       <c r="K1016"/>
       <c r="L1016"/>
       <c r="M1016"/>
       <c r="N1016"/>
       <c r="O1016"/>
-      <c r="P1016" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P1016"/>
       <c r="Q1016" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1017" spans="1:17">
       <c r="A1017">
-        <v>11203</v>
+        <v>12229</v>
       </c>
       <c r="B1017" t="s">
-        <v>1784</v>
+        <v>1782</v>
       </c>
       <c r="C1017"/>
       <c r="D1017"/>
       <c r="E1017" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="F1017" t="s">
         <v>410</v>
       </c>
       <c r="G1017"/>
       <c r="H1017" t="s">
         <v>23</v>
       </c>
       <c r="I1017" t="s">
         <v>42</v>
       </c>
       <c r="J1017"/>
       <c r="K1017"/>
       <c r="L1017"/>
       <c r="M1017"/>
       <c r="N1017"/>
       <c r="O1017"/>
       <c r="P1017"/>
       <c r="Q1017" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1018" spans="1:17">
       <c r="A1018">
-        <v>11547</v>
+        <v>12383</v>
       </c>
       <c r="B1018" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
       <c r="C1018"/>
       <c r="D1018"/>
       <c r="E1018" t="s">
-        <v>1772</v>
+        <v>1770</v>
       </c>
       <c r="F1018" t="s">
         <v>410</v>
       </c>
       <c r="G1018"/>
       <c r="H1018" t="s">
         <v>23</v>
       </c>
       <c r="I1018" t="s">
         <v>42</v>
       </c>
       <c r="J1018"/>
       <c r="K1018"/>
       <c r="L1018"/>
       <c r="M1018"/>
       <c r="N1018"/>
       <c r="O1018"/>
       <c r="P1018"/>
       <c r="Q1018" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1019" spans="1:17">
       <c r="A1019">
-        <v>12229</v>
+        <v>11914</v>
       </c>
       <c r="B1019" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
       <c r="C1019"/>
       <c r="D1019"/>
       <c r="E1019" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="F1019" t="s">
         <v>410</v>
       </c>
       <c r="G1019"/>
       <c r="H1019" t="s">
         <v>23</v>
       </c>
       <c r="I1019" t="s">
         <v>42</v>
       </c>
       <c r="J1019"/>
       <c r="K1019"/>
       <c r="L1019"/>
       <c r="M1019"/>
       <c r="N1019"/>
       <c r="O1019"/>
       <c r="P1019"/>
       <c r="Q1019" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1020" spans="1:17">
       <c r="A1020">
-        <v>12383</v>
+        <v>11686</v>
       </c>
       <c r="B1020" t="s">
-        <v>1787</v>
+        <v>1785</v>
       </c>
       <c r="C1020"/>
       <c r="D1020"/>
       <c r="E1020" t="s">
-        <v>1774</v>
+        <v>1762</v>
       </c>
       <c r="F1020" t="s">
         <v>410</v>
       </c>
       <c r="G1020"/>
       <c r="H1020" t="s">
         <v>23</v>
       </c>
       <c r="I1020" t="s">
         <v>42</v>
       </c>
       <c r="J1020"/>
       <c r="K1020"/>
       <c r="L1020"/>
       <c r="M1020"/>
       <c r="N1020"/>
       <c r="O1020"/>
       <c r="P1020"/>
       <c r="Q1020" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1021" spans="1:17">
       <c r="A1021">
-        <v>11914</v>
+        <v>10680</v>
       </c>
       <c r="B1021" t="s">
-        <v>1788</v>
+        <v>1786</v>
       </c>
       <c r="C1021"/>
       <c r="D1021"/>
       <c r="E1021" t="s">
-        <v>1774</v>
+        <v>1765</v>
       </c>
       <c r="F1021" t="s">
         <v>410</v>
       </c>
       <c r="G1021"/>
       <c r="H1021" t="s">
         <v>23</v>
       </c>
       <c r="I1021" t="s">
         <v>42</v>
       </c>
       <c r="J1021"/>
       <c r="K1021"/>
       <c r="L1021"/>
       <c r="M1021"/>
       <c r="N1021"/>
       <c r="O1021"/>
       <c r="P1021"/>
       <c r="Q1021" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1022" spans="1:17">
       <c r="A1022">
-        <v>11686</v>
+        <v>11955</v>
       </c>
       <c r="B1022" t="s">
-        <v>1789</v>
+        <v>1787</v>
       </c>
       <c r="C1022"/>
       <c r="D1022"/>
       <c r="E1022" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="F1022" t="s">
         <v>410</v>
       </c>
       <c r="G1022"/>
       <c r="H1022" t="s">
         <v>23</v>
       </c>
       <c r="I1022" t="s">
         <v>42</v>
       </c>
       <c r="J1022"/>
       <c r="K1022"/>
       <c r="L1022"/>
       <c r="M1022"/>
       <c r="N1022"/>
       <c r="O1022"/>
       <c r="P1022"/>
       <c r="Q1022" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1023" spans="1:17">
       <c r="A1023">
-        <v>10680</v>
+        <v>11450</v>
       </c>
       <c r="B1023" t="s">
-        <v>1790</v>
+        <v>1788</v>
       </c>
       <c r="C1023"/>
       <c r="D1023"/>
       <c r="E1023" t="s">
-        <v>1769</v>
+        <v>1760</v>
       </c>
       <c r="F1023" t="s">
         <v>410</v>
       </c>
       <c r="G1023"/>
       <c r="H1023" t="s">
         <v>23</v>
       </c>
       <c r="I1023" t="s">
         <v>42</v>
       </c>
-      <c r="J1023"/>
-      <c r="K1023"/>
+      <c r="J1023" t="s">
+        <v>86</v>
+      </c>
+      <c r="K1023" t="s">
+        <v>78</v>
+      </c>
       <c r="L1023"/>
       <c r="M1023"/>
       <c r="N1023"/>
       <c r="O1023"/>
       <c r="P1023"/>
       <c r="Q1023" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1024" spans="1:17">
       <c r="A1024">
-        <v>11955</v>
+        <v>11432</v>
       </c>
       <c r="B1024" t="s">
-        <v>1791</v>
+        <v>1789</v>
       </c>
       <c r="C1024"/>
       <c r="D1024"/>
       <c r="E1024" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="F1024" t="s">
         <v>410</v>
       </c>
       <c r="G1024"/>
       <c r="H1024" t="s">
         <v>23</v>
       </c>
       <c r="I1024" t="s">
         <v>42</v>
       </c>
       <c r="J1024"/>
       <c r="K1024"/>
       <c r="L1024"/>
       <c r="M1024"/>
       <c r="N1024"/>
       <c r="O1024"/>
       <c r="P1024"/>
       <c r="Q1024" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1025" spans="1:17">
       <c r="A1025">
-        <v>11450</v>
+        <v>11928</v>
       </c>
       <c r="B1025" t="s">
-        <v>1792</v>
+        <v>1790</v>
       </c>
       <c r="C1025"/>
       <c r="D1025"/>
       <c r="E1025" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="F1025" t="s">
         <v>410</v>
       </c>
       <c r="G1025"/>
       <c r="H1025" t="s">
         <v>23</v>
       </c>
       <c r="I1025" t="s">
         <v>42</v>
       </c>
-      <c r="J1025" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J1025"/>
+      <c r="K1025"/>
       <c r="L1025"/>
       <c r="M1025"/>
       <c r="N1025"/>
       <c r="O1025"/>
       <c r="P1025"/>
       <c r="Q1025" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1026" spans="1:17">
       <c r="A1026">
-        <v>11432</v>
+        <v>5613</v>
       </c>
       <c r="B1026" t="s">
-        <v>1793</v>
+        <v>1791</v>
       </c>
       <c r="C1026"/>
       <c r="D1026"/>
       <c r="E1026" t="s">
-        <v>1772</v>
+        <v>409</v>
       </c>
       <c r="F1026" t="s">
         <v>410</v>
       </c>
       <c r="G1026"/>
       <c r="H1026" t="s">
         <v>23</v>
       </c>
       <c r="I1026" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J1026"/>
       <c r="K1026"/>
       <c r="L1026"/>
       <c r="M1026"/>
       <c r="N1026"/>
       <c r="O1026"/>
-      <c r="P1026"/>
+      <c r="P1026" t="s">
+        <v>1792</v>
+      </c>
       <c r="Q1026" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1027" spans="1:17">
       <c r="A1027">
-        <v>11928</v>
+        <v>12427</v>
       </c>
       <c r="B1027" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="C1027"/>
       <c r="D1027"/>
       <c r="E1027" t="s">
-        <v>1772</v>
+        <v>1768</v>
       </c>
       <c r="F1027" t="s">
         <v>410</v>
       </c>
       <c r="G1027"/>
       <c r="H1027" t="s">
         <v>23</v>
       </c>
       <c r="I1027" t="s">
         <v>42</v>
       </c>
       <c r="J1027"/>
       <c r="K1027"/>
       <c r="L1027"/>
       <c r="M1027"/>
       <c r="N1027"/>
       <c r="O1027"/>
       <c r="P1027"/>
       <c r="Q1027" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1028" spans="1:17">
       <c r="A1028">
-        <v>5613</v>
+        <v>11506</v>
       </c>
       <c r="B1028" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C1028" t="s">
         <v>1795</v>
       </c>
-      <c r="C1028"/>
-      <c r="D1028"/>
+      <c r="D1028" t="s">
+        <v>34</v>
+      </c>
       <c r="E1028" t="s">
-        <v>409</v>
+        <v>1762</v>
       </c>
       <c r="F1028" t="s">
         <v>410</v>
       </c>
       <c r="G1028"/>
       <c r="H1028" t="s">
         <v>23</v>
       </c>
       <c r="I1028" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J1028"/>
       <c r="K1028"/>
       <c r="L1028"/>
       <c r="M1028"/>
       <c r="N1028"/>
       <c r="O1028"/>
-      <c r="P1028" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P1028"/>
       <c r="Q1028" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1029" spans="1:17">
       <c r="A1029">
-        <v>12427</v>
+        <v>11154</v>
       </c>
       <c r="B1029" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="C1029"/>
       <c r="D1029"/>
       <c r="E1029" t="s">
-        <v>1772</v>
+        <v>1760</v>
       </c>
       <c r="F1029" t="s">
         <v>410</v>
       </c>
       <c r="G1029"/>
       <c r="H1029" t="s">
         <v>23</v>
       </c>
       <c r="I1029" t="s">
         <v>42</v>
       </c>
       <c r="J1029"/>
       <c r="K1029"/>
       <c r="L1029"/>
       <c r="M1029"/>
       <c r="N1029"/>
       <c r="O1029"/>
       <c r="P1029"/>
       <c r="Q1029" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1030" spans="1:17">
       <c r="A1030">
-        <v>11506</v>
+        <v>12105</v>
       </c>
       <c r="B1030" t="s">
-        <v>1798</v>
-[...6 lines deleted...]
-      </c>
+        <v>1797</v>
+      </c>
+      <c r="C1030"/>
+      <c r="D1030"/>
       <c r="E1030" t="s">
-        <v>1766</v>
+        <v>1760</v>
       </c>
       <c r="F1030" t="s">
         <v>410</v>
       </c>
       <c r="G1030"/>
       <c r="H1030" t="s">
         <v>23</v>
       </c>
       <c r="I1030" t="s">
         <v>42</v>
       </c>
       <c r="J1030"/>
       <c r="K1030"/>
       <c r="L1030"/>
       <c r="M1030"/>
       <c r="N1030"/>
       <c r="O1030"/>
       <c r="P1030"/>
       <c r="Q1030" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1031" spans="1:17">
       <c r="A1031">
-        <v>11154</v>
+        <v>10828</v>
       </c>
       <c r="B1031" t="s">
-        <v>1800</v>
+        <v>1798</v>
       </c>
       <c r="C1031"/>
       <c r="D1031"/>
       <c r="E1031" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="F1031" t="s">
         <v>410</v>
       </c>
       <c r="G1031"/>
       <c r="H1031" t="s">
         <v>23</v>
       </c>
       <c r="I1031" t="s">
         <v>42</v>
       </c>
       <c r="J1031"/>
       <c r="K1031"/>
       <c r="L1031"/>
       <c r="M1031"/>
       <c r="N1031"/>
       <c r="O1031"/>
       <c r="P1031"/>
       <c r="Q1031" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1032" spans="1:17">
       <c r="A1032">
-        <v>12105</v>
+        <v>11174</v>
       </c>
       <c r="B1032" t="s">
-        <v>1801</v>
+        <v>1799</v>
       </c>
       <c r="C1032"/>
       <c r="D1032"/>
       <c r="E1032" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="F1032" t="s">
         <v>410</v>
       </c>
       <c r="G1032"/>
       <c r="H1032" t="s">
         <v>23</v>
       </c>
       <c r="I1032" t="s">
         <v>42</v>
       </c>
       <c r="J1032"/>
       <c r="K1032"/>
       <c r="L1032"/>
       <c r="M1032"/>
       <c r="N1032"/>
       <c r="O1032"/>
       <c r="P1032"/>
       <c r="Q1032" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1033" spans="1:17">
       <c r="A1033">
-        <v>10828</v>
+        <v>11237</v>
       </c>
       <c r="B1033" t="s">
-        <v>1802</v>
+        <v>1800</v>
       </c>
       <c r="C1033"/>
       <c r="D1033"/>
       <c r="E1033" t="s">
-        <v>1774</v>
+        <v>1762</v>
       </c>
       <c r="F1033" t="s">
         <v>410</v>
       </c>
       <c r="G1033"/>
       <c r="H1033" t="s">
         <v>23</v>
       </c>
       <c r="I1033" t="s">
         <v>42</v>
       </c>
       <c r="J1033"/>
       <c r="K1033"/>
       <c r="L1033"/>
       <c r="M1033"/>
       <c r="N1033"/>
       <c r="O1033"/>
       <c r="P1033"/>
       <c r="Q1033" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1034" spans="1:17">
       <c r="A1034">
-        <v>11174</v>
+        <v>11809</v>
       </c>
       <c r="B1034" t="s">
-        <v>1803</v>
+        <v>1801</v>
       </c>
       <c r="C1034"/>
       <c r="D1034"/>
       <c r="E1034" t="s">
-        <v>1772</v>
+        <v>1768</v>
       </c>
       <c r="F1034" t="s">
         <v>410</v>
       </c>
       <c r="G1034"/>
       <c r="H1034" t="s">
         <v>23</v>
       </c>
       <c r="I1034" t="s">
         <v>42</v>
       </c>
       <c r="J1034"/>
       <c r="K1034"/>
       <c r="L1034"/>
       <c r="M1034"/>
       <c r="N1034"/>
       <c r="O1034"/>
       <c r="P1034"/>
       <c r="Q1034" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1035" spans="1:17">
       <c r="A1035">
-        <v>11237</v>
+        <v>11910</v>
       </c>
       <c r="B1035" t="s">
-        <v>1804</v>
+        <v>1802</v>
       </c>
       <c r="C1035"/>
       <c r="D1035"/>
       <c r="E1035" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="F1035" t="s">
         <v>410</v>
       </c>
       <c r="G1035"/>
       <c r="H1035" t="s">
         <v>23</v>
       </c>
       <c r="I1035" t="s">
         <v>42</v>
       </c>
       <c r="J1035"/>
       <c r="K1035"/>
       <c r="L1035"/>
       <c r="M1035"/>
       <c r="N1035"/>
       <c r="O1035"/>
       <c r="P1035"/>
       <c r="Q1035" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1036" spans="1:17">
       <c r="A1036">
-        <v>11809</v>
+        <v>11916</v>
       </c>
       <c r="B1036" t="s">
-        <v>1805</v>
+        <v>1803</v>
       </c>
       <c r="C1036"/>
       <c r="D1036"/>
       <c r="E1036" t="s">
-        <v>1772</v>
+        <v>1762</v>
       </c>
       <c r="F1036" t="s">
         <v>410</v>
       </c>
       <c r="G1036"/>
       <c r="H1036" t="s">
         <v>23</v>
       </c>
       <c r="I1036" t="s">
         <v>42</v>
       </c>
       <c r="J1036"/>
       <c r="K1036"/>
       <c r="L1036"/>
       <c r="M1036"/>
       <c r="N1036"/>
       <c r="O1036"/>
       <c r="P1036"/>
       <c r="Q1036" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1037" spans="1:17">
       <c r="A1037">
-        <v>11910</v>
+        <v>10450</v>
       </c>
       <c r="B1037" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D1037" t="s">
         <v>1806</v>
       </c>
-      <c r="C1037"/>
-      <c r="D1037"/>
       <c r="E1037" t="s">
-        <v>1774</v>
+        <v>1762</v>
       </c>
       <c r="F1037" t="s">
         <v>410</v>
       </c>
       <c r="G1037"/>
       <c r="H1037" t="s">
         <v>23</v>
       </c>
       <c r="I1037" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J1037"/>
       <c r="K1037"/>
       <c r="L1037"/>
       <c r="M1037"/>
       <c r="N1037"/>
       <c r="O1037"/>
       <c r="P1037"/>
       <c r="Q1037" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1038" spans="1:17">
       <c r="A1038">
-        <v>11916</v>
+        <v>11013</v>
       </c>
       <c r="B1038" t="s">
         <v>1807</v>
       </c>
-      <c r="C1038"/>
-      <c r="D1038"/>
+      <c r="C1038" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D1038" t="s">
+        <v>935</v>
+      </c>
       <c r="E1038" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="F1038" t="s">
         <v>410</v>
       </c>
       <c r="G1038"/>
       <c r="H1038" t="s">
         <v>23</v>
       </c>
       <c r="I1038" t="s">
         <v>42</v>
       </c>
       <c r="J1038"/>
       <c r="K1038"/>
       <c r="L1038"/>
       <c r="M1038"/>
       <c r="N1038"/>
       <c r="O1038"/>
       <c r="P1038"/>
       <c r="Q1038" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1039" spans="1:17">
       <c r="A1039">
-        <v>10450</v>
+        <v>11819</v>
       </c>
       <c r="B1039" t="s">
-        <v>1808</v>
-[...1 lines deleted...]
-      <c r="C1039" t="s">
         <v>1809</v>
       </c>
-      <c r="D1039" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C1039"/>
+      <c r="D1039"/>
       <c r="E1039" t="s">
-        <v>1766</v>
+        <v>1760</v>
       </c>
       <c r="F1039" t="s">
         <v>410</v>
       </c>
       <c r="G1039"/>
       <c r="H1039" t="s">
         <v>23</v>
       </c>
       <c r="I1039" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J1039"/>
       <c r="K1039"/>
       <c r="L1039"/>
       <c r="M1039"/>
       <c r="N1039"/>
       <c r="O1039"/>
       <c r="P1039"/>
       <c r="Q1039" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1040" spans="1:17">
       <c r="A1040">
-        <v>11013</v>
+        <v>11447</v>
       </c>
       <c r="B1040" t="s">
-        <v>1811</v>
-[...6 lines deleted...]
-      </c>
+        <v>1810</v>
+      </c>
+      <c r="C1040"/>
+      <c r="D1040"/>
       <c r="E1040" t="s">
-        <v>1774</v>
+        <v>1760</v>
       </c>
       <c r="F1040" t="s">
         <v>410</v>
       </c>
       <c r="G1040"/>
       <c r="H1040" t="s">
         <v>23</v>
       </c>
       <c r="I1040" t="s">
         <v>42</v>
       </c>
       <c r="J1040"/>
       <c r="K1040"/>
       <c r="L1040"/>
       <c r="M1040"/>
       <c r="N1040"/>
       <c r="O1040"/>
       <c r="P1040"/>
       <c r="Q1040" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1041" spans="1:17">
       <c r="A1041">
-        <v>11819</v>
+        <v>11626</v>
       </c>
       <c r="B1041" t="s">
-        <v>1813</v>
+        <v>1811</v>
       </c>
       <c r="C1041"/>
       <c r="D1041"/>
       <c r="E1041" t="s">
-        <v>1764</v>
+        <v>1760</v>
       </c>
       <c r="F1041" t="s">
         <v>410</v>
       </c>
       <c r="G1041"/>
       <c r="H1041" t="s">
         <v>23</v>
       </c>
       <c r="I1041" t="s">
         <v>42</v>
       </c>
       <c r="J1041"/>
       <c r="K1041"/>
       <c r="L1041"/>
       <c r="M1041"/>
       <c r="N1041"/>
       <c r="O1041"/>
       <c r="P1041"/>
       <c r="Q1041" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1042" spans="1:17">
       <c r="A1042">
-        <v>11447</v>
+        <v>10918</v>
       </c>
       <c r="B1042" t="s">
-        <v>1814</v>
+        <v>1812</v>
       </c>
       <c r="C1042"/>
       <c r="D1042"/>
       <c r="E1042" t="s">
-        <v>1764</v>
+        <v>1760</v>
       </c>
       <c r="F1042" t="s">
         <v>410</v>
       </c>
       <c r="G1042"/>
       <c r="H1042" t="s">
         <v>23</v>
       </c>
       <c r="I1042" t="s">
         <v>42</v>
       </c>
       <c r="J1042"/>
       <c r="K1042"/>
       <c r="L1042"/>
       <c r="M1042"/>
       <c r="N1042"/>
       <c r="O1042"/>
       <c r="P1042"/>
       <c r="Q1042" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1043" spans="1:17">
       <c r="A1043">
-        <v>11626</v>
+        <v>11172</v>
       </c>
       <c r="B1043" t="s">
-        <v>1815</v>
+        <v>1813</v>
       </c>
       <c r="C1043"/>
       <c r="D1043"/>
       <c r="E1043" t="s">
-        <v>1764</v>
+        <v>1760</v>
       </c>
       <c r="F1043" t="s">
         <v>410</v>
       </c>
       <c r="G1043"/>
       <c r="H1043" t="s">
         <v>23</v>
       </c>
       <c r="I1043" t="s">
         <v>42</v>
       </c>
       <c r="J1043"/>
       <c r="K1043"/>
       <c r="L1043"/>
       <c r="M1043"/>
       <c r="N1043"/>
       <c r="O1043"/>
       <c r="P1043"/>
       <c r="Q1043" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1044" spans="1:17">
       <c r="A1044">
-        <v>10918</v>
+        <v>11670</v>
       </c>
       <c r="B1044" t="s">
-        <v>1816</v>
+        <v>1814</v>
       </c>
       <c r="C1044"/>
       <c r="D1044"/>
       <c r="E1044" t="s">
-        <v>1764</v>
+        <v>1760</v>
       </c>
       <c r="F1044" t="s">
         <v>410</v>
       </c>
       <c r="G1044"/>
       <c r="H1044" t="s">
         <v>23</v>
       </c>
       <c r="I1044" t="s">
         <v>42</v>
       </c>
       <c r="J1044"/>
       <c r="K1044"/>
       <c r="L1044"/>
       <c r="M1044"/>
       <c r="N1044"/>
       <c r="O1044"/>
       <c r="P1044"/>
       <c r="Q1044" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1045" spans="1:17">
       <c r="A1045">
-        <v>11172</v>
+        <v>12264</v>
       </c>
       <c r="B1045" t="s">
-        <v>1817</v>
+        <v>1815</v>
       </c>
       <c r="C1045"/>
       <c r="D1045"/>
       <c r="E1045" t="s">
-        <v>1764</v>
+        <v>1760</v>
       </c>
       <c r="F1045" t="s">
         <v>410</v>
       </c>
       <c r="G1045"/>
       <c r="H1045" t="s">
         <v>23</v>
       </c>
       <c r="I1045" t="s">
         <v>42</v>
       </c>
       <c r="J1045"/>
       <c r="K1045"/>
       <c r="L1045"/>
       <c r="M1045"/>
       <c r="N1045"/>
       <c r="O1045"/>
       <c r="P1045"/>
       <c r="Q1045" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1046" spans="1:17">
       <c r="A1046">
-        <v>11670</v>
+        <v>5076</v>
       </c>
       <c r="B1046" t="s">
-        <v>1818</v>
+        <v>1816</v>
       </c>
       <c r="C1046"/>
       <c r="D1046"/>
       <c r="E1046" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="F1046" t="s">
         <v>410</v>
       </c>
       <c r="G1046"/>
       <c r="H1046" t="s">
         <v>23</v>
       </c>
       <c r="I1046" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="J1046"/>
       <c r="K1046"/>
       <c r="L1046"/>
       <c r="M1046"/>
       <c r="N1046"/>
       <c r="O1046"/>
-      <c r="P1046"/>
+      <c r="P1046" t="s">
+        <v>1817</v>
+      </c>
       <c r="Q1046" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1047" spans="1:17">
       <c r="A1047">
-        <v>12264</v>
+        <v>10758</v>
       </c>
       <c r="B1047" t="s">
-        <v>1819</v>
+        <v>1818</v>
       </c>
       <c r="C1047"/>
       <c r="D1047"/>
       <c r="E1047" t="s">
-        <v>1764</v>
+        <v>1762</v>
       </c>
       <c r="F1047" t="s">
         <v>410</v>
       </c>
       <c r="G1047"/>
       <c r="H1047" t="s">
         <v>23</v>
       </c>
       <c r="I1047" t="s">
         <v>42</v>
       </c>
       <c r="J1047"/>
       <c r="K1047"/>
       <c r="L1047"/>
       <c r="M1047"/>
       <c r="N1047"/>
       <c r="O1047"/>
       <c r="P1047"/>
       <c r="Q1047" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1048" spans="1:17">
       <c r="A1048">
-        <v>5076</v>
+        <v>9452</v>
       </c>
       <c r="B1048" t="s">
-        <v>1820</v>
+        <v>1819</v>
       </c>
       <c r="C1048"/>
       <c r="D1048"/>
       <c r="E1048" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="F1048" t="s">
         <v>410</v>
       </c>
       <c r="G1048"/>
       <c r="H1048" t="s">
         <v>23</v>
       </c>
       <c r="I1048" t="s">
         <v>24</v>
       </c>
-      <c r="J1048"/>
-      <c r="K1048"/>
+      <c r="J1048" t="s">
+        <v>86</v>
+      </c>
+      <c r="K1048" t="s">
+        <v>363</v>
+      </c>
       <c r="L1048"/>
       <c r="M1048"/>
       <c r="N1048"/>
       <c r="O1048"/>
       <c r="P1048" t="s">
-        <v>1821</v>
+        <v>1820</v>
       </c>
       <c r="Q1048" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1049" spans="1:17">
       <c r="A1049">
-        <v>10758</v>
+        <v>11399</v>
       </c>
       <c r="B1049" t="s">
-        <v>1822</v>
+        <v>1821</v>
       </c>
       <c r="C1049"/>
       <c r="D1049"/>
       <c r="E1049" t="s">
-        <v>1766</v>
+        <v>1760</v>
       </c>
       <c r="F1049" t="s">
         <v>410</v>
       </c>
       <c r="G1049"/>
       <c r="H1049" t="s">
         <v>23</v>
       </c>
       <c r="I1049" t="s">
         <v>42</v>
       </c>
       <c r="J1049"/>
       <c r="K1049"/>
       <c r="L1049"/>
       <c r="M1049"/>
       <c r="N1049"/>
       <c r="O1049"/>
       <c r="P1049"/>
       <c r="Q1049" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1050" spans="1:17">
       <c r="A1050">
-        <v>9452</v>
+        <v>12355</v>
       </c>
       <c r="B1050" t="s">
-        <v>1823</v>
+        <v>1822</v>
       </c>
       <c r="C1050"/>
       <c r="D1050"/>
       <c r="E1050" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="F1050" t="s">
         <v>410</v>
       </c>
       <c r="G1050"/>
       <c r="H1050" t="s">
         <v>23</v>
       </c>
       <c r="I1050" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="J1050"/>
+      <c r="K1050"/>
       <c r="L1050"/>
       <c r="M1050"/>
       <c r="N1050"/>
       <c r="O1050"/>
-      <c r="P1050" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P1050"/>
       <c r="Q1050" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1051" spans="1:17">
       <c r="A1051">
-        <v>11399</v>
+        <v>11624</v>
       </c>
       <c r="B1051" t="s">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="C1051"/>
       <c r="D1051"/>
       <c r="E1051" t="s">
-        <v>1764</v>
+        <v>1824</v>
       </c>
       <c r="F1051" t="s">
-        <v>410</v>
+        <v>1825</v>
       </c>
       <c r="G1051"/>
       <c r="H1051" t="s">
         <v>23</v>
       </c>
       <c r="I1051" t="s">
         <v>42</v>
       </c>
       <c r="J1051"/>
       <c r="K1051"/>
       <c r="L1051"/>
       <c r="M1051"/>
       <c r="N1051"/>
       <c r="O1051"/>
       <c r="P1051"/>
       <c r="Q1051" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1052" spans="1:17">
       <c r="A1052">
-        <v>12355</v>
+        <v>12008</v>
       </c>
       <c r="B1052" t="s">
         <v>1826</v>
       </c>
-      <c r="C1052"/>
-      <c r="D1052"/>
+      <c r="C1052" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D1052" t="s">
+        <v>932</v>
+      </c>
       <c r="E1052" t="s">
-        <v>1774</v>
+        <v>1824</v>
       </c>
       <c r="F1052" t="s">
-        <v>410</v>
+        <v>1825</v>
       </c>
       <c r="G1052"/>
       <c r="H1052" t="s">
         <v>23</v>
       </c>
       <c r="I1052" t="s">
         <v>42</v>
       </c>
       <c r="J1052"/>
       <c r="K1052"/>
       <c r="L1052"/>
       <c r="M1052"/>
       <c r="N1052"/>
       <c r="O1052"/>
       <c r="P1052"/>
       <c r="Q1052" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1053" spans="1:17">
       <c r="A1053">
-        <v>11624</v>
+        <v>12020</v>
       </c>
       <c r="B1053" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C1053" t="s">
         <v>1827</v>
       </c>
-      <c r="C1053"/>
-      <c r="D1053"/>
+      <c r="D1053" t="s">
+        <v>932</v>
+      </c>
       <c r="E1053" t="s">
-        <v>1828</v>
+        <v>1824</v>
       </c>
       <c r="F1053" t="s">
-        <v>1829</v>
+        <v>1825</v>
       </c>
       <c r="G1053"/>
       <c r="H1053" t="s">
         <v>23</v>
       </c>
       <c r="I1053" t="s">
         <v>42</v>
       </c>
       <c r="J1053"/>
       <c r="K1053"/>
       <c r="L1053"/>
       <c r="M1053"/>
       <c r="N1053"/>
       <c r="O1053"/>
       <c r="P1053"/>
       <c r="Q1053" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1054" spans="1:17">
       <c r="A1054">
-        <v>12008</v>
+        <v>12023</v>
       </c>
       <c r="B1054" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C1054" t="s">
         <v>1830</v>
       </c>
-      <c r="C1054" t="s">
+      <c r="D1054" t="s">
+        <v>110</v>
+      </c>
+      <c r="E1054" t="s">
         <v>1831</v>
       </c>
-      <c r="D1054" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1054" t="s">
-        <v>1829</v>
+        <v>420</v>
       </c>
       <c r="G1054"/>
       <c r="H1054" t="s">
         <v>23</v>
       </c>
       <c r="I1054" t="s">
         <v>42</v>
       </c>
-      <c r="J1054"/>
-      <c r="K1054"/>
+      <c r="J1054" t="s">
+        <v>184</v>
+      </c>
+      <c r="K1054" t="s">
+        <v>78</v>
+      </c>
       <c r="L1054"/>
       <c r="M1054"/>
-      <c r="N1054"/>
+      <c r="N1054" t="s">
+        <v>185</v>
+      </c>
       <c r="O1054"/>
       <c r="P1054"/>
       <c r="Q1054" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1055" spans="1:17">
       <c r="A1055">
-        <v>12020</v>
+        <v>10904</v>
       </c>
       <c r="B1055" t="s">
         <v>1832</v>
       </c>
-      <c r="C1055" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C1055"/>
+      <c r="D1055"/>
       <c r="E1055" t="s">
-        <v>1828</v>
+        <v>1833</v>
       </c>
       <c r="F1055" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="G1055"/>
       <c r="H1055" t="s">
         <v>23</v>
       </c>
       <c r="I1055" t="s">
         <v>42</v>
       </c>
-      <c r="J1055"/>
-      <c r="K1055"/>
+      <c r="J1055" t="s">
+        <v>184</v>
+      </c>
+      <c r="K1055" t="s">
+        <v>363</v>
+      </c>
       <c r="L1055"/>
       <c r="M1055"/>
-      <c r="N1055"/>
+      <c r="N1055" t="s">
+        <v>422</v>
+      </c>
       <c r="O1055"/>
       <c r="P1055"/>
       <c r="Q1055" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="1056" spans="1:17">
       <c r="A1056">
-        <v>12023</v>
+        <v>79370</v>
       </c>
       <c r="B1056" t="s">
-        <v>1833</v>
-[...6 lines deleted...]
-      </c>
+        <v>1835</v>
+      </c>
+      <c r="C1056"/>
+      <c r="D1056"/>
       <c r="E1056" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="F1056" t="s">
-        <v>420</v>
+        <v>1837</v>
       </c>
       <c r="G1056"/>
       <c r="H1056" t="s">
         <v>23</v>
       </c>
       <c r="I1056" t="s">
         <v>42</v>
       </c>
-      <c r="J1056" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J1056"/>
+      <c r="K1056"/>
       <c r="L1056"/>
       <c r="M1056"/>
-      <c r="N1056" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N1056"/>
       <c r="O1056"/>
-      <c r="P1056"/>
+      <c r="P1056" t="s">
+        <v>1838</v>
+      </c>
       <c r="Q1056" t="s">
-        <v>26</v>
-[...72 lines deleted...]
-      <c r="Q1058" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>