--- v0 (2025-10-19)
+++ v1 (2026-01-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1029">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1028">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -3099,53 +3099,50 @@
     <t>Región Marina Atlántica U2 (Desfavorable-malo),  Región Marina Mediterránea U2 (Desfavorable-malo),  Región Marina Macaronésica XX (Desconocido)</t>
   </si>
   <si>
     <t>Región Marina Atlántica, Región Marina Mediterránea, Región Marina Macaronésica</t>
   </si>
   <si>
     <t>Lithothamnion corallioides (P.L. Crouan et H.M. Crouan) P.L. Crouan et H.M. Crouan</t>
   </si>
   <si>
     <t>Región Marina Mediterránea FV (Favorable),  Región Marina Atlántica U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Región Marina Mediterránea, Región Marina Atlántica</t>
   </si>
   <si>
     <t>Lithothamnium coralloides</t>
   </si>
   <si>
     <t>Dianthus rupicola Biv.</t>
   </si>
   <si>
     <t>prueba_Clavell de penyal (Mallorquín)</t>
   </si>
   <si>
     <t>Mallorquín</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dianthus rupicola Biv. subsp. rupicola, Dianthus rupicola subsp. hermaeensis (Coss.) O. Bolòs &amp; Vigo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -13335,53 +13332,51 @@
       <c r="E222" t="s">
         <v>905</v>
       </c>
       <c r="F222" t="s">
         <v>906</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>23</v>
       </c>
       <c r="I222" t="s">
         <v>52</v>
       </c>
       <c r="J222" t="s">
         <v>25</v>
       </c>
       <c r="K222" t="s">
         <v>26</v>
       </c>
       <c r="L222"/>
       <c r="M222"/>
       <c r="N222" t="s">
         <v>149</v>
       </c>
       <c r="O222"/>
-      <c r="P222" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P222"/>
       <c r="Q222" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>