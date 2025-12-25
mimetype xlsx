--- v0 (2025-10-18)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="480">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="479">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -1476,53 +1476,50 @@
     <t>Región Mediterránea XX (Desconocido)</t>
   </si>
   <si>
     <t>Región Mediterránea</t>
   </si>
   <si>
     <t>Centaurium quadrifolium subsp. barrelieri (Dufour) G. López, Centaurium rigualii</t>
   </si>
   <si>
     <t>Cistus umbellatus subsp. viscosus (Willk.) Demoly</t>
   </si>
   <si>
     <t>prueba_Jarilla (Castellano), Apagalumbres (Castellano), Ardevieja (Castellano), Jarillas (Castellano), Juagarzo (Castellano), Matalumbres (Castellano), jaguarcillo (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano</t>
   </si>
   <si>
     <t>Halimium umbellatum subsp. viscosum (Willk.) O. Bolós &amp; Vigo, Halimium verticillatum</t>
   </si>
   <si>
     <t>Holcus annuus subsp. setiglumis (Boiss. &amp; Reut.) M. Seq. &amp; Castrov.</t>
   </si>
   <si>
     <t>Holcus setiglumis Boiss. &amp; Reut., Holcus setiglumis Boiss. &amp; Reut. subsp. setiglumis</t>
-  </si>
-[...1 lines deleted...]
-    <t>Reseda decursiva Forsk. Fl. Aegypt. LXVI (1775)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1826,51 +1823,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q100"/>
+  <dimension ref="A1:Q99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="769.098" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="319.636" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4999.493" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="266.506" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="56.558" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -6065,87 +6062,50 @@
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99" t="s">
         <v>470</v>
       </c>
       <c r="F99" t="s">
         <v>471</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
         <v>24</v>
       </c>
       <c r="J99"/>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
       <c r="O99"/>
       <c r="P99" t="s">
         <v>478</v>
       </c>
       <c r="Q99" t="s">
-        <v>29</v>
-[...35 lines deleted...]
-      <c r="Q100" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>