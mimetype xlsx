--- v0 (2025-11-15)
+++ v1 (2026-02-02)
@@ -545,51 +545,51 @@
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Musgo acrocárpico que forma pequeñas almohadillas de color verde-azulado. Hojas adpresas y más o menos erectas en estado seco, aquilladas en la parte distal; hojas superiores oblongo-lanceoladas, súbitamente contraídas en un pelo hialino, denticulado, largo; hojas inferiores más pequeñas y con pelo más corto o múticas; margen bistratoso en la parte superior, estrechamente recurvado en la zona media; nervio percurrente, en sección transversal compuesto por células homogéneas; células medias cuadradas a rectangulares, con paredes engrosadas y no o ligeramente sinuosas; células basales rectangulares, las marginales con las paredes transversales más engrosadas que las longitudinales. Autoica. Hojas periqueciales con pelo hialino muy largo, frecuentemente secundo. Cápsula emergente, ovado-elipsoidal, lisa; opérculo cónico; perístoma ausente o muy rudimentario. Esporas 12-14 µm.</t>
   </si>
   <si>
     <t>Gymnomitrion crenulatum Gottsche ex Carrington</t>
   </si>
   <si>
     <t>Pequeña hepática, en pequeños céspedes con frondes filiformes muy intrincados; parda, rojiza o negruzca. Ramos de 3-4 cm de longitud y 0,2-0,3 mm de anchura. Filidios de inserción transversal, fuertemente imbricados, bilobulados hasta 1/4-1/5 de su longitud, con margen crenulado hialino. Dioico. Inflorescencias femeninas fusiformes, sin periginio. Esporófitos con cápsula de pared epidermal con células nodulosas.</t>
   </si>
   <si>
     <t>Orthotrichum casasianum F. Lara, Garilleti &amp; Mazimpaka</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Musgo acrocárpico de tamaño pequeño (0,6–1,0 cm de alto). Hojas lanceoladas de 2,0 a 2,7 mm de longitud, laxamente erectoadpresas y algo flexuosas en seco, erecto-patentes a patentes en húmedo; aquilladas y cóncavas; ápice generalmente obtuso con un pequeño mucrón de 1 a 2 células, incurvado en seco, a menudo cuculado. Seta corta (0,4-0,6 mm). Cápsula emergente, 1,75-2,00 mm de largo, cilíndrica a urceolada en seco, largamente oblonga a elipsoide en húmedo, homogéneamente constreñida por 8 estrías finas y prominentes. Estomas criptóporos, situados en la mitad superior de la urna. Cuello del mismo color que la urna, en algunos casos bruscamente estrechado en la seta, en otros de forma gradual. Exóstoma de 16 dientes pareados aunque pueden aparecer parcialmente separados en cápsulas viejas, reticulados en la cara externa y apenas papilosos, casi lisos en la interna. Endóstoma de 16 segmentos hialinos, finos, más cortos que los dientes, fuertemente incurvados en seco, lisos y con paredes transversales engrosadas y a menudo de color pardo-anaranjado. Esporas de (12-)14-20 µm de diámetro, densamente papilosas.</t>
   </si>
   <si>
     <t>Orthotrichum handiense F.Lara, Garilleti &amp; Mazimpaka</t>
   </si>
   <si>
-    <t>prueba_Musgo de Jandía (Castellano)</t>
+    <t>Musgo de Jandía (Castellano)</t>
   </si>
   <si>
     <t>Castellano</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Musgo acrocárpico de apariencia robusta en comparación con otros representantes del género, que crece en almohadillas de 1 a 2 cm de alto y hasta 4 cm de diámetro, de color verde más o menos oscuro cuando secas. Filidios lanceolados, de ápice agudo o acuminado, con márgenes variablemente recurvados, frecuentemente uno de los lados más que el otro; células filidiares superiores usualmente de ca. 12-15 µm de diámetro, con 2 papilas poco prominentes. Esporófitos frecuentes, inmersos entre las hojas periqueciales o ligeramente emergentes, con seta muy corta. Cápsula elíptica, hacia la base bruscamente contraída en un cuello corto, sulcada en toda su longitud por 8 costillas bien visibles aunque formadas por células exoteciales de paredes poco engrosadas. Estomas criptóporos situados hacia el extremo inferior de la cápsula, ampliamente cubiertos por células superficiales bien diferenciadas. Perístoma doble, el exóstoma con 16 dientes, aproximados en 8 pares pero casi independientes, de color amarillo pálido, recurvados e irregularmente retorcidos en seco; endóstoma de 16 segmentos lineares y papilosos. Opérculo cónico y mamilado. Caliptra oblongo-cilíndrica, pelosa sobre todo en el ápice. Vagínula con abundantes pelos largos. Esporas de 18-23 µm.</t>
   </si>
   <si>
     <t>Radula carringtonii J.B.Jack</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Hepática foliosa que se desarrolla dando lugar a alfombras lisas. Los caracteres diagnósticos de esta especie son los filidios ligeramente cóncavos, los lóbulos ± cuadrados, planos con el ápice redondo y las células de la lámina con paredes gruesas y trígonos conspicuos. Son plantas de color verde o verde oscuro, algunas veces marrón rojizo cuando se trata de individuos de mayor edad. Pueden alcanzar hasta 4 cm de largo, con los caulidios foliosos de 1,2-2,7 mm de ancho. Ejes rojizos o marrones, con la medula fuertemente colenquimatosa. Filidios patentes y a menudo ligeramente falcados, de 1-1,5(1,9) mm de largo, con una anchura 2/3 de su longitud; la parte libre del lóbulo es semi-ovada, plana o débilmente convexa, de ápice ampliamente redondeado; lóbulos ventrales subcuadrados o romboidales, de ápice prolongado, normalmente no inflados sobre la quilla. Lóbulos más o menos cuadrados, casi planos, 0,45-0,75mm de longitud, no decurrentes. Las células de los lóbulos de 16-24 µm de ancho, con paredes delgadas, trígonos de pequeños a moderadamente grandes y ± convexos. Rizoides amarillentos. Yemas desconocidas. Plantas dioicas; brácteas femeninas hasta 1,2 mm de longitud; periantios hasta 1,2 x 2,8 mm de longitud, oblongos, no más anchos en la boca, con márgenes laterales aquillados; esporas 30-38 µm, muy cortamente espinulosas.</t>
   </si>
   <si>
     <t>Radula holtii Spruce</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial NT (Casi amenazado)</t>
   </si>
@@ -757,51 +757,51 @@
   <si>
     <t>Hepática de tamaño medio, que crece en parches difusos y de color pardo-amarillento, verde pardusco o verde oliva. Caulidios principales aplanados dorsiventralmente, con células 8-18 x 12-20 μm, marrones y hacia el ápice marrón amarillento. En vista dorsal el caulidio está parcialmente expuesto, en vista ventral completamente cubierto por los filidios. Células corticales en 2-3(4) capas, de paredes moderada a fuertemente engrosadas, células medulares de paredes delgadas o ligeramente engrosadas. Trígonos ausentes o pequeños, de forma triangular. Rizoides ausentes en las ramificaciones. Ramificaciones vegetativas ausentes o escasas, de tipo lateral-intercalar, rara vez de tipo lateral-terminal. Filidios imbricados, abiertos o débilmente inclinados hacia la cara ventral en húmedo, enrollados o igual que en húmedo cuando están secos. Filidios asimétricamente triangular-ovados, ovado-oblongos o triangulares, con el ápice redondeado, sub-agudo o truncado, fuertemente decurrente en la cara dorsal, moderada o fuertemente decurrente en la cara ventral. Filidios de los tallos maduros con (5)8-25(28) dientes marginales, de los que 2-7 se encuentran en el ápice, (3)5-16(19) en el margen ventral y 0-2(4) en los dos tercios superiores del margen dorsal. Dientes erectos o curvados, apuntando en varias direcciones, con (1)2-3(4) células de ancho en la base y (1)3-5 células de largo. Células de la mitad superior ligeramente más anchas que largas. La pared de las células es delgada excepto hacia el margen de la hoja, cutícula lisa. Nervio corto y ancho en la base del filidio. Células del nervio de 45-78 x 22-40 μm, trígonos de mediano tamaño, subnodulosos, a menudo con esquinas redondeadas. Cuerpos oleosos esféricos o elipsoidales, no coloreados. Anfigastrios ausentes o pequeños. Esporófito desconocido.</t>
   </si>
   <si>
     <t>Pseudotaxiphyllum laetevirens (Dixon &amp; Luisier ex F. Koppe &amp; Düll.) Hedenäs</t>
   </si>
   <si>
     <t>Plantas pequeñas, pleurocárpicas, irregularmente ramificadas, verdosas, brillantes en seco y en húmedo. Filidios caulinares en general complanados, a veces más o menos erectos, en ocasiones con la parte apical dirigida hacia el substrato, cóncavos, ligeramente crespos en seco, de estrechamente lanceolados o triangulares a ovados u ovado-lanceolados, gradualmente estrechados en un largo y estrecho acumen, con célula apical de (30)40-50 μm de longitud; márgenes planos o ligeramente recurvados cerca de la base, de enteros a ligeramente denticulados hacia el ápice; nervio corto, doble, a veces indiferenciado. Células medias de la lámina lineares o largamente fusiformes, 90-170 x 3-6 μm; células basales lineares, más cortas; células alares poco diferenciadas. Propágulos en forma de ramitas flageliformes, caedizas, a veces agrupadas hacia el ápice de las ramas, más raramente en forma de yemas claviformes, pluricelulares. Esporófito desconocido.</t>
   </si>
   <si>
     <t>Isopterygium elegans (Brid.) Lindb. var. laetevirens K. Koppe &amp; Düll, Isopterygium laetevirens Dixon &amp; Luisier</t>
   </si>
   <si>
     <t>Radula jonesii Bouman, Dirkse &amp; K.Yamada</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Hepática foliosa de tamaño medio, color verde oliva oscuro, que forma alfombras lisas. Caulidios de 10-15 mm de largo y 0,070,12 mm de diámetro, irregularmente pinnados, ramas de 2-5 mm de largo; células epidérmicas marrón oscuro, tan largas como las células coloreadas medulares, con paredes delgadas y grandes trígonos; células epidérmicas ventrales del caulidio de 17-25 µm x 10-15 µm. Lóbulos de los filidios moderadamente imbricados, lisos o ligeramente cóncavos, estrechamente ovados (raramente suborbiculares), de 0,7-0,9 mm de largo, dispuestos en un ángulo de 50-70° respecto el caulidio; células de la mitad del filidio de 10-13 x 7-9 µm, células basales de 22-25 x 12-15 µm; paredes celulares delgadas, sin trígonos, cutícula lisa; lóbulos ventrales apretados contra el lóbulo dorsal, subcuadrados, situados en un ángulo respecto al caulidio de 15-35°; ápice agudo, a menudo apiculado; base recta o ligeramente convexa, no auriculada, normalmente no extendiéndose más allá de la mitad del caulidio. Periantios 4 veces más largos que anchos y con boca distinta e irregularmente lobulada; androecios inscospicuos. Seta de 8-10 células de diámetro; cápsula ovoide. Esporas de 18-22 µm de diámetro, de color marrón, ligeramente rugosas.</t>
   </si>
   <si>
     <t>Rhynchostegiella bourgeana (Mitt.) Broth.</t>
   </si>
   <si>
-    <t>prueba_Musgo de Bourgeau (Castellano)</t>
+    <t>Musgo de Bourgeau (Castellano)</t>
   </si>
   <si>
     <t>Musgo pleurocárpico de pequeño tamaño que forma tramas irregulares, densamente ramificadas, de color verde a verde-amarillento; ramas de erectas a horizontales con cerca de 5 mm de longitud. Caulidios principales con 2-3 capas de células corticales en sección transversal rodeando 2-4 capas de células de mayor tamaño con células medulares de paredes finas. Filidios de las ramas brillantes, erecto-patentes, de ovado-elongados a ovado-lanceolados, ampliamente acuminados, cóncavos, margen liso, raramente recurvado en la zona más estrecha, usualmente denticulado en la parte superior. Filidios de los caulidios ligeramente mayores que los de las ramas, pero débilmente diferenciados. Células superiores de la lámina de romboidal-elongadas a vermiculares, como las células de la zona media, (40)60-90(100) µm de longitud y 6-10 µm de ancho. Células de la base algo más laxas, con un número máximo de 20 células alares que forman un grupo celular algo diferenciado. Nervio poco robusto que ocupa 1/5-1/6 de la base del filidio, de 25-35(40) µm de ancho. Especie autoica. Seta lisa; esporas ligeramente papilosas y de 12-17 µm de diámetro.</t>
   </si>
   <si>
     <t>Hypnum bourgeanum Mitt., Rhynchostegiella bourgaeana (Mitt.) Broth.</t>
   </si>
   <si>
     <t>Weissia perssonii Kindb.</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Plantas pequeñas, acrocárpicas, que forman céspedes poco densos o plantas gregarias. Filidios espiralmente retorcidos en seco, a veces ligeramente, de erectos a patentes en húmedo, de lanceolados a estrechamente oval-lanceolados, generalmente estrechados hacia el ápice desde el tercio inferior, 1,8-2,5 x 0,3-0,6 mm; márgenes planos en el tercio inferior, fuertemente involutos en el superior, con las partes involutas que llegan a tocarse hacia el ápice. Nervio 50-60 μm de anchura hacia la base, excurrente en un mucrón; células superficiales ventrales lineares, alargadas, de paredes engrosadas, lisas; en sección transversal con 1 capa de euricistos, 1-2 capas de estereidas dorsales, 1-2 capas de estereidas ventrales. Células superiores y medias de la lámina cuadradas o cortamente rectangulares, de paredes ligeramente engrosadas, 9-10 x 8-9 μm, con 3-5(6) papilas simples o bifurcadas; células basales rectangulares, lisas, hialinas o clorofílicas. Autoica. Seta 3-4,5 mm de longitud. Urna 1,8-2,5 mm de longitud, de ovoide a elipsoidal, simétrica. Epifragma diferenciado.</t>
   </si>
   <si>
     <t>Acanthocoleus aberrans (Lindenb. &amp; Gottsche) Kruijt</t>
   </si>
   <si>
     <t>Aloina brevirostris (Hook. &amp; Grev.) Kindb.</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes)</t>
   </si>
@@ -1423,51 +1423,51 @@
   <si>
     <t>Jungermannia leiantha Grolle</t>
   </si>
   <si>
     <t>Lophocolea fragrans (Moris &amp; De Not.) Gottsche, Lindenb. &amp; Nees</t>
   </si>
   <si>
     <t>Chiloscyphus fragans Moris et de Not.</t>
   </si>
   <si>
     <t>Lophozia ascendens (Warnst.) R.M.Schust.</t>
   </si>
   <si>
     <t>Lophozia wenzelii (Nees) Steph.</t>
   </si>
   <si>
     <t>Mannia gracilis (F.Weber) D.B.Schill &amp; D.G.Long</t>
   </si>
   <si>
     <t>Asterella gracilis (F. Weber) Underw.</t>
   </si>
   <si>
     <t>Marchantia paleacea Bertol.</t>
   </si>
   <si>
-    <t>prueba_Freixurera (Catalán), Herba freixurera (Catalán)</t>
+    <t>Freixurera (Catalán), Herba freixurera (Catalán)</t>
   </si>
   <si>
     <t>Catalán, Catalán</t>
   </si>
   <si>
     <t>Marchantia polymorpha L.</t>
   </si>
   <si>
     <t>Marsupella funckii (F.Weber &amp; D.Mohr) Dumort.</t>
   </si>
   <si>
     <t>Marsupella sprucei (Limpr.) Bernet</t>
   </si>
   <si>
     <t>Meesia uliginosa Hedw.</t>
   </si>
   <si>
     <t>Mesoptychia badensis (Gottsche ex Rabenh.) L.Söderstr. &amp; Vána</t>
   </si>
   <si>
     <t>Lophozia badensis (Gottsche) Schiffn.</t>
   </si>
   <si>
     <t>Mesoptychia heterocolpos (Thed. ex Hartm.) L.Söderstr. &amp; Vána</t>
   </si>
@@ -5441,51 +5441,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q1330"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="108.402" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="206.378" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2301.581" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="215.804" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>