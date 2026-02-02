--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -95,114 +95,114 @@
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Herbácea perenne, rizomatosa. Tallos escapiformes, de unos 20 cm. Hojas simples, elípticas o espatuladas, enteras o denticuladas, de lámina glabra excepto en los márgenes inferiores, las basales en roseta. Capítulos 1-4; pedúnculos con pelos estrellados y glandulares; involucro 6-8 x 5- 7 mm; brácteas con pelos estrellados y glandulares; receptáculo sin brácteas interseminales. Flores liguladas, hermafroditas; corola amarilla. Ovario ínfero; estilo con dos brazos estilares amarillos. Fruto aquenio de 1,5-2,5 mm, con vilano biseriado.</t>
   </si>
   <si>
     <t>Terrestre</t>
   </si>
   <si>
     <t>Plantas vasculares</t>
   </si>
   <si>
     <t>Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Filtros:  Taxonomía: Plantas vasculares  / Origen: Desconocido</t>
   </si>
   <si>
     <t>Sonchus arvensis L.</t>
   </si>
   <si>
-    <t>prueba_Cerrajón (Castellano), Cerrajones (Castellano)</t>
+    <t>Cerrajón (Castellano), Cerrajones (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Mundial</t>
   </si>
   <si>
     <t>Hierba perenne, de 0,3-1,5 m, con tallos glabros abajo. Hojas enteras o pinnatipartidas, con aurículas redondeadas, a veces dentadas. Capítulo terminal, con muchas brácteas. Flores liguladas con lígulas amarillas tan largas como el tubo. Aquenios de 2,5-3,5 x 1-1,5 mm, rugosos, con vilano al menos tres veces más largo, persistente.</t>
   </si>
   <si>
     <t>Sonchus arvensis L. subsp. uliginosus (Bieb.) Nyman</t>
   </si>
   <si>
     <t>Androsace vitaliana subsp. cinerea (Sünd.) Kress in Hegi</t>
   </si>
   <si>
     <t>España NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Vitaliana primuliflora subsp. cinerea (Sünd.) I.K. Ferguson</t>
   </si>
   <si>
     <t>Juncus arcticus Willd.</t>
   </si>
   <si>
     <t>España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Pilosella aranii Mateo</t>
   </si>
   <si>
     <t>España LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Ranunculus polyanthemophyllus W.Koch &amp; H.E.Hess</t>
   </si>
   <si>
     <t>España DD (Datos insuficientes)</t>
   </si>
   <si>
     <t>Cicuta virosa L.</t>
   </si>
   <si>
-    <t>prueba_European Waterhemlock (Inglés)</t>
+    <t>European Waterhemlock (Inglés)</t>
   </si>
   <si>
     <t>Inglés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Lonicera caerulea L.</t>
   </si>
   <si>
     <t>Phalaris truncata Guss. ex Bertol.</t>
   </si>
   <si>
-    <t>prueba_Alpiste Tronqué (Francés)</t>
+    <t>Alpiste Tronqué (Francés)</t>
   </si>
   <si>
     <t>Francés</t>
   </si>
   <si>
     <t>Sonchus palustris L.</t>
   </si>
   <si>
     <t>Achillea nobilis L.</t>
   </si>
   <si>
     <t>Achillea nobilis L. subsp. nobilis</t>
   </si>
   <si>
     <t>Achillea setacea Waldst. &amp; Kit.</t>
   </si>
   <si>
     <t>Alchemilla subcrenata Buser</t>
   </si>
   <si>
     <t>Alyssum atlanticum Desf.</t>
   </si>
   <si>
     <t>Alyssum cuneifolium subsp. losanum P.Monts.</t>
   </si>
@@ -714,51 +714,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="636.987" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="74.268" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>