--- v0 (2025-10-18)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="951">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="967">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -968,128 +968,164 @@
   <si>
     <t>La culebra verdiamarilla es un ofidio de tamaño medio que alcanza entre 1.000 y 1.500 mm de longitud total cabeza – cloaca. El cuerpo es largo y esbelto, igual que la cola, hecho que le confiere una notable agilidad. La coloración dorsal es negra o verde oscura con pequeñas manchas amarillas en el píleo y parte anterior del cuerpo. El vientre y los flancos son claros: amarillos, verdosos o blanquecinos. Algunos ejemplares son mucho más oscuros o melánicos. En los juveniles destaca la presencia de un manifiesto contraste en la cabeza con machas oscuras y bien delimitadas por gruesas líneas amarillas que dibujan un diseño muy simétrico a ambos lados de la cabeza. Los machos son mayores que las hembras aunque presentan un número de escamas ventrales menor. Los machos también tienen mayor número de escamas subcaudales debido a la presencia de los hemipenes y músculos retractores en la base de la cola.</t>
   </si>
   <si>
     <t>Coluber viridiflavus</t>
   </si>
   <si>
     <t>Mauremys leprosa (Schweigger, 1812)</t>
   </si>
   <si>
     <t>prueba_Galápago (Castellano), Tortuga (Castellano), Galápago leproso (Castellano), Apoarmatu korrontazalea (Euskera)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Región Atlántica, Región Mediterránea</t>
   </si>
   <si>
     <t>Quelonio con caparazón alargado y deprimido dorso-ventralmente, con el borde liso y de color entre verde oliváceo y pardo con manchas pardo rojizas. El peto es amarillo o crema y está fuertemente unido al espaldar por un ancho puente óseo. El cuello presenta rayas anaranjadas sobre fondo verdoso en juveniles y adultos jóvenes. Entre el ojo y el tímpano presenta una mancha circular naranja o amarilla. Estas rayas y manchas son muy conspicuas en los animales jóvenes pero desaparecen o se difuminan con la edad. La longitud del espaldar medido en línea recta varía en la mayoría de los adultos entre los 100 y los 180 mm, con tallas máximas que superan los 200 mm.</t>
   </si>
   <si>
+    <t>Agama bibronii Duméril, 1851</t>
+  </si>
+  <si>
+    <t>prueba_Agama común (Castellano), Bibron's Agama (Inglés)</t>
+  </si>
+  <si>
+    <t>Mundial LC (Preocupación menor)</t>
+  </si>
+  <si>
+    <t>Mundial</t>
+  </si>
+  <si>
+    <t>Saurio de cuerpo robusto; cerca de los tímpanos, la cabeza está adornada de escamas espinosas características de esta especie. Los machos en librea nupcial tienen una coloración azul grisácea, mientras que las hembras presentan un dorso amarillo-azufre con bandas transversales rojas o anaranjadas (EL MOUDEN, 1995).</t>
+  </si>
+  <si>
+    <t>Agama bibronii Duméril and Duméril, 1851, Agama impalearis Duméril &amp; Bibron 1851</t>
+  </si>
+  <si>
+    <t>Chrysemys picta (Schneider, 1783)</t>
+  </si>
+  <si>
+    <t>prueba_Tortuga pintada (Castellano), Black-spectacled Toad (Inglés), Painted Turtle (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Galápago semiacuático de tamaño medio, pudiendo alcanzar los 25 cm. El caparazón es liso y ovalado, oscuro con bordes amarillos y/o rojos a los largo de las “suturas” de los escudos, y dibujos rojos en los escudos marginales. Algunos individuos pueden presentar una línea media dorsal amarilla o roja. El plastrón es amarillo o rojizo con manchas negras, aunque esta coloración puede variar en función de la subespecie de la que se trate. La cabeza, cuello, patas y cola son de color oliva o negro, y presentan rayas amarillas y/o rojas.</t>
+  </si>
+  <si>
     <t>Gallotia auaritae Mateo, García-Márquez, López-Jurado &amp; Barahona, 2001</t>
   </si>
   <si>
     <t>prueba_Lagarto gigante de La Palma (Castellano), La Palma Giant Lizard (Inglés)</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico)</t>
   </si>
   <si>
-    <t>Mundial</t>
-[...1 lines deleted...]
-  <si>
     <t>Al tratarse de una especie para la que únicamente se conocen indicios de su posible supervivencia, sólo puede describirse con seguridad su morfología esquelética. Las descripciones de su morfología externa deben en cualquier caso ser tomadas con cautelas. El lagarto gigante de La Palma es un saurio de gran tamaño, con las formas características de los lacértidos, una familia muy conservativa en ese aspecto. Presenta la cabeza bien diferenciada del cuerpo, extremidades robustas, cinco dedos en cada extremidad, y la cola bien desarrollada y autotomizable. Las descripciones de lagartos de gran tamaño hechas en la isla de La Palma en la última década hacen referencia a lagartos de gran tamaño, muy oscuros tanto en el dorso, como en el vientre, sin manchas evidentes en los flancos y sin un patrón de bandas longitudinales o transversales evidentes en el dorso.</t>
   </si>
   <si>
     <t>Lepidochelys olivacea (Eschscholtz, 1829)</t>
   </si>
   <si>
     <t>prueba_Tortuga olivácea (Castellano), Tortuga Manila (Castellano), Tortuga Mulato (Castellano), Tortuga Olivacea (Castellano), Tortuga Parlama (Castellano), Tortuga golfina (Castellano), Tortuga Carpintera (Castellano), Tortuga Guaraguá (Castellano), Tortuga Lora (Castellano), Olive Ridley (Inglés), Pacific Ridley (Inglés), Ridley du Pacifique (Francés), Tortue Bâtarde (Francés), Tortue de Ridley (Francés), Tortue Olivâtre (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Tortuga marina de tamaño pequeño que puede llegar a medir hasta 79 cm de longitud recta del caparazón. La coloración dorsal es gris oscura, marrón o verde oliva y la ventral, amarillo crema. La cabeza es relativamente grande, ligeramente triangular y con dos pares de escamas prefrontales. El caparazón es corto y ancho y presenta de cinco a nueve pares de escudos costales, frecuentemente seis o siete, y con configuración asimétrica, siendo ésta la característica principal que la suele diferenciar de la tortuga lora. Tiene un poro en cada uno de los cuatro pares de escudos inframarginales, lo que es característico de las dos especies de este género. Masa corporal, hasta 50 kg.</t>
   </si>
   <si>
     <t>Pantherophis guttatus Smith, Chiszar, Staley &amp; Tepedelen, 1994</t>
   </si>
   <si>
     <t>prueba_Culebra del maizal (Castellano), Serpiente del maíz (Castellano), Serp del blat de moro (Catalán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Catalán</t>
   </si>
   <si>
-    <t>Mundial LC (Preocupación menor)</t>
-[...1 lines deleted...]
-  <si>
     <t>Culebra de tamaño moderado que puede llegar a superar el metro y medio de longitud, de cuerpo fino aunque robusto, cabeza bien diferenciada del cuerpo, de hocico corto y redondeado, con ojos grandes y pupila redonda, y grandes escamas sobre la cabeza. Las escamas dorsales son lisas, mientras que las ventrales presentan una quilla pronunciada. Su patrón de color es muy variable, aunque la coloración más común es color naranja o marrón-amarillo, con manchas ligeramente triangulares rojas con bordes negros, aunque también las hay más pardas, grises, amarillentas, anaranjadas e incluso albinas, con manchas rojizas de intensidad variable. La marca dorsal de la cabeza se afina en una punta (en forma de lanza), y suele presentar una franja roja que atraviesa el hocico pasando por ambos ojos. El vientre es blanco o de color crema, normalmente con marcas negras alternas que le dan un aspecto de tablero de ajedrez, a veces moteadas con naranjas o rojos. La parte inferior de la cola presenta dos rayas negras. Los jóvenes tienen un aspecto similar a los adultos, aunque su colorido suele ser más parduzco.</t>
   </si>
   <si>
     <t>Elaphe guttata (Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Podarcis vaucheri (Boulenger, 1905)</t>
   </si>
   <si>
     <t>prueba_Lagartija andaluza (Castellano)</t>
   </si>
   <si>
     <t>Alcanza 60 mm de longitud de cabeza y cuerpo. Cabeza algo deprimida. Parietales relativamente cortos. Serie completa de gránulos entre supraoculares y superciliares. Parietales en contacto con la postocular superior. Masetérica reducida y/o fragmentada . Escamas dorsales granulares y aquilladas, en número de 52 – 71 series en el centro del cuerpo. Posee 9 - 16 escamas del collar, 23 – 33 escamas ventrales, 12 – 22 poros femorales y 14 – 20 laminillas subdigitales. Dorso gris oliváceo o de color verde con pequeñas manchas negras o reticulado. Tiene una banda lateral oscura más o menos definida, bordeada por encima con una banda blanca o una serie de puntos blancos. Parte superior de la cabeza con manchas negras. Vientre blanco o naranja pálido, con algunas manchas negras en las ventrales externas. Garganta con pequeñas manchas negras.</t>
   </si>
   <si>
     <t>Psammodromus blanci (Lataste, 1880)</t>
   </si>
   <si>
     <t>prueba_Lagartija tunecina (Castellano), Blanc's Sand Racer (Inglés)</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Los ejemplares capturados en los alrededores de Melilla a comienzos del siglo XX muestran pliegue gular y collar algo diferenciados, dorso de color de fondo marrón claro, con dos líneas claras en cada lateral, un ejemplar con 20 y otro con 22 laminillas subdigitales bajo el cuarto dedo de los miembros posteriores.</t>
   </si>
   <si>
     <t>Psammophis schokari (Forskål, 1775)</t>
   </si>
   <si>
     <t>prueba_Bucerrig (Castellano), Culebra de las arenas de Forskål (Castellano)</t>
   </si>
   <si>
     <t>Se trata de una culebra con una forma corporal marcadamente alargada y esbelta. Generalmente suele alcanzar una longitud en torno a los 80-110 o 120 cm (Gruber, 1993; Schleich, 1996; Trape y Mané, 2006). La coloración y librea es muy variable, existiendo individuos con diseño rayado e individuos con diseño liso de diferentes coloraciones, estableciéndose incluso patrones de coloración determinados. Además, normalmente, la coloración de animal le proporciona una muy buena capacidad de camuflaje en el medio en el que habita.</t>
   </si>
   <si>
+    <t>Python regius (Shaw, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Pitón real (Castellano), Pitón bola (Castellano), Royal python (Inglés), Ball python (Inglés)</t>
+  </si>
+  <si>
+    <t>Es un ofidio que mide 24-43 cm al nacer y alcanza una longitud de 1,8 m. Las hembras adultas son más grandes que los machos. Es de cuerpo robusto, con la cabeza más ancha que el cuello. Típicamente muestra un patrón de grandes marcas marrones con puntos más claros intercalados y el vientre es generalmente blanco (Graf, 2011).Cuando se sienten amenazados se enroscan en forma de bola con la cabeza en el centro. La esperanza de vida media es de 10 años en estado salvaje y 20 en cautividad, aunque existen registros en zoos de ejemplares que han vivido hasta 50 años (Graf, 2011). Las pitones son una especie con riesgo alto de invasión, ya que se trata de depredadores de tamaño medio-grande, capaces de alcanzar grandes densidades en hábitats apropiados, con coloración críptica que les permite pasar desapercibidas incluso en regiones urbanizadas, y que son importadas en gran número (en muchos casos hembras grávidas) (Reed, 2005).</t>
+  </si>
+  <si>
+    <t>Boa regia Shaw, 1802</t>
+  </si>
+  <si>
     <t>Trachemys scripta Schoepff, 1792</t>
   </si>
   <si>
     <t>prueba_Tortuga pintada (Castellano), Galápago americano o de Florida (Castellano), Jicotea elegante (Castellano), Tortuga japonesa o de orejas rojas (Castellano), Apoarmatu (Euskera), Tortuga d'orelles grogues (Catalán), Red-eared Slider Turtle (Inglés), Red-eared slider (Inglés), Slider (Inglés), Cumberland Slider Turtle (Inglés), Yellow-bellied Slider Turtle (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Galápago de tamaño mediano, con una mancha prominente a cada lado de la cabeza, cuyo colorido difiere según las subespecies (roja en T. s. elegans, y amarilla en T. s. scripta y T. s. troosti). El color de la piel, tanto de la cabeza como del cuerpo, varía del verde oliváceo al marrón, con numerosas líneas amarillas. En la zona prefrontal se observa un dibujo en forma de flecha formado por la unión de las líneas amarillas supratemporales que convergen con la línea sagital sobre el hocico. El cuello también posee numerosas líneas amarillas que bajo la boca se unen formando una Y. Las patas son también de color oscuro con numerosas líneas amarillas. El caparazón, en los individuos juveniles, es verdoso, con manchas y dibujos amarillos; en los adultos toma un color verde oscuro con líneas amarillas o pardas. La parte ventral (plastrón) es de color amarillento, generalmente con manchas verde oscuro. Su tamaño máximo puede variar entre los 20 y los 60 cm en función de la subespecie. (1) T.s. scripta: presenta una mancha amarilla que recorre la mejilla detrás de los ojos, la cual con frecuencia llega hasta el cuello. En la escama pleural del espaldar tiene una banda transversal amarilla y en los escudos anteriores del plastrón, un ocelo negro. (2) T.s. elegans: su característica banda ancha roja, se extiende desde el ojo hasta la parte superior del tímpano, y las líneas amarillas van desde el mentón al cuello. En la escama pleural tiene una banda transversal amarilla y en cada escudo del plastrón un ocelo negro. (3) T.s. troostii: exhibe una mancha amarilla alargada detrás del ojo, que no está conectada a ninguna línea. En la escama pleural tiene una banda transversal amarilla y en el plastrón pequeños ocelos negros.</t>
   </si>
   <si>
     <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo</t>
   </si>
   <si>
     <t>Incluido</t>
   </si>
   <si>
     <t>Chrysemys troostii Boulenger, 1889, Crysemys grayi Fritz &amp; Bienert, 1981, Crysemys scripta Fritz &amp; Bienert, 1981, Emys cumberlandensis Holbrook, 1840, Emys elegans Wied, 1838, Emys holbrooki Gray, 1844, Emys sanguinolenta Gray, 1855, Emys troosti Holbrook, 1836, Emys vittata Gray, 1831, Pseudemys elegans Force, 1928, Pseudemys grayi, Pseudemys scripta Carr, 1937, Testudo scripta Thunberg in Schoepff, 1792, Testudo serrata Daudin, 1802, Trachemys lineata Gray, 1873, Trachemys troosti Gray, 1863</t>
   </si>
   <si>
     <t>Blanus tingitanus Busack, 1988</t>
   </si>
   <si>
     <t>prueba_Culebrilla ciega de Tánger (Castellano), Amphisbène cendré du nord du Maroc (Francés)</t>
@@ -1571,59 +1607,50 @@
   <si>
     <t>Castellano, Castellano, Castellano</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Región Macaronésica FV (Favorable)</t>
   </si>
   <si>
     <t>España, Región Macaronésica</t>
   </si>
   <si>
     <t>Acanthophis laevis Macleay, 1878</t>
   </si>
   <si>
     <t>Acontias percivali Loveridge, 1935</t>
   </si>
   <si>
     <t>Acrantophis dumerili Jan, 1860</t>
   </si>
   <si>
     <t>Acrantophis madagascariensis (Duméril &amp; Bibron, 1844)</t>
   </si>
   <si>
     <t>Agama agama Monard, 1951</t>
   </si>
   <si>
-    <t>Agama bibronii Duméril, 1851</t>
-[...7 lines deleted...]
-  <si>
     <t>Agkistrodon bilineatus Burger &amp; Robertson, 1951</t>
   </si>
   <si>
     <t>Agkistrodon contortrix Welch, 1994</t>
   </si>
   <si>
     <t>Agkistrodon piscivorus Conant &amp; Collins, 1991</t>
   </si>
   <si>
     <t>Alligator mississippiensis (Daudin, 1802)</t>
   </si>
   <si>
     <t>Alligator sinensis Fauvel, 1879</t>
   </si>
   <si>
     <t>Anolis carolinensis Voigt, 1832</t>
   </si>
   <si>
     <t>prueba_Green Anole (Inglés), American Anole (Inglés), Carolina Anole (Inglés), Red-throated Anole (Inglés), Anolis (Latín)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés, Inglés, Latín</t>
   </si>
   <si>
     <t>Anolis equestris Barbour &amp; Shreve, 1935</t>
@@ -2186,50 +2213,59 @@
   <si>
     <t>Pseudemys concinna (Le Conte, 1830)</t>
   </si>
   <si>
     <t>prueba_Suwannee Cooter (Inglés)</t>
   </si>
   <si>
     <t>Inglés</t>
   </si>
   <si>
     <t>Chrysemys concinna Boulenger, 1889, Chrysemys hieroglyphica, Boulenger 1889, Chrysemys mobilensis Boulenger, 1889, Emys annulifera Gray, 1831, Emys concinna Dúmeril &amp; Bibron, 1835, Emys hieroglyphica Holbrook, 1836, Emys labyrinthica Duméril, Bibron &amp; Duméril, 1851, Emys mobilensis Holbrook, 1838, Emys orthonyx Wied, 1865, Pseudemys elonae Brimley, 1928, Pseudemys suwanniensis Carr, 1937, Pseudemys vioscana Brimley, 1928, Ptychemys hoyi Agassiz, 1857, Testudo concinna Le Conte, 1830</t>
   </si>
   <si>
     <t>Pseudemys nelsoni</t>
   </si>
   <si>
     <t>prueba_Florida Red-bellied Cooter (Inglés), Florida Redbelly Turtle (Inglés)</t>
   </si>
   <si>
     <t>Inglés, Inglés</t>
   </si>
   <si>
     <t>Chrysemys nelsoni Jackson, 1978</t>
   </si>
   <si>
+    <t>Pseudemys peninsularis Carr, 1938</t>
+  </si>
+  <si>
+    <t>prueba_Tortuga de la península (Castellano)</t>
+  </si>
+  <si>
+    <t>CEEEI: Incluido, CEEEI: Incluido</t>
+  </si>
+  <si>
     <t>Pseudemys scripta Carr, 1937</t>
   </si>
   <si>
     <t>Python anchietae Bocage, 1887</t>
   </si>
   <si>
     <t>Python breitensteini Steindachner, 1881</t>
   </si>
   <si>
     <t>Python curtus Schlegel, 1872</t>
   </si>
   <si>
     <t>Python molurus bivittatus</t>
   </si>
   <si>
     <t>Python molurus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Python reticulatus De Lang &amp; Vogel, 2005</t>
   </si>
   <si>
     <t>Python sebae (Gmelin, 1789)</t>
   </si>
   <si>
     <t>Rhacodactylus chahoua Boulenger, 1883</t>
@@ -2342,50 +2378,56 @@
   <si>
     <t>Uromastyx acanthinura Bell, 1825</t>
   </si>
   <si>
     <t>Uromastyx dispar Heyden In Rüppell, 1827</t>
   </si>
   <si>
     <t>Uromastyx maliensis Joger &amp; Lambert, 1996</t>
   </si>
   <si>
     <t>Uromastyx ocellata Joger, 1987</t>
   </si>
   <si>
     <t>Uroplatus fimbriatus (Schneider, 1797)</t>
   </si>
   <si>
     <t>Uroplatus henkeli Böhme &amp; Ibisch, 1990</t>
   </si>
   <si>
     <t>Varanus acanthurus</t>
   </si>
   <si>
     <t>Varanus albigularis (Daudin, 1802)</t>
   </si>
   <si>
+    <t>Varanus exanthematicus (Bosc, 1792)</t>
+  </si>
+  <si>
+    <t>prueba_Varano de sabana (Castellano), Varano terrestre-africano (Castellano)</t>
+  </si>
+  <si>
     <t>Varanus juxtindicus Böhme, Philipp &amp; Ziegler, 2002</t>
   </si>
   <si>
     <t>Varanus komodoensis Ouwens, 1912</t>
   </si>
   <si>
     <t>Varanus mertensi Glauert, 1951</t>
   </si>
   <si>
     <t>Varanus niloticus Mertens, 1942</t>
   </si>
   <si>
     <t>Varanus panoptes Storr, 1980</t>
   </si>
   <si>
     <t>Varanus salvator Deraniyagala, 1947</t>
   </si>
   <si>
     <t>Vipera ammodytes (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Zamenis lineatus (Camerano, 1891)</t>
   </si>
   <si>
     <t>Mundial DD (Datos insuficientes)</t>
@@ -2865,50 +2907,56 @@
     <t>Trachemys gaigeae (Hartweg, 1939)</t>
   </si>
   <si>
     <t>Trachemys grayi (Bocourt, 1868)</t>
   </si>
   <si>
     <t>Trachemys ornata (Gray, 1831)</t>
   </si>
   <si>
     <t>Trachemys scripta scripta (Schoepff, 1792)</t>
   </si>
   <si>
     <t>Trachemys scripta troostii (Holbrook, 1836)</t>
   </si>
   <si>
     <t>Trachemys venusta (Gray, 1855)</t>
   </si>
   <si>
     <t>Trimeresurus flavoviridis Gloyd, 1955</t>
   </si>
   <si>
     <t>Tropidurus plica</t>
   </si>
   <si>
     <t>Varanus acanthurus acanthurus Boulenger, 1885</t>
+  </si>
+  <si>
+    <t>Vipera latastei gaditana</t>
+  </si>
+  <si>
+    <t>Vipera latastei latastei</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3212,70 +3260,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q491"/>
+  <dimension ref="A1:Q497"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="769.098" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="232.229" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5300.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="266.506" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="85.979" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="588.571" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -5915,14398 +5963,14628 @@
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
         <v>24</v>
       </c>
       <c r="J60" t="s">
         <v>156</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>191</v>
       </c>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>10796</v>
+        <v>80015</v>
       </c>
       <c r="B61" t="s">
         <v>318</v>
       </c>
       <c r="C61" t="s">
         <v>319</v>
       </c>
       <c r="D61" t="s">
         <v>68</v>
       </c>
       <c r="E61" t="s">
         <v>320</v>
       </c>
       <c r="F61" t="s">
         <v>321</v>
       </c>
       <c r="G61" t="s">
         <v>322</v>
       </c>
       <c r="H61" t="s">
         <v>23</v>
       </c>
       <c r="I61" t="s">
         <v>24</v>
       </c>
       <c r="J61"/>
       <c r="K61"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61"/>
       <c r="O61"/>
-      <c r="P61"/>
+      <c r="P61" t="s">
+        <v>323</v>
+      </c>
       <c r="Q61" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>16213</v>
+        <v>10502</v>
       </c>
       <c r="B62" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C62" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D62" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E62" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F62" t="s">
         <v>321</v>
       </c>
       <c r="G62" t="s">
         <v>327</v>
       </c>
       <c r="H62" t="s">
-        <v>252</v>
+        <v>23</v>
       </c>
       <c r="I62" t="s">
         <v>24</v>
       </c>
       <c r="J62" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="L62"/>
+        <v>93</v>
+      </c>
+      <c r="K62"/>
+      <c r="L62" t="s">
+        <v>60</v>
+      </c>
       <c r="M62"/>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>29658</v>
+        <v>10796</v>
       </c>
       <c r="B63" t="s">
         <v>328</v>
       </c>
       <c r="C63" t="s">
         <v>329</v>
       </c>
       <c r="D63" t="s">
+        <v>68</v>
+      </c>
+      <c r="E63" t="s">
         <v>330</v>
       </c>
-      <c r="E63" t="s">
+      <c r="F63" t="s">
+        <v>321</v>
+      </c>
+      <c r="G63" t="s">
         <v>331</v>
       </c>
-      <c r="F63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
         <v>24</v>
       </c>
-      <c r="J63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J63"/>
       <c r="K63"/>
-      <c r="L63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L63"/>
       <c r="M63"/>
       <c r="N63"/>
       <c r="O63"/>
-      <c r="P63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P63"/>
       <c r="Q63" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>12385</v>
+        <v>16213</v>
       </c>
       <c r="B64" t="s">
+        <v>332</v>
+      </c>
+      <c r="C64" t="s">
+        <v>333</v>
+      </c>
+      <c r="D64" t="s">
         <v>334</v>
       </c>
-      <c r="C64" t="s">
+      <c r="E64" t="s">
         <v>335</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" t="s">
         <v>336</v>
       </c>
       <c r="H64" t="s">
-        <v>23</v>
+        <v>252</v>
       </c>
       <c r="I64" t="s">
         <v>24</v>
       </c>
       <c r="J64" t="s">
         <v>33</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>10864</v>
+        <v>29658</v>
       </c>
       <c r="B65" t="s">
         <v>337</v>
       </c>
       <c r="C65" t="s">
         <v>338</v>
       </c>
       <c r="D65" t="s">
-        <v>68</v>
+        <v>339</v>
       </c>
       <c r="E65" t="s">
-        <v>339</v>
+        <v>320</v>
       </c>
       <c r="F65" t="s">
         <v>321</v>
       </c>
       <c r="G65" t="s">
         <v>340</v>
       </c>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
         <v>24</v>
       </c>
-      <c r="J65"/>
+      <c r="J65" t="s">
+        <v>93</v>
+      </c>
       <c r="K65"/>
-      <c r="L65"/>
+      <c r="L65" t="s">
+        <v>60</v>
+      </c>
       <c r="M65"/>
       <c r="N65"/>
       <c r="O65"/>
-      <c r="P65"/>
+      <c r="P65" t="s">
+        <v>341</v>
+      </c>
       <c r="Q65" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>12167</v>
+        <v>12385</v>
       </c>
       <c r="B66" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C66" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D66" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="E66" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F66" t="s">
         <v>321</v>
       </c>
       <c r="G66" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66" t="s">
         <v>24</v>
       </c>
       <c r="J66" t="s">
-        <v>93</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>12177</v>
+        <v>10864</v>
       </c>
       <c r="B67" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C67" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D67" t="s">
-        <v>346</v>
+        <v>68</v>
       </c>
       <c r="E67" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="F67" t="s">
         <v>321</v>
       </c>
       <c r="G67" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
         <v>24</v>
       </c>
-      <c r="J67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J67"/>
       <c r="K67"/>
-      <c r="L67" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L67"/>
+      <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
-      <c r="P67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P67"/>
       <c r="Q67" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>12320</v>
+        <v>12167</v>
       </c>
       <c r="B68" t="s">
+        <v>349</v>
+      </c>
+      <c r="C68" t="s">
+        <v>350</v>
+      </c>
+      <c r="D68" t="s">
+        <v>19</v>
+      </c>
+      <c r="E68" t="s">
+        <v>320</v>
+      </c>
+      <c r="F68" t="s">
+        <v>321</v>
+      </c>
+      <c r="G68" t="s">
         <v>351</v>
       </c>
-      <c r="C68" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
         <v>24</v>
       </c>
       <c r="J68" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="L68"/>
+        <v>93</v>
+      </c>
+      <c r="K68"/>
+      <c r="L68" t="s">
+        <v>60</v>
+      </c>
       <c r="M68"/>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>11058</v>
+        <v>29985</v>
       </c>
       <c r="B69" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C69" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="D69" t="s">
-        <v>63</v>
+        <v>235</v>
       </c>
       <c r="E69" t="s">
+        <v>347</v>
+      </c>
+      <c r="F69" t="s">
+        <v>321</v>
+      </c>
+      <c r="G69" t="s">
         <v>354</v>
       </c>
-      <c r="F69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
         <v>24</v>
       </c>
       <c r="J69" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="L69"/>
+        <v>93</v>
+      </c>
+      <c r="K69"/>
+      <c r="L69" t="s">
+        <v>60</v>
+      </c>
       <c r="M69"/>
       <c r="N69"/>
       <c r="O69"/>
-      <c r="P69"/>
+      <c r="P69" t="s">
+        <v>355</v>
+      </c>
       <c r="Q69" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>11695</v>
+        <v>12177</v>
       </c>
       <c r="B70" t="s">
+        <v>356</v>
+      </c>
+      <c r="C70" t="s">
+        <v>357</v>
+      </c>
+      <c r="D70" t="s">
+        <v>358</v>
+      </c>
+      <c r="E70" t="s">
+        <v>320</v>
+      </c>
+      <c r="F70" t="s">
+        <v>321</v>
+      </c>
+      <c r="G70" t="s">
+        <v>359</v>
+      </c>
+      <c r="H70" t="s">
+        <v>23</v>
+      </c>
+      <c r="I70" t="s">
+        <v>24</v>
+      </c>
+      <c r="J70" t="s">
         <v>360</v>
       </c>
-      <c r="C70" t="s">
+      <c r="K70"/>
+      <c r="L70" t="s">
+        <v>60</v>
+      </c>
+      <c r="M70" t="s">
         <v>361</v>
       </c>
-      <c r="D70" t="s">
-[...20 lines deleted...]
-      <c r="M70"/>
       <c r="N70"/>
       <c r="O70"/>
-      <c r="P70"/>
+      <c r="P70" t="s">
+        <v>362</v>
+      </c>
       <c r="Q70" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>11941</v>
+        <v>12320</v>
       </c>
       <c r="B71" t="s">
+        <v>363</v>
+      </c>
+      <c r="C71" t="s">
         <v>364</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>365</v>
       </c>
-      <c r="D71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="F71" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="G71" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
         <v>24</v>
       </c>
-      <c r="J71"/>
-      <c r="K71"/>
+      <c r="J71" t="s">
+        <v>33</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
-        <v>12025</v>
+        <v>11058</v>
       </c>
       <c r="B72" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C72" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D72" t="s">
         <v>63</v>
       </c>
       <c r="E72" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="F72" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="G72" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
         <v>24</v>
       </c>
       <c r="J72" t="s">
         <v>33</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
       <c r="O72"/>
       <c r="P72"/>
       <c r="Q72" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
-        <v>10968</v>
+        <v>11695</v>
       </c>
       <c r="B73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C73" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D73" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="E73" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F73" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="G73" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H73" t="s">
         <v>23</v>
       </c>
       <c r="I73" t="s">
         <v>24</v>
       </c>
       <c r="J73"/>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
       <c r="O73"/>
       <c r="P73"/>
       <c r="Q73" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
-        <v>11694</v>
+        <v>11941</v>
       </c>
       <c r="B74" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C74" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D74" t="s">
-        <v>19</v>
+        <v>365</v>
       </c>
       <c r="E74" t="s">
-        <v>354</v>
+        <v>374</v>
       </c>
       <c r="F74" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="G74" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
         <v>24</v>
       </c>
       <c r="J74"/>
       <c r="K74"/>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
-        <v>10748</v>
+        <v>12025</v>
       </c>
       <c r="B75" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C75" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D75" t="s">
-        <v>152</v>
+        <v>63</v>
       </c>
       <c r="E75" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F75" t="s">
-        <v>381</v>
+        <v>367</v>
       </c>
       <c r="G75" t="s">
         <v>382</v>
       </c>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
         <v>24</v>
       </c>
       <c r="J75" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="K75" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
-      <c r="N75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N75"/>
       <c r="O75"/>
-      <c r="P75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P75"/>
       <c r="Q75" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
-        <v>10726</v>
+        <v>10968</v>
       </c>
       <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
         <v>384</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>51</v>
+      </c>
+      <c r="E76" t="s">
         <v>385</v>
       </c>
-      <c r="D76" t="s">
-[...2 lines deleted...]
-      <c r="E76" t="s">
+      <c r="F76" t="s">
+        <v>367</v>
+      </c>
+      <c r="G76" t="s">
         <v>386</v>
       </c>
-      <c r="F76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H76" t="s">
         <v>23</v>
       </c>
       <c r="I76" t="s">
         <v>24</v>
       </c>
-      <c r="J76" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J76"/>
+      <c r="K76"/>
       <c r="L76"/>
       <c r="M76"/>
-      <c r="N76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N76"/>
       <c r="O76"/>
-      <c r="P76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P76"/>
       <c r="Q76" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
-        <v>12218</v>
+        <v>11694</v>
       </c>
       <c r="B77" t="s">
+        <v>387</v>
+      </c>
+      <c r="C77" t="s">
+        <v>388</v>
+      </c>
+      <c r="D77" t="s">
+        <v>19</v>
+      </c>
+      <c r="E77" t="s">
+        <v>366</v>
+      </c>
+      <c r="F77" t="s">
+        <v>367</v>
+      </c>
+      <c r="G77" t="s">
         <v>389</v>
       </c>
-      <c r="C77" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H77" t="s">
         <v>23</v>
       </c>
       <c r="I77" t="s">
         <v>24</v>
       </c>
-      <c r="J77" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J77"/>
+      <c r="K77"/>
       <c r="L77"/>
       <c r="M77"/>
-      <c r="N77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N77"/>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
-        <v>11505</v>
+        <v>10748</v>
       </c>
       <c r="B78" t="s">
+        <v>390</v>
+      </c>
+      <c r="C78" t="s">
+        <v>391</v>
+      </c>
+      <c r="D78" t="s">
+        <v>152</v>
+      </c>
+      <c r="E78" t="s">
+        <v>392</v>
+      </c>
+      <c r="F78" t="s">
+        <v>393</v>
+      </c>
+      <c r="G78" t="s">
         <v>394</v>
       </c>
-      <c r="C78" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H78" t="s">
-        <v>252</v>
+        <v>23</v>
       </c>
       <c r="I78" t="s">
         <v>24</v>
       </c>
       <c r="J78" t="s">
         <v>156</v>
       </c>
       <c r="K78" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="O78"/>
       <c r="P78" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="Q78" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>11545</v>
+        <v>10726</v>
       </c>
       <c r="B79" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="C79" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="D79" t="s">
-        <v>403</v>
+        <v>152</v>
       </c>
       <c r="E79" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="F79" t="s">
-        <v>405</v>
+        <v>393</v>
       </c>
       <c r="G79" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="H79" t="s">
-        <v>252</v>
+        <v>23</v>
       </c>
       <c r="I79" t="s">
         <v>24</v>
       </c>
       <c r="J79" t="s">
         <v>156</v>
       </c>
       <c r="K79" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="O79"/>
       <c r="P79" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="Q79" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>11660</v>
+        <v>12218</v>
       </c>
       <c r="B80" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="C80" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="D80" t="s">
-        <v>410</v>
+        <v>51</v>
       </c>
       <c r="E80" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="F80" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="G80" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
         <v>24</v>
       </c>
       <c r="J80" t="s">
         <v>156</v>
       </c>
       <c r="K80" t="s">
         <v>253</v>
       </c>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="O80"/>
-      <c r="P80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P80"/>
       <c r="Q80" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>11123</v>
+        <v>11505</v>
       </c>
       <c r="B81" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="C81" t="s">
-        <v>416</v>
+        <v>407</v>
       </c>
       <c r="D81" t="s">
-        <v>51</v>
+        <v>408</v>
       </c>
       <c r="E81" t="s">
+        <v>409</v>
+      </c>
+      <c r="F81" t="s">
+        <v>410</v>
+      </c>
+      <c r="G81" t="s">
         <v>411</v>
       </c>
-      <c r="F81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H81" t="s">
-        <v>23</v>
+        <v>252</v>
       </c>
       <c r="I81" t="s">
         <v>24</v>
       </c>
       <c r="J81" t="s">
-        <v>33</v>
+        <v>156</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81"/>
       <c r="M81"/>
-      <c r="N81"/>
+      <c r="N81" t="s">
+        <v>163</v>
+      </c>
       <c r="O81"/>
       <c r="P81" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="Q81" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>11903</v>
+        <v>11545</v>
       </c>
       <c r="B82" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="C82" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="D82" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="E82" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="F82" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="G82" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="H82" t="s">
-        <v>23</v>
+        <v>252</v>
       </c>
       <c r="I82" t="s">
         <v>24</v>
       </c>
       <c r="J82" t="s">
         <v>156</v>
       </c>
       <c r="K82" t="s">
-        <v>253</v>
+        <v>34</v>
       </c>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="O82"/>
-      <c r="P82"/>
+      <c r="P82" t="s">
+        <v>419</v>
+      </c>
       <c r="Q82" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>11330</v>
+        <v>11660</v>
       </c>
       <c r="B83" t="s">
+        <v>420</v>
+      </c>
+      <c r="C83" t="s">
+        <v>421</v>
+      </c>
+      <c r="D83" t="s">
+        <v>422</v>
+      </c>
+      <c r="E83" t="s">
+        <v>423</v>
+      </c>
+      <c r="F83" t="s">
+        <v>424</v>
+      </c>
+      <c r="G83" t="s">
         <v>425</v>
       </c>
-      <c r="C83" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
         <v>24</v>
       </c>
       <c r="J83" t="s">
-        <v>33</v>
+        <v>156</v>
       </c>
       <c r="K83" t="s">
         <v>253</v>
       </c>
       <c r="L83"/>
       <c r="M83"/>
-      <c r="N83"/>
+      <c r="N83" t="s">
+        <v>163</v>
+      </c>
       <c r="O83"/>
-      <c r="P83"/>
+      <c r="P83" t="s">
+        <v>426</v>
+      </c>
       <c r="Q83" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>11682</v>
+        <v>11123</v>
       </c>
       <c r="B84" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C84" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D84" t="s">
         <v>51</v>
       </c>
       <c r="E84" t="s">
-        <v>432</v>
+        <v>423</v>
       </c>
       <c r="F84" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="G84" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
         <v>24</v>
       </c>
       <c r="J84" t="s">
         <v>33</v>
       </c>
       <c r="K84" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
       <c r="O84"/>
-      <c r="P84"/>
+      <c r="P84" t="s">
+        <v>430</v>
+      </c>
       <c r="Q84" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
-        <v>11051</v>
+        <v>11903</v>
       </c>
       <c r="B85" t="s">
+        <v>431</v>
+      </c>
+      <c r="C85" t="s">
+        <v>432</v>
+      </c>
+      <c r="D85" t="s">
+        <v>433</v>
+      </c>
+      <c r="E85" t="s">
         <v>434</v>
       </c>
-      <c r="C85" t="s">
+      <c r="F85" t="s">
         <v>435</v>
       </c>
-      <c r="D85" t="s">
-[...2 lines deleted...]
-      <c r="E85" t="s">
+      <c r="G85" t="s">
         <v>436</v>
       </c>
-      <c r="F85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H85" t="s">
         <v>23</v>
       </c>
       <c r="I85" t="s">
         <v>24</v>
       </c>
-      <c r="J85"/>
-      <c r="K85"/>
+      <c r="J85" t="s">
+        <v>156</v>
+      </c>
+      <c r="K85" t="s">
+        <v>253</v>
+      </c>
       <c r="L85"/>
       <c r="M85"/>
-      <c r="N85"/>
+      <c r="N85" t="s">
+        <v>157</v>
+      </c>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
-        <v>11604</v>
+        <v>11330</v>
       </c>
       <c r="B86" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="C86" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D86" t="s">
         <v>51</v>
       </c>
       <c r="E86" t="s">
+        <v>439</v>
+      </c>
+      <c r="F86" t="s">
+        <v>440</v>
+      </c>
+      <c r="G86" t="s">
         <v>441</v>
       </c>
-      <c r="F86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
         <v>24</v>
       </c>
-      <c r="J86"/>
-      <c r="K86"/>
+      <c r="J86" t="s">
+        <v>33</v>
+      </c>
+      <c r="K86" t="s">
+        <v>253</v>
+      </c>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86"/>
       <c r="O86"/>
       <c r="P86"/>
       <c r="Q86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
-        <v>16214</v>
+        <v>11682</v>
       </c>
       <c r="B87" t="s">
+        <v>442</v>
+      </c>
+      <c r="C87" t="s">
+        <v>443</v>
+      </c>
+      <c r="D87" t="s">
+        <v>51</v>
+      </c>
+      <c r="E87" t="s">
         <v>444</v>
       </c>
-      <c r="C87" t="s">
+      <c r="F87" t="s">
+        <v>440</v>
+      </c>
+      <c r="G87" t="s">
         <v>445</v>
       </c>
-      <c r="D87" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
         <v>24</v>
       </c>
-      <c r="J87"/>
-      <c r="K87"/>
+      <c r="J87" t="s">
+        <v>33</v>
+      </c>
+      <c r="K87" t="s">
+        <v>71</v>
+      </c>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
-        <v>16215</v>
+        <v>11051</v>
       </c>
       <c r="B88" t="s">
+        <v>446</v>
+      </c>
+      <c r="C88" t="s">
         <v>447</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>19</v>
+      </c>
+      <c r="E88" t="s">
         <v>448</v>
       </c>
-      <c r="D88" t="s">
-[...3 lines deleted...]
-      <c r="F88"/>
+      <c r="F88" t="s">
+        <v>449</v>
+      </c>
       <c r="G88" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
         <v>24</v>
       </c>
       <c r="J88"/>
       <c r="K88"/>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
-        <v>16217</v>
+        <v>11604</v>
       </c>
       <c r="B89" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C89" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D89" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="F89"/>
+        <v>51</v>
+      </c>
+      <c r="E89" t="s">
+        <v>453</v>
+      </c>
+      <c r="F89" t="s">
+        <v>454</v>
+      </c>
       <c r="G89" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
         <v>24</v>
       </c>
       <c r="J89"/>
       <c r="K89"/>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89"/>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
-        <v>11582</v>
+        <v>16214</v>
       </c>
       <c r="B90" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C90" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="D90" t="s">
-        <v>455</v>
-[...6 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="E90"/>
+      <c r="F90"/>
       <c r="G90" t="s">
         <v>458</v>
       </c>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
         <v>24</v>
       </c>
-      <c r="J90" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J90"/>
+      <c r="K90"/>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
       <c r="O90"/>
-      <c r="P90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P90"/>
       <c r="Q90" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
-        <v>80000</v>
+        <v>16215</v>
       </c>
       <c r="B91" t="s">
+        <v>459</v>
+      </c>
+      <c r="C91" t="s">
         <v>460</v>
       </c>
-      <c r="C91"/>
-[...7 lines deleted...]
-      <c r="G91"/>
+      <c r="D91" t="s">
+        <v>51</v>
+      </c>
+      <c r="E91"/>
+      <c r="F91"/>
+      <c r="G91" t="s">
+        <v>461</v>
+      </c>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
         <v>24</v>
       </c>
       <c r="J91"/>
       <c r="K91"/>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91"/>
       <c r="Q91" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
-        <v>32267</v>
+        <v>16217</v>
       </c>
       <c r="B92" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C92" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D92" t="s">
         <v>19</v>
       </c>
-      <c r="E92" t="s">
-[...5 lines deleted...]
-      <c r="G92"/>
+      <c r="E92"/>
+      <c r="F92"/>
+      <c r="G92" t="s">
+        <v>464</v>
+      </c>
       <c r="H92" t="s">
         <v>23</v>
       </c>
       <c r="I92" t="s">
         <v>24</v>
       </c>
       <c r="J92"/>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92"/>
       <c r="Q92" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
-        <v>24308</v>
+        <v>11582</v>
       </c>
       <c r="B93" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C93" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D93" t="s">
-        <v>51</v>
+        <v>467</v>
       </c>
       <c r="E93" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F93" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="G93"/>
+        <v>469</v>
+      </c>
+      <c r="G93" t="s">
+        <v>470</v>
+      </c>
       <c r="H93" t="s">
         <v>23</v>
       </c>
       <c r="I93" t="s">
         <v>24</v>
       </c>
-      <c r="J93"/>
-      <c r="K93"/>
+      <c r="J93" t="s">
+        <v>33</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
       <c r="O93"/>
-      <c r="P93"/>
+      <c r="P93" t="s">
+        <v>471</v>
+      </c>
       <c r="Q93" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
-        <v>32266</v>
+        <v>80000</v>
       </c>
       <c r="B94" t="s">
-        <v>466</v>
-[...6 lines deleted...]
-      </c>
+        <v>472</v>
+      </c>
+      <c r="C94"/>
+      <c r="D94"/>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>23</v>
       </c>
       <c r="I94" t="s">
         <v>24</v>
       </c>
       <c r="J94"/>
       <c r="K94"/>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94"/>
       <c r="Q94" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
-        <v>93864</v>
+        <v>32267</v>
       </c>
       <c r="B95" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C95" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="D95" t="s">
         <v>19</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95"/>
-      <c r="H95"/>
+      <c r="H95" t="s">
+        <v>23</v>
+      </c>
       <c r="I95" t="s">
         <v>24</v>
       </c>
       <c r="J95"/>
       <c r="K95"/>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95"/>
       <c r="O95"/>
       <c r="P95"/>
       <c r="Q95" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
-        <v>80422</v>
+        <v>24308</v>
       </c>
       <c r="B96" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="C96" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="D96" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="E96" t="s">
-        <v>20</v>
+        <v>477</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
         <v>23</v>
       </c>
       <c r="I96" t="s">
         <v>24</v>
       </c>
       <c r="J96"/>
       <c r="K96"/>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96"/>
       <c r="O96"/>
-      <c r="P96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P96"/>
       <c r="Q96" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
-        <v>93865</v>
+        <v>32266</v>
       </c>
       <c r="B97" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="C97" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="D97" t="s">
         <v>19</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97"/>
-      <c r="H97"/>
+      <c r="H97" t="s">
+        <v>23</v>
+      </c>
       <c r="I97" t="s">
         <v>24</v>
       </c>
       <c r="J97"/>
       <c r="K97"/>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97"/>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
-        <v>32264</v>
+        <v>93864</v>
       </c>
       <c r="B98" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-      <c r="D98"/>
+        <v>480</v>
+      </c>
+      <c r="C98" t="s">
+        <v>481</v>
+      </c>
+      <c r="D98" t="s">
+        <v>19</v>
+      </c>
       <c r="E98" t="s">
-        <v>476</v>
+        <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98"/>
-      <c r="H98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H98"/>
       <c r="I98" t="s">
         <v>24</v>
       </c>
       <c r="J98"/>
       <c r="K98"/>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98"/>
       <c r="O98"/>
       <c r="P98"/>
       <c r="Q98" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
-        <v>93923</v>
+        <v>80422</v>
       </c>
       <c r="B99" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-      <c r="D99"/>
+        <v>482</v>
+      </c>
+      <c r="C99" t="s">
+        <v>483</v>
+      </c>
+      <c r="D99" t="s">
+        <v>19</v>
+      </c>
       <c r="E99" t="s">
-        <v>478</v>
+        <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
         <v>24</v>
       </c>
       <c r="J99"/>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
       <c r="O99"/>
-      <c r="P99"/>
+      <c r="P99" t="s">
+        <v>484</v>
+      </c>
       <c r="Q99" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
-        <v>93924</v>
+        <v>93865</v>
       </c>
       <c r="B100" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-      <c r="D100"/>
+        <v>485</v>
+      </c>
+      <c r="C100" t="s">
+        <v>486</v>
+      </c>
+      <c r="D100" t="s">
+        <v>19</v>
+      </c>
       <c r="E100" t="s">
-        <v>478</v>
+        <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100"/>
-      <c r="H100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H100"/>
       <c r="I100" t="s">
         <v>24</v>
       </c>
       <c r="J100"/>
       <c r="K100"/>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100"/>
       <c r="O100"/>
       <c r="P100"/>
       <c r="Q100" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
-        <v>93925</v>
+        <v>32264</v>
       </c>
       <c r="B101" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
         <v>24</v>
       </c>
       <c r="J101"/>
       <c r="K101"/>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101"/>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
-        <v>93926</v>
+        <v>93923</v>
       </c>
       <c r="B102" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
         <v>24</v>
       </c>
       <c r="J102"/>
       <c r="K102"/>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102"/>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
-        <v>93927</v>
+        <v>93924</v>
       </c>
       <c r="B103" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
         <v>24</v>
       </c>
       <c r="J103"/>
       <c r="K103"/>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103"/>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
-        <v>93928</v>
+        <v>93925</v>
       </c>
       <c r="B104" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="C104"/>
       <c r="D104"/>
       <c r="E104" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>23</v>
       </c>
       <c r="I104" t="s">
         <v>24</v>
       </c>
       <c r="J104"/>
       <c r="K104"/>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104"/>
       <c r="O104"/>
       <c r="P104"/>
       <c r="Q104" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
-        <v>93929</v>
+        <v>93926</v>
       </c>
       <c r="B105" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="C105"/>
       <c r="D105"/>
       <c r="E105" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>23</v>
       </c>
       <c r="I105" t="s">
         <v>24</v>
       </c>
       <c r="J105"/>
       <c r="K105"/>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105"/>
       <c r="O105"/>
       <c r="P105"/>
       <c r="Q105" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
-        <v>93930</v>
+        <v>93927</v>
       </c>
       <c r="B106" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="C106"/>
       <c r="D106"/>
       <c r="E106" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
         <v>24</v>
       </c>
       <c r="J106"/>
       <c r="K106"/>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106"/>
       <c r="O106"/>
       <c r="P106"/>
       <c r="Q106" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
-        <v>93931</v>
+        <v>93928</v>
       </c>
       <c r="B107" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>23</v>
       </c>
       <c r="I107" t="s">
         <v>24</v>
       </c>
       <c r="J107"/>
       <c r="K107"/>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107"/>
       <c r="O107"/>
       <c r="P107"/>
       <c r="Q107" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
-        <v>93935</v>
+        <v>93929</v>
       </c>
       <c r="B108" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="C108"/>
       <c r="D108"/>
       <c r="E108" t="s">
-        <v>465</v>
+        <v>490</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
         <v>23</v>
       </c>
       <c r="I108" t="s">
         <v>24</v>
       </c>
       <c r="J108"/>
       <c r="K108"/>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108"/>
       <c r="O108"/>
       <c r="P108"/>
       <c r="Q108" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
-        <v>93936</v>
+        <v>93930</v>
       </c>
       <c r="B109" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="C109"/>
       <c r="D109"/>
       <c r="E109" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
         <v>23</v>
       </c>
       <c r="I109" t="s">
         <v>24</v>
       </c>
       <c r="J109"/>
       <c r="K109"/>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109"/>
       <c r="O109"/>
       <c r="P109"/>
       <c r="Q109" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
-        <v>93937</v>
+        <v>93931</v>
       </c>
       <c r="B110" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="C110"/>
       <c r="D110"/>
       <c r="E110" t="s">
-        <v>465</v>
+        <v>490</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
         <v>23</v>
       </c>
       <c r="I110" t="s">
         <v>24</v>
       </c>
       <c r="J110"/>
       <c r="K110"/>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110"/>
       <c r="O110"/>
       <c r="P110"/>
       <c r="Q110" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
-        <v>93938</v>
+        <v>93935</v>
       </c>
       <c r="B111" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
         <v>23</v>
       </c>
       <c r="I111" t="s">
         <v>24</v>
       </c>
       <c r="J111"/>
       <c r="K111"/>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111"/>
       <c r="O111"/>
       <c r="P111"/>
       <c r="Q111" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
-        <v>93939</v>
+        <v>93936</v>
       </c>
       <c r="B112" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="C112"/>
       <c r="D112"/>
       <c r="E112" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>23</v>
       </c>
       <c r="I112" t="s">
         <v>24</v>
       </c>
       <c r="J112"/>
       <c r="K112"/>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112"/>
       <c r="O112"/>
       <c r="P112"/>
       <c r="Q112" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
-        <v>93940</v>
+        <v>93937</v>
       </c>
       <c r="B113" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="C113"/>
       <c r="D113"/>
       <c r="E113" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
         <v>23</v>
       </c>
       <c r="I113" t="s">
         <v>24</v>
       </c>
       <c r="J113"/>
       <c r="K113"/>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113"/>
       <c r="O113"/>
       <c r="P113"/>
       <c r="Q113" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
-        <v>93943</v>
+        <v>93938</v>
       </c>
       <c r="B114" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="C114"/>
       <c r="D114"/>
       <c r="E114" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
         <v>23</v>
       </c>
       <c r="I114" t="s">
         <v>24</v>
       </c>
       <c r="J114"/>
       <c r="K114"/>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114"/>
       <c r="O114"/>
-      <c r="P114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P114"/>
       <c r="Q114" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
-        <v>93941</v>
+        <v>93939</v>
       </c>
       <c r="B115" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="C115"/>
       <c r="D115"/>
       <c r="E115" t="s">
-        <v>465</v>
+        <v>490</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
         <v>23</v>
       </c>
       <c r="I115" t="s">
         <v>24</v>
       </c>
       <c r="J115"/>
       <c r="K115"/>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115"/>
       <c r="O115"/>
       <c r="P115"/>
       <c r="Q115" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
-        <v>36626</v>
+        <v>93940</v>
       </c>
       <c r="B116" t="s">
-        <v>496</v>
-[...6 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="C116"/>
+      <c r="D116"/>
       <c r="E116" t="s">
-        <v>498</v>
+        <v>477</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>23</v>
       </c>
       <c r="I116" t="s">
         <v>24</v>
       </c>
       <c r="J116"/>
       <c r="K116"/>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116"/>
       <c r="O116"/>
-      <c r="P116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P116"/>
       <c r="Q116" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
-        <v>24295</v>
+        <v>93943</v>
       </c>
       <c r="B117" t="s">
-        <v>500</v>
-[...6 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="C117"/>
+      <c r="D117"/>
       <c r="E117" t="s">
-        <v>20</v>
+        <v>477</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>23</v>
       </c>
       <c r="I117" t="s">
         <v>24</v>
       </c>
       <c r="J117"/>
       <c r="K117"/>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117"/>
       <c r="O117"/>
-      <c r="P117"/>
+      <c r="P117" t="s">
+        <v>506</v>
+      </c>
       <c r="Q117" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
-        <v>23752</v>
+        <v>93941</v>
       </c>
       <c r="B118" t="s">
-        <v>502</v>
-[...6 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="C118"/>
+      <c r="D118"/>
       <c r="E118" t="s">
-        <v>141</v>
+        <v>477</v>
       </c>
       <c r="F118" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>23</v>
       </c>
       <c r="I118" t="s">
         <v>24</v>
       </c>
-      <c r="J118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J118"/>
       <c r="K118"/>
-      <c r="L118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L118"/>
       <c r="M118"/>
       <c r="N118"/>
       <c r="O118"/>
       <c r="P118"/>
       <c r="Q118" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
-        <v>12291</v>
+        <v>36626</v>
       </c>
       <c r="B119" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="C119" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="D119" t="s">
-        <v>507</v>
+        <v>51</v>
       </c>
       <c r="E119" t="s">
-        <v>141</v>
+        <v>510</v>
       </c>
       <c r="F119" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>23</v>
       </c>
       <c r="I119" t="s">
         <v>24</v>
       </c>
-      <c r="J119" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J119"/>
+      <c r="K119"/>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119"/>
       <c r="O119"/>
       <c r="P119" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="Q119" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
-        <v>24239</v>
+        <v>24295</v>
       </c>
       <c r="B120" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C120" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="D120" t="s">
-        <v>511</v>
+        <v>51</v>
       </c>
       <c r="E120" t="s">
-        <v>512</v>
+        <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>513</v>
+        <v>21</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>23</v>
       </c>
       <c r="I120" t="s">
         <v>24</v>
       </c>
-      <c r="J120" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J120"/>
+      <c r="K120"/>
       <c r="L120"/>
       <c r="M120"/>
-      <c r="N120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N120"/>
       <c r="O120"/>
       <c r="P120"/>
       <c r="Q120" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
-        <v>30397</v>
+        <v>23752</v>
       </c>
       <c r="B121" t="s">
         <v>514</v>
       </c>
-      <c r="C121"/>
-      <c r="D121"/>
+      <c r="C121" t="s">
+        <v>515</v>
+      </c>
+      <c r="D121" t="s">
+        <v>516</v>
+      </c>
       <c r="E121" t="s">
-        <v>331</v>
+        <v>141</v>
       </c>
       <c r="F121" t="s">
-        <v>321</v>
+        <v>31</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
         <v>23</v>
       </c>
       <c r="I121" t="s">
         <v>24</v>
       </c>
-      <c r="J121"/>
+      <c r="J121" t="s">
+        <v>93</v>
+      </c>
       <c r="K121"/>
-      <c r="L121"/>
+      <c r="L121" t="s">
+        <v>60</v>
+      </c>
       <c r="M121"/>
       <c r="N121"/>
       <c r="O121"/>
       <c r="P121"/>
       <c r="Q121" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
-        <v>30400</v>
+        <v>12291</v>
       </c>
       <c r="B122" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-      <c r="D122"/>
+        <v>517</v>
+      </c>
+      <c r="C122" t="s">
+        <v>518</v>
+      </c>
+      <c r="D122" t="s">
+        <v>519</v>
+      </c>
       <c r="E122" t="s">
-        <v>331</v>
+        <v>141</v>
       </c>
       <c r="F122" t="s">
-        <v>321</v>
+        <v>31</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>23</v>
       </c>
       <c r="I122" t="s">
         <v>24</v>
       </c>
-      <c r="J122"/>
-      <c r="K122"/>
+      <c r="J122" t="s">
+        <v>33</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122"/>
       <c r="O122"/>
-      <c r="P122"/>
+      <c r="P122" t="s">
+        <v>520</v>
+      </c>
       <c r="Q122" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
-        <v>28043</v>
+        <v>24239</v>
       </c>
       <c r="B123" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-      <c r="D123"/>
+        <v>521</v>
+      </c>
+      <c r="C123" t="s">
+        <v>522</v>
+      </c>
+      <c r="D123" t="s">
+        <v>523</v>
+      </c>
       <c r="E123" t="s">
-        <v>331</v>
+        <v>524</v>
       </c>
       <c r="F123" t="s">
-        <v>321</v>
+        <v>525</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>23</v>
       </c>
       <c r="I123" t="s">
         <v>24</v>
       </c>
-      <c r="J123"/>
-      <c r="K123"/>
+      <c r="J123" t="s">
+        <v>156</v>
+      </c>
+      <c r="K123" t="s">
+        <v>253</v>
+      </c>
       <c r="L123"/>
       <c r="M123"/>
-      <c r="N123"/>
+      <c r="N123" t="s">
+        <v>191</v>
+      </c>
       <c r="O123"/>
       <c r="P123"/>
       <c r="Q123" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124">
-        <v>28044</v>
+        <v>30397</v>
       </c>
       <c r="B124" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="C124"/>
       <c r="D124"/>
       <c r="E124" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F124" t="s">
         <v>321</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>23</v>
       </c>
       <c r="I124" t="s">
         <v>24</v>
       </c>
       <c r="J124"/>
       <c r="K124"/>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124"/>
       <c r="O124"/>
       <c r="P124"/>
       <c r="Q124" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
-        <v>28061</v>
+        <v>30400</v>
       </c>
       <c r="B125" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="C125"/>
       <c r="D125"/>
       <c r="E125" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F125" t="s">
         <v>321</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
         <v>23</v>
       </c>
       <c r="I125" t="s">
         <v>24</v>
       </c>
       <c r="J125"/>
       <c r="K125"/>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125"/>
       <c r="O125"/>
       <c r="P125"/>
       <c r="Q125" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
-        <v>80015</v>
+        <v>28043</v>
       </c>
       <c r="B126" t="s">
-        <v>519</v>
-[...6 lines deleted...]
-      </c>
+        <v>528</v>
+      </c>
+      <c r="C126"/>
+      <c r="D126"/>
       <c r="E126" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F126" t="s">
         <v>321</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
         <v>23</v>
       </c>
       <c r="I126" t="s">
         <v>24</v>
       </c>
       <c r="J126"/>
       <c r="K126"/>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126"/>
       <c r="O126"/>
-      <c r="P126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P126"/>
       <c r="Q126" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
-        <v>28072</v>
+        <v>28044</v>
       </c>
       <c r="B127" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="C127"/>
       <c r="D127"/>
       <c r="E127" t="s">
-        <v>339</v>
+        <v>320</v>
       </c>
       <c r="F127" t="s">
         <v>321</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>23</v>
       </c>
       <c r="I127" t="s">
         <v>24</v>
       </c>
       <c r="J127"/>
       <c r="K127"/>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127"/>
       <c r="O127"/>
       <c r="P127"/>
       <c r="Q127" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
-        <v>28073</v>
+        <v>28061</v>
       </c>
       <c r="B128" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="C128"/>
       <c r="D128"/>
       <c r="E128" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F128" t="s">
         <v>321</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>23</v>
       </c>
       <c r="I128" t="s">
         <v>24</v>
       </c>
       <c r="J128"/>
       <c r="K128"/>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128"/>
       <c r="O128"/>
       <c r="P128"/>
       <c r="Q128" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
-        <v>28074</v>
+        <v>28072</v>
       </c>
       <c r="B129" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="C129"/>
       <c r="D129"/>
       <c r="E129" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="F129" t="s">
         <v>321</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>23</v>
       </c>
       <c r="I129" t="s">
         <v>24</v>
       </c>
       <c r="J129"/>
       <c r="K129"/>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129"/>
       <c r="O129"/>
       <c r="P129"/>
       <c r="Q129" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
-        <v>28095</v>
+        <v>28073</v>
       </c>
       <c r="B130" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="C130"/>
       <c r="D130"/>
       <c r="E130" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F130" t="s">
         <v>321</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>23</v>
       </c>
       <c r="I130" t="s">
         <v>24</v>
       </c>
       <c r="J130"/>
       <c r="K130"/>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130"/>
       <c r="O130"/>
       <c r="P130"/>
       <c r="Q130" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
-        <v>28096</v>
+        <v>28074</v>
       </c>
       <c r="B131" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="C131"/>
       <c r="D131"/>
       <c r="E131" t="s">
         <v>320</v>
       </c>
       <c r="F131" t="s">
         <v>321</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>23</v>
       </c>
       <c r="I131" t="s">
         <v>24</v>
       </c>
       <c r="J131"/>
       <c r="K131"/>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131"/>
       <c r="Q131" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
-        <v>10976</v>
+        <v>28095</v>
       </c>
       <c r="B132" t="s">
-        <v>527</v>
-[...6 lines deleted...]
-      </c>
+        <v>534</v>
+      </c>
+      <c r="C132"/>
+      <c r="D132"/>
       <c r="E132" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F132" t="s">
         <v>321</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>23</v>
       </c>
       <c r="I132" t="s">
         <v>24</v>
       </c>
       <c r="J132"/>
       <c r="K132"/>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132"/>
       <c r="O132"/>
       <c r="P132"/>
       <c r="Q132" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
-        <v>28202</v>
+        <v>28096</v>
       </c>
       <c r="B133" t="s">
-        <v>530</v>
-[...6 lines deleted...]
-      </c>
+        <v>535</v>
+      </c>
+      <c r="C133"/>
+      <c r="D133"/>
       <c r="E133" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F133" t="s">
         <v>321</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>23</v>
       </c>
       <c r="I133" t="s">
         <v>24</v>
       </c>
       <c r="J133"/>
       <c r="K133"/>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133"/>
       <c r="Q133" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
-        <v>28218</v>
+        <v>10976</v>
       </c>
       <c r="B134" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-      <c r="D134"/>
+        <v>536</v>
+      </c>
+      <c r="C134" t="s">
+        <v>537</v>
+      </c>
+      <c r="D134" t="s">
+        <v>538</v>
+      </c>
       <c r="E134" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F134" t="s">
         <v>321</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>23</v>
       </c>
       <c r="I134" t="s">
         <v>24</v>
       </c>
       <c r="J134"/>
       <c r="K134"/>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
-        <v>28299</v>
+        <v>28202</v>
       </c>
       <c r="B135" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-      <c r="D135"/>
+        <v>539</v>
+      </c>
+      <c r="C135" t="s">
+        <v>540</v>
+      </c>
+      <c r="D135" t="s">
+        <v>541</v>
+      </c>
       <c r="E135" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F135" t="s">
         <v>321</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>23</v>
       </c>
       <c r="I135" t="s">
         <v>24</v>
       </c>
       <c r="J135"/>
       <c r="K135"/>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135"/>
       <c r="O135"/>
       <c r="P135"/>
       <c r="Q135" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136">
-        <v>28302</v>
+        <v>28218</v>
       </c>
       <c r="B136" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="C136"/>
       <c r="D136"/>
       <c r="E136" t="s">
         <v>320</v>
       </c>
       <c r="F136" t="s">
         <v>321</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>23</v>
       </c>
       <c r="I136" t="s">
         <v>24</v>
       </c>
       <c r="J136"/>
       <c r="K136"/>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136"/>
       <c r="O136"/>
       <c r="P136"/>
       <c r="Q136" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137">
-        <v>30496</v>
+        <v>28299</v>
       </c>
       <c r="B137" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="C137"/>
       <c r="D137"/>
       <c r="E137" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F137" t="s">
         <v>321</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>23</v>
       </c>
       <c r="I137" t="s">
         <v>24</v>
       </c>
       <c r="J137"/>
       <c r="K137"/>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
       <c r="O137"/>
       <c r="P137"/>
       <c r="Q137" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138">
-        <v>28347</v>
+        <v>28302</v>
       </c>
       <c r="B138" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="C138"/>
       <c r="D138"/>
       <c r="E138" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F138" t="s">
         <v>321</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
         <v>23</v>
       </c>
       <c r="I138" t="s">
         <v>24</v>
       </c>
       <c r="J138"/>
       <c r="K138"/>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138"/>
       <c r="O138"/>
       <c r="P138"/>
       <c r="Q138" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139">
-        <v>28348</v>
+        <v>30496</v>
       </c>
       <c r="B139" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="C139"/>
       <c r="D139"/>
       <c r="E139" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F139" t="s">
         <v>321</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>23</v>
       </c>
       <c r="I139" t="s">
         <v>24</v>
       </c>
       <c r="J139"/>
       <c r="K139"/>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139"/>
       <c r="O139"/>
       <c r="P139"/>
       <c r="Q139" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140">
-        <v>28355</v>
+        <v>28347</v>
       </c>
       <c r="B140" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F140" t="s">
         <v>321</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>23</v>
       </c>
       <c r="I140" t="s">
         <v>24</v>
       </c>
       <c r="J140"/>
       <c r="K140"/>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140"/>
       <c r="O140"/>
       <c r="P140"/>
       <c r="Q140" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141">
-        <v>28356</v>
+        <v>28348</v>
       </c>
       <c r="B141" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="C141"/>
       <c r="D141"/>
       <c r="E141" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F141" t="s">
         <v>321</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
         <v>23</v>
       </c>
       <c r="I141" t="s">
         <v>24</v>
       </c>
       <c r="J141"/>
       <c r="K141"/>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141"/>
       <c r="O141"/>
       <c r="P141"/>
       <c r="Q141" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142">
-        <v>28357</v>
+        <v>28355</v>
       </c>
       <c r="B142" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="C142"/>
       <c r="D142"/>
       <c r="E142" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F142" t="s">
         <v>321</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
         <v>23</v>
       </c>
       <c r="I142" t="s">
         <v>24</v>
       </c>
       <c r="J142"/>
       <c r="K142"/>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142"/>
       <c r="Q142" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143">
-        <v>28365</v>
+        <v>28356</v>
       </c>
       <c r="B143" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="C143"/>
       <c r="D143"/>
       <c r="E143" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F143" t="s">
         <v>321</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
         <v>23</v>
       </c>
       <c r="I143" t="s">
         <v>24</v>
       </c>
       <c r="J143"/>
       <c r="K143"/>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143"/>
       <c r="Q143" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144">
-        <v>28367</v>
+        <v>28357</v>
       </c>
       <c r="B144" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="C144"/>
       <c r="D144"/>
       <c r="E144" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F144" t="s">
         <v>321</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
         <v>23</v>
       </c>
       <c r="I144" t="s">
         <v>24</v>
       </c>
       <c r="J144"/>
       <c r="K144"/>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144"/>
       <c r="Q144" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145">
-        <v>28375</v>
+        <v>28365</v>
       </c>
       <c r="B145" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="C145"/>
       <c r="D145"/>
       <c r="E145" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F145" t="s">
         <v>321</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
         <v>23</v>
       </c>
       <c r="I145" t="s">
         <v>24</v>
       </c>
-      <c r="J145" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J145"/>
       <c r="K145"/>
-      <c r="L145" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145"/>
       <c r="Q145" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146">
-        <v>28376</v>
+        <v>28367</v>
       </c>
       <c r="B146" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="C146"/>
       <c r="D146"/>
       <c r="E146" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F146" t="s">
         <v>321</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
         <v>23</v>
       </c>
       <c r="I146" t="s">
         <v>24</v>
       </c>
-      <c r="J146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J146"/>
       <c r="K146"/>
-      <c r="L146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146"/>
       <c r="Q146" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147">
-        <v>28391</v>
+        <v>28375</v>
       </c>
       <c r="B147" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="C147"/>
       <c r="D147"/>
       <c r="E147" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F147" t="s">
         <v>321</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
         <v>23</v>
       </c>
       <c r="I147" t="s">
         <v>24</v>
       </c>
-      <c r="J147"/>
+      <c r="J147" t="s">
+        <v>93</v>
+      </c>
       <c r="K147"/>
-      <c r="L147"/>
+      <c r="L147" t="s">
+        <v>60</v>
+      </c>
       <c r="M147"/>
       <c r="N147"/>
       <c r="O147"/>
       <c r="P147"/>
       <c r="Q147" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148">
-        <v>28414</v>
+        <v>28376</v>
       </c>
       <c r="B148" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="C148"/>
       <c r="D148"/>
       <c r="E148" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F148" t="s">
         <v>321</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
         <v>23</v>
       </c>
       <c r="I148" t="s">
         <v>24</v>
       </c>
-      <c r="J148"/>
+      <c r="J148" t="s">
+        <v>93</v>
+      </c>
       <c r="K148"/>
-      <c r="L148"/>
+      <c r="L148" t="s">
+        <v>60</v>
+      </c>
       <c r="M148"/>
       <c r="N148"/>
       <c r="O148"/>
       <c r="P148"/>
       <c r="Q148" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149">
-        <v>28479</v>
+        <v>28391</v>
       </c>
       <c r="B149" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="C149"/>
       <c r="D149"/>
       <c r="E149" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F149" t="s">
         <v>321</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>23</v>
       </c>
       <c r="I149" t="s">
         <v>24</v>
       </c>
       <c r="J149"/>
       <c r="K149"/>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
       <c r="O149"/>
       <c r="P149"/>
       <c r="Q149" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150">
-        <v>28482</v>
+        <v>28414</v>
       </c>
       <c r="B150" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F150" t="s">
         <v>321</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
         <v>23</v>
       </c>
       <c r="I150" t="s">
         <v>24</v>
       </c>
       <c r="J150"/>
       <c r="K150"/>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
       <c r="O150"/>
       <c r="P150"/>
       <c r="Q150" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151">
-        <v>28483</v>
+        <v>28479</v>
       </c>
       <c r="B151" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="C151"/>
       <c r="D151"/>
       <c r="E151" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F151" t="s">
         <v>321</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>23</v>
       </c>
       <c r="I151" t="s">
         <v>24</v>
       </c>
       <c r="J151"/>
       <c r="K151"/>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
       <c r="O151"/>
       <c r="P151"/>
       <c r="Q151" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
-        <v>28489</v>
+        <v>28482</v>
       </c>
       <c r="B152" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="C152"/>
       <c r="D152"/>
       <c r="E152" t="s">
         <v>320</v>
       </c>
       <c r="F152" t="s">
         <v>321</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>23</v>
       </c>
       <c r="I152" t="s">
         <v>24</v>
       </c>
       <c r="J152"/>
       <c r="K152"/>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
       <c r="O152"/>
       <c r="P152"/>
       <c r="Q152" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
-        <v>79460</v>
+        <v>28483</v>
       </c>
       <c r="B153" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="C153"/>
       <c r="D153"/>
       <c r="E153" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F153" t="s">
         <v>321</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>23</v>
       </c>
       <c r="I153" t="s">
         <v>24</v>
       </c>
       <c r="J153"/>
       <c r="K153"/>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
       <c r="O153"/>
       <c r="P153"/>
       <c r="Q153" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
-        <v>30560</v>
+        <v>28489</v>
       </c>
       <c r="B154" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="C154"/>
       <c r="D154"/>
       <c r="E154" t="s">
-        <v>554</v>
+        <v>330</v>
       </c>
       <c r="F154" t="s">
         <v>321</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>23</v>
       </c>
       <c r="I154" t="s">
         <v>24</v>
       </c>
       <c r="J154"/>
       <c r="K154"/>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154"/>
       <c r="O154"/>
       <c r="P154"/>
       <c r="Q154" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
-        <v>28565</v>
+        <v>79460</v>
       </c>
       <c r="B155" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="C155"/>
       <c r="D155"/>
       <c r="E155" t="s">
-        <v>554</v>
+        <v>320</v>
       </c>
       <c r="F155" t="s">
         <v>321</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>23</v>
       </c>
       <c r="I155" t="s">
         <v>24</v>
       </c>
       <c r="J155"/>
       <c r="K155"/>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
       <c r="O155"/>
       <c r="P155"/>
       <c r="Q155" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
-        <v>28586</v>
+        <v>30560</v>
       </c>
       <c r="B156" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C156"/>
       <c r="D156"/>
       <c r="E156" t="s">
-        <v>331</v>
+        <v>563</v>
       </c>
       <c r="F156" t="s">
         <v>321</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>23</v>
       </c>
       <c r="I156" t="s">
         <v>24</v>
       </c>
       <c r="J156"/>
       <c r="K156"/>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
       <c r="O156"/>
       <c r="P156"/>
       <c r="Q156" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
-        <v>80040</v>
+        <v>28565</v>
       </c>
       <c r="B157" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="C157"/>
       <c r="D157"/>
       <c r="E157" t="s">
-        <v>331</v>
+        <v>563</v>
       </c>
       <c r="F157" t="s">
         <v>321</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
         <v>23</v>
       </c>
       <c r="I157" t="s">
         <v>24</v>
       </c>
       <c r="J157"/>
       <c r="K157"/>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
       <c r="O157"/>
       <c r="P157"/>
       <c r="Q157" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158">
-        <v>28650</v>
+        <v>28586</v>
       </c>
       <c r="B158" t="s">
-        <v>558</v>
-[...6 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="C158"/>
+      <c r="D158"/>
       <c r="E158" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F158" t="s">
         <v>321</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>23</v>
       </c>
       <c r="I158" t="s">
         <v>24</v>
       </c>
       <c r="J158"/>
       <c r="K158"/>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
       <c r="O158"/>
       <c r="P158"/>
       <c r="Q158" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159">
-        <v>32335</v>
+        <v>80040</v>
       </c>
       <c r="B159" t="s">
-        <v>560</v>
-[...6 lines deleted...]
-      </c>
+        <v>566</v>
+      </c>
+      <c r="C159"/>
+      <c r="D159"/>
       <c r="E159" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F159" t="s">
         <v>321</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
         <v>23</v>
       </c>
       <c r="I159" t="s">
         <v>24</v>
       </c>
       <c r="J159"/>
       <c r="K159"/>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
       <c r="O159"/>
       <c r="P159"/>
       <c r="Q159" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160">
-        <v>28651</v>
+        <v>28650</v>
       </c>
       <c r="B160" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-      <c r="D160"/>
+        <v>567</v>
+      </c>
+      <c r="C160" t="s">
+        <v>568</v>
+      </c>
+      <c r="D160" t="s">
+        <v>51</v>
+      </c>
       <c r="E160" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F160" t="s">
         <v>321</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
         <v>23</v>
       </c>
       <c r="I160" t="s">
         <v>24</v>
       </c>
       <c r="J160"/>
       <c r="K160"/>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
       <c r="O160"/>
       <c r="P160"/>
       <c r="Q160" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161">
-        <v>28665</v>
+        <v>32335</v>
       </c>
       <c r="B161" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-      <c r="D161"/>
+        <v>569</v>
+      </c>
+      <c r="C161" t="s">
+        <v>570</v>
+      </c>
+      <c r="D161" t="s">
+        <v>51</v>
+      </c>
       <c r="E161" t="s">
         <v>320</v>
       </c>
       <c r="F161" t="s">
         <v>321</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>23</v>
       </c>
       <c r="I161" t="s">
         <v>24</v>
       </c>
       <c r="J161"/>
       <c r="K161"/>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
       <c r="O161"/>
       <c r="P161"/>
       <c r="Q161" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162">
-        <v>28668</v>
+        <v>28651</v>
       </c>
       <c r="B162" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="C162"/>
       <c r="D162"/>
       <c r="E162" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F162" t="s">
         <v>321</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
         <v>23</v>
       </c>
       <c r="I162" t="s">
         <v>24</v>
       </c>
       <c r="J162"/>
       <c r="K162"/>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
       <c r="O162"/>
       <c r="P162"/>
       <c r="Q162" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163">
-        <v>28669</v>
+        <v>28665</v>
       </c>
       <c r="B163" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="C163"/>
       <c r="D163"/>
       <c r="E163" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="F163" t="s">
         <v>321</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
         <v>23</v>
       </c>
       <c r="I163" t="s">
         <v>24</v>
       </c>
       <c r="J163"/>
       <c r="K163"/>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
       <c r="O163"/>
       <c r="P163"/>
       <c r="Q163" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164">
-        <v>28672</v>
+        <v>28668</v>
       </c>
       <c r="B164" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="F164" t="s">
         <v>321</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>252</v>
+        <v>23</v>
       </c>
       <c r="I164" t="s">
         <v>24</v>
       </c>
       <c r="J164"/>
       <c r="K164"/>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
       <c r="O164"/>
       <c r="P164"/>
       <c r="Q164" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165">
-        <v>28673</v>
+        <v>28669</v>
       </c>
       <c r="B165" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F165" t="s">
         <v>321</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>252</v>
+        <v>23</v>
       </c>
       <c r="I165" t="s">
         <v>24</v>
       </c>
       <c r="J165"/>
       <c r="K165"/>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165"/>
       <c r="Q165" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166">
-        <v>28681</v>
+        <v>28672</v>
       </c>
       <c r="B166" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="C166"/>
       <c r="D166"/>
       <c r="E166" t="s">
-        <v>554</v>
+        <v>335</v>
       </c>
       <c r="F166" t="s">
         <v>321</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
-        <v>23</v>
+        <v>252</v>
       </c>
       <c r="I166" t="s">
         <v>24</v>
       </c>
       <c r="J166"/>
       <c r="K166"/>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
       <c r="O166"/>
       <c r="P166"/>
       <c r="Q166" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167">
-        <v>28683</v>
+        <v>28673</v>
       </c>
       <c r="B167" t="s">
-        <v>569</v>
-[...6 lines deleted...]
-      </c>
+        <v>576</v>
+      </c>
+      <c r="C167"/>
+      <c r="D167"/>
       <c r="E167" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F167" t="s">
         <v>321</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>23</v>
+        <v>252</v>
       </c>
       <c r="I167" t="s">
         <v>24</v>
       </c>
       <c r="J167"/>
       <c r="K167"/>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167"/>
       <c r="Q167" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168">
-        <v>30903</v>
+        <v>28681</v>
       </c>
       <c r="B168" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="C168"/>
       <c r="D168"/>
       <c r="E168" t="s">
-        <v>331</v>
+        <v>563</v>
       </c>
       <c r="F168" t="s">
         <v>321</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
         <v>23</v>
       </c>
       <c r="I168" t="s">
         <v>24</v>
       </c>
       <c r="J168"/>
       <c r="K168"/>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
       <c r="O168"/>
       <c r="P168"/>
       <c r="Q168" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169">
-        <v>30916</v>
+        <v>28683</v>
       </c>
       <c r="B169" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-      <c r="D169"/>
+        <v>578</v>
+      </c>
+      <c r="C169" t="s">
+        <v>579</v>
+      </c>
+      <c r="D169" t="s">
+        <v>51</v>
+      </c>
       <c r="E169" t="s">
-        <v>554</v>
+        <v>320</v>
       </c>
       <c r="F169" t="s">
         <v>321</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
         <v>23</v>
       </c>
       <c r="I169" t="s">
         <v>24</v>
       </c>
       <c r="J169"/>
       <c r="K169"/>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
       <c r="O169"/>
       <c r="P169"/>
       <c r="Q169" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170">
-        <v>32340</v>
+        <v>30903</v>
       </c>
       <c r="B170" t="s">
-        <v>573</v>
-[...6 lines deleted...]
-      </c>
+        <v>580</v>
+      </c>
+      <c r="C170"/>
+      <c r="D170"/>
       <c r="E170" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F170" t="s">
         <v>321</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
         <v>23</v>
       </c>
       <c r="I170" t="s">
         <v>24</v>
       </c>
       <c r="J170"/>
       <c r="K170"/>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
       <c r="O170"/>
       <c r="P170"/>
       <c r="Q170" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171">
-        <v>28775</v>
+        <v>30916</v>
       </c>
       <c r="B171" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="C171"/>
       <c r="D171"/>
       <c r="E171" t="s">
-        <v>331</v>
+        <v>563</v>
       </c>
       <c r="F171" t="s">
         <v>321</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>23</v>
       </c>
       <c r="I171" t="s">
         <v>24</v>
       </c>
       <c r="J171"/>
       <c r="K171"/>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
       <c r="O171"/>
       <c r="P171"/>
       <c r="Q171" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172">
-        <v>28778</v>
+        <v>32340</v>
       </c>
       <c r="B172" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-      <c r="D172"/>
+        <v>582</v>
+      </c>
+      <c r="C172" t="s">
+        <v>583</v>
+      </c>
+      <c r="D172" t="s">
+        <v>51</v>
+      </c>
       <c r="E172" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F172" t="s">
         <v>321</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>23</v>
       </c>
       <c r="I172" t="s">
         <v>24</v>
       </c>
       <c r="J172"/>
       <c r="K172"/>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172"/>
       <c r="Q172" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173">
-        <v>79480</v>
+        <v>28775</v>
       </c>
       <c r="B173" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="C173"/>
       <c r="D173"/>
       <c r="E173" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F173" t="s">
         <v>321</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>23</v>
       </c>
       <c r="I173" t="s">
         <v>24</v>
       </c>
       <c r="J173"/>
       <c r="K173"/>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
       <c r="O173"/>
       <c r="P173"/>
       <c r="Q173" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174">
-        <v>30933</v>
+        <v>28778</v>
       </c>
       <c r="B174" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="C174"/>
       <c r="D174"/>
       <c r="E174" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F174" t="s">
         <v>321</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
         <v>23</v>
       </c>
       <c r="I174" t="s">
         <v>24</v>
       </c>
       <c r="J174"/>
       <c r="K174"/>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
       <c r="O174"/>
       <c r="P174"/>
       <c r="Q174" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175">
-        <v>28782</v>
+        <v>79480</v>
       </c>
       <c r="B175" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="C175"/>
       <c r="D175"/>
       <c r="E175" t="s">
-        <v>339</v>
+        <v>320</v>
       </c>
       <c r="F175" t="s">
         <v>321</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>23</v>
       </c>
       <c r="I175" t="s">
         <v>24</v>
       </c>
       <c r="J175"/>
       <c r="K175"/>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
       <c r="O175"/>
       <c r="P175"/>
       <c r="Q175" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176">
-        <v>30946</v>
+        <v>30933</v>
       </c>
       <c r="B176" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C176"/>
       <c r="D176"/>
       <c r="E176" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F176" t="s">
         <v>321</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>23</v>
       </c>
       <c r="I176" t="s">
         <v>24</v>
       </c>
       <c r="J176"/>
       <c r="K176"/>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
       <c r="O176"/>
       <c r="P176"/>
       <c r="Q176" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177">
-        <v>28803</v>
+        <v>28782</v>
       </c>
       <c r="B177" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="C177"/>
       <c r="D177"/>
       <c r="E177" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="F177" t="s">
         <v>321</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>23</v>
       </c>
       <c r="I177" t="s">
         <v>24</v>
       </c>
       <c r="J177"/>
       <c r="K177"/>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177"/>
       <c r="Q177" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178">
-        <v>28804</v>
+        <v>30946</v>
       </c>
       <c r="B178" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="C178"/>
       <c r="D178"/>
       <c r="E178" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F178" t="s">
         <v>321</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
         <v>23</v>
       </c>
       <c r="I178" t="s">
         <v>24</v>
       </c>
       <c r="J178"/>
       <c r="K178"/>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178"/>
       <c r="Q178" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179">
-        <v>28805</v>
+        <v>28803</v>
       </c>
       <c r="B179" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="C179"/>
       <c r="D179"/>
       <c r="E179" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F179" t="s">
         <v>321</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
         <v>23</v>
       </c>
       <c r="I179" t="s">
         <v>24</v>
       </c>
       <c r="J179"/>
       <c r="K179"/>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179"/>
       <c r="Q179" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180">
-        <v>28806</v>
+        <v>28804</v>
       </c>
       <c r="B180" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="C180"/>
       <c r="D180"/>
       <c r="E180" t="s">
         <v>320</v>
       </c>
       <c r="F180" t="s">
         <v>321</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
         <v>23</v>
       </c>
       <c r="I180" t="s">
         <v>24</v>
       </c>
       <c r="J180"/>
       <c r="K180"/>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180"/>
       <c r="Q180" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181">
-        <v>28807</v>
+        <v>28805</v>
       </c>
       <c r="B181" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="C181"/>
       <c r="D181"/>
       <c r="E181" t="s">
         <v>320</v>
       </c>
       <c r="F181" t="s">
         <v>321</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>23</v>
       </c>
       <c r="I181" t="s">
         <v>24</v>
       </c>
       <c r="J181"/>
       <c r="K181"/>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181"/>
       <c r="Q181" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182">
-        <v>28814</v>
+        <v>28806</v>
       </c>
       <c r="B182" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="C182"/>
       <c r="D182"/>
       <c r="E182" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F182" t="s">
         <v>321</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>23</v>
       </c>
       <c r="I182" t="s">
         <v>24</v>
       </c>
       <c r="J182"/>
       <c r="K182"/>
       <c r="L182"/>
       <c r="M182"/>
       <c r="N182"/>
       <c r="O182"/>
       <c r="P182"/>
       <c r="Q182" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183">
-        <v>28815</v>
+        <v>28807</v>
       </c>
       <c r="B183" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="C183"/>
       <c r="D183"/>
       <c r="E183" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F183" t="s">
         <v>321</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>23</v>
       </c>
       <c r="I183" t="s">
         <v>24</v>
       </c>
       <c r="J183"/>
       <c r="K183"/>
       <c r="L183"/>
       <c r="M183"/>
       <c r="N183"/>
       <c r="O183"/>
       <c r="P183"/>
       <c r="Q183" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184">
-        <v>28816</v>
+        <v>28814</v>
       </c>
       <c r="B184" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="C184"/>
       <c r="D184"/>
       <c r="E184" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F184" t="s">
         <v>321</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>23</v>
       </c>
       <c r="I184" t="s">
         <v>24</v>
       </c>
       <c r="J184"/>
       <c r="K184"/>
       <c r="L184"/>
       <c r="M184"/>
       <c r="N184"/>
       <c r="O184"/>
       <c r="P184"/>
       <c r="Q184" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185">
-        <v>28817</v>
+        <v>28815</v>
       </c>
       <c r="B185" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="C185"/>
       <c r="D185"/>
       <c r="E185" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F185" t="s">
         <v>321</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>23</v>
       </c>
       <c r="I185" t="s">
         <v>24</v>
       </c>
       <c r="J185"/>
       <c r="K185"/>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185"/>
       <c r="O185"/>
       <c r="P185"/>
       <c r="Q185" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186">
-        <v>28818</v>
+        <v>28816</v>
       </c>
       <c r="B186" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="C186"/>
       <c r="D186"/>
       <c r="E186" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F186" t="s">
         <v>321</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
         <v>23</v>
       </c>
       <c r="I186" t="s">
         <v>24</v>
       </c>
       <c r="J186"/>
       <c r="K186"/>
       <c r="L186"/>
       <c r="M186"/>
       <c r="N186"/>
       <c r="O186"/>
       <c r="P186"/>
       <c r="Q186" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187">
-        <v>28819</v>
+        <v>28817</v>
       </c>
       <c r="B187" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="C187"/>
       <c r="D187"/>
       <c r="E187" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F187" t="s">
         <v>321</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
         <v>23</v>
       </c>
       <c r="I187" t="s">
         <v>24</v>
       </c>
       <c r="J187"/>
       <c r="K187"/>
       <c r="L187"/>
       <c r="M187"/>
       <c r="N187"/>
       <c r="O187"/>
       <c r="P187"/>
       <c r="Q187" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188">
-        <v>28821</v>
+        <v>28818</v>
       </c>
       <c r="B188" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C188"/>
       <c r="D188"/>
       <c r="E188" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F188" t="s">
         <v>321</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>23</v>
       </c>
       <c r="I188" t="s">
         <v>24</v>
       </c>
       <c r="J188"/>
       <c r="K188"/>
       <c r="L188"/>
       <c r="M188"/>
       <c r="N188"/>
       <c r="O188"/>
       <c r="P188"/>
       <c r="Q188" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189">
-        <v>79484</v>
+        <v>28819</v>
       </c>
       <c r="B189" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C189"/>
       <c r="D189"/>
       <c r="E189" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F189" t="s">
         <v>321</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
         <v>23</v>
       </c>
       <c r="I189" t="s">
         <v>24</v>
       </c>
       <c r="J189"/>
       <c r="K189"/>
       <c r="L189"/>
       <c r="M189"/>
       <c r="N189"/>
       <c r="O189"/>
       <c r="P189"/>
       <c r="Q189" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190">
-        <v>28825</v>
+        <v>28821</v>
       </c>
       <c r="B190" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="C190"/>
       <c r="D190"/>
       <c r="E190" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F190" t="s">
         <v>321</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>23</v>
       </c>
       <c r="I190" t="s">
         <v>24</v>
       </c>
       <c r="J190"/>
       <c r="K190"/>
       <c r="L190"/>
       <c r="M190"/>
       <c r="N190"/>
       <c r="O190"/>
       <c r="P190"/>
       <c r="Q190" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191">
-        <v>28826</v>
+        <v>79484</v>
       </c>
       <c r="B191" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="C191"/>
       <c r="D191"/>
       <c r="E191" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F191" t="s">
         <v>321</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
         <v>23</v>
       </c>
       <c r="I191" t="s">
         <v>24</v>
       </c>
       <c r="J191"/>
       <c r="K191"/>
       <c r="L191"/>
       <c r="M191"/>
       <c r="N191"/>
       <c r="O191"/>
       <c r="P191"/>
       <c r="Q191" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192">
-        <v>30949</v>
+        <v>28825</v>
       </c>
       <c r="B192" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="C192"/>
       <c r="D192"/>
       <c r="E192" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F192" t="s">
         <v>321</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>23</v>
       </c>
       <c r="I192" t="s">
         <v>24</v>
       </c>
       <c r="J192"/>
       <c r="K192"/>
       <c r="L192"/>
       <c r="M192"/>
       <c r="N192"/>
       <c r="O192"/>
       <c r="P192"/>
       <c r="Q192" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193">
-        <v>28829</v>
+        <v>28826</v>
       </c>
       <c r="B193" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="C193"/>
       <c r="D193"/>
       <c r="E193" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F193" t="s">
         <v>321</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
         <v>23</v>
       </c>
       <c r="I193" t="s">
         <v>24</v>
       </c>
       <c r="J193"/>
       <c r="K193"/>
       <c r="L193"/>
       <c r="M193"/>
       <c r="N193"/>
       <c r="O193"/>
       <c r="P193"/>
       <c r="Q193" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194">
-        <v>30950</v>
+        <v>30949</v>
       </c>
       <c r="B194" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="C194"/>
       <c r="D194"/>
       <c r="E194" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F194" t="s">
         <v>321</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
         <v>23</v>
       </c>
       <c r="I194" t="s">
         <v>24</v>
       </c>
       <c r="J194"/>
       <c r="K194"/>
       <c r="L194"/>
       <c r="M194"/>
       <c r="N194"/>
       <c r="O194"/>
       <c r="P194"/>
       <c r="Q194" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195">
-        <v>28842</v>
+        <v>28829</v>
       </c>
       <c r="B195" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="C195"/>
       <c r="D195"/>
       <c r="E195" t="s">
         <v>320</v>
       </c>
       <c r="F195" t="s">
         <v>321</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>23</v>
       </c>
       <c r="I195" t="s">
         <v>24</v>
       </c>
       <c r="J195"/>
       <c r="K195"/>
       <c r="L195"/>
       <c r="M195"/>
       <c r="N195"/>
       <c r="O195"/>
       <c r="P195"/>
       <c r="Q195" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
-        <v>28843</v>
+        <v>30950</v>
       </c>
       <c r="B196" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="C196"/>
       <c r="D196"/>
       <c r="E196" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F196" t="s">
         <v>321</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>23</v>
       </c>
       <c r="I196" t="s">
         <v>24</v>
       </c>
       <c r="J196"/>
       <c r="K196"/>
       <c r="L196"/>
       <c r="M196"/>
       <c r="N196"/>
       <c r="O196"/>
       <c r="P196"/>
       <c r="Q196" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
-        <v>28846</v>
+        <v>28842</v>
       </c>
       <c r="B197" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="C197"/>
       <c r="D197"/>
       <c r="E197" t="s">
-        <v>554</v>
+        <v>330</v>
       </c>
       <c r="F197" t="s">
         <v>321</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>23</v>
       </c>
       <c r="I197" t="s">
         <v>24</v>
       </c>
       <c r="J197"/>
       <c r="K197"/>
       <c r="L197"/>
       <c r="M197"/>
       <c r="N197"/>
       <c r="O197"/>
       <c r="P197"/>
       <c r="Q197" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
-        <v>28847</v>
+        <v>28843</v>
       </c>
       <c r="B198" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="C198"/>
       <c r="D198"/>
       <c r="E198" t="s">
         <v>320</v>
       </c>
       <c r="F198" t="s">
         <v>321</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>23</v>
       </c>
       <c r="I198" t="s">
         <v>24</v>
       </c>
       <c r="J198"/>
       <c r="K198"/>
       <c r="L198"/>
       <c r="M198"/>
       <c r="N198"/>
       <c r="O198"/>
       <c r="P198"/>
       <c r="Q198" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199">
-        <v>28848</v>
+        <v>28846</v>
       </c>
       <c r="B199" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="C199"/>
       <c r="D199"/>
       <c r="E199" t="s">
-        <v>320</v>
+        <v>563</v>
       </c>
       <c r="F199" t="s">
         <v>321</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>23</v>
       </c>
       <c r="I199" t="s">
         <v>24</v>
       </c>
       <c r="J199"/>
       <c r="K199"/>
       <c r="L199"/>
       <c r="M199"/>
       <c r="N199"/>
       <c r="O199"/>
       <c r="P199"/>
       <c r="Q199" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200">
-        <v>28860</v>
+        <v>28847</v>
       </c>
       <c r="B200" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="C200"/>
       <c r="D200"/>
       <c r="E200" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="F200" t="s">
         <v>321</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>23</v>
       </c>
       <c r="I200" t="s">
         <v>24</v>
       </c>
       <c r="J200"/>
       <c r="K200"/>
       <c r="L200"/>
       <c r="M200"/>
       <c r="N200"/>
       <c r="O200"/>
       <c r="P200"/>
       <c r="Q200" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201">
-        <v>28861</v>
+        <v>28848</v>
       </c>
       <c r="B201" t="s">
-        <v>605</v>
-[...6 lines deleted...]
-      </c>
+        <v>612</v>
+      </c>
+      <c r="C201"/>
+      <c r="D201"/>
       <c r="E201" t="s">
-        <v>554</v>
+        <v>330</v>
       </c>
       <c r="F201" t="s">
         <v>321</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>23</v>
       </c>
       <c r="I201" t="s">
         <v>24</v>
       </c>
       <c r="J201"/>
       <c r="K201"/>
       <c r="L201"/>
       <c r="M201"/>
       <c r="N201"/>
       <c r="O201"/>
       <c r="P201"/>
       <c r="Q201" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
-        <v>28891</v>
+        <v>28860</v>
       </c>
       <c r="B202" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="C202"/>
       <c r="D202"/>
       <c r="E202" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="F202" t="s">
         <v>321</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
         <v>23</v>
       </c>
       <c r="I202" t="s">
         <v>24</v>
       </c>
-      <c r="J202" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J202"/>
       <c r="K202"/>
-      <c r="L202" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L202"/>
       <c r="M202"/>
       <c r="N202"/>
       <c r="O202"/>
       <c r="P202"/>
       <c r="Q202" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
-        <v>28897</v>
+        <v>28861</v>
       </c>
       <c r="B203" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-      <c r="D203"/>
+        <v>614</v>
+      </c>
+      <c r="C203" t="s">
+        <v>615</v>
+      </c>
+      <c r="D203" t="s">
+        <v>51</v>
+      </c>
       <c r="E203" t="s">
-        <v>331</v>
+        <v>563</v>
       </c>
       <c r="F203" t="s">
         <v>321</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
         <v>23</v>
       </c>
       <c r="I203" t="s">
         <v>24</v>
       </c>
       <c r="J203"/>
       <c r="K203"/>
       <c r="L203"/>
       <c r="M203"/>
       <c r="N203"/>
       <c r="O203"/>
       <c r="P203"/>
       <c r="Q203" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204">
-        <v>28924</v>
+        <v>28891</v>
       </c>
       <c r="B204" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="C204"/>
       <c r="D204"/>
       <c r="E204" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F204" t="s">
         <v>321</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
         <v>23</v>
       </c>
       <c r="I204" t="s">
         <v>24</v>
       </c>
-      <c r="J204"/>
+      <c r="J204" t="s">
+        <v>93</v>
+      </c>
       <c r="K204"/>
-      <c r="L204"/>
+      <c r="L204" t="s">
+        <v>60</v>
+      </c>
       <c r="M204"/>
       <c r="N204"/>
       <c r="O204"/>
       <c r="P204"/>
       <c r="Q204" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205">
-        <v>30986</v>
+        <v>28897</v>
       </c>
       <c r="B205" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="C205"/>
       <c r="D205"/>
       <c r="E205" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F205" t="s">
         <v>321</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>23</v>
       </c>
       <c r="I205" t="s">
         <v>24</v>
       </c>
       <c r="J205"/>
       <c r="K205"/>
       <c r="L205"/>
       <c r="M205"/>
       <c r="N205"/>
       <c r="O205"/>
       <c r="P205"/>
       <c r="Q205" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
-        <v>28930</v>
+        <v>28924</v>
       </c>
       <c r="B206" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F206" t="s">
         <v>321</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
         <v>23</v>
       </c>
       <c r="I206" t="s">
         <v>24</v>
       </c>
       <c r="J206"/>
       <c r="K206"/>
       <c r="L206"/>
       <c r="M206"/>
       <c r="N206"/>
       <c r="O206"/>
       <c r="P206"/>
       <c r="Q206" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207">
-        <v>28944</v>
+        <v>30986</v>
       </c>
       <c r="B207" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="C207"/>
       <c r="D207"/>
       <c r="E207" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F207" t="s">
         <v>321</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
         <v>23</v>
       </c>
       <c r="I207" t="s">
         <v>24</v>
       </c>
       <c r="J207"/>
       <c r="K207"/>
       <c r="L207"/>
       <c r="M207"/>
       <c r="N207"/>
       <c r="O207"/>
       <c r="P207"/>
       <c r="Q207" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208">
-        <v>79492</v>
+        <v>28930</v>
       </c>
       <c r="B208" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F208" t="s">
         <v>321</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>23</v>
       </c>
       <c r="I208" t="s">
         <v>24</v>
       </c>
-      <c r="J208" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J208"/>
       <c r="K208"/>
-      <c r="L208" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L208"/>
       <c r="M208"/>
       <c r="N208"/>
       <c r="O208"/>
       <c r="P208"/>
       <c r="Q208" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209">
-        <v>28958</v>
+        <v>28944</v>
       </c>
       <c r="B209" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="C209"/>
       <c r="D209"/>
       <c r="E209" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F209" t="s">
         <v>321</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>23</v>
       </c>
       <c r="I209" t="s">
         <v>24</v>
       </c>
       <c r="J209"/>
       <c r="K209"/>
       <c r="L209"/>
       <c r="M209"/>
       <c r="N209"/>
       <c r="O209"/>
       <c r="P209"/>
       <c r="Q209" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210">
-        <v>28960</v>
+        <v>79492</v>
       </c>
       <c r="B210" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="C210"/>
       <c r="D210"/>
       <c r="E210" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F210" t="s">
         <v>321</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
         <v>23</v>
       </c>
       <c r="I210" t="s">
         <v>24</v>
       </c>
-      <c r="J210"/>
+      <c r="J210" t="s">
+        <v>93</v>
+      </c>
       <c r="K210"/>
-      <c r="L210"/>
+      <c r="L210" t="s">
+        <v>60</v>
+      </c>
       <c r="M210"/>
       <c r="N210"/>
       <c r="O210"/>
       <c r="P210"/>
       <c r="Q210" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
-        <v>28982</v>
+        <v>28958</v>
       </c>
       <c r="B211" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="C211"/>
       <c r="D211"/>
       <c r="E211" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F211" t="s">
         <v>321</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
         <v>23</v>
       </c>
       <c r="I211" t="s">
         <v>24</v>
       </c>
       <c r="J211"/>
       <c r="K211"/>
       <c r="L211"/>
       <c r="M211"/>
       <c r="N211"/>
       <c r="O211"/>
       <c r="P211"/>
       <c r="Q211" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
-        <v>79497</v>
+        <v>28960</v>
       </c>
       <c r="B212" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F212" t="s">
         <v>321</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
         <v>23</v>
       </c>
       <c r="I212" t="s">
         <v>24</v>
       </c>
       <c r="J212"/>
       <c r="K212"/>
       <c r="L212"/>
       <c r="M212"/>
       <c r="N212"/>
       <c r="O212"/>
       <c r="P212"/>
       <c r="Q212" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
-        <v>29011</v>
+        <v>28982</v>
       </c>
       <c r="B213" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="C213"/>
       <c r="D213"/>
       <c r="E213" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F213" t="s">
         <v>321</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>23</v>
       </c>
       <c r="I213" t="s">
         <v>24</v>
       </c>
       <c r="J213"/>
       <c r="K213"/>
       <c r="L213"/>
       <c r="M213"/>
       <c r="N213"/>
       <c r="O213"/>
       <c r="P213"/>
       <c r="Q213" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
-        <v>29019</v>
+        <v>79497</v>
       </c>
       <c r="B214" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="C214"/>
       <c r="D214"/>
       <c r="E214" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F214" t="s">
         <v>321</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>23</v>
       </c>
       <c r="I214" t="s">
         <v>24</v>
       </c>
       <c r="J214"/>
       <c r="K214"/>
       <c r="L214"/>
       <c r="M214"/>
       <c r="N214"/>
       <c r="O214"/>
       <c r="P214"/>
       <c r="Q214" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
-        <v>29020</v>
+        <v>29011</v>
       </c>
       <c r="B215" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="C215"/>
       <c r="D215"/>
       <c r="E215" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F215" t="s">
         <v>321</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>23</v>
       </c>
       <c r="I215" t="s">
         <v>24</v>
       </c>
       <c r="J215"/>
       <c r="K215"/>
       <c r="L215"/>
       <c r="M215"/>
       <c r="N215"/>
       <c r="O215"/>
       <c r="P215"/>
       <c r="Q215" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
-        <v>29021</v>
+        <v>29019</v>
       </c>
       <c r="B216" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C216"/>
       <c r="D216"/>
       <c r="E216" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F216" t="s">
         <v>321</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>23</v>
       </c>
       <c r="I216" t="s">
         <v>24</v>
       </c>
       <c r="J216"/>
       <c r="K216"/>
       <c r="L216"/>
       <c r="M216"/>
       <c r="N216"/>
       <c r="O216"/>
       <c r="P216"/>
       <c r="Q216" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217">
-        <v>29052</v>
+        <v>29020</v>
       </c>
       <c r="B217" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="C217"/>
       <c r="D217"/>
       <c r="E217" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F217" t="s">
         <v>321</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>23</v>
       </c>
       <c r="I217" t="s">
         <v>24</v>
       </c>
       <c r="J217"/>
       <c r="K217"/>
       <c r="L217"/>
       <c r="M217"/>
       <c r="N217"/>
       <c r="O217"/>
       <c r="P217"/>
       <c r="Q217" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="218" spans="1:17">
       <c r="A218">
-        <v>32265</v>
+        <v>29021</v>
       </c>
       <c r="B218" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="C218"/>
       <c r="D218"/>
       <c r="E218" t="s">
         <v>320</v>
       </c>
       <c r="F218" t="s">
         <v>321</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>23</v>
       </c>
       <c r="I218" t="s">
         <v>24</v>
       </c>
       <c r="J218"/>
       <c r="K218"/>
       <c r="L218"/>
       <c r="M218"/>
       <c r="N218"/>
       <c r="O218"/>
       <c r="P218"/>
       <c r="Q218" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="219" spans="1:17">
       <c r="A219">
-        <v>32339</v>
+        <v>29052</v>
       </c>
       <c r="B219" t="s">
-        <v>624</v>
-[...6 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="C219"/>
+      <c r="D219"/>
       <c r="E219" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F219" t="s">
         <v>321</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
         <v>23</v>
       </c>
       <c r="I219" t="s">
         <v>24</v>
       </c>
       <c r="J219"/>
       <c r="K219"/>
       <c r="L219"/>
       <c r="M219"/>
       <c r="N219"/>
       <c r="O219"/>
       <c r="P219"/>
       <c r="Q219" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="220" spans="1:17">
       <c r="A220">
-        <v>29073</v>
+        <v>32265</v>
       </c>
       <c r="B220" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="C220"/>
       <c r="D220"/>
       <c r="E220" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="F220" t="s">
         <v>321</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>23</v>
       </c>
       <c r="I220" t="s">
         <v>24</v>
       </c>
       <c r="J220"/>
       <c r="K220"/>
       <c r="L220"/>
       <c r="M220"/>
       <c r="N220"/>
       <c r="O220"/>
       <c r="P220"/>
       <c r="Q220" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="221" spans="1:17">
       <c r="A221">
-        <v>29074</v>
+        <v>32339</v>
       </c>
       <c r="B221" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-      <c r="D221"/>
+        <v>633</v>
+      </c>
+      <c r="C221" t="s">
+        <v>634</v>
+      </c>
+      <c r="D221" t="s">
+        <v>51</v>
+      </c>
       <c r="E221" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F221" t="s">
         <v>321</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>23</v>
       </c>
       <c r="I221" t="s">
         <v>24</v>
       </c>
       <c r="J221"/>
       <c r="K221"/>
       <c r="L221"/>
       <c r="M221"/>
       <c r="N221"/>
       <c r="O221"/>
       <c r="P221"/>
       <c r="Q221" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="222" spans="1:17">
       <c r="A222">
-        <v>29075</v>
+        <v>29073</v>
       </c>
       <c r="B222" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="C222"/>
       <c r="D222"/>
       <c r="E222" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="F222" t="s">
         <v>321</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>23</v>
       </c>
       <c r="I222" t="s">
         <v>24</v>
       </c>
       <c r="J222"/>
       <c r="K222"/>
       <c r="L222"/>
       <c r="M222"/>
       <c r="N222"/>
       <c r="O222"/>
       <c r="P222"/>
       <c r="Q222" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="223" spans="1:17">
       <c r="A223">
-        <v>29076</v>
+        <v>29074</v>
       </c>
       <c r="B223" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="C223"/>
       <c r="D223"/>
       <c r="E223" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F223" t="s">
         <v>321</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
         <v>23</v>
       </c>
       <c r="I223" t="s">
         <v>24</v>
       </c>
       <c r="J223"/>
       <c r="K223"/>
       <c r="L223"/>
       <c r="M223"/>
       <c r="N223"/>
       <c r="O223"/>
       <c r="P223"/>
       <c r="Q223" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="224" spans="1:17">
       <c r="A224">
-        <v>31073</v>
+        <v>29075</v>
       </c>
       <c r="B224" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="C224"/>
       <c r="D224"/>
       <c r="E224" t="s">
-        <v>554</v>
+        <v>335</v>
       </c>
       <c r="F224" t="s">
         <v>321</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
         <v>23</v>
       </c>
       <c r="I224" t="s">
         <v>24</v>
       </c>
       <c r="J224"/>
       <c r="K224"/>
       <c r="L224"/>
       <c r="M224"/>
       <c r="N224"/>
       <c r="O224"/>
       <c r="P224"/>
       <c r="Q224" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="225" spans="1:17">
       <c r="A225">
-        <v>29087</v>
+        <v>29076</v>
       </c>
       <c r="B225" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="C225"/>
       <c r="D225"/>
       <c r="E225" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F225" t="s">
         <v>321</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
         <v>23</v>
       </c>
       <c r="I225" t="s">
         <v>24</v>
       </c>
       <c r="J225"/>
       <c r="K225"/>
       <c r="L225"/>
       <c r="M225"/>
       <c r="N225"/>
       <c r="O225"/>
       <c r="P225"/>
       <c r="Q225" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="226" spans="1:17">
       <c r="A226">
-        <v>12024</v>
+        <v>31073</v>
       </c>
       <c r="B226" t="s">
-        <v>632</v>
-[...6 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="C226"/>
+      <c r="D226"/>
       <c r="E226" t="s">
-        <v>331</v>
+        <v>563</v>
       </c>
       <c r="F226" t="s">
         <v>321</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
         <v>23</v>
       </c>
       <c r="I226" t="s">
         <v>24</v>
       </c>
       <c r="J226"/>
       <c r="K226"/>
       <c r="L226"/>
       <c r="M226"/>
       <c r="N226"/>
       <c r="O226"/>
       <c r="P226"/>
       <c r="Q226" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="227" spans="1:17">
       <c r="A227">
-        <v>29192</v>
+        <v>29087</v>
       </c>
       <c r="B227" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="C227"/>
       <c r="D227"/>
       <c r="E227" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F227" t="s">
         <v>321</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>23</v>
       </c>
       <c r="I227" t="s">
         <v>24</v>
       </c>
       <c r="J227"/>
       <c r="K227"/>
       <c r="L227"/>
       <c r="M227"/>
       <c r="N227"/>
       <c r="O227"/>
       <c r="P227"/>
       <c r="Q227" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="228" spans="1:17">
       <c r="A228">
-        <v>29191</v>
+        <v>12024</v>
       </c>
       <c r="B228" t="s">
-        <v>635</v>
-[...2 lines deleted...]
-      <c r="D228"/>
+        <v>641</v>
+      </c>
+      <c r="C228" t="s">
+        <v>642</v>
+      </c>
+      <c r="D228" t="s">
+        <v>235</v>
+      </c>
       <c r="E228" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F228" t="s">
         <v>321</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
         <v>23</v>
       </c>
       <c r="I228" t="s">
         <v>24</v>
       </c>
       <c r="J228"/>
       <c r="K228"/>
       <c r="L228"/>
       <c r="M228"/>
       <c r="N228"/>
       <c r="O228"/>
       <c r="P228"/>
       <c r="Q228" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="229" spans="1:17">
       <c r="A229">
-        <v>29193</v>
+        <v>29192</v>
       </c>
       <c r="B229" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="C229"/>
       <c r="D229"/>
       <c r="E229" t="s">
-        <v>339</v>
+        <v>320</v>
       </c>
       <c r="F229" t="s">
         <v>321</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
         <v>23</v>
       </c>
       <c r="I229" t="s">
         <v>24</v>
       </c>
       <c r="J229"/>
       <c r="K229"/>
       <c r="L229"/>
       <c r="M229"/>
       <c r="N229"/>
       <c r="O229"/>
       <c r="P229"/>
       <c r="Q229" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="230" spans="1:17">
       <c r="A230">
-        <v>29198</v>
+        <v>29191</v>
       </c>
       <c r="B230" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="C230"/>
       <c r="D230"/>
       <c r="E230" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F230" t="s">
         <v>321</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
         <v>23</v>
       </c>
       <c r="I230" t="s">
         <v>24</v>
       </c>
       <c r="J230"/>
       <c r="K230"/>
       <c r="L230"/>
       <c r="M230"/>
       <c r="N230"/>
       <c r="O230"/>
       <c r="P230"/>
       <c r="Q230" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="231" spans="1:17">
       <c r="A231">
-        <v>79913</v>
+        <v>29193</v>
       </c>
       <c r="B231" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="C231"/>
       <c r="D231"/>
       <c r="E231" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="F231" t="s">
         <v>321</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
         <v>23</v>
       </c>
       <c r="I231" t="s">
         <v>24</v>
       </c>
       <c r="J231"/>
       <c r="K231"/>
       <c r="L231"/>
       <c r="M231"/>
       <c r="N231"/>
       <c r="O231"/>
       <c r="P231"/>
       <c r="Q231" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="232" spans="1:17">
       <c r="A232">
-        <v>36634</v>
+        <v>29198</v>
       </c>
       <c r="B232" t="s">
-        <v>639</v>
-[...6 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="C232"/>
+      <c r="D232"/>
       <c r="E232" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F232" t="s">
         <v>321</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
         <v>23</v>
       </c>
       <c r="I232" t="s">
         <v>24</v>
       </c>
       <c r="J232"/>
       <c r="K232"/>
       <c r="L232"/>
       <c r="M232"/>
       <c r="N232"/>
       <c r="O232"/>
       <c r="P232"/>
       <c r="Q232" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="233" spans="1:17">
       <c r="A233">
-        <v>29204</v>
+        <v>79913</v>
       </c>
       <c r="B233" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="C233"/>
       <c r="D233"/>
       <c r="E233" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F233" t="s">
         <v>321</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
         <v>23</v>
       </c>
       <c r="I233" t="s">
         <v>24</v>
       </c>
       <c r="J233"/>
       <c r="K233"/>
       <c r="L233"/>
       <c r="M233"/>
       <c r="N233"/>
       <c r="O233"/>
       <c r="P233"/>
       <c r="Q233" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="234" spans="1:17">
       <c r="A234">
-        <v>29209</v>
+        <v>36634</v>
       </c>
       <c r="B234" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-      <c r="D234"/>
+        <v>648</v>
+      </c>
+      <c r="C234" t="s">
+        <v>649</v>
+      </c>
+      <c r="D234" t="s">
+        <v>51</v>
+      </c>
       <c r="E234" t="s">
         <v>320</v>
       </c>
       <c r="F234" t="s">
         <v>321</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
         <v>23</v>
       </c>
       <c r="I234" t="s">
         <v>24</v>
       </c>
       <c r="J234"/>
       <c r="K234"/>
       <c r="L234"/>
       <c r="M234"/>
       <c r="N234"/>
       <c r="O234"/>
       <c r="P234"/>
       <c r="Q234" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="235" spans="1:17">
       <c r="A235">
-        <v>29210</v>
+        <v>29204</v>
       </c>
       <c r="B235" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="C235"/>
       <c r="D235"/>
       <c r="E235" t="s">
-        <v>554</v>
+        <v>320</v>
       </c>
       <c r="F235" t="s">
         <v>321</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
         <v>23</v>
       </c>
       <c r="I235" t="s">
         <v>24</v>
       </c>
       <c r="J235"/>
       <c r="K235"/>
       <c r="L235"/>
       <c r="M235"/>
       <c r="N235"/>
       <c r="O235"/>
       <c r="P235"/>
       <c r="Q235" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="236" spans="1:17">
       <c r="A236">
-        <v>31115</v>
+        <v>29209</v>
       </c>
       <c r="B236" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="C236"/>
       <c r="D236"/>
       <c r="E236" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F236" t="s">
         <v>321</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
         <v>23</v>
       </c>
       <c r="I236" t="s">
         <v>24</v>
       </c>
-      <c r="J236" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J236"/>
       <c r="K236"/>
-      <c r="L236" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L236"/>
       <c r="M236"/>
       <c r="N236"/>
       <c r="O236"/>
       <c r="P236"/>
       <c r="Q236" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="237" spans="1:17">
       <c r="A237">
-        <v>29258</v>
+        <v>29210</v>
       </c>
       <c r="B237" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="C237"/>
       <c r="D237"/>
       <c r="E237" t="s">
-        <v>331</v>
+        <v>563</v>
       </c>
       <c r="F237" t="s">
         <v>321</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
         <v>23</v>
       </c>
       <c r="I237" t="s">
         <v>24</v>
       </c>
       <c r="J237"/>
       <c r="K237"/>
       <c r="L237"/>
       <c r="M237"/>
       <c r="N237"/>
       <c r="O237"/>
       <c r="P237"/>
       <c r="Q237" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="238" spans="1:17">
       <c r="A238">
-        <v>11502</v>
+        <v>31115</v>
       </c>
       <c r="B238" t="s">
-        <v>646</v>
-[...6 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="C238"/>
+      <c r="D238"/>
       <c r="E238" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F238" t="s">
         <v>321</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
         <v>23</v>
       </c>
       <c r="I238" t="s">
         <v>24</v>
       </c>
-      <c r="J238"/>
+      <c r="J238" t="s">
+        <v>93</v>
+      </c>
       <c r="K238"/>
-      <c r="L238"/>
+      <c r="L238" t="s">
+        <v>60</v>
+      </c>
       <c r="M238"/>
       <c r="N238"/>
       <c r="O238"/>
       <c r="P238"/>
       <c r="Q238" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="239" spans="1:17">
       <c r="A239">
-        <v>29286</v>
+        <v>29258</v>
       </c>
       <c r="B239" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="C239"/>
       <c r="D239"/>
       <c r="E239" t="s">
         <v>320</v>
       </c>
       <c r="F239" t="s">
         <v>321</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
         <v>23</v>
       </c>
       <c r="I239" t="s">
         <v>24</v>
       </c>
       <c r="J239"/>
       <c r="K239"/>
       <c r="L239"/>
       <c r="M239"/>
       <c r="N239"/>
       <c r="O239"/>
       <c r="P239"/>
       <c r="Q239" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="240" spans="1:17">
       <c r="A240">
-        <v>36635</v>
+        <v>11502</v>
       </c>
       <c r="B240" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="C240" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="D240" t="s">
         <v>51</v>
       </c>
       <c r="E240" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F240" t="s">
         <v>321</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
         <v>23</v>
       </c>
       <c r="I240" t="s">
         <v>24</v>
       </c>
       <c r="J240"/>
       <c r="K240"/>
       <c r="L240"/>
       <c r="M240"/>
       <c r="N240"/>
       <c r="O240"/>
       <c r="P240"/>
       <c r="Q240" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="241" spans="1:17">
       <c r="A241">
-        <v>29316</v>
+        <v>29286</v>
       </c>
       <c r="B241" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="C241"/>
       <c r="D241"/>
       <c r="E241" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F241" t="s">
         <v>321</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
         <v>23</v>
       </c>
       <c r="I241" t="s">
         <v>24</v>
       </c>
       <c r="J241"/>
       <c r="K241"/>
       <c r="L241"/>
       <c r="M241"/>
       <c r="N241"/>
       <c r="O241"/>
       <c r="P241"/>
       <c r="Q241" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="242" spans="1:17">
       <c r="A242">
-        <v>36636</v>
+        <v>36635</v>
       </c>
       <c r="B242" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="C242" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="D242" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="E242" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F242" t="s">
         <v>321</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
         <v>23</v>
       </c>
       <c r="I242" t="s">
         <v>24</v>
       </c>
-      <c r="J242" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J242"/>
       <c r="K242"/>
-      <c r="L242" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L242"/>
       <c r="M242"/>
       <c r="N242"/>
       <c r="O242"/>
       <c r="P242"/>
       <c r="Q242" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="243" spans="1:17">
       <c r="A243">
-        <v>79337</v>
+        <v>29316</v>
       </c>
       <c r="B243" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="C243"/>
       <c r="D243"/>
       <c r="E243" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F243" t="s">
         <v>321</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
         <v>23</v>
       </c>
       <c r="I243" t="s">
         <v>24</v>
       </c>
-      <c r="J243" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J243"/>
       <c r="K243"/>
-      <c r="L243" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L243"/>
+      <c r="M243"/>
       <c r="N243"/>
       <c r="O243"/>
       <c r="P243"/>
       <c r="Q243" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="244" spans="1:17">
       <c r="A244">
-        <v>31158</v>
+        <v>36636</v>
       </c>
       <c r="B244" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-      <c r="D244"/>
+        <v>661</v>
+      </c>
+      <c r="C244" t="s">
+        <v>662</v>
+      </c>
+      <c r="D244" t="s">
+        <v>19</v>
+      </c>
       <c r="E244" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F244" t="s">
         <v>321</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
         <v>23</v>
       </c>
       <c r="I244" t="s">
         <v>24</v>
       </c>
-      <c r="J244"/>
+      <c r="J244" t="s">
+        <v>93</v>
+      </c>
       <c r="K244"/>
-      <c r="L244"/>
+      <c r="L244" t="s">
+        <v>60</v>
+      </c>
       <c r="M244"/>
       <c r="N244"/>
       <c r="O244"/>
       <c r="P244"/>
       <c r="Q244" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="245" spans="1:17">
       <c r="A245">
-        <v>29324</v>
+        <v>79337</v>
       </c>
       <c r="B245" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="C245"/>
       <c r="D245"/>
       <c r="E245" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F245" t="s">
         <v>321</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
         <v>23</v>
       </c>
       <c r="I245" t="s">
         <v>24</v>
       </c>
       <c r="J245" t="s">
-        <v>93</v>
+        <v>360</v>
       </c>
       <c r="K245"/>
       <c r="L245" t="s">
         <v>60</v>
       </c>
-      <c r="M245"/>
+      <c r="M245" t="s">
+        <v>361</v>
+      </c>
       <c r="N245"/>
       <c r="O245"/>
       <c r="P245"/>
       <c r="Q245" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="246" spans="1:17">
       <c r="A246">
-        <v>29325</v>
+        <v>31158</v>
       </c>
       <c r="B246" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="C246"/>
       <c r="D246"/>
       <c r="E246" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F246" t="s">
         <v>321</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
         <v>23</v>
       </c>
       <c r="I246" t="s">
         <v>24</v>
       </c>
-      <c r="J246" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J246"/>
       <c r="K246"/>
-      <c r="L246" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L246"/>
       <c r="M246"/>
       <c r="N246"/>
       <c r="O246"/>
       <c r="P246"/>
       <c r="Q246" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="247" spans="1:17">
       <c r="A247">
-        <v>29326</v>
+        <v>29324</v>
       </c>
       <c r="B247" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="C247"/>
       <c r="D247"/>
       <c r="E247" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F247" t="s">
         <v>321</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
         <v>23</v>
       </c>
       <c r="I247" t="s">
         <v>24</v>
       </c>
       <c r="J247" t="s">
         <v>93</v>
       </c>
       <c r="K247"/>
       <c r="L247" t="s">
         <v>60</v>
       </c>
       <c r="M247"/>
       <c r="N247"/>
       <c r="O247"/>
       <c r="P247"/>
       <c r="Q247" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="248" spans="1:17">
       <c r="A248">
-        <v>29327</v>
+        <v>29325</v>
       </c>
       <c r="B248" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="C248"/>
       <c r="D248"/>
       <c r="E248" t="s">
-        <v>339</v>
+        <v>320</v>
       </c>
       <c r="F248" t="s">
         <v>321</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
         <v>23</v>
       </c>
       <c r="I248" t="s">
         <v>24</v>
       </c>
       <c r="J248" t="s">
         <v>93</v>
       </c>
       <c r="K248"/>
       <c r="L248" t="s">
         <v>60</v>
       </c>
       <c r="M248"/>
       <c r="N248"/>
       <c r="O248"/>
       <c r="P248"/>
       <c r="Q248" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="249" spans="1:17">
       <c r="A249">
-        <v>29328</v>
+        <v>29326</v>
       </c>
       <c r="B249" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="C249"/>
       <c r="D249"/>
       <c r="E249" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F249" t="s">
         <v>321</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
         <v>23</v>
       </c>
       <c r="I249" t="s">
         <v>24</v>
       </c>
       <c r="J249" t="s">
         <v>93</v>
       </c>
       <c r="K249"/>
       <c r="L249" t="s">
         <v>60</v>
       </c>
       <c r="M249"/>
       <c r="N249"/>
       <c r="O249"/>
       <c r="P249"/>
       <c r="Q249" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="250" spans="1:17">
       <c r="A250">
-        <v>29329</v>
+        <v>29327</v>
       </c>
       <c r="B250" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="C250"/>
       <c r="D250"/>
       <c r="E250" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="F250" t="s">
         <v>321</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
         <v>23</v>
       </c>
       <c r="I250" t="s">
         <v>24</v>
       </c>
       <c r="J250" t="s">
         <v>93</v>
       </c>
       <c r="K250"/>
       <c r="L250" t="s">
         <v>60</v>
       </c>
       <c r="M250"/>
       <c r="N250"/>
       <c r="O250"/>
       <c r="P250"/>
       <c r="Q250" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="251" spans="1:17">
       <c r="A251">
-        <v>29337</v>
+        <v>29328</v>
       </c>
       <c r="B251" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C251"/>
       <c r="D251"/>
       <c r="E251" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F251" t="s">
         <v>321</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
         <v>23</v>
       </c>
       <c r="I251" t="s">
         <v>24</v>
       </c>
       <c r="J251" t="s">
         <v>93</v>
       </c>
       <c r="K251"/>
       <c r="L251" t="s">
         <v>60</v>
       </c>
       <c r="M251"/>
       <c r="N251"/>
       <c r="O251"/>
       <c r="P251"/>
       <c r="Q251" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="252" spans="1:17">
       <c r="A252">
-        <v>29339</v>
+        <v>29329</v>
       </c>
       <c r="B252" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="C252"/>
       <c r="D252"/>
       <c r="E252" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F252" t="s">
         <v>321</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
         <v>23</v>
       </c>
       <c r="I252" t="s">
         <v>24</v>
       </c>
       <c r="J252" t="s">
         <v>93</v>
       </c>
       <c r="K252"/>
       <c r="L252" t="s">
         <v>60</v>
       </c>
       <c r="M252"/>
       <c r="N252"/>
       <c r="O252"/>
       <c r="P252"/>
       <c r="Q252" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="253" spans="1:17">
       <c r="A253">
-        <v>29354</v>
+        <v>29337</v>
       </c>
       <c r="B253" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="C253"/>
       <c r="D253"/>
       <c r="E253" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F253" t="s">
         <v>321</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
         <v>23</v>
       </c>
       <c r="I253" t="s">
         <v>24</v>
       </c>
-      <c r="J253"/>
+      <c r="J253" t="s">
+        <v>93</v>
+      </c>
       <c r="K253"/>
-      <c r="L253"/>
+      <c r="L253" t="s">
+        <v>60</v>
+      </c>
       <c r="M253"/>
       <c r="N253"/>
       <c r="O253"/>
       <c r="P253"/>
       <c r="Q253" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="254" spans="1:17">
       <c r="A254">
-        <v>29355</v>
+        <v>29339</v>
       </c>
       <c r="B254" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="C254"/>
       <c r="D254"/>
       <c r="E254" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F254" t="s">
         <v>321</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>23</v>
       </c>
       <c r="I254" t="s">
         <v>24</v>
       </c>
-      <c r="J254"/>
+      <c r="J254" t="s">
+        <v>93</v>
+      </c>
       <c r="K254"/>
-      <c r="L254"/>
+      <c r="L254" t="s">
+        <v>60</v>
+      </c>
       <c r="M254"/>
       <c r="N254"/>
       <c r="O254"/>
       <c r="P254"/>
       <c r="Q254" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="255" spans="1:17">
       <c r="A255">
-        <v>29425</v>
+        <v>29354</v>
       </c>
       <c r="B255" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="C255"/>
       <c r="D255"/>
       <c r="E255" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F255" t="s">
         <v>321</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>252</v>
+        <v>23</v>
       </c>
       <c r="I255" t="s">
         <v>24</v>
       </c>
       <c r="J255"/>
       <c r="K255"/>
       <c r="L255"/>
       <c r="M255"/>
       <c r="N255"/>
       <c r="O255"/>
       <c r="P255"/>
       <c r="Q255" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="256" spans="1:17">
       <c r="A256">
-        <v>29426</v>
+        <v>29355</v>
       </c>
       <c r="B256" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="C256"/>
       <c r="D256"/>
       <c r="E256" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F256" t="s">
         <v>321</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>252</v>
+        <v>23</v>
       </c>
       <c r="I256" t="s">
         <v>24</v>
       </c>
       <c r="J256"/>
       <c r="K256"/>
       <c r="L256"/>
       <c r="M256"/>
       <c r="N256"/>
       <c r="O256"/>
       <c r="P256"/>
       <c r="Q256" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="257" spans="1:17">
       <c r="A257">
-        <v>29430</v>
+        <v>29425</v>
       </c>
       <c r="B257" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="C257"/>
       <c r="D257"/>
       <c r="E257" t="s">
-        <v>554</v>
+        <v>335</v>
       </c>
       <c r="F257" t="s">
         <v>321</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>23</v>
+        <v>252</v>
       </c>
       <c r="I257" t="s">
         <v>24</v>
       </c>
       <c r="J257"/>
       <c r="K257"/>
       <c r="L257"/>
       <c r="M257"/>
       <c r="N257"/>
       <c r="O257"/>
       <c r="P257"/>
       <c r="Q257" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="258" spans="1:17">
       <c r="A258">
-        <v>29433</v>
+        <v>29426</v>
       </c>
       <c r="B258" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="C258"/>
       <c r="D258"/>
       <c r="E258" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="F258" t="s">
         <v>321</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>23</v>
+        <v>252</v>
       </c>
       <c r="I258" t="s">
         <v>24</v>
       </c>
       <c r="J258"/>
       <c r="K258"/>
       <c r="L258"/>
       <c r="M258"/>
       <c r="N258"/>
       <c r="O258"/>
       <c r="P258"/>
       <c r="Q258" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="259" spans="1:17">
       <c r="A259">
-        <v>29436</v>
+        <v>29430</v>
       </c>
       <c r="B259" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="C259"/>
       <c r="D259"/>
       <c r="E259" t="s">
-        <v>320</v>
+        <v>563</v>
       </c>
       <c r="F259" t="s">
         <v>321</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
         <v>23</v>
       </c>
       <c r="I259" t="s">
         <v>24</v>
       </c>
       <c r="J259"/>
       <c r="K259"/>
       <c r="L259"/>
       <c r="M259"/>
       <c r="N259"/>
       <c r="O259"/>
       <c r="P259"/>
       <c r="Q259" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="260" spans="1:17">
       <c r="A260">
-        <v>29442</v>
+        <v>29433</v>
       </c>
       <c r="B260" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C260"/>
       <c r="D260"/>
       <c r="E260" t="s">
-        <v>320</v>
+        <v>335</v>
       </c>
       <c r="F260" t="s">
         <v>321</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
         <v>23</v>
       </c>
       <c r="I260" t="s">
         <v>24</v>
       </c>
-      <c r="J260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J260"/>
       <c r="K260"/>
-      <c r="L260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L260"/>
       <c r="M260"/>
       <c r="N260"/>
       <c r="O260"/>
-      <c r="P260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P260"/>
       <c r="Q260" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="261" spans="1:17">
       <c r="A261">
-        <v>29443</v>
+        <v>29436</v>
       </c>
       <c r="B261" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="C261"/>
       <c r="D261"/>
       <c r="E261" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="F261" t="s">
         <v>321</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
         <v>23</v>
       </c>
       <c r="I261" t="s">
         <v>24</v>
       </c>
-      <c r="J261" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J261"/>
       <c r="K261"/>
-      <c r="L261" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L261"/>
       <c r="M261"/>
       <c r="N261"/>
       <c r="O261"/>
-      <c r="P261" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P261"/>
       <c r="Q261" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="262" spans="1:17">
       <c r="A262">
-        <v>31234</v>
+        <v>29442</v>
       </c>
       <c r="B262" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="C262"/>
       <c r="D262"/>
       <c r="E262" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="F262" t="s">
         <v>321</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
         <v>23</v>
       </c>
       <c r="I262" t="s">
         <v>24</v>
       </c>
       <c r="J262" t="s">
         <v>93</v>
       </c>
       <c r="K262"/>
       <c r="L262" t="s">
         <v>60</v>
       </c>
       <c r="M262"/>
       <c r="N262"/>
       <c r="O262"/>
       <c r="P262" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="Q262" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="263" spans="1:17">
       <c r="A263">
-        <v>29486</v>
+        <v>29443</v>
       </c>
       <c r="B263" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="C263"/>
       <c r="D263"/>
       <c r="E263" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F263" t="s">
         <v>321</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
         <v>23</v>
       </c>
       <c r="I263" t="s">
         <v>24</v>
       </c>
-      <c r="J263"/>
+      <c r="J263" t="s">
+        <v>93</v>
+      </c>
       <c r="K263"/>
-      <c r="L263"/>
+      <c r="L263" t="s">
+        <v>60</v>
+      </c>
       <c r="M263"/>
       <c r="N263"/>
       <c r="O263"/>
-      <c r="P263"/>
+      <c r="P263" t="s">
+        <v>683</v>
+      </c>
       <c r="Q263" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="264" spans="1:17">
       <c r="A264">
-        <v>29487</v>
+        <v>31234</v>
       </c>
       <c r="B264" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="C264"/>
       <c r="D264"/>
       <c r="E264" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F264" t="s">
         <v>321</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
         <v>23</v>
       </c>
       <c r="I264" t="s">
         <v>24</v>
       </c>
-      <c r="J264"/>
+      <c r="J264" t="s">
+        <v>93</v>
+      </c>
       <c r="K264"/>
-      <c r="L264"/>
+      <c r="L264" t="s">
+        <v>60</v>
+      </c>
       <c r="M264"/>
       <c r="N264"/>
       <c r="O264"/>
-      <c r="P264"/>
+      <c r="P264" t="s">
+        <v>685</v>
+      </c>
       <c r="Q264" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="265" spans="1:17">
       <c r="A265">
-        <v>29488</v>
+        <v>29486</v>
       </c>
       <c r="B265" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C265"/>
       <c r="D265"/>
       <c r="E265" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F265" t="s">
         <v>321</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
         <v>23</v>
       </c>
       <c r="I265" t="s">
         <v>24</v>
       </c>
       <c r="J265"/>
       <c r="K265"/>
       <c r="L265"/>
       <c r="M265"/>
       <c r="N265"/>
       <c r="O265"/>
       <c r="P265"/>
       <c r="Q265" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="266" spans="1:17">
       <c r="A266">
-        <v>29489</v>
+        <v>29487</v>
       </c>
       <c r="B266" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="C266"/>
       <c r="D266"/>
       <c r="E266" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F266" t="s">
         <v>321</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
         <v>23</v>
       </c>
       <c r="I266" t="s">
         <v>24</v>
       </c>
       <c r="J266"/>
       <c r="K266"/>
       <c r="L266"/>
       <c r="M266"/>
       <c r="N266"/>
       <c r="O266"/>
       <c r="P266"/>
       <c r="Q266" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="267" spans="1:17">
       <c r="A267">
-        <v>29492</v>
+        <v>29488</v>
       </c>
       <c r="B267" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="C267"/>
       <c r="D267"/>
       <c r="E267" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F267" t="s">
         <v>321</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
         <v>23</v>
       </c>
       <c r="I267" t="s">
         <v>24</v>
       </c>
       <c r="J267"/>
       <c r="K267"/>
       <c r="L267"/>
       <c r="M267"/>
       <c r="N267"/>
       <c r="O267"/>
       <c r="P267"/>
       <c r="Q267" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="268" spans="1:17">
       <c r="A268">
-        <v>29520</v>
+        <v>29489</v>
       </c>
       <c r="B268" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="C268"/>
       <c r="D268"/>
       <c r="E268" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F268" t="s">
         <v>321</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
         <v>23</v>
       </c>
       <c r="I268" t="s">
         <v>24</v>
       </c>
       <c r="J268"/>
       <c r="K268"/>
       <c r="L268"/>
       <c r="M268"/>
       <c r="N268"/>
       <c r="O268"/>
       <c r="P268"/>
       <c r="Q268" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="269" spans="1:17">
       <c r="A269">
-        <v>29522</v>
+        <v>29492</v>
       </c>
       <c r="B269" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="C269"/>
       <c r="D269"/>
       <c r="E269" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F269" t="s">
         <v>321</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
         <v>23</v>
       </c>
       <c r="I269" t="s">
         <v>24</v>
       </c>
       <c r="J269"/>
       <c r="K269"/>
       <c r="L269"/>
       <c r="M269"/>
       <c r="N269"/>
       <c r="O269"/>
       <c r="P269"/>
       <c r="Q269" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="270" spans="1:17">
       <c r="A270">
-        <v>29523</v>
+        <v>29520</v>
       </c>
       <c r="B270" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="C270"/>
       <c r="D270"/>
       <c r="E270" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F270" t="s">
         <v>321</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
         <v>23</v>
       </c>
       <c r="I270" t="s">
         <v>24</v>
       </c>
       <c r="J270"/>
       <c r="K270"/>
       <c r="L270"/>
       <c r="M270"/>
       <c r="N270"/>
       <c r="O270"/>
       <c r="P270"/>
       <c r="Q270" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="271" spans="1:17">
       <c r="A271">
-        <v>29524</v>
+        <v>29522</v>
       </c>
       <c r="B271" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="C271"/>
       <c r="D271"/>
       <c r="E271" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F271" t="s">
         <v>321</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
         <v>23</v>
       </c>
       <c r="I271" t="s">
         <v>24</v>
       </c>
       <c r="J271"/>
       <c r="K271"/>
       <c r="L271"/>
       <c r="M271"/>
       <c r="N271"/>
       <c r="O271"/>
       <c r="P271"/>
       <c r="Q271" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="272" spans="1:17">
       <c r="A272">
-        <v>29525</v>
+        <v>29523</v>
       </c>
       <c r="B272" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="C272"/>
       <c r="D272"/>
       <c r="E272" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F272" t="s">
         <v>321</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
         <v>23</v>
       </c>
       <c r="I272" t="s">
         <v>24</v>
       </c>
       <c r="J272"/>
       <c r="K272"/>
       <c r="L272"/>
       <c r="M272"/>
       <c r="N272"/>
       <c r="O272"/>
       <c r="P272"/>
       <c r="Q272" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="273" spans="1:17">
       <c r="A273">
-        <v>29526</v>
+        <v>29524</v>
       </c>
       <c r="B273" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="C273"/>
       <c r="D273"/>
       <c r="E273" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F273" t="s">
         <v>321</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
         <v>23</v>
       </c>
       <c r="I273" t="s">
         <v>24</v>
       </c>
       <c r="J273"/>
       <c r="K273"/>
       <c r="L273"/>
       <c r="M273"/>
       <c r="N273"/>
       <c r="O273"/>
       <c r="P273"/>
       <c r="Q273" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="274" spans="1:17">
       <c r="A274">
-        <v>29527</v>
+        <v>29525</v>
       </c>
       <c r="B274" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="C274"/>
       <c r="D274"/>
       <c r="E274" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F274" t="s">
         <v>321</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>23</v>
       </c>
       <c r="I274" t="s">
         <v>24</v>
       </c>
       <c r="J274"/>
       <c r="K274"/>
       <c r="L274"/>
       <c r="M274"/>
       <c r="N274"/>
       <c r="O274"/>
       <c r="P274"/>
       <c r="Q274" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="275" spans="1:17">
       <c r="A275">
-        <v>29528</v>
+        <v>29526</v>
       </c>
       <c r="B275" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="C275"/>
       <c r="D275"/>
       <c r="E275" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F275" t="s">
         <v>321</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
         <v>23</v>
       </c>
       <c r="I275" t="s">
         <v>24</v>
       </c>
       <c r="J275"/>
       <c r="K275"/>
       <c r="L275"/>
       <c r="M275"/>
       <c r="N275"/>
       <c r="O275"/>
       <c r="P275"/>
       <c r="Q275" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="276" spans="1:17">
       <c r="A276">
-        <v>29529</v>
+        <v>29527</v>
       </c>
       <c r="B276" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="C276"/>
       <c r="D276"/>
       <c r="E276" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F276" t="s">
         <v>321</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
         <v>23</v>
       </c>
       <c r="I276" t="s">
         <v>24</v>
       </c>
       <c r="J276"/>
       <c r="K276"/>
       <c r="L276"/>
       <c r="M276"/>
       <c r="N276"/>
       <c r="O276"/>
       <c r="P276"/>
       <c r="Q276" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="277" spans="1:17">
       <c r="A277">
-        <v>29587</v>
+        <v>29528</v>
       </c>
       <c r="B277" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="C277"/>
       <c r="D277"/>
       <c r="E277" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F277" t="s">
         <v>321</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
         <v>23</v>
       </c>
       <c r="I277" t="s">
         <v>24</v>
       </c>
       <c r="J277"/>
       <c r="K277"/>
       <c r="L277"/>
       <c r="M277"/>
       <c r="N277"/>
       <c r="O277"/>
       <c r="P277"/>
       <c r="Q277" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="278" spans="1:17">
       <c r="A278">
-        <v>29596</v>
+        <v>29529</v>
       </c>
       <c r="B278" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="C278"/>
       <c r="D278"/>
       <c r="E278" t="s">
-        <v>320</v>
+        <v>335</v>
       </c>
       <c r="F278" t="s">
         <v>321</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
         <v>23</v>
       </c>
       <c r="I278" t="s">
         <v>24</v>
       </c>
       <c r="J278"/>
       <c r="K278"/>
       <c r="L278"/>
       <c r="M278"/>
       <c r="N278"/>
       <c r="O278"/>
       <c r="P278"/>
       <c r="Q278" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="279" spans="1:17">
       <c r="A279">
-        <v>29607</v>
+        <v>29587</v>
       </c>
       <c r="B279" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="C279"/>
       <c r="D279"/>
       <c r="E279" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F279" t="s">
         <v>321</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
         <v>23</v>
       </c>
       <c r="I279" t="s">
         <v>24</v>
       </c>
       <c r="J279"/>
       <c r="K279"/>
       <c r="L279"/>
       <c r="M279"/>
       <c r="N279"/>
       <c r="O279"/>
       <c r="P279"/>
       <c r="Q279" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="280" spans="1:17">
       <c r="A280">
-        <v>29634</v>
+        <v>29596</v>
       </c>
       <c r="B280" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="C280"/>
       <c r="D280"/>
       <c r="E280" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F280" t="s">
         <v>321</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
         <v>23</v>
       </c>
       <c r="I280" t="s">
         <v>24</v>
       </c>
       <c r="J280"/>
       <c r="K280"/>
       <c r="L280"/>
       <c r="M280"/>
       <c r="N280"/>
       <c r="O280"/>
       <c r="P280"/>
       <c r="Q280" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="281" spans="1:17">
       <c r="A281">
-        <v>29635</v>
+        <v>29607</v>
       </c>
       <c r="B281" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="C281"/>
       <c r="D281"/>
       <c r="E281" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F281" t="s">
         <v>321</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
         <v>23</v>
       </c>
       <c r="I281" t="s">
         <v>24</v>
       </c>
       <c r="J281"/>
       <c r="K281"/>
       <c r="L281"/>
       <c r="M281"/>
       <c r="N281"/>
       <c r="O281"/>
       <c r="P281"/>
       <c r="Q281" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="282" spans="1:17">
       <c r="A282">
-        <v>12221</v>
+        <v>29634</v>
       </c>
       <c r="B282" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="C282"/>
       <c r="D282"/>
       <c r="E282" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F282" t="s">
         <v>321</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
         <v>23</v>
       </c>
       <c r="I282" t="s">
         <v>24</v>
       </c>
       <c r="J282"/>
       <c r="K282"/>
       <c r="L282"/>
       <c r="M282"/>
       <c r="N282"/>
       <c r="O282"/>
       <c r="P282"/>
       <c r="Q282" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="283" spans="1:17">
       <c r="A283">
-        <v>12270</v>
+        <v>29635</v>
       </c>
       <c r="B283" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="C283"/>
       <c r="D283"/>
       <c r="E283" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F283" t="s">
         <v>321</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
         <v>23</v>
       </c>
       <c r="I283" t="s">
         <v>24</v>
       </c>
       <c r="J283"/>
       <c r="K283"/>
       <c r="L283"/>
       <c r="M283"/>
       <c r="N283"/>
       <c r="O283"/>
       <c r="P283"/>
       <c r="Q283" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="284" spans="1:17">
       <c r="A284">
-        <v>29709</v>
+        <v>12221</v>
       </c>
       <c r="B284" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="C284"/>
       <c r="D284"/>
       <c r="E284" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="F284" t="s">
         <v>321</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
         <v>23</v>
       </c>
       <c r="I284" t="s">
         <v>24</v>
       </c>
       <c r="J284"/>
       <c r="K284"/>
       <c r="L284"/>
       <c r="M284"/>
       <c r="N284"/>
       <c r="O284"/>
       <c r="P284"/>
       <c r="Q284" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="285" spans="1:17">
       <c r="A285">
-        <v>31315</v>
+        <v>12270</v>
       </c>
       <c r="B285" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="C285"/>
       <c r="D285"/>
       <c r="E285" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F285" t="s">
         <v>321</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
         <v>23</v>
       </c>
       <c r="I285" t="s">
         <v>24</v>
       </c>
       <c r="J285"/>
       <c r="K285"/>
       <c r="L285"/>
       <c r="M285"/>
       <c r="N285"/>
       <c r="O285"/>
       <c r="P285"/>
       <c r="Q285" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="286" spans="1:17">
       <c r="A286">
-        <v>29726</v>
+        <v>29709</v>
       </c>
       <c r="B286" t="s">
-        <v>700</v>
-[...6 lines deleted...]
-      </c>
+        <v>707</v>
+      </c>
+      <c r="C286"/>
+      <c r="D286"/>
       <c r="E286" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="F286" t="s">
         <v>321</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
         <v>23</v>
       </c>
       <c r="I286" t="s">
         <v>24</v>
       </c>
       <c r="J286"/>
       <c r="K286"/>
       <c r="L286"/>
       <c r="M286"/>
       <c r="N286"/>
       <c r="O286"/>
       <c r="P286"/>
       <c r="Q286" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="287" spans="1:17">
       <c r="A287">
-        <v>29727</v>
+        <v>31315</v>
       </c>
       <c r="B287" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="C287"/>
       <c r="D287"/>
       <c r="E287" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F287" t="s">
         <v>321</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
         <v>23</v>
       </c>
       <c r="I287" t="s">
         <v>24</v>
       </c>
       <c r="J287"/>
       <c r="K287"/>
       <c r="L287"/>
       <c r="M287"/>
       <c r="N287"/>
       <c r="O287"/>
       <c r="P287"/>
       <c r="Q287" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="288" spans="1:17">
       <c r="A288">
-        <v>29743</v>
+        <v>29726</v>
       </c>
       <c r="B288" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="C288" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="D288" t="s">
         <v>51</v>
       </c>
       <c r="E288" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F288" t="s">
         <v>321</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
         <v>23</v>
       </c>
       <c r="I288" t="s">
         <v>24</v>
       </c>
       <c r="J288"/>
       <c r="K288"/>
       <c r="L288"/>
       <c r="M288"/>
       <c r="N288"/>
       <c r="O288"/>
       <c r="P288"/>
       <c r="Q288" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="289" spans="1:17">
       <c r="A289">
-        <v>29744</v>
+        <v>29727</v>
       </c>
       <c r="B289" t="s">
-        <v>705</v>
-[...6 lines deleted...]
-      </c>
+        <v>711</v>
+      </c>
+      <c r="C289"/>
+      <c r="D289"/>
       <c r="E289" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F289" t="s">
         <v>321</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
         <v>23</v>
       </c>
       <c r="I289" t="s">
         <v>24</v>
       </c>
       <c r="J289"/>
       <c r="K289"/>
       <c r="L289"/>
       <c r="M289"/>
       <c r="N289"/>
       <c r="O289"/>
-      <c r="P289" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P289"/>
       <c r="Q289" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="290" spans="1:17">
       <c r="A290">
-        <v>29766</v>
+        <v>29743</v>
       </c>
       <c r="B290" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-      <c r="D290"/>
+        <v>712</v>
+      </c>
+      <c r="C290" t="s">
+        <v>713</v>
+      </c>
+      <c r="D290" t="s">
+        <v>51</v>
+      </c>
       <c r="E290" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F290" t="s">
         <v>321</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
         <v>23</v>
       </c>
       <c r="I290" t="s">
         <v>24</v>
       </c>
-      <c r="J290" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J290"/>
       <c r="K290"/>
-      <c r="L290" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L290"/>
       <c r="M290"/>
       <c r="N290"/>
       <c r="O290"/>
       <c r="P290"/>
       <c r="Q290" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="291" spans="1:17">
       <c r="A291">
-        <v>80028</v>
+        <v>29744</v>
       </c>
       <c r="B291" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="C291" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="D291" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E291" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F291" t="s">
         <v>321</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
         <v>23</v>
       </c>
       <c r="I291" t="s">
         <v>24</v>
       </c>
       <c r="J291"/>
       <c r="K291"/>
       <c r="L291"/>
       <c r="M291"/>
       <c r="N291"/>
       <c r="O291"/>
       <c r="P291" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="Q291" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="292" spans="1:17">
       <c r="A292">
-        <v>29803</v>
+        <v>29766</v>
       </c>
       <c r="B292" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="C292"/>
       <c r="D292"/>
       <c r="E292" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F292" t="s">
         <v>321</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
         <v>23</v>
       </c>
       <c r="I292" t="s">
         <v>24</v>
       </c>
-      <c r="J292"/>
+      <c r="J292" t="s">
+        <v>93</v>
+      </c>
       <c r="K292"/>
-      <c r="L292"/>
+      <c r="L292" t="s">
+        <v>60</v>
+      </c>
       <c r="M292"/>
       <c r="N292"/>
       <c r="O292"/>
       <c r="P292"/>
       <c r="Q292" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="293" spans="1:17">
       <c r="A293">
-        <v>29804</v>
+        <v>80028</v>
       </c>
       <c r="B293" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-      <c r="D293"/>
+        <v>718</v>
+      </c>
+      <c r="C293" t="s">
+        <v>719</v>
+      </c>
+      <c r="D293" t="s">
+        <v>68</v>
+      </c>
       <c r="E293" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F293" t="s">
         <v>321</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
         <v>23</v>
       </c>
       <c r="I293" t="s">
         <v>24</v>
       </c>
       <c r="J293"/>
       <c r="K293"/>
       <c r="L293"/>
       <c r="M293"/>
       <c r="N293"/>
       <c r="O293"/>
-      <c r="P293"/>
+      <c r="P293" t="s">
+        <v>720</v>
+      </c>
       <c r="Q293" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="294" spans="1:17">
       <c r="A294">
-        <v>31359</v>
+        <v>29803</v>
       </c>
       <c r="B294" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="C294"/>
       <c r="D294"/>
       <c r="E294" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F294" t="s">
         <v>321</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
         <v>23</v>
       </c>
       <c r="I294" t="s">
         <v>24</v>
       </c>
       <c r="J294"/>
       <c r="K294"/>
       <c r="L294"/>
       <c r="M294"/>
       <c r="N294"/>
       <c r="O294"/>
       <c r="P294"/>
       <c r="Q294" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="295" spans="1:17">
       <c r="A295">
-        <v>29811</v>
+        <v>29804</v>
       </c>
       <c r="B295" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="C295"/>
       <c r="D295"/>
       <c r="E295" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F295" t="s">
         <v>321</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
         <v>23</v>
       </c>
       <c r="I295" t="s">
         <v>24</v>
       </c>
       <c r="J295"/>
       <c r="K295"/>
       <c r="L295"/>
       <c r="M295"/>
       <c r="N295"/>
       <c r="O295"/>
       <c r="P295"/>
       <c r="Q295" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="296" spans="1:17">
       <c r="A296">
-        <v>11065</v>
+        <v>31359</v>
       </c>
       <c r="B296" t="s">
-        <v>716</v>
-[...6 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="C296"/>
+      <c r="D296"/>
       <c r="E296" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F296" t="s">
         <v>321</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
         <v>23</v>
       </c>
       <c r="I296" t="s">
         <v>24</v>
       </c>
-      <c r="J296" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J296"/>
       <c r="K296"/>
-      <c r="L296" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L296"/>
       <c r="M296"/>
       <c r="N296"/>
       <c r="O296"/>
-      <c r="P296" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P296"/>
       <c r="Q296" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="297" spans="1:17">
       <c r="A297">
-        <v>11830</v>
+        <v>29811</v>
       </c>
       <c r="B297" t="s">
-        <v>720</v>
-[...6 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="C297"/>
+      <c r="D297"/>
       <c r="E297" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F297" t="s">
         <v>321</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
         <v>23</v>
       </c>
       <c r="I297" t="s">
         <v>24</v>
       </c>
-      <c r="J297" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J297"/>
       <c r="K297"/>
-      <c r="L297" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L297"/>
       <c r="M297"/>
       <c r="N297"/>
       <c r="O297"/>
-      <c r="P297" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P297"/>
       <c r="Q297" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="298" spans="1:17">
       <c r="A298">
-        <v>29890</v>
+        <v>11065</v>
       </c>
       <c r="B298" t="s">
-        <v>724</v>
-[...2 lines deleted...]
-      <c r="D298"/>
+        <v>725</v>
+      </c>
+      <c r="C298" t="s">
+        <v>726</v>
+      </c>
+      <c r="D298" t="s">
+        <v>727</v>
+      </c>
       <c r="E298" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F298" t="s">
         <v>321</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
         <v>23</v>
       </c>
       <c r="I298" t="s">
         <v>24</v>
       </c>
-      <c r="J298"/>
+      <c r="J298" t="s">
+        <v>93</v>
+      </c>
       <c r="K298"/>
-      <c r="L298"/>
+      <c r="L298" t="s">
+        <v>60</v>
+      </c>
       <c r="M298"/>
       <c r="N298"/>
       <c r="O298"/>
-      <c r="P298"/>
+      <c r="P298" t="s">
+        <v>728</v>
+      </c>
       <c r="Q298" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="299" spans="1:17">
       <c r="A299">
-        <v>29981</v>
+        <v>11830</v>
       </c>
       <c r="B299" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-      <c r="D299"/>
+        <v>729</v>
+      </c>
+      <c r="C299" t="s">
+        <v>730</v>
+      </c>
+      <c r="D299" t="s">
+        <v>731</v>
+      </c>
       <c r="E299" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F299" t="s">
         <v>321</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
         <v>23</v>
       </c>
       <c r="I299" t="s">
         <v>24</v>
       </c>
-      <c r="J299"/>
+      <c r="J299" t="s">
+        <v>93</v>
+      </c>
       <c r="K299"/>
-      <c r="L299"/>
+      <c r="L299" t="s">
+        <v>60</v>
+      </c>
       <c r="M299"/>
       <c r="N299"/>
       <c r="O299"/>
-      <c r="P299"/>
+      <c r="P299" t="s">
+        <v>732</v>
+      </c>
       <c r="Q299" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="300" spans="1:17">
       <c r="A300">
-        <v>29982</v>
+        <v>32342</v>
       </c>
       <c r="B300" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-      <c r="D300"/>
+        <v>733</v>
+      </c>
+      <c r="C300" t="s">
+        <v>734</v>
+      </c>
+      <c r="D300" t="s">
+        <v>51</v>
+      </c>
       <c r="E300" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F300" t="s">
         <v>321</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
         <v>23</v>
       </c>
       <c r="I300" t="s">
         <v>24</v>
       </c>
-      <c r="J300"/>
+      <c r="J300" t="s">
+        <v>93</v>
+      </c>
       <c r="K300"/>
-      <c r="L300"/>
+      <c r="L300" t="s">
+        <v>735</v>
+      </c>
       <c r="M300"/>
       <c r="N300"/>
       <c r="O300"/>
       <c r="P300"/>
       <c r="Q300" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="301" spans="1:17">
       <c r="A301">
-        <v>29983</v>
+        <v>29890</v>
       </c>
       <c r="B301" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="C301"/>
       <c r="D301"/>
       <c r="E301" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F301" t="s">
         <v>321</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
         <v>23</v>
       </c>
       <c r="I301" t="s">
         <v>24</v>
       </c>
       <c r="J301"/>
       <c r="K301"/>
       <c r="L301"/>
       <c r="M301"/>
       <c r="N301"/>
       <c r="O301"/>
       <c r="P301"/>
       <c r="Q301" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="302" spans="1:17">
       <c r="A302">
-        <v>31331</v>
+        <v>29981</v>
       </c>
       <c r="B302" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="C302"/>
       <c r="D302"/>
       <c r="E302" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F302" t="s">
         <v>321</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
         <v>23</v>
       </c>
       <c r="I302" t="s">
         <v>24</v>
       </c>
       <c r="J302"/>
       <c r="K302"/>
       <c r="L302"/>
       <c r="M302"/>
       <c r="N302"/>
       <c r="O302"/>
       <c r="P302"/>
       <c r="Q302" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="303" spans="1:17">
       <c r="A303">
-        <v>29984</v>
+        <v>29982</v>
       </c>
       <c r="B303" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="C303"/>
       <c r="D303"/>
       <c r="E303" t="s">
-        <v>339</v>
+        <v>320</v>
       </c>
       <c r="F303" t="s">
         <v>321</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
         <v>23</v>
       </c>
       <c r="I303" t="s">
         <v>24</v>
       </c>
       <c r="J303"/>
       <c r="K303"/>
       <c r="L303"/>
       <c r="M303"/>
       <c r="N303"/>
       <c r="O303"/>
       <c r="P303"/>
       <c r="Q303" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="304" spans="1:17">
       <c r="A304">
-        <v>29986</v>
+        <v>29983</v>
       </c>
       <c r="B304" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C304"/>
       <c r="D304"/>
       <c r="E304" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F304" t="s">
         <v>321</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
         <v>23</v>
       </c>
       <c r="I304" t="s">
         <v>24</v>
       </c>
       <c r="J304"/>
       <c r="K304"/>
       <c r="L304"/>
       <c r="M304"/>
       <c r="N304"/>
       <c r="O304"/>
       <c r="P304"/>
       <c r="Q304" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="305" spans="1:17">
       <c r="A305">
-        <v>29987</v>
+        <v>31331</v>
       </c>
       <c r="B305" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
       <c r="C305"/>
       <c r="D305"/>
       <c r="E305" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="F305" t="s">
         <v>321</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
         <v>23</v>
       </c>
       <c r="I305" t="s">
         <v>24</v>
       </c>
       <c r="J305"/>
       <c r="K305"/>
       <c r="L305"/>
       <c r="M305"/>
       <c r="N305"/>
       <c r="O305"/>
       <c r="P305"/>
       <c r="Q305" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="306" spans="1:17">
       <c r="A306">
-        <v>30006</v>
+        <v>29984</v>
       </c>
       <c r="B306" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="C306"/>
       <c r="D306"/>
       <c r="E306" t="s">
-        <v>326</v>
+        <v>347</v>
       </c>
       <c r="F306" t="s">
         <v>321</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
         <v>23</v>
       </c>
       <c r="I306" t="s">
         <v>24</v>
       </c>
       <c r="J306"/>
       <c r="K306"/>
       <c r="L306"/>
       <c r="M306"/>
       <c r="N306"/>
       <c r="O306"/>
       <c r="P306"/>
       <c r="Q306" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="307" spans="1:17">
       <c r="A307">
-        <v>79570</v>
+        <v>29986</v>
       </c>
       <c r="B307" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C307"/>
       <c r="D307"/>
       <c r="E307" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F307" t="s">
         <v>321</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
         <v>23</v>
       </c>
       <c r="I307" t="s">
         <v>24</v>
       </c>
       <c r="J307"/>
       <c r="K307"/>
       <c r="L307"/>
       <c r="M307"/>
       <c r="N307"/>
       <c r="O307"/>
       <c r="P307"/>
       <c r="Q307" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="308" spans="1:17">
       <c r="A308">
-        <v>32336</v>
+        <v>29987</v>
       </c>
       <c r="B308" t="s">
-        <v>734</v>
-[...6 lines deleted...]
-      </c>
+        <v>743</v>
+      </c>
+      <c r="C308"/>
+      <c r="D308"/>
       <c r="E308" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="F308" t="s">
         <v>321</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
         <v>23</v>
       </c>
       <c r="I308" t="s">
         <v>24</v>
       </c>
       <c r="J308"/>
       <c r="K308"/>
       <c r="L308"/>
       <c r="M308"/>
       <c r="N308"/>
       <c r="O308"/>
       <c r="P308"/>
       <c r="Q308" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="309" spans="1:17">
       <c r="A309">
-        <v>30050</v>
+        <v>30006</v>
       </c>
       <c r="B309" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="C309"/>
       <c r="D309"/>
       <c r="E309" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F309" t="s">
         <v>321</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
         <v>23</v>
       </c>
       <c r="I309" t="s">
         <v>24</v>
       </c>
       <c r="J309"/>
       <c r="K309"/>
       <c r="L309"/>
       <c r="M309"/>
       <c r="N309"/>
       <c r="O309"/>
       <c r="P309"/>
       <c r="Q309" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="310" spans="1:17">
       <c r="A310">
-        <v>30061</v>
+        <v>79570</v>
       </c>
       <c r="B310" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="C310"/>
       <c r="D310"/>
       <c r="E310" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F310" t="s">
         <v>321</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
         <v>23</v>
       </c>
       <c r="I310" t="s">
         <v>24</v>
       </c>
       <c r="J310"/>
       <c r="K310"/>
       <c r="L310"/>
       <c r="M310"/>
       <c r="N310"/>
       <c r="O310"/>
       <c r="P310"/>
       <c r="Q310" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="311" spans="1:17">
       <c r="A311">
-        <v>32337</v>
+        <v>32336</v>
       </c>
       <c r="B311" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="C311" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="D311" t="s">
         <v>51</v>
       </c>
       <c r="E311" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F311" t="s">
         <v>321</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
         <v>23</v>
       </c>
       <c r="I311" t="s">
         <v>24</v>
       </c>
       <c r="J311"/>
       <c r="K311"/>
       <c r="L311"/>
       <c r="M311"/>
       <c r="N311"/>
       <c r="O311"/>
       <c r="P311"/>
       <c r="Q311" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="312" spans="1:17">
       <c r="A312">
-        <v>30068</v>
+        <v>30050</v>
       </c>
       <c r="B312" t="s">
-        <v>740</v>
-[...6 lines deleted...]
-      </c>
+        <v>748</v>
+      </c>
+      <c r="C312"/>
+      <c r="D312"/>
       <c r="E312" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F312" t="s">
         <v>321</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
         <v>23</v>
       </c>
       <c r="I312" t="s">
         <v>24</v>
       </c>
       <c r="J312"/>
       <c r="K312"/>
       <c r="L312"/>
       <c r="M312"/>
       <c r="N312"/>
       <c r="O312"/>
       <c r="P312"/>
       <c r="Q312" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="313" spans="1:17">
       <c r="A313">
-        <v>30102</v>
+        <v>30061</v>
       </c>
       <c r="B313" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="C313"/>
       <c r="D313"/>
       <c r="E313" t="s">
-        <v>554</v>
+        <v>320</v>
       </c>
       <c r="F313" t="s">
         <v>321</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
         <v>23</v>
       </c>
       <c r="I313" t="s">
         <v>24</v>
       </c>
       <c r="J313"/>
       <c r="K313"/>
       <c r="L313"/>
       <c r="M313"/>
       <c r="N313"/>
       <c r="O313"/>
       <c r="P313"/>
       <c r="Q313" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="314" spans="1:17">
       <c r="A314">
-        <v>30138</v>
+        <v>32337</v>
       </c>
       <c r="B314" t="s">
-        <v>743</v>
-[...2 lines deleted...]
-      <c r="D314"/>
+        <v>750</v>
+      </c>
+      <c r="C314" t="s">
+        <v>751</v>
+      </c>
+      <c r="D314" t="s">
+        <v>51</v>
+      </c>
       <c r="E314" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F314" t="s">
         <v>321</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
         <v>23</v>
       </c>
       <c r="I314" t="s">
         <v>24</v>
       </c>
-      <c r="J314" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J314"/>
       <c r="K314"/>
-      <c r="L314" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L314"/>
       <c r="M314"/>
       <c r="N314"/>
       <c r="O314"/>
       <c r="P314"/>
       <c r="Q314" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="315" spans="1:17">
       <c r="A315">
-        <v>24213</v>
+        <v>30068</v>
       </c>
       <c r="B315" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="C315" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="D315" t="s">
-        <v>718</v>
+        <v>51</v>
       </c>
       <c r="E315" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F315" t="s">
         <v>321</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>23</v>
       </c>
       <c r="I315" t="s">
         <v>24</v>
       </c>
       <c r="J315"/>
       <c r="K315"/>
       <c r="L315"/>
       <c r="M315"/>
       <c r="N315"/>
       <c r="O315"/>
-      <c r="P315" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P315"/>
       <c r="Q315" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="316" spans="1:17">
       <c r="A316">
-        <v>30152</v>
+        <v>30102</v>
       </c>
       <c r="B316" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="C316"/>
       <c r="D316"/>
       <c r="E316" t="s">
-        <v>331</v>
+        <v>563</v>
       </c>
       <c r="F316" t="s">
         <v>321</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
         <v>23</v>
       </c>
       <c r="I316" t="s">
         <v>24</v>
       </c>
       <c r="J316"/>
       <c r="K316"/>
       <c r="L316"/>
       <c r="M316"/>
       <c r="N316"/>
       <c r="O316"/>
       <c r="P316"/>
       <c r="Q316" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="317" spans="1:17">
       <c r="A317">
-        <v>36638</v>
+        <v>30138</v>
       </c>
       <c r="B317" t="s">
-        <v>748</v>
-[...6 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+      <c r="C317"/>
+      <c r="D317"/>
       <c r="E317" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F317" t="s">
         <v>321</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>23</v>
       </c>
       <c r="I317" t="s">
         <v>24</v>
       </c>
-      <c r="J317"/>
+      <c r="J317" t="s">
+        <v>93</v>
+      </c>
       <c r="K317"/>
-      <c r="L317"/>
+      <c r="L317" t="s">
+        <v>60</v>
+      </c>
       <c r="M317"/>
       <c r="N317"/>
       <c r="O317"/>
       <c r="P317"/>
       <c r="Q317" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="318" spans="1:17">
       <c r="A318">
-        <v>30224</v>
+        <v>24213</v>
       </c>
       <c r="B318" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-      <c r="D318"/>
+        <v>756</v>
+      </c>
+      <c r="C318" t="s">
+        <v>757</v>
+      </c>
+      <c r="D318" t="s">
+        <v>727</v>
+      </c>
       <c r="E318" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F318" t="s">
         <v>321</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
         <v>23</v>
       </c>
       <c r="I318" t="s">
         <v>24</v>
       </c>
       <c r="J318"/>
       <c r="K318"/>
       <c r="L318"/>
       <c r="M318"/>
       <c r="N318"/>
       <c r="O318"/>
-      <c r="P318"/>
+      <c r="P318" t="s">
+        <v>758</v>
+      </c>
       <c r="Q318" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="319" spans="1:17">
       <c r="A319">
-        <v>30225</v>
+        <v>30152</v>
       </c>
       <c r="B319" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="C319"/>
       <c r="D319"/>
       <c r="E319" t="s">
-        <v>339</v>
+        <v>320</v>
       </c>
       <c r="F319" t="s">
         <v>321</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
         <v>23</v>
       </c>
       <c r="I319" t="s">
         <v>24</v>
       </c>
       <c r="J319"/>
       <c r="K319"/>
       <c r="L319"/>
       <c r="M319"/>
       <c r="N319"/>
       <c r="O319"/>
       <c r="P319"/>
       <c r="Q319" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="320" spans="1:17">
       <c r="A320">
-        <v>30229</v>
+        <v>36638</v>
       </c>
       <c r="B320" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-      <c r="D320"/>
+        <v>760</v>
+      </c>
+      <c r="C320" t="s">
+        <v>761</v>
+      </c>
+      <c r="D320" t="s">
+        <v>51</v>
+      </c>
       <c r="E320" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F320" t="s">
         <v>321</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
         <v>23</v>
       </c>
       <c r="I320" t="s">
         <v>24</v>
       </c>
       <c r="J320"/>
       <c r="K320"/>
       <c r="L320"/>
       <c r="M320"/>
       <c r="N320"/>
       <c r="O320"/>
       <c r="P320"/>
       <c r="Q320" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="321" spans="1:17">
       <c r="A321">
-        <v>30230</v>
+        <v>30224</v>
       </c>
       <c r="B321" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
       <c r="C321"/>
       <c r="D321"/>
       <c r="E321" t="s">
-        <v>320</v>
+        <v>335</v>
       </c>
       <c r="F321" t="s">
         <v>321</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
         <v>23</v>
       </c>
       <c r="I321" t="s">
         <v>24</v>
       </c>
       <c r="J321"/>
       <c r="K321"/>
       <c r="L321"/>
       <c r="M321"/>
       <c r="N321"/>
       <c r="O321"/>
       <c r="P321"/>
       <c r="Q321" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="322" spans="1:17">
       <c r="A322">
-        <v>30231</v>
+        <v>30225</v>
       </c>
       <c r="B322" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="C322"/>
       <c r="D322"/>
       <c r="E322" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="F322" t="s">
         <v>321</v>
       </c>
       <c r="G322"/>
       <c r="H322" t="s">
         <v>23</v>
       </c>
       <c r="I322" t="s">
         <v>24</v>
       </c>
       <c r="J322"/>
       <c r="K322"/>
       <c r="L322"/>
       <c r="M322"/>
       <c r="N322"/>
       <c r="O322"/>
       <c r="P322"/>
       <c r="Q322" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="323" spans="1:17">
       <c r="A323">
-        <v>30254</v>
+        <v>30229</v>
       </c>
       <c r="B323" t="s">
-        <v>755</v>
-[...6 lines deleted...]
-      </c>
+        <v>764</v>
+      </c>
+      <c r="C323"/>
+      <c r="D323"/>
       <c r="E323" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F323" t="s">
         <v>321</v>
       </c>
       <c r="G323"/>
       <c r="H323" t="s">
         <v>23</v>
       </c>
       <c r="I323" t="s">
         <v>24</v>
       </c>
       <c r="J323"/>
       <c r="K323"/>
       <c r="L323"/>
       <c r="M323"/>
       <c r="N323"/>
       <c r="O323"/>
       <c r="P323"/>
       <c r="Q323" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="324" spans="1:17">
       <c r="A324">
-        <v>30255</v>
+        <v>30230</v>
       </c>
       <c r="B324" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="C324"/>
       <c r="D324"/>
       <c r="E324" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="F324" t="s">
         <v>321</v>
       </c>
       <c r="G324"/>
       <c r="H324" t="s">
         <v>23</v>
       </c>
       <c r="I324" t="s">
         <v>24</v>
       </c>
       <c r="J324"/>
       <c r="K324"/>
       <c r="L324"/>
       <c r="M324"/>
       <c r="N324"/>
       <c r="O324"/>
       <c r="P324"/>
       <c r="Q324" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="325" spans="1:17">
       <c r="A325">
-        <v>31224</v>
+        <v>30231</v>
       </c>
       <c r="B325" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="C325"/>
       <c r="D325"/>
       <c r="E325" t="s">
-        <v>554</v>
+        <v>320</v>
       </c>
       <c r="F325" t="s">
         <v>321</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
         <v>23</v>
       </c>
       <c r="I325" t="s">
         <v>24</v>
       </c>
       <c r="J325"/>
       <c r="K325"/>
       <c r="L325"/>
       <c r="M325"/>
       <c r="N325"/>
       <c r="O325"/>
       <c r="P325"/>
       <c r="Q325" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="326" spans="1:17">
       <c r="A326">
-        <v>30268</v>
+        <v>30254</v>
       </c>
       <c r="B326" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-      <c r="D326"/>
+        <v>767</v>
+      </c>
+      <c r="C326" t="s">
+        <v>768</v>
+      </c>
+      <c r="D326" t="s">
+        <v>51</v>
+      </c>
       <c r="E326" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F326" t="s">
         <v>321</v>
       </c>
       <c r="G326"/>
       <c r="H326" t="s">
         <v>23</v>
       </c>
       <c r="I326" t="s">
         <v>24</v>
       </c>
       <c r="J326"/>
       <c r="K326"/>
       <c r="L326"/>
       <c r="M326"/>
       <c r="N326"/>
       <c r="O326"/>
       <c r="P326"/>
       <c r="Q326" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="327" spans="1:17">
       <c r="A327">
-        <v>30310</v>
+        <v>30255</v>
       </c>
       <c r="B327" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="C327"/>
       <c r="D327"/>
       <c r="E327" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F327" t="s">
         <v>321</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
         <v>23</v>
       </c>
       <c r="I327" t="s">
         <v>24</v>
       </c>
       <c r="J327"/>
       <c r="K327"/>
       <c r="L327"/>
       <c r="M327"/>
       <c r="N327"/>
       <c r="O327"/>
       <c r="P327"/>
       <c r="Q327" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="328" spans="1:17">
       <c r="A328">
-        <v>30312</v>
+        <v>31224</v>
       </c>
       <c r="B328" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="C328"/>
       <c r="D328"/>
       <c r="E328" t="s">
-        <v>326</v>
+        <v>563</v>
       </c>
       <c r="F328" t="s">
         <v>321</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
         <v>23</v>
       </c>
       <c r="I328" t="s">
         <v>24</v>
       </c>
       <c r="J328"/>
       <c r="K328"/>
       <c r="L328"/>
       <c r="M328"/>
       <c r="N328"/>
       <c r="O328"/>
       <c r="P328"/>
       <c r="Q328" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="329" spans="1:17">
       <c r="A329">
-        <v>30319</v>
+        <v>30268</v>
       </c>
       <c r="B329" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="C329"/>
       <c r="D329"/>
       <c r="E329" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F329" t="s">
         <v>321</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
         <v>23</v>
       </c>
       <c r="I329" t="s">
         <v>24</v>
       </c>
       <c r="J329"/>
       <c r="K329"/>
       <c r="L329"/>
       <c r="M329"/>
       <c r="N329"/>
       <c r="O329"/>
       <c r="P329"/>
       <c r="Q329" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="330" spans="1:17">
       <c r="A330">
-        <v>30320</v>
+        <v>30310</v>
       </c>
       <c r="B330" t="s">
-        <v>763</v>
-[...6 lines deleted...]
-      </c>
+        <v>772</v>
+      </c>
+      <c r="C330"/>
+      <c r="D330"/>
       <c r="E330" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F330" t="s">
         <v>321</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
         <v>23</v>
       </c>
       <c r="I330" t="s">
         <v>24</v>
       </c>
       <c r="J330"/>
       <c r="K330"/>
       <c r="L330"/>
       <c r="M330"/>
       <c r="N330"/>
       <c r="O330"/>
-      <c r="P330" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P330"/>
       <c r="Q330" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="331" spans="1:17">
       <c r="A331">
-        <v>30321</v>
+        <v>30312</v>
       </c>
       <c r="B331" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="C331"/>
       <c r="D331"/>
       <c r="E331" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F331" t="s">
         <v>321</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
         <v>23</v>
       </c>
       <c r="I331" t="s">
         <v>24</v>
       </c>
       <c r="J331"/>
       <c r="K331"/>
       <c r="L331"/>
       <c r="M331"/>
       <c r="N331"/>
       <c r="O331"/>
       <c r="P331"/>
       <c r="Q331" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="332" spans="1:17">
       <c r="A332">
-        <v>31098</v>
+        <v>30319</v>
       </c>
       <c r="B332" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="C332"/>
       <c r="D332"/>
       <c r="E332" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F332" t="s">
         <v>321</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
         <v>23</v>
       </c>
       <c r="I332" t="s">
         <v>24</v>
       </c>
       <c r="J332"/>
       <c r="K332"/>
       <c r="L332"/>
       <c r="M332"/>
       <c r="N332"/>
       <c r="O332"/>
       <c r="P332"/>
       <c r="Q332" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="333" spans="1:17">
       <c r="A333">
-        <v>30334</v>
+        <v>30320</v>
       </c>
       <c r="B333" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-      <c r="D333"/>
+        <v>775</v>
+      </c>
+      <c r="C333" t="s">
+        <v>776</v>
+      </c>
+      <c r="D333" t="s">
+        <v>51</v>
+      </c>
       <c r="E333" t="s">
-        <v>339</v>
+        <v>320</v>
       </c>
       <c r="F333" t="s">
         <v>321</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
         <v>23</v>
       </c>
       <c r="I333" t="s">
         <v>24</v>
       </c>
       <c r="J333"/>
       <c r="K333"/>
       <c r="L333"/>
       <c r="M333"/>
       <c r="N333"/>
       <c r="O333"/>
-      <c r="P333"/>
+      <c r="P333" t="s">
+        <v>777</v>
+      </c>
       <c r="Q333" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="334" spans="1:17">
       <c r="A334">
-        <v>30336</v>
+        <v>30321</v>
       </c>
       <c r="B334" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="C334"/>
       <c r="D334"/>
       <c r="E334" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F334" t="s">
         <v>321</v>
       </c>
       <c r="G334"/>
       <c r="H334" t="s">
         <v>23</v>
       </c>
       <c r="I334" t="s">
         <v>24</v>
       </c>
       <c r="J334"/>
       <c r="K334"/>
       <c r="L334"/>
       <c r="M334"/>
       <c r="N334"/>
       <c r="O334"/>
       <c r="P334"/>
       <c r="Q334" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="335" spans="1:17">
       <c r="A335">
-        <v>30337</v>
+        <v>31098</v>
       </c>
       <c r="B335" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="C335"/>
       <c r="D335"/>
       <c r="E335" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F335" t="s">
         <v>321</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
         <v>23</v>
       </c>
       <c r="I335" t="s">
         <v>24</v>
       </c>
       <c r="J335"/>
       <c r="K335"/>
       <c r="L335"/>
       <c r="M335"/>
       <c r="N335"/>
       <c r="O335"/>
       <c r="P335"/>
       <c r="Q335" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="336" spans="1:17">
       <c r="A336">
-        <v>31141</v>
+        <v>30334</v>
       </c>
       <c r="B336" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="C336"/>
       <c r="D336"/>
       <c r="E336" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="F336" t="s">
         <v>321</v>
       </c>
       <c r="G336"/>
       <c r="H336" t="s">
         <v>23</v>
       </c>
       <c r="I336" t="s">
         <v>24</v>
       </c>
       <c r="J336"/>
       <c r="K336"/>
       <c r="L336"/>
       <c r="M336"/>
       <c r="N336"/>
       <c r="O336"/>
       <c r="P336"/>
       <c r="Q336" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="337" spans="1:17">
       <c r="A337">
-        <v>30338</v>
+        <v>30336</v>
       </c>
       <c r="B337" t="s">
-        <v>772</v>
+        <v>781</v>
       </c>
       <c r="C337"/>
       <c r="D337"/>
       <c r="E337" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F337" t="s">
         <v>321</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
         <v>23</v>
       </c>
       <c r="I337" t="s">
         <v>24</v>
       </c>
       <c r="J337"/>
       <c r="K337"/>
       <c r="L337"/>
       <c r="M337"/>
       <c r="N337"/>
       <c r="O337"/>
       <c r="P337"/>
       <c r="Q337" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="338" spans="1:17">
       <c r="A338">
-        <v>30339</v>
+        <v>30337</v>
       </c>
       <c r="B338" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
       <c r="C338"/>
       <c r="D338"/>
       <c r="E338" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F338" t="s">
         <v>321</v>
       </c>
       <c r="G338"/>
       <c r="H338" t="s">
         <v>23</v>
       </c>
       <c r="I338" t="s">
         <v>24</v>
       </c>
       <c r="J338"/>
       <c r="K338"/>
       <c r="L338"/>
       <c r="M338"/>
       <c r="N338"/>
       <c r="O338"/>
       <c r="P338"/>
       <c r="Q338" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="339" spans="1:17">
       <c r="A339">
-        <v>79595</v>
+        <v>31141</v>
       </c>
       <c r="B339" t="s">
-        <v>774</v>
+        <v>783</v>
       </c>
       <c r="C339"/>
       <c r="D339"/>
       <c r="E339" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F339" t="s">
         <v>321</v>
       </c>
       <c r="G339"/>
       <c r="H339" t="s">
         <v>23</v>
       </c>
       <c r="I339" t="s">
         <v>24</v>
       </c>
       <c r="J339"/>
       <c r="K339"/>
       <c r="L339"/>
       <c r="M339"/>
       <c r="N339"/>
       <c r="O339"/>
       <c r="P339"/>
       <c r="Q339" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="340" spans="1:17">
       <c r="A340">
-        <v>30348</v>
+        <v>30338</v>
       </c>
       <c r="B340" t="s">
-        <v>775</v>
+        <v>784</v>
       </c>
       <c r="C340"/>
       <c r="D340"/>
       <c r="E340" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F340" t="s">
         <v>321</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
         <v>23</v>
       </c>
       <c r="I340" t="s">
         <v>24</v>
       </c>
       <c r="J340"/>
       <c r="K340"/>
       <c r="L340"/>
       <c r="M340"/>
       <c r="N340"/>
       <c r="O340"/>
       <c r="P340"/>
       <c r="Q340" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="341" spans="1:17">
       <c r="A341">
-        <v>30350</v>
+        <v>30339</v>
       </c>
       <c r="B341" t="s">
-        <v>776</v>
+        <v>785</v>
       </c>
       <c r="C341"/>
       <c r="D341"/>
       <c r="E341" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F341" t="s">
         <v>321</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
         <v>23</v>
       </c>
       <c r="I341" t="s">
         <v>24</v>
       </c>
       <c r="J341"/>
       <c r="K341"/>
       <c r="L341"/>
       <c r="M341"/>
       <c r="N341"/>
       <c r="O341"/>
       <c r="P341"/>
       <c r="Q341" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="342" spans="1:17">
       <c r="A342">
-        <v>30351</v>
+        <v>79595</v>
       </c>
       <c r="B342" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="C342"/>
       <c r="D342"/>
       <c r="E342" t="s">
-        <v>554</v>
+        <v>320</v>
       </c>
       <c r="F342" t="s">
         <v>321</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
         <v>23</v>
       </c>
       <c r="I342" t="s">
         <v>24</v>
       </c>
       <c r="J342"/>
       <c r="K342"/>
       <c r="L342"/>
       <c r="M342"/>
       <c r="N342"/>
       <c r="O342"/>
       <c r="P342"/>
       <c r="Q342" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="343" spans="1:17">
       <c r="A343">
-        <v>31356</v>
+        <v>30348</v>
       </c>
       <c r="B343" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
       <c r="C343"/>
       <c r="D343"/>
       <c r="E343" t="s">
-        <v>554</v>
+        <v>320</v>
       </c>
       <c r="F343" t="s">
         <v>321</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
         <v>23</v>
       </c>
       <c r="I343" t="s">
         <v>24</v>
       </c>
       <c r="J343"/>
       <c r="K343"/>
       <c r="L343"/>
       <c r="M343"/>
       <c r="N343"/>
       <c r="O343"/>
       <c r="P343"/>
       <c r="Q343" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="344" spans="1:17">
       <c r="A344">
-        <v>30352</v>
+        <v>30349</v>
       </c>
       <c r="B344" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-      <c r="D344"/>
+        <v>788</v>
+      </c>
+      <c r="C344" t="s">
+        <v>789</v>
+      </c>
+      <c r="D344" t="s">
+        <v>19</v>
+      </c>
       <c r="E344" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F344" t="s">
         <v>321</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
         <v>23</v>
       </c>
       <c r="I344" t="s">
         <v>24</v>
       </c>
-      <c r="J344"/>
+      <c r="J344" t="s">
+        <v>93</v>
+      </c>
       <c r="K344"/>
-      <c r="L344"/>
+      <c r="L344" t="s">
+        <v>60</v>
+      </c>
       <c r="M344"/>
       <c r="N344"/>
       <c r="O344"/>
       <c r="P344"/>
       <c r="Q344" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="345" spans="1:17">
       <c r="A345">
-        <v>30353</v>
+        <v>30350</v>
       </c>
       <c r="B345" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="C345"/>
       <c r="D345"/>
       <c r="E345" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F345" t="s">
         <v>321</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
         <v>23</v>
       </c>
       <c r="I345" t="s">
         <v>24</v>
       </c>
       <c r="J345"/>
       <c r="K345"/>
       <c r="L345"/>
       <c r="M345"/>
       <c r="N345"/>
       <c r="O345"/>
       <c r="P345"/>
       <c r="Q345" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="346" spans="1:17">
       <c r="A346">
-        <v>30354</v>
+        <v>30351</v>
       </c>
       <c r="B346" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="C346"/>
       <c r="D346"/>
       <c r="E346" t="s">
-        <v>331</v>
+        <v>563</v>
       </c>
       <c r="F346" t="s">
         <v>321</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
         <v>23</v>
       </c>
       <c r="I346" t="s">
         <v>24</v>
       </c>
       <c r="J346"/>
       <c r="K346"/>
       <c r="L346"/>
       <c r="M346"/>
       <c r="N346"/>
       <c r="O346"/>
       <c r="P346"/>
       <c r="Q346" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="347" spans="1:17">
       <c r="A347">
-        <v>30366</v>
+        <v>31356</v>
       </c>
       <c r="B347" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="C347"/>
       <c r="D347"/>
       <c r="E347" t="s">
-        <v>331</v>
+        <v>563</v>
       </c>
       <c r="F347" t="s">
         <v>321</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
         <v>23</v>
       </c>
       <c r="I347" t="s">
         <v>24</v>
       </c>
       <c r="J347"/>
       <c r="K347"/>
       <c r="L347"/>
       <c r="M347"/>
       <c r="N347"/>
       <c r="O347"/>
       <c r="P347"/>
       <c r="Q347" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="348" spans="1:17">
       <c r="A348">
-        <v>80215</v>
+        <v>30352</v>
       </c>
       <c r="B348" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
       <c r="C348"/>
       <c r="D348"/>
       <c r="E348" t="s">
-        <v>784</v>
+        <v>320</v>
       </c>
       <c r="F348" t="s">
         <v>321</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
         <v>23</v>
       </c>
       <c r="I348" t="s">
         <v>24</v>
       </c>
-      <c r="J348" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J348"/>
       <c r="K348"/>
-      <c r="L348" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L348"/>
       <c r="M348"/>
       <c r="N348"/>
       <c r="O348"/>
       <c r="P348"/>
       <c r="Q348" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="349" spans="1:17">
       <c r="A349">
-        <v>32338</v>
+        <v>30353</v>
       </c>
       <c r="B349" t="s">
-        <v>785</v>
-[...6 lines deleted...]
-      </c>
+        <v>794</v>
+      </c>
+      <c r="C349"/>
+      <c r="D349"/>
       <c r="E349" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F349" t="s">
         <v>321</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
         <v>23</v>
       </c>
       <c r="I349" t="s">
         <v>24</v>
       </c>
       <c r="J349"/>
       <c r="K349"/>
       <c r="L349"/>
       <c r="M349"/>
       <c r="N349"/>
       <c r="O349"/>
       <c r="P349"/>
       <c r="Q349" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="350" spans="1:17">
       <c r="A350">
-        <v>30480</v>
+        <v>30354</v>
       </c>
       <c r="B350" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="C350"/>
       <c r="D350"/>
       <c r="E350" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F350" t="s">
         <v>321</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
         <v>23</v>
       </c>
       <c r="I350" t="s">
         <v>24</v>
       </c>
       <c r="J350"/>
       <c r="K350"/>
       <c r="L350"/>
       <c r="M350"/>
       <c r="N350"/>
       <c r="O350"/>
       <c r="P350"/>
       <c r="Q350" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="351" spans="1:17">
       <c r="A351">
-        <v>30393</v>
+        <v>30366</v>
       </c>
       <c r="B351" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="C351"/>
       <c r="D351"/>
       <c r="E351" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="F351" t="s">
         <v>321</v>
       </c>
       <c r="G351"/>
       <c r="H351" t="s">
         <v>23</v>
       </c>
       <c r="I351" t="s">
         <v>24</v>
       </c>
       <c r="J351"/>
       <c r="K351"/>
       <c r="L351"/>
       <c r="M351"/>
       <c r="N351"/>
       <c r="O351"/>
       <c r="P351"/>
       <c r="Q351" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="352" spans="1:17">
       <c r="A352">
-        <v>29100</v>
+        <v>80215</v>
       </c>
       <c r="B352" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="C352"/>
       <c r="D352"/>
       <c r="E352" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="F352" t="s">
-        <v>355</v>
+        <v>321</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
         <v>23</v>
       </c>
       <c r="I352" t="s">
         <v>24</v>
       </c>
-      <c r="J352"/>
+      <c r="J352" t="s">
+        <v>93</v>
+      </c>
       <c r="K352"/>
-      <c r="L352"/>
+      <c r="L352" t="s">
+        <v>60</v>
+      </c>
       <c r="M352"/>
       <c r="N352"/>
       <c r="O352"/>
       <c r="P352"/>
       <c r="Q352" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="353" spans="1:17">
       <c r="A353">
-        <v>24212</v>
+        <v>32338</v>
       </c>
       <c r="B353" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="C353" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="D353" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="E353" t="s">
-        <v>793</v>
+        <v>320</v>
       </c>
       <c r="F353" t="s">
-        <v>412</v>
+        <v>321</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
         <v>23</v>
       </c>
       <c r="I353" t="s">
         <v>24</v>
       </c>
       <c r="J353"/>
       <c r="K353"/>
       <c r="L353"/>
       <c r="M353"/>
       <c r="N353"/>
       <c r="O353"/>
-      <c r="P353" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P353"/>
       <c r="Q353" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="354" spans="1:17">
       <c r="A354">
-        <v>28076</v>
+        <v>30480</v>
       </c>
       <c r="B354" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="C354"/>
       <c r="D354"/>
-      <c r="E354"/>
-      <c r="F354"/>
+      <c r="E354" t="s">
+        <v>335</v>
+      </c>
+      <c r="F354" t="s">
+        <v>321</v>
+      </c>
       <c r="G354"/>
       <c r="H354" t="s">
         <v>23</v>
       </c>
       <c r="I354" t="s">
         <v>24</v>
       </c>
       <c r="J354"/>
       <c r="K354"/>
       <c r="L354"/>
       <c r="M354"/>
       <c r="N354"/>
       <c r="O354"/>
       <c r="P354"/>
       <c r="Q354" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="355" spans="1:17">
       <c r="A355">
-        <v>28084</v>
+        <v>30393</v>
       </c>
       <c r="B355" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="C355"/>
       <c r="D355"/>
-      <c r="E355"/>
-      <c r="F355"/>
+      <c r="E355" t="s">
+        <v>335</v>
+      </c>
+      <c r="F355" t="s">
+        <v>321</v>
+      </c>
       <c r="G355"/>
       <c r="H355" t="s">
         <v>23</v>
       </c>
       <c r="I355" t="s">
         <v>24</v>
       </c>
       <c r="J355"/>
       <c r="K355"/>
       <c r="L355"/>
       <c r="M355"/>
       <c r="N355"/>
       <c r="O355"/>
       <c r="P355"/>
       <c r="Q355" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="356" spans="1:17">
       <c r="A356">
-        <v>28085</v>
+        <v>29100</v>
       </c>
       <c r="B356" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="C356"/>
       <c r="D356"/>
-      <c r="E356"/>
-      <c r="F356"/>
+      <c r="E356" t="s">
+        <v>804</v>
+      </c>
+      <c r="F356" t="s">
+        <v>367</v>
+      </c>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>23</v>
       </c>
       <c r="I356" t="s">
         <v>24</v>
       </c>
       <c r="J356"/>
       <c r="K356"/>
       <c r="L356"/>
       <c r="M356"/>
       <c r="N356"/>
       <c r="O356"/>
       <c r="P356"/>
       <c r="Q356" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="357" spans="1:17">
       <c r="A357">
-        <v>30437</v>
+        <v>24212</v>
       </c>
       <c r="B357" t="s">
-        <v>798</v>
-[...4 lines deleted...]
-      <c r="F357"/>
+        <v>805</v>
+      </c>
+      <c r="C357" t="s">
+        <v>806</v>
+      </c>
+      <c r="D357" t="s">
+        <v>68</v>
+      </c>
+      <c r="E357" t="s">
+        <v>807</v>
+      </c>
+      <c r="F357" t="s">
+        <v>424</v>
+      </c>
       <c r="G357"/>
       <c r="H357" t="s">
         <v>23</v>
       </c>
       <c r="I357" t="s">
         <v>24</v>
       </c>
       <c r="J357"/>
       <c r="K357"/>
       <c r="L357"/>
       <c r="M357"/>
       <c r="N357"/>
       <c r="O357"/>
-      <c r="P357"/>
+      <c r="P357" t="s">
+        <v>808</v>
+      </c>
       <c r="Q357" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="358" spans="1:17">
       <c r="A358">
-        <v>28201</v>
+        <v>28076</v>
       </c>
       <c r="B358" t="s">
-        <v>799</v>
-[...6 lines deleted...]
-      </c>
+        <v>809</v>
+      </c>
+      <c r="C358"/>
+      <c r="D358"/>
       <c r="E358"/>
       <c r="F358"/>
       <c r="G358"/>
       <c r="H358" t="s">
         <v>23</v>
       </c>
       <c r="I358" t="s">
         <v>24</v>
       </c>
       <c r="J358"/>
       <c r="K358"/>
       <c r="L358"/>
       <c r="M358"/>
       <c r="N358"/>
       <c r="O358"/>
       <c r="P358"/>
       <c r="Q358" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="359" spans="1:17">
       <c r="A359">
-        <v>30449</v>
+        <v>28084</v>
       </c>
       <c r="B359" t="s">
-        <v>800</v>
-[...6 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="C359"/>
+      <c r="D359"/>
       <c r="E359"/>
       <c r="F359"/>
       <c r="G359"/>
       <c r="H359" t="s">
         <v>23</v>
       </c>
       <c r="I359" t="s">
         <v>24</v>
       </c>
       <c r="J359"/>
       <c r="K359"/>
       <c r="L359"/>
       <c r="M359"/>
       <c r="N359"/>
       <c r="O359"/>
       <c r="P359"/>
       <c r="Q359" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="360" spans="1:17">
       <c r="A360">
-        <v>98961</v>
+        <v>28085</v>
       </c>
       <c r="B360" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="C360"/>
       <c r="D360"/>
       <c r="E360"/>
       <c r="F360"/>
       <c r="G360"/>
       <c r="H360" t="s">
         <v>23</v>
       </c>
       <c r="I360" t="s">
         <v>24</v>
       </c>
       <c r="J360"/>
       <c r="K360"/>
       <c r="L360"/>
       <c r="M360"/>
       <c r="N360"/>
       <c r="O360"/>
       <c r="P360"/>
       <c r="Q360" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="361" spans="1:17">
       <c r="A361">
-        <v>30464</v>
+        <v>30437</v>
       </c>
       <c r="B361" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="C361"/>
       <c r="D361"/>
       <c r="E361"/>
       <c r="F361"/>
       <c r="G361"/>
       <c r="H361" t="s">
         <v>23</v>
       </c>
       <c r="I361" t="s">
         <v>24</v>
       </c>
       <c r="J361"/>
       <c r="K361"/>
       <c r="L361"/>
       <c r="M361"/>
       <c r="N361"/>
       <c r="O361"/>
       <c r="P361"/>
       <c r="Q361" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="362" spans="1:17">
       <c r="A362">
-        <v>97973</v>
+        <v>28201</v>
       </c>
       <c r="B362" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-      <c r="D362"/>
+        <v>813</v>
+      </c>
+      <c r="C362" t="s">
+        <v>540</v>
+      </c>
+      <c r="D362" t="s">
+        <v>541</v>
+      </c>
       <c r="E362"/>
       <c r="F362"/>
       <c r="G362"/>
       <c r="H362" t="s">
         <v>23</v>
       </c>
       <c r="I362" t="s">
         <v>24</v>
       </c>
       <c r="J362"/>
       <c r="K362"/>
       <c r="L362"/>
       <c r="M362"/>
       <c r="N362"/>
       <c r="O362"/>
       <c r="P362"/>
       <c r="Q362" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="363" spans="1:17">
       <c r="A363">
-        <v>98946</v>
+        <v>30449</v>
       </c>
       <c r="B363" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="C363" t="s">
-        <v>805</v>
+        <v>540</v>
       </c>
       <c r="D363" t="s">
-        <v>51</v>
+        <v>541</v>
       </c>
       <c r="E363"/>
       <c r="F363"/>
       <c r="G363"/>
       <c r="H363" t="s">
         <v>23</v>
       </c>
       <c r="I363" t="s">
         <v>24</v>
       </c>
       <c r="J363"/>
       <c r="K363"/>
       <c r="L363"/>
       <c r="M363"/>
       <c r="N363"/>
       <c r="O363"/>
-      <c r="P363" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P363"/>
       <c r="Q363" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="364" spans="1:17">
       <c r="A364">
-        <v>28366</v>
+        <v>98961</v>
       </c>
       <c r="B364" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="C364"/>
       <c r="D364"/>
       <c r="E364"/>
       <c r="F364"/>
       <c r="G364"/>
       <c r="H364" t="s">
         <v>23</v>
       </c>
       <c r="I364" t="s">
         <v>24</v>
       </c>
       <c r="J364"/>
       <c r="K364"/>
       <c r="L364"/>
       <c r="M364"/>
       <c r="N364"/>
       <c r="O364"/>
       <c r="P364"/>
       <c r="Q364" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="365" spans="1:17">
       <c r="A365">
-        <v>28480</v>
+        <v>30464</v>
       </c>
       <c r="B365" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="C365"/>
       <c r="D365"/>
       <c r="E365"/>
       <c r="F365"/>
       <c r="G365"/>
       <c r="H365" t="s">
         <v>23</v>
       </c>
       <c r="I365" t="s">
         <v>24</v>
       </c>
       <c r="J365"/>
       <c r="K365"/>
       <c r="L365"/>
       <c r="M365"/>
       <c r="N365"/>
       <c r="O365"/>
       <c r="P365"/>
       <c r="Q365" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="366" spans="1:17">
       <c r="A366">
-        <v>30538</v>
+        <v>97973</v>
       </c>
       <c r="B366" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="C366"/>
       <c r="D366"/>
       <c r="E366"/>
       <c r="F366"/>
       <c r="G366"/>
       <c r="H366" t="s">
         <v>23</v>
       </c>
       <c r="I366" t="s">
         <v>24</v>
       </c>
       <c r="J366"/>
       <c r="K366"/>
       <c r="L366"/>
       <c r="M366"/>
       <c r="N366"/>
       <c r="O366"/>
       <c r="P366"/>
       <c r="Q366" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="367" spans="1:17">
       <c r="A367">
-        <v>28481</v>
+        <v>98946</v>
       </c>
       <c r="B367" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-      <c r="D367"/>
+        <v>818</v>
+      </c>
+      <c r="C367" t="s">
+        <v>819</v>
+      </c>
+      <c r="D367" t="s">
+        <v>51</v>
+      </c>
       <c r="E367"/>
       <c r="F367"/>
       <c r="G367"/>
       <c r="H367" t="s">
         <v>23</v>
       </c>
       <c r="I367" t="s">
         <v>24</v>
       </c>
       <c r="J367"/>
       <c r="K367"/>
       <c r="L367"/>
       <c r="M367"/>
       <c r="N367"/>
       <c r="O367"/>
-      <c r="P367"/>
+      <c r="P367" t="s">
+        <v>820</v>
+      </c>
       <c r="Q367" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="368" spans="1:17">
       <c r="A368">
-        <v>30549</v>
+        <v>28366</v>
       </c>
       <c r="B368" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
       <c r="C368"/>
       <c r="D368"/>
       <c r="E368"/>
       <c r="F368"/>
       <c r="G368"/>
       <c r="H368" t="s">
         <v>23</v>
       </c>
       <c r="I368" t="s">
         <v>24</v>
       </c>
       <c r="J368"/>
       <c r="K368"/>
       <c r="L368"/>
       <c r="M368"/>
       <c r="N368"/>
       <c r="O368"/>
       <c r="P368"/>
       <c r="Q368" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="369" spans="1:17">
       <c r="A369">
-        <v>30573</v>
+        <v>28480</v>
       </c>
       <c r="B369" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="C369"/>
       <c r="D369"/>
       <c r="E369"/>
       <c r="F369"/>
       <c r="G369"/>
       <c r="H369" t="s">
         <v>23</v>
       </c>
       <c r="I369" t="s">
         <v>24</v>
       </c>
       <c r="J369"/>
       <c r="K369"/>
       <c r="L369"/>
       <c r="M369"/>
       <c r="N369"/>
       <c r="O369"/>
       <c r="P369"/>
       <c r="Q369" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="370" spans="1:17">
       <c r="A370">
-        <v>99394</v>
+        <v>30538</v>
       </c>
       <c r="B370" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
       <c r="C370"/>
       <c r="D370"/>
       <c r="E370"/>
       <c r="F370"/>
       <c r="G370"/>
       <c r="H370" t="s">
         <v>23</v>
       </c>
       <c r="I370" t="s">
         <v>24</v>
       </c>
       <c r="J370"/>
       <c r="K370"/>
       <c r="L370"/>
       <c r="M370"/>
       <c r="N370"/>
       <c r="O370"/>
       <c r="P370"/>
       <c r="Q370" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="371" spans="1:17">
       <c r="A371">
-        <v>99395</v>
+        <v>28481</v>
       </c>
       <c r="B371" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="C371"/>
       <c r="D371"/>
       <c r="E371"/>
       <c r="F371"/>
       <c r="G371"/>
       <c r="H371" t="s">
         <v>23</v>
       </c>
       <c r="I371" t="s">
         <v>24</v>
       </c>
       <c r="J371"/>
       <c r="K371"/>
       <c r="L371"/>
       <c r="M371"/>
       <c r="N371"/>
       <c r="O371"/>
       <c r="P371"/>
       <c r="Q371" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="372" spans="1:17">
       <c r="A372">
-        <v>32269</v>
+        <v>30549</v>
       </c>
       <c r="B372" t="s">
-        <v>815</v>
-[...6 lines deleted...]
-      </c>
+        <v>825</v>
+      </c>
+      <c r="C372"/>
+      <c r="D372"/>
       <c r="E372"/>
       <c r="F372"/>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>23</v>
       </c>
       <c r="I372" t="s">
         <v>24</v>
       </c>
       <c r="J372"/>
       <c r="K372"/>
       <c r="L372"/>
       <c r="M372"/>
       <c r="N372"/>
       <c r="O372"/>
       <c r="P372"/>
       <c r="Q372" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="373" spans="1:17">
       <c r="A373">
-        <v>32268</v>
+        <v>30573</v>
       </c>
       <c r="B373" t="s">
-        <v>817</v>
-[...6 lines deleted...]
-      </c>
+        <v>826</v>
+      </c>
+      <c r="C373"/>
+      <c r="D373"/>
       <c r="E373"/>
       <c r="F373"/>
       <c r="G373"/>
       <c r="H373" t="s">
         <v>23</v>
       </c>
       <c r="I373" t="s">
         <v>24</v>
       </c>
       <c r="J373"/>
       <c r="K373"/>
       <c r="L373"/>
       <c r="M373"/>
       <c r="N373"/>
       <c r="O373"/>
       <c r="P373"/>
       <c r="Q373" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="374" spans="1:17">
       <c r="A374">
-        <v>80065</v>
+        <v>99394</v>
       </c>
       <c r="B374" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="C374"/>
       <c r="D374"/>
       <c r="E374"/>
       <c r="F374"/>
       <c r="G374"/>
       <c r="H374" t="s">
         <v>23</v>
       </c>
       <c r="I374" t="s">
         <v>24</v>
       </c>
       <c r="J374"/>
       <c r="K374"/>
       <c r="L374"/>
       <c r="M374"/>
       <c r="N374"/>
       <c r="O374"/>
       <c r="P374"/>
       <c r="Q374" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="375" spans="1:17">
       <c r="A375">
-        <v>80048</v>
+        <v>99395</v>
       </c>
       <c r="B375" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="C375"/>
       <c r="D375"/>
       <c r="E375"/>
       <c r="F375"/>
       <c r="G375"/>
       <c r="H375" t="s">
         <v>23</v>
       </c>
       <c r="I375" t="s">
         <v>24</v>
       </c>
       <c r="J375"/>
       <c r="K375"/>
       <c r="L375"/>
       <c r="M375"/>
       <c r="N375"/>
       <c r="O375"/>
       <c r="P375"/>
       <c r="Q375" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="376" spans="1:17">
       <c r="A376">
-        <v>30598</v>
+        <v>32269</v>
       </c>
       <c r="B376" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-      <c r="D376"/>
+        <v>829</v>
+      </c>
+      <c r="C376" t="s">
+        <v>830</v>
+      </c>
+      <c r="D376" t="s">
+        <v>19</v>
+      </c>
       <c r="E376"/>
       <c r="F376"/>
       <c r="G376"/>
       <c r="H376" t="s">
         <v>23</v>
       </c>
       <c r="I376" t="s">
         <v>24</v>
       </c>
       <c r="J376"/>
       <c r="K376"/>
       <c r="L376"/>
       <c r="M376"/>
       <c r="N376"/>
       <c r="O376"/>
       <c r="P376"/>
       <c r="Q376" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="377" spans="1:17">
       <c r="A377">
-        <v>28667</v>
+        <v>32268</v>
       </c>
       <c r="B377" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-      <c r="D377"/>
+        <v>831</v>
+      </c>
+      <c r="C377" t="s">
+        <v>832</v>
+      </c>
+      <c r="D377" t="s">
+        <v>19</v>
+      </c>
       <c r="E377"/>
       <c r="F377"/>
       <c r="G377"/>
       <c r="H377" t="s">
         <v>23</v>
       </c>
       <c r="I377" t="s">
         <v>24</v>
       </c>
       <c r="J377"/>
       <c r="K377"/>
       <c r="L377"/>
       <c r="M377"/>
       <c r="N377"/>
       <c r="O377"/>
       <c r="P377"/>
       <c r="Q377" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="378" spans="1:17">
       <c r="A378">
-        <v>28670</v>
+        <v>80065</v>
       </c>
       <c r="B378" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="C378"/>
       <c r="D378"/>
       <c r="E378"/>
       <c r="F378"/>
       <c r="G378"/>
       <c r="H378" t="s">
         <v>23</v>
       </c>
       <c r="I378" t="s">
         <v>24</v>
       </c>
       <c r="J378"/>
       <c r="K378"/>
       <c r="L378"/>
       <c r="M378"/>
       <c r="N378"/>
       <c r="O378"/>
       <c r="P378"/>
       <c r="Q378" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="379" spans="1:17">
       <c r="A379">
-        <v>28671</v>
+        <v>80048</v>
       </c>
       <c r="B379" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="C379"/>
       <c r="D379"/>
       <c r="E379"/>
       <c r="F379"/>
       <c r="G379"/>
       <c r="H379" t="s">
         <v>23</v>
       </c>
       <c r="I379" t="s">
         <v>24</v>
       </c>
       <c r="J379"/>
       <c r="K379"/>
       <c r="L379"/>
       <c r="M379"/>
       <c r="N379"/>
       <c r="O379"/>
       <c r="P379"/>
       <c r="Q379" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="380" spans="1:17">
       <c r="A380">
-        <v>30945</v>
+        <v>30598</v>
       </c>
       <c r="B380" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="C380"/>
       <c r="D380"/>
       <c r="E380"/>
       <c r="F380"/>
       <c r="G380"/>
       <c r="H380" t="s">
         <v>23</v>
       </c>
       <c r="I380" t="s">
         <v>24</v>
       </c>
       <c r="J380"/>
       <c r="K380"/>
       <c r="L380"/>
       <c r="M380"/>
       <c r="N380"/>
       <c r="O380"/>
       <c r="P380"/>
       <c r="Q380" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="381" spans="1:17">
       <c r="A381">
-        <v>97981</v>
+        <v>28667</v>
       </c>
       <c r="B381" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="C381"/>
       <c r="D381"/>
       <c r="E381"/>
       <c r="F381"/>
       <c r="G381"/>
       <c r="H381" t="s">
         <v>23</v>
       </c>
       <c r="I381" t="s">
         <v>24</v>
       </c>
       <c r="J381"/>
       <c r="K381"/>
       <c r="L381"/>
       <c r="M381"/>
       <c r="N381"/>
       <c r="O381"/>
       <c r="P381"/>
       <c r="Q381" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="382" spans="1:17">
       <c r="A382">
-        <v>28776</v>
+        <v>28670</v>
       </c>
       <c r="B382" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="C382"/>
       <c r="D382"/>
       <c r="E382"/>
       <c r="F382"/>
       <c r="G382"/>
       <c r="H382" t="s">
         <v>23</v>
       </c>
       <c r="I382" t="s">
         <v>24</v>
       </c>
       <c r="J382"/>
       <c r="K382"/>
       <c r="L382"/>
       <c r="M382"/>
       <c r="N382"/>
       <c r="O382"/>
       <c r="P382"/>
       <c r="Q382" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="383" spans="1:17">
       <c r="A383">
-        <v>30932</v>
+        <v>28671</v>
       </c>
       <c r="B383" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="C383"/>
       <c r="D383"/>
       <c r="E383"/>
       <c r="F383"/>
       <c r="G383"/>
       <c r="H383" t="s">
         <v>23</v>
       </c>
       <c r="I383" t="s">
         <v>24</v>
       </c>
       <c r="J383"/>
       <c r="K383"/>
       <c r="L383"/>
       <c r="M383"/>
       <c r="N383"/>
       <c r="O383"/>
       <c r="P383"/>
       <c r="Q383" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="384" spans="1:17">
       <c r="A384">
-        <v>28777</v>
+        <v>30945</v>
       </c>
       <c r="B384" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
       <c r="C384"/>
       <c r="D384"/>
       <c r="E384"/>
       <c r="F384"/>
       <c r="G384"/>
       <c r="H384" t="s">
         <v>23</v>
       </c>
       <c r="I384" t="s">
         <v>24</v>
       </c>
       <c r="J384"/>
       <c r="K384"/>
       <c r="L384"/>
       <c r="M384"/>
       <c r="N384"/>
       <c r="O384"/>
       <c r="P384"/>
       <c r="Q384" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="385" spans="1:17">
       <c r="A385">
-        <v>97994</v>
+        <v>97981</v>
       </c>
       <c r="B385" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="C385"/>
       <c r="D385"/>
       <c r="E385"/>
       <c r="F385"/>
       <c r="G385"/>
       <c r="H385" t="s">
         <v>23</v>
       </c>
       <c r="I385" t="s">
         <v>24</v>
       </c>
       <c r="J385"/>
       <c r="K385"/>
       <c r="L385"/>
       <c r="M385"/>
       <c r="N385"/>
       <c r="O385"/>
       <c r="P385"/>
       <c r="Q385" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="386" spans="1:17">
       <c r="A386">
-        <v>97964</v>
+        <v>28776</v>
       </c>
       <c r="B386" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="C386"/>
       <c r="D386"/>
       <c r="E386"/>
       <c r="F386"/>
       <c r="G386"/>
       <c r="H386" t="s">
         <v>23</v>
       </c>
       <c r="I386" t="s">
         <v>24</v>
       </c>
       <c r="J386"/>
       <c r="K386"/>
       <c r="L386"/>
       <c r="M386"/>
       <c r="N386"/>
       <c r="O386"/>
       <c r="P386"/>
       <c r="Q386" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="387" spans="1:17">
       <c r="A387">
-        <v>11848</v>
+        <v>30932</v>
       </c>
       <c r="B387" t="s">
-        <v>832</v>
+        <v>842</v>
       </c>
       <c r="C387"/>
       <c r="D387"/>
       <c r="E387"/>
       <c r="F387"/>
       <c r="G387"/>
       <c r="H387" t="s">
         <v>23</v>
       </c>
       <c r="I387" t="s">
         <v>24</v>
       </c>
       <c r="J387"/>
       <c r="K387"/>
       <c r="L387"/>
       <c r="M387"/>
       <c r="N387"/>
       <c r="O387"/>
       <c r="P387"/>
       <c r="Q387" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="388" spans="1:17">
       <c r="A388">
-        <v>28820</v>
+        <v>28777</v>
       </c>
       <c r="B388" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="C388"/>
       <c r="D388"/>
       <c r="E388"/>
       <c r="F388"/>
       <c r="G388"/>
       <c r="H388" t="s">
         <v>23</v>
       </c>
       <c r="I388" t="s">
         <v>24</v>
       </c>
       <c r="J388"/>
       <c r="K388"/>
       <c r="L388"/>
       <c r="M388"/>
       <c r="N388"/>
       <c r="O388"/>
       <c r="P388"/>
       <c r="Q388" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="389" spans="1:17">
       <c r="A389">
-        <v>28822</v>
+        <v>97994</v>
       </c>
       <c r="B389" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="C389"/>
       <c r="D389"/>
       <c r="E389"/>
       <c r="F389"/>
       <c r="G389"/>
       <c r="H389" t="s">
         <v>23</v>
       </c>
       <c r="I389" t="s">
         <v>24</v>
       </c>
       <c r="J389"/>
       <c r="K389"/>
       <c r="L389"/>
       <c r="M389"/>
       <c r="N389"/>
       <c r="O389"/>
       <c r="P389"/>
       <c r="Q389" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="390" spans="1:17">
       <c r="A390">
-        <v>28823</v>
+        <v>97964</v>
       </c>
       <c r="B390" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="C390"/>
       <c r="D390"/>
       <c r="E390"/>
       <c r="F390"/>
       <c r="G390"/>
       <c r="H390" t="s">
         <v>23</v>
       </c>
       <c r="I390" t="s">
         <v>24</v>
       </c>
       <c r="J390"/>
       <c r="K390"/>
       <c r="L390"/>
       <c r="M390"/>
       <c r="N390"/>
       <c r="O390"/>
       <c r="P390"/>
       <c r="Q390" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="391" spans="1:17">
       <c r="A391">
-        <v>28824</v>
+        <v>11848</v>
       </c>
       <c r="B391" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="C391"/>
       <c r="D391"/>
       <c r="E391"/>
       <c r="F391"/>
       <c r="G391"/>
       <c r="H391" t="s">
         <v>23</v>
       </c>
       <c r="I391" t="s">
         <v>24</v>
       </c>
       <c r="J391"/>
       <c r="K391"/>
       <c r="L391"/>
       <c r="M391"/>
       <c r="N391"/>
       <c r="O391"/>
       <c r="P391"/>
       <c r="Q391" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="392" spans="1:17">
       <c r="A392">
-        <v>30948</v>
+        <v>28820</v>
       </c>
       <c r="B392" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
       <c r="C392"/>
       <c r="D392"/>
       <c r="E392"/>
       <c r="F392"/>
       <c r="G392"/>
       <c r="H392" t="s">
         <v>23</v>
       </c>
       <c r="I392" t="s">
         <v>24</v>
       </c>
       <c r="J392"/>
       <c r="K392"/>
       <c r="L392"/>
       <c r="M392"/>
       <c r="N392"/>
       <c r="O392"/>
       <c r="P392"/>
       <c r="Q392" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="393" spans="1:17">
       <c r="A393">
-        <v>28827</v>
+        <v>28822</v>
       </c>
       <c r="B393" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
       <c r="C393"/>
       <c r="D393"/>
       <c r="E393"/>
       <c r="F393"/>
       <c r="G393"/>
       <c r="H393" t="s">
         <v>23</v>
       </c>
       <c r="I393" t="s">
         <v>24</v>
       </c>
       <c r="J393"/>
       <c r="K393"/>
       <c r="L393"/>
       <c r="M393"/>
       <c r="N393"/>
       <c r="O393"/>
       <c r="P393"/>
       <c r="Q393" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="394" spans="1:17">
       <c r="A394">
-        <v>28828</v>
+        <v>28823</v>
       </c>
       <c r="B394" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
       <c r="C394"/>
       <c r="D394"/>
       <c r="E394"/>
       <c r="F394"/>
       <c r="G394"/>
       <c r="H394" t="s">
         <v>23</v>
       </c>
       <c r="I394" t="s">
         <v>24</v>
       </c>
       <c r="J394"/>
       <c r="K394"/>
       <c r="L394"/>
       <c r="M394"/>
       <c r="N394"/>
       <c r="O394"/>
       <c r="P394"/>
       <c r="Q394" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="395" spans="1:17">
       <c r="A395">
-        <v>30956</v>
+        <v>28824</v>
       </c>
       <c r="B395" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="C395"/>
       <c r="D395"/>
       <c r="E395"/>
       <c r="F395"/>
       <c r="G395"/>
       <c r="H395" t="s">
         <v>23</v>
       </c>
       <c r="I395" t="s">
         <v>24</v>
       </c>
       <c r="J395"/>
       <c r="K395"/>
       <c r="L395"/>
       <c r="M395"/>
       <c r="N395"/>
       <c r="O395"/>
       <c r="P395"/>
       <c r="Q395" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="396" spans="1:17">
       <c r="A396">
-        <v>30957</v>
+        <v>30948</v>
       </c>
       <c r="B396" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
       <c r="C396"/>
       <c r="D396"/>
       <c r="E396"/>
       <c r="F396"/>
       <c r="G396"/>
       <c r="H396" t="s">
         <v>23</v>
       </c>
       <c r="I396" t="s">
         <v>24</v>
       </c>
       <c r="J396"/>
       <c r="K396"/>
       <c r="L396"/>
       <c r="M396"/>
       <c r="N396"/>
       <c r="O396"/>
       <c r="P396"/>
       <c r="Q396" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="397" spans="1:17">
       <c r="A397">
-        <v>97976</v>
+        <v>28827</v>
       </c>
       <c r="B397" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
       <c r="C397"/>
       <c r="D397"/>
       <c r="E397"/>
       <c r="F397"/>
       <c r="G397"/>
       <c r="H397" t="s">
         <v>23</v>
       </c>
       <c r="I397" t="s">
         <v>24</v>
       </c>
       <c r="J397"/>
       <c r="K397"/>
       <c r="L397"/>
       <c r="M397"/>
       <c r="N397"/>
       <c r="O397"/>
       <c r="P397"/>
       <c r="Q397" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="398" spans="1:17">
       <c r="A398">
-        <v>97984</v>
+        <v>28828</v>
       </c>
       <c r="B398" t="s">
-        <v>843</v>
+        <v>853</v>
       </c>
       <c r="C398"/>
       <c r="D398"/>
       <c r="E398"/>
       <c r="F398"/>
       <c r="G398"/>
       <c r="H398" t="s">
         <v>23</v>
       </c>
       <c r="I398" t="s">
         <v>24</v>
       </c>
       <c r="J398"/>
       <c r="K398"/>
       <c r="L398"/>
       <c r="M398"/>
       <c r="N398"/>
       <c r="O398"/>
       <c r="P398"/>
       <c r="Q398" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="399" spans="1:17">
       <c r="A399">
-        <v>97957</v>
+        <v>30956</v>
       </c>
       <c r="B399" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
       <c r="C399"/>
       <c r="D399"/>
       <c r="E399"/>
       <c r="F399"/>
       <c r="G399"/>
       <c r="H399" t="s">
         <v>23</v>
       </c>
       <c r="I399" t="s">
         <v>24</v>
       </c>
       <c r="J399"/>
       <c r="K399"/>
       <c r="L399"/>
       <c r="M399"/>
       <c r="N399"/>
       <c r="O399"/>
       <c r="P399"/>
       <c r="Q399" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="400" spans="1:17">
       <c r="A400">
-        <v>31004</v>
+        <v>30957</v>
       </c>
       <c r="B400" t="s">
-        <v>845</v>
+        <v>855</v>
       </c>
       <c r="C400"/>
       <c r="D400"/>
       <c r="E400"/>
       <c r="F400"/>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>23</v>
       </c>
       <c r="I400" t="s">
         <v>24</v>
       </c>
       <c r="J400"/>
       <c r="K400"/>
       <c r="L400"/>
       <c r="M400"/>
       <c r="N400"/>
       <c r="O400"/>
       <c r="P400"/>
       <c r="Q400" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="401" spans="1:17">
       <c r="A401">
-        <v>79491</v>
+        <v>97976</v>
       </c>
       <c r="B401" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
       <c r="C401"/>
       <c r="D401"/>
       <c r="E401"/>
       <c r="F401"/>
       <c r="G401"/>
       <c r="H401" t="s">
         <v>23</v>
       </c>
       <c r="I401" t="s">
         <v>24</v>
       </c>
-      <c r="J401" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J401"/>
       <c r="K401"/>
-      <c r="L401" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L401"/>
       <c r="M401"/>
       <c r="N401"/>
       <c r="O401"/>
       <c r="P401"/>
       <c r="Q401" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="402" spans="1:17">
       <c r="A402">
-        <v>31005</v>
+        <v>97984</v>
       </c>
       <c r="B402" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
       <c r="C402"/>
       <c r="D402"/>
       <c r="E402"/>
       <c r="F402"/>
       <c r="G402"/>
       <c r="H402" t="s">
         <v>23</v>
       </c>
       <c r="I402" t="s">
         <v>24</v>
       </c>
       <c r="J402"/>
       <c r="K402"/>
       <c r="L402"/>
       <c r="M402"/>
       <c r="N402"/>
       <c r="O402"/>
       <c r="P402"/>
       <c r="Q402" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="403" spans="1:17">
       <c r="A403">
-        <v>31007</v>
+        <v>97957</v>
       </c>
       <c r="B403" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="C403"/>
       <c r="D403"/>
       <c r="E403"/>
       <c r="F403"/>
       <c r="G403"/>
       <c r="H403" t="s">
         <v>23</v>
       </c>
       <c r="I403" t="s">
         <v>24</v>
       </c>
       <c r="J403"/>
       <c r="K403"/>
       <c r="L403"/>
       <c r="M403"/>
       <c r="N403"/>
       <c r="O403"/>
       <c r="P403"/>
       <c r="Q403" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="404" spans="1:17">
       <c r="A404">
-        <v>28981</v>
+        <v>31004</v>
       </c>
       <c r="B404" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="C404"/>
       <c r="D404"/>
       <c r="E404"/>
       <c r="F404"/>
       <c r="G404"/>
       <c r="H404" t="s">
         <v>23</v>
       </c>
       <c r="I404" t="s">
         <v>24</v>
       </c>
       <c r="J404"/>
       <c r="K404"/>
       <c r="L404"/>
       <c r="M404"/>
       <c r="N404"/>
       <c r="O404"/>
       <c r="P404"/>
       <c r="Q404" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="405" spans="1:17">
       <c r="A405">
-        <v>31015</v>
+        <v>79491</v>
       </c>
       <c r="B405" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="C405"/>
       <c r="D405"/>
       <c r="E405"/>
       <c r="F405"/>
       <c r="G405"/>
       <c r="H405" t="s">
         <v>23</v>
       </c>
       <c r="I405" t="s">
         <v>24</v>
       </c>
-      <c r="J405"/>
+      <c r="J405" t="s">
+        <v>93</v>
+      </c>
       <c r="K405"/>
-      <c r="L405"/>
+      <c r="L405" t="s">
+        <v>60</v>
+      </c>
       <c r="M405"/>
       <c r="N405"/>
       <c r="O405"/>
       <c r="P405"/>
       <c r="Q405" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="406" spans="1:17">
       <c r="A406">
-        <v>28983</v>
+        <v>31005</v>
       </c>
       <c r="B406" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="C406"/>
       <c r="D406"/>
       <c r="E406"/>
       <c r="F406"/>
       <c r="G406"/>
       <c r="H406" t="s">
         <v>23</v>
       </c>
       <c r="I406" t="s">
         <v>24</v>
       </c>
       <c r="J406"/>
       <c r="K406"/>
       <c r="L406"/>
       <c r="M406"/>
       <c r="N406"/>
       <c r="O406"/>
       <c r="P406"/>
       <c r="Q406" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="407" spans="1:17">
       <c r="A407">
-        <v>97958</v>
+        <v>31007</v>
       </c>
       <c r="B407" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="C407"/>
       <c r="D407"/>
       <c r="E407"/>
       <c r="F407"/>
       <c r="G407"/>
       <c r="H407" t="s">
         <v>23</v>
       </c>
       <c r="I407" t="s">
         <v>24</v>
       </c>
       <c r="J407"/>
       <c r="K407"/>
       <c r="L407"/>
       <c r="M407"/>
       <c r="N407"/>
       <c r="O407"/>
       <c r="P407"/>
       <c r="Q407" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="408" spans="1:17">
       <c r="A408">
-        <v>31068</v>
+        <v>28981</v>
       </c>
       <c r="B408" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="C408"/>
       <c r="D408"/>
       <c r="E408"/>
       <c r="F408"/>
       <c r="G408"/>
       <c r="H408" t="s">
         <v>23</v>
       </c>
       <c r="I408" t="s">
         <v>24</v>
       </c>
       <c r="J408"/>
       <c r="K408"/>
       <c r="L408"/>
       <c r="M408"/>
       <c r="N408"/>
       <c r="O408"/>
       <c r="P408"/>
       <c r="Q408" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="409" spans="1:17">
       <c r="A409">
-        <v>31070</v>
+        <v>31015</v>
       </c>
       <c r="B409" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="C409"/>
       <c r="D409"/>
       <c r="E409"/>
       <c r="F409"/>
       <c r="G409"/>
       <c r="H409" t="s">
         <v>23</v>
       </c>
       <c r="I409" t="s">
         <v>24</v>
       </c>
       <c r="J409"/>
       <c r="K409"/>
       <c r="L409"/>
       <c r="M409"/>
       <c r="N409"/>
       <c r="O409"/>
       <c r="P409"/>
       <c r="Q409" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="410" spans="1:17">
       <c r="A410">
-        <v>29072</v>
+        <v>28983</v>
       </c>
       <c r="B410" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="C410"/>
       <c r="D410"/>
       <c r="E410"/>
       <c r="F410"/>
       <c r="G410"/>
       <c r="H410" t="s">
         <v>23</v>
       </c>
       <c r="I410" t="s">
         <v>24</v>
       </c>
       <c r="J410"/>
       <c r="K410"/>
       <c r="L410"/>
       <c r="M410"/>
       <c r="N410"/>
       <c r="O410"/>
       <c r="P410"/>
       <c r="Q410" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="411" spans="1:17">
       <c r="A411">
-        <v>29077</v>
+        <v>97958</v>
       </c>
       <c r="B411" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="C411"/>
       <c r="D411"/>
       <c r="E411"/>
       <c r="F411"/>
       <c r="G411"/>
       <c r="H411" t="s">
         <v>23</v>
       </c>
       <c r="I411" t="s">
         <v>24</v>
       </c>
       <c r="J411"/>
       <c r="K411"/>
       <c r="L411"/>
       <c r="M411"/>
       <c r="N411"/>
       <c r="O411"/>
       <c r="P411"/>
       <c r="Q411" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="412" spans="1:17">
       <c r="A412">
-        <v>31083</v>
+        <v>31068</v>
       </c>
       <c r="B412" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="C412"/>
       <c r="D412"/>
       <c r="E412"/>
       <c r="F412"/>
       <c r="G412"/>
       <c r="H412" t="s">
         <v>23</v>
       </c>
       <c r="I412" t="s">
         <v>24</v>
       </c>
-      <c r="J412" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J412"/>
       <c r="K412"/>
-      <c r="L412" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L412"/>
       <c r="M412"/>
       <c r="N412"/>
       <c r="O412"/>
       <c r="P412"/>
       <c r="Q412" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="413" spans="1:17">
       <c r="A413">
-        <v>97947</v>
+        <v>31070</v>
       </c>
       <c r="B413" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="C413"/>
       <c r="D413"/>
       <c r="E413"/>
       <c r="F413"/>
       <c r="G413"/>
       <c r="H413" t="s">
         <v>23</v>
       </c>
       <c r="I413" t="s">
         <v>24</v>
       </c>
       <c r="J413"/>
       <c r="K413"/>
       <c r="L413"/>
       <c r="M413"/>
       <c r="N413"/>
       <c r="O413"/>
       <c r="P413"/>
       <c r="Q413" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="414" spans="1:17">
       <c r="A414">
-        <v>97955</v>
+        <v>29072</v>
       </c>
       <c r="B414" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="C414"/>
       <c r="D414"/>
       <c r="E414"/>
       <c r="F414"/>
       <c r="G414"/>
       <c r="H414" t="s">
         <v>23</v>
       </c>
       <c r="I414" t="s">
         <v>24</v>
       </c>
       <c r="J414"/>
       <c r="K414"/>
       <c r="L414"/>
       <c r="M414"/>
       <c r="N414"/>
       <c r="O414"/>
       <c r="P414"/>
       <c r="Q414" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="415" spans="1:17">
       <c r="A415">
-        <v>11548</v>
+        <v>29077</v>
       </c>
       <c r="B415" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="C415"/>
       <c r="D415"/>
       <c r="E415"/>
       <c r="F415"/>
       <c r="G415"/>
       <c r="H415" t="s">
         <v>23</v>
       </c>
       <c r="I415" t="s">
         <v>24</v>
       </c>
       <c r="J415"/>
       <c r="K415"/>
       <c r="L415"/>
       <c r="M415"/>
       <c r="N415"/>
       <c r="O415"/>
       <c r="P415"/>
       <c r="Q415" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="416" spans="1:17">
       <c r="A416">
-        <v>98012</v>
+        <v>31083</v>
       </c>
       <c r="B416" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="C416"/>
       <c r="D416"/>
       <c r="E416"/>
       <c r="F416"/>
       <c r="G416"/>
       <c r="H416" t="s">
         <v>23</v>
       </c>
       <c r="I416" t="s">
         <v>24</v>
       </c>
-      <c r="J416"/>
+      <c r="J416" t="s">
+        <v>93</v>
+      </c>
       <c r="K416"/>
-      <c r="L416"/>
+      <c r="L416" t="s">
+        <v>60</v>
+      </c>
       <c r="M416"/>
       <c r="N416"/>
       <c r="O416"/>
       <c r="P416"/>
       <c r="Q416" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="417" spans="1:17">
       <c r="A417">
-        <v>29194</v>
+        <v>97947</v>
       </c>
       <c r="B417" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="C417"/>
       <c r="D417"/>
       <c r="E417"/>
       <c r="F417"/>
       <c r="G417"/>
       <c r="H417" t="s">
         <v>23</v>
       </c>
       <c r="I417" t="s">
         <v>24</v>
       </c>
       <c r="J417"/>
       <c r="K417"/>
       <c r="L417"/>
       <c r="M417"/>
       <c r="N417"/>
       <c r="O417"/>
       <c r="P417"/>
       <c r="Q417" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="418" spans="1:17">
       <c r="A418">
-        <v>97960</v>
+        <v>97955</v>
       </c>
       <c r="B418" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="C418"/>
       <c r="D418"/>
       <c r="E418"/>
       <c r="F418"/>
       <c r="G418"/>
       <c r="H418" t="s">
         <v>23</v>
       </c>
       <c r="I418" t="s">
         <v>24</v>
       </c>
       <c r="J418"/>
       <c r="K418"/>
       <c r="L418"/>
       <c r="M418"/>
       <c r="N418"/>
       <c r="O418"/>
       <c r="P418"/>
       <c r="Q418" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="419" spans="1:17">
       <c r="A419">
-        <v>29257</v>
+        <v>11548</v>
       </c>
       <c r="B419" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="C419"/>
       <c r="D419"/>
       <c r="E419"/>
       <c r="F419"/>
       <c r="G419"/>
       <c r="H419" t="s">
         <v>23</v>
       </c>
       <c r="I419" t="s">
         <v>24</v>
       </c>
       <c r="J419"/>
       <c r="K419"/>
       <c r="L419"/>
       <c r="M419"/>
       <c r="N419"/>
       <c r="O419"/>
       <c r="P419"/>
       <c r="Q419" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="420" spans="1:17">
       <c r="A420">
-        <v>29297</v>
+        <v>98012</v>
       </c>
       <c r="B420" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="C420"/>
       <c r="D420"/>
       <c r="E420"/>
       <c r="F420"/>
       <c r="G420"/>
       <c r="H420" t="s">
         <v>23</v>
       </c>
       <c r="I420" t="s">
         <v>24</v>
       </c>
       <c r="J420"/>
       <c r="K420"/>
       <c r="L420"/>
       <c r="M420"/>
       <c r="N420"/>
       <c r="O420"/>
       <c r="P420"/>
       <c r="Q420" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="421" spans="1:17">
       <c r="A421">
-        <v>97980</v>
+        <v>29194</v>
       </c>
       <c r="B421" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="C421"/>
       <c r="D421"/>
       <c r="E421"/>
       <c r="F421"/>
       <c r="G421"/>
       <c r="H421" t="s">
         <v>23</v>
       </c>
       <c r="I421" t="s">
         <v>24</v>
       </c>
       <c r="J421"/>
       <c r="K421"/>
       <c r="L421"/>
       <c r="M421"/>
       <c r="N421"/>
       <c r="O421"/>
       <c r="P421"/>
       <c r="Q421" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="422" spans="1:17">
       <c r="A422">
-        <v>98011</v>
+        <v>97960</v>
       </c>
       <c r="B422" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="C422"/>
       <c r="D422"/>
       <c r="E422"/>
       <c r="F422"/>
       <c r="G422"/>
       <c r="H422" t="s">
         <v>23</v>
       </c>
       <c r="I422" t="s">
         <v>24</v>
       </c>
       <c r="J422"/>
       <c r="K422"/>
       <c r="L422"/>
       <c r="M422"/>
       <c r="N422"/>
       <c r="O422"/>
       <c r="P422"/>
       <c r="Q422" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="423" spans="1:17">
       <c r="A423">
-        <v>97985</v>
+        <v>29257</v>
       </c>
       <c r="B423" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="C423"/>
       <c r="D423"/>
       <c r="E423"/>
       <c r="F423"/>
       <c r="G423"/>
       <c r="H423" t="s">
         <v>23</v>
       </c>
       <c r="I423" t="s">
         <v>24</v>
       </c>
       <c r="J423"/>
       <c r="K423"/>
       <c r="L423"/>
       <c r="M423"/>
       <c r="N423"/>
       <c r="O423"/>
       <c r="P423"/>
       <c r="Q423" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="424" spans="1:17">
       <c r="A424">
-        <v>97972</v>
+        <v>29297</v>
       </c>
       <c r="B424" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="C424"/>
       <c r="D424"/>
       <c r="E424"/>
       <c r="F424"/>
       <c r="G424"/>
       <c r="H424" t="s">
         <v>23</v>
       </c>
       <c r="I424" t="s">
         <v>24</v>
       </c>
       <c r="J424"/>
       <c r="K424"/>
       <c r="L424"/>
       <c r="M424"/>
       <c r="N424"/>
       <c r="O424"/>
       <c r="P424"/>
       <c r="Q424" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="425" spans="1:17">
       <c r="A425">
-        <v>24307</v>
+        <v>97980</v>
       </c>
       <c r="B425" t="s">
-        <v>870</v>
-[...6 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="C425"/>
+      <c r="D425"/>
       <c r="E425"/>
       <c r="F425"/>
       <c r="G425"/>
       <c r="H425" t="s">
         <v>23</v>
       </c>
       <c r="I425" t="s">
         <v>24</v>
       </c>
       <c r="J425"/>
       <c r="K425"/>
       <c r="L425"/>
       <c r="M425"/>
       <c r="N425"/>
       <c r="O425"/>
       <c r="P425"/>
       <c r="Q425" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="426" spans="1:17">
       <c r="A426">
-        <v>79520</v>
+        <v>98011</v>
       </c>
       <c r="B426" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="C426"/>
       <c r="D426"/>
       <c r="E426"/>
       <c r="F426"/>
       <c r="G426"/>
       <c r="H426" t="s">
         <v>23</v>
       </c>
       <c r="I426" t="s">
         <v>24</v>
       </c>
-      <c r="J426" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J426"/>
       <c r="K426"/>
-      <c r="L426" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L426"/>
       <c r="M426"/>
       <c r="N426"/>
       <c r="O426"/>
       <c r="P426"/>
       <c r="Q426" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="427" spans="1:17">
       <c r="A427">
-        <v>31152</v>
+        <v>97985</v>
       </c>
       <c r="B427" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="C427"/>
       <c r="D427"/>
       <c r="E427"/>
       <c r="F427"/>
       <c r="G427"/>
       <c r="H427" t="s">
         <v>23</v>
       </c>
       <c r="I427" t="s">
         <v>24</v>
       </c>
       <c r="J427"/>
       <c r="K427"/>
       <c r="L427"/>
       <c r="M427"/>
       <c r="N427"/>
       <c r="O427"/>
       <c r="P427"/>
       <c r="Q427" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="428" spans="1:17">
       <c r="A428">
-        <v>31154</v>
+        <v>97972</v>
       </c>
       <c r="B428" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="C428"/>
       <c r="D428"/>
       <c r="E428"/>
       <c r="F428"/>
       <c r="G428"/>
       <c r="H428" t="s">
         <v>23</v>
       </c>
       <c r="I428" t="s">
         <v>24</v>
       </c>
       <c r="J428"/>
       <c r="K428"/>
       <c r="L428"/>
       <c r="M428"/>
       <c r="N428"/>
       <c r="O428"/>
       <c r="P428"/>
       <c r="Q428" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="429" spans="1:17">
       <c r="A429">
-        <v>31155</v>
+        <v>24307</v>
       </c>
       <c r="B429" t="s">
-        <v>876</v>
-[...2 lines deleted...]
-      <c r="D429"/>
+        <v>884</v>
+      </c>
+      <c r="C429" t="s">
+        <v>885</v>
+      </c>
+      <c r="D429" t="s">
+        <v>886</v>
+      </c>
       <c r="E429"/>
       <c r="F429"/>
       <c r="G429"/>
       <c r="H429" t="s">
         <v>23</v>
       </c>
       <c r="I429" t="s">
         <v>24</v>
       </c>
       <c r="J429"/>
       <c r="K429"/>
       <c r="L429"/>
       <c r="M429"/>
       <c r="N429"/>
       <c r="O429"/>
       <c r="P429"/>
       <c r="Q429" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="430" spans="1:17">
       <c r="A430">
-        <v>31156</v>
+        <v>79520</v>
       </c>
       <c r="B430" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="C430"/>
       <c r="D430"/>
       <c r="E430"/>
       <c r="F430"/>
       <c r="G430"/>
       <c r="H430" t="s">
         <v>23</v>
       </c>
       <c r="I430" t="s">
         <v>24</v>
       </c>
-      <c r="J430"/>
+      <c r="J430" t="s">
+        <v>93</v>
+      </c>
       <c r="K430"/>
-      <c r="L430"/>
+      <c r="L430" t="s">
+        <v>60</v>
+      </c>
       <c r="M430"/>
       <c r="N430"/>
       <c r="O430"/>
       <c r="P430"/>
       <c r="Q430" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="431" spans="1:17">
       <c r="A431">
-        <v>29323</v>
+        <v>31152</v>
       </c>
       <c r="B431" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="C431"/>
       <c r="D431"/>
       <c r="E431"/>
       <c r="F431"/>
       <c r="G431"/>
       <c r="H431" t="s">
         <v>23</v>
       </c>
       <c r="I431" t="s">
         <v>24</v>
       </c>
-      <c r="J431" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J431"/>
       <c r="K431"/>
-      <c r="L431" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L431"/>
       <c r="M431"/>
       <c r="N431"/>
       <c r="O431"/>
       <c r="P431"/>
       <c r="Q431" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="432" spans="1:17">
       <c r="A432">
-        <v>31151</v>
+        <v>31154</v>
       </c>
       <c r="B432" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="C432"/>
       <c r="D432"/>
       <c r="E432"/>
       <c r="F432"/>
       <c r="G432"/>
       <c r="H432" t="s">
         <v>23</v>
       </c>
       <c r="I432" t="s">
         <v>24</v>
       </c>
       <c r="J432"/>
       <c r="K432"/>
       <c r="L432"/>
       <c r="M432"/>
       <c r="N432"/>
       <c r="O432"/>
       <c r="P432"/>
       <c r="Q432" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="433" spans="1:17">
       <c r="A433">
-        <v>29330</v>
+        <v>31155</v>
       </c>
       <c r="B433" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="C433"/>
       <c r="D433"/>
       <c r="E433"/>
       <c r="F433"/>
       <c r="G433"/>
       <c r="H433" t="s">
         <v>23</v>
       </c>
       <c r="I433" t="s">
         <v>24</v>
       </c>
       <c r="J433"/>
       <c r="K433"/>
       <c r="L433"/>
       <c r="M433"/>
       <c r="N433"/>
       <c r="O433"/>
       <c r="P433"/>
       <c r="Q433" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="434" spans="1:17">
       <c r="A434">
-        <v>29331</v>
+        <v>31156</v>
       </c>
       <c r="B434" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="C434"/>
       <c r="D434"/>
       <c r="E434"/>
       <c r="F434"/>
       <c r="G434"/>
       <c r="H434" t="s">
         <v>23</v>
       </c>
       <c r="I434" t="s">
         <v>24</v>
       </c>
       <c r="J434"/>
       <c r="K434"/>
       <c r="L434"/>
       <c r="M434"/>
       <c r="N434"/>
       <c r="O434"/>
       <c r="P434"/>
       <c r="Q434" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="435" spans="1:17">
       <c r="A435">
-        <v>29431</v>
+        <v>29323</v>
       </c>
       <c r="B435" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="C435"/>
       <c r="D435"/>
       <c r="E435"/>
       <c r="F435"/>
       <c r="G435"/>
       <c r="H435" t="s">
         <v>23</v>
       </c>
       <c r="I435" t="s">
         <v>24</v>
       </c>
       <c r="J435" t="s">
         <v>93</v>
       </c>
       <c r="K435"/>
       <c r="L435" t="s">
         <v>60</v>
       </c>
       <c r="M435"/>
       <c r="N435"/>
       <c r="O435"/>
       <c r="P435"/>
       <c r="Q435" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="436" spans="1:17">
       <c r="A436">
-        <v>31211</v>
+        <v>31151</v>
       </c>
       <c r="B436" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="C436"/>
       <c r="D436"/>
       <c r="E436"/>
       <c r="F436"/>
       <c r="G436"/>
       <c r="H436" t="s">
         <v>23</v>
       </c>
       <c r="I436" t="s">
         <v>24</v>
       </c>
-      <c r="J436" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J436"/>
       <c r="K436"/>
-      <c r="L436" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L436"/>
       <c r="M436"/>
       <c r="N436"/>
       <c r="O436"/>
-      <c r="P436" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P436"/>
       <c r="Q436" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="437" spans="1:17">
       <c r="A437">
-        <v>97945</v>
+        <v>29330</v>
       </c>
       <c r="B437" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="C437"/>
       <c r="D437"/>
       <c r="E437"/>
       <c r="F437"/>
       <c r="G437"/>
       <c r="H437" t="s">
         <v>23</v>
       </c>
       <c r="I437" t="s">
         <v>24</v>
       </c>
-      <c r="J437" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J437"/>
       <c r="K437"/>
-      <c r="L437" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L437"/>
       <c r="M437"/>
       <c r="N437"/>
       <c r="O437"/>
-      <c r="P437" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P437"/>
       <c r="Q437" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="438" spans="1:17">
       <c r="A438">
-        <v>31212</v>
+        <v>29331</v>
       </c>
       <c r="B438" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C438"/>
       <c r="D438"/>
       <c r="E438"/>
       <c r="F438"/>
       <c r="G438"/>
       <c r="H438" t="s">
         <v>23</v>
       </c>
       <c r="I438" t="s">
         <v>24</v>
       </c>
-      <c r="J438" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J438"/>
       <c r="K438"/>
-      <c r="L438" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L438"/>
       <c r="M438"/>
       <c r="N438"/>
       <c r="O438"/>
-      <c r="P438" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P438"/>
       <c r="Q438" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="439" spans="1:17">
       <c r="A439">
-        <v>29490</v>
+        <v>29431</v>
       </c>
       <c r="B439" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="C439"/>
       <c r="D439"/>
       <c r="E439"/>
       <c r="F439"/>
       <c r="G439"/>
       <c r="H439" t="s">
         <v>23</v>
       </c>
       <c r="I439" t="s">
         <v>24</v>
       </c>
-      <c r="J439"/>
+      <c r="J439" t="s">
+        <v>93</v>
+      </c>
       <c r="K439"/>
-      <c r="L439"/>
+      <c r="L439" t="s">
+        <v>60</v>
+      </c>
       <c r="M439"/>
       <c r="N439"/>
       <c r="O439"/>
       <c r="P439"/>
       <c r="Q439" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="440" spans="1:17">
       <c r="A440">
-        <v>29491</v>
+        <v>31211</v>
       </c>
       <c r="B440" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="C440"/>
       <c r="D440"/>
       <c r="E440"/>
       <c r="F440"/>
       <c r="G440"/>
       <c r="H440" t="s">
         <v>23</v>
       </c>
       <c r="I440" t="s">
         <v>24</v>
       </c>
-      <c r="J440"/>
+      <c r="J440" t="s">
+        <v>93</v>
+      </c>
       <c r="K440"/>
-      <c r="L440"/>
+      <c r="L440" t="s">
+        <v>60</v>
+      </c>
       <c r="M440"/>
       <c r="N440"/>
       <c r="O440"/>
-      <c r="P440"/>
+      <c r="P440" t="s">
+        <v>898</v>
+      </c>
       <c r="Q440" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="441" spans="1:17">
       <c r="A441">
-        <v>29521</v>
+        <v>97945</v>
       </c>
       <c r="B441" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="C441"/>
       <c r="D441"/>
       <c r="E441"/>
       <c r="F441"/>
       <c r="G441"/>
       <c r="H441" t="s">
         <v>23</v>
       </c>
       <c r="I441" t="s">
         <v>24</v>
       </c>
-      <c r="J441"/>
+      <c r="J441" t="s">
+        <v>93</v>
+      </c>
       <c r="K441"/>
-      <c r="L441"/>
+      <c r="L441" t="s">
+        <v>60</v>
+      </c>
       <c r="M441"/>
       <c r="N441"/>
       <c r="O441"/>
-      <c r="P441"/>
+      <c r="P441" t="s">
+        <v>900</v>
+      </c>
       <c r="Q441" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="442" spans="1:17">
       <c r="A442">
-        <v>36637</v>
+        <v>31212</v>
       </c>
       <c r="B442" t="s">
-        <v>892</v>
-[...6 lines deleted...]
-      </c>
+        <v>901</v>
+      </c>
+      <c r="C442"/>
+      <c r="D442"/>
       <c r="E442"/>
       <c r="F442"/>
       <c r="G442"/>
       <c r="H442" t="s">
         <v>23</v>
       </c>
       <c r="I442" t="s">
         <v>24</v>
       </c>
       <c r="J442" t="s">
         <v>93</v>
       </c>
       <c r="K442"/>
       <c r="L442" t="s">
         <v>60</v>
       </c>
       <c r="M442"/>
       <c r="N442"/>
       <c r="O442"/>
-      <c r="P442"/>
+      <c r="P442" t="s">
+        <v>902</v>
+      </c>
       <c r="Q442" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="443" spans="1:17">
       <c r="A443">
-        <v>81375</v>
+        <v>29490</v>
       </c>
       <c r="B443" t="s">
-        <v>894</v>
-[...6 lines deleted...]
-      </c>
+        <v>903</v>
+      </c>
+      <c r="C443"/>
+      <c r="D443"/>
       <c r="E443"/>
       <c r="F443"/>
       <c r="G443"/>
       <c r="H443" t="s">
         <v>23</v>
       </c>
       <c r="I443" t="s">
         <v>24</v>
       </c>
-      <c r="J443" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J443"/>
       <c r="K443"/>
-      <c r="L443" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L443"/>
       <c r="M443"/>
       <c r="N443"/>
       <c r="O443"/>
-      <c r="P443" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P443"/>
       <c r="Q443" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="444" spans="1:17">
       <c r="A444">
-        <v>29579</v>
+        <v>29491</v>
       </c>
       <c r="B444" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="C444"/>
       <c r="D444"/>
       <c r="E444"/>
       <c r="F444"/>
       <c r="G444"/>
       <c r="H444" t="s">
         <v>23</v>
       </c>
       <c r="I444" t="s">
         <v>24</v>
       </c>
       <c r="J444"/>
       <c r="K444"/>
       <c r="L444"/>
       <c r="M444"/>
       <c r="N444"/>
       <c r="O444"/>
       <c r="P444"/>
       <c r="Q444" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="445" spans="1:17">
       <c r="A445">
-        <v>29692</v>
+        <v>29521</v>
       </c>
       <c r="B445" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="C445"/>
       <c r="D445"/>
       <c r="E445"/>
       <c r="F445"/>
       <c r="G445"/>
       <c r="H445" t="s">
         <v>23</v>
       </c>
       <c r="I445" t="s">
         <v>24</v>
       </c>
       <c r="J445"/>
       <c r="K445"/>
       <c r="L445"/>
       <c r="M445"/>
       <c r="N445"/>
       <c r="O445"/>
       <c r="P445"/>
       <c r="Q445" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="446" spans="1:17">
       <c r="A446">
-        <v>97983</v>
+        <v>36637</v>
       </c>
       <c r="B446" t="s">
-        <v>900</v>
-[...2 lines deleted...]
-      <c r="D446"/>
+        <v>906</v>
+      </c>
+      <c r="C446" t="s">
+        <v>907</v>
+      </c>
+      <c r="D446" t="s">
+        <v>51</v>
+      </c>
       <c r="E446"/>
       <c r="F446"/>
       <c r="G446"/>
       <c r="H446" t="s">
         <v>23</v>
       </c>
       <c r="I446" t="s">
         <v>24</v>
       </c>
-      <c r="J446"/>
+      <c r="J446" t="s">
+        <v>93</v>
+      </c>
       <c r="K446"/>
-      <c r="L446"/>
+      <c r="L446" t="s">
+        <v>60</v>
+      </c>
       <c r="M446"/>
       <c r="N446"/>
       <c r="O446"/>
       <c r="P446"/>
       <c r="Q446" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="447" spans="1:17">
       <c r="A447">
-        <v>29708</v>
+        <v>81375</v>
       </c>
       <c r="B447" t="s">
-        <v>901</v>
-[...2 lines deleted...]
-      <c r="D447"/>
+        <v>908</v>
+      </c>
+      <c r="C447" t="s">
+        <v>909</v>
+      </c>
+      <c r="D447" t="s">
+        <v>910</v>
+      </c>
       <c r="E447"/>
       <c r="F447"/>
       <c r="G447"/>
       <c r="H447" t="s">
         <v>23</v>
       </c>
       <c r="I447" t="s">
         <v>24</v>
       </c>
-      <c r="J447"/>
+      <c r="J447" t="s">
+        <v>93</v>
+      </c>
       <c r="K447"/>
-      <c r="L447"/>
+      <c r="L447" t="s">
+        <v>60</v>
+      </c>
       <c r="M447"/>
       <c r="N447"/>
       <c r="O447"/>
-      <c r="P447"/>
+      <c r="P447" t="s">
+        <v>911</v>
+      </c>
       <c r="Q447" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="448" spans="1:17">
       <c r="A448">
-        <v>97977</v>
+        <v>29579</v>
       </c>
       <c r="B448" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="C448"/>
       <c r="D448"/>
       <c r="E448"/>
       <c r="F448"/>
       <c r="G448"/>
       <c r="H448" t="s">
         <v>23</v>
       </c>
       <c r="I448" t="s">
         <v>24</v>
       </c>
       <c r="J448"/>
       <c r="K448"/>
       <c r="L448"/>
       <c r="M448"/>
       <c r="N448"/>
       <c r="O448"/>
       <c r="P448"/>
       <c r="Q448" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="449" spans="1:17">
       <c r="A449">
-        <v>31327</v>
+        <v>29692</v>
       </c>
       <c r="B449" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="C449"/>
       <c r="D449"/>
       <c r="E449"/>
       <c r="F449"/>
       <c r="G449"/>
       <c r="H449" t="s">
         <v>23</v>
       </c>
       <c r="I449" t="s">
         <v>24</v>
       </c>
       <c r="J449"/>
       <c r="K449"/>
       <c r="L449"/>
       <c r="M449"/>
       <c r="N449"/>
       <c r="O449"/>
       <c r="P449"/>
       <c r="Q449" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="450" spans="1:17">
       <c r="A450">
-        <v>31328</v>
+        <v>97983</v>
       </c>
       <c r="B450" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450"/>
       <c r="F450"/>
       <c r="G450"/>
       <c r="H450" t="s">
         <v>23</v>
       </c>
       <c r="I450" t="s">
         <v>24</v>
       </c>
       <c r="J450"/>
       <c r="K450"/>
       <c r="L450"/>
       <c r="M450"/>
       <c r="N450"/>
       <c r="O450"/>
       <c r="P450"/>
       <c r="Q450" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="451" spans="1:17">
       <c r="A451">
-        <v>29737</v>
+        <v>29708</v>
       </c>
       <c r="B451" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="C451"/>
       <c r="D451"/>
       <c r="E451"/>
       <c r="F451"/>
       <c r="G451"/>
       <c r="H451" t="s">
         <v>23</v>
       </c>
       <c r="I451" t="s">
         <v>24</v>
       </c>
       <c r="J451"/>
       <c r="K451"/>
       <c r="L451"/>
       <c r="M451"/>
       <c r="N451"/>
       <c r="O451"/>
       <c r="P451"/>
       <c r="Q451" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="452" spans="1:17">
       <c r="A452">
-        <v>29738</v>
+        <v>97977</v>
       </c>
       <c r="B452" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452"/>
       <c r="F452"/>
       <c r="G452"/>
       <c r="H452" t="s">
         <v>23</v>
       </c>
       <c r="I452" t="s">
         <v>24</v>
       </c>
       <c r="J452"/>
       <c r="K452"/>
       <c r="L452"/>
       <c r="M452"/>
       <c r="N452"/>
       <c r="O452"/>
       <c r="P452"/>
       <c r="Q452" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="453" spans="1:17">
       <c r="A453">
-        <v>31341</v>
+        <v>31327</v>
       </c>
       <c r="B453" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="C453"/>
       <c r="D453"/>
       <c r="E453"/>
       <c r="F453"/>
       <c r="G453"/>
       <c r="H453" t="s">
         <v>23</v>
       </c>
       <c r="I453" t="s">
         <v>24</v>
       </c>
       <c r="J453"/>
       <c r="K453"/>
       <c r="L453"/>
       <c r="M453"/>
       <c r="N453"/>
       <c r="O453"/>
       <c r="P453"/>
       <c r="Q453" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="454" spans="1:17">
       <c r="A454">
-        <v>24425</v>
+        <v>31328</v>
       </c>
       <c r="B454" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454"/>
       <c r="F454"/>
       <c r="G454"/>
       <c r="H454" t="s">
         <v>23</v>
       </c>
       <c r="I454" t="s">
         <v>24</v>
       </c>
-      <c r="J454" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J454"/>
       <c r="K454"/>
       <c r="L454"/>
       <c r="M454"/>
-      <c r="N454" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N454"/>
       <c r="O454"/>
       <c r="P454"/>
       <c r="Q454" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="455" spans="1:17">
       <c r="A455">
-        <v>98959</v>
+        <v>29737</v>
       </c>
       <c r="B455" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455"/>
       <c r="F455"/>
       <c r="G455"/>
       <c r="H455" t="s">
         <v>23</v>
       </c>
       <c r="I455" t="s">
         <v>24</v>
       </c>
       <c r="J455"/>
       <c r="K455"/>
       <c r="L455"/>
       <c r="M455"/>
       <c r="N455"/>
       <c r="O455"/>
       <c r="P455"/>
       <c r="Q455" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="456" spans="1:17">
       <c r="A456">
-        <v>93933</v>
+        <v>29738</v>
       </c>
       <c r="B456" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456"/>
       <c r="F456"/>
       <c r="G456"/>
       <c r="H456" t="s">
         <v>23</v>
       </c>
       <c r="I456" t="s">
         <v>24</v>
       </c>
       <c r="J456"/>
       <c r="K456"/>
       <c r="L456"/>
       <c r="M456"/>
       <c r="N456"/>
       <c r="O456"/>
       <c r="P456"/>
       <c r="Q456" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="457" spans="1:17">
       <c r="A457">
-        <v>80348</v>
+        <v>31341</v>
       </c>
       <c r="B457" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457"/>
       <c r="F457"/>
       <c r="G457"/>
       <c r="H457" t="s">
         <v>23</v>
       </c>
       <c r="I457" t="s">
         <v>24</v>
       </c>
       <c r="J457"/>
       <c r="K457"/>
       <c r="L457"/>
       <c r="M457"/>
       <c r="N457"/>
       <c r="O457"/>
       <c r="P457"/>
       <c r="Q457" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="458" spans="1:17">
       <c r="A458">
-        <v>11285</v>
+        <v>24425</v>
       </c>
       <c r="B458" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="C458"/>
       <c r="D458"/>
       <c r="E458"/>
       <c r="F458"/>
       <c r="G458"/>
       <c r="H458" t="s">
         <v>23</v>
       </c>
       <c r="I458" t="s">
         <v>24</v>
       </c>
       <c r="J458" t="s">
-        <v>93</v>
+        <v>219</v>
       </c>
       <c r="K458"/>
-      <c r="L458" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L458"/>
       <c r="M458"/>
-      <c r="N458"/>
+      <c r="N458" t="s">
+        <v>163</v>
+      </c>
       <c r="O458"/>
-      <c r="P458" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P458"/>
       <c r="Q458" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="459" spans="1:17">
       <c r="A459">
-        <v>98010</v>
+        <v>98959</v>
       </c>
       <c r="B459" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459"/>
       <c r="F459"/>
       <c r="G459"/>
       <c r="H459" t="s">
         <v>23</v>
       </c>
       <c r="I459" t="s">
         <v>24</v>
       </c>
-      <c r="J459" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J459"/>
       <c r="K459"/>
-      <c r="L459" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L459"/>
       <c r="M459"/>
       <c r="N459"/>
       <c r="O459"/>
-      <c r="P459" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P459"/>
       <c r="Q459" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="460" spans="1:17">
       <c r="A460">
-        <v>30499</v>
+        <v>93933</v>
       </c>
       <c r="B460" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460"/>
       <c r="F460"/>
       <c r="G460"/>
       <c r="H460" t="s">
         <v>23</v>
       </c>
       <c r="I460" t="s">
         <v>24</v>
       </c>
       <c r="J460"/>
       <c r="K460"/>
       <c r="L460"/>
       <c r="M460"/>
       <c r="N460"/>
       <c r="O460"/>
       <c r="P460"/>
       <c r="Q460" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="461" spans="1:17">
       <c r="A461">
-        <v>31334</v>
+        <v>80348</v>
       </c>
       <c r="B461" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="C461"/>
       <c r="D461"/>
       <c r="E461"/>
       <c r="F461"/>
       <c r="G461"/>
       <c r="H461" t="s">
         <v>23</v>
       </c>
       <c r="I461" t="s">
         <v>24</v>
       </c>
       <c r="J461"/>
       <c r="K461"/>
       <c r="L461"/>
       <c r="M461"/>
       <c r="N461"/>
       <c r="O461"/>
       <c r="P461"/>
       <c r="Q461" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="462" spans="1:17">
       <c r="A462">
-        <v>29988</v>
+        <v>11285</v>
       </c>
       <c r="B462" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="C462"/>
       <c r="D462"/>
       <c r="E462"/>
       <c r="F462"/>
       <c r="G462"/>
       <c r="H462" t="s">
         <v>23</v>
       </c>
       <c r="I462" t="s">
         <v>24</v>
       </c>
-      <c r="J462"/>
+      <c r="J462" t="s">
+        <v>93</v>
+      </c>
       <c r="K462"/>
-      <c r="L462"/>
+      <c r="L462" t="s">
+        <v>60</v>
+      </c>
       <c r="M462"/>
       <c r="N462"/>
       <c r="O462"/>
-      <c r="P462"/>
+      <c r="P462" t="s">
+        <v>927</v>
+      </c>
       <c r="Q462" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="463" spans="1:17">
       <c r="A463">
-        <v>31058</v>
+        <v>98010</v>
       </c>
       <c r="B463" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="C463"/>
       <c r="D463"/>
       <c r="E463"/>
       <c r="F463"/>
       <c r="G463"/>
       <c r="H463" t="s">
         <v>23</v>
       </c>
       <c r="I463" t="s">
         <v>24</v>
       </c>
-      <c r="J463"/>
+      <c r="J463" t="s">
+        <v>93</v>
+      </c>
       <c r="K463"/>
-      <c r="L463"/>
+      <c r="L463" t="s">
+        <v>60</v>
+      </c>
       <c r="M463"/>
       <c r="N463"/>
       <c r="O463"/>
-      <c r="P463"/>
+      <c r="P463" t="s">
+        <v>929</v>
+      </c>
       <c r="Q463" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="464" spans="1:17">
       <c r="A464">
-        <v>31076</v>
+        <v>30499</v>
       </c>
       <c r="B464" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="C464"/>
       <c r="D464"/>
       <c r="E464"/>
       <c r="F464"/>
       <c r="G464"/>
       <c r="H464" t="s">
         <v>23</v>
       </c>
       <c r="I464" t="s">
         <v>24</v>
       </c>
       <c r="J464"/>
       <c r="K464"/>
       <c r="L464"/>
       <c r="M464"/>
       <c r="N464"/>
       <c r="O464"/>
       <c r="P464"/>
       <c r="Q464" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="465" spans="1:17">
       <c r="A465">
-        <v>30014</v>
+        <v>31334</v>
       </c>
       <c r="B465" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
       <c r="C465"/>
       <c r="D465"/>
       <c r="E465"/>
       <c r="F465"/>
       <c r="G465"/>
       <c r="H465" t="s">
         <v>23</v>
       </c>
       <c r="I465" t="s">
         <v>24</v>
       </c>
       <c r="J465"/>
       <c r="K465"/>
       <c r="L465"/>
       <c r="M465"/>
       <c r="N465"/>
       <c r="O465"/>
       <c r="P465"/>
       <c r="Q465" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="466" spans="1:17">
       <c r="A466">
-        <v>97987</v>
+        <v>29988</v>
       </c>
       <c r="B466" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="C466"/>
       <c r="D466"/>
       <c r="E466"/>
       <c r="F466"/>
       <c r="G466"/>
       <c r="H466" t="s">
         <v>23</v>
       </c>
       <c r="I466" t="s">
         <v>24</v>
       </c>
       <c r="J466"/>
       <c r="K466"/>
       <c r="L466"/>
       <c r="M466"/>
       <c r="N466"/>
       <c r="O466"/>
       <c r="P466"/>
       <c r="Q466" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="467" spans="1:17">
       <c r="A467">
-        <v>98962</v>
+        <v>31058</v>
       </c>
       <c r="B467" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
       <c r="C467"/>
       <c r="D467"/>
       <c r="E467"/>
       <c r="F467"/>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>23</v>
       </c>
       <c r="I467" t="s">
         <v>24</v>
       </c>
       <c r="J467"/>
       <c r="K467"/>
       <c r="L467"/>
       <c r="M467"/>
       <c r="N467"/>
       <c r="O467"/>
       <c r="P467"/>
       <c r="Q467" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="468" spans="1:17">
       <c r="A468">
-        <v>30599</v>
+        <v>31076</v>
       </c>
       <c r="B468" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="C468"/>
       <c r="D468"/>
       <c r="E468"/>
       <c r="F468"/>
       <c r="G468"/>
       <c r="H468" t="s">
         <v>23</v>
       </c>
       <c r="I468" t="s">
         <v>24</v>
       </c>
       <c r="J468"/>
       <c r="K468"/>
       <c r="L468"/>
       <c r="M468"/>
       <c r="N468"/>
       <c r="O468"/>
       <c r="P468"/>
       <c r="Q468" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="469" spans="1:17">
       <c r="A469">
-        <v>99820</v>
+        <v>30014</v>
       </c>
       <c r="B469" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="C469"/>
       <c r="D469"/>
       <c r="E469"/>
       <c r="F469"/>
       <c r="G469"/>
       <c r="H469" t="s">
         <v>23</v>
       </c>
       <c r="I469" t="s">
         <v>24</v>
       </c>
       <c r="J469"/>
       <c r="K469"/>
       <c r="L469"/>
       <c r="M469"/>
       <c r="N469"/>
       <c r="O469"/>
       <c r="P469"/>
       <c r="Q469" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="470" spans="1:17">
       <c r="A470">
-        <v>99821</v>
+        <v>97987</v>
       </c>
       <c r="B470" t="s">
-        <v>926</v>
-[...6 lines deleted...]
-      </c>
+        <v>936</v>
+      </c>
+      <c r="C470"/>
+      <c r="D470"/>
       <c r="E470"/>
       <c r="F470"/>
       <c r="G470"/>
       <c r="H470" t="s">
         <v>23</v>
       </c>
       <c r="I470" t="s">
         <v>24</v>
       </c>
       <c r="J470"/>
       <c r="K470"/>
       <c r="L470"/>
       <c r="M470"/>
       <c r="N470"/>
       <c r="O470"/>
       <c r="P470"/>
       <c r="Q470" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="471" spans="1:17">
       <c r="A471">
-        <v>32255</v>
+        <v>98962</v>
       </c>
       <c r="B471" t="s">
-        <v>928</v>
-[...6 lines deleted...]
-      </c>
+        <v>937</v>
+      </c>
+      <c r="C471"/>
+      <c r="D471"/>
       <c r="E471"/>
       <c r="F471"/>
       <c r="G471"/>
       <c r="H471" t="s">
         <v>23</v>
       </c>
       <c r="I471" t="s">
         <v>24</v>
       </c>
       <c r="J471"/>
       <c r="K471"/>
       <c r="L471"/>
       <c r="M471"/>
       <c r="N471"/>
       <c r="O471"/>
       <c r="P471"/>
       <c r="Q471" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="472" spans="1:17">
       <c r="A472">
-        <v>32254</v>
+        <v>30599</v>
       </c>
       <c r="B472" t="s">
-        <v>930</v>
-[...6 lines deleted...]
-      </c>
+        <v>938</v>
+      </c>
+      <c r="C472"/>
+      <c r="D472"/>
       <c r="E472"/>
       <c r="F472"/>
       <c r="G472"/>
       <c r="H472" t="s">
         <v>23</v>
       </c>
       <c r="I472" t="s">
         <v>24</v>
       </c>
       <c r="J472"/>
       <c r="K472"/>
       <c r="L472"/>
       <c r="M472"/>
       <c r="N472"/>
       <c r="O472"/>
       <c r="P472"/>
       <c r="Q472" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="473" spans="1:17">
       <c r="A473">
-        <v>80263</v>
+        <v>99820</v>
       </c>
       <c r="B473" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="C473"/>
       <c r="D473"/>
       <c r="E473"/>
       <c r="F473"/>
       <c r="G473"/>
       <c r="H473" t="s">
         <v>23</v>
       </c>
       <c r="I473" t="s">
         <v>24</v>
       </c>
       <c r="J473"/>
       <c r="K473"/>
       <c r="L473"/>
       <c r="M473"/>
       <c r="N473"/>
       <c r="O473"/>
       <c r="P473"/>
       <c r="Q473" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="474" spans="1:17">
       <c r="A474">
-        <v>30226</v>
+        <v>99821</v>
       </c>
       <c r="B474" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-      <c r="D474"/>
+        <v>940</v>
+      </c>
+      <c r="C474" t="s">
+        <v>941</v>
+      </c>
+      <c r="D474" t="s">
+        <v>51</v>
+      </c>
       <c r="E474"/>
       <c r="F474"/>
       <c r="G474"/>
       <c r="H474" t="s">
         <v>23</v>
       </c>
       <c r="I474" t="s">
         <v>24</v>
       </c>
       <c r="J474"/>
       <c r="K474"/>
       <c r="L474"/>
       <c r="M474"/>
       <c r="N474"/>
       <c r="O474"/>
       <c r="P474"/>
       <c r="Q474" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="475" spans="1:17">
       <c r="A475">
-        <v>30227</v>
+        <v>32255</v>
       </c>
       <c r="B475" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-      <c r="D475"/>
+        <v>942</v>
+      </c>
+      <c r="C475" t="s">
+        <v>943</v>
+      </c>
+      <c r="D475" t="s">
+        <v>19</v>
+      </c>
       <c r="E475"/>
       <c r="F475"/>
       <c r="G475"/>
       <c r="H475" t="s">
         <v>23</v>
       </c>
       <c r="I475" t="s">
         <v>24</v>
       </c>
       <c r="J475"/>
       <c r="K475"/>
       <c r="L475"/>
       <c r="M475"/>
       <c r="N475"/>
       <c r="O475"/>
       <c r="P475"/>
       <c r="Q475" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="476" spans="1:17">
       <c r="A476">
-        <v>29088</v>
+        <v>32254</v>
       </c>
       <c r="B476" t="s">
-        <v>935</v>
-[...2 lines deleted...]
-      <c r="D476"/>
+        <v>944</v>
+      </c>
+      <c r="C476" t="s">
+        <v>945</v>
+      </c>
+      <c r="D476" t="s">
+        <v>19</v>
+      </c>
       <c r="E476"/>
       <c r="F476"/>
       <c r="G476"/>
       <c r="H476" t="s">
         <v>23</v>
       </c>
       <c r="I476" t="s">
         <v>24</v>
       </c>
       <c r="J476"/>
       <c r="K476"/>
       <c r="L476"/>
       <c r="M476"/>
       <c r="N476"/>
       <c r="O476"/>
       <c r="P476"/>
       <c r="Q476" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="477" spans="1:17">
       <c r="A477">
-        <v>30256</v>
+        <v>80263</v>
       </c>
       <c r="B477" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="C477"/>
       <c r="D477"/>
       <c r="E477"/>
       <c r="F477"/>
       <c r="G477"/>
       <c r="H477" t="s">
         <v>23</v>
       </c>
       <c r="I477" t="s">
         <v>24</v>
       </c>
       <c r="J477"/>
       <c r="K477"/>
       <c r="L477"/>
       <c r="M477"/>
       <c r="N477"/>
       <c r="O477"/>
       <c r="P477"/>
       <c r="Q477" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="478" spans="1:17">
       <c r="A478">
-        <v>97962</v>
+        <v>30226</v>
       </c>
       <c r="B478" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="C478"/>
       <c r="D478"/>
       <c r="E478"/>
       <c r="F478"/>
       <c r="G478"/>
       <c r="H478" t="s">
         <v>23</v>
       </c>
       <c r="I478" t="s">
         <v>24</v>
       </c>
       <c r="J478"/>
       <c r="K478"/>
       <c r="L478"/>
       <c r="M478"/>
       <c r="N478"/>
       <c r="O478"/>
       <c r="P478"/>
       <c r="Q478" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="479" spans="1:17">
       <c r="A479">
-        <v>97978</v>
+        <v>30227</v>
       </c>
       <c r="B479" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="C479"/>
       <c r="D479"/>
       <c r="E479"/>
       <c r="F479"/>
       <c r="G479"/>
       <c r="H479" t="s">
         <v>23</v>
       </c>
       <c r="I479" t="s">
         <v>24</v>
       </c>
       <c r="J479"/>
       <c r="K479"/>
       <c r="L479"/>
       <c r="M479"/>
       <c r="N479"/>
       <c r="O479"/>
       <c r="P479"/>
       <c r="Q479" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="480" spans="1:17">
       <c r="A480">
-        <v>11137</v>
+        <v>29088</v>
       </c>
       <c r="B480" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
       <c r="C480"/>
       <c r="D480"/>
       <c r="E480"/>
       <c r="F480"/>
       <c r="G480"/>
       <c r="H480" t="s">
         <v>23</v>
       </c>
       <c r="I480" t="s">
         <v>24</v>
       </c>
       <c r="J480"/>
       <c r="K480"/>
       <c r="L480"/>
       <c r="M480"/>
       <c r="N480"/>
       <c r="O480"/>
       <c r="P480"/>
       <c r="Q480" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="481" spans="1:17">
       <c r="A481">
-        <v>97988</v>
+        <v>30256</v>
       </c>
       <c r="B481" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="C481"/>
       <c r="D481"/>
       <c r="E481"/>
       <c r="F481"/>
       <c r="G481"/>
       <c r="H481" t="s">
         <v>23</v>
       </c>
       <c r="I481" t="s">
         <v>24</v>
       </c>
       <c r="J481"/>
       <c r="K481"/>
       <c r="L481"/>
       <c r="M481"/>
       <c r="N481"/>
       <c r="O481"/>
       <c r="P481"/>
       <c r="Q481" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="482" spans="1:17">
       <c r="A482">
-        <v>11208</v>
+        <v>97962</v>
       </c>
       <c r="B482" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="C482"/>
       <c r="D482"/>
       <c r="E482"/>
       <c r="F482"/>
       <c r="G482"/>
       <c r="H482" t="s">
         <v>23</v>
       </c>
       <c r="I482" t="s">
         <v>24</v>
       </c>
       <c r="J482"/>
       <c r="K482"/>
       <c r="L482"/>
       <c r="M482"/>
       <c r="N482"/>
       <c r="O482"/>
       <c r="P482"/>
       <c r="Q482" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="483" spans="1:17">
       <c r="A483">
-        <v>97975</v>
+        <v>97978</v>
       </c>
       <c r="B483" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="C483"/>
       <c r="D483"/>
       <c r="E483"/>
       <c r="F483"/>
       <c r="G483"/>
       <c r="H483" t="s">
         <v>23</v>
       </c>
       <c r="I483" t="s">
         <v>24</v>
       </c>
       <c r="J483"/>
       <c r="K483"/>
       <c r="L483"/>
       <c r="M483"/>
       <c r="N483"/>
       <c r="O483"/>
       <c r="P483"/>
       <c r="Q483" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="484" spans="1:17">
       <c r="A484">
-        <v>97944</v>
+        <v>11137</v>
       </c>
       <c r="B484" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="C484"/>
       <c r="D484"/>
       <c r="E484"/>
       <c r="F484"/>
       <c r="G484"/>
       <c r="H484" t="s">
         <v>23</v>
       </c>
       <c r="I484" t="s">
         <v>24</v>
       </c>
       <c r="J484"/>
       <c r="K484"/>
       <c r="L484"/>
       <c r="M484"/>
       <c r="N484"/>
       <c r="O484"/>
       <c r="P484"/>
       <c r="Q484" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="485" spans="1:17">
       <c r="A485">
-        <v>98009</v>
+        <v>97988</v>
       </c>
       <c r="B485" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="C485"/>
       <c r="D485"/>
       <c r="E485"/>
       <c r="F485"/>
       <c r="G485"/>
       <c r="H485" t="s">
         <v>23</v>
       </c>
       <c r="I485" t="s">
         <v>24</v>
       </c>
       <c r="J485"/>
       <c r="K485"/>
       <c r="L485"/>
       <c r="M485"/>
       <c r="N485"/>
       <c r="O485"/>
       <c r="P485"/>
       <c r="Q485" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="486" spans="1:17">
       <c r="A486">
-        <v>30269</v>
+        <v>11208</v>
       </c>
       <c r="B486" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
       <c r="C486"/>
       <c r="D486"/>
       <c r="E486"/>
       <c r="F486"/>
       <c r="G486"/>
       <c r="H486" t="s">
         <v>23</v>
       </c>
       <c r="I486" t="s">
         <v>24</v>
       </c>
       <c r="J486"/>
       <c r="K486"/>
       <c r="L486"/>
       <c r="M486"/>
       <c r="N486"/>
       <c r="O486"/>
       <c r="P486"/>
       <c r="Q486" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="487" spans="1:17">
       <c r="A487">
-        <v>97943</v>
+        <v>97975</v>
       </c>
       <c r="B487" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="C487"/>
       <c r="D487"/>
       <c r="E487"/>
       <c r="F487"/>
       <c r="G487"/>
       <c r="H487" t="s">
         <v>23</v>
       </c>
       <c r="I487" t="s">
         <v>24</v>
       </c>
       <c r="J487"/>
       <c r="K487"/>
       <c r="L487"/>
       <c r="M487"/>
       <c r="N487"/>
       <c r="O487"/>
       <c r="P487"/>
       <c r="Q487" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="488" spans="1:17">
       <c r="A488">
-        <v>97965</v>
+        <v>97944</v>
       </c>
       <c r="B488" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
       <c r="C488"/>
       <c r="D488"/>
       <c r="E488"/>
       <c r="F488"/>
       <c r="G488"/>
       <c r="H488" t="s">
         <v>23</v>
       </c>
       <c r="I488" t="s">
         <v>24</v>
       </c>
       <c r="J488"/>
       <c r="K488"/>
       <c r="L488"/>
       <c r="M488"/>
       <c r="N488"/>
       <c r="O488"/>
       <c r="P488"/>
       <c r="Q488" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="489" spans="1:17">
       <c r="A489">
-        <v>30311</v>
+        <v>98009</v>
       </c>
       <c r="B489" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
       <c r="C489"/>
       <c r="D489"/>
       <c r="E489"/>
       <c r="F489"/>
       <c r="G489"/>
       <c r="H489" t="s">
         <v>23</v>
       </c>
       <c r="I489" t="s">
         <v>24</v>
       </c>
       <c r="J489"/>
       <c r="K489"/>
       <c r="L489"/>
       <c r="M489"/>
       <c r="N489"/>
       <c r="O489"/>
       <c r="P489"/>
       <c r="Q489" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="490" spans="1:17">
       <c r="A490">
-        <v>12001</v>
+        <v>30269</v>
       </c>
       <c r="B490" t="s">
-        <v>949</v>
+        <v>959</v>
       </c>
       <c r="C490"/>
       <c r="D490"/>
       <c r="E490"/>
       <c r="F490"/>
       <c r="G490"/>
       <c r="H490" t="s">
         <v>23</v>
       </c>
       <c r="I490" t="s">
         <v>24</v>
       </c>
       <c r="J490"/>
       <c r="K490"/>
       <c r="L490"/>
       <c r="M490"/>
       <c r="N490"/>
       <c r="O490"/>
       <c r="P490"/>
       <c r="Q490" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="491" spans="1:17">
       <c r="A491">
-        <v>30347</v>
+        <v>97943</v>
       </c>
       <c r="B491" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="C491"/>
       <c r="D491"/>
       <c r="E491"/>
       <c r="F491"/>
       <c r="G491"/>
       <c r="H491" t="s">
         <v>23</v>
       </c>
       <c r="I491" t="s">
         <v>24</v>
       </c>
       <c r="J491"/>
       <c r="K491"/>
       <c r="L491"/>
       <c r="M491"/>
       <c r="N491"/>
       <c r="O491"/>
       <c r="P491"/>
       <c r="Q491" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="492" spans="1:17">
+      <c r="A492">
+        <v>97965</v>
+      </c>
+      <c r="B492" t="s">
+        <v>961</v>
+      </c>
+      <c r="C492"/>
+      <c r="D492"/>
+      <c r="E492"/>
+      <c r="F492"/>
+      <c r="G492"/>
+      <c r="H492" t="s">
+        <v>23</v>
+      </c>
+      <c r="I492" t="s">
+        <v>24</v>
+      </c>
+      <c r="J492"/>
+      <c r="K492"/>
+      <c r="L492"/>
+      <c r="M492"/>
+      <c r="N492"/>
+      <c r="O492"/>
+      <c r="P492"/>
+      <c r="Q492" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="493" spans="1:17">
+      <c r="A493">
+        <v>30311</v>
+      </c>
+      <c r="B493" t="s">
+        <v>962</v>
+      </c>
+      <c r="C493"/>
+      <c r="D493"/>
+      <c r="E493"/>
+      <c r="F493"/>
+      <c r="G493"/>
+      <c r="H493" t="s">
+        <v>23</v>
+      </c>
+      <c r="I493" t="s">
+        <v>24</v>
+      </c>
+      <c r="J493"/>
+      <c r="K493"/>
+      <c r="L493"/>
+      <c r="M493"/>
+      <c r="N493"/>
+      <c r="O493"/>
+      <c r="P493"/>
+      <c r="Q493" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="494" spans="1:17">
+      <c r="A494">
+        <v>12001</v>
+      </c>
+      <c r="B494" t="s">
+        <v>963</v>
+      </c>
+      <c r="C494"/>
+      <c r="D494"/>
+      <c r="E494"/>
+      <c r="F494"/>
+      <c r="G494"/>
+      <c r="H494" t="s">
+        <v>23</v>
+      </c>
+      <c r="I494" t="s">
+        <v>24</v>
+      </c>
+      <c r="J494"/>
+      <c r="K494"/>
+      <c r="L494"/>
+      <c r="M494"/>
+      <c r="N494"/>
+      <c r="O494"/>
+      <c r="P494"/>
+      <c r="Q494" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="495" spans="1:17">
+      <c r="A495">
+        <v>30347</v>
+      </c>
+      <c r="B495" t="s">
+        <v>964</v>
+      </c>
+      <c r="C495"/>
+      <c r="D495"/>
+      <c r="E495"/>
+      <c r="F495"/>
+      <c r="G495"/>
+      <c r="H495" t="s">
+        <v>23</v>
+      </c>
+      <c r="I495" t="s">
+        <v>24</v>
+      </c>
+      <c r="J495"/>
+      <c r="K495"/>
+      <c r="L495"/>
+      <c r="M495"/>
+      <c r="N495"/>
+      <c r="O495"/>
+      <c r="P495"/>
+      <c r="Q495" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="496" spans="1:17">
+      <c r="A496">
+        <v>100160</v>
+      </c>
+      <c r="B496" t="s">
+        <v>965</v>
+      </c>
+      <c r="C496"/>
+      <c r="D496"/>
+      <c r="E496"/>
+      <c r="F496"/>
+      <c r="G496"/>
+      <c r="H496" t="s">
+        <v>23</v>
+      </c>
+      <c r="I496" t="s">
+        <v>24</v>
+      </c>
+      <c r="J496"/>
+      <c r="K496"/>
+      <c r="L496"/>
+      <c r="M496"/>
+      <c r="N496"/>
+      <c r="O496"/>
+      <c r="P496"/>
+      <c r="Q496" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="497" spans="1:17">
+      <c r="A497">
+        <v>100161</v>
+      </c>
+      <c r="B497" t="s">
+        <v>966</v>
+      </c>
+      <c r="C497"/>
+      <c r="D497"/>
+      <c r="E497"/>
+      <c r="F497"/>
+      <c r="G497"/>
+      <c r="H497" t="s">
+        <v>23</v>
+      </c>
+      <c r="I497" t="s">
+        <v>24</v>
+      </c>
+      <c r="J497"/>
+      <c r="K497"/>
+      <c r="L497"/>
+      <c r="M497"/>
+      <c r="N497"/>
+      <c r="O497"/>
+      <c r="P497"/>
+      <c r="Q497" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>