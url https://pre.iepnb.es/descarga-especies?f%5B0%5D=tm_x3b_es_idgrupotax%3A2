--- v0 (2025-10-18)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="319">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -513,50 +513,116 @@
     <t>Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial LC (Preocupación menor),  Región Mediterránea FV (Favorable)</t>
   </si>
   <si>
     <t>Los adultos tienen aspecto de rana y miden generalmente unos 30- 60 mm de longitud hocico-cloaca, aunque ocasionalmente pueden superar los 80 mm (datos de Knoepffler, 1962, de ejemplares de Port-Bou, más habituales son tallas de hasta 75 mm en machos y 72 mm en hembras, según Salvador y García París, 2001). Los machos son de mayor tamaño que las hembras, al contrario que la mayor parte de especies de anuros. El peso varía entre 20 y 50 g, y es también mayor en los machos (Knoepffler, 1962). La cabeza es aplastada, un poco más ancha que larga, con el hocico puntiagudo o redondeado, sin canto rostral y muy prominente con respecto a la mandíbula inferior. La lengua es casi inmóvil y de forma discoidal, como es característico en la familia Discoglossidae. Los dientes vomerianos forman una única serie, recta o ligeramente curvada y estrechamente interrumpida en el centro. El tímpano mide entre 3/5 y 2/3 del diámetro del ojo y se distingue con más claridad que en otras especies del género. Boulenger (1897, p. 131) indica que en al menos un ejemplar procedente de Argelia, el tímpano está completamente oculto bajo la piel y discute algunas excepciones con respecto a estas diferencias entre especies (en las otras especies ibéricas de Discoglossus el tímpano no es visible). La pupila es de forma acorazonada o abombada. El iris es dorado, con partes inferiores blanquecinas o amarillentas. Los dedos de los miembros anteriores son cortos; el primero es el más corto, el tercero el más largo y el segundo y cuarto más o menos de la misma longitud. Tienen tres tubérculos metacarpianos, el central es el de mayor tamaño, sobre todo en los machos. Las patas posteriores son relativamente cortas: la articulación tibio-tarsal no alcanza el hocico al extender la pata longitudinalmente. No presentan tubérculos subarticulares marcados, pero sí un pequeño tubérculo metatarsal interno. Las membranas interdigitales están bastante desarrolladas entre los dedos de las patas posteriores en los machos, pero están muy reducidas o ausentes en hembras y juveniles (1/4 o 1/3 de la longitud de los dedos). La piel es lisa, con granulaciones pero en menor cantidad que en D. galganoi. Presentan cordones glandulares longitudinales desde detrás de los ojos hasta la parte posterior del cuerpo. La piel ventral es lisa, excepto en las patas posteriores, que suelen presentar granulaciones cerca de la cloaca. En ocasiones también se observan pequeñas granulaciones en partes de la región gular y abdominal. La coloración dorsal es muy variable, de gris oliva a marrón rojizo, generalmente con reflejos metálicos, mientras que la piel ventral es blanquecina, grisácea o amarillenta. En cuanto a los diseños dorsales, como ocurre en las otras especies de Discoglossus presentes en la Península Ibérica existen tres variaciones principales que pueden darse de manera simultánea en una misma población: patrones rayados (tres bandas longitudinales claras, ver por ejemplo fotografías en Montori et al., 2007, p. 22; y Salvador &amp; García París, 2001, p. 122); moteados (manchas más o menos circulares, a menudo con bordes claros, dispuestas por todo el dorso, ver Montori et al., 2007, p. 22); y uniformes (el patrón menos común, ver por ejemplo Escoriza et al., 2007). Estos tres diseños dorsales fueron descritos como variedades por Schreiber (1912). Según Lantz (1947) los patrones de coloración siguen patrones de herencia mendeliana (ver también Alonso-Bedate, 1960). Presentan una banda temporal oscura desde el hocico hasta el tímpano y bandas transversales oscuras en la parte superior de los miembros posteriores. A menudo se observa una mancha oscura en forma triangular o acorazonada entre los ojos. Se han citado casos de albinismo (Boulenger, 1897). Boulenger (1897) y Knoepffler (1962) presentan descripciones detalladas e ilustradas con figuras de la osteología de D. pictus (exclusivamente la osteología craneal en el trabajo de Knoepffler, donde se discuten las diferencias con respecto a D. sardus).</t>
   </si>
   <si>
     <t>Bufotes boulengeri (Lataste, 1879)</t>
   </si>
   <si>
     <t>prueba_Sapo verde norteafricano (Castellano), African Green Toad (Inglés)</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Mundial</t>
   </si>
   <si>
     <t>El sapo verde norteafricano es un sapo de tamaño mediano que alcanza como máximo 10,7 cm (Schleich et al., 1996). Tiene la cabeza relativamente grande. En ella destacan dos glándulas parótidas grandes y paralelas. Los ojos son verdosos con la pupila negra. Los tímpanos son pequeños, se encuentran debajo de las glándulas parótidas y pasan desapercibidos. Tiene un aspecto redondeado, debido a su robusto cuerpo y cortas extremidades. Su piel es rugosa y llena de tubérculos.</t>
   </si>
   <si>
     <t>Bufo boulengeri Lataste, 1879</t>
+  </si>
+  <si>
+    <t>Duttaphrynus melanostictus (Schneider, 1799)</t>
+  </si>
+  <si>
+    <t>prueba_Sapo común asiático (Castellano), Asian Common Toad (Inglés), Asian Toad (Inglés), Common Sunda Toad (Inglés), Asian spined toad (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Sapo de tamaño medio, que llega a medir hasta 85 mm de longitud. Su cuerpo es robusto con la cabeza de pequeño tamaño y las patas cortas, con el primer dedo generalmente más largo que el segundo. Los dedos de las extremidades posteriores están palmeados. Su hocico es corto y romo. El tímpano es muy patente, ancho, al menos como dos tercios del diámetro del ojo. La coloración es variable, aunque el más común es el color amarillento o marrón, marcado con vetas más oscuras y manchas. La espalda está cubierta de verrugas espinosas, que suelen ser de color negro. El vientre es de color blanco sucio y carece de manchas. Los machos reproductores tienen la garganta de color amarillo-naranja brillante. Las glándulas parótidas son prominentes, con forma de riñón u ovalada. La piel es seca y presenta varias crestas óseas en la parte superior de la cabeza, una a lo largo del borde del hocico (cresta cantal), en frente del ojo (pre-orbitales), sobre el ojo (supra-orbitales), detrás del ojo (post-orbitales) y otra más corta entre el ojo y el oído (órbito-timpánica). Los juveniles presentan una banda negra en la garganta, carecen de verrugas y tienen el tímpano pequeño. Los renacuajos son pequeños, con el dorso negro y generalmente el vientre oscuro.</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013)</t>
+  </si>
+  <si>
+    <t>CEEEI: Incluido</t>
+  </si>
+  <si>
+    <t>Lithobates catesbeianus (Shaw, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Rana toro (Castellano), Rana toro americana (Castellano), Granota toro (Catalán), American Bullfrog (Inglés), Bullfrog (Inglés), Common Bullfrog (Inglés), Grenouille-taureau (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Es una rana de gran tamaño, con una longitud media de 10-17 cm, pudiendo llegar a superar los 40 cm de largo y el kilogramo de peso. La piel es lisa, sin verrugas, picos o arrugas. El cuerpo es robusto de coloración es variable, desde tonos café a distintos tonos de verde, con manchas más oscuras en el dorso, cabeza de color verde más claro y patas posteriores con bandas o manchas oscuras. El vientre es de color blanquecino, con algunas manchas grises. La cabeza es ancha y plana, con un pliegue de piel a cada lado que va desde detrás del ojo hasta el tímpano, visible, al que bordea. En los machos el tímpano es muy grande, varias veces mayor que el diámetro del ojo, con un borde oscuro, mientras que en las hembras no supera el tamaño del ojo. Los dedos de las patas posteriores, excepto el 4º, presentan membranas interdigitales Los renacuajos son excepcionalmente grandes, midiendo entre los 15 y los 18 cm de largo (el cuerpo puede llegar a tener el tamaño de una pelota de golf), de color marrón o verde oliva con pequeños puntos negros en el dorso. Los huevos son muy pequeños, de color negro, a veces con la parte inferior ligeramente más clara.</t>
+  </si>
+  <si>
+    <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo</t>
+  </si>
+  <si>
+    <t>Incluido</t>
+  </si>
+  <si>
+    <t>Rana catesbeiana Shaw, 1802</t>
+  </si>
+  <si>
+    <t>Rhinella marina (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>prueba_Sapo marino (Castellano), Sapo Común (Castellano), Sapo Grande (Castellano), Marine Toad (Inglés), Giant Marine Toad (Inglés), Giant Toad (Inglés), Cane toad (Inglés), Agua Toad (Inglés), Crapaud (Francés)</t>
+  </si>
+  <si>
+    <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
+  </si>
+  <si>
+    <t>Sapo robusto de gran tamaño, que llega a alcanzar los 15 cm de longitud, e incluso los supera. El color es variable, desde gris a marrón, pardo-rojizo y o verde oliva. El vientre es de color crema, pudiendo tener manchas marrones o negras. Su piel está surcada de verrugas y es áspera, con protuberancias que comienzan encima de los ojos y llegan al hocico. Las patas son cortas, con dedos en las extremidades posteriores unidos por membranas, de las que carecen lo anteriores, que son libres. Presentan una glándula parótida de gran tamaño detrás de cada ojo. Los ojos son dorados, con la pupila horizontal. El tímpano mide alrededor de la mitad a dos tercios del tamaño del ojo. Los jóvenes suelen ser lisos, de color oscuro a veces rojizo, y carecen de las grandes glándulas parótidas de los adultos. Los renacuajos tienen el dorso negro y el vientre blanco plateado con manchas negras.</t>
+  </si>
+  <si>
+    <t>Bufo marinus (Linnaeus, 1758)</t>
+  </si>
+  <si>
+    <t>Xenopus laevis (Daudin, 1802)</t>
+  </si>
+  <si>
+    <t>prueba_Rana de uñas africana (Castellano), Platanna (Inglés), Common Clawed Toad (Inglés), Clawed Frog (Inglés), Clawed Toad (Inglés), Common Clawed Frog (Inglés), African Clawed Toad (Inglés), Common Platanna (Inglés), Smooth Clawed Frog (Inglés), African clawed frog (Inglés)</t>
+  </si>
+  <si>
+    <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés</t>
+  </si>
+  <si>
+    <t>Especie de tamaño mediano, siendo las hembras bastante más grandes que los machos (las hembras pueden medir 15 cm, mientras que los machos no suelen superar los 7 cm). Los adultos presentan la piel lisa, con abundante mucosidad. La coloración es variable, con manchas gris oliva, café o gris en el dorso, mientras que el vientre puede ser blanquecino o amarillento. El cuerpo es aplanado, hidrodinámico y con la cabeza pequeña. La boca carece de lengua y tiene las mandíbulas dentadas. Los ojos se encuentran en posición dorsal ligeramente frontal. Las extremidades anteriores son pequeñas y carecen de membranas; las posteriores son musculosas y los pies presentan membranas interdigitales bien desarrolladas. Esta especie, a diferencia de otros anuros, no emite cantos, sino unos leves sonidos metálicos.</t>
   </si>
   <si>
     <t>Ichthyosaura alpestris (Laurenti, 1768)</t>
   </si>
   <si>
     <t>prueba_Tritón alpino (Castellano), Uhandre alpetarra (Euskera), Gailurretako uhandrea (Euskera), Sabandixa real (Gallego), Alpine Newt (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Gallego, Inglés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial, España</t>
   </si>
   <si>
     <t>Es un urodelo de pequeño tamaño, que no suele superar los 100 mm de longitud total. Durante el período reproductor los machos poseen una cresta dorsal poco desarrollada, que se inicia detrás de la cabeza y se extiende hasta la cola. La coloración dorsal es parda o azulada, con tonos grisáceos más o menos oscuros, pudiendo presentar un reticulado de manchas más oscuras. En la unión de los costados y el vientre aparece normalmente una banda blanca y/o azulada con reflejos metálicos, sobre la que se dispone un moteado de manchas oscuras que suele extenderse por los laterales de la cabeza y de la cola. Su coloración ventral normalmente es anaranjada o rojiza. Suelen presentar manchas oscuras en la garganta, la parte inferior de los miembros y en los márgenes del vientre, pero el vientre suele carecer de ellas. Las larvas tienen una talla de 7 a 9 mm al eclosionar y alcanzan una longitud total de 40 a 78 mm en el momento de la metamorfosis. Su coloración es parda verdosa, con reflejos metálicos en los costados, y el vientre de color claro. La cola presenta un reticulado muy oscuro, sobre todo en su extremo distal.</t>
   </si>
   <si>
     <t>Mesotriton alpestris (Laurenti, 1768), Triturus alpestris</t>
   </si>
   <si>
     <t>Rana pyrenaica Serra-Cobo, 1993</t>
   </si>
@@ -1250,68 +1316,68 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q94"/>
+  <dimension ref="A1:Q98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="376.194" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="266.506" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4728.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="192.239" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="252.367" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="203.95" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -2437,2359 +2503,2539 @@
       </c>
       <c r="G26" t="s">
         <v>165</v>
       </c>
       <c r="H26" t="s">
         <v>23</v>
       </c>
       <c r="I26" t="s">
         <v>24</v>
       </c>
       <c r="J26"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26" t="s">
         <v>166</v>
       </c>
       <c r="Q26" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>33080</v>
+        <v>10515</v>
       </c>
       <c r="B27" t="s">
         <v>167</v>
       </c>
       <c r="C27" t="s">
         <v>168</v>
       </c>
       <c r="D27" t="s">
         <v>169</v>
       </c>
       <c r="E27" t="s">
+        <v>163</v>
+      </c>
+      <c r="F27" t="s">
+        <v>164</v>
+      </c>
+      <c r="G27" t="s">
         <v>170</v>
       </c>
-      <c r="F27" t="s">
+      <c r="H27" t="s">
+        <v>23</v>
+      </c>
+      <c r="I27" t="s">
+        <v>24</v>
+      </c>
+      <c r="J27" t="s">
         <v>171</v>
       </c>
-      <c r="G27" t="s">
+      <c r="K27"/>
+      <c r="L27" t="s">
         <v>172</v>
       </c>
-      <c r="H27" t="s">
-[...11 lines deleted...]
-      <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
-      <c r="P27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P27"/>
       <c r="Q27" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>12056</v>
+        <v>10548</v>
       </c>
       <c r="B28" t="s">
+        <v>173</v>
+      </c>
+      <c r="C28" t="s">
         <v>174</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>175</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" t="s">
+        <v>163</v>
+      </c>
+      <c r="F28" t="s">
+        <v>164</v>
+      </c>
+      <c r="G28" t="s">
         <v>176</v>
       </c>
-      <c r="F28" t="s">
+      <c r="H28" t="s">
+        <v>23</v>
+      </c>
+      <c r="I28" t="s">
+        <v>24</v>
+      </c>
+      <c r="J28" t="s">
         <v>177</v>
       </c>
-      <c r="G28" t="s">
+      <c r="K28"/>
+      <c r="L28" t="s">
+        <v>172</v>
+      </c>
+      <c r="M28" t="s">
         <v>178</v>
       </c>
-      <c r="H28" t="s">
-[...12 lines deleted...]
-      <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
-      <c r="P28"/>
+      <c r="P28" t="s">
+        <v>179</v>
+      </c>
       <c r="Q28" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>11632</v>
+        <v>24210</v>
       </c>
       <c r="B29" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C29" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D29" t="s">
-        <v>47</v>
+        <v>182</v>
       </c>
       <c r="E29" t="s">
-        <v>181</v>
+        <v>163</v>
       </c>
       <c r="F29" t="s">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="G29" t="s">
         <v>183</v>
       </c>
       <c r="H29" t="s">
         <v>23</v>
       </c>
       <c r="I29" t="s">
         <v>24</v>
       </c>
       <c r="J29" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="L29"/>
+        <v>171</v>
+      </c>
+      <c r="K29"/>
+      <c r="L29" t="s">
+        <v>172</v>
+      </c>
       <c r="M29"/>
-      <c r="N29" t="s">
+      <c r="N29"/>
+      <c r="O29"/>
+      <c r="P29" t="s">
         <v>184</v>
       </c>
-      <c r="O29"/>
-      <c r="P29"/>
       <c r="Q29" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>11158</v>
+        <v>10471</v>
       </c>
       <c r="B30" t="s">
         <v>185</v>
       </c>
       <c r="C30" t="s">
         <v>186</v>
       </c>
       <c r="D30" t="s">
-        <v>152</v>
+        <v>187</v>
       </c>
       <c r="E30" t="s">
-        <v>187</v>
+        <v>163</v>
       </c>
       <c r="F30" t="s">
+        <v>164</v>
+      </c>
+      <c r="G30" t="s">
         <v>188</v>
       </c>
-      <c r="G30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H30" t="s">
         <v>23</v>
       </c>
       <c r="I30" t="s">
         <v>24</v>
       </c>
       <c r="J30" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-      <c r="M30"/>
+        <v>177</v>
+      </c>
+      <c r="K30"/>
+      <c r="L30" t="s">
+        <v>172</v>
+      </c>
+      <c r="M30" t="s">
+        <v>178</v>
+      </c>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>11790</v>
+        <v>33080</v>
       </c>
       <c r="B31" t="s">
+        <v>189</v>
+      </c>
+      <c r="C31" t="s">
         <v>190</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>191</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>192</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G31" t="s">
         <v>194</v>
       </c>
       <c r="H31" t="s">
         <v>23</v>
       </c>
       <c r="I31" t="s">
         <v>24</v>
       </c>
       <c r="J31" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="K31" t="s">
-        <v>195</v>
+        <v>74</v>
       </c>
       <c r="L31"/>
       <c r="M31"/>
-      <c r="N31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N31"/>
       <c r="O31"/>
-      <c r="P31"/>
+      <c r="P31" t="s">
+        <v>195</v>
+      </c>
       <c r="Q31" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>16220</v>
+        <v>12056</v>
       </c>
       <c r="B32" t="s">
+        <v>196</v>
+      </c>
+      <c r="C32" t="s">
         <v>197</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>152</v>
+      </c>
+      <c r="E32" t="s">
         <v>198</v>
       </c>
-      <c r="D32" t="s">
+      <c r="F32" t="s">
         <v>199</v>
       </c>
-      <c r="E32" t="s">
+      <c r="G32" t="s">
         <v>200</v>
       </c>
-      <c r="F32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H32" t="s">
         <v>23</v>
       </c>
       <c r="I32" t="s">
         <v>24</v>
       </c>
       <c r="J32" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="K32" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
-      <c r="N32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N32"/>
       <c r="O32"/>
-      <c r="P32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P32"/>
       <c r="Q32" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>12051</v>
+        <v>11632</v>
       </c>
       <c r="B33" t="s">
+        <v>201</v>
+      </c>
+      <c r="C33" t="s">
+        <v>202</v>
+      </c>
+      <c r="D33" t="s">
+        <v>47</v>
+      </c>
+      <c r="E33" t="s">
         <v>203</v>
       </c>
-      <c r="C33" t="s">
+      <c r="F33" t="s">
         <v>204</v>
       </c>
-      <c r="D33" t="s">
-[...2 lines deleted...]
-      <c r="E33" t="s">
+      <c r="G33" t="s">
         <v>205</v>
       </c>
-      <c r="F33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H33" t="s">
         <v>23</v>
       </c>
       <c r="I33" t="s">
         <v>24</v>
       </c>
       <c r="J33" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="K33" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L33"/>
       <c r="M33"/>
-      <c r="N33"/>
+      <c r="N33" t="s">
+        <v>206</v>
+      </c>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>10762</v>
+        <v>11158</v>
       </c>
       <c r="B34" t="s">
         <v>207</v>
       </c>
       <c r="C34" t="s">
         <v>208</v>
       </c>
       <c r="D34" t="s">
+        <v>152</v>
+      </c>
+      <c r="E34" t="s">
         <v>209</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>210</v>
       </c>
-      <c r="F34" t="s">
+      <c r="G34" t="s">
         <v>211</v>
       </c>
-      <c r="G34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H34" t="s">
         <v>23</v>
       </c>
       <c r="I34" t="s">
         <v>24</v>
       </c>
       <c r="J34" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="K34" t="s">
-        <v>195</v>
+        <v>74</v>
       </c>
       <c r="L34"/>
       <c r="M34"/>
-      <c r="N34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>32862</v>
+        <v>11790</v>
       </c>
       <c r="B35" t="s">
+        <v>212</v>
+      </c>
+      <c r="C35" t="s">
         <v>213</v>
       </c>
-      <c r="C35"/>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>214</v>
+      </c>
       <c r="E35" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F35" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="G35"/>
+        <v>210</v>
+      </c>
+      <c r="G35" t="s">
+        <v>216</v>
+      </c>
       <c r="H35" t="s">
         <v>23</v>
       </c>
       <c r="I35" t="s">
         <v>24</v>
       </c>
-      <c r="J35"/>
-      <c r="K35"/>
+      <c r="J35" t="s">
+        <v>33</v>
+      </c>
+      <c r="K35" t="s">
+        <v>217</v>
+      </c>
       <c r="L35"/>
       <c r="M35"/>
-      <c r="N35"/>
+      <c r="N35" t="s">
+        <v>218</v>
+      </c>
       <c r="O35"/>
-      <c r="P35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P35"/>
       <c r="Q35" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>32872</v>
+        <v>16220</v>
       </c>
       <c r="B36" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-      <c r="D36"/>
+        <v>219</v>
+      </c>
+      <c r="C36" t="s">
+        <v>220</v>
+      </c>
+      <c r="D36" t="s">
+        <v>221</v>
+      </c>
       <c r="E36" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="F36" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="G36"/>
+        <v>210</v>
+      </c>
+      <c r="G36" t="s">
+        <v>223</v>
+      </c>
       <c r="H36" t="s">
         <v>23</v>
       </c>
       <c r="I36" t="s">
         <v>24</v>
       </c>
-      <c r="J36"/>
-      <c r="K36"/>
+      <c r="J36" t="s">
+        <v>33</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
       <c r="L36"/>
       <c r="M36"/>
-      <c r="N36"/>
+      <c r="N36" t="s">
+        <v>35</v>
+      </c>
       <c r="O36"/>
-      <c r="P36"/>
+      <c r="P36" t="s">
+        <v>224</v>
+      </c>
       <c r="Q36" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>24211</v>
+        <v>12051</v>
       </c>
       <c r="B37" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="C37" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="D37" t="s">
-        <v>221</v>
+        <v>152</v>
       </c>
       <c r="E37" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F37" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="G37"/>
+        <v>210</v>
+      </c>
+      <c r="G37" t="s">
+        <v>228</v>
+      </c>
       <c r="H37" t="s">
         <v>23</v>
       </c>
       <c r="I37" t="s">
         <v>24</v>
       </c>
       <c r="J37" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37"/>
       <c r="M37"/>
-      <c r="N37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N37"/>
       <c r="O37"/>
-      <c r="P37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P37"/>
       <c r="Q37" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>28054</v>
+        <v>10762</v>
       </c>
       <c r="B38" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-      <c r="D38"/>
+        <v>229</v>
+      </c>
+      <c r="C38" t="s">
+        <v>230</v>
+      </c>
+      <c r="D38" t="s">
+        <v>231</v>
+      </c>
       <c r="E38" t="s">
-        <v>163</v>
+        <v>232</v>
       </c>
       <c r="F38" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="G38"/>
+        <v>233</v>
+      </c>
+      <c r="G38" t="s">
+        <v>234</v>
+      </c>
       <c r="H38" t="s">
         <v>23</v>
       </c>
       <c r="I38" t="s">
         <v>24</v>
       </c>
-      <c r="J38"/>
-      <c r="K38"/>
+      <c r="J38" t="s">
+        <v>33</v>
+      </c>
+      <c r="K38" t="s">
+        <v>217</v>
+      </c>
       <c r="L38"/>
       <c r="M38"/>
-      <c r="N38"/>
+      <c r="N38" t="s">
+        <v>35</v>
+      </c>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>28060</v>
+        <v>32862</v>
       </c>
       <c r="B39" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
-        <v>163</v>
+        <v>236</v>
       </c>
       <c r="F39" t="s">
-        <v>164</v>
+        <v>237</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
         <v>23</v>
       </c>
       <c r="I39" t="s">
         <v>24</v>
       </c>
       <c r="J39"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39"/>
-      <c r="P39"/>
+      <c r="P39" t="s">
+        <v>238</v>
+      </c>
       <c r="Q39" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>28149</v>
+        <v>32872</v>
       </c>
       <c r="B40" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="F40" t="s">
-        <v>164</v>
+        <v>237</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
         <v>23</v>
       </c>
       <c r="I40" t="s">
         <v>24</v>
       </c>
       <c r="J40"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>28150</v>
+        <v>24211</v>
       </c>
       <c r="B41" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-      <c r="D41"/>
+        <v>241</v>
+      </c>
+      <c r="C41" t="s">
+        <v>242</v>
+      </c>
+      <c r="D41" t="s">
+        <v>243</v>
+      </c>
       <c r="E41" t="s">
-        <v>163</v>
+        <v>244</v>
       </c>
       <c r="F41" t="s">
-        <v>164</v>
+        <v>245</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>23</v>
       </c>
       <c r="I41" t="s">
         <v>24</v>
       </c>
-      <c r="J41"/>
-      <c r="K41"/>
+      <c r="J41" t="s">
+        <v>33</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
       <c r="L41"/>
       <c r="M41"/>
-      <c r="N41"/>
+      <c r="N41" t="s">
+        <v>206</v>
+      </c>
       <c r="O41"/>
-      <c r="P41"/>
+      <c r="P41" t="s">
+        <v>246</v>
+      </c>
       <c r="Q41" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>30434</v>
+        <v>28054</v>
       </c>
       <c r="B42" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>163</v>
       </c>
       <c r="F42" t="s">
         <v>164</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>23</v>
       </c>
       <c r="I42" t="s">
         <v>24</v>
       </c>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
-      <c r="P42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P42"/>
       <c r="Q42" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>28162</v>
+        <v>28060</v>
       </c>
       <c r="B43" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>163</v>
       </c>
       <c r="F43" t="s">
         <v>164</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>23</v>
       </c>
       <c r="I43" t="s">
         <v>24</v>
       </c>
       <c r="J43"/>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>30436</v>
+        <v>28149</v>
       </c>
       <c r="B44" t="s">
-        <v>233</v>
+        <v>249</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
-        <v>163</v>
+        <v>250</v>
       </c>
       <c r="F44" t="s">
         <v>164</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>23</v>
       </c>
       <c r="I44" t="s">
         <v>24</v>
       </c>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>28378</v>
+        <v>28150</v>
       </c>
       <c r="B45" t="s">
-        <v>234</v>
+        <v>251</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>163</v>
       </c>
       <c r="F45" t="s">
         <v>164</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>23</v>
       </c>
       <c r="I45" t="s">
         <v>24</v>
       </c>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>28440</v>
+        <v>30434</v>
       </c>
       <c r="B46" t="s">
-        <v>235</v>
+        <v>252</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46" t="s">
         <v>163</v>
       </c>
       <c r="F46" t="s">
         <v>164</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>23</v>
       </c>
       <c r="I46" t="s">
         <v>24</v>
       </c>
       <c r="J46"/>
       <c r="K46"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
       <c r="O46"/>
-      <c r="P46"/>
+      <c r="P46" t="s">
+        <v>253</v>
+      </c>
       <c r="Q46" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>33021</v>
+        <v>28162</v>
       </c>
       <c r="B47" t="s">
-        <v>236</v>
+        <v>254</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47" t="s">
         <v>163</v>
       </c>
       <c r="F47" t="s">
         <v>164</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
         <v>23</v>
       </c>
       <c r="I47" t="s">
         <v>24</v>
       </c>
       <c r="J47"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>30566</v>
+        <v>30436</v>
       </c>
       <c r="B48" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48" t="s">
-        <v>238</v>
+        <v>163</v>
       </c>
       <c r="F48" t="s">
         <v>164</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>23</v>
       </c>
       <c r="I48" t="s">
         <v>24</v>
       </c>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>28591</v>
+        <v>28378</v>
       </c>
       <c r="B49" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49" t="s">
-        <v>240</v>
+        <v>163</v>
       </c>
       <c r="F49" t="s">
         <v>164</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>23</v>
       </c>
       <c r="I49" t="s">
         <v>24</v>
       </c>
       <c r="J49"/>
       <c r="K49"/>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49"/>
       <c r="O49"/>
       <c r="P49"/>
       <c r="Q49" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>28869</v>
+        <v>28440</v>
       </c>
       <c r="B50" t="s">
-        <v>241</v>
+        <v>257</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50" t="s">
         <v>163</v>
       </c>
       <c r="F50" t="s">
         <v>164</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>23</v>
       </c>
       <c r="I50" t="s">
         <v>24</v>
       </c>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>12066</v>
+        <v>33021</v>
       </c>
       <c r="B51" t="s">
-        <v>242</v>
-[...6 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="C51"/>
+      <c r="D51"/>
       <c r="E51" t="s">
-        <v>240</v>
+        <v>163</v>
       </c>
       <c r="F51" t="s">
         <v>164</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>23</v>
       </c>
       <c r="I51" t="s">
         <v>24</v>
       </c>
       <c r="J51"/>
       <c r="K51"/>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
       <c r="O51"/>
       <c r="P51"/>
       <c r="Q51" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>28898</v>
+        <v>30566</v>
       </c>
       <c r="B52" t="s">
-        <v>245</v>
+        <v>259</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52" t="s">
-        <v>163</v>
+        <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>164</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
         <v>23</v>
       </c>
       <c r="I52" t="s">
         <v>24</v>
       </c>
       <c r="J52"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
       <c r="O52"/>
       <c r="P52"/>
       <c r="Q52" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>28899</v>
+        <v>28591</v>
       </c>
       <c r="B53" t="s">
-        <v>246</v>
+        <v>261</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53" t="s">
-        <v>163</v>
+        <v>262</v>
       </c>
       <c r="F53" t="s">
         <v>164</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
         <v>23</v>
       </c>
       <c r="I53" t="s">
         <v>24</v>
       </c>
       <c r="J53"/>
       <c r="K53"/>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
       <c r="O53"/>
       <c r="P53"/>
       <c r="Q53" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>28901</v>
+        <v>28869</v>
       </c>
       <c r="B54" t="s">
-        <v>247</v>
+        <v>263</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
         <v>163</v>
       </c>
       <c r="F54" t="s">
         <v>164</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>23</v>
       </c>
       <c r="I54" t="s">
         <v>24</v>
       </c>
       <c r="J54"/>
       <c r="K54"/>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
       <c r="O54"/>
       <c r="P54"/>
       <c r="Q54" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>12033</v>
+        <v>12066</v>
       </c>
       <c r="B55" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="C55" t="s">
-        <v>249</v>
+        <v>265</v>
       </c>
       <c r="D55" t="s">
-        <v>250</v>
+        <v>266</v>
       </c>
       <c r="E55" t="s">
-        <v>163</v>
+        <v>262</v>
       </c>
       <c r="F55" t="s">
         <v>164</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>23</v>
       </c>
       <c r="I55" t="s">
         <v>24</v>
       </c>
       <c r="J55"/>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>28902</v>
+        <v>28898</v>
       </c>
       <c r="B56" t="s">
-        <v>251</v>
+        <v>267</v>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56" t="s">
         <v>163</v>
       </c>
       <c r="F56" t="s">
         <v>164</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56" t="s">
         <v>24</v>
       </c>
       <c r="J56"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
-        <v>12176</v>
+        <v>28899</v>
       </c>
       <c r="B57" t="s">
-        <v>252</v>
-[...6 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="C57"/>
+      <c r="D57"/>
       <c r="E57" t="s">
         <v>163</v>
       </c>
       <c r="F57" t="s">
         <v>164</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>23</v>
       </c>
       <c r="I57" t="s">
         <v>24</v>
       </c>
       <c r="J57"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
-        <v>30988</v>
+        <v>28901</v>
       </c>
       <c r="B58" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58" t="s">
         <v>163</v>
       </c>
       <c r="F58" t="s">
         <v>164</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>23</v>
       </c>
       <c r="I58" t="s">
         <v>24</v>
       </c>
       <c r="J58"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
       <c r="O58"/>
       <c r="P58"/>
       <c r="Q58" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
-        <v>28937</v>
+        <v>12033</v>
       </c>
       <c r="B59" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-      <c r="D59"/>
+        <v>270</v>
+      </c>
+      <c r="C59" t="s">
+        <v>271</v>
+      </c>
+      <c r="D59" t="s">
+        <v>272</v>
+      </c>
       <c r="E59" t="s">
         <v>163</v>
       </c>
       <c r="F59" t="s">
         <v>164</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>23</v>
       </c>
       <c r="I59" t="s">
         <v>24</v>
       </c>
       <c r="J59"/>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
-        <v>28989</v>
+        <v>28902</v>
       </c>
       <c r="B60" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60" t="s">
-        <v>238</v>
+        <v>163</v>
       </c>
       <c r="F60" t="s">
         <v>164</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60" t="s">
         <v>24</v>
       </c>
       <c r="J60"/>
       <c r="K60"/>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60"/>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>29348</v>
+        <v>12176</v>
       </c>
       <c r="B61" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-      <c r="D61"/>
+        <v>274</v>
+      </c>
+      <c r="C61" t="s">
+        <v>275</v>
+      </c>
+      <c r="D61" t="s">
+        <v>276</v>
+      </c>
       <c r="E61" t="s">
-        <v>228</v>
+        <v>163</v>
       </c>
       <c r="F61" t="s">
         <v>164</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>23</v>
       </c>
       <c r="I61" t="s">
         <v>24</v>
       </c>
       <c r="J61"/>
       <c r="K61"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61"/>
       <c r="O61"/>
       <c r="P61"/>
       <c r="Q61" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>29359</v>
+        <v>30988</v>
       </c>
       <c r="B62" t="s">
-        <v>259</v>
+        <v>277</v>
       </c>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62" t="s">
         <v>163</v>
       </c>
       <c r="F62" t="s">
         <v>164</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62" t="s">
         <v>24</v>
       </c>
       <c r="J62"/>
       <c r="K62"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62"/>
       <c r="O62"/>
       <c r="P62"/>
       <c r="Q62" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>29360</v>
+        <v>28937</v>
       </c>
       <c r="B63" t="s">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63" t="s">
         <v>163</v>
       </c>
       <c r="F63" t="s">
         <v>164</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>23</v>
       </c>
       <c r="I63" t="s">
         <v>24</v>
       </c>
       <c r="J63"/>
       <c r="K63"/>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63"/>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>29437</v>
+        <v>28989</v>
       </c>
       <c r="B64" t="s">
-        <v>261</v>
+        <v>279</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F64" t="s">
         <v>164</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
         <v>23</v>
       </c>
       <c r="I64" t="s">
         <v>24</v>
       </c>
       <c r="J64"/>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>29438</v>
+        <v>29348</v>
       </c>
       <c r="B65" t="s">
-        <v>263</v>
+        <v>280</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65" t="s">
-        <v>163</v>
+        <v>250</v>
       </c>
       <c r="F65" t="s">
         <v>164</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>23</v>
       </c>
       <c r="I65" t="s">
         <v>24</v>
       </c>
       <c r="J65"/>
       <c r="K65"/>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>29439</v>
+        <v>29359</v>
       </c>
       <c r="B66" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66" t="s">
-        <v>262</v>
+        <v>163</v>
       </c>
       <c r="F66" t="s">
         <v>164</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66" t="s">
         <v>24</v>
       </c>
       <c r="J66"/>
       <c r="K66"/>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
       <c r="O66"/>
       <c r="P66"/>
       <c r="Q66" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>31217</v>
+        <v>29360</v>
       </c>
       <c r="B67" t="s">
-        <v>265</v>
+        <v>282</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67" t="s">
         <v>163</v>
       </c>
       <c r="F67" t="s">
         <v>164</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
         <v>24</v>
       </c>
       <c r="J67"/>
       <c r="K67"/>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
       <c r="O67"/>
       <c r="P67"/>
       <c r="Q67" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>29548</v>
+        <v>29437</v>
       </c>
       <c r="B68" t="s">
-        <v>266</v>
+        <v>283</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68" t="s">
-        <v>163</v>
+        <v>284</v>
       </c>
       <c r="F68" t="s">
         <v>164</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
         <v>24</v>
       </c>
       <c r="J68"/>
       <c r="K68"/>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
       <c r="O68"/>
       <c r="P68"/>
       <c r="Q68" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>31251</v>
+        <v>29438</v>
       </c>
       <c r="B69" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69" t="s">
-        <v>240</v>
+        <v>163</v>
       </c>
       <c r="F69" t="s">
         <v>164</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
         <v>24</v>
       </c>
       <c r="J69"/>
       <c r="K69"/>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>31324</v>
+        <v>29439</v>
       </c>
       <c r="B70" t="s">
-        <v>268</v>
+        <v>286</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70" t="s">
-        <v>262</v>
+        <v>284</v>
       </c>
       <c r="F70" t="s">
         <v>164</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>23</v>
       </c>
       <c r="I70" t="s">
         <v>24</v>
       </c>
       <c r="J70"/>
       <c r="K70"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
       <c r="O70"/>
       <c r="P70"/>
       <c r="Q70" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>29741</v>
+        <v>31217</v>
       </c>
       <c r="B71" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71" t="s">
         <v>163</v>
       </c>
       <c r="F71" t="s">
         <v>164</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>23</v>
       </c>
       <c r="I71" t="s">
         <v>24</v>
       </c>
       <c r="J71"/>
       <c r="K71"/>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
-        <v>29760</v>
+        <v>29548</v>
       </c>
       <c r="B72" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72" t="s">
         <v>163</v>
       </c>
       <c r="F72" t="s">
         <v>164</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
         <v>24</v>
       </c>
       <c r="J72"/>
       <c r="K72"/>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
       <c r="O72"/>
       <c r="P72"/>
       <c r="Q72" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
-        <v>29991</v>
+        <v>31251</v>
       </c>
       <c r="B73" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73" t="s">
-        <v>163</v>
+        <v>262</v>
       </c>
       <c r="F73" t="s">
         <v>164</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>23</v>
       </c>
       <c r="I73" t="s">
         <v>24</v>
       </c>
       <c r="J73"/>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
       <c r="O73"/>
       <c r="P73"/>
       <c r="Q73" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
-        <v>80037</v>
+        <v>31324</v>
       </c>
       <c r="B74" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74" t="s">
-        <v>163</v>
+        <v>284</v>
       </c>
       <c r="F74" t="s">
         <v>164</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
         <v>24</v>
       </c>
       <c r="J74"/>
       <c r="K74"/>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
       <c r="O74"/>
       <c r="P74"/>
       <c r="Q74" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
-        <v>30011</v>
+        <v>29741</v>
       </c>
       <c r="B75" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75" t="s">
         <v>163</v>
       </c>
       <c r="F75" t="s">
         <v>164</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>23</v>
       </c>
       <c r="I75" t="s">
         <v>24</v>
       </c>
       <c r="J75"/>
       <c r="K75"/>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
       <c r="O75"/>
-      <c r="P75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P75"/>
       <c r="Q75" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
-        <v>30481</v>
+        <v>29760</v>
       </c>
       <c r="B76" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76" t="s">
-        <v>238</v>
+        <v>163</v>
       </c>
       <c r="F76" t="s">
         <v>164</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
         <v>23</v>
       </c>
       <c r="I76" t="s">
         <v>24</v>
       </c>
       <c r="J76"/>
       <c r="K76"/>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76"/>
       <c r="O76"/>
       <c r="P76"/>
       <c r="Q76" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
-        <v>30274</v>
+        <v>29991</v>
       </c>
       <c r="B77" t="s">
-        <v>276</v>
+        <v>293</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77" t="s">
         <v>163</v>
       </c>
       <c r="F77" t="s">
         <v>164</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>23</v>
       </c>
       <c r="I77" t="s">
         <v>24</v>
       </c>
       <c r="J77"/>
       <c r="K77"/>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77"/>
       <c r="O77"/>
       <c r="P77"/>
       <c r="Q77" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
-        <v>31167</v>
+        <v>80037</v>
       </c>
       <c r="B78" t="s">
-        <v>277</v>
+        <v>294</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78" t="s">
-        <v>238</v>
+        <v>163</v>
       </c>
       <c r="F78" t="s">
         <v>164</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>23</v>
       </c>
       <c r="I78" t="s">
         <v>24</v>
       </c>
       <c r="J78"/>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
       <c r="O78"/>
       <c r="P78"/>
       <c r="Q78" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>31082</v>
+        <v>30011</v>
       </c>
       <c r="B79" t="s">
-        <v>278</v>
+        <v>295</v>
       </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79" t="s">
         <v>163</v>
       </c>
       <c r="F79" t="s">
         <v>164</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
         <v>24</v>
       </c>
       <c r="J79"/>
       <c r="K79"/>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79"/>
       <c r="O79"/>
-      <c r="P79"/>
+      <c r="P79" t="s">
+        <v>296</v>
+      </c>
       <c r="Q79" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>98957</v>
+        <v>30481</v>
       </c>
       <c r="B80" t="s">
-        <v>279</v>
+        <v>297</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
-      <c r="E80"/>
-      <c r="F80"/>
+      <c r="E80" t="s">
+        <v>260</v>
+      </c>
+      <c r="F80" t="s">
+        <v>164</v>
+      </c>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
         <v>24</v>
       </c>
       <c r="J80"/>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
       <c r="O80"/>
       <c r="P80"/>
       <c r="Q80" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>97934</v>
+        <v>30274</v>
       </c>
       <c r="B81" t="s">
-        <v>280</v>
+        <v>298</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
-      <c r="E81"/>
-      <c r="F81"/>
+      <c r="E81" t="s">
+        <v>163</v>
+      </c>
+      <c r="F81" t="s">
+        <v>164</v>
+      </c>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>23</v>
       </c>
       <c r="I81" t="s">
         <v>24</v>
       </c>
       <c r="J81"/>
       <c r="K81"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81"/>
       <c r="O81"/>
       <c r="P81"/>
       <c r="Q81" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>24310</v>
+        <v>31167</v>
       </c>
       <c r="B82" t="s">
-        <v>281</v>
-[...8 lines deleted...]
-      <c r="F82"/>
+        <v>299</v>
+      </c>
+      <c r="C82"/>
+      <c r="D82"/>
+      <c r="E82" t="s">
+        <v>260</v>
+      </c>
+      <c r="F82" t="s">
+        <v>164</v>
+      </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>23</v>
       </c>
       <c r="I82" t="s">
         <v>24</v>
       </c>
       <c r="J82"/>
       <c r="K82"/>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
       <c r="O82"/>
       <c r="P82"/>
       <c r="Q82" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>28900</v>
+        <v>31082</v>
       </c>
       <c r="B83" t="s">
-        <v>284</v>
+        <v>300</v>
       </c>
       <c r="C83"/>
       <c r="D83"/>
-      <c r="E83"/>
-      <c r="F83"/>
+      <c r="E83" t="s">
+        <v>163</v>
+      </c>
+      <c r="F83" t="s">
+        <v>164</v>
+      </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
         <v>24</v>
       </c>
       <c r="J83"/>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83"/>
       <c r="O83"/>
       <c r="P83"/>
       <c r="Q83" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>97982</v>
+        <v>98957</v>
       </c>
       <c r="B84" t="s">
-        <v>285</v>
+        <v>301</v>
       </c>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
         <v>24</v>
       </c>
       <c r="J84"/>
       <c r="K84"/>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
       <c r="O84"/>
       <c r="P84"/>
       <c r="Q84" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
-        <v>29259</v>
+        <v>97934</v>
       </c>
       <c r="B85" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>23</v>
       </c>
       <c r="I85" t="s">
         <v>24</v>
       </c>
       <c r="J85"/>
       <c r="K85"/>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85"/>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
-        <v>98949</v>
+        <v>24310</v>
       </c>
       <c r="B86" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-      <c r="D86"/>
+        <v>303</v>
+      </c>
+      <c r="C86" t="s">
+        <v>304</v>
+      </c>
+      <c r="D86" t="s">
+        <v>305</v>
+      </c>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
         <v>24</v>
       </c>
       <c r="J86"/>
       <c r="K86"/>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86"/>
       <c r="O86"/>
       <c r="P86"/>
       <c r="Q86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
-        <v>98960</v>
+        <v>28900</v>
       </c>
       <c r="B87" t="s">
-        <v>288</v>
+        <v>306</v>
       </c>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>23</v>
       </c>
       <c r="I87" t="s">
         <v>24</v>
       </c>
       <c r="J87"/>
       <c r="K87"/>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87"/>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
-        <v>16223</v>
+        <v>97982</v>
       </c>
       <c r="B88" t="s">
-        <v>289</v>
+        <v>307</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
         <v>24</v>
       </c>
       <c r="J88"/>
       <c r="K88"/>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88"/>
       <c r="O88"/>
       <c r="P88"/>
       <c r="Q88" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
-        <v>16224</v>
+        <v>29259</v>
       </c>
       <c r="B89" t="s">
-        <v>290</v>
-[...6 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="C89"/>
+      <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
         <v>24</v>
       </c>
       <c r="J89"/>
       <c r="K89"/>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89"/>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
-        <v>31325</v>
+        <v>98949</v>
       </c>
       <c r="B90" t="s">
-        <v>292</v>
+        <v>309</v>
       </c>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
         <v>24</v>
       </c>
       <c r="J90"/>
       <c r="K90"/>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
       <c r="O90"/>
       <c r="P90"/>
       <c r="Q90" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
-        <v>80153</v>
+        <v>98960</v>
       </c>
       <c r="B91" t="s">
-        <v>293</v>
+        <v>310</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
         <v>24</v>
       </c>
       <c r="J91"/>
       <c r="K91"/>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
       <c r="O91"/>
       <c r="P91"/>
       <c r="Q91" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
-        <v>80184</v>
+        <v>16223</v>
       </c>
       <c r="B92" t="s">
-        <v>294</v>
+        <v>311</v>
       </c>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>23</v>
       </c>
       <c r="I92" t="s">
         <v>24</v>
       </c>
       <c r="J92"/>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
       <c r="O92"/>
       <c r="P92"/>
       <c r="Q92" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
-        <v>98014</v>
+        <v>16224</v>
       </c>
       <c r="B93" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-      <c r="D93"/>
+        <v>312</v>
+      </c>
+      <c r="C93" t="s">
+        <v>313</v>
+      </c>
+      <c r="D93" t="s">
+        <v>52</v>
+      </c>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>23</v>
       </c>
       <c r="I93" t="s">
         <v>24</v>
       </c>
       <c r="J93"/>
       <c r="K93"/>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
       <c r="O93"/>
       <c r="P93"/>
       <c r="Q93" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
-        <v>98013</v>
+        <v>31325</v>
       </c>
       <c r="B94" t="s">
-        <v>296</v>
+        <v>314</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94"/>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>23</v>
       </c>
       <c r="I94" t="s">
         <v>24</v>
       </c>
       <c r="J94"/>
       <c r="K94"/>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
       <c r="O94"/>
       <c r="P94"/>
       <c r="Q94" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17">
+      <c r="A95">
+        <v>80153</v>
+      </c>
+      <c r="B95" t="s">
+        <v>315</v>
+      </c>
+      <c r="C95"/>
+      <c r="D95"/>
+      <c r="E95"/>
+      <c r="F95"/>
+      <c r="G95"/>
+      <c r="H95" t="s">
+        <v>23</v>
+      </c>
+      <c r="I95" t="s">
+        <v>24</v>
+      </c>
+      <c r="J95"/>
+      <c r="K95"/>
+      <c r="L95"/>
+      <c r="M95"/>
+      <c r="N95"/>
+      <c r="O95"/>
+      <c r="P95"/>
+      <c r="Q95" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17">
+      <c r="A96">
+        <v>80184</v>
+      </c>
+      <c r="B96" t="s">
+        <v>316</v>
+      </c>
+      <c r="C96"/>
+      <c r="D96"/>
+      <c r="E96"/>
+      <c r="F96"/>
+      <c r="G96"/>
+      <c r="H96" t="s">
+        <v>23</v>
+      </c>
+      <c r="I96" t="s">
+        <v>24</v>
+      </c>
+      <c r="J96"/>
+      <c r="K96"/>
+      <c r="L96"/>
+      <c r="M96"/>
+      <c r="N96"/>
+      <c r="O96"/>
+      <c r="P96"/>
+      <c r="Q96" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17">
+      <c r="A97">
+        <v>98014</v>
+      </c>
+      <c r="B97" t="s">
+        <v>317</v>
+      </c>
+      <c r="C97"/>
+      <c r="D97"/>
+      <c r="E97"/>
+      <c r="F97"/>
+      <c r="G97"/>
+      <c r="H97" t="s">
+        <v>23</v>
+      </c>
+      <c r="I97" t="s">
+        <v>24</v>
+      </c>
+      <c r="J97"/>
+      <c r="K97"/>
+      <c r="L97"/>
+      <c r="M97"/>
+      <c r="N97"/>
+      <c r="O97"/>
+      <c r="P97"/>
+      <c r="Q97" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17">
+      <c r="A98">
+        <v>98013</v>
+      </c>
+      <c r="B98" t="s">
+        <v>318</v>
+      </c>
+      <c r="C98"/>
+      <c r="D98"/>
+      <c r="E98"/>
+      <c r="F98"/>
+      <c r="G98"/>
+      <c r="H98" t="s">
+        <v>23</v>
+      </c>
+      <c r="I98" t="s">
+        <v>24</v>
+      </c>
+      <c r="J98"/>
+      <c r="K98"/>
+      <c r="L98"/>
+      <c r="M98"/>
+      <c r="N98"/>
+      <c r="O98"/>
+      <c r="P98"/>
+      <c r="Q98" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>