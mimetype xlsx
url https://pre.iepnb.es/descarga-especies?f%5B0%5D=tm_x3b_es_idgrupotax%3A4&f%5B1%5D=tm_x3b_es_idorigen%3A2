--- v0 (2025-11-11)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="especies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2176">
   <si>
     <t>Código de la especie (id taxon)</t>
   </si>
   <si>
     <t>Nombre aceptado</t>
   </si>
   <si>
     <t>Nombres comunes</t>
   </si>
   <si>
     <t>Nombre idioma</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN</t>
   </si>
   <si>
     <t>Categoría de amenaza UICN nacional o mundial</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
@@ -5813,59 +5813,50 @@
   <si>
     <t>Phalacrocorax aristotelis desmarestii (Payraudeau, 1826)</t>
   </si>
   <si>
     <t>Hydrobates pelagicus pelagicus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Lanius excubitor koenigi E.Hartert, 1901</t>
   </si>
   <si>
     <t>prueba_Alcaudón real (Castellano), Alcaudón canario (Castellano)</t>
   </si>
   <si>
     <t>Lanius meridionalis koenigi</t>
   </si>
   <si>
     <t>Linaria cannabina harterti (Bannerman, 1913)</t>
   </si>
   <si>
     <t>prueba_Pardillo común (Castellano), Pardillo majorero (Castellano)</t>
   </si>
   <si>
     <t>Carduelis cannabina harterti</t>
   </si>
   <si>
-    <t>Linaria cannabina meadewaldoi (Hartert, 1901)</t>
-[...7 lines deleted...]
-  <si>
     <t>Motacilla cinerea subsp. canariensis Tunstall, 1771</t>
   </si>
   <si>
     <t>prueba_Lavandera cascadeña (Castellano), Alpispa (Castellano)</t>
   </si>
   <si>
     <t>Neophron percnopterus majorensis Donazar, Negro, Palacios, Gangoso, Godoy, Ceballos, Hiraldo &amp; Capote, 2002</t>
   </si>
   <si>
     <t>prueba_Alimoche canario (Castellano), Guirre (Castellano), Alimoche común (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano</t>
   </si>
   <si>
     <t>España CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Pelagodroma marina hypoleuca</t>
   </si>
   <si>
     <t>prueba_Paíño pechialbo (Castellano), Ekaitz-txori azpizuria (Euskera), Petrell carablanc (Catalán), Paíño papobranco (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego</t>
@@ -6335,80 +6326,86 @@
   <si>
     <t>prueba_Herrerillo común (Castellano), Herrerillo de corbata (Castellano)</t>
   </si>
   <si>
     <t>Parus teneriffae</t>
   </si>
   <si>
     <t>Erithacus marionae Dietzen, Michels &amp; Wink, 2015</t>
   </si>
   <si>
     <t>prueba_Petirrojo de Gran Canaria (Castellano)</t>
   </si>
   <si>
     <t>Erithacus rubecula marionae Dietzen, Michels &amp; Wink, 2015</t>
   </si>
   <si>
     <t>Erithacus rubecula rubecula (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Erithacus superbus Koenig, 1889</t>
   </si>
   <si>
     <t>prueba_Petirrojo tinerfeño (Castellano)</t>
   </si>
   <si>
+    <t>Falco biarmicus erlangeri Kleinschmidt, 1901</t>
+  </si>
+  <si>
     <t>Falco tinnunculus tinnunculus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Fringilla canariensis bakeri Illera, Rando, Rodríguez-Expósito, Hernández, Claramunt &amp; Martín, 2018</t>
   </si>
   <si>
     <t>prueba_Pinzón canario (Castellano)</t>
   </si>
   <si>
     <t>Fringilla canariensis canariensis Vieillot, 1817</t>
   </si>
   <si>
     <t>prueba_Pinzón tintillón (Castellano)</t>
   </si>
   <si>
     <t>Fringilla coelebs coelebs Linnaeus, 1758</t>
   </si>
   <si>
     <t>Fulmarus glacialis auduboni Linnaeus, 1758</t>
   </si>
   <si>
     <t>Gavia arctica arctica Linnaeus, 1758</t>
   </si>
   <si>
     <t>Gelochelidon nilotica nilotica Gmelin, 1789</t>
   </si>
   <si>
     <t>Sterna nilotica nilotica</t>
   </si>
   <si>
+    <t>Haliaeetus albicilla albicilla (Linnaeus, 1758)</t>
+  </si>
+  <si>
     <t>Hydrobates pelagicus melitensis (Schembri, 1843)</t>
   </si>
   <si>
     <t>Larus argentatus argentatus Pontoppidan, 1763</t>
   </si>
   <si>
     <t>Larus argentatus argenteus Brehm, 1822</t>
   </si>
   <si>
     <t>Larus canus canus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Larus dominicanus vetula Lichtenstein, 1823</t>
   </si>
   <si>
     <t>Larus fuscus fuscus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Larus fuscus graellsii Brehm, 1857</t>
   </si>
   <si>
     <t>Larus fuscus intermedius Schiôler, 1922</t>
   </si>
   <si>
     <t>Larus glaucoides glaucoides Meyer, 1822</t>
@@ -6518,60 +6515,66 @@
   <si>
     <t>Rissa tridactyla tridactyla Linnaeus, 1758</t>
   </si>
   <si>
     <t>Somateria mollissima mollissima Linnaeus, 1758</t>
   </si>
   <si>
     <t>Stercorarius longicaudus longicaudus Vieillot, 1819</t>
   </si>
   <si>
     <t>Sterna dougallii dougallii Montagu, 1813</t>
   </si>
   <si>
     <t>Sterna hirundo hirundo Linnaeus, 1758</t>
   </si>
   <si>
     <t>Sternula albifrons albifrons Pallas, 1764</t>
   </si>
   <si>
     <t>Sterna albifrons albifrons</t>
   </si>
   <si>
     <t>Sylvia atricapilla heineken (Jardine, 1830)</t>
   </si>
   <si>
+    <t>Tetrastes bonasia styriacus (Jordans &amp; Schiebel, 1944)</t>
+  </si>
+  <si>
     <t>Thalasseus bengalensis emigratus Neumann, 1934</t>
   </si>
   <si>
     <t>Thalasseus maximus albididorsalis Hartert, 1921</t>
   </si>
   <si>
     <t>Thalasseus maximus albidorsalis Hartert, 1921</t>
   </si>
   <si>
     <t>Thalasseus maximus maximus Boddaert, 1783</t>
+  </si>
+  <si>
+    <t>Turnix sylvaticus sylvaticus (Desfontaines, 1789)</t>
   </si>
   <si>
     <t>Tyto alba alba (Scopoli, 1769)</t>
   </si>
   <si>
     <t>Uria aalge aalge Pontoppidan, 1763</t>
   </si>
   <si>
     <t>Uria aalge albionis Witherby, 1923</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -6884,51 +6887,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q672"/>
+  <dimension ref="A1:Q675"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="414.042" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="168.53" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2815.884" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="189.811" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -29583,4843 +29586,4920 @@
       <c r="F530" t="s">
         <v>45</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
         <v>23</v>
       </c>
       <c r="I530" t="s">
         <v>24</v>
       </c>
       <c r="J530"/>
       <c r="K530"/>
       <c r="L530"/>
       <c r="M530"/>
       <c r="N530"/>
       <c r="O530"/>
       <c r="P530" t="s">
         <v>1932</v>
       </c>
       <c r="Q530" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="531" spans="1:17">
       <c r="A531">
-        <v>79727</v>
+        <v>10897</v>
       </c>
       <c r="B531" t="s">
         <v>1933</v>
       </c>
       <c r="C531" t="s">
         <v>1934</v>
       </c>
       <c r="D531" t="s">
         <v>1880</v>
       </c>
       <c r="E531" t="s">
         <v>1875</v>
       </c>
       <c r="F531" t="s">
         <v>45</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
         <v>23</v>
       </c>
       <c r="I531" t="s">
         <v>24</v>
       </c>
       <c r="J531"/>
       <c r="K531"/>
       <c r="L531"/>
       <c r="M531"/>
       <c r="N531"/>
       <c r="O531"/>
-      <c r="P531" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P531"/>
       <c r="Q531" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="532" spans="1:17">
       <c r="A532">
-        <v>10897</v>
+        <v>23776</v>
       </c>
       <c r="B532" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C532" t="s">
         <v>1936</v>
       </c>
-      <c r="C532" t="s">
+      <c r="D532" t="s">
         <v>1937</v>
       </c>
-      <c r="D532" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E532" t="s">
-        <v>1875</v>
+        <v>1938</v>
       </c>
       <c r="F532" t="s">
         <v>45</v>
       </c>
       <c r="G532"/>
       <c r="H532" t="s">
         <v>23</v>
       </c>
       <c r="I532" t="s">
         <v>24</v>
       </c>
-      <c r="J532"/>
-      <c r="K532"/>
+      <c r="J532" t="s">
+        <v>25</v>
+      </c>
+      <c r="K532" t="s">
+        <v>61</v>
+      </c>
       <c r="L532"/>
       <c r="M532"/>
       <c r="N532"/>
       <c r="O532"/>
       <c r="P532"/>
       <c r="Q532" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="533" spans="1:17">
       <c r="A533">
-        <v>23776</v>
+        <v>23779</v>
       </c>
       <c r="B533" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="C533" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="D533" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="E533" t="s">
-        <v>1941</v>
+        <v>1873</v>
       </c>
       <c r="F533" t="s">
         <v>45</v>
       </c>
       <c r="G533"/>
       <c r="H533" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I533" t="s">
         <v>24</v>
       </c>
-      <c r="J533" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J533"/>
+      <c r="K533"/>
       <c r="L533"/>
       <c r="M533"/>
       <c r="N533"/>
       <c r="O533"/>
       <c r="P533"/>
       <c r="Q533" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="534" spans="1:17">
       <c r="A534">
-        <v>23779</v>
+        <v>93918</v>
       </c>
       <c r="B534" t="s">
         <v>1942</v>
       </c>
-      <c r="C534" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C534"/>
+      <c r="D534"/>
       <c r="E534" t="s">
         <v>1873</v>
       </c>
       <c r="F534" t="s">
         <v>45</v>
       </c>
       <c r="G534"/>
       <c r="H534" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I534" t="s">
         <v>24</v>
       </c>
       <c r="J534"/>
       <c r="K534"/>
       <c r="L534"/>
       <c r="M534"/>
       <c r="N534"/>
       <c r="O534"/>
-      <c r="P534"/>
+      <c r="P534" t="s">
+        <v>1943</v>
+      </c>
       <c r="Q534" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="535" spans="1:17">
       <c r="A535">
-        <v>93918</v>
+        <v>12064</v>
       </c>
       <c r="B535" t="s">
-        <v>1945</v>
+        <v>1944</v>
       </c>
       <c r="C535"/>
       <c r="D535"/>
       <c r="E535" t="s">
-        <v>1873</v>
+        <v>44</v>
       </c>
       <c r="F535" t="s">
         <v>45</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
         <v>23</v>
       </c>
       <c r="I535" t="s">
         <v>24</v>
       </c>
       <c r="J535"/>
       <c r="K535"/>
       <c r="L535"/>
       <c r="M535"/>
       <c r="N535"/>
       <c r="O535"/>
-      <c r="P535" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P535"/>
       <c r="Q535" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="536" spans="1:17">
       <c r="A536">
-        <v>12064</v>
+        <v>11126</v>
       </c>
       <c r="B536" t="s">
-        <v>1947</v>
-[...2 lines deleted...]
-      <c r="D536"/>
+        <v>1945</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1880</v>
+      </c>
       <c r="E536" t="s">
         <v>44</v>
       </c>
       <c r="F536" t="s">
         <v>45</v>
       </c>
       <c r="G536"/>
       <c r="H536" t="s">
         <v>23</v>
       </c>
       <c r="I536" t="s">
         <v>24</v>
       </c>
       <c r="J536"/>
       <c r="K536"/>
       <c r="L536"/>
       <c r="M536"/>
       <c r="N536"/>
       <c r="O536"/>
       <c r="P536"/>
       <c r="Q536" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="537" spans="1:17">
       <c r="A537">
-        <v>11126</v>
+        <v>11127</v>
       </c>
       <c r="B537" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C537"/>
+      <c r="D537"/>
+      <c r="E537" t="s">
         <v>1948</v>
-      </c>
-[...7 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F537" t="s">
         <v>45</v>
       </c>
       <c r="G537"/>
       <c r="H537" t="s">
         <v>23</v>
       </c>
       <c r="I537" t="s">
         <v>24</v>
       </c>
       <c r="J537"/>
       <c r="K537"/>
       <c r="L537"/>
       <c r="M537"/>
       <c r="N537"/>
       <c r="O537"/>
       <c r="P537"/>
       <c r="Q537" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="538" spans="1:17">
       <c r="A538">
-        <v>11127</v>
+        <v>11725</v>
       </c>
       <c r="B538" t="s">
-        <v>1950</v>
+        <v>1949</v>
       </c>
       <c r="C538"/>
       <c r="D538"/>
       <c r="E538" t="s">
-        <v>1951</v>
+        <v>1875</v>
       </c>
       <c r="F538" t="s">
         <v>45</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
         <v>23</v>
       </c>
       <c r="I538" t="s">
         <v>24</v>
       </c>
       <c r="J538"/>
       <c r="K538"/>
       <c r="L538"/>
       <c r="M538"/>
       <c r="N538"/>
       <c r="O538"/>
       <c r="P538"/>
       <c r="Q538" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="539" spans="1:17">
       <c r="A539">
-        <v>11725</v>
+        <v>23788</v>
       </c>
       <c r="B539" t="s">
-        <v>1952</v>
-[...2 lines deleted...]
-      <c r="D539"/>
+        <v>1950</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1880</v>
+      </c>
       <c r="E539" t="s">
-        <v>1875</v>
+        <v>44</v>
       </c>
       <c r="F539" t="s">
         <v>45</v>
       </c>
       <c r="G539"/>
       <c r="H539" t="s">
         <v>23</v>
       </c>
       <c r="I539" t="s">
         <v>24</v>
       </c>
-      <c r="J539"/>
-      <c r="K539"/>
+      <c r="J539" t="s">
+        <v>25</v>
+      </c>
+      <c r="K539" t="s">
+        <v>73</v>
+      </c>
       <c r="L539"/>
       <c r="M539"/>
       <c r="N539"/>
       <c r="O539"/>
       <c r="P539"/>
       <c r="Q539" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="540" spans="1:17">
       <c r="A540">
-        <v>23788</v>
+        <v>33016</v>
       </c>
       <c r="B540" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C540" t="s">
         <v>1953</v>
       </c>
-      <c r="C540" t="s">
+      <c r="D540" t="s">
         <v>1954</v>
       </c>
-      <c r="D540" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E540" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="F540" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="G540"/>
       <c r="H540" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I540" t="s">
         <v>24</v>
       </c>
       <c r="J540" t="s">
         <v>25</v>
       </c>
       <c r="K540" t="s">
         <v>73</v>
       </c>
       <c r="L540"/>
       <c r="M540"/>
       <c r="N540"/>
       <c r="O540"/>
-      <c r="P540"/>
+      <c r="P540" t="s">
+        <v>1955</v>
+      </c>
       <c r="Q540" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="541" spans="1:17">
       <c r="A541">
-        <v>33016</v>
+        <v>23769</v>
       </c>
       <c r="B541" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="C541" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="D541" t="s">
-        <v>1957</v>
+        <v>259</v>
       </c>
       <c r="E541" t="s">
-        <v>51</v>
+        <v>1958</v>
       </c>
       <c r="F541" t="s">
-        <v>52</v>
+        <v>123</v>
       </c>
       <c r="G541"/>
       <c r="H541" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I541" t="s">
         <v>24</v>
       </c>
-      <c r="J541" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J541"/>
+      <c r="K541"/>
       <c r="L541"/>
       <c r="M541"/>
       <c r="N541"/>
       <c r="O541"/>
-      <c r="P541" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P541"/>
       <c r="Q541" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="542" spans="1:17">
       <c r="A542">
-        <v>23769</v>
+        <v>28205</v>
       </c>
       <c r="B542" t="s">
         <v>1959</v>
       </c>
       <c r="C542" t="s">
         <v>1960</v>
       </c>
       <c r="D542" t="s">
-        <v>259</v>
+        <v>1867</v>
       </c>
       <c r="E542" t="s">
-        <v>1961</v>
+        <v>1036</v>
       </c>
       <c r="F542" t="s">
-        <v>123</v>
+        <v>1037</v>
       </c>
       <c r="G542"/>
       <c r="H542" t="s">
         <v>23</v>
       </c>
       <c r="I542" t="s">
         <v>24</v>
       </c>
       <c r="J542"/>
       <c r="K542"/>
       <c r="L542"/>
       <c r="M542"/>
       <c r="N542"/>
       <c r="O542"/>
       <c r="P542"/>
       <c r="Q542" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="543" spans="1:17">
       <c r="A543">
-        <v>28205</v>
+        <v>16375</v>
       </c>
       <c r="B543" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C543" t="s">
         <v>1962</v>
       </c>
-      <c r="C543" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D543" t="s">
-        <v>1867</v>
+        <v>113</v>
       </c>
       <c r="E543" t="s">
         <v>1036</v>
       </c>
       <c r="F543" t="s">
         <v>1037</v>
       </c>
       <c r="G543"/>
       <c r="H543" t="s">
         <v>23</v>
       </c>
       <c r="I543" t="s">
         <v>24</v>
       </c>
       <c r="J543"/>
       <c r="K543"/>
       <c r="L543"/>
       <c r="M543"/>
       <c r="N543"/>
       <c r="O543"/>
       <c r="P543"/>
       <c r="Q543" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="544" spans="1:17">
       <c r="A544">
-        <v>16375</v>
+        <v>16378</v>
       </c>
       <c r="B544" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C544" t="s">
         <v>1964</v>
       </c>
-      <c r="C544" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D544" t="s">
-        <v>113</v>
+        <v>701</v>
       </c>
       <c r="E544" t="s">
         <v>1036</v>
       </c>
       <c r="F544" t="s">
         <v>1037</v>
       </c>
       <c r="G544"/>
       <c r="H544" t="s">
         <v>23</v>
       </c>
       <c r="I544" t="s">
         <v>24</v>
       </c>
       <c r="J544"/>
       <c r="K544"/>
       <c r="L544"/>
       <c r="M544"/>
       <c r="N544"/>
       <c r="O544"/>
       <c r="P544"/>
       <c r="Q544" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="545" spans="1:17">
       <c r="A545">
-        <v>16378</v>
+        <v>36639</v>
       </c>
       <c r="B545" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C545" t="s">
         <v>1966</v>
       </c>
-      <c r="C545" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D545" t="s">
-        <v>701</v>
+        <v>113</v>
       </c>
       <c r="E545" t="s">
         <v>1036</v>
       </c>
       <c r="F545" t="s">
         <v>1037</v>
       </c>
       <c r="G545"/>
       <c r="H545" t="s">
         <v>23</v>
       </c>
       <c r="I545" t="s">
         <v>24</v>
       </c>
       <c r="J545"/>
       <c r="K545"/>
       <c r="L545"/>
       <c r="M545"/>
       <c r="N545"/>
       <c r="O545"/>
-      <c r="P545"/>
+      <c r="P545" t="s">
+        <v>1967</v>
+      </c>
       <c r="Q545" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="546" spans="1:17">
       <c r="A546">
-        <v>36639</v>
+        <v>16299</v>
       </c>
       <c r="B546" t="s">
         <v>1968</v>
       </c>
       <c r="C546" t="s">
         <v>1969</v>
       </c>
       <c r="D546" t="s">
-        <v>113</v>
+        <v>495</v>
       </c>
       <c r="E546" t="s">
-        <v>1036</v>
+        <v>1139</v>
       </c>
       <c r="F546" t="s">
         <v>1037</v>
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
         <v>23</v>
       </c>
       <c r="I546" t="s">
         <v>24</v>
       </c>
       <c r="J546"/>
       <c r="K546"/>
       <c r="L546"/>
       <c r="M546"/>
       <c r="N546"/>
       <c r="O546"/>
-      <c r="P546" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P546"/>
       <c r="Q546" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="547" spans="1:17">
       <c r="A547">
-        <v>16299</v>
+        <v>16283</v>
       </c>
       <c r="B547" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C547" t="s">
         <v>1971</v>
       </c>
-      <c r="C547" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D547" t="s">
-        <v>495</v>
+        <v>701</v>
       </c>
       <c r="E547" t="s">
-        <v>1139</v>
+        <v>1036</v>
       </c>
       <c r="F547" t="s">
         <v>1037</v>
       </c>
       <c r="G547"/>
       <c r="H547" t="s">
         <v>23</v>
       </c>
       <c r="I547" t="s">
         <v>24</v>
       </c>
       <c r="J547"/>
       <c r="K547"/>
       <c r="L547"/>
       <c r="M547"/>
       <c r="N547"/>
       <c r="O547"/>
       <c r="P547"/>
       <c r="Q547" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="548" spans="1:17">
       <c r="A548">
-        <v>16283</v>
+        <v>36642</v>
       </c>
       <c r="B548" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C548" t="s">
         <v>1973</v>
       </c>
-      <c r="C548" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D548" t="s">
-        <v>701</v>
+        <v>1867</v>
       </c>
       <c r="E548" t="s">
-        <v>1036</v>
+        <v>1135</v>
       </c>
       <c r="F548" t="s">
         <v>1037</v>
       </c>
       <c r="G548"/>
       <c r="H548" t="s">
         <v>23</v>
       </c>
       <c r="I548" t="s">
         <v>24</v>
       </c>
       <c r="J548"/>
       <c r="K548"/>
       <c r="L548"/>
       <c r="M548"/>
       <c r="N548"/>
       <c r="O548"/>
       <c r="P548"/>
       <c r="Q548" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="549" spans="1:17">
       <c r="A549">
-        <v>36642</v>
+        <v>14013</v>
       </c>
       <c r="B549" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C549" t="s">
         <v>1975</v>
       </c>
-      <c r="C549" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D549" t="s">
-        <v>1867</v>
+        <v>324</v>
       </c>
       <c r="E549" t="s">
         <v>1135</v>
       </c>
       <c r="F549" t="s">
         <v>1037</v>
       </c>
       <c r="G549"/>
       <c r="H549" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I549" t="s">
         <v>24</v>
       </c>
       <c r="J549"/>
       <c r="K549"/>
       <c r="L549"/>
       <c r="M549"/>
       <c r="N549"/>
       <c r="O549"/>
       <c r="P549"/>
       <c r="Q549" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="550" spans="1:17">
       <c r="A550">
-        <v>14013</v>
+        <v>36644</v>
       </c>
       <c r="B550" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C550" t="s">
         <v>1977</v>
       </c>
-      <c r="C550" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D550" t="s">
-        <v>324</v>
+        <v>1867</v>
       </c>
       <c r="E550" t="s">
-        <v>1135</v>
+        <v>1036</v>
       </c>
       <c r="F550" t="s">
         <v>1037</v>
       </c>
       <c r="G550"/>
       <c r="H550" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I550" t="s">
         <v>24</v>
       </c>
       <c r="J550"/>
       <c r="K550"/>
       <c r="L550"/>
       <c r="M550"/>
       <c r="N550"/>
       <c r="O550"/>
       <c r="P550"/>
       <c r="Q550" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="551" spans="1:17">
       <c r="A551">
-        <v>36644</v>
+        <v>36645</v>
       </c>
       <c r="B551" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C551" t="s">
         <v>1979</v>
-      </c>
-[...1 lines deleted...]
-        <v>1980</v>
       </c>
       <c r="D551" t="s">
         <v>1867</v>
       </c>
       <c r="E551" t="s">
         <v>1036</v>
       </c>
       <c r="F551" t="s">
         <v>1037</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
         <v>23</v>
       </c>
       <c r="I551" t="s">
         <v>24</v>
       </c>
       <c r="J551"/>
       <c r="K551"/>
       <c r="L551"/>
       <c r="M551"/>
       <c r="N551"/>
       <c r="O551"/>
       <c r="P551"/>
       <c r="Q551" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="552" spans="1:17">
       <c r="A552">
-        <v>36645</v>
+        <v>36646</v>
       </c>
       <c r="B552" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C552" t="s">
         <v>1981</v>
-      </c>
-[...1 lines deleted...]
-        <v>1982</v>
       </c>
       <c r="D552" t="s">
         <v>1867</v>
       </c>
       <c r="E552" t="s">
         <v>1036</v>
       </c>
       <c r="F552" t="s">
         <v>1037</v>
       </c>
       <c r="G552"/>
       <c r="H552" t="s">
         <v>23</v>
       </c>
       <c r="I552" t="s">
         <v>24</v>
       </c>
       <c r="J552"/>
       <c r="K552"/>
       <c r="L552"/>
       <c r="M552"/>
       <c r="N552"/>
       <c r="O552"/>
       <c r="P552"/>
       <c r="Q552" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="553" spans="1:17">
       <c r="A553">
-        <v>36646</v>
+        <v>16452</v>
       </c>
       <c r="B553" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C553" t="s">
         <v>1983</v>
       </c>
-      <c r="C553" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D553" t="s">
-        <v>1867</v>
+        <v>113</v>
       </c>
       <c r="E553" t="s">
         <v>1036</v>
       </c>
       <c r="F553" t="s">
         <v>1037</v>
       </c>
       <c r="G553"/>
       <c r="H553" t="s">
         <v>23</v>
       </c>
       <c r="I553" t="s">
         <v>24</v>
       </c>
       <c r="J553"/>
       <c r="K553"/>
       <c r="L553"/>
       <c r="M553"/>
       <c r="N553"/>
       <c r="O553"/>
       <c r="P553"/>
       <c r="Q553" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="554" spans="1:17">
       <c r="A554">
-        <v>16452</v>
+        <v>16284</v>
       </c>
       <c r="B554" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C554" t="s">
         <v>1985</v>
-      </c>
-[...1 lines deleted...]
-        <v>1986</v>
       </c>
       <c r="D554" t="s">
         <v>113</v>
       </c>
       <c r="E554" t="s">
         <v>1036</v>
       </c>
       <c r="F554" t="s">
         <v>1037</v>
       </c>
       <c r="G554"/>
       <c r="H554" t="s">
         <v>23</v>
       </c>
       <c r="I554" t="s">
         <v>24</v>
       </c>
       <c r="J554"/>
       <c r="K554"/>
       <c r="L554"/>
       <c r="M554"/>
       <c r="N554"/>
       <c r="O554"/>
       <c r="P554"/>
       <c r="Q554" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="555" spans="1:17">
       <c r="A555">
-        <v>16284</v>
+        <v>16446</v>
       </c>
       <c r="B555" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C555" t="s">
         <v>1987</v>
       </c>
-      <c r="C555" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D555" t="s">
-        <v>113</v>
+        <v>495</v>
       </c>
       <c r="E555" t="s">
         <v>1036</v>
       </c>
       <c r="F555" t="s">
         <v>1037</v>
       </c>
       <c r="G555"/>
       <c r="H555" t="s">
         <v>23</v>
       </c>
       <c r="I555" t="s">
         <v>24</v>
       </c>
       <c r="J555"/>
       <c r="K555"/>
       <c r="L555"/>
       <c r="M555"/>
       <c r="N555"/>
       <c r="O555"/>
       <c r="P555"/>
       <c r="Q555" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="556" spans="1:17">
       <c r="A556">
-        <v>16446</v>
+        <v>16306</v>
       </c>
       <c r="B556" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C556" t="s">
         <v>1989</v>
       </c>
-      <c r="C556" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D556" t="s">
-        <v>495</v>
+        <v>701</v>
       </c>
       <c r="E556" t="s">
         <v>1036</v>
       </c>
       <c r="F556" t="s">
         <v>1037</v>
       </c>
       <c r="G556"/>
       <c r="H556" t="s">
         <v>23</v>
       </c>
       <c r="I556" t="s">
         <v>24</v>
       </c>
       <c r="J556"/>
       <c r="K556"/>
       <c r="L556"/>
       <c r="M556"/>
       <c r="N556"/>
       <c r="O556"/>
       <c r="P556"/>
       <c r="Q556" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="557" spans="1:17">
       <c r="A557">
-        <v>16306</v>
+        <v>16418</v>
       </c>
       <c r="B557" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C557" t="s">
         <v>1991</v>
       </c>
-      <c r="C557" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D557" t="s">
-        <v>701</v>
+        <v>445</v>
       </c>
       <c r="E557" t="s">
         <v>1036</v>
       </c>
       <c r="F557" t="s">
         <v>1037</v>
       </c>
       <c r="G557"/>
       <c r="H557" t="s">
         <v>23</v>
       </c>
       <c r="I557" t="s">
         <v>24</v>
       </c>
       <c r="J557"/>
       <c r="K557"/>
       <c r="L557"/>
       <c r="M557"/>
       <c r="N557"/>
       <c r="O557"/>
       <c r="P557"/>
       <c r="Q557" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="558" spans="1:17">
       <c r="A558">
-        <v>16418</v>
+        <v>14022</v>
       </c>
       <c r="B558" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C558" t="s">
         <v>1993</v>
       </c>
-      <c r="C558" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D558" t="s">
-        <v>445</v>
+        <v>281</v>
       </c>
       <c r="E558" t="s">
         <v>1036</v>
       </c>
       <c r="F558" t="s">
         <v>1037</v>
       </c>
       <c r="G558"/>
       <c r="H558" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I558" t="s">
         <v>24</v>
       </c>
       <c r="J558"/>
       <c r="K558"/>
       <c r="L558"/>
       <c r="M558"/>
       <c r="N558"/>
       <c r="O558"/>
       <c r="P558"/>
       <c r="Q558" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="559" spans="1:17">
       <c r="A559">
-        <v>14022</v>
+        <v>36649</v>
       </c>
       <c r="B559" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C559" t="s">
         <v>1995</v>
       </c>
-      <c r="C559" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D559" t="s">
-        <v>281</v>
+        <v>1867</v>
       </c>
       <c r="E559" t="s">
         <v>1036</v>
       </c>
       <c r="F559" t="s">
         <v>1037</v>
       </c>
       <c r="G559"/>
       <c r="H559" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I559" t="s">
         <v>24</v>
       </c>
       <c r="J559"/>
       <c r="K559"/>
       <c r="L559"/>
       <c r="M559"/>
       <c r="N559"/>
       <c r="O559"/>
       <c r="P559"/>
       <c r="Q559" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="560" spans="1:17">
       <c r="A560">
-        <v>36649</v>
+        <v>13999</v>
       </c>
       <c r="B560" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C560" t="s">
         <v>1997</v>
       </c>
-      <c r="C560" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D560" t="s">
-        <v>1867</v>
+        <v>113</v>
       </c>
       <c r="E560" t="s">
         <v>1036</v>
       </c>
       <c r="F560" t="s">
         <v>1037</v>
       </c>
       <c r="G560"/>
       <c r="H560" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I560" t="s">
         <v>24</v>
       </c>
       <c r="J560"/>
       <c r="K560"/>
       <c r="L560"/>
       <c r="M560"/>
       <c r="N560"/>
       <c r="O560"/>
       <c r="P560"/>
       <c r="Q560" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="561" spans="1:17">
       <c r="A561">
-        <v>13999</v>
+        <v>36650</v>
       </c>
       <c r="B561" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C561" t="s">
         <v>1999</v>
       </c>
-      <c r="C561" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D561" t="s">
-        <v>113</v>
+        <v>1867</v>
       </c>
       <c r="E561" t="s">
         <v>1036</v>
       </c>
       <c r="F561" t="s">
         <v>1037</v>
       </c>
       <c r="G561"/>
       <c r="H561" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I561" t="s">
         <v>24</v>
       </c>
       <c r="J561"/>
       <c r="K561"/>
       <c r="L561"/>
       <c r="M561"/>
       <c r="N561"/>
       <c r="O561"/>
       <c r="P561"/>
       <c r="Q561" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="562" spans="1:17">
       <c r="A562">
-        <v>36650</v>
+        <v>16292</v>
       </c>
       <c r="B562" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C562" t="s">
         <v>2001</v>
       </c>
-      <c r="C562" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D562" t="s">
-        <v>1867</v>
+        <v>1543</v>
       </c>
       <c r="E562" t="s">
-        <v>1036</v>
+        <v>1215</v>
       </c>
       <c r="F562" t="s">
         <v>1037</v>
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
         <v>23</v>
       </c>
       <c r="I562" t="s">
         <v>24</v>
       </c>
       <c r="J562"/>
       <c r="K562"/>
       <c r="L562"/>
       <c r="M562"/>
       <c r="N562"/>
       <c r="O562"/>
       <c r="P562"/>
       <c r="Q562" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="563" spans="1:17">
       <c r="A563">
-        <v>16292</v>
+        <v>80952</v>
       </c>
       <c r="B563" t="s">
-        <v>2003</v>
-[...6 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="C563"/>
+      <c r="D563"/>
       <c r="E563" t="s">
-        <v>1215</v>
+        <v>1036</v>
       </c>
       <c r="F563" t="s">
         <v>1037</v>
       </c>
       <c r="G563"/>
       <c r="H563" t="s">
         <v>23</v>
       </c>
       <c r="I563" t="s">
         <v>24</v>
       </c>
       <c r="J563"/>
       <c r="K563"/>
       <c r="L563"/>
       <c r="M563"/>
       <c r="N563"/>
       <c r="O563"/>
       <c r="P563"/>
       <c r="Q563" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="564" spans="1:17">
       <c r="A564">
-        <v>80952</v>
+        <v>33081</v>
       </c>
       <c r="B564" t="s">
-        <v>2005</v>
-[...2 lines deleted...]
-      <c r="D564"/>
+        <v>2003</v>
+      </c>
+      <c r="C564" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1867</v>
+      </c>
       <c r="E564" t="s">
         <v>1036</v>
       </c>
       <c r="F564" t="s">
         <v>1037</v>
       </c>
       <c r="G564"/>
       <c r="H564" t="s">
         <v>23</v>
       </c>
       <c r="I564" t="s">
         <v>24</v>
       </c>
-      <c r="J564"/>
-      <c r="K564"/>
+      <c r="J564" t="s">
+        <v>25</v>
+      </c>
+      <c r="K564" t="s">
+        <v>26</v>
+      </c>
       <c r="L564"/>
       <c r="M564"/>
       <c r="N564"/>
       <c r="O564"/>
       <c r="P564"/>
       <c r="Q564" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="565" spans="1:17">
       <c r="A565">
-        <v>33081</v>
+        <v>36651</v>
       </c>
       <c r="B565" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C565" t="s">
         <v>2006</v>
-      </c>
-[...1 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="D565" t="s">
         <v>1867</v>
       </c>
       <c r="E565" t="s">
         <v>1036</v>
       </c>
       <c r="F565" t="s">
         <v>1037</v>
       </c>
       <c r="G565"/>
       <c r="H565" t="s">
         <v>23</v>
       </c>
       <c r="I565" t="s">
         <v>24</v>
       </c>
-      <c r="J565" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J565"/>
+      <c r="K565"/>
       <c r="L565"/>
       <c r="M565"/>
       <c r="N565"/>
       <c r="O565"/>
       <c r="P565"/>
       <c r="Q565" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="566" spans="1:17">
       <c r="A566">
-        <v>36651</v>
+        <v>14054</v>
       </c>
       <c r="B566" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C566" t="s">
         <v>2008</v>
       </c>
-      <c r="C566" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D566" t="s">
-        <v>1867</v>
+        <v>281</v>
       </c>
       <c r="E566" t="s">
         <v>1036</v>
       </c>
       <c r="F566" t="s">
         <v>1037</v>
       </c>
       <c r="G566"/>
       <c r="H566" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I566" t="s">
         <v>24</v>
       </c>
       <c r="J566"/>
       <c r="K566"/>
       <c r="L566"/>
       <c r="M566"/>
       <c r="N566"/>
       <c r="O566"/>
       <c r="P566"/>
       <c r="Q566" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="567" spans="1:17">
       <c r="A567">
-        <v>14054</v>
+        <v>36652</v>
       </c>
       <c r="B567" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C567" t="s">
         <v>2010</v>
       </c>
-      <c r="C567" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D567" t="s">
-        <v>281</v>
+        <v>1867</v>
       </c>
       <c r="E567" t="s">
         <v>1036</v>
       </c>
       <c r="F567" t="s">
         <v>1037</v>
       </c>
       <c r="G567"/>
       <c r="H567" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I567" t="s">
         <v>24</v>
       </c>
       <c r="J567"/>
       <c r="K567"/>
       <c r="L567"/>
       <c r="M567"/>
       <c r="N567"/>
       <c r="O567"/>
       <c r="P567"/>
       <c r="Q567" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="568" spans="1:17">
       <c r="A568">
-        <v>36652</v>
+        <v>16368</v>
       </c>
       <c r="B568" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C568" t="s">
         <v>2012</v>
       </c>
-      <c r="C568" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D568" t="s">
-        <v>1867</v>
+        <v>113</v>
       </c>
       <c r="E568" t="s">
         <v>1036</v>
       </c>
       <c r="F568" t="s">
         <v>1037</v>
       </c>
       <c r="G568"/>
       <c r="H568" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="I568" t="s">
         <v>24</v>
       </c>
       <c r="J568"/>
       <c r="K568"/>
       <c r="L568"/>
       <c r="M568"/>
       <c r="N568"/>
       <c r="O568"/>
       <c r="P568"/>
       <c r="Q568" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="569" spans="1:17">
       <c r="A569">
-        <v>16368</v>
+        <v>13991</v>
       </c>
       <c r="B569" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C569" t="s">
         <v>2014</v>
-      </c>
-[...1 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="D569" t="s">
         <v>113</v>
       </c>
       <c r="E569" t="s">
         <v>1036</v>
       </c>
       <c r="F569" t="s">
         <v>1037</v>
       </c>
       <c r="G569"/>
       <c r="H569" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I569" t="s">
         <v>24</v>
       </c>
       <c r="J569"/>
       <c r="K569"/>
       <c r="L569"/>
       <c r="M569"/>
       <c r="N569"/>
       <c r="O569"/>
       <c r="P569"/>
       <c r="Q569" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="570" spans="1:17">
       <c r="A570">
-        <v>13991</v>
+        <v>36655</v>
       </c>
       <c r="B570" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C570" t="s">
         <v>2016</v>
       </c>
-      <c r="C570" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D570" t="s">
-        <v>113</v>
+        <v>1867</v>
       </c>
       <c r="E570" t="s">
         <v>1036</v>
       </c>
       <c r="F570" t="s">
         <v>1037</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I570" t="s">
         <v>24</v>
       </c>
       <c r="J570"/>
       <c r="K570"/>
       <c r="L570"/>
       <c r="M570"/>
       <c r="N570"/>
       <c r="O570"/>
       <c r="P570"/>
       <c r="Q570" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="571" spans="1:17">
       <c r="A571">
-        <v>36655</v>
+        <v>33096</v>
       </c>
       <c r="B571" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C571" t="s">
         <v>2018</v>
       </c>
-      <c r="C571" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D571" t="s">
-        <v>1867</v>
+        <v>113</v>
       </c>
       <c r="E571" t="s">
         <v>1036</v>
       </c>
       <c r="F571" t="s">
         <v>1037</v>
       </c>
       <c r="G571"/>
       <c r="H571" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I571" t="s">
         <v>24</v>
       </c>
       <c r="J571"/>
       <c r="K571"/>
       <c r="L571"/>
       <c r="M571"/>
       <c r="N571"/>
       <c r="O571"/>
-      <c r="P571"/>
+      <c r="P571" t="s">
+        <v>2019</v>
+      </c>
       <c r="Q571" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="572" spans="1:17">
       <c r="A572">
-        <v>33096</v>
+        <v>16439</v>
       </c>
       <c r="B572" t="s">
         <v>2020</v>
       </c>
       <c r="C572" t="s">
         <v>2021</v>
       </c>
       <c r="D572" t="s">
         <v>113</v>
       </c>
       <c r="E572" t="s">
         <v>1036</v>
       </c>
       <c r="F572" t="s">
         <v>1037</v>
       </c>
       <c r="G572"/>
       <c r="H572" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I572" t="s">
         <v>24</v>
       </c>
       <c r="J572"/>
       <c r="K572"/>
       <c r="L572"/>
       <c r="M572"/>
       <c r="N572"/>
       <c r="O572"/>
-      <c r="P572" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P572"/>
       <c r="Q572" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="573" spans="1:17">
       <c r="A573">
-        <v>16439</v>
+        <v>14082</v>
       </c>
       <c r="B573" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C573" t="s">
         <v>2023</v>
       </c>
-      <c r="C573" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D573" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="E573" t="s">
         <v>1036</v>
       </c>
       <c r="F573" t="s">
         <v>1037</v>
       </c>
       <c r="G573"/>
       <c r="H573" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I573" t="s">
         <v>24</v>
       </c>
       <c r="J573"/>
       <c r="K573"/>
       <c r="L573"/>
       <c r="M573"/>
       <c r="N573"/>
       <c r="O573"/>
-      <c r="P573"/>
+      <c r="P573" t="s">
+        <v>2024</v>
+      </c>
       <c r="Q573" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="574" spans="1:17">
       <c r="A574">
-        <v>14082</v>
+        <v>36659</v>
       </c>
       <c r="B574" t="s">
         <v>2025</v>
       </c>
       <c r="C574" t="s">
         <v>2026</v>
       </c>
       <c r="D574" t="s">
-        <v>37</v>
+        <v>1867</v>
       </c>
       <c r="E574" t="s">
         <v>1036</v>
       </c>
       <c r="F574" t="s">
         <v>1037</v>
       </c>
       <c r="G574"/>
       <c r="H574" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I574" t="s">
         <v>24</v>
       </c>
       <c r="J574"/>
       <c r="K574"/>
       <c r="L574"/>
       <c r="M574"/>
       <c r="N574"/>
       <c r="O574"/>
-      <c r="P574" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P574"/>
       <c r="Q574" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="575" spans="1:17">
       <c r="A575">
-        <v>36659</v>
+        <v>16454</v>
       </c>
       <c r="B575" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C575" t="s">
         <v>2028</v>
       </c>
-      <c r="C575" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D575" t="s">
-        <v>1867</v>
+        <v>324</v>
       </c>
       <c r="E575" t="s">
         <v>1036</v>
       </c>
       <c r="F575" t="s">
         <v>1037</v>
       </c>
       <c r="G575"/>
       <c r="H575" t="s">
         <v>23</v>
       </c>
       <c r="I575" t="s">
         <v>24</v>
       </c>
       <c r="J575"/>
       <c r="K575"/>
       <c r="L575"/>
       <c r="M575"/>
       <c r="N575"/>
       <c r="O575"/>
       <c r="P575"/>
       <c r="Q575" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="576" spans="1:17">
       <c r="A576">
-        <v>16454</v>
+        <v>16410</v>
       </c>
       <c r="B576" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C576" t="s">
         <v>2030</v>
       </c>
-      <c r="C576" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D576" t="s">
-        <v>324</v>
+        <v>113</v>
       </c>
       <c r="E576" t="s">
         <v>1036</v>
       </c>
       <c r="F576" t="s">
         <v>1037</v>
       </c>
       <c r="G576"/>
       <c r="H576" t="s">
         <v>23</v>
       </c>
       <c r="I576" t="s">
         <v>24</v>
       </c>
       <c r="J576"/>
       <c r="K576"/>
       <c r="L576"/>
       <c r="M576"/>
       <c r="N576"/>
       <c r="O576"/>
       <c r="P576"/>
       <c r="Q576" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="577" spans="1:17">
       <c r="A577">
-        <v>16410</v>
+        <v>16413</v>
       </c>
       <c r="B577" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C577" t="s">
         <v>2032</v>
       </c>
-      <c r="C577" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D577" t="s">
-        <v>113</v>
+        <v>701</v>
       </c>
       <c r="E577" t="s">
         <v>1036</v>
       </c>
       <c r="F577" t="s">
         <v>1037</v>
       </c>
       <c r="G577"/>
       <c r="H577" t="s">
         <v>23</v>
       </c>
       <c r="I577" t="s">
         <v>24</v>
       </c>
       <c r="J577"/>
       <c r="K577"/>
       <c r="L577"/>
       <c r="M577"/>
       <c r="N577"/>
       <c r="O577"/>
       <c r="P577"/>
       <c r="Q577" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="578" spans="1:17">
       <c r="A578">
-        <v>16413</v>
+        <v>36662</v>
       </c>
       <c r="B578" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C578" t="s">
         <v>2034</v>
       </c>
-      <c r="C578" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D578" t="s">
-        <v>701</v>
+        <v>1867</v>
       </c>
       <c r="E578" t="s">
         <v>1036</v>
       </c>
       <c r="F578" t="s">
         <v>1037</v>
       </c>
       <c r="G578"/>
       <c r="H578" t="s">
         <v>23</v>
       </c>
       <c r="I578" t="s">
         <v>24</v>
       </c>
       <c r="J578"/>
       <c r="K578"/>
       <c r="L578"/>
       <c r="M578"/>
       <c r="N578"/>
       <c r="O578"/>
       <c r="P578"/>
       <c r="Q578" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="579" spans="1:17">
       <c r="A579">
-        <v>36662</v>
+        <v>36663</v>
       </c>
       <c r="B579" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C579" t="s">
         <v>2036</v>
-      </c>
-[...1 lines deleted...]
-        <v>2037</v>
       </c>
       <c r="D579" t="s">
         <v>1867</v>
       </c>
       <c r="E579" t="s">
         <v>1036</v>
       </c>
       <c r="F579" t="s">
         <v>1037</v>
       </c>
       <c r="G579"/>
       <c r="H579" t="s">
         <v>23</v>
       </c>
       <c r="I579" t="s">
         <v>24</v>
       </c>
       <c r="J579"/>
       <c r="K579"/>
       <c r="L579"/>
       <c r="M579"/>
       <c r="N579"/>
       <c r="O579"/>
       <c r="P579"/>
       <c r="Q579" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="580" spans="1:17">
       <c r="A580">
-        <v>36663</v>
+        <v>14008</v>
       </c>
       <c r="B580" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C580" t="s">
         <v>2038</v>
       </c>
-      <c r="C580" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D580" t="s">
-        <v>1867</v>
+        <v>113</v>
       </c>
       <c r="E580" t="s">
-        <v>1036</v>
+        <v>1070</v>
       </c>
       <c r="F580" t="s">
         <v>1037</v>
       </c>
       <c r="G580"/>
       <c r="H580" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I580" t="s">
         <v>24</v>
       </c>
       <c r="J580"/>
       <c r="K580"/>
       <c r="L580"/>
       <c r="M580"/>
       <c r="N580"/>
       <c r="O580"/>
       <c r="P580"/>
       <c r="Q580" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="581" spans="1:17">
       <c r="A581">
-        <v>14008</v>
+        <v>16453</v>
       </c>
       <c r="B581" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C581" t="s">
         <v>2040</v>
       </c>
-      <c r="C581" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D581" t="s">
-        <v>113</v>
+        <v>701</v>
       </c>
       <c r="E581" t="s">
-        <v>1070</v>
+        <v>1135</v>
       </c>
       <c r="F581" t="s">
         <v>1037</v>
       </c>
       <c r="G581"/>
       <c r="H581" t="s">
         <v>40</v>
       </c>
       <c r="I581" t="s">
         <v>24</v>
       </c>
       <c r="J581"/>
       <c r="K581"/>
       <c r="L581"/>
       <c r="M581"/>
       <c r="N581"/>
       <c r="O581"/>
       <c r="P581"/>
       <c r="Q581" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="582" spans="1:17">
       <c r="A582">
-        <v>16453</v>
+        <v>16440</v>
       </c>
       <c r="B582" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C582" t="s">
         <v>2042</v>
       </c>
-      <c r="C582" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D582" t="s">
-        <v>701</v>
+        <v>113</v>
       </c>
       <c r="E582" t="s">
-        <v>1135</v>
+        <v>1036</v>
       </c>
       <c r="F582" t="s">
         <v>1037</v>
       </c>
       <c r="G582"/>
       <c r="H582" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I582" t="s">
         <v>24</v>
       </c>
       <c r="J582"/>
       <c r="K582"/>
       <c r="L582"/>
       <c r="M582"/>
       <c r="N582"/>
       <c r="O582"/>
       <c r="P582"/>
       <c r="Q582" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="583" spans="1:17">
       <c r="A583">
-        <v>16440</v>
+        <v>14045</v>
       </c>
       <c r="B583" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C583" t="s">
         <v>2044</v>
       </c>
-      <c r="C583" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D583" t="s">
-        <v>113</v>
+        <v>495</v>
       </c>
       <c r="E583" t="s">
         <v>1036</v>
       </c>
       <c r="F583" t="s">
         <v>1037</v>
       </c>
       <c r="G583"/>
       <c r="H583" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I583" t="s">
         <v>24</v>
       </c>
       <c r="J583"/>
       <c r="K583"/>
       <c r="L583"/>
       <c r="M583"/>
       <c r="N583"/>
       <c r="O583"/>
       <c r="P583"/>
       <c r="Q583" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="584" spans="1:17">
       <c r="A584">
-        <v>14045</v>
+        <v>14028</v>
       </c>
       <c r="B584" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C584" t="s">
         <v>2046</v>
-      </c>
-[...1 lines deleted...]
-        <v>2047</v>
       </c>
       <c r="D584" t="s">
         <v>495</v>
       </c>
       <c r="E584" t="s">
         <v>1036</v>
       </c>
       <c r="F584" t="s">
         <v>1037</v>
       </c>
       <c r="G584"/>
       <c r="H584" t="s">
         <v>40</v>
       </c>
       <c r="I584" t="s">
         <v>24</v>
       </c>
       <c r="J584"/>
       <c r="K584"/>
       <c r="L584"/>
       <c r="M584"/>
       <c r="N584"/>
       <c r="O584"/>
       <c r="P584"/>
       <c r="Q584" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="585" spans="1:17">
       <c r="A585">
-        <v>14028</v>
+        <v>27468</v>
       </c>
       <c r="B585" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C585" t="s">
         <v>2048</v>
       </c>
-      <c r="C585" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D585" t="s">
-        <v>495</v>
+        <v>1867</v>
       </c>
       <c r="E585" t="s">
         <v>1036</v>
       </c>
       <c r="F585" t="s">
         <v>1037</v>
       </c>
       <c r="G585"/>
       <c r="H585" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I585" t="s">
         <v>24</v>
       </c>
       <c r="J585"/>
       <c r="K585"/>
       <c r="L585"/>
       <c r="M585"/>
       <c r="N585"/>
       <c r="O585"/>
       <c r="P585"/>
       <c r="Q585" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="586" spans="1:17">
       <c r="A586">
-        <v>27468</v>
+        <v>30223</v>
       </c>
       <c r="B586" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C586" t="s">
         <v>2050</v>
-      </c>
-[...1 lines deleted...]
-        <v>2051</v>
       </c>
       <c r="D586" t="s">
         <v>1867</v>
       </c>
       <c r="E586" t="s">
-        <v>1036</v>
+        <v>1139</v>
       </c>
       <c r="F586" t="s">
         <v>1037</v>
       </c>
       <c r="G586"/>
       <c r="H586" t="s">
         <v>23</v>
       </c>
       <c r="I586" t="s">
         <v>24</v>
       </c>
       <c r="J586"/>
       <c r="K586"/>
       <c r="L586"/>
       <c r="M586"/>
       <c r="N586"/>
       <c r="O586"/>
       <c r="P586"/>
       <c r="Q586" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="587" spans="1:17">
       <c r="A587">
-        <v>30223</v>
+        <v>16392</v>
       </c>
       <c r="B587" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C587" t="s">
         <v>2052</v>
       </c>
-      <c r="C587" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D587" t="s">
-        <v>1867</v>
+        <v>701</v>
       </c>
       <c r="E587" t="s">
-        <v>1139</v>
+        <v>1036</v>
       </c>
       <c r="F587" t="s">
         <v>1037</v>
       </c>
       <c r="G587"/>
       <c r="H587" t="s">
         <v>23</v>
       </c>
       <c r="I587" t="s">
         <v>24</v>
       </c>
       <c r="J587"/>
       <c r="K587"/>
       <c r="L587"/>
       <c r="M587"/>
       <c r="N587"/>
       <c r="O587"/>
       <c r="P587"/>
       <c r="Q587" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="588" spans="1:17">
       <c r="A588">
-        <v>16392</v>
+        <v>36674</v>
       </c>
       <c r="B588" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C588" t="s">
         <v>2054</v>
       </c>
-      <c r="C588" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D588" t="s">
-        <v>701</v>
+        <v>1867</v>
       </c>
       <c r="E588" t="s">
         <v>1036</v>
       </c>
       <c r="F588" t="s">
         <v>1037</v>
       </c>
       <c r="G588"/>
       <c r="H588" t="s">
         <v>23</v>
       </c>
       <c r="I588" t="s">
         <v>24</v>
       </c>
       <c r="J588"/>
       <c r="K588"/>
       <c r="L588"/>
       <c r="M588"/>
       <c r="N588"/>
       <c r="O588"/>
       <c r="P588"/>
       <c r="Q588" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="589" spans="1:17">
       <c r="A589">
-        <v>36674</v>
+        <v>36676</v>
       </c>
       <c r="B589" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C589" t="s">
         <v>2056</v>
-      </c>
-[...1 lines deleted...]
-        <v>2057</v>
       </c>
       <c r="D589" t="s">
         <v>1867</v>
       </c>
       <c r="E589" t="s">
         <v>1036</v>
       </c>
       <c r="F589" t="s">
         <v>1037</v>
       </c>
       <c r="G589"/>
       <c r="H589" t="s">
         <v>23</v>
       </c>
       <c r="I589" t="s">
         <v>24</v>
       </c>
       <c r="J589"/>
       <c r="K589"/>
       <c r="L589"/>
       <c r="M589"/>
       <c r="N589"/>
       <c r="O589"/>
       <c r="P589"/>
       <c r="Q589" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="590" spans="1:17">
       <c r="A590">
-        <v>36676</v>
+        <v>33011</v>
       </c>
       <c r="B590" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C590" t="s">
         <v>2058</v>
       </c>
-      <c r="C590" t="s">
+      <c r="D590" t="s">
+        <v>43</v>
+      </c>
+      <c r="E590" t="s">
         <v>2059</v>
       </c>
-      <c r="D590" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F590" t="s">
-        <v>1037</v>
+        <v>2060</v>
       </c>
       <c r="G590"/>
       <c r="H590" t="s">
         <v>23</v>
       </c>
       <c r="I590" t="s">
         <v>24</v>
       </c>
-      <c r="J590"/>
-      <c r="K590"/>
+      <c r="J590" t="s">
+        <v>54</v>
+      </c>
+      <c r="K590" t="s">
+        <v>61</v>
+      </c>
       <c r="L590"/>
       <c r="M590"/>
       <c r="N590"/>
-      <c r="O590"/>
-      <c r="P590"/>
+      <c r="O590" t="s">
+        <v>48</v>
+      </c>
+      <c r="P590" t="s">
+        <v>2061</v>
+      </c>
       <c r="Q590" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="591" spans="1:17">
       <c r="A591">
-        <v>33011</v>
+        <v>32348</v>
       </c>
       <c r="B591" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="C591" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="D591" t="s">
-        <v>43</v>
+        <v>1937</v>
       </c>
       <c r="E591" t="s">
-        <v>2062</v>
+        <v>1481</v>
       </c>
       <c r="F591" t="s">
-        <v>2063</v>
+        <v>1482</v>
       </c>
       <c r="G591"/>
       <c r="H591" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I591" t="s">
         <v>24</v>
       </c>
       <c r="J591" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="K591" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="L591"/>
       <c r="M591"/>
       <c r="N591"/>
-      <c r="O591" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O591"/>
       <c r="P591" t="s">
         <v>2064</v>
       </c>
       <c r="Q591" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="592" spans="1:17">
       <c r="A592">
-        <v>32348</v>
+        <v>14009</v>
       </c>
       <c r="B592" t="s">
         <v>2065</v>
       </c>
       <c r="C592" t="s">
         <v>2066</v>
       </c>
       <c r="D592" t="s">
-        <v>1940</v>
+        <v>445</v>
       </c>
       <c r="E592" t="s">
-        <v>1481</v>
+        <v>2067</v>
       </c>
       <c r="F592" t="s">
-        <v>1482</v>
+        <v>1526</v>
       </c>
       <c r="G592"/>
       <c r="H592" t="s">
         <v>40</v>
       </c>
       <c r="I592" t="s">
         <v>24</v>
       </c>
-      <c r="J592" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J592"/>
+      <c r="K592"/>
       <c r="L592"/>
       <c r="M592"/>
       <c r="N592"/>
       <c r="O592"/>
-      <c r="P592" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P592"/>
       <c r="Q592" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="593" spans="1:17">
       <c r="A593">
-        <v>14009</v>
+        <v>16377</v>
       </c>
       <c r="B593" t="s">
         <v>2068</v>
       </c>
       <c r="C593" t="s">
         <v>2069</v>
       </c>
       <c r="D593" t="s">
-        <v>445</v>
+        <v>90</v>
       </c>
       <c r="E593" t="s">
         <v>2070</v>
       </c>
       <c r="F593" t="s">
-        <v>1526</v>
+        <v>1603</v>
       </c>
       <c r="G593"/>
       <c r="H593" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I593" t="s">
         <v>24</v>
       </c>
-      <c r="J593"/>
-      <c r="K593"/>
+      <c r="J593" t="s">
+        <v>25</v>
+      </c>
+      <c r="K593" t="s">
+        <v>26</v>
+      </c>
       <c r="L593"/>
       <c r="M593"/>
       <c r="N593"/>
       <c r="O593"/>
       <c r="P593"/>
       <c r="Q593" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="594" spans="1:17">
       <c r="A594">
-        <v>16377</v>
+        <v>80944</v>
       </c>
       <c r="B594" t="s">
         <v>2071</v>
       </c>
       <c r="C594" t="s">
         <v>2072</v>
       </c>
       <c r="D594" t="s">
-        <v>90</v>
+        <v>2073</v>
       </c>
       <c r="E594" t="s">
-        <v>2073</v>
+        <v>1698</v>
       </c>
       <c r="F594" t="s">
-        <v>1603</v>
+        <v>1694</v>
       </c>
       <c r="G594"/>
       <c r="H594" t="s">
         <v>23</v>
       </c>
       <c r="I594" t="s">
         <v>24</v>
       </c>
-      <c r="J594" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J594"/>
+      <c r="K594"/>
       <c r="L594"/>
       <c r="M594"/>
       <c r="N594"/>
       <c r="O594"/>
-      <c r="P594"/>
+      <c r="P594" t="s">
+        <v>2074</v>
+      </c>
       <c r="Q594" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="595" spans="1:17">
       <c r="A595">
-        <v>80944</v>
+        <v>14060</v>
       </c>
       <c r="B595" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="C595" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="D595" t="s">
-        <v>2076</v>
+        <v>113</v>
       </c>
       <c r="E595" t="s">
         <v>1698</v>
       </c>
       <c r="F595" t="s">
         <v>1694</v>
       </c>
       <c r="G595"/>
       <c r="H595" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I595" t="s">
         <v>24</v>
       </c>
-      <c r="J595"/>
+      <c r="J595" t="s">
+        <v>47</v>
+      </c>
       <c r="K595"/>
       <c r="L595"/>
       <c r="M595"/>
       <c r="N595"/>
-      <c r="O595"/>
-[...2 lines deleted...]
-      </c>
+      <c r="O595" t="s">
+        <v>175</v>
+      </c>
+      <c r="P595"/>
       <c r="Q595" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="596" spans="1:17">
       <c r="A596">
-        <v>14060</v>
+        <v>79745</v>
       </c>
       <c r="B596" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C596" t="s">
         <v>2078</v>
       </c>
-      <c r="C596" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D596" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>1880</v>
+      </c>
+      <c r="E596"/>
+      <c r="F596"/>
       <c r="G596"/>
       <c r="H596" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I596" t="s">
         <v>24</v>
       </c>
-      <c r="J596" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J596"/>
       <c r="K596"/>
       <c r="L596"/>
       <c r="M596"/>
       <c r="N596"/>
-      <c r="O596" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O596"/>
       <c r="P596"/>
       <c r="Q596" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="597" spans="1:17">
       <c r="A597">
-        <v>79745</v>
+        <v>34265</v>
       </c>
       <c r="B597" t="s">
-        <v>2080</v>
-[...6 lines deleted...]
-      </c>
+        <v>2079</v>
+      </c>
+      <c r="C597"/>
+      <c r="D597"/>
       <c r="E597"/>
       <c r="F597"/>
       <c r="G597"/>
       <c r="H597" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I597" t="s">
         <v>24</v>
       </c>
       <c r="J597"/>
       <c r="K597"/>
       <c r="L597"/>
       <c r="M597"/>
       <c r="N597"/>
       <c r="O597"/>
       <c r="P597"/>
       <c r="Q597" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="598" spans="1:17">
       <c r="A598">
-        <v>34265</v>
+        <v>34272</v>
       </c>
       <c r="B598" t="s">
-        <v>2082</v>
+        <v>2080</v>
       </c>
       <c r="C598"/>
       <c r="D598"/>
       <c r="E598"/>
       <c r="F598"/>
       <c r="G598"/>
       <c r="H598" t="s">
         <v>40</v>
       </c>
       <c r="I598" t="s">
         <v>24</v>
       </c>
       <c r="J598"/>
       <c r="K598"/>
       <c r="L598"/>
       <c r="M598"/>
       <c r="N598"/>
       <c r="O598"/>
       <c r="P598"/>
       <c r="Q598" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="599" spans="1:17">
       <c r="A599">
-        <v>34272</v>
+        <v>93826</v>
       </c>
       <c r="B599" t="s">
-        <v>2083</v>
+        <v>2081</v>
       </c>
       <c r="C599"/>
       <c r="D599"/>
       <c r="E599"/>
       <c r="F599"/>
       <c r="G599"/>
       <c r="H599" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I599" t="s">
         <v>24</v>
       </c>
       <c r="J599"/>
       <c r="K599"/>
       <c r="L599"/>
       <c r="M599"/>
       <c r="N599"/>
       <c r="O599"/>
       <c r="P599"/>
       <c r="Q599" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="600" spans="1:17">
       <c r="A600">
-        <v>93826</v>
+        <v>34488</v>
       </c>
       <c r="B600" t="s">
-        <v>2084</v>
+        <v>2082</v>
       </c>
       <c r="C600"/>
       <c r="D600"/>
       <c r="E600"/>
       <c r="F600"/>
       <c r="G600"/>
       <c r="H600" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I600" t="s">
         <v>24</v>
       </c>
       <c r="J600"/>
       <c r="K600"/>
       <c r="L600"/>
       <c r="M600"/>
       <c r="N600"/>
       <c r="O600"/>
       <c r="P600"/>
       <c r="Q600" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="601" spans="1:17">
       <c r="A601">
-        <v>34488</v>
+        <v>34508</v>
       </c>
       <c r="B601" t="s">
-        <v>2085</v>
+        <v>2083</v>
       </c>
       <c r="C601"/>
       <c r="D601"/>
       <c r="E601"/>
       <c r="F601"/>
       <c r="G601"/>
       <c r="H601" t="s">
         <v>40</v>
       </c>
       <c r="I601" t="s">
         <v>24</v>
       </c>
       <c r="J601"/>
       <c r="K601"/>
       <c r="L601"/>
       <c r="M601"/>
       <c r="N601"/>
       <c r="O601"/>
       <c r="P601"/>
       <c r="Q601" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="602" spans="1:17">
       <c r="A602">
-        <v>34508</v>
+        <v>79735</v>
       </c>
       <c r="B602" t="s">
-        <v>2086</v>
+        <v>2084</v>
       </c>
       <c r="C602"/>
       <c r="D602"/>
       <c r="E602"/>
       <c r="F602"/>
       <c r="G602"/>
       <c r="H602" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I602" t="s">
         <v>24</v>
       </c>
       <c r="J602"/>
       <c r="K602"/>
       <c r="L602"/>
       <c r="M602"/>
       <c r="N602"/>
       <c r="O602"/>
       <c r="P602"/>
       <c r="Q602" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="603" spans="1:17">
       <c r="A603">
-        <v>79735</v>
+        <v>95565</v>
       </c>
       <c r="B603" t="s">
-        <v>2087</v>
+        <v>2085</v>
       </c>
       <c r="C603"/>
       <c r="D603"/>
       <c r="E603"/>
       <c r="F603"/>
       <c r="G603"/>
       <c r="H603" t="s">
         <v>23</v>
       </c>
       <c r="I603" t="s">
         <v>24</v>
       </c>
       <c r="J603"/>
       <c r="K603"/>
       <c r="L603"/>
       <c r="M603"/>
       <c r="N603"/>
       <c r="O603"/>
       <c r="P603"/>
       <c r="Q603" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="604" spans="1:17">
       <c r="A604">
-        <v>95565</v>
+        <v>34599</v>
       </c>
       <c r="B604" t="s">
-        <v>2088</v>
+        <v>2086</v>
       </c>
       <c r="C604"/>
       <c r="D604"/>
       <c r="E604"/>
       <c r="F604"/>
       <c r="G604"/>
       <c r="H604" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I604" t="s">
         <v>24</v>
       </c>
       <c r="J604"/>
       <c r="K604"/>
       <c r="L604"/>
       <c r="M604"/>
       <c r="N604"/>
       <c r="O604"/>
       <c r="P604"/>
       <c r="Q604" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="605" spans="1:17">
       <c r="A605">
-        <v>34599</v>
+        <v>34600</v>
       </c>
       <c r="B605" t="s">
-        <v>2089</v>
+        <v>2087</v>
       </c>
       <c r="C605"/>
       <c r="D605"/>
       <c r="E605"/>
       <c r="F605"/>
       <c r="G605"/>
       <c r="H605" t="s">
         <v>40</v>
       </c>
       <c r="I605" t="s">
         <v>24</v>
       </c>
       <c r="J605"/>
       <c r="K605"/>
       <c r="L605"/>
       <c r="M605"/>
       <c r="N605"/>
       <c r="O605"/>
       <c r="P605"/>
       <c r="Q605" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="606" spans="1:17">
       <c r="A606">
-        <v>34600</v>
+        <v>79738</v>
       </c>
       <c r="B606" t="s">
-        <v>2090</v>
+        <v>2088</v>
       </c>
       <c r="C606"/>
       <c r="D606"/>
       <c r="E606"/>
       <c r="F606"/>
       <c r="G606"/>
       <c r="H606" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I606" t="s">
         <v>24</v>
       </c>
       <c r="J606"/>
       <c r="K606"/>
       <c r="L606"/>
       <c r="M606"/>
       <c r="N606"/>
       <c r="O606"/>
       <c r="P606"/>
       <c r="Q606" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="607" spans="1:17">
       <c r="A607">
-        <v>79738</v>
+        <v>32202</v>
       </c>
       <c r="B607" t="s">
-        <v>2091</v>
+        <v>2089</v>
       </c>
       <c r="C607"/>
       <c r="D607"/>
       <c r="E607"/>
       <c r="F607"/>
       <c r="G607"/>
       <c r="H607" t="s">
         <v>23</v>
       </c>
       <c r="I607" t="s">
         <v>24</v>
       </c>
       <c r="J607"/>
       <c r="K607"/>
       <c r="L607"/>
       <c r="M607"/>
       <c r="N607"/>
       <c r="O607"/>
       <c r="P607"/>
       <c r="Q607" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="608" spans="1:17">
       <c r="A608">
-        <v>32202</v>
+        <v>79736</v>
       </c>
       <c r="B608" t="s">
-        <v>2092</v>
+        <v>2090</v>
       </c>
       <c r="C608"/>
       <c r="D608"/>
       <c r="E608"/>
       <c r="F608"/>
       <c r="G608"/>
       <c r="H608" t="s">
         <v>23</v>
       </c>
       <c r="I608" t="s">
         <v>24</v>
       </c>
       <c r="J608"/>
       <c r="K608"/>
       <c r="L608"/>
       <c r="M608"/>
       <c r="N608"/>
       <c r="O608"/>
       <c r="P608"/>
       <c r="Q608" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="609" spans="1:17">
       <c r="A609">
-        <v>79736</v>
+        <v>23777</v>
       </c>
       <c r="B609" t="s">
-        <v>2093</v>
+        <v>2091</v>
       </c>
       <c r="C609"/>
       <c r="D609"/>
       <c r="E609"/>
       <c r="F609"/>
       <c r="G609"/>
       <c r="H609" t="s">
         <v>23</v>
       </c>
       <c r="I609" t="s">
         <v>24</v>
       </c>
       <c r="J609"/>
       <c r="K609"/>
       <c r="L609"/>
       <c r="M609"/>
       <c r="N609"/>
       <c r="O609"/>
-      <c r="P609"/>
+      <c r="P609" t="s">
+        <v>2092</v>
+      </c>
       <c r="Q609" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="610" spans="1:17">
       <c r="A610">
-        <v>23777</v>
+        <v>79742</v>
       </c>
       <c r="B610" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C610" t="s">
         <v>2094</v>
       </c>
-      <c r="C610"/>
-      <c r="D610"/>
+      <c r="D610" t="s">
+        <v>1867</v>
+      </c>
       <c r="E610"/>
       <c r="F610"/>
       <c r="G610"/>
       <c r="H610" t="s">
         <v>23</v>
       </c>
       <c r="I610" t="s">
         <v>24</v>
       </c>
       <c r="J610"/>
       <c r="K610"/>
       <c r="L610"/>
       <c r="M610"/>
       <c r="N610"/>
       <c r="O610"/>
-      <c r="P610" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P610"/>
       <c r="Q610" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="611" spans="1:17">
       <c r="A611">
-        <v>79742</v>
+        <v>79546</v>
       </c>
       <c r="B611" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C611" t="s">
         <v>2096</v>
       </c>
-      <c r="C611" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D611" t="s">
-        <v>1867</v>
+        <v>1880</v>
       </c>
       <c r="E611"/>
       <c r="F611"/>
       <c r="G611"/>
       <c r="H611" t="s">
         <v>23</v>
       </c>
       <c r="I611" t="s">
         <v>24</v>
       </c>
       <c r="J611"/>
       <c r="K611"/>
       <c r="L611"/>
       <c r="M611"/>
       <c r="N611"/>
       <c r="O611"/>
-      <c r="P611"/>
+      <c r="P611" t="s">
+        <v>2097</v>
+      </c>
       <c r="Q611" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="612" spans="1:17">
       <c r="A612">
-        <v>79546</v>
+        <v>99474</v>
       </c>
       <c r="B612" t="s">
         <v>2098</v>
       </c>
       <c r="C612" t="s">
         <v>2099</v>
       </c>
       <c r="D612" t="s">
-        <v>1880</v>
+        <v>1867</v>
       </c>
       <c r="E612"/>
       <c r="F612"/>
       <c r="G612"/>
       <c r="H612" t="s">
         <v>23</v>
       </c>
       <c r="I612" t="s">
         <v>24</v>
       </c>
       <c r="J612"/>
       <c r="K612"/>
       <c r="L612"/>
       <c r="M612"/>
       <c r="N612"/>
       <c r="O612"/>
-      <c r="P612" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P612"/>
       <c r="Q612" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="613" spans="1:17">
       <c r="A613">
-        <v>99474</v>
+        <v>79740</v>
       </c>
       <c r="B613" t="s">
-        <v>2101</v>
-[...6 lines deleted...]
-      </c>
+        <v>2100</v>
+      </c>
+      <c r="C613"/>
+      <c r="D613"/>
       <c r="E613"/>
       <c r="F613"/>
       <c r="G613"/>
       <c r="H613" t="s">
         <v>23</v>
       </c>
       <c r="I613" t="s">
         <v>24</v>
       </c>
       <c r="J613"/>
       <c r="K613"/>
       <c r="L613"/>
       <c r="M613"/>
       <c r="N613"/>
       <c r="O613"/>
       <c r="P613"/>
       <c r="Q613" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="614" spans="1:17">
       <c r="A614">
-        <v>79740</v>
+        <v>79936</v>
       </c>
       <c r="B614" t="s">
-        <v>2103</v>
+        <v>2101</v>
       </c>
       <c r="C614"/>
       <c r="D614"/>
       <c r="E614"/>
       <c r="F614"/>
       <c r="G614"/>
       <c r="H614" t="s">
         <v>23</v>
       </c>
       <c r="I614" t="s">
         <v>24</v>
       </c>
       <c r="J614"/>
       <c r="K614"/>
       <c r="L614"/>
       <c r="M614"/>
       <c r="N614"/>
       <c r="O614"/>
       <c r="P614"/>
       <c r="Q614" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="615" spans="1:17">
       <c r="A615">
-        <v>79936</v>
+        <v>99475</v>
       </c>
       <c r="B615" t="s">
-        <v>2104</v>
-[...2 lines deleted...]
-      <c r="D615"/>
+        <v>2102</v>
+      </c>
+      <c r="C615" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1867</v>
+      </c>
       <c r="E615"/>
       <c r="F615"/>
       <c r="G615"/>
       <c r="H615" t="s">
         <v>23</v>
       </c>
       <c r="I615" t="s">
         <v>24</v>
       </c>
       <c r="J615"/>
       <c r="K615"/>
       <c r="L615"/>
       <c r="M615"/>
       <c r="N615"/>
       <c r="O615"/>
       <c r="P615"/>
       <c r="Q615" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="616" spans="1:17">
       <c r="A616">
-        <v>99475</v>
+        <v>96800</v>
       </c>
       <c r="B616" t="s">
-        <v>2105</v>
-[...6 lines deleted...]
-      </c>
+        <v>2104</v>
+      </c>
+      <c r="C616"/>
+      <c r="D616"/>
       <c r="E616"/>
       <c r="F616"/>
       <c r="G616"/>
       <c r="H616" t="s">
         <v>23</v>
       </c>
       <c r="I616" t="s">
         <v>24</v>
       </c>
       <c r="J616"/>
       <c r="K616"/>
       <c r="L616"/>
       <c r="M616"/>
       <c r="N616"/>
       <c r="O616"/>
       <c r="P616"/>
       <c r="Q616" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="617" spans="1:17">
       <c r="A617">
         <v>79741</v>
       </c>
       <c r="B617" t="s">
-        <v>2107</v>
+        <v>2105</v>
       </c>
       <c r="C617"/>
       <c r="D617"/>
       <c r="E617"/>
       <c r="F617"/>
       <c r="G617"/>
       <c r="H617" t="s">
         <v>23</v>
       </c>
       <c r="I617" t="s">
         <v>24</v>
       </c>
       <c r="J617"/>
       <c r="K617"/>
       <c r="L617"/>
       <c r="M617"/>
       <c r="N617"/>
       <c r="O617"/>
       <c r="P617"/>
       <c r="Q617" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="618" spans="1:17">
       <c r="A618">
         <v>79722</v>
       </c>
       <c r="B618" t="s">
-        <v>2108</v>
+        <v>2106</v>
       </c>
       <c r="C618" t="s">
-        <v>2109</v>
+        <v>2107</v>
       </c>
       <c r="D618" t="s">
         <v>1867</v>
       </c>
       <c r="E618"/>
       <c r="F618"/>
       <c r="G618"/>
       <c r="H618" t="s">
         <v>23</v>
       </c>
       <c r="I618" t="s">
         <v>24</v>
       </c>
       <c r="J618"/>
       <c r="K618"/>
       <c r="L618"/>
       <c r="M618"/>
       <c r="N618"/>
       <c r="O618"/>
       <c r="P618"/>
       <c r="Q618" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="619" spans="1:17">
       <c r="A619">
         <v>79723</v>
       </c>
       <c r="B619" t="s">
-        <v>2110</v>
+        <v>2108</v>
       </c>
       <c r="C619" t="s">
-        <v>2111</v>
+        <v>2109</v>
       </c>
       <c r="D619" t="s">
         <v>1867</v>
       </c>
       <c r="E619"/>
       <c r="F619"/>
       <c r="G619"/>
       <c r="H619" t="s">
         <v>23</v>
       </c>
       <c r="I619" t="s">
         <v>24</v>
       </c>
       <c r="J619"/>
       <c r="K619"/>
       <c r="L619"/>
       <c r="M619"/>
       <c r="N619"/>
       <c r="O619"/>
       <c r="P619"/>
       <c r="Q619" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="620" spans="1:17">
       <c r="A620">
         <v>79605</v>
       </c>
       <c r="B620" t="s">
-        <v>2112</v>
+        <v>2110</v>
       </c>
       <c r="C620"/>
       <c r="D620"/>
       <c r="E620"/>
       <c r="F620"/>
       <c r="G620"/>
       <c r="H620" t="s">
         <v>23</v>
       </c>
       <c r="I620" t="s">
         <v>24</v>
       </c>
       <c r="J620"/>
       <c r="K620"/>
       <c r="L620"/>
       <c r="M620"/>
       <c r="N620"/>
       <c r="O620"/>
       <c r="P620"/>
       <c r="Q620" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="621" spans="1:17">
       <c r="A621">
         <v>34993</v>
       </c>
       <c r="B621" t="s">
-        <v>2113</v>
+        <v>2111</v>
       </c>
       <c r="C621"/>
       <c r="D621"/>
       <c r="E621"/>
       <c r="F621"/>
       <c r="G621"/>
       <c r="H621" t="s">
         <v>40</v>
       </c>
       <c r="I621" t="s">
         <v>24</v>
       </c>
       <c r="J621"/>
       <c r="K621"/>
       <c r="L621"/>
       <c r="M621"/>
       <c r="N621"/>
       <c r="O621"/>
       <c r="P621"/>
       <c r="Q621" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="622" spans="1:17">
       <c r="A622">
         <v>32204</v>
       </c>
       <c r="B622" t="s">
-        <v>2114</v>
+        <v>2112</v>
       </c>
       <c r="C622"/>
       <c r="D622"/>
       <c r="E622"/>
       <c r="F622"/>
       <c r="G622"/>
       <c r="H622" t="s">
         <v>40</v>
       </c>
       <c r="I622" t="s">
         <v>24</v>
       </c>
       <c r="J622" t="s">
         <v>47</v>
       </c>
       <c r="K622"/>
       <c r="L622"/>
       <c r="M622"/>
       <c r="N622"/>
       <c r="O622" t="s">
         <v>55</v>
       </c>
       <c r="P622"/>
       <c r="Q622" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="623" spans="1:17">
       <c r="A623">
         <v>35013</v>
       </c>
       <c r="B623" t="s">
-        <v>2115</v>
+        <v>2113</v>
       </c>
       <c r="C623"/>
       <c r="D623"/>
       <c r="E623"/>
       <c r="F623"/>
       <c r="G623"/>
       <c r="H623" t="s">
         <v>40</v>
       </c>
       <c r="I623" t="s">
         <v>24</v>
       </c>
       <c r="J623" t="s">
         <v>47</v>
       </c>
       <c r="K623"/>
       <c r="L623"/>
       <c r="M623"/>
       <c r="N623"/>
       <c r="O623" t="s">
         <v>55</v>
       </c>
       <c r="P623" t="s">
-        <v>2116</v>
+        <v>2114</v>
       </c>
       <c r="Q623" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="624" spans="1:17">
       <c r="A624">
-        <v>24455</v>
+        <v>96827</v>
       </c>
       <c r="B624" t="s">
-        <v>2117</v>
+        <v>2115</v>
       </c>
       <c r="C624"/>
       <c r="D624"/>
       <c r="E624"/>
       <c r="F624"/>
       <c r="G624"/>
       <c r="H624" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I624" t="s">
         <v>24</v>
       </c>
-      <c r="J624" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J624"/>
       <c r="K624"/>
       <c r="L624"/>
       <c r="M624"/>
       <c r="N624"/>
-      <c r="O624" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O624"/>
       <c r="P624"/>
       <c r="Q624" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="625" spans="1:17">
       <c r="A625">
-        <v>35324</v>
+        <v>24455</v>
       </c>
       <c r="B625" t="s">
-        <v>2118</v>
+        <v>2116</v>
       </c>
       <c r="C625"/>
       <c r="D625"/>
       <c r="E625"/>
       <c r="F625"/>
       <c r="G625"/>
       <c r="H625" t="s">
         <v>40</v>
       </c>
       <c r="I625" t="s">
         <v>24</v>
       </c>
-      <c r="J625"/>
+      <c r="J625" t="s">
+        <v>47</v>
+      </c>
       <c r="K625"/>
       <c r="L625"/>
       <c r="M625"/>
       <c r="N625"/>
-      <c r="O625"/>
+      <c r="O625" t="s">
+        <v>55</v>
+      </c>
       <c r="P625"/>
       <c r="Q625" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="626" spans="1:17">
       <c r="A626">
-        <v>35325</v>
+        <v>35324</v>
       </c>
       <c r="B626" t="s">
-        <v>2119</v>
+        <v>2117</v>
       </c>
       <c r="C626"/>
       <c r="D626"/>
       <c r="E626"/>
       <c r="F626"/>
       <c r="G626"/>
       <c r="H626" t="s">
         <v>40</v>
       </c>
       <c r="I626" t="s">
         <v>24</v>
       </c>
       <c r="J626"/>
       <c r="K626"/>
       <c r="L626"/>
       <c r="M626"/>
       <c r="N626"/>
       <c r="O626"/>
       <c r="P626"/>
       <c r="Q626" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="627" spans="1:17">
       <c r="A627">
-        <v>35326</v>
+        <v>35325</v>
       </c>
       <c r="B627" t="s">
-        <v>2120</v>
+        <v>2118</v>
       </c>
       <c r="C627"/>
       <c r="D627"/>
       <c r="E627"/>
       <c r="F627"/>
       <c r="G627"/>
       <c r="H627" t="s">
         <v>40</v>
       </c>
       <c r="I627" t="s">
         <v>24</v>
       </c>
       <c r="J627"/>
       <c r="K627"/>
       <c r="L627"/>
       <c r="M627"/>
       <c r="N627"/>
       <c r="O627"/>
       <c r="P627"/>
       <c r="Q627" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="628" spans="1:17">
       <c r="A628">
-        <v>35327</v>
+        <v>35326</v>
       </c>
       <c r="B628" t="s">
-        <v>2121</v>
+        <v>2119</v>
       </c>
       <c r="C628"/>
       <c r="D628"/>
       <c r="E628"/>
       <c r="F628"/>
       <c r="G628"/>
       <c r="H628" t="s">
         <v>40</v>
       </c>
       <c r="I628" t="s">
         <v>24</v>
       </c>
       <c r="J628"/>
       <c r="K628"/>
       <c r="L628"/>
       <c r="M628"/>
       <c r="N628"/>
       <c r="O628"/>
       <c r="P628"/>
       <c r="Q628" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="629" spans="1:17">
       <c r="A629">
-        <v>35328</v>
+        <v>35327</v>
       </c>
       <c r="B629" t="s">
-        <v>2122</v>
+        <v>2120</v>
       </c>
       <c r="C629"/>
       <c r="D629"/>
       <c r="E629"/>
       <c r="F629"/>
       <c r="G629"/>
       <c r="H629" t="s">
         <v>40</v>
       </c>
       <c r="I629" t="s">
         <v>24</v>
       </c>
       <c r="J629"/>
       <c r="K629"/>
       <c r="L629"/>
       <c r="M629"/>
       <c r="N629"/>
       <c r="O629"/>
       <c r="P629"/>
       <c r="Q629" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="630" spans="1:17">
       <c r="A630">
-        <v>24445</v>
+        <v>35328</v>
       </c>
       <c r="B630" t="s">
-        <v>2123</v>
+        <v>2121</v>
       </c>
       <c r="C630"/>
       <c r="D630"/>
       <c r="E630"/>
       <c r="F630"/>
       <c r="G630"/>
       <c r="H630" t="s">
         <v>40</v>
       </c>
       <c r="I630" t="s">
         <v>24</v>
       </c>
-      <c r="J630" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J630"/>
       <c r="K630"/>
       <c r="L630"/>
       <c r="M630"/>
       <c r="N630"/>
-      <c r="O630" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O630"/>
       <c r="P630"/>
       <c r="Q630" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="631" spans="1:17">
       <c r="A631">
-        <v>24443</v>
+        <v>24445</v>
       </c>
       <c r="B631" t="s">
-        <v>2124</v>
+        <v>2122</v>
       </c>
       <c r="C631"/>
       <c r="D631"/>
       <c r="E631"/>
       <c r="F631"/>
       <c r="G631"/>
       <c r="H631" t="s">
         <v>40</v>
       </c>
       <c r="I631" t="s">
         <v>24</v>
       </c>
       <c r="J631" t="s">
         <v>47</v>
       </c>
       <c r="K631"/>
       <c r="L631"/>
       <c r="M631"/>
       <c r="N631"/>
       <c r="O631" t="s">
         <v>48</v>
       </c>
       <c r="P631"/>
       <c r="Q631" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="632" spans="1:17">
       <c r="A632">
-        <v>35329</v>
+        <v>24443</v>
       </c>
       <c r="B632" t="s">
-        <v>2125</v>
+        <v>2123</v>
       </c>
       <c r="C632"/>
       <c r="D632"/>
       <c r="E632"/>
       <c r="F632"/>
       <c r="G632"/>
       <c r="H632" t="s">
         <v>40</v>
       </c>
       <c r="I632" t="s">
         <v>24</v>
       </c>
-      <c r="J632"/>
+      <c r="J632" t="s">
+        <v>47</v>
+      </c>
       <c r="K632"/>
       <c r="L632"/>
       <c r="M632"/>
       <c r="N632"/>
-      <c r="O632"/>
+      <c r="O632" t="s">
+        <v>48</v>
+      </c>
       <c r="P632"/>
       <c r="Q632" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="633" spans="1:17">
       <c r="A633">
-        <v>35330</v>
+        <v>35329</v>
       </c>
       <c r="B633" t="s">
-        <v>2126</v>
+        <v>2124</v>
       </c>
       <c r="C633"/>
       <c r="D633"/>
       <c r="E633"/>
       <c r="F633"/>
       <c r="G633"/>
       <c r="H633" t="s">
         <v>40</v>
       </c>
       <c r="I633" t="s">
         <v>24</v>
       </c>
       <c r="J633"/>
       <c r="K633"/>
       <c r="L633"/>
       <c r="M633"/>
       <c r="N633"/>
       <c r="O633"/>
       <c r="P633"/>
       <c r="Q633" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="634" spans="1:17">
       <c r="A634">
-        <v>35331</v>
+        <v>35330</v>
       </c>
       <c r="B634" t="s">
-        <v>2127</v>
+        <v>2125</v>
       </c>
       <c r="C634"/>
       <c r="D634"/>
       <c r="E634"/>
       <c r="F634"/>
       <c r="G634"/>
       <c r="H634" t="s">
         <v>40</v>
       </c>
       <c r="I634" t="s">
         <v>24</v>
       </c>
       <c r="J634"/>
       <c r="K634"/>
       <c r="L634"/>
       <c r="M634"/>
       <c r="N634"/>
       <c r="O634"/>
       <c r="P634"/>
       <c r="Q634" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="635" spans="1:17">
       <c r="A635">
-        <v>35332</v>
+        <v>35331</v>
       </c>
       <c r="B635" t="s">
-        <v>2128</v>
+        <v>2126</v>
       </c>
       <c r="C635"/>
       <c r="D635"/>
       <c r="E635"/>
       <c r="F635"/>
       <c r="G635"/>
       <c r="H635" t="s">
         <v>40</v>
       </c>
       <c r="I635" t="s">
         <v>24</v>
       </c>
       <c r="J635"/>
       <c r="K635"/>
       <c r="L635"/>
       <c r="M635"/>
       <c r="N635"/>
       <c r="O635"/>
       <c r="P635"/>
       <c r="Q635" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="636" spans="1:17">
       <c r="A636">
-        <v>35333</v>
+        <v>35332</v>
       </c>
       <c r="B636" t="s">
-        <v>2129</v>
+        <v>2127</v>
       </c>
       <c r="C636"/>
       <c r="D636"/>
       <c r="E636"/>
       <c r="F636"/>
       <c r="G636"/>
       <c r="H636" t="s">
         <v>40</v>
       </c>
       <c r="I636" t="s">
         <v>24</v>
       </c>
       <c r="J636"/>
       <c r="K636"/>
       <c r="L636"/>
       <c r="M636"/>
       <c r="N636"/>
       <c r="O636"/>
-      <c r="P636" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P636"/>
       <c r="Q636" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="637" spans="1:17">
       <c r="A637">
-        <v>35334</v>
+        <v>35333</v>
       </c>
       <c r="B637" t="s">
-        <v>2131</v>
+        <v>2128</v>
       </c>
       <c r="C637"/>
       <c r="D637"/>
       <c r="E637"/>
       <c r="F637"/>
       <c r="G637"/>
       <c r="H637" t="s">
         <v>40</v>
       </c>
       <c r="I637" t="s">
         <v>24</v>
       </c>
       <c r="J637"/>
       <c r="K637"/>
       <c r="L637"/>
       <c r="M637"/>
       <c r="N637"/>
       <c r="O637"/>
       <c r="P637" t="s">
-        <v>2132</v>
+        <v>2129</v>
       </c>
       <c r="Q637" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="638" spans="1:17">
       <c r="A638">
-        <v>96851</v>
+        <v>35334</v>
       </c>
       <c r="B638" t="s">
-        <v>2133</v>
+        <v>2130</v>
       </c>
       <c r="C638"/>
       <c r="D638"/>
       <c r="E638"/>
       <c r="F638"/>
       <c r="G638"/>
       <c r="H638" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I638" t="s">
         <v>24</v>
       </c>
       <c r="J638"/>
       <c r="K638"/>
       <c r="L638"/>
       <c r="M638"/>
       <c r="N638"/>
       <c r="O638"/>
-      <c r="P638"/>
+      <c r="P638" t="s">
+        <v>2131</v>
+      </c>
       <c r="Q638" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="639" spans="1:17">
       <c r="A639">
-        <v>96857</v>
+        <v>96851</v>
       </c>
       <c r="B639" t="s">
-        <v>2134</v>
+        <v>2132</v>
       </c>
       <c r="C639"/>
       <c r="D639"/>
       <c r="E639"/>
       <c r="F639"/>
       <c r="G639"/>
       <c r="H639" t="s">
         <v>23</v>
       </c>
       <c r="I639" t="s">
         <v>24</v>
       </c>
       <c r="J639"/>
       <c r="K639"/>
       <c r="L639"/>
       <c r="M639"/>
       <c r="N639"/>
       <c r="O639"/>
       <c r="P639"/>
       <c r="Q639" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="640" spans="1:17">
       <c r="A640">
-        <v>35474</v>
+        <v>96857</v>
       </c>
       <c r="B640" t="s">
-        <v>2135</v>
+        <v>2133</v>
       </c>
       <c r="C640"/>
       <c r="D640"/>
       <c r="E640"/>
       <c r="F640"/>
       <c r="G640"/>
       <c r="H640" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I640" t="s">
         <v>24</v>
       </c>
       <c r="J640"/>
       <c r="K640"/>
       <c r="L640"/>
       <c r="M640"/>
       <c r="N640"/>
       <c r="O640"/>
       <c r="P640"/>
       <c r="Q640" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="641" spans="1:17">
       <c r="A641">
-        <v>96865</v>
+        <v>35474</v>
       </c>
       <c r="B641" t="s">
-        <v>2136</v>
+        <v>2134</v>
       </c>
       <c r="C641"/>
       <c r="D641"/>
       <c r="E641"/>
       <c r="F641"/>
       <c r="G641"/>
       <c r="H641" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I641" t="s">
         <v>24</v>
       </c>
       <c r="J641"/>
       <c r="K641"/>
       <c r="L641"/>
       <c r="M641"/>
       <c r="N641"/>
       <c r="O641"/>
       <c r="P641"/>
       <c r="Q641" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="642" spans="1:17">
       <c r="A642">
-        <v>96871</v>
+        <v>96865</v>
       </c>
       <c r="B642" t="s">
-        <v>2137</v>
-[...6 lines deleted...]
-      </c>
+        <v>2135</v>
+      </c>
+      <c r="C642"/>
+      <c r="D642"/>
       <c r="E642"/>
       <c r="F642"/>
       <c r="G642"/>
       <c r="H642" t="s">
         <v>23</v>
       </c>
       <c r="I642" t="s">
         <v>24</v>
       </c>
       <c r="J642"/>
       <c r="K642"/>
       <c r="L642"/>
       <c r="M642"/>
       <c r="N642"/>
       <c r="O642"/>
       <c r="P642"/>
       <c r="Q642" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="643" spans="1:17">
       <c r="A643">
-        <v>79608</v>
+        <v>96871</v>
       </c>
       <c r="B643" t="s">
-        <v>2139</v>
-[...2 lines deleted...]
-      <c r="D643"/>
+        <v>2136</v>
+      </c>
+      <c r="C643" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D643" t="s">
+        <v>1867</v>
+      </c>
       <c r="E643"/>
       <c r="F643"/>
       <c r="G643"/>
       <c r="H643" t="s">
         <v>23</v>
       </c>
       <c r="I643" t="s">
         <v>24</v>
       </c>
       <c r="J643"/>
       <c r="K643"/>
       <c r="L643"/>
       <c r="M643"/>
       <c r="N643"/>
       <c r="O643"/>
       <c r="P643"/>
       <c r="Q643" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="644" spans="1:17">
       <c r="A644">
-        <v>32208</v>
+        <v>79608</v>
       </c>
       <c r="B644" t="s">
-        <v>2140</v>
+        <v>2138</v>
       </c>
       <c r="C644"/>
       <c r="D644"/>
       <c r="E644"/>
       <c r="F644"/>
       <c r="G644"/>
       <c r="H644" t="s">
         <v>23</v>
       </c>
       <c r="I644" t="s">
         <v>24</v>
       </c>
-      <c r="J644" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J644"/>
       <c r="K644"/>
       <c r="L644"/>
       <c r="M644"/>
       <c r="N644"/>
-      <c r="O644" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O644"/>
       <c r="P644"/>
       <c r="Q644" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="645" spans="1:17">
       <c r="A645">
-        <v>96829</v>
+        <v>32208</v>
       </c>
       <c r="B645" t="s">
-        <v>2141</v>
+        <v>2139</v>
       </c>
       <c r="C645"/>
       <c r="D645"/>
       <c r="E645"/>
       <c r="F645"/>
       <c r="G645"/>
       <c r="H645" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I645" t="s">
         <v>24</v>
       </c>
-      <c r="J645"/>
+      <c r="J645" t="s">
+        <v>47</v>
+      </c>
       <c r="K645"/>
       <c r="L645"/>
       <c r="M645"/>
       <c r="N645"/>
-      <c r="O645"/>
-[...2 lines deleted...]
-      </c>
+      <c r="O645" t="s">
+        <v>175</v>
+      </c>
+      <c r="P645"/>
       <c r="Q645" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="646" spans="1:17">
       <c r="A646">
-        <v>96895</v>
+        <v>96829</v>
       </c>
       <c r="B646" t="s">
-        <v>2143</v>
+        <v>2140</v>
       </c>
       <c r="C646"/>
       <c r="D646"/>
       <c r="E646"/>
       <c r="F646"/>
       <c r="G646"/>
       <c r="H646" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I646" t="s">
         <v>24</v>
       </c>
       <c r="J646"/>
       <c r="K646"/>
       <c r="L646"/>
       <c r="M646"/>
       <c r="N646"/>
       <c r="O646"/>
-      <c r="P646"/>
+      <c r="P646" t="s">
+        <v>2141</v>
+      </c>
       <c r="Q646" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="647" spans="1:17">
       <c r="A647">
-        <v>79207</v>
+        <v>96895</v>
       </c>
       <c r="B647" t="s">
-        <v>2144</v>
+        <v>2142</v>
       </c>
       <c r="C647"/>
       <c r="D647"/>
       <c r="E647"/>
       <c r="F647"/>
       <c r="G647"/>
       <c r="H647" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I647" t="s">
         <v>24</v>
       </c>
-      <c r="J647" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J647"/>
+      <c r="K647"/>
       <c r="L647"/>
       <c r="M647"/>
       <c r="N647"/>
       <c r="O647"/>
       <c r="P647"/>
       <c r="Q647" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="648" spans="1:17">
       <c r="A648">
-        <v>79734</v>
+        <v>79207</v>
       </c>
       <c r="B648" t="s">
-        <v>2145</v>
-[...6 lines deleted...]
-      </c>
+        <v>2143</v>
+      </c>
+      <c r="C648"/>
+      <c r="D648"/>
       <c r="E648"/>
       <c r="F648"/>
       <c r="G648"/>
       <c r="H648" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I648" t="s">
         <v>24</v>
       </c>
-      <c r="J648"/>
-      <c r="K648"/>
+      <c r="J648" t="s">
+        <v>25</v>
+      </c>
+      <c r="K648" t="s">
+        <v>26</v>
+      </c>
       <c r="L648"/>
       <c r="M648"/>
       <c r="N648"/>
       <c r="O648"/>
       <c r="P648"/>
       <c r="Q648" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="649" spans="1:17">
       <c r="A649">
-        <v>96906</v>
+        <v>79734</v>
       </c>
       <c r="B649" t="s">
-        <v>2147</v>
-[...2 lines deleted...]
-      <c r="D649"/>
+        <v>2144</v>
+      </c>
+      <c r="C649" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D649" t="s">
+        <v>1867</v>
+      </c>
       <c r="E649"/>
       <c r="F649"/>
       <c r="G649"/>
       <c r="H649" t="s">
         <v>23</v>
       </c>
       <c r="I649" t="s">
         <v>24</v>
       </c>
       <c r="J649"/>
       <c r="K649"/>
       <c r="L649"/>
       <c r="M649"/>
       <c r="N649"/>
       <c r="O649"/>
       <c r="P649"/>
       <c r="Q649" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="650" spans="1:17">
       <c r="A650">
-        <v>10716</v>
+        <v>96906</v>
       </c>
       <c r="B650" t="s">
-        <v>2148</v>
+        <v>2146</v>
       </c>
       <c r="C650"/>
       <c r="D650"/>
       <c r="E650"/>
       <c r="F650"/>
       <c r="G650"/>
       <c r="H650" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I650" t="s">
         <v>24</v>
       </c>
-      <c r="J650" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J650"/>
       <c r="K650"/>
       <c r="L650"/>
       <c r="M650"/>
       <c r="N650"/>
-      <c r="O650" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O650"/>
       <c r="P650"/>
       <c r="Q650" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="651" spans="1:17">
       <c r="A651">
-        <v>32210</v>
+        <v>10716</v>
       </c>
       <c r="B651" t="s">
-        <v>2149</v>
+        <v>2147</v>
       </c>
       <c r="C651"/>
       <c r="D651"/>
       <c r="E651"/>
       <c r="F651"/>
       <c r="G651"/>
       <c r="H651" t="s">
         <v>40</v>
       </c>
       <c r="I651" t="s">
         <v>24</v>
       </c>
       <c r="J651" t="s">
         <v>47</v>
       </c>
       <c r="K651"/>
       <c r="L651"/>
       <c r="M651"/>
       <c r="N651"/>
       <c r="O651" t="s">
         <v>48</v>
       </c>
       <c r="P651"/>
       <c r="Q651" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="652" spans="1:17">
       <c r="A652">
-        <v>35899</v>
+        <v>32210</v>
       </c>
       <c r="B652" t="s">
-        <v>2150</v>
+        <v>2148</v>
       </c>
       <c r="C652"/>
       <c r="D652"/>
       <c r="E652"/>
       <c r="F652"/>
       <c r="G652"/>
       <c r="H652" t="s">
         <v>40</v>
       </c>
       <c r="I652" t="s">
         <v>24</v>
       </c>
-      <c r="J652"/>
+      <c r="J652" t="s">
+        <v>47</v>
+      </c>
       <c r="K652"/>
       <c r="L652"/>
       <c r="M652"/>
       <c r="N652"/>
-      <c r="O652"/>
+      <c r="O652" t="s">
+        <v>48</v>
+      </c>
       <c r="P652"/>
       <c r="Q652" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="653" spans="1:17">
       <c r="A653">
-        <v>32211</v>
+        <v>35899</v>
       </c>
       <c r="B653" t="s">
-        <v>2151</v>
+        <v>2149</v>
       </c>
       <c r="C653"/>
       <c r="D653"/>
       <c r="E653"/>
       <c r="F653"/>
       <c r="G653"/>
       <c r="H653" t="s">
         <v>40</v>
       </c>
       <c r="I653" t="s">
         <v>24</v>
       </c>
-      <c r="J653" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J653"/>
       <c r="K653"/>
       <c r="L653"/>
       <c r="M653"/>
       <c r="N653"/>
-      <c r="O653" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O653"/>
       <c r="P653"/>
       <c r="Q653" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="654" spans="1:17">
       <c r="A654">
-        <v>32257</v>
+        <v>32211</v>
       </c>
       <c r="B654" t="s">
-        <v>2152</v>
+        <v>2150</v>
       </c>
       <c r="C654"/>
       <c r="D654"/>
       <c r="E654"/>
       <c r="F654"/>
       <c r="G654"/>
       <c r="H654" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I654" t="s">
         <v>24</v>
       </c>
-      <c r="J654"/>
+      <c r="J654" t="s">
+        <v>47</v>
+      </c>
       <c r="K654"/>
       <c r="L654"/>
       <c r="M654"/>
       <c r="N654"/>
-      <c r="O654"/>
+      <c r="O654" t="s">
+        <v>48</v>
+      </c>
       <c r="P654"/>
       <c r="Q654" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="655" spans="1:17">
       <c r="A655">
-        <v>33171</v>
+        <v>32257</v>
       </c>
       <c r="B655" t="s">
-        <v>2153</v>
+        <v>2151</v>
       </c>
       <c r="C655"/>
       <c r="D655"/>
       <c r="E655"/>
       <c r="F655"/>
       <c r="G655"/>
       <c r="H655" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I655" t="s">
         <v>24</v>
       </c>
       <c r="J655"/>
       <c r="K655"/>
       <c r="L655"/>
       <c r="M655"/>
       <c r="N655"/>
       <c r="O655"/>
       <c r="P655"/>
       <c r="Q655" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="656" spans="1:17">
       <c r="A656">
-        <v>96922</v>
+        <v>33171</v>
       </c>
       <c r="B656" t="s">
-        <v>2154</v>
-[...6 lines deleted...]
-      </c>
+        <v>2152</v>
+      </c>
+      <c r="C656"/>
+      <c r="D656"/>
       <c r="E656"/>
       <c r="F656"/>
       <c r="G656"/>
       <c r="H656" t="s">
         <v>40</v>
       </c>
       <c r="I656" t="s">
         <v>24</v>
       </c>
       <c r="J656"/>
       <c r="K656"/>
       <c r="L656"/>
       <c r="M656"/>
       <c r="N656"/>
       <c r="O656"/>
       <c r="P656"/>
       <c r="Q656" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="657" spans="1:17">
       <c r="A657">
-        <v>96921</v>
+        <v>96922</v>
       </c>
       <c r="B657" t="s">
-        <v>2156</v>
-[...2 lines deleted...]
-      <c r="D657"/>
+        <v>2153</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D657" t="s">
+        <v>1880</v>
+      </c>
       <c r="E657"/>
       <c r="F657"/>
       <c r="G657"/>
       <c r="H657" t="s">
         <v>40</v>
       </c>
       <c r="I657" t="s">
         <v>24</v>
       </c>
       <c r="J657"/>
       <c r="K657"/>
       <c r="L657"/>
       <c r="M657"/>
       <c r="N657"/>
       <c r="O657"/>
       <c r="P657"/>
       <c r="Q657" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="658" spans="1:17">
       <c r="A658">
-        <v>96931</v>
+        <v>96921</v>
       </c>
       <c r="B658" t="s">
-        <v>2157</v>
-[...6 lines deleted...]
-      </c>
+        <v>2155</v>
+      </c>
+      <c r="C658"/>
+      <c r="D658"/>
       <c r="E658"/>
       <c r="F658"/>
       <c r="G658"/>
       <c r="H658" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I658" t="s">
         <v>24</v>
       </c>
       <c r="J658"/>
       <c r="K658"/>
       <c r="L658"/>
       <c r="M658"/>
       <c r="N658"/>
       <c r="O658"/>
       <c r="P658"/>
       <c r="Q658" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="659" spans="1:17">
       <c r="A659">
-        <v>80158</v>
+        <v>96931</v>
       </c>
       <c r="B659" t="s">
-        <v>2159</v>
+        <v>2156</v>
       </c>
       <c r="C659" t="s">
-        <v>2158</v>
+        <v>2157</v>
       </c>
       <c r="D659" t="s">
         <v>1880</v>
       </c>
       <c r="E659"/>
       <c r="F659"/>
       <c r="G659"/>
       <c r="H659" t="s">
         <v>23</v>
       </c>
       <c r="I659" t="s">
         <v>24</v>
       </c>
       <c r="J659"/>
       <c r="K659"/>
       <c r="L659"/>
       <c r="M659"/>
       <c r="N659"/>
       <c r="O659"/>
       <c r="P659"/>
       <c r="Q659" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="660" spans="1:17">
       <c r="A660">
-        <v>36119</v>
+        <v>80158</v>
       </c>
       <c r="B660" t="s">
-        <v>2160</v>
-[...2 lines deleted...]
-      <c r="D660"/>
+        <v>2158</v>
+      </c>
+      <c r="C660" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D660" t="s">
+        <v>1880</v>
+      </c>
       <c r="E660"/>
       <c r="F660"/>
       <c r="G660"/>
       <c r="H660" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I660" t="s">
         <v>24</v>
       </c>
       <c r="J660"/>
       <c r="K660"/>
       <c r="L660"/>
       <c r="M660"/>
       <c r="N660"/>
       <c r="O660"/>
       <c r="P660"/>
       <c r="Q660" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="661" spans="1:17">
       <c r="A661">
-        <v>30124</v>
+        <v>36119</v>
       </c>
       <c r="B661" t="s">
-        <v>2161</v>
+        <v>2159</v>
       </c>
       <c r="C661"/>
       <c r="D661"/>
       <c r="E661"/>
       <c r="F661"/>
       <c r="G661"/>
       <c r="H661" t="s">
         <v>40</v>
       </c>
       <c r="I661" t="s">
         <v>24</v>
       </c>
       <c r="J661"/>
       <c r="K661"/>
       <c r="L661"/>
       <c r="M661"/>
       <c r="N661"/>
       <c r="O661"/>
       <c r="P661"/>
       <c r="Q661" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="662" spans="1:17">
       <c r="A662">
-        <v>36247</v>
+        <v>30124</v>
       </c>
       <c r="B662" t="s">
-        <v>2162</v>
+        <v>2160</v>
       </c>
       <c r="C662"/>
       <c r="D662"/>
       <c r="E662"/>
       <c r="F662"/>
       <c r="G662"/>
       <c r="H662" t="s">
         <v>40</v>
       </c>
       <c r="I662" t="s">
         <v>24</v>
       </c>
       <c r="J662"/>
       <c r="K662"/>
       <c r="L662"/>
       <c r="M662"/>
       <c r="N662"/>
       <c r="O662"/>
       <c r="P662"/>
       <c r="Q662" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="663" spans="1:17">
       <c r="A663">
-        <v>32194</v>
+        <v>36247</v>
       </c>
       <c r="B663" t="s">
-        <v>2163</v>
+        <v>2161</v>
       </c>
       <c r="C663"/>
       <c r="D663"/>
       <c r="E663"/>
       <c r="F663"/>
       <c r="G663"/>
       <c r="H663" t="s">
         <v>40</v>
       </c>
       <c r="I663" t="s">
         <v>24</v>
       </c>
-      <c r="J663" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J663"/>
       <c r="K663"/>
       <c r="L663"/>
       <c r="M663"/>
       <c r="N663"/>
-      <c r="O663" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O663"/>
       <c r="P663"/>
       <c r="Q663" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="664" spans="1:17">
       <c r="A664">
-        <v>36249</v>
+        <v>32194</v>
       </c>
       <c r="B664" t="s">
-        <v>2164</v>
+        <v>2162</v>
       </c>
       <c r="C664"/>
       <c r="D664"/>
       <c r="E664"/>
       <c r="F664"/>
       <c r="G664"/>
       <c r="H664" t="s">
         <v>40</v>
       </c>
       <c r="I664" t="s">
         <v>24</v>
       </c>
-      <c r="J664"/>
+      <c r="J664" t="s">
+        <v>47</v>
+      </c>
       <c r="K664"/>
       <c r="L664"/>
       <c r="M664"/>
       <c r="N664"/>
-      <c r="O664"/>
+      <c r="O664" t="s">
+        <v>55</v>
+      </c>
       <c r="P664"/>
       <c r="Q664" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="665" spans="1:17">
       <c r="A665">
-        <v>36250</v>
+        <v>36249</v>
       </c>
       <c r="B665" t="s">
-        <v>2165</v>
+        <v>2163</v>
       </c>
       <c r="C665"/>
       <c r="D665"/>
       <c r="E665"/>
       <c r="F665"/>
       <c r="G665"/>
       <c r="H665" t="s">
         <v>40</v>
       </c>
       <c r="I665" t="s">
         <v>24</v>
       </c>
-      <c r="J665" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J665"/>
       <c r="K665"/>
       <c r="L665"/>
       <c r="M665"/>
       <c r="N665"/>
-      <c r="O665" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="O665"/>
+      <c r="P665"/>
       <c r="Q665" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="666" spans="1:17">
       <c r="A666">
-        <v>79733</v>
+        <v>36250</v>
       </c>
       <c r="B666" t="s">
-        <v>2167</v>
+        <v>2164</v>
       </c>
       <c r="C666"/>
       <c r="D666"/>
       <c r="E666"/>
       <c r="F666"/>
       <c r="G666"/>
       <c r="H666" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I666" t="s">
         <v>24</v>
       </c>
-      <c r="J666"/>
+      <c r="J666" t="s">
+        <v>47</v>
+      </c>
       <c r="K666"/>
       <c r="L666"/>
       <c r="M666"/>
       <c r="N666"/>
-      <c r="O666"/>
-      <c r="P666"/>
+      <c r="O666" t="s">
+        <v>48</v>
+      </c>
+      <c r="P666" t="s">
+        <v>2165</v>
+      </c>
       <c r="Q666" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="667" spans="1:17">
       <c r="A667">
-        <v>36340</v>
+        <v>79733</v>
       </c>
       <c r="B667" t="s">
-        <v>2168</v>
+        <v>2166</v>
       </c>
       <c r="C667"/>
       <c r="D667"/>
       <c r="E667"/>
       <c r="F667"/>
       <c r="G667"/>
       <c r="H667" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I667" t="s">
         <v>24</v>
       </c>
       <c r="J667"/>
       <c r="K667"/>
       <c r="L667"/>
       <c r="M667"/>
       <c r="N667"/>
       <c r="O667"/>
       <c r="P667"/>
       <c r="Q667" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="668" spans="1:17">
       <c r="A668">
-        <v>36343</v>
+        <v>96952</v>
       </c>
       <c r="B668" t="s">
-        <v>2169</v>
+        <v>2167</v>
       </c>
       <c r="C668"/>
       <c r="D668"/>
       <c r="E668"/>
       <c r="F668"/>
       <c r="G668"/>
       <c r="H668" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I668" t="s">
         <v>24</v>
       </c>
       <c r="J668"/>
       <c r="K668"/>
       <c r="L668"/>
       <c r="M668"/>
       <c r="N668"/>
       <c r="O668"/>
-      <c r="P668" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P668"/>
       <c r="Q668" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="669" spans="1:17">
       <c r="A669">
-        <v>36344</v>
+        <v>36340</v>
       </c>
       <c r="B669" t="s">
-        <v>2171</v>
+        <v>2168</v>
       </c>
       <c r="C669"/>
       <c r="D669"/>
       <c r="E669"/>
       <c r="F669"/>
       <c r="G669"/>
       <c r="H669" t="s">
         <v>40</v>
       </c>
       <c r="I669" t="s">
         <v>24</v>
       </c>
       <c r="J669"/>
       <c r="K669"/>
       <c r="L669"/>
       <c r="M669"/>
       <c r="N669"/>
       <c r="O669"/>
       <c r="P669"/>
       <c r="Q669" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="670" spans="1:17">
       <c r="A670">
-        <v>36632</v>
+        <v>36343</v>
       </c>
       <c r="B670" t="s">
-        <v>2172</v>
+        <v>2169</v>
       </c>
       <c r="C670"/>
       <c r="D670"/>
       <c r="E670"/>
       <c r="F670"/>
       <c r="G670"/>
       <c r="H670" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I670" t="s">
         <v>24</v>
       </c>
-      <c r="J670" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J670"/>
+      <c r="K670"/>
       <c r="L670"/>
       <c r="M670"/>
       <c r="N670"/>
       <c r="O670"/>
-      <c r="P670"/>
+      <c r="P670" t="s">
+        <v>2170</v>
+      </c>
       <c r="Q670" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="671" spans="1:17">
       <c r="A671">
-        <v>32217</v>
+        <v>36344</v>
       </c>
       <c r="B671" t="s">
-        <v>2173</v>
+        <v>2171</v>
       </c>
       <c r="C671"/>
       <c r="D671"/>
       <c r="E671"/>
       <c r="F671"/>
       <c r="G671"/>
       <c r="H671" t="s">
         <v>40</v>
       </c>
       <c r="I671" t="s">
         <v>24</v>
       </c>
-      <c r="J671" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J671"/>
       <c r="K671"/>
       <c r="L671"/>
       <c r="M671"/>
       <c r="N671"/>
-      <c r="O671" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O671"/>
       <c r="P671"/>
       <c r="Q671" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="672" spans="1:17">
       <c r="A672">
-        <v>36499</v>
+        <v>96968</v>
       </c>
       <c r="B672" t="s">
-        <v>2174</v>
+        <v>2172</v>
       </c>
       <c r="C672"/>
       <c r="D672"/>
       <c r="E672"/>
       <c r="F672"/>
       <c r="G672"/>
       <c r="H672" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I672" t="s">
         <v>24</v>
       </c>
       <c r="J672"/>
       <c r="K672"/>
       <c r="L672"/>
       <c r="M672"/>
       <c r="N672"/>
       <c r="O672"/>
       <c r="P672"/>
       <c r="Q672" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="673" spans="1:17">
+      <c r="A673">
+        <v>36632</v>
+      </c>
+      <c r="B673" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C673"/>
+      <c r="D673"/>
+      <c r="E673"/>
+      <c r="F673"/>
+      <c r="G673"/>
+      <c r="H673" t="s">
+        <v>23</v>
+      </c>
+      <c r="I673" t="s">
+        <v>24</v>
+      </c>
+      <c r="J673" t="s">
+        <v>25</v>
+      </c>
+      <c r="K673" t="s">
+        <v>26</v>
+      </c>
+      <c r="L673"/>
+      <c r="M673"/>
+      <c r="N673"/>
+      <c r="O673"/>
+      <c r="P673"/>
+      <c r="Q673" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="674" spans="1:17">
+      <c r="A674">
+        <v>32217</v>
+      </c>
+      <c r="B674" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C674"/>
+      <c r="D674"/>
+      <c r="E674"/>
+      <c r="F674"/>
+      <c r="G674"/>
+      <c r="H674" t="s">
+        <v>40</v>
+      </c>
+      <c r="I674" t="s">
+        <v>24</v>
+      </c>
+      <c r="J674" t="s">
+        <v>47</v>
+      </c>
+      <c r="K674"/>
+      <c r="L674"/>
+      <c r="M674"/>
+      <c r="N674"/>
+      <c r="O674" t="s">
+        <v>48</v>
+      </c>
+      <c r="P674"/>
+      <c r="Q674" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="675" spans="1:17">
+      <c r="A675">
+        <v>36499</v>
+      </c>
+      <c r="B675" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C675"/>
+      <c r="D675"/>
+      <c r="E675"/>
+      <c r="F675"/>
+      <c r="G675"/>
+      <c r="H675" t="s">
+        <v>40</v>
+      </c>
+      <c r="I675" t="s">
+        <v>24</v>
+      </c>
+      <c r="J675"/>
+      <c r="K675"/>
+      <c r="L675"/>
+      <c r="M675"/>
+      <c r="N675"/>
+      <c r="O675"/>
+      <c r="P675"/>
+      <c r="Q675" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>