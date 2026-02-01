--- v0 (2025-11-10)
+++ v1 (2026-02-01)
@@ -68,99 +68,99 @@
   <si>
     <t>Categoría de protección RD 139/2011</t>
   </si>
   <si>
     <t>Categoría de protección CEEEI</t>
   </si>
   <si>
     <t>Categoría de protección Lista de especies exóticas preocupantes para la UE</t>
   </si>
   <si>
     <t>Categoría de protección Directiva Hábitats</t>
   </si>
   <si>
     <t>Categoría de protección Listado de Especies Silvestres en Régimen de Protección Especial y CEEA</t>
   </si>
   <si>
     <t>Sinonimo</t>
   </si>
   <si>
     <t>parametros</t>
   </si>
   <si>
     <t>Didymosphenia geminata ((Lyngbye) M.Schmidt i A. Schmidt 1899)</t>
   </si>
   <si>
-    <t>prueba_Didymo o moco de roca (Castellano)</t>
+    <t>Didymo o moco de roca (Castellano)</t>
   </si>
   <si>
     <t>Castellano</t>
   </si>
   <si>
     <t>Alga diatomea dulceacuícola, unicelular. Presenta las paredes celulares duras compuestas por sílice, con prominentes estrías que forman intrincados dibujos. Didymo produce densas masas mucilaginosas gracias a la fabricación de un polímero extracelular. Los tallos de este mucopolisacárido terminan en una “almohadilla” adhesiva que se adhiere al sustrato (rocas, macrófitos, metales, etc), lo cual es inusual en otras diatomeas. Este material, de un color que varía entre el marrón amarillento y el blanquecino, persiste tras la finalización del ciclo vital de la didymo. Se reproduce vegetativamente (proliferaciones algales) por división celular, en la cual cada valva forma una nueva célula, aunque también puede reproducirse sexualmente.</t>
   </si>
   <si>
     <t>Terrestre</t>
   </si>
   <si>
     <t>Cromistas y Bacterias</t>
   </si>
   <si>
     <t>Catálogo español de especies exóticas invasoras (RD 630/2013)</t>
   </si>
   <si>
     <t>CEEEI: Incluido</t>
   </si>
   <si>
     <t>Filtros:  Taxonomía: Cromistas y Bacterias  / Origen: exótica</t>
   </si>
   <si>
     <t>Sargassum muticum (Yendo) Fensholt, 1955</t>
   </si>
   <si>
-    <t>prueba_Sargado (Castellano), Japweed (Inglés), Wireweed (Inglés)</t>
+    <t>Sargado (Castellano), Japweed (Inglés), Wireweed (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>Alga parda, pseudoperenne, de gran tamaño, pudiendo alcanzar los 2 metros de altura. El color varía del marrón amarillento al verde oliva. La parte más baja presenta un disco basal adhesivo, con el cual se fija al sustrato, y del que salen generalmente un corto tallo principal (a veces varios). Las ramas principales se disponen en espiral, con ramificación alterna, formando una intrincada maraña. Las hojas son pequeñas, de bordes lisos o dentados (en este caso, se asemejan a pequeñas hojas de acebo). Los órganos reproductores tienen forma de maza. Presenta pequeñas y numerosas vesículas esféricas de flotación de 2-3 mm.</t>
   </si>
   <si>
     <t>Marino</t>
   </si>
   <si>
     <t>Stypopodium schimperi (Buchinger ex Kützing) Verlaque et Boudouresque, 1991</t>
   </si>
   <si>
     <t>Alga parda laminar y delicada, membranosa, con apéndices delgados en forma de abanico.Mide entre 5-13 cm de alto (aunque puede llegar a los 30 cm) y 5-16 de ancho. Su apariencia es casi transparente con una coloración parda. El margen superior de los apéndices es entero o bien desgarrado longitudinalmente, no doblado ni enrollado, y presentan filas concéntricas de pelos sin ningún tipo de calcificación. El número de células corticales varía de 4 a 5. Las frondes son más anchos cerca de sus ápices flabelados, estrechándose a continuación, con una fila marginal de células de crecimiento apical. Se fija al sustrato por medio de rizoides.</t>
   </si>
   <si>
     <t>Undaria pinnatifida (Harvey) Suringar</t>
   </si>
   <si>
-    <t>prueba_Wakame (Castellano), Precious sea grass (Inglés), Sea mustard (Inglés), Asian kelp (Inglés), Japanese kelp (Inglés)</t>
+    <t>Wakame (Castellano), Precious sea grass (Inglés), Sea mustard (Inglés), Asian kelp (Inglés), Japanese kelp (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Es un alga parda que puede llegar a medir 1-3 m de longitud, con un nervio central en forma de correa de 1-3 cm de ancho cuyos bordes se expanden en forma de lámina dividida en pinnas de 50-80 cm de largo. En su base se origina un estipe a cada lado del cual, al alcanzar la madurez, se forma un esporófilo ondulado (InvasIBER; GISD, 2020; Sewell, 2019). La morfología de esta especie varía a lo largo de su área de distribución (CABI, 2020).</t>
   </si>
   <si>
     <t>Alaria pinnatifida Harvey 1880, Ulopteryx pinnatifida (Harvey) Kjellman 1885</t>
   </si>
   <si>
     <t>Rugulopteryx okamurae  (E.Y. Dawson) I.K. Hwang, W.J. Lee et H.S. Kim</t>
   </si>
   <si>
     <t>Catálogo español de especies exóticas invasoras (RD 630/2013), Lista de especies exóticas invasoras preocupantes para la Unión de conformidad con el Reglamento (UE) nº1143/2014 del Parlamento Europeo y del Consejo</t>
   </si>
   <si>
     <t>Incluido</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -492,51 +492,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="89.55" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="875.215" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="252.367" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="72.982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>