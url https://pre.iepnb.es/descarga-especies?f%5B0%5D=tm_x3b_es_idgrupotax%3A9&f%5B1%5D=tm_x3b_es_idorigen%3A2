--- v0 (2025-11-16)
+++ v1 (2026-02-01)
@@ -68,7317 +68,7317 @@
   <si>
     <t>Categoría de protección RD 139/2011</t>
   </si>
   <si>
     <t>Categoría de protección CEEEI</t>
   </si>
   <si>
     <t>Categoría de protección Lista de especies exóticas preocupantes para la UE</t>
   </si>
   <si>
     <t>Categoría de protección Directiva Hábitats</t>
   </si>
   <si>
     <t>Categoría de protección Listado de Especies Silvestres en Régimen de Protección Especial y CEEA</t>
   </si>
   <si>
     <t>Sinonimo</t>
   </si>
   <si>
     <t>parametros</t>
   </si>
   <si>
     <t>Squalius pyrenaicus (Günther, 1868)</t>
   </si>
   <si>
-    <t>prueba_Zaparda (Castellano), Cacho (Castellano), Iparraldeko katxoa (Euskera), Hegoaldeko katxoa (Euskera)</t>
+    <t>Zaparda (Castellano), Cacho (Castellano), Iparraldeko katxoa (Euskera), Hegoaldeko katxoa (Euskera)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera</t>
   </si>
   <si>
     <t>España VU (Vulnerable)</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>El cacho es un ciprínido de tamaño medio que no alcanza los 30 cm de longitud total. La cabeza es grande con la boca situada en posición súpera. La anchura de la cabeza es menor que en la bagra y los huesos circumorbitarios anchos a diferencia del bordallo. Las aletas dorsal y anal tienen los perfiles convexos. La aleta dorsal ligeramente atrasada con respecto al origen de las ventrales. La base de las escamas está pigmentada de negro y presenta una serie de manchas en el borde distal. La línea lateral está muy marcada y el número de escamas que posee varía entre 38 y 44. La coloración es plateada o parda amarillenta en el dorso siendo más clara en el vientre. El peritoneo es plateado con pequeñas manchas negras. En la época de reproducción los machos tienen tubérculos nupciales desarrollados por el borde distal de las escamas corporales y por la cabeza. Se diferencia de otros ciprínidos del género Squalius por tener ocho radios ramificados en la aletas dorsal y anal y el pedúnculo caudal ancho. Cinco dientes faríngeos en la línea externa y dos en la interna en ambos lados. Número de escamas en la línea lateral x? =41,3 (38- 44). Número de escamas en la línea transversal superior x? =8,4 (8-9). Tercer infraorbital tan ancho como el cuarto. Maxilar con proceso anterior apuntado. Rama inferior del hueso faríngeo estrecha. Tamaño máximo conocido de 200 mm. Holotipo no conocido. Sintipos conservados en el British Museum of Natural History BMNH, (6) procedentes de Sintra y Mondego en Portugal.</t>
   </si>
   <si>
     <t>Terrestre</t>
   </si>
   <si>
     <t>Peces</t>
   </si>
   <si>
     <t>Leuciscus pyrenaicus Günter, 1868, Leuciscus pyrenaicus Günther, 1868</t>
   </si>
   <si>
     <t>Filtros:  Taxonomía: Peces  / Origen: Nativa</t>
   </si>
   <si>
     <t>Chelon labrosus (Risso, 1827)</t>
   </si>
   <si>
-    <t>prueba_Lisa Negra (Castellano), Corcón (Castellano), Muble (Castellano), Thick-lipped Grey Mullet (Inglés), Thick-lipped Mullet (Inglés), Thick Lipped Mullet (Inglés), Thichlip Mullet (Inglés), Grey Mullet (Inglés), Thicklip Grey Mullet (Inglés), Muge Noir Chaluc (Francés), Mugon Labru (Francés), Mulet à Grosses Lèvres (Francés), Mulet Labeon Chaluc (Francés), Mulet Labeon Lippu (Francés), Mulet Lippu (Francés), Oeil Noir (Francés), Muge Noir Labru (Francés), Muge Lippu (Francés), Meil (Francés), Bâtarde (Francés), Labre (Francés), Lenket (Francés), Muge à Grosses Lèvres (Francés), Muge Noir à Grosses Lèvres (Francés), Muge Noir Blanc (Francés), Lissa (Latín)</t>
+    <t>Lisa Negra (Castellano), Corcón (Castellano), Muble (Castellano), Thick-lipped Grey Mullet (Inglés), Thick-lipped Mullet (Inglés), Thick Lipped Mullet (Inglés), Thichlip Mullet (Inglés), Grey Mullet (Inglés), Thicklip Grey Mullet (Inglés), Muge Noir Chaluc (Francés), Mugon Labru (Francés), Mulet à Grosses Lèvres (Francés), Mulet Labeon Chaluc (Francés), Mulet Labeon Lippu (Francés), Mulet Lippu (Francés), Oeil Noir (Francés), Muge Noir Labru (Francés), Muge Lippu (Francés), Meil (Francés), Bâtarde (Francés), Labre (Francés), Lenket (Francés), Muge à Grosses Lèvres (Francés), Muge Noir à Grosses Lèvres (Francés), Muge Noir Blanc (Francés), Lissa (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>España NE (No evaluado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>España, Mundial</t>
   </si>
   <si>
     <t>Es un pez de tamaño grande cuyos ejemplares adultos pueden llegas hasta los 60 cm. Cuerpo alargado con cabeza grande. Presenta dos aletas dorsales. Las escamas son grandes y fácilmente caedizas y su número es de 40-47. El cuerpo es plateado con aletas más oscuras. Se diferencia de otros peces continentales españoles por tener dos aletas dorsales, escamas en la parte dorsal de la cabeza la cual está comprimida dorso-ventralmente, labios con varias filas de papilas. Holotipo no descrito, localidad tipo Niza en el mediterráneo de Francia.</t>
   </si>
   <si>
     <t>Marino y Terrestre</t>
   </si>
   <si>
     <t>Gasterosteus aculeatus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Espinoso (Castellano), Arrain hiruarantza (Euskera), Espinós (Catalán), Threespined Stickleback (Inglés), Santa Ana Stickleback (Inglés), Threespine Stickleback (Inglés)</t>
+    <t>Espinoso (Castellano), Arrain hiruarantza (Euskera), Espinós (Catalán), Threespined Stickleback (Inglés), Santa Ana Stickleback (Inglés), Threespine Stickleback (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>El espinoso es un pez muy pequeño, que no llega a superar los 5 cm de longitud total. El pedúnculo caudal es estrecho y su cabeza acaba en una boca súpera. Carece de escamas, pero presenta placas dorsales y laterales. La distinta disposición de estas últimas ha determinado la existencia de diferentes morfotipos. La primera aleta dorsal lleva tres radios espinosos. Las aletas ventrales y la anal tienen únicamente un radio espinoso. Existe dimorfismo sexual, ya que los machos en época de reproducción tienen una coloración rojiza en las partes inferiores del cuerpo, ofreciendo el dorso reflejos azul verdosos y plateados y el ojo azul. Se diferencia de otros peces continentales españoles por tener tres espinas dorsales libres y carecer de escamas. Sintipos conservados en la Zoological Society of London (Zool. Soc. Lond. 29-31) procedentes de Europa.</t>
   </si>
   <si>
     <t>Gasterosteus gymnurus Cuvier, 1829</t>
   </si>
   <si>
     <t>Pomatoschistus microps (Krøyer, 1838)</t>
   </si>
   <si>
-    <t>prueba_Gobito (Castellano), Gambuxino (Castellano), Common Goby (Inglés), Gobie Tacheté (Francés), Gobie Commun (Francés), Mougnette (Francés)</t>
+    <t>Gobito (Castellano), Gambuxino (Castellano), Common Goby (Inglés), Gobie Tacheté (Francés), Gobie Commun (Francés), Mougnette (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Pez de pequeño tamaño que no alcanza los 50 mm de longitud total. La coloración es marrón olivácea con una serie de manchas negras a lo largo del cuerpo y reflejos dorados; en el vientre la coloración es plateada. Las aletas pigmentadas con filas de puntos negros. Línea de poros de la línea cefálica lateral presentes y línea de poros órbito-escapular extendiéndose al hocico. Segunda aleta dorsal con 8 a 11 radios ramificados. El origen de la aleta anal está por delante de la vertical que pasa por el primer radio de la segunda aleta dorsal. Se diferencia de otros peces continentales españoles por tener una morfología bentónica con las aletas ventrales muy avanzadas aproximadamente a la altura de las pectorales, ojos grandes, muy juntos, que sobresalen por encima del perfil de la cabeza de 39 a 52 escamas en la línea medial del cuerpo y aleta dorsal con mancha negra en la parte posterior. Holotipo conservado en Københavns Universitet, Zoologisk Museum, Vertebrater, Fiskesamlingen, Copenhagen, Dinamarca (ZMUC 72).</t>
   </si>
   <si>
     <t>Pomatochistus microps (Kroyer, 1838)</t>
   </si>
   <si>
     <t>Squalius valentinus Doadrio &amp; Carmona 2006</t>
   </si>
   <si>
-    <t>prueba_Cacho del Mediterráneo (Castellano), Cacho valenciano (Castellano)</t>
+    <t>Cacho del Mediterráneo (Castellano), Cacho valenciano (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>La cabeza es grande y ancha con la distancia preorbitaria grande que suele ser una vez y media el diámetro del ojo. La aleta ventral se inserta ligeramente antes de la vertical que pasa por el ojo. La coloración es plateada siendo más oscura en el dorso. En la base de las escamas hay una mancha negra y una serie de manchas en el borde distal. El peritoneo es plateado con pequeñas manchas negras. Se diferencia de otros ciprínidos del género Squalius por tener ocho radios ramificados en la aletas dorsal y anal y pedúnculo caudal ancho. Cinco dientes faríngeos en la línea externa y dos en la interna en ambos lados. Número de branquispinas x? =9,5 (rango=8-11). Número de escamas en la línea lateral x? =36,9 (35-39). Número de escamas en la línea transversal superior x? =7,7 (7-8). Tres escamas en la línea transversal inferior. Treinta y nueve vértebras. Tercer infraorbital tan ancho como el cuarto. Maxilar con proceso anterior apuntado. Neurocraneo ancho. Dos loci diagnósticos en alozimas (IDHP-2* and IDHP-3*). Tamaño máximo conocido de 200 mm. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN244167) procedente del río Turia, Tuéjar, Valencia, Cuenca del Turia.</t>
   </si>
   <si>
     <t>Tinca tinca (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tenca (Castellano), Tenka (Euskera), Tenca (Catalán), Tench (Inglés)</t>
+    <t>Tenca (Castellano), Tenka (Euskera), Tenca (Catalán), Tench (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Es diploide con un número cromosómico 2n=48. Especie de talla media que puede alcanzar los 85 cm de longitud total y un peso máximo de 7,5 kg. El cuerpo es alargado con un pedúnculo caudal corto y alto. Presenta un par de barbillas en las comisuras labiales. Las escamas son pequeñas siendo su número de 90 a 120 en la línea lateral. Las aletas dorsal y anal tienen sus bordes dístales convexos. La dorsal con 8-9 radios ramificados, mientras que la anal tiene 7-8. La coloración es verdosa aunque puede variar dependiendo del medio donde viva. Existen diferentes formas y coloraciones ya que se utiliza como especie ornamental en acuariofilia. Se diferencia de otros ciprínidos ibéricos por tener un par de barbillas bucales, 90 a 120 escamas en la línea lateral. Holotipo no conocido. Terra typica lagos de Europa.</t>
   </si>
   <si>
     <t>Lampetra planeri (Bloch, 1784)</t>
   </si>
   <si>
-    <t>prueba_Lamprea de arroyo (Castellano), Erreka-lanproia (Euskera), Brook Lamprey (Inglés)</t>
+    <t>Lamprea de arroyo (Castellano), Erreka-lanproia (Euskera), Brook Lamprey (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Inglés</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica</t>
   </si>
   <si>
     <t>Especie de pequeño tamaño que no supera los 20 cm de longitud total. Ventosa bucal con placa preoral ancha y dentículos orales, diente central endolateral tricúspide. Cuerpo anguiliforme, sin escamas, con dos aletas dorsales unidas entre sí. Siete orificios branquiales. No posee aletas pares. La coloración en primavera es oscura en el dorso y amarillenta en el vientre. Larva ammocoetes filtradora, carente de pigmentación en la región ventral. De 57 a 67 miómeros troncales. Se diferencia de otras lampreas de la Península Ibérica por tener una lámina supraoral alargada con un diente en cada extremo, una sola fila de dientes exolaterales, no depredadora de otros peces y tamaño reproductor entre 80-200 mm de longitud. Larvas sin pigmentación en la aleta caudal. Larvas transformadas con el ojo sensiblemente más pequeño que en Lampetra fluviatilis. Sintipos conservados en la Humboldt-Universität, Museum für Naturkunde, Zoologisches Museum, Vertebraten (Wirbekltiere), Ichthyologie, Berlín, Alemania, procedentes de arroyos en Turingia, Baviera (Alemania).</t>
   </si>
   <si>
     <t>Directiva 92/43/CEE (Directiva Hábitats), Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>CEEA: Vulnerable</t>
   </si>
   <si>
     <t>Anexo II - No prioritaria</t>
   </si>
   <si>
     <t>Salmo salar Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Salmón del Atlántico (Castellano), Izokin arrunta (Euskera), Salmó (Catalán), Salmón (Gallego), Atlantic Salmon (Inglés), Black Salmon (Inglés), Salmon (Inglés), Saumon de l’Atlantique (Francés)</t>
+    <t>Salmón del Atlántico (Castellano), Izokin arrunta (Euskera), Salmó (Catalán), Salmón (Gallego), Atlantic Salmon (Inglés), Black Salmon (Inglés), Salmon (Inglés), Saumon de l’Atlantique (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>España EN (En peligro),  Mundial NT (Casi amenazado),  Región Atlántica U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Especie de gran talla que puede alcanzar 1,5 m de longitud total y 45 kilos de peso máximo, sin embargo en España no suele alcanzar el metro de longitud y los 20 kilos de peso. La máxima edad encontrada es de 13 años. Entre la aleta dorsal y la caudal posee una aleta adiposa. Las aletas pelvianas están en posición abdominal y los dientes mandibulares bien desarrollados. Cabeza más pequeña que la de la trucha. Vómer corto y sin dientes. Presentan un maxilar pequeño alcanzando sólo a la mitad anterior del ojo. Aleta caudal está profundamente escotada. En los juveniles la aleta pectoral es larga, llegando al borde anterior de la aleta dorsal en comparación con la trucha. En los machos muy viejos, las mandíbulas pueden presentar una notable deformación ya que se encorvan por su extremo, la una hacia la otra. Pedúnculo caudal estrecho en su porción central. Escamas pequeñas en número de 120 a 130 en la línea lateral. A lo largo de su vida aparecen diferentes morfotipos a los que se asignan diferentes nombres. Al principio de su vida se les denomina «pintos » al ser coloreados con manchas rojas. Cuando se van al mar empiezan a platear y en los flancos se ven unas manchas negras en forma de x; se les llama entonces «esguines». Cuando vuelven del mar ya maduros tienen el dorso azul-verdoso y el resto del cuerpo plateado, viéndose en los opérculos y en los flancos unas manchas negras esparcidas de forma redondeada o de x; son los denominados «salmones ». Una vez que se han reproducido pueden volver al mar arrastrados por la corriente, siendo llamados entonces «zancados». Se diferencia de otros salmónidos por tener entre 10-13 escamas entre el final de la aleta adiposa y la línea lateral y de 17 a 24 branquispinas. Parte posterior del vómer con dientes. Maxilar que no alcanza el borde posterior del ojo. Holotipo no conocido, Terra typica mares y ríos de Europa.</t>
   </si>
   <si>
     <t>Directiva 92/43/CEE (Directiva Hábitats)</t>
   </si>
   <si>
     <t>Anexo V, Anexo II - No prioritaria</t>
   </si>
   <si>
     <t>Cottus aturi Freyhof, Kottelat &amp; Nolte, 2005</t>
   </si>
   <si>
-    <t>prueba_Burtaina (Castellano), Burtaina (Euskera)</t>
+    <t>Burtaina (Castellano), Burtaina (Euskera)</t>
   </si>
   <si>
     <t>Castellano, Euskera</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial LC (Preocupación menor),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Alpina</t>
   </si>
   <si>
     <t>Pez de pequeño tamaño que no alcanza los 10 cm de longitud total. Cabeza grande y aplanada dorsalmente con una espina preopercular a cada lado. Presenta dos aletas dorsales la primera truncada anteriormente y una anal larga que posee 11-13 radios y que no está conectada al cuerpo por una membrana. Las aletas pectorales son grandes y las ventrales se encuentran muy próximas. Las aletas ventrales no tienen bandas transversales. La aleta caudal tiene su borde distal convexo. Cuerpo ancho y desprovisto de escamas, con la línea lateral patente, con 31-32+1 poros. La coloración es variable con manchas oscuras irregularmente repartidas por el cuerpo. Se diferencia de otros cótidos por tener el último radio de la aleta anal no conectado por una membrana. Primera aleta dorsal muy baja y anteriormente truncada. Holotipo conservado en el Muséum National d’Histoire Naturelle de Paris, Francia (MNHN 2005-0750). Paratipos en la colección Personal de Maurice Kottelat en Carnol, Suiza (CMK 17577 (5), 18327, 7); en la colección Personal de Joerg Freyhof en Berlín, Alemania (FSJF 1653, 2) y en el Muséum National d’Histoire Naturelle de Paris, Francia (MNHN 2005-0751 (3), 2005-0752, 2) procedentes del Río Adour en Tarbes (Séméac), 43°19’39”B, 0°05’27”E, Francia, cuenca del Adour.</t>
   </si>
   <si>
     <t>Listado de Especies Silvestres en Régimen de Protección Especial y Catálogo español de especies amenazadas (RD 139/2011)</t>
   </si>
   <si>
     <t>CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Cottus hispaniolensis Bâcescu &amp; Bâcescu-Mester, 1964</t>
   </si>
   <si>
-    <t>prueba_Cavilat (Castellano), Burtaina (Castellano), Burtaina (Euskera), Bullhead (Inglés)</t>
+    <t>Cavilat (Castellano), Burtaina (Castellano), Burtaina (Euskera), Bullhead (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Inglés</t>
   </si>
   <si>
     <t>Pez de pequeño tamaño que no alcanza los 10 cm de longitud total. Cabeza grande y aplanada dorsalmente con una espina preopercular a cada lado. Presenta dos aletas dorsales la primera truncada anteriormente y una anal larga que posee 11-13 radios. El último radio de la aleta anal está conectado por una membrana al cuerpo. El último radio de la aleta dorsal está conectado por una membrana a la segunda aleta dorsal. Las aletas pectorales son grandes y las ventrales se encuentran muy próximas. Las aletas ventrales no tienen bandas transversales. La aleta caudal tiene su borde distal convexo. Cuerpo desprovisto de escamas, con la línea lateral patente con 33-35+1 poros. La coloración es variable con manchas oscuras irregularmente repartidas por el cuerpo. Se diferencia de otros cótidos por tener las aletas pélvicas profusamente salpicadas de manchas marrones y 33-35 poros + 1 en la línea lateral. Holotipo desconocido, sintipos probablemente en el Muséum Grigori Antipa de Bucharest, Rumania, procedente del río Garona en Viella (Valle de Aran), cuenca del Garona.</t>
   </si>
   <si>
     <t>Cottus gobio L., Cottus hispanoliensis Bacescu-Mester, 1964</t>
   </si>
   <si>
     <t>Achondrostoma arcasii (Steindachner, 1866)</t>
   </si>
   <si>
-    <t>prueba_Bermejuela (Castellano), Loina (Castellano), Errutilo hegatsgorria (Euskera), Madrilleta (Catalán), Peixe (Gallego)</t>
+    <t>Bermejuela (Castellano), Loina (Castellano), Errutilo hegatsgorria (Euskera), Madrilleta (Catalán), Peixe (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego</t>
   </si>
   <si>
     <t>España VU (Vulnerable),  Mundial VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Alpina, Región Mediterránea</t>
   </si>
   <si>
     <t>Diagnosis Se diferencia de otros ciprínidos del género Achondrostoma por tener siete radios ramificados en la aletas dorsal y anal. Cinco dientes faríngeos en ambos lados. Número de branquispinas x̅ =11,8 (rango=9-15). Número de escamas en la línea lateral x̅ =43,8 (38-48). Número de escamas en la línea transversal superior x̅ =7,2 (6-8). Número de escamas en la línea transversal inferior x̅ =3,2 (2-4). Tamaño máximo de 130 mm. Holotipo no descrito, sintipos conservados en el Naturhistorisches Museum Wien, Viena, Austria (NMW 50639-49999; 500650- 51; 49760; 49752-777; 60743; 60485) de varias localidades, entre ellas del río Queiles en Tudela y Ebro en Logroño. Descripción: D II-III/6-7 ( x̅ =6,9), A II-III/6-7 ( x̅ =6,9), P I/12, V I/7, C I/17/I, LL 38-48 ( x̅ =43,8), LTS 7-8 ( x̅ =7,4), LTI 4-5 ( x̅ =7,2), PT (4)5/5(4), Br 9-15 ( x̅ =11,8). La especie es diploide (2n=50). La coloración es marrón oscura en la mitad superior del cuerpo y plateada en la mitad ventral. Presenta dos filas de puntos negros a lo largo de la línea lateral. La base de las aletas rojizas. En la época reproductiva, las manchas rojizas se extienden por la cabeza alrededor de la boca y el opérculo. Peritoneo negro. La boca es subterminal y el perfil de las aletas dorsal y anal son convexas o rectas, nunca cóncavas. La aleta dorsal tiene su origen situado por detrás o en la misma vertical de la inserción de las aletas ventrales. Existe dimorfismo sexual teniendo los machos las aletas pectorales, ventrales y anal más largas, el cuerpo en general más alargado y la cabeza más afilada.</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Chondrostoma arcasii (Steindachner, 1866), Rutilus arcasii</t>
   </si>
   <si>
     <t>Parachondrostoma miegii (Steindachner, 1866)</t>
   </si>
   <si>
-    <t>prueba_Madrilla (Castellano), Loína txikia (Euskera)</t>
+    <t>Madrilla (Castellano), Loína txikia (Euskera)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Ciprínido de tamaño medio que no suele sobrepasar los 30 cm de longitud total. Cuerpo alargado con la cabeza relativamente pequeña y boca situada en su parte inferior. El labio inferior es grueso y presenta una lámina córnea de forma arqueada a diferencia de la boga de río (Pseudochondrostoma polylepis) cuya lámina córnea es recta. Pedúnculo caudal largo y estrecho. Las aletas son largas, la dorsal tiene ocho radios ramificados y la anal de ocho a diez. Aleta dorsal recta o ligeramente cóncava. Aleta anal cóncava. La coloración es marrón en el dorso y plateada en el vientre. Dos filas de puntos negros a lo largo de la línea lateral. Una banda oscura en el medio del cuerpo más patente hacia la aleta caudal. Peritoneo negro. Existe dimorfismo sexual teniendo los machos las aletas pectorales, ventrales y anal más largas y pequeños tubérculos nupciales a lo largo de todas las escamas corporales. Se diferencia de otras especies del género Parachondrostoma por tener de 48-59 escamas en la línea lateral y 7(6)-6 dientes faríngeos. Holotipo no descrito. Sintipos conservados en el Naturhistorisches Museum Wien, Vienna, Austria (NMW 52258 (18), 52393-414, 84 en 21 lotes) procedentes del río Ebro en Bilbao, un error geográfico difícil de subsanar porque la especie vive tanto en el Ebro como en el río Nervión en Bilbao.</t>
   </si>
   <si>
     <t>Chondrostoma miegii Steindachner, 1866</t>
   </si>
   <si>
     <t>Luciobarbus bocagei (Steindachner, 1865)</t>
   </si>
   <si>
-    <t>prueba_Barbo común (Castellano), Barbo arrunta (Euskera)</t>
+    <t>Barbo común (Castellano), Barbo arrunta (Euskera)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Atlántica, Región Mediterránea</t>
   </si>
   <si>
     <t>La especie es tetraploide (2n=100). Boca protráctil y en posición ínfera, con un labio superior grueso y el inferior a menudo retraído, dejando ver el dentario. Dos pares de barbillas en la mandíbula superior, cortas en relación a la cabeza, no llegando el primer par al borde anterior del ojo y el segundo par al borde posterior. La aleta anal es pequeña, siendo más larga en la hembra, hecho relacionado con la forma de realizar la puesta. En la época de celo, los machos presentan tubérculos nupciales en la región cefálica. La coloración varía mucho según los ríos y sobre todo según la fase de desarrollo en la que se encuentran. En general es uniformemente parda o plateada, con el vientre más claro y las escamas bordeadas por puntos negros. Los juveniles presentan manchas oscuras, que desaparecen en los adultos. Se diferencia de otras especies del género Luciobarbus, presentes en la Península ibérica, por tener el último radio de la aleta dorsal con denticulaciones, que en los adultos ocupan sólo una pequeña zona, situada por debajo de la mitad del mismo. Aleta dorsal de perfil recto o ligeramente cóncava, pedúnculo caudal estrecho. Holotipo no descrito. Sintipos conservados en el Naturhistorisches Museum Wien, Viena, Austria (NMW 3362-68 (7), 5311 (1), 5876 (1), 18580 (2), 53763 (2), 53779-88 (2, 1, 1, 1, 1, 2, 2, 3, 4, 1), 53791-803 (1, 1, 11, 1, 2, 2, 1, 3, 1, 1, 2, 1), 53804-19 (33 spec., 16 lots), 53820 (?), 53812-23 (4, 1, 1), 53825 (?), 53826 (?), más en NMW) y en el Museo Civico di Storia Naturale, Milano, Italia procedentes de Portugal y Zamora (MSNM 4657).</t>
   </si>
   <si>
     <t>Anexo V</t>
   </si>
   <si>
     <t>Barbus bocagei Steindachner, 1864</t>
   </si>
   <si>
     <t>Luciobarbus graellsii (Steindachner, 1866)</t>
   </si>
   <si>
-    <t>prueba_Barbo de Graells (Castellano), Mendi-barboa (Euskera), Barb comú (Catalán)</t>
+    <t>Barbo de Graells (Castellano), Mendi-barboa (Euskera), Barb comú (Catalán)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Macaronésica FV (Favorable),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>España, Mundial, Región Macaronésica, Región Atlántica, Región Alpina, Región Mediterránea</t>
   </si>
   <si>
     <t>La especie es tetraploide (2n=100). Especie de gran tamaño, que puede alcanzar tallas máximas de hasta 80 cm de longitud total, aunque la mayoría no suele superar los 35 cm. El cuerpo es más alargado y esbelto que el de las especies que le son más próximas, es decir: L. bocagei, L. guiraonis y L. sclateri. La aleta dorsal se encuentra por delante de la vertical que pasa por el origen de las aletas ventrales. Las barbillas son largas con relación a la cabeza. Los labios en general son gruesos, presentando el inferior un lóbulo medio bien desarrollado. Los machos son más pequeños que las hembras y en época de reproducción muestran tubérculos nupciales muy desarrollados en la región anterior de la cabeza. El color del cuerpo es pardo de amarillento a verdoso y moteado en los juveniles. Se diferencia de otras especies ibéricas del género Luciobarbus por no tener los ejemplares adultos denticulaciones en el último radio simple de la aleta dorsal. La cabeza es más afilada que en el barbo mediterráneo (L. guiraonis), el cual muestra una cabeza más corta y un hocico menos prolongado. Las barbillas son muy largas en los adultos, llegando normalmente la barbilla posterior al borde posterior del ojo. La aleta dorsal es de perfil recto o ligeramente cóncavo, pedúnculo caudal estrecho. Holotipo no descrito. Sintipos conservados en el Naturhistorisches Museum Wien, Vienna, Austria (NMW 5295-98 (4), 5340 (1), 5359- 66 (8), 54112 (1), 54139-41 (2, 1, 2), 54143- 44 (1, 2), 54146 (10), 54148-51 (4, 10, 1, 2), 54152-57 (4, 2, 1, 2, 2, 5), 54159 (2), 79353 (5)), procedentes del río Ebro en Bilbao, un error geográfico difícil de solucionar ya que tanto en el río Ebro como en el río Nervión (Bilbao) está presente la especie.</t>
   </si>
   <si>
     <t>Barbus graellsii Steindachner, 1866</t>
   </si>
   <si>
     <t>Luciobarbus sclateri Günther, 1868</t>
   </si>
   <si>
-    <t>prueba_Barbo gitano (Castellano), Barbo andaluz (Castellano), Barbo del sur (Castellano), Barbo europarra (Euskera)</t>
+    <t>Barbo gitano (Castellano), Barbo andaluz (Castellano), Barbo del sur (Castellano), Barbo europarra (Euskera)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>España, Mundial, Región Mediterránea</t>
   </si>
   <si>
     <t>La especie es tetraploide (2n=100). La coloración es muy constante y en los ejemplares adultos existe un fuerte contraste entre la parte ventral clara y el dorso oscuro. Su cuerpo es robusto y el pedúnculo caudal es más corto y alto que en otras especies del género Luciobarbus de la Península Ibérica. Los labios son gruesos, aunque a veces el inferior se encuentra retraído, dejando ver el dentario. Tienen unas barbillas largas, sobrepasando la primera el borde anterior del ojo y la segunda el posterior, aunque también puede haber individuos con barbillas más cortas. Tiene un menor número de escamas que otras especies del mismo género. En época de reproducción los machos desarrollan en la cabeza tubérculos nupciales grandes y llamativos, y se acentúa la diferencia de color entre el dorso y el vientre. El barbo gitano es una especie de gran tamaño que puede alcanzar alrededor de 40 cm de longitud total. Se diferencia de otras especies ibéricas del género Luciobarbus por tener el último radio sencillo de la aleta dorsal con denticulaciones de tamaño medio en casi toda su extensión, pero más pequeñas que en el barbo comizo (Luciobarbus comizo) y en el barbo cabecicorto (Luciobarbus microcephalus). La mayoría de las poblaciones tienen una coloración muy característica con el dorso muy oscuro y el vientre amarillo-anaranjado. Holotipo no descrito. Sintipos conservados en el British Museum of Natural History (BMNH 1861.11.20.9-13, 5), procedentes del río Guadalquivir en España.</t>
   </si>
   <si>
     <t>Barbus sclateri Günther, 1868</t>
   </si>
   <si>
     <t>Pseudochondrostoma polylepis (Steindachner, 1864)</t>
   </si>
   <si>
-    <t>prueba_Boga de Río (Castellano), Boga del Tajo (Castellano), Loína iberiarra (Euskera), Iberian Nase (Inglés)</t>
+    <t>Boga de Río (Castellano), Boga del Tajo (Castellano), Loína iberiarra (Euskera), Iberian Nase (Inglés)</t>
   </si>
   <si>
     <t>España NT (Casi amenazado),  Mundial LC (Preocupación menor),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Especie de talla media que no suele alcanzar los 50 cm de longitud total. Cuerpo alargado más que otras especies de ciprínidos. La abertura bucal es inferior y recta. El labio inferior es grueso y presenta una lámina córnea bien desarrollada. Las aletas dorsal y anal son largas, la primera de ellas tiene entre 8 y 9 radios ramificados y la segunda entre 8 y 9. Escamas pequeñas, en la línea lateral se cuentan entre 64 y 78. El número más frecuente de dientes faríngeos es de 6-5. No existe dimorfismo sexual marcado, aunque se han descrito algunas diferencias de tipo morfométrico relativas al tamaño de las aletas y longitud de la cabeza. La coloración es plateada o algo parda en el dorso con las aletas más oscuras y la línea lateral muy marcada. Se diferencia de otros ciprínidos por tener los ejemplares adultos un hocico puntiagudo con boca ínfera y lámina córnea recta, muy llamativa, en el labio inferior. De otras especies del género Pseudochondrostoma se diferencia por los siguientes caracteres: 6-5 dientes faríngeos, individuos adultos no moteados de negro, de 19 a 31 branquispinas, 8-9 radios en las aletas anal y dorsal y de 64 a 78 escamas en la línea lateral. Holotipo no descrito, Sintipos conservados en el Naturhistorisches Museum Wien, Viena, Austria (NMW 52589, 2) procedentes de Crato, Portugal.</t>
   </si>
   <si>
     <t>Chondrostoma polylepis Steindachner, 1864</t>
   </si>
   <si>
     <t>Squalius alburnoides (Steindachner, 1866)</t>
   </si>
   <si>
-    <t>prueba_Calandino (Castellano), Errutilo andaluziarra (Euskera)</t>
+    <t>Calandino (Castellano), Errutilo andaluziarra (Euskera)</t>
   </si>
   <si>
     <t>España LC (Preocupación menor),  Mundial VU (Vulnerable),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Es un taxón de pequeño tamaño, que raramente alcanza los 13 cm de longitud total. La cabeza es pequeña y la boca súpera. El cuerpo es alargado con un pedúnculo caudal muy estrecho. Las aletas son pequeñas. La dorsal suele tener siete radios ramificados y la anal de ocho a nueve. Los perfiles distales de estas últimas son rectos o cóncavos. La aleta dorsal está retrasada con respecto a las ventrales. Las escamas son grandes y presentan un número de 38-44 en la línea lateral. El color del peritoneo es gris claro. Este taxón tiene un origen híbrido. Las hembras son mayoritariamente triploides, ya que constan de tres dotaciones cromosómicas. Éstas son de color plateado con el dorso oscuro y una característica banda violácea, más visible en la parte caudal, recorre todo el cuerpo. Los machos son diploides y más pequeños, con una banda negra, que recorre el cuerpo desde el ojo a la aleta caudal y una banda más clara por encima de ésta. También existen individuos tetraploides, de tamaño más pequeño y con la boca menos súpera que los diploides. Los machos presentan tubérculos nupciales en los márgenes distales de las escamas, dorso y en la cabeza en la época reproductiva. Se diferencia de otros ciprínidos del género Squalius por tener 7 radios ramificados en las aletas dorsal y 8-9 en la aleta anal. Suborbitario 3º estrecho. Perfil de la aleta anal recto o cóncavo. Dientes faríngeos en número de 5 ó 4 situados en una sola fila. Holotipo no descrito. Lectotipo conservado en el Naturhistorisches Museum Wien, Viena, (NMW 49749:2.), procedente de arroyos cerca de Mérida.</t>
   </si>
   <si>
     <t>Rutilus alburnoides, Tropidophoxinellus alburnoides (Steindachner, 1866)</t>
   </si>
   <si>
     <t>Platichthys flesus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Platija Europea (Castellano), Solla (Castellano), Platixa (Castellano), Platija (Castellano), Baltic Flounder (Inglés), Butt (Inglés), Fluke (Inglés), European Flounder (Inglés), Mud Flounder (Inglés), River Flounder (Inglés), Flet (Francés), Flet d'Europe (Francés)</t>
+    <t>Platija Europea (Castellano), Solla (Castellano), Platixa (Castellano), Platija (Castellano), Baltic Flounder (Inglés), Butt (Inglés), Fluke (Inglés), European Flounder (Inglés), Mud Flounder (Inglés), River Flounder (Inglés), Flet (Francés), Flet d'Europe (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor)</t>
   </si>
   <si>
     <t>Mundial</t>
   </si>
   <si>
     <t>La coloración es parda clara y amarillenta en la región dorsal con manchas irregulares más oscuras. La región ventral es blanca casi transparente. Aletas con manchas negras. Alrededor de 80 escamas en la línea lateral. De 51 a 67 radios en la aleta dorsal y de 35 a 46 en la aleta anal. Puede llegar hasta los 50 cm de longitud total en los ríos españoles raramente alcanza los 30 cm de longitud total. Se diferencia de otros peces españoles por tratarse de un pez plano con los dos ojos en el mismo lado del cuerpo (poblaciones ibéricas); escamas de la base de la dorsal y anal mas largas que las del resto del cuerpo y tubérculos óseos en la línea lateral. Holotipo no designado, Sintipos conservados en el British Museum of Natural History (BMNH 1853.11.12.132-134) procedentes de Europa.</t>
   </si>
   <si>
     <t>Anguilla anguilla (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Anguila común (Castellano), Anguila europea (Castellano), Ibai aingira (Euskera), Anguila (Gallego), European Eel (Inglés), Anguille européenne (Francés)</t>
+    <t>Anguila común (Castellano), Anguila europea (Castellano), Ibai aingira (Euskera), Anguila (Gallego), European Eel (Inglés), Anguille européenne (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>Mundial, España</t>
   </si>
   <si>
     <t>Piel recubierta de mucosa con pequeñas escamas alargadas hendidas en la piel. Coloración variable, ya que el dorso puede ofrecer tonalidades negruzcas, verdosas o amarillentas, mientras que la zona ventral es blanquecina o amarillenta. Según se acerca la fase madura toma unas tonalidades plateadas. Presentan una mandíbula inferior prominente con respecto a la superior. Ambas mandíbulas, así como el vómer, están provistos de dientes finos. Poseen pequeñas aberturas branquiales, situadas bajo la aleta pectoral. Ojos pequeños y redondos que se hipertrofian al madurar sexualmente. Se diferencia de otros peces presentes en la Península Ibérica por presentar el cuerpo serpentiforme con ausencia de aletas pelvianas y aletas dorsal, anal y caudal de forma continua alrededor del cuerpo. Tamaño máximo de 1,5 metros de longitud y 6 Kg de peso. Holotipo no designado, un neotipo fue propuesto por Fricke (1999) pero luego retirado por el mismo autor (Fricke, 2000).</t>
   </si>
   <si>
     <t>Atherina boyeri Risso, 1810</t>
   </si>
   <si>
-    <t>prueba_Pejerrey Mediterráneo (Castellano), Pejerrey (Castellano), Abixoi txikia (Euskera), Jovell (Catalán), Black Sea Silverside (Inglés), Boyer's Sand Smelt (Inglés), Big-scale Sand Smelt (Inglés), Cabassoun (Francés), Athérine (Francés), Coubassou (Francés), Joël (Francés), Athérine de Boyer (Francés), Athérine Joël (Francés), Cabasson (Francés)</t>
+    <t>Pejerrey Mediterráneo (Castellano), Pejerrey (Castellano), Abixoi txikia (Euskera), Jovell (Catalán), Black Sea Silverside (Inglés), Boyer's Sand Smelt (Inglés), Big-scale Sand Smelt (Inglés), Cabassoun (Francés), Athérine (Francés), Coubassou (Francés), Joël (Francés), Athérine de Boyer (Francés), Athérine Joël (Francés), Cabasson (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). La coloración es muy clara casi translúcida, ligeramente olivácea con una línea plateada brillante en la línea media. Ojo muy grande que ocupa la mayor parte de la cabeza, con diámetro mayor que la longitud del hocico. Boca súpera provista de dientes débiles pero bien visibles. Se diferencia de otros peces de agua dulce de la Península Ibérica por tener dos aletas dorsales, la primera de ellas con 7-8 radios, la segunda con 11-13 y la aleta anal larga con 10-18 radios ramificados. Pedúnculo caudal estrecho y escamas grandes, presentando entre 43 y 45 en la línea longitudinal media. Tamaño máximo de 10 cm de longitud total. El lectotipo se conserva en el Muséum National d’Histoire Naturelle de Paris (MNHN A-4342) procedente del Departamento de Var en el Mediterráneo de Francia.</t>
   </si>
   <si>
     <t>Atherina mochon Cuvier, 1829</t>
   </si>
   <si>
     <t>Barbatula hispanica (Lelek, 1987)</t>
   </si>
   <si>
-    <t>prueba_Lobo de río (Castellano), Lobo de río (Castellano)</t>
+    <t>Lobo de río (Castellano), Lobo de río (Castellano)</t>
   </si>
   <si>
     <t>La cabeza es alargada y su boca ínfera posee tres pares de barbillas. Sin embargo, carece de espina suborbitaria y no presenta manchas definidas, sino que se distribuyen irregularmente por el cuerpo. Las aletas son pequeñas. Presentan dimorfismo sexual, ya que los machos tienen las aletas pectorales más largas y con tubérculos nupciales durante la época de reproducción. Se diferencia de la especie centroeuropea (Barbatula barbatula), introducida artificialmente en la cuenca del Duero, por su pedúnculo caudal más alto. La altura del pedúnculo caudal cabe de 1,1 a 1,6 su altura. Aleta dorsal ligeramente por delante de la vertical que pasa por el origen de las aletas ventrales. Del género Cobitis con el cual se puede confundir se diferencia por carecer de espina suborbitaria debajo del ojo y manchas irregulares y poco definidas a lo largo del cuerpo. Tamaño máximo de 120 mm. Holotipo conservado en el Muséum d’Histoire Naturelle Grigori Antipa de Bucharest (MGAB 77) y Paratipos (MGAB 78 (1); 16) del río Lez, Montpellier (Francia).</t>
   </si>
   <si>
     <t>Barbatula quignardi (Bâcescu-Mester, 1967)</t>
   </si>
   <si>
     <t>Gobio lozanoi Doadrio &amp; Madeira, 2004</t>
   </si>
   <si>
-    <t>prueba_Gobio ibérico (Castellano), Gobio (Castellano), Gobioa (Euskera), Gobi (Catalán), Gobio (Latín)</t>
+    <t>Gobio ibérico (Castellano), Gobio (Castellano), Gobioa (Euskera), Gobi (Catalán), Gobio (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Latín</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Presenta una fila de 6-12 (7) grandes manchas oscuras, redondeadas, a lo largo de la mitad del cuerpo. Excepto en la parte ventral, las escamas están bordeadas en negro. La región dorsal cefálica profusamente pigmentada con pequeños puntos negros. Por debajo del ojo una línea oscura. Todas las aletas con filas de manchas oscuras, excepto las ventrales en algunos ejemplares. La región dorsal es gris o marrón y la ventral es marrón claro o casi blanco. La parte dorsal es convexa y más aplastada la ventral, la aleta anal está fuertemente escotada. Las aletas dorsal y anal tiene el perfil cóncavo o recto. No suele alcanzar los 15 cm de longitud total. Los ejemplares de mayores dimensiones aparecen en las cuencas del Adour y Bidasoa. Se diferencia de otros ciprínidos españoles por tener un par de barbillas bucales, último radio sencillo de la aleta dorsal sin denticulaciones, de 36 a 39 escamas en la línea lateral. De otras especies del género Gobio se caracteriza por tener 5-6 escamas entre el origen de la dorsal y la línea lateral y 3(4) entre la línea lateral y el origen de las pelvianas. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN 153557) procedente del río Eresma, Coca, Segovia, Cuenca del Duero. El primer registro válido de esta especie en España proviene de la cuenca del Duero en 1913 (Lozano Rey, 1919), por esa razón el holotipo fue asignado a la cuenca del Duero.</t>
   </si>
   <si>
     <t>Gobio gobio (non Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Phoxinus bigerri Kottelat, 2007</t>
   </si>
   <si>
-    <t>prueba_Morito (Castellano), Piscardo o foxino (Castellano), Piscardo (Castellano), Ezkailua (Euskera), Txipa (Euskera), Barb roig (Catalán), Minnow (Inglés)</t>
+    <t>Morito (Castellano), Piscardo o foxino (Castellano), Piscardo (Castellano), Ezkailua (Euskera), Txipa (Euskera), Barb roig (Catalán), Minnow (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>La especie es diploide. El piscardo es un pez de pequeño tamaño que raramente alcanza los 14 cm de longitud total. Las aletas son cortas, teniendo la dorsal y anal entre 7-8 radios ramificados. Las escamas son pequeñas variando su número entre 80 y 90 en la línea longitudinal media. La coloración es variable y suele presentar manchas oscuras que se disponen transversalmente. Durante la época de reproducción los machos, presentan tubérculos nupciales, y la base de las aletas, excepto la dorsal, se tiñen de rojo. La coloración general en esta época suele ser más oscura. Son diploides y llegan a vivir hasta los 14 años. Se diferencia de otros ciprínidos presentes en la Península Ibérica por tener de 80 a 90 escamas en la línea longitudinal media, siete radios ramificados en la aleta dorsal y de siete a ocho en la anal. Origen de la aleta anal en la misma vertical que el final de la aleta dorsal. Longitud de la aleta anal similar a la longitud del pedúnculo caudal. Holotipo conservado en el Muséum National d’Histoire Naturelle de Paris, Francia (MNHN 2006-1703). Paratipos en la colección Personal de Maurice Kottelat en Cornol, Suiza (CMK 17575 (6), 17589 (5) y en el Muséum National d’Histoire Naturelle de Paris, Francia (MNHN 2006-1704, 4) procedentes del Río Adour en Tarbes (Séméac), 43°19’39”B, 0°05’27”E, Francia, cuenca del Adour.</t>
   </si>
   <si>
     <t>Phoxinus phoxinus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Salariopsis fluviatilis (Asso, 1801)</t>
   </si>
   <si>
-    <t>prueba_Fraile (Castellano), Blenio de río (Castellano), Pez fraile (Castellano), Blenio de río (Castellano), Ibai-Kabuxa (Euskera), Ibai Kabuxa (Euskera), Bavosa de riu (Catalán), Rabosa de riu (Catalán)</t>
+    <t>Fraile (Castellano), Blenio de río (Castellano), Pez fraile (Castellano), Blenio de río (Castellano), Ibai-Kabuxa (Euskera), Ibai Kabuxa (Euskera), Bavosa de riu (Catalán), Rabosa de riu (Catalán)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Euskera, Euskera, Catalán, Catalán</t>
   </si>
   <si>
     <t>Pez de pequeño tamaño que no suele alcanzar los 90 mm (raramente alcanza 150 mm). Las aletas dorsal y anal son largas y recorren la mayor parte del cuerpo: la primera de ellas tiene 17-20 radios ramificados y las segunda 18-20. La aleta caudal tiene un perfil distal convexo. El cuerpo está desprovisto de escamas y la línea lateral es muy patente. Encima del ojo hay un pequeño tentáculo filiforme y la boca presenta dientes sobre las dos mandíbulas, con caninos muy desarrollado. En los machos hay una cresta cefálica muy desarrollada durante el período de celo. La coloración es muy variable, con tendencia a presentar unas bandas trasversales oscuras. Se diferencia de otros peces continentales de la Península Ibérica por carecer de escamas, dos aletas dorsales unidas que recorren la mayor parte del cuerpo, encima del ojo aparece un apéndice normalmente ramificado. No se conocen tipos, localidad típica río Ebro en Zaragoza, España.</t>
   </si>
   <si>
     <t>Blennius fluviatilis Asso, 1801, Salaria fluviatilis (Asso, 1801)</t>
   </si>
   <si>
     <t>Salmo trutta Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Trucha común (Castellano), Amuarrain arrunta (Euskera), Truita (Catalán), Troita (Gallego), Brown Trout (Inglés), Sea Trout (Inglés)</t>
+    <t>Trucha común (Castellano), Amuarrain arrunta (Euskera), Truita (Catalán), Troita (Gallego), Brown Trout (Inglés), Sea Trout (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>Pez de talla media que no suele superar los 100 cm de longitud total y 20 kg de peso, aunque en España raramente alcanza los 60 cm y 10 kg de peso. Su morfología es muy variable, la cabeza es grande provista de dientes que se extienden por los maxilares, premaxilares, dentarios, palatinos y vómer. Dos aletas dorsales, la primera con 9 a 11 radios ramificados y la segunda adiposa. Las escamas son muy pequeñas y su número es de 110-125 en la línea lateral. La coloración es variable, normalmente con manchas negras y rojas oceladas, que no están presentes en la aleta caudal y que se extienden por el opérculo. Se diferencia de otros salmónidos por tener entre 13-16 escamas entre el final de la aleta adiposa y la línea lateral y de 14 a 16 branquispinas. Parte posterior del vómer sin dientes. Maxilar que alcanza el borde posterior del ojo. Holotipo no conocido. Terra typica ríos de Europa.</t>
   </si>
   <si>
     <t>Salmo trutta trutta Linnaeus, 1758</t>
   </si>
   <si>
     <t>Squalius carolitertii (Doadrio, 1987)</t>
   </si>
   <si>
-    <t>prueba_Bordallo (Castellano), Escalo (Gallego)</t>
+    <t>Bordallo (Castellano), Escalo (Gallego)</t>
   </si>
   <si>
     <t>Castellano, Gallego</t>
   </si>
   <si>
     <t>El bordallo es un ciprínido de tamaño medio que raramente alcanza los 25 cm de longitud total. El cuerpo es alargado, la cabeza grande y con una boca subterminal. La aleta dorsal es larga con ocho radios ramificados y el perfil distal recto. La aleta anal con 8-9 radios ramificados tiene el perfil distal convexo. Los huesos circumorbitales son estrechos. Las escamas son grandes y su número en la línea lateral oscila entre 39 y 45. La coloración es pardo amarillenta más oscura en el dorso y blanquecina en el vientre. Las escamas tienen una mancha negra en su base y una fila de puntos negros en su extremo distal. Los labios son gruesos con la mandíbula superior claramente más larga que la inferior. Se diferencia de otros ciprínidos del género Squalius por tener ocho radios ramificados en la aleta dorsal y ocho-nueve en la aleta anal. Cinco dientes faríngeos en la línea externa y dos en la interna en ambos lados. Número de escamas en la línea lateral x? =41,6 (40-43). Ocho escamas en la línea transversal superior. Tercer infraorbital más estrecho que el cuarto. Aleta dorsal claramente retrasada con respecto al origen de las aletas ventrales. Tamaño máximo conocido de 250 mm. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN244167) procedente del río Cega, Rebollo, Segovia, Cuenca del Duero.</t>
   </si>
   <si>
     <t>Leuciscus carolitertii Doadrio, 1987, Leuciscus carolitertii Doadrio, 1988</t>
   </si>
   <si>
     <t>Squalius castellanus Doadrio, Perea &amp; Alonso, 2007</t>
   </si>
   <si>
-    <t>prueba_Bordallo del Tajo (Castellano)</t>
+    <t>Bordallo del Tajo (Castellano)</t>
   </si>
   <si>
     <t>Castellano</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España CR (En peligro crítico)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). El bordallo es un ciprínido de tamaño medio que raramente alcanza los 20 cm de longitud total. El cuerpo es alargado, la cabeza grande y con una boca subterminal con labios más finos que los del bordallo y con el hocico menos prominente. La aleta dorsal con el perfil distal recto. La anal con el perfil convexo. Los huesos circumorbitales son anchos. Las escamas son grandes y su número en la línea lateral oscila entre 39 y 42. La coloración es plateada o amarillenta con el dorso más oscuro. Peritoneo plateado con puntos negros. Las escamas tienen una mancha negra en su base y una fila de puntos negros en su extremo distal. Los machos en época de reproducción presentan tubérculos nupciales. Se diferencia de otros ciprínidos del género Squalius por tener ocho radios ramificados en la aletas dorsal y anal. Cinco dientes faríngeos en la línea externa y dos en la interna en ambos l_ados. Número de escamas en la línea lateral x? =39,8 (39-42). Siete escamas en la línea trans versal superior. Tercer infraorbital ancho. Cabeza corta y ancha. Tamaño máximo conocido de 200 mm. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN212727) procedente del río Gallo, Ventosa, Guadalajara, Cuenca del Tajo.</t>
   </si>
   <si>
     <t>Squalius laietanus Doadrio, Kottelat &amp; Sostoa, 2007</t>
   </si>
   <si>
-    <t>prueba_Bagra (Castellano)</t>
+    <t>Bagra (Castellano)</t>
   </si>
   <si>
     <t>La cabeza es pequeña con la distancia preorbitaria muy pequeña. Aletas dorsal y anal muy retrasadas con un pedúnculo caudal corto. La coloración es plateada siendo más oscura en el dorso. El contraste entre la franja dorsal oscura y el resto del cuerpo es más acentuada que en otras especies del género Squalius y forma una banda dorsal muy definida. En la base de las escamas hay una gran mancha negra pero a diferencia de otros Squalius apenas tiene puntos en el margen distal de las escamas. Los poros de la línea lateral dividen la mancha de la base de las escamas en dos. Se diferencia de otros ciprínidos del género Squalius por tener ocho radios ramificados en la aletas dorsal y anal. Cinco dientes faríngeos en la línea externa y dos en la interna en ambos lados. Boca ligeramente subínfera con el labio de la mandíbula superior por delante de la punta de la mandíbula inferior. Las escamas tienen pigmentado su borde marginal por una línea de puntos formando un característico patrón reticulado. Hay pigmento marrón en la dermis de las escamas especialmente en la parte superior del cuerpo. Número de escamas en la línea lateral de 44 a 47. Tamaño máximo conocido de 201,4 mm. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN255486) procedente del río Matarraña, Nonaspe, Zaragoza, Cuenca del Ebro.</t>
   </si>
   <si>
     <t>Squalius malacitanus Doadrio &amp; Carmona, 2006</t>
   </si>
   <si>
-    <t>prueba_Cachuelo de Málaga (Castellano)</t>
+    <t>Cachuelo de Málaga (Castellano)</t>
   </si>
   <si>
     <t>La cabeza es pequeña con la distancia preorbitaria muy pequeña. Aletas dorsal y anal muy retrasadas con un pedúnculo caudal corto. La coloración es plateada siendo más oscura en el dorso; el contraste entre la franja dorsal oscura y el resto del cuerpo es más acentuada que en otras especies del género Squalius y forma una banda dorsal muy definida. En la base de las escamas hay una gran mancha negra pero a diferencia de otros Squalius apenas tiene puntos en el margen distal de las escamas. Los poros de la línea lateral dividen la mancha de la base de las escamas en dos. Se diferencia de otros ciprínidos del género Squalius por tener ocho radios ramificados en la aletas dorsal y anal y pedúnculo caudal estrecho. Cinco dientes faríngeos en la línea externa y dos en la interna en ambos lados. Número de branquispinas x? =10 (rango=9-11). Número de escamas en la línea lateral x? =41 (39-43). Número de escamas en la línea transversal superior x? =7,6 (7-8). Tres escamas en la línea transversal inferior. Escamas sin apenas pigmentación distal. Treinta y ocho vértebras. Tercer infraorbital estrecho. Maxilar sin proceso anterior apuntado. La rama inferior del hueso faríngeo es larga y estrecha. Urohial con su rama inferior corta y ancha. Tamaño máximo conocido de 100 mm. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN243699) procedente del río Guadalmina, Benahavis, Málaga, Cuenca del Guadalmina.</t>
   </si>
   <si>
     <t>Barbus meridionalis Risso, 1827</t>
   </si>
   <si>
-    <t>prueba_Barbo de montaña (Castellano), Barbo mediterraniarra (Euskera), Barb de muntanya (Catalán), Mediterranean Barbel (Inglés), Southern Barbel (Inglés)</t>
+    <t>Barbo de montaña (Castellano), Barbo mediterraniarra (Euskera), Barb de muntanya (Catalán), Mediterranean Barbel (Inglés), Southern Barbel (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Catalán, Inglés, Inglés</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado),  España VU (Vulnerable),  Región Alpina U1 (Desfavorable-inadecuado),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Mundial, España, Región Alpina, Región Mediterránea</t>
   </si>
   <si>
     <t>Se diferencia de otras especies del género Barbus por la ausencia de denticulaciones en el último radio sencillo de la aleta dorsal, caudal no teñida de rojo en los ejemplares adultos. Cabeza más pequeña que en el caso del barbo colirrojo (Barbus haasi). Lectotipo conservado en el Muséum National d’Histoire Naturelle de Paris (MNHN 0000-0070) procedente del río Var en Niza, Francia. Descripción: La especie es tetraploide (2n=100). La coloración del cuerpo en los adultos es pardogrisácea y se encuentra profusamente moteado de manchas negras, tanto en adultos como en juveniles. Este patrón de coloración es similar al que ostentan los individuos jóvenes de otras especies de barbos, prestándose a confusión. No se ha descrito la existencia de tubérculos nupciales en esta especie. La cabeza es relativamente pequeña, mucho más que en el barbo colirrojo (B. haasi). Los labios son muy variables aunque normalmente son anchos, presentando un lóbulo medio algo visible. Las barbillas son cortas y finas. El último radio sencillo de la aleta dorsal no presenta denticulaciones. Las aletas son bajas y la dorsal presenta un perfil normalmente recto. Barbo relativamente pequeño, que en España raramente alcanza los 30 cm de longitud total y 200 g de peso.</t>
   </si>
   <si>
     <t>Anexo II - No prioritaria, Anexo V</t>
   </si>
   <si>
     <t>Barbus haasi Mertens, 1924</t>
   </si>
   <si>
-    <t>prueba_Barbo colirrojo (Castellano), Izatzgorri barboa (Euskera), Haasi barboa (Euskera), Barb cua-roig. (Catalán), Barbo De Cola Roja (Inglés)</t>
+    <t>Barbo colirrojo (Castellano), Izatzgorri barboa (Euskera), Haasi barboa (Euskera), Barb cua-roig. (Catalán), Barbo De Cola Roja (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>Mundial VU (Vulnerable),  España VU (Vulnerable),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Región Atlántica, Región Alpina, Región Mediterránea</t>
   </si>
   <si>
     <t>Se diferencia de otras especies del género Barbus, por tener el último radio sencillo de la aleta dorsal con pequeñas denticulaciones en la mayoría de los ejemplares. Dientes faríngeos en los ejemplares adultos con 5 dientes en la fila externa y el cuarto no globoso. Labios gruesos con lóbulo mental. Borde de la aleta anal teñida de rojo en los ejemplares adultos. Holotipo conservado en el Frankfurt Naturmuseum Senckenberg, Alemania (SMF 3254, Paratipos SMF 3223-3224) procedente del río Noguera-Pallaresa, en la Pobla de Segur (Lérida), cuenca del Ebro.</t>
   </si>
   <si>
     <t>Cobitis calderoni Bacescu, 1962</t>
   </si>
   <si>
-    <t>prueba_Lamprehuela (Castellano), Mazkar arantzaduna (Euskera), Llopet ibèric (Catalán)</t>
+    <t>Lamprehuela (Castellano), Mazkar arantzaduna (Euskera), Llopet ibèric (Catalán)</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España VU (Vulnerable),  Región Atlántica U2 (Desfavorable-malo),  Región Alpina U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Es una pequeña especie bentónica que no supera los 8 cm de longitud total, el cuerpo es cilíndrico y alargado con un pedúnculo caudal delgado y estrecho, la boca es ínfera y presenta tres pares de barbillas. Tiene una espina suborbitaria bífida eréctil que utiliza para defenderse de sus depredadores. La inserción de la aleta dorsal se sitúa un poco posterior al inicio de las ventrales. Presenta siete radios ramificados en la aleta dorsal y de seis a siete en la anal. No aparece dimorfismo sexual externo. El cuerpo está cubierto con manchas negras que se disponen en 4 filas de las cuales la inferior es la que presenta unas manchas mayores, rectangulares y ventralmente alargadas. Se diferencia de otros cobítidos del subgénero Iberocobitis Bacescu, 1962: por ausencia de dimorfismo sexual, pedúnculo caudal largo y estrecho, manchas corporales regulares. Holotipo conservado en el Muséum d’Histoire Naturelle Grigori Antipa de Bucharest (MGAB 49415 [ex MGAB 7]. Paratipos: MGAB 7 (59, con el holotipo) y algunos Paratipos en el Musée Oceanographique de Monaco, Monaco (MOM 0091-2512, 3) del río Arlanzón, en Cardeñajimeno y La Gravera en Burgos, España.</t>
   </si>
   <si>
     <t>Alosa alosa (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Kodaka (Euskera), Kolaka (Euskera), Guerxa (Catalán), Sábalo (Gallego), Allis Shad (Inglés), Alose vraie (Francés), Grande Alose (Francés)</t>
+    <t>Kodaka (Euskera), Kolaka (Euskera), Guerxa (Catalán), Sábalo (Gallego), Allis Shad (Inglés), Alose vraie (Francés), Grande Alose (Francés)</t>
   </si>
   <si>
     <t>Euskera, Euskera, Catalán, Gallego, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Atlántica U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Región Atlántica, Región Mediterránea</t>
   </si>
   <si>
     <t>Especie de talla media que puede alcanzar los 83 cm de longitud total y 4 kg de peso. Su cuerpo es esbelto y fusiforme, comprimido lateralmente. Los ojos presentan párpados adiposos. Presentan una mancha postopercular. Escamas cicloideas grandes muy características. Línea lateral ausente. La línea media ventral forma una quilla más o menos patente. Se diferencia de la saboga por tener branquispinas numerosas de 85 a 130 y más largas que los filamentos branquiales. Existe un sintipo en la colección del British Museum of Natural History BMNH 1853.11.12.179 [Gronovius coll.].</t>
   </si>
   <si>
     <t>Alosa fallax (Lacepède, 1803)</t>
   </si>
   <si>
-    <t>prueba_Astuna (Euskera), Saboga (Catalán), Savel (Gallego), Twaite Shad (Inglés), Twait Shad (Inglés)</t>
+    <t>Astuna (Euskera), Saboga (Catalán), Savel (Gallego), Twaite Shad (Inglés), Twait Shad (Inglés)</t>
   </si>
   <si>
     <t>Euskera, Catalán, Gallego, Inglés, Inglés</t>
   </si>
   <si>
     <t>Alcanza tallas de 25 a 40 cm, pudiendo llegar hasta 55 cm, con pesos de hasta 2 kg. Cuerpo aplanado lateralmente, más pequeño que el sábalo, aunque más robusto. En la parte lateral superior del cuerpo presenta manchas negras (de 5 a 10) que disminuyen de tamaño a lo largo del cuerpo. Las branquispinas son cortas y su número varía de 30 a 60. Se han reconocido algunas subespecies por el número de branquiespinas. Se diferencia del sábalo por tener branquispinas cortas y en número de 30 a 60. Neotipo conservado en el Museum d’Histoire Naturelle de París MNHN 0000-3188 procedente del río Sena (Francia).</t>
   </si>
   <si>
     <t>Cobitis paludica (De Buen, 1939)</t>
   </si>
   <si>
-    <t>prueba_Colmilleja (Castellano), Aintzira-makarra (Euskera), Llopet de ríu (Catalán)</t>
+    <t>Colmilleja (Castellano), Aintzira-makarra (Euskera), Llopet de ríu (Catalán)</t>
   </si>
   <si>
     <t>Mundial VU (Vulnerable),  España VU (Vulnerable),  Región Atlántica U2 (Desfavorable-malo),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>La colmilleja es una especie de pequeño tamaño que no suele alcanzar los 15 cm de longitud total. Su cuerpo es alargado con cuatro filas de manchas oscuras y redondeadas. La cabeza presenta pequeñas manchas oscuras y debajo del ojo existe una pequeña espina que le sirve para defenderse de los depredadores. La boca presenta tres pares de barbillas. Carece de vejiga natatoria. Las escamas son ovales muy pequeñas y apenas perceptibles a simple vista. La línea lateral es incompleta. Existe un dimorfismo sexual muy acusado. Los machos son de menor tamaño y las manchas laterales tienden a formar líneas bien definidas. En la base del segundo radio de las aletas pectorales de los machos aparece una lamina circular de la que carecen las hembras y que se denomina escama de canestrini. El patrón de pigmentación de la colmilleja (Cobitis paludica) es muy característico. Aquí se describen siguiendo las 4 filas horizontales de manchas definidas en los laterales del género Cobitis (Gambetta, 1934) La primera fila situada en la parte más superior de los individuos esta densamente salpicada de puntos negros. La segunda fila presenta manchas negras redondeadas que se pueden fusionar longitudinalmente. La tercera fila es manchada con puntos negros. La cuarta fila, la más llamativa, se caracteriza por 9 a 13 grandes manchas redondeadas y bien definidas alargadas transversalmente. La cabeza tiene pequeños puntos negros con una línea negra entre el eje anterior del ojo y la primera barbilla. Se diferencia de otros cobítidos del subgénero Iberocobitis Bacescu, 1962 por: tener barbillas maxilares largas; lámina posterior del cleitro redondeada; cabeza con longitud preorbitaria larga; origen de la aleta dorsal por delante del origen de las ventrales y presencia de alelos únicos. Holotipo no conocido, localidad tipo Laguna de Fuente del Roble, Talayuela, Cáceres, Cuenca del Tajo.</t>
   </si>
   <si>
     <t>Petromyzon marinus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Lamprea marina (Castellano), Itsas-lanproia (Euskera), Itxas-lamproia (Euskera), Lampresa de mar (Catalán), Llampresa de mar (Catalán), Lamprea (Gallego), Lampra (Gallego), Sea Lamprey (Inglés), Lamproie marine (Francés)</t>
+    <t>Lamprea marina (Castellano), Itsas-lanproia (Euskera), Itxas-lamproia (Euskera), Lampresa de mar (Catalán), Llampresa de mar (Catalán), Lamprea (Gallego), Lampra (Gallego), Sea Lamprey (Inglés), Lamproie marine (Francés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Catalán, Catalán, Gallego, Gallego, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial LC (Preocupación menor),  España VU (Vulnerable),  Región Atlántica U1 (Desfavorable-inadecuado),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>El tamaño de esta especie migradora puede ser superior a 50 cm de longitud total, alcanzando más de un metro en la madurez, con pesos de dos a tres kg. Ventosa bucal con placa preoral pequeña y boca con odontoides agudos. Cuerpo cilíndrico, de color gris, gris-verdoso o pardo reticulado de negro, juveniles plateados. Carece de aletas pares. A los lados del cuerpo tiene siete pares de orificios branquiales visibles y un orificio nasal impar. Dos aletas dorsales. Posee una fase larvaria ciega (larva ammocoetes), pero a diferencia de la lamprea de arroyo, la larva tiene la región caudal pigmentada. Se diferencia de otras lampreas de la Península Ibérica por tener una lámina supraoral estrecha con dos dientes muy proximos y varias filas de dientes exolaterales, larvas con pigmentación en la aleta caudal. Holotipo no conocido, lectotipo fijado por Kottelat (1997:29) para el individuo ilustrado por Gesner (1604:590) aunque no existe, pero establece la localidad tipo.</t>
   </si>
   <si>
     <t>Pseudochondrostoma duriense (Coelho, 1985)</t>
   </si>
   <si>
-    <t>prueba_Bodal del Duero (Castellano), Boga del Duero (Castellano)</t>
+    <t>Bodal del Duero (Castellano), Boga del Duero (Castellano)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Especie de talla media que no suele alcanzar los 50 cm de longitud total. Cuerpo alargado más que otras especies de ciprínidos. La abertura bucal es inferior y recta. El labio inferior es grueso y presenta una lámina córnea bien desarrollada. Las aletas dorsal y anal son largas, frecuentemente con ocho radios ramificados y alguna vez con nueve. Escamas pequeñas, en la línea lateral se cuentan entre 63 y 74. El número de dientes faríngeos es de 5-5 y el de branquiespinas de 12 a 24. El cuerpo suele estar pigmentado con pequeñas manchas negras muy marcadas en las poblaciones de los ríos de Galicia y Portugal que suelen ser más amarillentas en su coloración corporal. Línea lateral muy marcada con dos filas de puntos negros. Se diferencia de otros ciprínidos por tener los ejemplares adultos un hocico puntiagudo con boca ínfera y lámina córnea recta, muy llamativa, en el labio inferior. De otras especies del género Pseudochondrostoma se diferencia por los siguientes caracteres: 5-5 dientes faríngeos, normalmente los individuos adultos moteados de negro, de 18 a 24 branquispinas, 8(9) radios en la aleta anal y de 63 a 74 escamas en la línea lateral. Holotipo no descrito. Sintipos (33) de las cuencas de los ríos Tambre y Duero.</t>
   </si>
   <si>
     <t>Chondrostoma duriense Coelho, 1985</t>
   </si>
   <si>
     <t>Achondrostoma salmantinum Doadrio &amp; Elvira, 2007</t>
   </si>
   <si>
-    <t>prueba_Sarda (Castellano), Sarda (Latín)</t>
+    <t>Sarda (Castellano), Sarda (Latín)</t>
   </si>
   <si>
     <t>Castellano, Latín</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España EN (En peligro),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Mundial, España, Región Mediterránea</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50), con un número fundamental NF=94 (García- Utrilla y Elvira, 1991). La coloración es marrón olivácea en el dorso con puntos negros y reflejos dorados; en el vientre la coloración es plateada. Presenta una fila de puntos negros a lo largo de la línea lateral. La base de las aletas pectoral, pelvianas y anal es rojiza. Peritoneo negro. Existe dimorfismo sexual teniendo los machos las aletas pectorales, ventrales y anal más largas y el cuerpo en general más alargado que las hembras. Se diferencia de otros ciprínidos del género Achondrostoma por tener siete radios ramificados en la aletas dorsal y anal; un pedúnculo caudal estrecho y una cabeza alargada. Cinco dientes faríngeos en ambos lados. Número de branquispinas x? =18,4 (15-22). Número de escamas en la línea lateral x? =49,1 (44-53). Número de escamas en la línea transversal superior x? =9,6 (9-10). Número de escamas en la línea transversal inferior x? =5,5 (4-6). Tamaño máximo de 110 mm para las hembras y 100 mm para los machos. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN 238512) procedente del río Huebra, San Muñoz, Salamanca, Cuenca del Duero.</t>
   </si>
   <si>
     <t>Anaecypris hispanica (Steindachner, 1866)</t>
   </si>
   <si>
-    <t>prueba_Jarabugo (Castellano)</t>
+    <t>Jarabugo (Castellano)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Es un pez de pequeño tamaño que raramente alcanza los 10 cm. Cabeza pequeña con boca muy súpera. Pedúnculo caudal largo y estrecho. La aleta dorsal, situada posteriormente a las ventrales, tiene los primeros radios muy largos. Existe una quilla entre las aletas ventrales y la anal. Escamas muy pequeñas, que no se encuentran bien imbricadas por lo que son caedizas, pudiéndose contar a lo largo de una línea longitudinal al cuerpo del orden de 59 a 71. La posesión de una línea lateral, incompleta o ausente en alguno de los lados del cuerpo, es muy característica de la especie. Coloración del cuerpo amarillenta o parda con el dorso y los laterales finamente moteados de negro, con una banda violácea que atraviesa el cuerpo desde el opérculo al origen de la caudal. El número de branquispinas es de 82 a 130. Se diferencia de otros ciprínidos por tener seis radios ramificados en la aleta dorsal y nueve en la anal; un pedúnculo caudal largo y estrecho. Línea lateral incompleta o ausente. Número de branquispinas de 82 a 130. Número de escamas en la línea lateral de 59 a 71. Holotipo no descrito, sintipos conservados en el Naturhistorisches Museum Wien, Vienna, Austria (NMW 51168) procedentes de arroyos, afluentes del Guadiana, en la cercanía de Mérida.</t>
   </si>
   <si>
     <t>Anexo IV, Anexo II - No prioritaria</t>
   </si>
   <si>
     <t>Aphanius baeticus Doadrio, Carmona &amp; Fernández-Delgado, 2002</t>
   </si>
   <si>
-    <t>prueba_Fartet atlántico (Castellano), Salinete (Castellano)</t>
+    <t>Fartet atlántico (Castellano), Salinete (Castellano)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50), con un número fundamental NF=94 (García- Utrilla y Elvira, 1991). Cuerpo alargado, los machos presentan 14- 17 bandas transversales claras a lo largo del cuerpo y 4-5 en la aleta caudal. Cuatro filas de manchas oscuras en las aletas dorsal y anal. Las hembras son pardas o amarillentas con pocas y grandes manchas negras en el cuerpo. Se observan más o menos ordenadas dos bandas de estas manchas negras, una en el centro del cuerpo y otra más abajo. En el pedúnculo caudal aparecen algunas manchas adicionales y por último cuatro o seis bandas en la aleta caudal normalmente poco marcadas. Se diferencia de otras especies del género Aphanius por una combinación de los siguientes caracteres: Diez radios ramificados en la aleta anal, ocho radios en la aleta dorsal, pedúnculo caudal largo y estrecho, región preorbital corta, machos con bandas claras transversales y hembras con manchas negras. Las pectorales y ventrales son anaranjadas. Presencia de alelos únicos en las aloenzimas IDHP-1, IDHP-2 y sMDH-2. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN 170691) procedente del río Salado en Lebrija (Sevilla).</t>
   </si>
   <si>
     <t>Aphanius iberus (Valenciennes, 1846)</t>
   </si>
   <si>
-    <t>prueba_Fartet (Castellano), Fartet iberiarra (Euskera), Spanish Toothcarp (Inglés)</t>
+    <t>Fartet (Castellano), Fartet iberiarra (Euskera), Spanish Toothcarp (Inglés)</t>
   </si>
   <si>
     <t>Mundial EN (En peligro),  España EN (En peligro),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>El fartet es un ciprinodóntido de pequeño tamaño que no alcanza los 5 cm. de longitud total con un fuerte dimorfismo sexual. Las hembras son mayores y presentan el cuerpo con pequeñas manchas irregulares oscuras que pueden formar bandas cortas. Los machos son más pequeños y presentan el cuerpo atravesado por bandas grises plateadas que se extienden a la aleta caudal (Oliva-Paterna et al., 2006). Se diferencia de otras especies del género Aphanius por una combinación de los siguientes caracteres: Ocho-nueve radios ramificados en la aleta anal, nueve-diez radios en la aleta dorsal, pedúnculo caudal corto y alto, región preorbital más larga que en el salinete (Aphanius baeticus), machos con bandas claras transversales y hembras con manchas negras. Las aletas pectorales y ventrales son anaranjadas. Holotipo no descrito. Syntipos conservados en el Museum National d’Histoire Naturelle de Paris (MNHN 0185)(8).</t>
   </si>
   <si>
     <t>Lebias ibera (Valenciennes, 1846)</t>
   </si>
   <si>
     <t>Cobitis vettonica Doadrio &amp; Perdices, 1997</t>
   </si>
   <si>
-    <t>prueba_Colmilleja del Alagón (Castellano)</t>
+    <t>Colmilleja del Alagón (Castellano)</t>
   </si>
   <si>
     <t>Tiene un pedúnculo caudal largo con una reducida cresta adiposa, La lámina posterior del cleitro forma un ángulo recto. Las aletas son muy reducidas y la inserción de las aletas dorsal y ventral se sitúan en la misma vertical. La cabeza es pequeña especialmente la región preorbital y el perfil convexo. El patrón de pigmentación de esta especie es muy característico. Aquí se describen siguiendo las 4 filas horizontales de manchas definidas en los laterales del género Cobitis (Gambetta, 1934). La primera fila situada en la parte más superior de los individuos está densamente salpicada de puntos negros. La segunda fila presenta manchas negras redondeadas que se pueden fusionar longitudinalmente. La tercera fila es manchada con puntos negros. La cuarta fila, la más llamativa, es caracterizada por 9 a 13 grandes manchas rectangulares y bien definidas alargadas transversalmente. En el vientre del cuerpo aparecen puntos negros en los individuos adultos, más marcados en el pedúnculo caudal. La parte superior del dorso en los jóvenes presenta manchas transversales en forma de escalera. El pedúnculo caudal tiene dos grandes manchas negras. La cabeza tiene pequeños puntos negros con una línea negra entre el eje anterior del ojo y la primera barbilla. Existe un dimorfismo sexual muy acusado. Los machos son más pequeños que las hembras, tienen una mayor distancia preorbitaria y las aletas pares son más largas. En los machos, la segunda y cuarta fila de manchas tienden a fusionarse horizontalmente tendiendo a formar dos líneas. Se diferencia de otros cobítidos del subgénero Iberocobitis Bacescu, 1962 por: tener 7 radios ramificados en las aletas dorsal y anal; barbillas maxilares muy cortas excepto en las poblaciones del Erjas y Caparro; aletas cortas; lámina posterior del cleitro no redondeada; y presencia de alelos únicos en las aloenzimas sAAT- 2*, EST-1* y MPI*. Holotipo conservado en el Museo Nacional de Ciencias Naturales, Madrid (MNCN 238512) procedente del río Árrago, Cadalso de Gata, Cuenca del Tajo.</t>
   </si>
   <si>
     <t>Iberochondrostoma lemmingii (Steindachner, 1866)</t>
   </si>
   <si>
-    <t>prueba_Pardilla (Castellano), Errutilo ezkatanitza (Euskera)</t>
+    <t>Pardilla (Castellano), Errutilo ezkatanitza (Euskera)</t>
   </si>
   <si>
     <t>Mundial VU (Vulnerable),  España VU (Vulnerable),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Especie de pequeño tamaño que no sobrepasa los 15 cm. La boca es subterminal y arqueada sin lámina córnea. El origen de la aleta dorsal por detrás de la vertical, que pasa por el origen de las ventrales. Perfil de la aleta dorsal recto o convexo. Perfil de la aleta anal recto. La coloración es marrón olivácea en el dorso con puntos negros; en el vientre la coloración es plateada. Presenta dos filas de puntos negros a lo largo de la línea lateral. La base de las aletas pectoral, pelvianas y anal, durante la reproducción, son de amarillentas a anaranjadas. Peritoneo negro. Existe dimorfismo sexual teniendo los machos las aletas pectorales, ventrales y anal más largas y el cuerpo en general más alargado. Se diferencia de otros ciprínidos del género Iberochondrostoma por tener siete radios ramificados en la aletas dorsal y anal; un pedúnculo caudal ancho; número de escamas en la línea lateral x? =59,1 (52-66); número de branquispinas x? =27,1 (24-31); tamaño del ojo mas pequeño que la distancia preorbitaria. Sintipos conservados en el el Naturhistorisches Museum Wien, Viena, Austria. NMW 52356-57 (4, 2), 52362 (2), 52366 (2), 52373 (4) procedentes del arroyos cerca de Mérida, río Guadaira y ríos Guadiana y Guadalquivir.</t>
   </si>
   <si>
     <t>Chondrostoma lemmingii (Steindachner, 1866), Pseudochondrostoma lemmingii (Steindachner, 1866), Rutilus lemmingii</t>
   </si>
   <si>
     <t>Iberochondrostoma oretanum (Doadrio &amp; Carmona, 2003)</t>
   </si>
   <si>
-    <t>prueba_Pardilla oretana (Castellano)</t>
+    <t>Pardilla oretana (Castellano)</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  España CR (En peligro crítico),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Especie de pequeño tamaño que no sobrepasa los 15 cm. La boca es subterminal y arqueada sin lámina córnea. El cuerpo es más alargado que la pardilla (I. lemmingii). El origen de la aleta dorsal por detrás de la vertical, que pasa por el origen de las ventrales. Perfil de la aleta dorsal recto o convexo. Perfil de la aleta anal recto. El pedúnculo caudal es estrecho y cabe 2,5 veces en su longitud. La coloración es marrón olivácea en el dorso con puntos negros; en el vientre la coloración es plateada. Presenta dos filas de puntos negros a lo largo de la línea lateral. Peritoneo negro. Existe dimorfismo sexual teniendo los machos las aletas ventrales más largas y el cuerpo en general más alargado. Se diferencia de otros ciprínidos del género Iberochondrostoma por tener seis-siete radios ramificados en la aletas dorsal y anal; un pedúnculo caudal largo; Número de escamas en la línea lateral x? =57,1 (55-60); Número de branquispinas x? =25,4 (24-27); tamaño del ojo más grande que la distancia preorbitaria. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN 50739) procedente del río Robledillo, La Solana del Pino, Ciudad Real, Cuenca del Guadiana.</t>
   </si>
   <si>
     <t>Chondrostoma oretanum (Doadrio &amp; Carmona, 2003)</t>
   </si>
   <si>
     <t>Luciobarbus comizo (Steindachner, 1865)</t>
   </si>
   <si>
-    <t>prueba_Barbo comizo (Castellano), Barbo iberiana (Euskera), Iberian Barbel (Inglés)</t>
+    <t>Barbo comizo (Castellano), Barbo iberiana (Euskera), Iberian Barbel (Inglés)</t>
   </si>
   <si>
     <t>La especie es tetraploide (2n=100). La coloración es bastante uniforme, en general marrón oscura pero son frecuentes ejemplares más claros. El pedúnculo caudal es largo y estrecho y los labios pueden ser gruesos a veces dejando ver el dentario. Existe dimorfismo sexual teniendo las hembras una aleta anal más larga que los machos y éstas alcanzan mayor tamaño. En la época de reproducción, los machos muestran unos tubérculos nupciales muy acentuados en la parte anterior de la cabeza. Existen ejemplares que pueden superar el metro de longitud total. Se diferencia de otras especies del género Luciobarbus por el alargamiento que experimenta la cabeza en los ejemplares adultos. Este alargamiento cefálico afecta especialmente al hocico, el cual se hace muy prominente y algo cóncavo. Las barbillas son cortas con relación a la cabeza, no alcanzando las primeras el borde anterior del ojo, ni las segundas el borde posterior. El último radio sencillo de la aleta dorsal es muy robusto y fuertemente denticulado. El perfil de la aleta dorsal es muy cóncavo. Holotipo no descrito. Sintipos conservados en el Naturhistorisches Museum Wien, Viena, Austria (NMW); en el Britsh Museum of Natural History, London Inglaterra y en el Museo Civico di Storia Naturale, Milano, Italia (Río Tajo en España y Portugal Syntypes: BMNH 1909.7.29.1 (1), 1909.7.29.2 [ex NMW] (1); MSNM 18 [ex MSNM 4658 and ex NMW] (1) Toledo; NMW 5306 (1), 5353 (1), 10696 (1), 18929 (2), 54603-68 (1, 1, 2, 1, 1, 1), 54070-78 (2, 2, 3, 2, 2, 1, 2, 2, 3); ?NRM 8054 (1).) procedentes de la cuenca del Tajo.</t>
   </si>
   <si>
     <t>Barbus comizo Steindachner, 1864, Luciobarbus steindachneri (Almaça, 1967)</t>
   </si>
   <si>
     <t>Luciobarbus guiraonis (Steindachner, 1866)</t>
   </si>
   <si>
-    <t>prueba_Barbo mediterráneo (Castellano), Barbo Mediterraneo (Inglés)</t>
+    <t>Barbo mediterráneo (Castellano), Barbo Mediterraneo (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés</t>
   </si>
   <si>
     <t>La especie es tetraploide (2n=100). Especie de gran tamaño que puede alcanzar los 60 cm de longitud total. El cuerpo es alargado y la cabeza pequeña. Los labios son gruesos aunque frecuentemente el inferior se retrae dejando ver el dentario. Las barbillas son largas. La coloración es marrón de amarillenta a verdosa con el vientre más claro. Escamas enmarcadas por un ribete negro. Los juveniles presentan el dorso y las aletas con manchas negras. Existe dimorfismo sexual teniendo los machos un menor desarrollo, aletas pectorales y ventrales más largas y en época de reproducción tubérculos nupciales. Las hembras tienen la aleta anal más desarrollada. Se diferencia de otras especies del género Luciobarbus presentes en la Península Ibérica por tener el último radio de la aleta dorsal sin denticulaciones o muy débiles en los ejemplares adultos. Se diferencia del barbo de Graells (L. graellsii) que también presenta el último radio de la aleta dorsal sin denticulaciones por una cabeza más corta con labio inferior menos desarrollado y las barbillas, generalmente, más cortas, no soliendo sobrepasar las anteriores el borde anterior del ojo, ni las posteriores el borde posterior del mismo. Aleta dorsal de perfil recto o ligeramente cóncavo, pedúnculo caudal estrecho. Holotipo no descrito. Sintipos conservados en el Naturhistorisches Museum Wien, Viena, Austria (NMW 5291; 54124-25; 54127-33) procedente del río Júcar cerca de Cuenca.</t>
   </si>
   <si>
     <t>Barbus guiraonis Steindachner 1866</t>
   </si>
   <si>
     <t>Luciobarbus microcephalus (Almaça, 1967)</t>
   </si>
   <si>
-    <t>prueba_Barbo cabecicorto (Castellano)</t>
+    <t>Barbo cabecicorto (Castellano)</t>
   </si>
   <si>
     <t>La especie es tetraploide (2n=100) La coloración es bastante uniforme en general, plateada o amarillenta. Los labios son finos y retraídos, dejando ver el inferior el dentario y el superior el maxilar. Presentan barbillas finas y cortas con relación a la cabeza. El último radio sencillo de la aleta dorsal se halla muy osificado y denticulado en toda su extensión como ocurre en el barbo comizo (Luciobarbus comizo). Esta aleta es grande y presenta un perfil cóncavo. Al igual que en otros barbos ibéricos, la hembra tiene la aleta anal más larga que los machos, carácter que se piensa tiene relación con la práctica de excavar un surco para la realización de la puesta. Los machos en época de freza presentan tubérculos nupciales en la parte anterior de la cabeza. Los juveniles presentan manchas en la mitad superior del cuerpo. La talla máxima conocida es de 50 cm de longitud total. Se diferencia de otras especies del género Luciobarbus por tener el último radio sencillo de la aleta dorsal muy robusto y fuertemente denticulado. El perfil de la aleta dorsal muy cóncavo y la cabeza muy pequeña. Los tipos se perdieron en el incendio acontecido en el Museo Bocage en 1978, procedían del río Guadiana a 4 km de Moura y del río Ardila en Portugal.</t>
   </si>
   <si>
     <t>Barbus microcephalus Almaça, 1967</t>
   </si>
   <si>
     <t>Parachondrostoma arrigonis (Steindachner, 1866)</t>
   </si>
   <si>
-    <t>prueba_Madrilla (Castellano), Loina (Castellano), Loína txikia (Euskera), Hegoaldeko loina txikia (Euskera), Madrilla (Catalán), Júcar nase (Inglés)</t>
+    <t>Madrilla (Castellano), Loina (Castellano), Loína txikia (Euskera), Hegoaldeko loina txikia (Euskera), Madrilla (Catalán), Júcar nase (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Euskera, Catalán, Inglés</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Las aletas son largas, la dorsal tiene 8 radios ramificados y la anal de 8-10. El perfil de las aletas dorsal y anal es cóncavo. El origen de la aleta dorsal se encuentra en la misma vertical que el origen de las ventrales. Las escamas son grandes y su número en la línea lateral es de 44-53. El número de branquiespinas es de 16 a 23. El número de dientes faríngeos más frecuente es de 6-5 y raramente 5-5. La coloración es pardo o grisáceo oscuro en el dorso y más claro y plateado en el vientre. Dos filas de puntos a lo largo de la línea lateral. Una banda oscura recorre la mitad del cuerpo más visible en su parte posterior. Se diferencia de otras especies del género Parachondrostoma por tener de 44 a 53 escamas en la línea lateral; 6(5)-5 dientes faríngeos, anal con 8-10 radios ramíficados y de 16 a 23 branquispinas. Holotipo no descrito. Sintipos conservados en el Naturhistorisches Museum Wien, Vienna, Austria (NMW 52161-232 (316 spec., 71 lotes), 53409 (5). NMW 52161-232 (316 spec., 71 lotes), 53409,5) procedentes de la Laguna de Uña y del río Júcar en las cercanías de Cuenca.</t>
   </si>
   <si>
     <t>Chondrostoma arrigonis (Steindachner, 1866), Chondrostoma toxostoma arrigonis (Steindachner, 1866)</t>
   </si>
   <si>
     <t>Parachondrostoma turiense (Elvira, 1987)</t>
   </si>
   <si>
-    <t>prueba_Madrija (Castellano), Loína txikia (Euskera), Madrija (Catalán)</t>
+    <t>Madrija (Castellano), Loína txikia (Euskera), Madrija (Catalán)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). Ciprínido de tamaño medio que no suele sobrepasar los 30 cm de longitud total. Cuerpo alargado con la cabeza relativamente pequeña y boca situada en su parte inferior. El labio inferior es grueso y presenta una lámina córnea de forma arqueada, a diferencia de la boga de río (P. polylepis) cuya lámina córnea es recta. Pedúnculo caudal largo y estrecho. Las aletas son largas, la dorsal tiene ocho radios ramificados y la anal de ocho a diez. El perfil de las aletas dorsal y anal es cóncavo. El origen de la aleta dorsal está en la misma vertical que el origen de las ventrales. Las escamas son grandes y su número en la línea lateral es de 44-51. El número de branquiespinas es de 21 a 27. El número de dientes faríngeos más frecuente es de 6-5 y raramente 6-6. El color es pardo o grisáceo oscuro en el dorso y más claro y plateado en el vientre. Dos filas de puntos a lo largo de la línea lateral. Una banda oscura recorre la mitad del cuerpo más visible en su parte posterior. Existe dimorfismo sexual teniendo los machos las aletas pectorales y ventrales más largas y el cuerpo en general más alargado. Los machos en época de reproducción poseen pequeños tubérculos nupciales repartidos por todo el cuerpo. Se diferencia de otras especies del género Parachondrostoma por tener de 44 a 51 escamas en la línea lateral; 6-5(6) dientes faríngeos, anal con 8-10 radios ramíficados y de 21 a 27 branquispinas. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN 219282) procedente del río Turia, Chulilla, Valencia, Cuenca del Turia, España.</t>
   </si>
   <si>
     <t>Chondrostoma toxostoma  turiensis Elvira, 1987, Chondrostoma turiense Elvira, 1987</t>
   </si>
   <si>
     <t>Pseudochondrostoma willkommii (Steindachner, 1866)</t>
   </si>
   <si>
-    <t>prueba_Boga meridional (Castellano), Boga del Guadiana (Castellano)</t>
+    <t>Boga meridional (Castellano), Boga del Guadiana (Castellano)</t>
   </si>
   <si>
     <t>La especie es diploide (2n=50). La coloración es plateada con dorso más oscuro a veces moteada de negro. Presenta dos filas de puntos negros a lo largo de la línea lateral. Las aletas más pigmentadas. Peritoneo negro. Se diferencia de otros ciprínidos por tener los ejemplares adultos un hocico puntiagudo con boca ínfera y lámina córnea recta, muy llamativa, en el labio inferior. De otras especies del género Pseudochondrostoma se diferencia por: 7(6)-6 dientes faríngeos, individuos adultos no moteados de negro, de 26 a 35 branquispinas, 8-9 radios en las aletas anal y dorsal y de 59 a 74 escamas en la línea lateral. Holotipo no descrito. Sintipos conservados en el Naturhistorisches Museum Wien, Viena, Austria (NMW 52664-66 (2, 2, 2), 52668-98 (31 lots, 56 spec.), 52699 (8), 52700-702 (6, 8, 5), 52704-07 3, 6, 1, 1) procedentes de varias localidades de España y Portugal.</t>
   </si>
   <si>
     <t>Chondrostoma willkommii Steindachner, 1866</t>
   </si>
   <si>
     <t>Squalius palaciosi (Doadrio, 1980)</t>
   </si>
   <si>
-    <t>prueba_Bogardilla (Castellano)</t>
+    <t>Bogardilla (Castellano)</t>
   </si>
   <si>
     <t>La bogardilla es un ciprínido de tamaño medio que raramente alcanza los 25 cm de longitud total. El cuerpo es alargado, la cabeza grande y con una boca subterminal. La aleta dorsal es larga con ocho radios ramificados y el perfil distal recto o cóncavo. La aleta anal con ochonueve radios ramificados tiene el perfil distal cóncavo. Los huesos circumorbitales son estrechos. Las escamas son pequeñas y su número en la línea lateral oscila entre 50 y 54. La coloración es pardo amarillenta más oscura en el dorso y blanquecina en el vientre. Las escamas tienen una mancha negra en su base y una fila de puntos negros en su extremo distal. Con una banda longitudinal negra que atraviesa el cuerpo desde el opérculo a la caudal. Se diferencia de otros ciprínidos del género Squalius por tener ocho radios ramificados en la aleta dorsal y ocho-nueve en la aleta anal. Cinco dientes faríngeos en la línea externa y uno o ninguno en la interna en ambos lados. De 50 a 54 escamas en la línea lateral, borde distal de las aleta anal cóncavo. Tercer infraorbital más estrecho que el cuarto. Tamaño máximo conocido de 250 mm. Holotipo conservado en el Museo Nacional de Ciencias Naturales (MNCN219283) procedente del río Jándula, Lugar Nuevo, Andujar, Jaén, Cuenca del Guadalquivir.</t>
   </si>
   <si>
     <t>Iberocypris palaciosi Doadrio, 1980</t>
   </si>
   <si>
     <t>Valencia hispanica (Valenciennes, 1846)</t>
   </si>
   <si>
-    <t>prueba_Samaruc (Castellano), Valencia (Euskera), Samaruc (Euskera), Valencia Toothcarp (Inglés)</t>
+    <t>Samaruc (Castellano), Valencia (Euskera), Samaruc (Euskera), Valencia Toothcarp (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Euskera, Euskera, Inglés</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico),  España CR (En peligro crítico),  Región Mediterránea U1 (Desfavorable-inadecuado)</t>
   </si>
   <si>
     <t>Especie de pequeño tamaño que no suele alcanzar los 8 cm de longitud total. La aleta dorsal se encuentra a la misma altura que la aleta anal. La aleta dorsal presenta 10-11 radios ramificados y la anal de 12 a 14. La boca es súpera y lleva dientes unicúspides, en varias filas. Las escamas en la línea longitudinal media son de 20-30. Presentan dimorfismo sexual permanente, los machos son más pequeños, con la aleta dorsal algo más retrasada y su coloración es azulada con manchas negras que tienden a ordenarse en forma de líneas transversales, el borde distal de las aletas dorsal y caudal son amarillas o anaranjadas. Las hembras tienen pequeños puntos negros repartidos irregularmente por el cuerpo y una coloración amarillo terrosa uniforme. Se diferencia de otros ciprinodóntidos presentes en la Península Ibérica por tener el origen de la aleta dorsal encima de la aleta anal, dientes unicúspides y cónicos y de 28 a 30 escamas en la línea media. Holotipo no descrito, sintipos aparentemente en el Muséum d’Histoire Naturelle de Paris.</t>
   </si>
   <si>
     <t>Anexo IV, Anexo II - Prioritaria</t>
   </si>
   <si>
     <t>Valencia letourneuxi</t>
   </si>
   <si>
     <t>Iberochondrostoma olisiponense (Gante, Santos &amp; Alves, 2007)</t>
   </si>
   <si>
-    <t>prueba_Pardilla del Tajo (Castellano)</t>
+    <t>Pardilla del Tajo (Castellano)</t>
   </si>
   <si>
     <t>España EN (En peligro)</t>
   </si>
   <si>
     <t>Chondrostoma olisiponensis Gante, Santos &amp; Alves, 2007, Iberochondrostoma olisiponensis Gante, Santos y Alves, 2007</t>
   </si>
   <si>
     <t>Lampetra fluviatilis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Lamprea de río (Castellano), River Lamprey (Inglés)</t>
+    <t>Lamprea de río (Castellano), River Lamprey (Inglés)</t>
   </si>
   <si>
     <t>Syngnathus abaster Risso, 1827</t>
   </si>
   <si>
-    <t>prueba_Aguja de río (Euskera), Agulla de riu (Catalán), Black-striped Pipefish (Inglés), Syngnathe (Francés)</t>
+    <t>Aguja de río (Euskera), Agulla de riu (Catalán), Black-striped Pipefish (Inglés), Syngnathe (Francés)</t>
   </si>
   <si>
     <t>Euskera, Catalán, Inglés, Francés</t>
   </si>
   <si>
     <t>Syngnathus agassizi Michahelles, 1829</t>
   </si>
   <si>
     <t>Acipenser sturio Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Esturión (Castellano), Esturión común (Castellano), Gaizkata (Euskera), Esturio (Catalán), Esturjao (Gallego), Atlantic Sturgeon (Inglés), Common Sturgeon (Inglés), Baltic Sturgeon (Inglés), Sturgeon (Inglés), Esturgeon Commun (Francés), Esturgeon d’Europe (Francés)</t>
+    <t>Esturión (Castellano), Esturión común (Castellano), Gaizkata (Euskera), Esturio (Catalán), Esturjao (Gallego), Atlantic Sturgeon (Inglés), Common Sturgeon (Inglés), Baltic Sturgeon (Inglés), Sturgeon (Inglés), Esturgeon Commun (Francés), Esturgeon d’Europe (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Euskera, Catalán, Gallego, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>España CR (En peligro crítico),  Mundial CR (En peligro crítico),  Región Mediterránea U2 (Desfavorable-malo)</t>
   </si>
   <si>
     <t>Abudefduf hoefleri (Steindachner, 1881)</t>
   </si>
   <si>
-    <t>prueba_African Sergeant (Inglés)</t>
+    <t>African Sergeant (Inglés)</t>
   </si>
   <si>
     <t>Inglés</t>
   </si>
   <si>
     <t>Mundial DD (Datos insuficientes)</t>
   </si>
   <si>
     <t>Marino</t>
   </si>
   <si>
     <t>Abudefduf saxatilis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Castañuela (Castellano), Petaca Rayada (Castellano), Píntano (Castellano), Sergeant-major (Inglés), Damsel fish (Inglés), Sargeant Major (Inglés), Sergeant Major (Inglés), Pilotfish (Inglés), Castagnole (Francés), Chauffet Soleil (Francés), Sergent-major (Francés), Sergent Major (Francés)</t>
+    <t>Castañuela (Castellano), Petaca Rayada (Castellano), Píntano (Castellano), Sergeant-major (Inglés), Damsel fish (Inglés), Sargeant Major (Inglés), Sergeant Major (Inglés), Pilotfish (Inglés), Castagnole (Francés), Chauffet Soleil (Francés), Sergent-major (Francés), Sergent Major (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Abudefduf sordidus (Forsskål, 1775)</t>
   </si>
   <si>
     <t>Acanthochaenus luetkenii Gill, 1884</t>
   </si>
   <si>
-    <t>prueba_Pricklefish (Inglés)</t>
+    <t>Pricklefish (Inglés)</t>
   </si>
   <si>
     <t>Acanthocybium solandri (Cuvier, 1832)</t>
   </si>
   <si>
-    <t>prueba_Barracuda (Castellano), Guaho (Castellano), Peto (Castellano), Guatapaná (Castellano), Peje Sierra (Castellano), Sierra Canalera (Castellano), Wahoo (Inglés), Mackerel (Inglés), Wahoo Fish (Inglés), Queen-fish (Inglés), Thazard-bâtard (Francés), Poisson Bécune (Francés), Thazard Raité (Francés), Thon Banane (Francés), Thazard Noir (Francés)</t>
+    <t>Barracuda (Castellano), Guaho (Castellano), Peto (Castellano), Guatapaná (Castellano), Peje Sierra (Castellano), Sierra Canalera (Castellano), Wahoo (Inglés), Mackerel (Inglés), Wahoo Fish (Inglés), Queen-fish (Inglés), Thazard-bâtard (Francés), Poisson Bécune (Francés), Thazard Raité (Francés), Thon Banane (Francés), Thazard Noir (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Acantholabrus palloni (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Tabernero de Profundidad (Castellano), Tae Rocas (Castellano), Tordo de Fondo (Castellano), Roucaou (Francés)</t>
+    <t>Tabernero de Profundidad (Castellano), Tae Rocas (Castellano), Tordo de Fondo (Castellano), Roucaou (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Francés</t>
   </si>
   <si>
     <t>Acanthonus armatus Günther, 1878</t>
   </si>
   <si>
-    <t>prueba_Bony-eared Assfish (Inglés)</t>
+    <t>Bony-eared Assfish (Inglés)</t>
   </si>
   <si>
     <t>Acanthurus bahianus Castelnau, 1855</t>
   </si>
   <si>
-    <t>prueba_Barbero (Castellano), Cirujano pardo (Castellano), Cirujano (Castellano), Navajón (Castellano), Doctor (Castellano), Médico (Castellano), Navajero (Castellano), Navajón Pardo (Castellano), Sangrador (Castellano), Sangrador Lucio (Castellano), Ringtail (Inglés), Ocean Surgeon (Inglés), Shitty Trooper (Inglés), Grey Doctorfish (Inglés), Barber (Inglés), Ocean Surgeonfish (Inglés), Ocean Tang (Inglés), Chirurgien Marron (Francés)</t>
+    <t>Barbero (Castellano), Cirujano pardo (Castellano), Cirujano (Castellano), Navajón (Castellano), Doctor (Castellano), Médico (Castellano), Navajero (Castellano), Navajón Pardo (Castellano), Sangrador (Castellano), Sangrador Lucio (Castellano), Ringtail (Inglés), Ocean Surgeon (Inglés), Shitty Trooper (Inglés), Grey Doctorfish (Inglés), Barber (Inglés), Ocean Surgeonfish (Inglés), Ocean Tang (Inglés), Chirurgien Marron (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Acanthurus chirurgus (Bloch, 1787)</t>
   </si>
   <si>
-    <t>prueba_Sangrador rayado (Castellano), Navajón rayado (Castellano), Sangrador común (Castellano), Gallinazo (Castellano), Pañosa (Castellano), Navajón (Castellano), Barbero rayado (Castellano), Cirujano rayado (Castellano), Doctor (Castellano), Navajero (Castellano), Navajón cirujano (Castellano), Doctorfish (Inglés), Black Doctorfish (Inglés), Chirurgien Docteur (Francés)</t>
+    <t>Sangrador rayado (Castellano), Navajón rayado (Castellano), Sangrador común (Castellano), Gallinazo (Castellano), Pañosa (Castellano), Navajón (Castellano), Barbero rayado (Castellano), Cirujano rayado (Castellano), Doctor (Castellano), Navajero (Castellano), Navajón cirujano (Castellano), Doctorfish (Inglés), Black Doctorfish (Inglés), Chirurgien Docteur (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Acanthurus coeruleus Bloch &amp; Schneider, 1801</t>
   </si>
   <si>
-    <t>prueba_Sangrador Azul (Castellano), Pañosa (Castellano), Navajón (Castellano), Cirujano azul (Castellano), Doctor (Castellano), Médico (Castellano), Navajero (Castellano), Navajón Azul (Castellano), Barbero (Castellano), Barbero azul (Castellano), Yellow Doctorfish (Inglés), Yellow Barber (Inglés), Blue Tang (Inglés), Blue Doctorfish (Inglés), Blue Barber (Inglés), Blue Tang Surgeonfish (Inglés), Chirurgien Bayolle (Francés), Chirurgien Bleu (Francés)</t>
+    <t>Sangrador Azul (Castellano), Pañosa (Castellano), Navajón (Castellano), Cirujano azul (Castellano), Doctor (Castellano), Médico (Castellano), Navajero (Castellano), Navajón Azul (Castellano), Barbero (Castellano), Barbero azul (Castellano), Yellow Doctorfish (Inglés), Yellow Barber (Inglés), Blue Tang (Inglés), Blue Doctorfish (Inglés), Blue Barber (Inglés), Blue Tang Surgeonfish (Inglés), Chirurgien Bayolle (Francés), Chirurgien Bleu (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Acanthurus monroviae Steindachner, 1876</t>
   </si>
   <si>
-    <t>prueba_Navajón Caniveta (Castellano), Navajón Canivete (Castellano), Cirujano (Castellano), Navajón (Castellano), Monrovia Surgeonfish (Inglés), Chirurgien Chas-chas (Francés), Docteur (Francés)</t>
+    <t>Navajón Caniveta (Castellano), Navajón Canivete (Castellano), Cirujano (Castellano), Navajón (Castellano), Monrovia Surgeonfish (Inglés), Chirurgien Chas-chas (Francés), Docteur (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Acanthurus tractus Poey, 1860</t>
   </si>
   <si>
-    <t>prueba_Five-band Surgeonfish (Inglés)</t>
+    <t>Five-band Surgeonfish (Inglés)</t>
   </si>
   <si>
     <t>Aetomylaeus bovinus (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Pez obispo (Castellano), Raya toro (Castellano), Bullray (Inglés), Duckbill (Inglés)</t>
+    <t>Pez obispo (Castellano), Raya toro (Castellano), Bullray (Inglés), Duckbill (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>Mundial CR (En peligro crítico)</t>
   </si>
   <si>
     <t>Pteromylaeus bovinus (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
     <t>Ahliesaurus berryi Bertelsen, Krefft &amp; Marshall, 1976</t>
   </si>
   <si>
     <t>Aidablennius sphynx (Valenciennes, 1836)</t>
   </si>
   <si>
-    <t>prueba_Dormilaga de Roca (Castellano), Blennie Sphinx (Francés)</t>
+    <t>Dormilaga de Roca (Castellano), Blennie Sphinx (Francés)</t>
   </si>
   <si>
     <t>Castellano, Francés</t>
   </si>
   <si>
     <t>Aldrovandia affinis (Günther, 1877)</t>
   </si>
   <si>
-    <t>prueba_Allied Halosaur (Inglés), Halosaur (Inglés), Gilbert's Halosaurid Fish (Inglés)</t>
+    <t>Allied Halosaur (Inglés), Halosaur (Inglés), Gilbert's Halosaurid Fish (Inglés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Aldrovandia oleosa Sulak, 1977</t>
   </si>
   <si>
     <t>Aldrovandia phalacra (Vaillant, 1888)</t>
   </si>
   <si>
-    <t>prueba_Halosaur (Inglés), Hawaiian Halosaurid Fish (Inglés), Baldhead Halosaur (Inglés), Kauai Halosaurid Fish (Inglés)</t>
+    <t>Halosaur (Inglés), Hawaiian Halosaurid Fish (Inglés), Baldhead Halosaur (Inglés), Kauai Halosaurid Fish (Inglés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Aldrovandia rostrata (Günther, 1878)</t>
   </si>
   <si>
     <t>Alectis alexandrina (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Jurel de Alejandría (Castellano), Alexandria Pompano (Inglés), Pompano (Inglés), Threadfin Horse Mackerel (Inglés), Carangue (Inglés), Pomp (Inglés), Scyris D'Alexandrie (Francés), Vomer de Gorée (Francés), Cordonnier Bossu (Francés), Hynnis de Gorée (Francés), Mussolini (Francés)</t>
+    <t>Jurel de Alejandría (Castellano), Alexandria Pompano (Inglés), Pompano (Inglés), Threadfin Horse Mackerel (Inglés), Carangue (Inglés), Pomp (Inglés), Scyris D'Alexandrie (Francés), Vomer de Gorée (Francés), Cordonnier Bossu (Francés), Hynnis de Gorée (Francés), Mussolini (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Alepisaurus brevirostris Gibbs, 1960</t>
   </si>
   <si>
     <t>Alepisaurus ferox Lowe, 1833</t>
   </si>
   <si>
-    <t>prueba_Conejo (Castellano), Conejo de lo Alto (Castellano), Soldada (Castellano), Lanzón Nariz Larga (Castellano), Lanzón Picudo (Castellano), Long Snouted Lancetfish (Inglés), Wolffish (Inglés), Lancetfish (Inglés), Longnose Lancetfish (Inglés), Longsnouted Lancetfish (Inglés), Day Sarpon (Inglés), Longsnout Lancetfish (Inglés), Pacific Lancetfish (Inglés), Cavalo Ocelle (Francés), Cavalo Féroce (Francés), Lancier Longnez (Francés)</t>
+    <t>Conejo (Castellano), Conejo de lo Alto (Castellano), Soldada (Castellano), Lanzón Nariz Larga (Castellano), Lanzón Picudo (Castellano), Long Snouted Lancetfish (Inglés), Wolffish (Inglés), Lancetfish (Inglés), Longnose Lancetfish (Inglés), Longsnouted Lancetfish (Inglés), Day Sarpon (Inglés), Longsnout Lancetfish (Inglés), Pacific Lancetfish (Inglés), Cavalo Ocelle (Francés), Cavalo Féroce (Francés), Lancier Longnez (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Alepocephalus australis Barnard, 1923</t>
   </si>
   <si>
-    <t>prueba_Small Scaled Brown Slickhead (Inglés), Smallscale Slickhead (Inglés), Brown Slickhead (Inglés), Southern Atlantic Smooth-head (Inglés)</t>
+    <t>Small Scaled Brown Slickhead (Inglés), Smallscale Slickhead (Inglés), Brown Slickhead (Inglés), Southern Atlantic Smooth-head (Inglés)</t>
   </si>
   <si>
     <t>Alepocephalus bairdii Goode &amp; Bean, 1879</t>
   </si>
   <si>
-    <t>prueba_Alepocefalo (Castellano), Talismán Celindra (Castellano), Manyray Smoothhead (Inglés), Baird's Smooth-head (Inglés), Baird's Smooth Head (Inglés), Baird's Slickhead (Inglés), Alépocéphale de Baird (Francés), Alépocéphale Multirai (Francés)</t>
+    <t>Alepocefalo (Castellano), Talismán Celindra (Castellano), Manyray Smoothhead (Inglés), Baird's Smooth-head (Inglés), Baird's Smooth Head (Inglés), Baird's Slickhead (Inglés), Alépocéphale de Baird (Francés), Alépocéphale Multirai (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Alepocephalus rostratus Risso, 1820</t>
   </si>
   <si>
-    <t>prueba_Talisman (Castellano), Ullot Negre (Castellano), Risso's Smooth-head (Inglés), Testa Nuda (Francés), Caussinié (Francés), Alépocephale (Francés)</t>
+    <t>Talisman (Castellano), Ullot Negre (Castellano), Risso's Smooth-head (Inglés), Testa Nuda (Francés), Caussinié (Francés), Alépocephale (Francés)</t>
   </si>
   <si>
     <t>Alopias superciliosus Lowe, 1841</t>
   </si>
   <si>
-    <t>prueba_Zorro Ojón (Castellano), Bigeye Thresher Shark (Inglés), False Thresher (Inglés), Renard à Gros Yeux (Francés)</t>
+    <t>Zorro Ojón (Castellano), Bigeye Thresher Shark (Inglés), False Thresher (Inglés), Renard à Gros Yeux (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Mundial VU (Vulnerable)</t>
   </si>
   <si>
     <t>Alopias vulpinus (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Zorro (Castellano), Common Thresher Shark (Inglés), Renard (Francés)</t>
+    <t>Zorro (Castellano), Common Thresher Shark (Inglés), Renard (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Aluterus monoceros (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Lija Barbuda (Castellano), Unicorn Leatherjacket Filefish (Inglés), Batfish (Inglés), Filefish (Inglés), Unicornfilefish (Inglés), Leatherjacket (Inglés), Rough Leatherjacket (Inglés), Triggerfish (Inglés), Trigger Fish Durgon (Inglés), Unicorn Fiiefish (Inglés), Unicorn Leatherjacket (Inglés), Unicorn Leather Jacket (Inglés), Bourse loulou (Francés)</t>
+    <t>Lija Barbuda (Castellano), Unicorn Leatherjacket Filefish (Inglés), Batfish (Inglés), Filefish (Inglés), Unicornfilefish (Inglés), Leatherjacket (Inglés), Rough Leatherjacket (Inglés), Triggerfish (Inglés), Trigger Fish Durgon (Inglés), Unicorn Fiiefish (Inglés), Unicorn Leatherjacket (Inglés), Unicorn Leather Jacket (Inglés), Bourse loulou (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Aluterus scriptus (Osbeck, 1765)</t>
   </si>
   <si>
-    <t>prueba_Lija (Castellano), Cachua (Castellano), Cachúa Lija Azul (Castellano), Pez Lija Puntiazul (Castellano), Lija Trompa (Castellano), Puerco de Altura (Castellano), Puerco de Lijatrompa (Castellano), Unicornios (Castellano), Filefish (Inglés), Scrawled Leatherjacket (Inglés), Scribbled Filefish (Inglés), Scribbled Fish (Inglés), Broom-tail File (Inglés), Scrolled Filefish (Inglés), Tobaccofish (Inglés), Scribbled Leatherjacket Filefish (Inglés), Scrawled Fiiefish (Inglés), Bourse loulou (Francés), Baliste écriture (Francés), Chien Katounou (Francés), Bourse écriture (Francés)</t>
+    <t>Lija (Castellano), Cachua (Castellano), Cachúa Lija Azul (Castellano), Pez Lija Puntiazul (Castellano), Lija Trompa (Castellano), Puerco de Altura (Castellano), Puerco de Lijatrompa (Castellano), Unicornios (Castellano), Filefish (Inglés), Scrawled Leatherjacket (Inglés), Scribbled Filefish (Inglés), Scribbled Fish (Inglés), Broom-tail File (Inglés), Scrolled Filefish (Inglés), Tobaccofish (Inglés), Scribbled Leatherjacket Filefish (Inglés), Scrawled Fiiefish (Inglés), Bourse loulou (Francés), Baliste écriture (Francés), Chien Katounou (Francés), Bourse écriture (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Ammodytes tobianus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Lanzon (Castellano), Aguacioso (Castellano), Smooth Sandeel (Inglés), Lesser Sandeel (Inglés), Small Sandeel (Inglés), Smooth Sand-eel (Inglés), Sandeel (Inglés), Sand-eel (Inglés), Équille (Francés), Lançon Équille (Francés), Equille (Francés)</t>
+    <t>Lanzon (Castellano), Aguacioso (Castellano), Smooth Sandeel (Inglés), Lesser Sandeel (Inglés), Small Sandeel (Inglés), Smooth Sand-eel (Inglés), Sandeel (Inglés), Sand-eel (Inglés), Équille (Francés), Lançon Équille (Francés), Equille (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Anarchias longicaudis (Peters, 1877)</t>
   </si>
   <si>
     <t>Anoplogaster cornuta (Valenciennes, 1833)</t>
   </si>
   <si>
-    <t>prueba_Pez Abisal Con Colmillos (Castellano), Pez Con Colomillos (Castellano), Pez Con Colmillos (Castellano), Ogrefish (Inglés), Fangtooth (Inglés), Horned Fang-tooth Fish (Inglés), Common Fangtooth (Inglés), Ogre (Francés)</t>
+    <t>Pez Abisal Con Colmillos (Castellano), Pez Con Colomillos (Castellano), Pez Con Colmillos (Castellano), Ogrefish (Inglés), Fangtooth (Inglés), Horned Fang-tooth Fish (Inglés), Common Fangtooth (Inglés), Ogre (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Anotopterus pharao Zugmayer, 1911</t>
   </si>
   <si>
-    <t>prueba_Daggertooth (Inglés), North Atlantic Daggertooth (Inglés), Pharaon (Francés)</t>
+    <t>Daggertooth (Inglés), North Atlantic Daggertooth (Inglés), Pharaon (Francés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Antennarius striatus (Shaw, 1794)</t>
   </si>
   <si>
-    <t>prueba_Ranisapo Estriado (Castellano), Striated Frogfish (Inglés), Striped Anglerfish (Inglés), Spitlure Frogfish (Inglés)</t>
+    <t>Ranisapo Estriado (Castellano), Striated Frogfish (Inglés), Striped Anglerfish (Inglés), Spitlure Frogfish (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Antennatus nummifer (Cuvier, 1817)</t>
   </si>
   <si>
-    <t>prueba_Big-spot Angler (Inglés), Opulent Frogfish (Inglés), Dark-spotted Frogfish (Inglés), Ocellated Angler (Inglés), Coin-bearing Frogfish (Inglés), Spotfin Angler (Inglés), Spot-fin Anglerfish (Inglés), Spotfin Frogfish (Inglés)</t>
+    <t>Big-spot Angler (Inglés), Opulent Frogfish (Inglés), Dark-spotted Frogfish (Inglés), Ocellated Angler (Inglés), Coin-bearing Frogfish (Inglés), Spotfin Angler (Inglés), Spot-fin Anglerfish (Inglés), Spotfin Frogfish (Inglés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Anthias anthias (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Fula amarilla (Castellano), Tres Colas (Castellano), Sea Perch (Inglés), Swallowtail Seaperch (Inglés), Swallowtail Sea Perch (Inglés), Barbier Hirondelle (Francés), Barbier (Francés)</t>
+    <t>Fula amarilla (Castellano), Tres Colas (Castellano), Sea Perch (Inglés), Swallowtail Seaperch (Inglés), Swallowtail Sea Perch (Inglés), Barbier Hirondelle (Francés), Barbier (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Antigonia capros Lowe, 1843</t>
   </si>
   <si>
-    <t>prueba_Elevado (Castellano), Ochavo (Castellano), Verraco alto (Castellano), Robust deepsea boarfish (Inglés), Deep-bodied boarfish (Inglés), Boarfish (Inglés), Deepbody Boarfish (Inglés), Sanglier chevrette (Francés), Sanglier à corps élevé (Francés), Sanglier (Francés)</t>
+    <t>Elevado (Castellano), Ochavo (Castellano), Verraco alto (Castellano), Robust deepsea boarfish (Inglés), Deep-bodied boarfish (Inglés), Boarfish (Inglés), Deepbody Boarfish (Inglés), Sanglier chevrette (Francés), Sanglier à corps élevé (Francés), Sanglier (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Antimora rostrata (Günther, 1878)</t>
   </si>
   <si>
-    <t>prueba_Brótola Azul (Castellano), Locha Azul (Castellano), Mollera Azul (Castellano), Long-finned Cod (Inglés), Violet Cod (Inglés), Flat-nose Codling (Inglés), Blue Antimora (Inglés), Flatnose Codling (Inglés), Antimora Bleu (Francés), Bertorella Azul (Francés), Moro Bleu (Francés), Antimore Bleu (Francés)</t>
+    <t>Brótola Azul (Castellano), Locha Azul (Castellano), Mollera Azul (Castellano), Long-finned Cod (Inglés), Violet Cod (Inglés), Flat-nose Codling (Inglés), Blue Antimora (Inglés), Flatnose Codling (Inglés), Antimora Bleu (Francés), Bertorella Azul (Francés), Moro Bleu (Francés), Antimore Bleu (Francés)</t>
   </si>
   <si>
     <t>Aphanopus carbo Lowe, 1839</t>
   </si>
   <si>
     <t>Aphanopus intermedius Parin, 1983</t>
   </si>
   <si>
-    <t>prueba_Sable intermedio (Castellano), Intermediate scabbardfish (Inglés)</t>
+    <t>Sable intermedio (Castellano), Intermediate scabbardfish (Inglés)</t>
   </si>
   <si>
     <t>Apletodon incognitus Hofrichter &amp; Patzner, 1997</t>
   </si>
   <si>
-    <t>prueba_Porte-écuelle des Oursins (Francés)</t>
+    <t>Porte-écuelle des Oursins (Francés)</t>
   </si>
   <si>
     <t>Francés</t>
   </si>
   <si>
     <t>Apletodon pellegrini (Chabanaud, 1925)</t>
   </si>
   <si>
-    <t>prueba_Chubby Clingfish (Inglés)</t>
+    <t>Chubby Clingfish (Inglés)</t>
   </si>
   <si>
     <t>Apogon imberbis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Alfoncino (Castellano), Salmonete Real (Castellano), King Of The Mullets (Inglés), Mediterranean Cardinalfish (Inglés), Fucinata (Inglés), Cardinal Fish (Inglés), Coq (Francés), Apogon Commun (Francés), Castagnole Rouge (Francés), Roi des Rougets (Francés), Apogon (Latín)</t>
+    <t>Alfoncino (Castellano), Salmonete Real (Castellano), King Of The Mullets (Inglés), Mediterranean Cardinalfish (Inglés), Fucinata (Inglés), Cardinal Fish (Inglés), Coq (Francés), Apogon Commun (Francés), Castagnole Rouge (Francés), Roi des Rougets (Francés), Apogon (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Apristurus aphyodes Nakaya &amp; Stehmann, 1998</t>
   </si>
   <si>
-    <t>prueba_White Ghost Catshark (Inglés)</t>
+    <t>White Ghost Catshark (Inglés)</t>
   </si>
   <si>
     <t>Apristurus laurussonii (Saemundsson, 1922)</t>
   </si>
   <si>
-    <t>prueba_Pejegato Islándico (Castellano), Pejegato De Madera (Castellano), Flathead Catshark (Inglés), Icelandic Catshark (Inglés), Madeira Catshark (Inglés), Roussette D'Islande (Francés), Roussette De Madère (Francés)</t>
+    <t>Pejegato Islándico (Castellano), Pejegato De Madera (Castellano), Flathead Catshark (Inglés), Icelandic Catshark (Inglés), Madeira Catshark (Inglés), Roussette D'Islande (Francés), Roussette De Madère (Francés)</t>
   </si>
   <si>
     <t>Apristurus melanoasper Iglésias, Nakaya &amp; Stehmann, 2004</t>
   </si>
   <si>
-    <t>prueba_Black Roughscale Catshark (Inglés), Holbiche Noir (Francés)</t>
+    <t>Black Roughscale Catshark (Inglés), Holbiche Noir (Francés)</t>
   </si>
   <si>
     <t>Inglés, Francés</t>
   </si>
   <si>
     <t>Apristurus profundorum (Goode &amp; Bean, 1896)</t>
   </si>
   <si>
-    <t>prueba_Pejegato Abisal (Castellano), Deepwater Catshark (Inglés), Holbiche Papoila (Francés)</t>
+    <t>Pejegato Abisal (Castellano), Deepwater Catshark (Inglés), Holbiche Papoila (Francés)</t>
   </si>
   <si>
     <t>Apterichtus anguiformis  (Peters, 1877)</t>
   </si>
   <si>
-    <t>prueba_Slender Finless Eel (Inglés), Anguille-serpent à Bouche Noire (Francés)</t>
+    <t>Slender Finless Eel (Inglés), Anguille-serpent à Bouche Noire (Francés)</t>
   </si>
   <si>
     <t>Apterichtus caecus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_European Finless Eel (Inglés), Anguille-serpent Aptère (Francés)</t>
+    <t>European Finless Eel (Inglés), Anguille-serpent Aptère (Francés)</t>
   </si>
   <si>
     <t>Arctozenus risso (Bonaparte, 1840)</t>
   </si>
   <si>
-    <t>prueba_Barracudina Pintada (Castellano), Fals Espet de Fonera (Castellano), White Barracudina (Inglés), Ribbon Barracudina (Inglés), Barracudina (Inglés), Spotted Barracudina (Inglés), Lussion Blanc (Francés), Barracudine Pintade (Francés), Barracudine Longue Quille (Francés)</t>
+    <t>Barracudina Pintada (Castellano), Fals Espet de Fonera (Castellano), White Barracudina (Inglés), Ribbon Barracudina (Inglés), Barracudina (Inglés), Spotted Barracudina (Inglés), Lussion Blanc (Francés), Barracudine Pintade (Francés), Barracudine Longue Quille (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Argyripnus atlanticus Maul, 1952</t>
   </si>
   <si>
     <t>Argyropelecus aculeatus Valenciennes, 1850</t>
   </si>
   <si>
-    <t>prueba_Pez Hacha (Castellano), Tajalí de Canto (Castellano), Pez Hacha Plateado (Castellano), Silver Hatchetfish (Inglés), Marine Hatchetfish (Inglés), Lovely Hatchetfish (Inglés), Hatchet Fish (Inglés), Atlantic Silver Hatchetfish (Inglés), Tiefsee-Beilbauchfish (Francés), Hache d'argent à Épines (Francés)</t>
+    <t>Pez Hacha (Castellano), Tajalí de Canto (Castellano), Pez Hacha Plateado (Castellano), Silver Hatchetfish (Inglés), Marine Hatchetfish (Inglés), Lovely Hatchetfish (Inglés), Hatchet Fish (Inglés), Atlantic Silver Hatchetfish (Inglés), Tiefsee-Beilbauchfish (Francés), Hache d'argent à Épines (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Argyropelecus affinis Garman, 1899</t>
   </si>
   <si>
-    <t>prueba_Pez Hacha Laminado (Castellano), Deepsea Hatchetfish (Inglés), Pacific Hatchetfish (Inglés), Pacific Hatchet Fish (Inglés), Slender Hatchetfish (Inglés)</t>
+    <t>Pez Hacha Laminado (Castellano), Deepsea Hatchetfish (Inglés), Pacific Hatchetfish (Inglés), Pacific Hatchet Fish (Inglés), Slender Hatchetfish (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Argyropelecus gigas Norman, 1930</t>
   </si>
   <si>
-    <t>prueba_Pez Hacha (Castellano), Pez Con Colomillos (Castellano), Pez hacha Gigante (Castellano), Giant Hatchetfish (Inglés), Hatchet Fish (Inglés), Hatchetfish (Inglés)</t>
+    <t>Pez Hacha (Castellano), Pez Con Colomillos (Castellano), Pez hacha Gigante (Castellano), Giant Hatchetfish (Inglés), Hatchet Fish (Inglés), Hatchetfish (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Argyropelecus hemigymnus Cocco, 1829</t>
   </si>
   <si>
-    <t>prueba_Pez Hacha (Castellano), Pez Hacha Ganchudo (Castellano), Hatchet Fish (Inglés), Hatchetfish (Inglés), Silver Hatchetfish (Inglés), Axefish (Inglés), Halfnaked Hatchetfish (Inglés), Common Hatchetfish (Inglés), Heath's Hatchet Fish (Inglés), Half-naked Hatchetfish (Inglés)</t>
+    <t>Pez Hacha (Castellano), Pez Hacha Ganchudo (Castellano), Hatchet Fish (Inglés), Hatchetfish (Inglés), Silver Hatchetfish (Inglés), Axefish (Inglés), Halfnaked Hatchetfish (Inglés), Common Hatchetfish (Inglés), Heath's Hatchet Fish (Inglés), Half-naked Hatchetfish (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Argyropelecus olfersii (Cuvier, 1829)</t>
   </si>
   <si>
     <t>Argyrosomus regius (Asso, 1801)</t>
   </si>
   <si>
-    <t>prueba_Corvina (Castellano), Corbina (Castellano), Shadefish (Inglés), Meagre (Inglés), Croaker (Inglés), Salmon Bass (Inglés), Courbine (Francés), Maigre (Francés), Maigre Commun (Francés)</t>
+    <t>Corvina (Castellano), Corbina (Castellano), Shadefish (Inglés), Meagre (Inglés), Croaker (Inglés), Salmon Bass (Inglés), Courbine (Francés), Maigre (Francés), Maigre Commun (Francés)</t>
   </si>
   <si>
     <t>Ariosoma balearicum (Delaroche, 1809)</t>
   </si>
   <si>
-    <t>prueba_Congrillo de Charco (Castellano), Congrio (Castellano), Congrio Algino (Castellano), Congrio Balear (Castellano), Varga (Castellano), Balearic Conger (Inglés), Bandtooth Conger (Inglés), Conger Eel (Inglés), Baleares Conger (Inglés), Congre des Baléares (Francés)</t>
+    <t>Congrillo de Charco (Castellano), Congrio (Castellano), Congrio Algino (Castellano), Congrio Balear (Castellano), Varga (Castellano), Balearic Conger (Inglés), Bandtooth Conger (Inglés), Conger Eel (Inglés), Baleares Conger (Inglés), Congre des Baléares (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Aristostomias grimaldii Zugmayer, 1913</t>
   </si>
   <si>
     <t>Aristostomias lunifer Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Arnoglossus imperialis (Rafinesque, 1810)</t>
   </si>
   <si>
-    <t>prueba_Peluda (Castellano), Peluda Imperial (Castellano), Serrandel Imperial (Castellano), Scaldfish (Inglés), Imperial Scaldfish (Inglés), Arnoglosse Impérial (Francés), Tapaculos (Altoaragonés)</t>
+    <t>Peluda (Castellano), Peluda Imperial (Castellano), Serrandel Imperial (Castellano), Scaldfish (Inglés), Imperial Scaldfish (Inglés), Arnoglosse Impérial (Francés), Tapaculos (Altoaragonés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Altoaragonés</t>
   </si>
   <si>
     <t>Arnoglossus laterna (Walbaum, 1792)</t>
   </si>
   <si>
-    <t>prueba_Peludilla (Castellano), Serradell (Castellano), Peluda (Castellano), Serrandel (Castellano), Serrandell (Castellano), Scald Fish (Inglés), Scaldfish (Inglés), Scald-fish (Inglés), Mediterranean Scaldfish (Inglés), Fausse Limande (Francés), Arnoglosse de Méditerranée (Francés), Arnoglosse Lanterne (Francés), Arnoglosse-Lanterne (Francés), Tapaculos (Altoaragonés)</t>
+    <t>Peludilla (Castellano), Serradell (Castellano), Peluda (Castellano), Serrandel (Castellano), Serrandell (Castellano), Scald Fish (Inglés), Scaldfish (Inglés), Scald-fish (Inglés), Mediterranean Scaldfish (Inglés), Fausse Limande (Francés), Arnoglosse de Méditerranée (Francés), Arnoglosse Lanterne (Francés), Arnoglosse-Lanterne (Francés), Tapaculos (Altoaragonés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Altoaragonés</t>
   </si>
   <si>
     <t>Arnoglossus rueppelii (Cocco, 1844)</t>
   </si>
   <si>
-    <t>prueba_Peluda de Rüppell (Castellano), Rüppell's Scaldback (Inglés), Tapaculos (Altoaragonés)</t>
+    <t>Peluda de Rüppell (Castellano), Rüppell's Scaldback (Inglés), Tapaculos (Altoaragonés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Altoaragonés</t>
   </si>
   <si>
     <t>Arnoglossus thori Kyle, 1913</t>
   </si>
   <si>
-    <t>prueba_Peludilla (Castellano), Serradell (Castellano), Peluda (Castellano), Spotted Scaldfish (Inglés), Grohmann's Scaldfish (Inglés), Thor's Scaldfish (Inglés), Arnoglosse Tacheté (Francés), Arnoglosse de Thor (Francés), Tapaculos (Altoaragonés)</t>
+    <t>Peludilla (Castellano), Serradell (Castellano), Peluda (Castellano), Spotted Scaldfish (Inglés), Grohmann's Scaldfish (Inglés), Thor's Scaldfish (Inglés), Arnoglosse Tacheté (Francés), Arnoglosse de Thor (Francés), Tapaculos (Altoaragonés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Altoaragonés</t>
   </si>
   <si>
     <t>Astronesthes atlanticus Parin &amp; Borodulina, 1996</t>
   </si>
   <si>
     <t>Astronesthes gemmifer Goode &amp; Bean, 1896</t>
   </si>
   <si>
-    <t>prueba_Snaggletooth (Inglés)</t>
+    <t>Snaggletooth (Inglés)</t>
   </si>
   <si>
     <t>Astronesthes indicus Brauer, 1902</t>
   </si>
   <si>
     <t>Astronesthes leucopogon Regan &amp; Trewavas, 1929</t>
   </si>
   <si>
     <t>Astronesthes macropogon Goodyear &amp; Gibbs, 1970</t>
   </si>
   <si>
     <t>Astronesthes micropogon Goodyear &amp; Gibbs, 1970</t>
   </si>
   <si>
     <t>Astronesthes neopogon Regan &amp; Trewavas, 1929</t>
   </si>
   <si>
     <t>Astronesthes niger Richardson, 1845</t>
   </si>
   <si>
     <t>Atherina lopeziana Rossignol &amp; Blache, 1961</t>
   </si>
   <si>
     <t>Atherina presbyter Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Abichon (Castellano), Abichón (Castellano), Piarda (Castellano), Chirrete (Castellano), Pejerreye (Castellano), Cabezuda (Gallego), Sand-smelt (Inglés), Sandsmelt (Inglés), Sand Smelt (Inglés), Atherine (Inglés), Prêtre (Francés), Athérine (Francés), Trogue (Francés), Abusseau (Francés), Joël (Francés), Sula (Latín)</t>
+    <t>Abichon (Castellano), Abichón (Castellano), Piarda (Castellano), Chirrete (Castellano), Pejerreye (Castellano), Cabezuda (Gallego), Sand-smelt (Inglés), Sandsmelt (Inglés), Sand Smelt (Inglés), Atherine (Inglés), Prêtre (Francés), Athérine (Francés), Trogue (Francés), Abusseau (Francés), Joël (Francés), Sula (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Gallego, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Aulopus filamentosus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Aulopus Amarillento (Castellano), Lagarto de Hondura (Castellano), Lagarto Real (Castellano), Ojo de Piedra (Castellano), Royal Flagfin (Inglés), Mediterranean Flagfin (Inglés), Yellowfin Aulopus (Inglés), Limbert Royal (Francés)</t>
+    <t>Aulopus Amarillento (Castellano), Lagarto de Hondura (Castellano), Lagarto Real (Castellano), Ojo de Piedra (Castellano), Royal Flagfin (Inglés), Mediterranean Flagfin (Inglés), Yellowfin Aulopus (Inglés), Limbert Royal (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Aulostomus strigosus Wheeler, 1955</t>
   </si>
   <si>
     <t>Auxis rochei (Risso, 1810)</t>
   </si>
   <si>
     <t>Auxis thazard (Lacepède, 1800)</t>
   </si>
   <si>
     <t>Avocettina infans (Günther, 1878)</t>
   </si>
   <si>
-    <t>prueba_Avocet Snipe Eel (Inglés), Closespine Snipe Eel (Inglés), Blackline Snipe Eel (Inglés), Avocet Snipe-eel (Inglés), Snipe Eel (Inglés)</t>
+    <t>Avocet Snipe Eel (Inglés), Closespine Snipe Eel (Inglés), Blackline Snipe Eel (Inglés), Avocet Snipe-eel (Inglés), Snipe Eel (Inglés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Balistes capriscus Gmelin, 1789</t>
   </si>
   <si>
-    <t>prueba_Ballesta (Castellano), Cachua (Castellano), Bot (Castellano), Puerco (Castellano), Cochino Gris (Castellano), Cocuyo (Castellano), Escopeta (Castellano), Lija Moteada (Castellano), Peje Puerco (Castellano), Pejepuerco (Castellano), Varraco (Castellano), Pejepuerco Blanco (Castellano), Penolera (Castellano), Pez Ballesta (Castellano), Roncon (Castellano), Sabaco (Castellano), Sobaco (Castellano), Tapa Fallas (Castellano), Triggerfish (Inglés), Trigger Fish (Inglés), Gray Triggerfish (Inglés), Filefish (Inglés), Grey Triggerfish (Inglés), Leatherjacket (Inglés), Turbot (Inglés), Pig-faced (Inglés), Cochon de Mer (Francés), Fanfré (Francés), Poisson à Gâchette (Francés), Poisson-gâchette (Francés), Poisson-porc (Francés), Baliste (Francés), Baliste Cabri (Francés), Baliste Commun (Francés), Baliste Commune (Francés), Baliste Gris (Francés)</t>
+    <t>Ballesta (Castellano), Cachua (Castellano), Bot (Castellano), Puerco (Castellano), Cochino Gris (Castellano), Cocuyo (Castellano), Escopeta (Castellano), Lija Moteada (Castellano), Peje Puerco (Castellano), Pejepuerco (Castellano), Varraco (Castellano), Pejepuerco Blanco (Castellano), Penolera (Castellano), Pez Ballesta (Castellano), Roncon (Castellano), Sabaco (Castellano), Sobaco (Castellano), Tapa Fallas (Castellano), Triggerfish (Inglés), Trigger Fish (Inglés), Gray Triggerfish (Inglés), Filefish (Inglés), Grey Triggerfish (Inglés), Leatherjacket (Inglés), Turbot (Inglés), Pig-faced (Inglés), Cochon de Mer (Francés), Fanfré (Francés), Poisson à Gâchette (Francés), Poisson-gâchette (Francés), Poisson-porc (Francés), Baliste (Francés), Baliste Cabri (Francés), Baliste Commun (Francés), Baliste Commune (Francés), Baliste Gris (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Balistes punctatus Gmelin, 1789</t>
   </si>
   <si>
-    <t>prueba_Cajo Canario (Castellano), Pejepuerco Moteado (Castellano), Bluespotted Triggerfish (Inglés), Spotted Triggerfish (Inglés), Baliste Ponctué (Francés), Baliste à Taches Bleues (Francés)</t>
+    <t>Cajo Canario (Castellano), Pejepuerco Moteado (Castellano), Bluespotted Triggerfish (Inglés), Spotted Triggerfish (Inglés), Baliste Ponctué (Francés), Baliste à Taches Bleues (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Barbantus curvifrons (Roule &amp; Angel, 1931)</t>
   </si>
   <si>
-    <t>prueba_Palebelly Searsid (Inglés)</t>
+    <t>Palebelly Searsid (Inglés)</t>
   </si>
   <si>
     <t>Bathophilus brevis Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Bathophilus digitatus (Welsh, 1923)</t>
   </si>
   <si>
-    <t>prueba_Scaleless Black Dragonfish (Inglés)</t>
+    <t>Scaleless Black Dragonfish (Inglés)</t>
   </si>
   <si>
     <t>Bathophilus longipinnis (Pappenheim, 1912)</t>
   </si>
   <si>
     <t>Bathophilus nigerrimus  Giglioli, 1882</t>
   </si>
   <si>
-    <t>prueba_Scaleless Dragonfish (Inglés)</t>
+    <t>Scaleless Dragonfish (Inglés)</t>
   </si>
   <si>
     <t>Bathophilus pawneei Parr, 1927</t>
   </si>
   <si>
     <t>Bathophilus vaillanti (Zugmayer, 1911)</t>
   </si>
   <si>
     <t>Bathygadus favosus Goode &amp; Bean, 1886</t>
   </si>
   <si>
     <t>Bathygadus melanobranchus Vaillant, 1888</t>
   </si>
   <si>
-    <t>prueba_Vaillant Grenedier (Inglés)</t>
+    <t>Vaillant Grenedier (Inglés)</t>
   </si>
   <si>
     <t>Bathylaco nigricans Goode &amp; Bean, 1896</t>
   </si>
   <si>
-    <t>prueba_Black Warrior (Inglés), Boneythroat (Inglés), Bonythroat (Inglés)</t>
+    <t>Black Warrior (Inglés), Boneythroat (Inglés), Bonythroat (Inglés)</t>
   </si>
   <si>
     <t>Bathylagichthys greyae (Cohen, 1958)</t>
   </si>
   <si>
-    <t>prueba_Grey's Deepsea Smelt (Inglés)</t>
+    <t>Grey's Deepsea Smelt (Inglés)</t>
   </si>
   <si>
     <t>Bathyonus laticeps (Günther, 1878)</t>
   </si>
   <si>
     <t>Bathypterois dubius Vaillant, 1888</t>
   </si>
   <si>
-    <t>prueba_Mediterranean Spiderfish (Inglés), Spider Fish (Inglés), Filamenteux de Fond (Francés)</t>
+    <t>Mediterranean Spiderfish (Inglés), Spider Fish (Inglés), Filamenteux de Fond (Francés)</t>
   </si>
   <si>
     <t>Bathypterois grallator (Goode &amp; Bean, 1886)</t>
   </si>
   <si>
-    <t>prueba_Tripodfish (Inglés), Tripod Spiderfish (Inglés)</t>
+    <t>Tripodfish (Inglés), Tripod Spiderfish (Inglés)</t>
   </si>
   <si>
     <t>Inglés, Inglés</t>
   </si>
   <si>
     <t>Bathyraja richardsoni (Garrick, 1961)</t>
   </si>
   <si>
-    <t>prueba_Raya De Richardson (Castellano), Richardson's Skate (Inglés), Deepsea Skate (Inglés), Richardson's Ray (Inglés), Raie De Richardson (Francés)</t>
+    <t>Raya De Richardson (Castellano), Richardson's Skate (Inglés), Deepsea Skate (Inglés), Richardson's Ray (Inglés), Raie De Richardson (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Bathysaurus ferox Günther, 1878</t>
   </si>
   <si>
-    <t>prueba_Deep-sea Lizardfish (Inglés), Deepsea Lizardfish (Inglés)</t>
+    <t>Deep-sea Lizardfish (Inglés), Deepsea Lizardfish (Inglés)</t>
   </si>
   <si>
     <t>Bathysolea profundicola (Vaillant, 1888)</t>
   </si>
   <si>
-    <t>prueba_Lenguado de Fondo (Castellano), Lenguado de Profundidad (Castellano), Deepwater Sole (Inglés), Sole des Profondeurs (Francés)</t>
+    <t>Lenguado de Fondo (Castellano), Lenguado de Profundidad (Castellano), Deepwater Sole (Inglés), Sole des Profondeurs (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Bathytroctes microlepis Günther, 1878</t>
   </si>
   <si>
-    <t>prueba_Smallscale Smooth-head (Inglés)</t>
+    <t>Smallscale Smooth-head (Inglés)</t>
   </si>
   <si>
     <t>Bellottia apoda Giglioli, 1883</t>
   </si>
   <si>
     <t>Belone belone (Linnaeus, 1761)</t>
   </si>
   <si>
-    <t>prueba_Aguja (Castellano), Guya (Castellano), Garfish (Inglés), Garpike (Inglés), Aguglia (Francés), Aguia (Francés), Aiguille (Francés), Aiguille de Mer (Francés), Orphie Commune (Francés), Orphie Vulgaire (Francés), Orphie (Francés), Aiguillette (Francés)</t>
+    <t>Aguja (Castellano), Guya (Castellano), Garfish (Inglés), Garpike (Inglés), Aguglia (Francés), Aguia (Francés), Aiguille (Francés), Aiguille de Mer (Francés), Orphie Commune (Francés), Orphie Vulgaire (Francés), Orphie (Francés), Aiguillette (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Benthalbella infans Zugmayer, 1911</t>
   </si>
   <si>
-    <t>prueba_Zugmayer's Pearleye (Inglés)</t>
+    <t>Zugmayer's Pearleye (Inglés)</t>
   </si>
   <si>
     <t>Benthocometes robustus (Goode &amp; Bean, 1886)</t>
   </si>
   <si>
-    <t>prueba_Brótula Robusta (Castellano), Robust Cusk-eel (Inglés), Fanfre jaune (Francés)</t>
+    <t>Brótula Robusta (Castellano), Robust Cusk-eel (Inglés), Fanfre jaune (Francés)</t>
   </si>
   <si>
     <t>Benthodesmus simonyi (Steindachner, 1891)</t>
   </si>
   <si>
     <t>Benthosema glaciale (Reinhardt, 1837)</t>
   </si>
   <si>
-    <t>prueba_Linterna Oscura (Castellano), Glacier Lanterfish (Inglés), Glacier Lantern Fish (Inglés), Lanternfish (Inglés), Glacier Lanternfish (Inglés), Glacial Lanternfish (Inglés), Lanterne Glaciaire (Francés)</t>
+    <t>Linterna Oscura (Castellano), Glacier Lanterfish (Inglés), Glacier Lantern Fish (Inglés), Lanternfish (Inglés), Glacier Lanternfish (Inglés), Glacial Lanternfish (Inglés), Lanterne Glaciaire (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Benthosema suborbitale (Gilbert, 1913)</t>
   </si>
   <si>
     <t>Beryx decadactylus Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Alfonsiño (Castellano), Castañeta Roxa (Castellano), Alfonsino Palometón (Castellano), Alfonsin A Casta Larga (Castellano), Palometa Roja (Castellano), Long-finned Beryx (Inglés), Longfinned Beryx (Inglés), Red Bream (Inglés), Cuvier's Berycid Fish (Inglés), Alfonsino (Inglés), Broad Alfonsin (Inglés), Broad Alfonsino (Inglés), Imperador (Inglés), Béryx Commun (Francés), Dorade Rose (Francés), Béryx (Francés), Beryx (Latín)</t>
+    <t>Alfonsiño (Castellano), Castañeta Roxa (Castellano), Alfonsino Palometón (Castellano), Alfonsin A Casta Larga (Castellano), Palometa Roja (Castellano), Long-finned Beryx (Inglés), Longfinned Beryx (Inglés), Red Bream (Inglés), Cuvier's Berycid Fish (Inglés), Alfonsino (Inglés), Broad Alfonsin (Inglés), Broad Alfonsino (Inglés), Imperador (Inglés), Béryx Commun (Francés), Dorade Rose (Francés), Béryx (Francés), Beryx (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Beryx splendens Lowe, 1834</t>
   </si>
   <si>
-    <t>prueba_Alfonsin a Casta Cumprida (Castellano), Besugo Americano (Castellano), Alfonsino Besugo (Castellano), Slender Beryx (Inglés), Alfonsino (Inglés), Splendid Alfonsino (Inglés), Golden Eye Perch (Inglés), Lowes Berix (Inglés), Lowe's Beryx (Inglés), Slender Alfonsino (Inglés), Béryx Long (Francés), Beryx Long (Francés), Béryx (Francés), Beryx (Latín)</t>
+    <t>Alfonsin a Casta Cumprida (Castellano), Besugo Americano (Castellano), Alfonsino Besugo (Castellano), Slender Beryx (Inglés), Alfonsino (Inglés), Splendid Alfonsino (Inglés), Golden Eye Perch (Inglés), Lowes Berix (Inglés), Lowe's Beryx (Inglés), Slender Alfonsino (Inglés), Béryx Long (Francés), Beryx Long (Francés), Béryx (Francés), Beryx (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Blennius ocellaris Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Caboce (Castellano), Purillos (Castellano), Torillo (Castellano), Babosa (Castellano), Butterfly Blenny (Inglés), Blennie Papillon (Francés), Blennie Ocellée (Francés)</t>
+    <t>Caboce (Castellano), Purillos (Castellano), Torillo (Castellano), Babosa (Castellano), Butterfly Blenny (Inglés), Blennie Papillon (Francés), Blennie Ocellée (Francés)</t>
   </si>
   <si>
     <t>Bodianus scrofa (Valenciennes, 1839)</t>
   </si>
   <si>
-    <t>prueba_Pejeperro (Castellano), Viejà (Castellano), Barred Hogfish (Inglés), Pourceau (Francés), Vieja (Latín)</t>
+    <t>Pejeperro (Castellano), Viejà (Castellano), Barred Hogfish (Inglés), Pourceau (Francés), Vieja (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Latín</t>
   </si>
   <si>
     <t>Bolinichthys indicus (Nafpaktitis &amp; Nafpaktitis, 1969)</t>
   </si>
   <si>
-    <t>prueba_Mictófido (Castellano), Lanternfish (Inglés), Smoothcheek Lanternfish (Inglés)</t>
+    <t>Mictófido (Castellano), Lanternfish (Inglés), Smoothcheek Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>Bolinichthys supralateralis (Parr, 1928)</t>
   </si>
   <si>
-    <t>prueba_Mictófido (Castellano), Lanternfish (Inglés), Stubby Lanternfish (Inglés)</t>
+    <t>Mictófido (Castellano), Lanternfish (Inglés), Stubby Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Bonapartia pedaliota Goode &amp; Bean, 1896</t>
   </si>
   <si>
-    <t>prueba_Longray Fangjaw (Inglés)</t>
+    <t>Longray Fangjaw (Inglés)</t>
   </si>
   <si>
     <t>Boops boops (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Boga (Castellano), Bogue (Inglés), Bream (Inglés)</t>
+    <t>Boga (Castellano), Bogue (Inglés), Bream (Inglés)</t>
   </si>
   <si>
     <t>Borostomias antarcticus (Lönnberg, 1905)</t>
   </si>
   <si>
-    <t>prueba_Snaggletooth (Inglés), Ledémon Double OEil (Francés)</t>
+    <t>Snaggletooth (Inglés), Ledémon Double OEil (Francés)</t>
   </si>
   <si>
     <t>Borostomias elucens (Brauer, 1906)</t>
   </si>
   <si>
     <t>Borostomias mononema (Regan &amp; Trewavas, 1929)</t>
   </si>
   <si>
-    <t>prueba_Sickle Snaggletooth (Inglés)</t>
+    <t>Sickle Snaggletooth (Inglés)</t>
   </si>
   <si>
     <t>Bothus podas (Delaroche, 1809)</t>
   </si>
   <si>
-    <t>prueba_Padas (Castellano), Pedas (Castellano), Pedás (Castellano), Pedazo (Castellano), Podas (Castellano), Remol (Castellano), Wide-eyed Flounder (Inglés), Rombou de Méditerranée (Francés), Rombou Podas (Francés), Turbot de Sable (Francés), Rombou (Francés)</t>
+    <t>Padas (Castellano), Pedas (Castellano), Pedás (Castellano), Pedazo (Castellano), Podas (Castellano), Remol (Castellano), Wide-eyed Flounder (Inglés), Rombou de Méditerranée (Francés), Rombou Podas (Francés), Turbot de Sable (Francés), Rombou (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Brama brama (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Palometa negra (Castellano), Castañola (Castellano), Castañeta (Castellano), Joputa (Castellano), Japuta (Castellano), Angel Fish (Inglés), Atlantic Pomfret (Inglés), Ray's Bream (Inglés), Black Sea Bream (Inglés), Common Pomfret (Inglés), Lestia (Inglés), Pomfret (Inglés), Ray's Sea bream (Inglés), Castagnole (Francés), Catagnole (Francés), Angel (Francés), Grande Castagnole (Francés), Rondanin (Francés), Grandecastagnole (Francés), Brème de Mer (Francés), Brama (Latín)</t>
+    <t>Palometa negra (Castellano), Castañola (Castellano), Castañeta (Castellano), Joputa (Castellano), Japuta (Castellano), Angel Fish (Inglés), Atlantic Pomfret (Inglés), Ray's Bream (Inglés), Black Sea Bream (Inglés), Common Pomfret (Inglés), Lestia (Inglés), Pomfret (Inglés), Ray's Sea bream (Inglés), Castagnole (Francés), Catagnole (Francés), Angel (Francés), Grande Castagnole (Francés), Rondanin (Francés), Grandecastagnole (Francés), Brème de Mer (Francés), Brama (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Bregmaceros atlanticus Goode &amp; Bean, 1886</t>
   </si>
   <si>
-    <t>prueba_Bacalete Antena (Castellano), Ciliado (Castellano), Antenna Codlet (Inglés)</t>
+    <t>Bacalete Antena (Castellano), Ciliado (Castellano), Antenna Codlet (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés</t>
   </si>
   <si>
     <t>Buenia affinis Iljin, 1930</t>
   </si>
   <si>
-    <t>prueba_De Buen's Goby (Inglés), Gobie de De Buen (Francés), Gobie Réticulé (Francés)</t>
+    <t>De Buen's Goby (Inglés), Gobie de De Buen (Francés), Gobie Réticulé (Francés)</t>
   </si>
   <si>
     <t>Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Buglossidium luteum (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Acevia (Castellano), Lenguado Amarillo (Castellano), Tambor Sudafricano (Castellano), Yellow Sole (Inglés), Solenette (Inglés), Sole Jaune (Francés), Petite Sole Jaune (Francés), Tambor (Mallorquín)</t>
+    <t>Acevia (Castellano), Lenguado Amarillo (Castellano), Tambor Sudafricano (Castellano), Yellow Sole (Inglés), Solenette (Inglés), Sole Jaune (Francés), Petite Sole Jaune (Francés), Tambor (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Mallorquín</t>
   </si>
   <si>
     <t>Callanthias ruber (Rafinesque, 1810)</t>
   </si>
   <si>
-    <t>prueba_Papagayo (Castellano), Tres Colas (Castellano), Siete Colas (Castellano), Parrot Seaperch (Inglés), Parrot Sea Perch (Inglés), Barbier Perroquet (Francés)</t>
+    <t>Papagayo (Castellano), Tres Colas (Castellano), Siete Colas (Castellano), Parrot Seaperch (Inglés), Parrot Sea Perch (Inglés), Barbier Perroquet (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Callionymus lyra Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Dragoncillo (Castellano), Primita (Castellano), Dragonet (Inglés), Common Dragonet (Inglés), Dragonet Lyre (Francés), Callionyme Lyre (Francés)</t>
+    <t>Dragoncillo (Castellano), Primita (Castellano), Dragonet (Inglés), Common Dragonet (Inglés), Dragonet Lyre (Francés), Callionyme Lyre (Francés)</t>
   </si>
   <si>
     <t>Callionymus maculatus Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Dragoncillo Moteado (Castellano), Lagarto (Castellano), Spotted Dragonet (Inglés), Dragon Tacheté (Francés), Dragonnet Tacheté (Francés)</t>
+    <t>Dragoncillo Moteado (Castellano), Lagarto (Castellano), Spotted Dragonet (Inglés), Dragon Tacheté (Francés), Dragonnet Tacheté (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Callionymus pusillus Delaroche, 1809</t>
   </si>
   <si>
-    <t>prueba_Sailfin Dragonet (Inglés), Dragonnet Élégant (Francés)</t>
+    <t>Sailfin Dragonet (Inglés), Dragonnet Élégant (Francés)</t>
   </si>
   <si>
     <t>Callionymus reticulatus Valenciennes, 1837</t>
   </si>
   <si>
-    <t>prueba_Dragoncillo (Castellano), Reticulated Dragonet (Inglés), Dragonnet Réticulé (Francés)</t>
+    <t>Dragoncillo (Castellano), Reticulated Dragonet (Inglés), Dragonnet Réticulé (Francés)</t>
   </si>
   <si>
     <t>Callionymus risso Lesueur, 1814</t>
   </si>
   <si>
-    <t>prueba_Risso's Dragonet (Inglés), Callionyme Bélène (Francés), Dragonnet (Francés)</t>
+    <t>Risso's Dragonet (Inglés), Callionyme Bélène (Francés), Dragonnet (Francés)</t>
   </si>
   <si>
     <t>Campogramma glaycos (Lacepède, 1801)</t>
   </si>
   <si>
-    <t>prueba_Caballo (Castellano), Lirio (Castellano), Lexola (Castellano), Zippered Pompano (Inglés), Lexa (Inglés), Big-toothed Pompano (Inglés), Vadigo (Inglés), Liche (Francés), Lezia (Francés), Liche Lirio (Francés), Liche Vadigo (Francés)</t>
+    <t>Caballo (Castellano), Lirio (Castellano), Lexola (Castellano), Zippered Pompano (Inglés), Lexa (Inglés), Big-toothed Pompano (Inglés), Vadigo (Inglés), Liche (Francés), Lezia (Francés), Liche Lirio (Francés), Liche Vadigo (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Cantherhines macrocerus (Hollard, 1853)</t>
   </si>
   <si>
     <t>Cantherhines pullus (Ranzani, 1842)</t>
   </si>
   <si>
     <t>Canthidermis maculata (Bloch, 1786)</t>
   </si>
   <si>
-    <t>prueba_Cochito Manchado (Castellano), Cachúa (Castellano), Puerco (Castellano), Calafate  Áspero (Castellano), Peje Chancho (Castellano), Pez Puerco (Castellano), Puerco Áspero (Castellano), Puerco Espinoso (Castellano), Sobaco Manchado (Castellano), White-spotted Triggerfish (Inglés), Rough Triggerfish (Inglés), Whitespotted Triggerfish (Inglés), Oceanic Triggerfish (Inglés), Spotted Triggerfish (Inglés), Spotted Oceanic Triggerfish (Inglés), Triggerfish (Inglés), Baliste Rude (Francés)</t>
+    <t>Cochito Manchado (Castellano), Cachúa (Castellano), Puerco (Castellano), Calafate  Áspero (Castellano), Peje Chancho (Castellano), Pez Puerco (Castellano), Puerco Áspero (Castellano), Puerco Espinoso (Castellano), Sobaco Manchado (Castellano), White-spotted Triggerfish (Inglés), Rough Triggerfish (Inglés), Whitespotted Triggerfish (Inglés), Oceanic Triggerfish (Inglés), Spotted Triggerfish (Inglés), Spotted Oceanic Triggerfish (Inglés), Triggerfish (Inglés), Baliste Rude (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Canthidermis sufflamen (Mitchill, 1815)</t>
   </si>
   <si>
-    <t>prueba_Lija (Castellano), Cachúa Blanca (Castellano), Cachúa (Castellano), Puerco (Castellano), Sobaco Lija (Castellano), Turco (Castellano), Ocean Tally (Inglés), Ocean Triggerfish (Inglés), Filefish (Inglés), Turbot (Inglés)</t>
+    <t>Lija (Castellano), Cachúa Blanca (Castellano), Cachúa (Castellano), Puerco (Castellano), Sobaco Lija (Castellano), Turco (Castellano), Ocean Tally (Inglés), Ocean Triggerfish (Inglés), Filefish (Inglés), Turbot (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Canthigaster capistrata (Lowe, 1839)</t>
   </si>
   <si>
-    <t>prueba_Macaronesian Sharpnose-puffer (Inglés), Sharpnose Puffer (Inglés)</t>
+    <t>Macaronesian Sharpnose-puffer (Inglés), Sharpnose Puffer (Inglés)</t>
   </si>
   <si>
     <t>Capros aper (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Ochavo (Castellano), Boarfish (Inglés), Sarsotin (Francés), Sanglier (Francés)</t>
+    <t>Ochavo (Castellano), Boarfish (Inglés), Sarsotin (Francés), Sanglier (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Caranx crysos (Mitchill, 1815)</t>
   </si>
   <si>
-    <t>prueba_Cojinuda Negra (Castellano), Cojinuda (Castellano), Cojinúa Prieta (Castellano), Cojinúa Negra (Castellano), Cojinua Negra (Castellano), Surell (Castellano), Jurel Trompa de Hierro (Castellano), Palometa (Castellano), Jurel Azul (Castellano), Guïra (Castellano), Crevallé (Castellano), Atún (Castellano), Cachorreta (Castellano), Cojinoa (Castellano), Medregal (Castellano), Cojinoa negra (Castellano), Cojinua (Castellano), Cojinúa (Castellano), Cojinúa Azul (Castellano), Madregal (Castellano), Yellow Tail Cavalli (Inglés), Black Jack (Inglés), Blue Runner (Inglés), Bluestripe Jack (Inglés), Carangue (Inglés), Horse Mackerel (Inglés), Mackerel (Inglés), Boca Abou (Inglés), Crevalle (Inglés), Golden Jack (Inglés), Green Jack (Inglés), Runner (Inglés), Hardnose (Inglés), Jack (Inglés), Hardtail (Inglés), Hardtailed Jack (Inglés), White Back Cavalli (Inglés), Yara Yag (Inglés), Yaru Boca Abau (Inglés), Yellow Mackerel (Inglés), Jurel (Francés), Crevaille (Francés), Carangue Tête Ronde (Francés), Carangue Grasse (Francés), Carangue Dorée (Francés), Carangue Cuisinière (Francés), Carangue Coubali (Francés), Carangue Bonite (Francés), Caran (Francés), Chinchard (Francés), Carangue Macoque (Francés)</t>
+    <t>Cojinuda Negra (Castellano), Cojinuda (Castellano), Cojinúa Prieta (Castellano), Cojinúa Negra (Castellano), Cojinua Negra (Castellano), Surell (Castellano), Jurel Trompa de Hierro (Castellano), Palometa (Castellano), Jurel Azul (Castellano), Guïra (Castellano), Crevallé (Castellano), Atún (Castellano), Cachorreta (Castellano), Cojinoa (Castellano), Medregal (Castellano), Cojinoa negra (Castellano), Cojinua (Castellano), Cojinúa (Castellano), Cojinúa Azul (Castellano), Madregal (Castellano), Yellow Tail Cavalli (Inglés), Black Jack (Inglés), Blue Runner (Inglés), Bluestripe Jack (Inglés), Carangue (Inglés), Horse Mackerel (Inglés), Mackerel (Inglés), Boca Abou (Inglés), Crevalle (Inglés), Golden Jack (Inglés), Green Jack (Inglés), Runner (Inglés), Hardnose (Inglés), Jack (Inglés), Hardtail (Inglés), Hardtailed Jack (Inglés), White Back Cavalli (Inglés), Yara Yag (Inglés), Yaru Boca Abau (Inglés), Yellow Mackerel (Inglés), Jurel (Francés), Crevaille (Francés), Carangue Tête Ronde (Francés), Carangue Grasse (Francés), Carangue Dorée (Francés), Carangue Cuisinière (Francés), Carangue Coubali (Francés), Carangue Bonite (Francés), Caran (Francés), Chinchard (Francés), Carangue Macoque (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Caranx hippos (non Linnaeus, 1766)</t>
   </si>
   <si>
     <t>Caranx latus Agassiz, 1831</t>
   </si>
   <si>
-    <t>prueba_Horse-eye Jack (Inglés)</t>
+    <t>Horse-eye Jack (Inglés)</t>
   </si>
   <si>
     <t>Caranx lugubris Poey, 1860</t>
   </si>
   <si>
-    <t>prueba_Black Jack (Inglés)</t>
+    <t>Black Jack (Inglés)</t>
   </si>
   <si>
     <t>Caranx rhonchus Geoffroy Saint-Hilaire, 1817</t>
   </si>
   <si>
-    <t>prueba_Carango Ronco (Castellano), Jurela (Castellano), Jurel Amarillo (Castellano), Jurel Real (Castellano), Macarela Real (Castellano), False Scad (Inglés), Spotfin Scad (Inglés), Ten-finned Horse Mackerel (Inglés), Yellow Horse Mackerel (Inglés), Comète Coussut (Francés), Carangue Jaune (Francés), Saurel (Francés), Chinchard Jaune (Francés), Chinchard (Francés)</t>
+    <t>Carango Ronco (Castellano), Jurela (Castellano), Jurel Amarillo (Castellano), Jurel Real (Castellano), Macarela Real (Castellano), False Scad (Inglés), Spotfin Scad (Inglés), Ten-finned Horse Mackerel (Inglés), Yellow Horse Mackerel (Inglés), Comète Coussut (Francés), Carangue Jaune (Francés), Saurel (Francés), Chinchard Jaune (Francés), Chinchard (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Caranx ruber (Bloch, 1793)</t>
   </si>
   <si>
-    <t>prueba_Bar Jack (Inglés)</t>
+    <t>Bar Jack (Inglés)</t>
   </si>
   <si>
     <t>Carapus acus (Brünnich, 1768)</t>
   </si>
   <si>
-    <t>prueba_Rubioca (Castellano), Pearl Fish (Inglés), Pearlfish (Inglés), Aurin (Francés), Fierasfer (Francés)</t>
+    <t>Rubioca (Castellano), Pearl Fish (Inglés), Pearlfish (Inglés), Aurin (Francés), Fierasfer (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Carcharhinus altimus (Springer, 1950)</t>
   </si>
   <si>
-    <t>prueba_Tiburón Baboso (Castellano), Bignose Shark (Inglés), Requin Babosse (Francés)</t>
+    <t>Tiburón Baboso (Castellano), Bignose Shark (Inglés), Requin Babosse (Francés)</t>
   </si>
   <si>
     <t>Mundial NT (Casi amenazado)</t>
   </si>
   <si>
     <t>Carcharhinus brachyurus (Günther, 1870)</t>
   </si>
   <si>
-    <t>prueba_Bacota (Castellano), Jaqueton Del Estrecho (Castellano), Tiburón Cobrizo (Castellano), New Zealand Whaler (Inglés), Bronze Whaler (Inglés), Narrowtooth Shark (Inglés), Copper Shark (Inglés), Requin Cuivre (Francés)</t>
+    <t>Bacota (Castellano), Jaqueton Del Estrecho (Castellano), Tiburón Cobrizo (Castellano), New Zealand Whaler (Inglés), Bronze Whaler (Inglés), Narrowtooth Shark (Inglés), Copper Shark (Inglés), Requin Cuivre (Francés)</t>
   </si>
   <si>
     <t>Carcharhinus brevipinna (Müller &amp; Henle, 1839)</t>
   </si>
   <si>
-    <t>prueba_Spinner Shark (Inglés)</t>
+    <t>Spinner Shark (Inglés)</t>
   </si>
   <si>
     <t>Carcharhinus falciformis (Müller &amp; Henle, 1839)</t>
   </si>
   <si>
-    <t>prueba_Silky Shark (Inglés)</t>
+    <t>Silky Shark (Inglés)</t>
   </si>
   <si>
     <t>Carcharhinus galapagensis (Snodgrass &amp; Heller, 1905)</t>
   </si>
   <si>
-    <t>prueba_Galapagos Shark (Inglés)</t>
+    <t>Galapagos Shark (Inglés)</t>
   </si>
   <si>
     <t>Carcharhinus leucas (Müller &amp; Henle, 1839)</t>
   </si>
   <si>
     <t>Carcharias leucas Müller &amp; Henle, 1839</t>
   </si>
   <si>
     <t>Carcharhinus limbatus (Müller &amp; Henle, 1839)</t>
   </si>
   <si>
-    <t>prueba_Australian Blacktip Shark (Inglés), Blacktip Shark (Inglés), Blacktip Whaler (Inglés)</t>
+    <t>Australian Blacktip Shark (Inglés), Blacktip Shark (Inglés), Blacktip Whaler (Inglés)</t>
   </si>
   <si>
     <t>Carcharhinus longimanus (Poey, 1861)</t>
   </si>
   <si>
-    <t>prueba_Tiburón Oceanico (Castellano), Oceanic Whitetip Shark (Inglés), Whitetip Shark (Inglés), White-tipped Shark (Inglés), Whitetip Oceanic Shark (Inglés), Requin Océanique (Francés)</t>
+    <t>Tiburón Oceanico (Castellano), Oceanic Whitetip Shark (Inglés), Whitetip Shark (Inglés), White-tipped Shark (Inglés), Whitetip Oceanic Shark (Inglés), Requin Océanique (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Carcharhinus obscurus (Lesueur, 1818)</t>
   </si>
   <si>
-    <t>prueba_Dusky Shark (Inglés)</t>
+    <t>Dusky Shark (Inglés)</t>
   </si>
   <si>
     <t>Mundial EN (En peligro)</t>
   </si>
   <si>
     <t>Carcharhinus plumbeus (Nardo, 1827)</t>
   </si>
   <si>
-    <t>prueba_Sandbar Shark (Inglés)</t>
+    <t>Sandbar Shark (Inglés)</t>
   </si>
   <si>
     <t>Carcharias taurus Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Tiburón toro bacota (Castellano), Toro Bacota (Castellano), Tiburón toro (Castellano), Sand Tiger Shark (Inglés), Spotted Ragged-tooth Shark (Inglés), Grey Nurse Shark (Inglés), Requin Taureau (Francés)</t>
+    <t>Tiburón toro bacota (Castellano), Toro Bacota (Castellano), Tiburón toro (Castellano), Sand Tiger Shark (Inglés), Spotted Ragged-tooth Shark (Inglés), Grey Nurse Shark (Inglés), Requin Taureau (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Carcharodon carcharias (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tiburón blanco (Castellano), Great White Shark (Inglés)</t>
+    <t>Tiburón blanco (Castellano), Great White Shark (Inglés)</t>
   </si>
   <si>
     <t>Cataetyx alleni (Byrne, 1906)</t>
   </si>
   <si>
     <t>Cataetyx laticeps Koefoed, 1927</t>
   </si>
   <si>
-    <t>prueba_Picuca (Castellano)</t>
+    <t>Picuca (Castellano)</t>
   </si>
   <si>
     <t>Caulophryne jordani Goode &amp; Bean, 1896</t>
   </si>
   <si>
-    <t>prueba_Fanfin Angler (Inglés)</t>
+    <t>Fanfin Angler (Inglés)</t>
   </si>
   <si>
     <t>Centracanthus cirrus Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Caramel Imperial (Castellano), Jerret Imperial (Castellano), Curled Picarel (Inglés), Picarel Guetteur (Francés)</t>
+    <t>Caramel Imperial (Castellano), Jerret Imperial (Castellano), Curled Picarel (Inglés), Picarel Guetteur (Francés)</t>
   </si>
   <si>
     <t>Centrobranchus nigroocellatus (Günther, 1873)</t>
   </si>
   <si>
     <t>Centrolabrus exoletus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Porredano (Castellano), Tordo (Castellano), Centrolabro (Castellano), Rock Cook (Inglés), Small-mouthed wrasse (Inglés), Rock-cook (Inglés), Petite vieille (Francés)</t>
+    <t>Porredano (Castellano), Tordo (Castellano), Centrolabro (Castellano), Rock Cook (Inglés), Small-mouthed wrasse (Inglés), Rock-cook (Inglés), Petite vieille (Francés)</t>
   </si>
   <si>
     <t>Centrolophus niger (Gmelin, 1789)</t>
   </si>
   <si>
-    <t>prueba_Romerillo (Castellano), Rudderfish (Inglés), Blackfish (Inglés), Black Ruff (Inglés), Centrolophe Noir (Francés)</t>
+    <t>Romerillo (Castellano), Rudderfish (Inglés), Blackfish (Inglés), Black Ruff (Inglés), Centrolophe Noir (Francés)</t>
   </si>
   <si>
     <t>Centrophorus granulosus (Bloch &amp; Schneider, 1801)</t>
   </si>
   <si>
-    <t>prueba_Gulper shark (Inglés), Squale-chagrin commun (Francés)</t>
+    <t>Gulper shark (Inglés), Squale-chagrin commun (Francés)</t>
   </si>
   <si>
     <t>Centrophorus niaukang Teng, 1959</t>
   </si>
   <si>
     <t>Centrophorus lusitanicus Barbosa du Bocage &amp; de Brito Capello, 1864</t>
   </si>
   <si>
-    <t>prueba_Chapenta (Castellano), Barrosa (Castellano), Chaputa (Castellano), Quelvacho Lusitánico (Castellano), Lowfin Gulper Shark (Inglés), Squale-chagrin Á Longue Dorsale (Francés)</t>
+    <t>Chapenta (Castellano), Barrosa (Castellano), Chaputa (Castellano), Quelvacho Lusitánico (Castellano), Lowfin Gulper Shark (Inglés), Squale-chagrin Á Longue Dorsale (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Centrophorus squamosus (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Quelvacho Negro (Castellano), Leafscale Gulper Shark (Inglés), Nilson's Deepsea Dogfish (Inglés), Deepwater Spiny Dogfish (Inglés), Squale-chagrin De L'Atlantique (Francés), Petit squale (Francés)</t>
+    <t>Quelvacho Negro (Castellano), Leafscale Gulper Shark (Inglés), Nilson's Deepsea Dogfish (Inglés), Deepwater Spiny Dogfish (Inglés), Squale-chagrin De L'Atlantique (Francés), Petit squale (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Centrophorus uyato Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Little Gulper Shark (Inglés), Southern Dogfish (Inglés)</t>
+    <t>Little Gulper Shark (Inglés), Southern Dogfish (Inglés)</t>
   </si>
   <si>
     <t>Centrophryne spinulosa Regan &amp; Trewavas, 1932</t>
   </si>
   <si>
-    <t>prueba_Horned lantern fish (Inglés), Prickly anglerfish (Inglés), Lanterne Cornée (Francés)</t>
+    <t>Horned lantern fish (Inglés), Prickly anglerfish (Inglés), Lanterne Cornée (Francés)</t>
   </si>
   <si>
     <t>Centroscyllium fabricii (Reinhardt, 1825)</t>
   </si>
   <si>
-    <t>prueba_Tollo Egro Merga (Castellano), Black Dogfish (Inglés), Aiguillat Noir (Francés)</t>
+    <t>Tollo Egro Merga (Castellano), Black Dogfish (Inglés), Aiguillat Noir (Francés)</t>
   </si>
   <si>
     <t>Centroscymnus coelolepis Barbosa du Bocage &amp; de Brito Capello, 1864</t>
   </si>
   <si>
-    <t>prueba_Portuguese Dogfish (Inglés), Pailona commun (Francés)</t>
+    <t>Portuguese Dogfish (Inglés), Pailona commun (Francés)</t>
   </si>
   <si>
     <t>Centroscymnus owstoni Garman, 1906</t>
   </si>
   <si>
-    <t>prueba_Roughskin Dogfish (Inglés), Owston's Dogfish (Inglés)</t>
+    <t>Roughskin Dogfish (Inglés), Owston's Dogfish (Inglés)</t>
   </si>
   <si>
     <t>Centroscymnus cryptacanthus Regan, 1906</t>
   </si>
   <si>
     <t>Centroselachus crepidater (Barbosa du Bocage &amp; de Brito Capello, 1864)</t>
   </si>
   <si>
-    <t>prueba_Longnose Velvet Dogfish (Inglés), Golden Dogfish (Inglés)</t>
+    <t>Longnose Velvet Dogfish (Inglés), Golden Dogfish (Inglés)</t>
   </si>
   <si>
     <t>Cephalopholis nigri (Günther, 1859)</t>
   </si>
   <si>
-    <t>prueba_Cherna Del Niger (Castellano), Niger Hind (Inglés), Orange-spotted Seabass (Inglés), Niger Seabass (Inglés), Merou (Francés), Merou Du Niger (Francés)</t>
+    <t>Cherna Del Niger (Castellano), Niger Hind (Inglés), Orange-spotted Seabass (Inglés), Niger Seabass (Inglés), Merou (Francés), Merou Du Niger (Francés)</t>
   </si>
   <si>
     <t>Cephalopholis taeniops (Valenciennes, 1828)</t>
   </si>
   <si>
-    <t>prueba_Cherna Colorada (Castellano), African Hind (Inglés), Blue-spotted Seabass (Inglés), Blue-spotted Seabream (Inglés), Spotted Grouper (Inglés), Merou Rouge (Francés), Merou (Francés), Merou Africain (Francés), Merou A Points Bleus (Francés)</t>
+    <t>Cherna Colorada (Castellano), African Hind (Inglés), Blue-spotted Seabass (Inglés), Blue-spotted Seabream (Inglés), Spotted Grouper (Inglés), Merou Rouge (Francés), Merou (Francés), Merou Africain (Francés), Merou A Points Bleus (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Cepola macrophthalma (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cepola (Castellano), Cinta (Castellano), Cinta Colorada (Castellano), Pez Cinta (Castellano), Red Band-fish (Inglés), Red Bandfish (Inglés), Cépole (Francés), Cépole Commune (Francés), Fouet (Francés), Jarretière (Francés)</t>
+    <t>Cepola (Castellano), Cinta (Castellano), Cinta Colorada (Castellano), Pez Cinta (Castellano), Red Band-fish (Inglés), Red Bandfish (Inglés), Cépole (Francés), Cépole Commune (Francés), Fouet (Francés), Jarretière (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Ceratias holboelli Krøyer, 1845</t>
   </si>
   <si>
-    <t>prueba_Deepsea Angler (Inglés), Longray Seadevil (Inglés), Kroyer's Deep Sea Angler Fish (Inglés), Northern Seadevil (Inglés)</t>
+    <t>Deepsea Angler (Inglés), Longray Seadevil (Inglés), Kroyer's Deep Sea Angler Fish (Inglés), Northern Seadevil (Inglés)</t>
   </si>
   <si>
     <t>Ceratias uranoscopus Murray, 1877</t>
   </si>
   <si>
-    <t>prueba_Stargazing Seadevil (Inglés)</t>
+    <t>Stargazing Seadevil (Inglés)</t>
   </si>
   <si>
     <t>Ceratoscopelus maderensis (Lowe, 1839)</t>
   </si>
   <si>
-    <t>prueba_Carpintero (Castellano), Mictófido (Castellano), Horned lantern fish (Inglés), Lanternfish (Inglés), Madeira Lantern Fish (Inglés), Lanterne Cornée (Francés), Lanterne de Madère (Francés)</t>
+    <t>Carpintero (Castellano), Mictófido (Castellano), Horned lantern fish (Inglés), Lanternfish (Inglés), Madeira Lantern Fish (Inglés), Lanterne Cornée (Francés), Lanterne de Madère (Francés)</t>
   </si>
   <si>
     <t>Ceratoscopelus warmingii (Lütken, 1892)</t>
   </si>
   <si>
     <t>Cetomimus gillii Goode &amp; Bean, 1895</t>
   </si>
   <si>
     <t>Cetomimus hempeli Maul, 1969</t>
   </si>
   <si>
-    <t>prueba_Hempels Whalefish (Inglés), Whalefish (Inglés)</t>
+    <t>Hempels Whalefish (Inglés), Whalefish (Inglés)</t>
   </si>
   <si>
     <t>Cetonurus globiceps (Vaillant, 1884)</t>
   </si>
   <si>
     <t>Cetorhinus maximus (Gunnerus, 1765)</t>
   </si>
   <si>
-    <t>prueba_Tiburón peregrino (Castellano), Peregrino (Castellano), Basking Shark (Inglés), Pelerin (Francés), Requin pèlerin (Francés)</t>
+    <t>Tiburón peregrino (Castellano), Peregrino (Castellano), Basking Shark (Inglés), Pelerin (Francés), Requin pèlerin (Francés)</t>
   </si>
   <si>
     <t>Cetostoma regani Zugmayer, 1914</t>
   </si>
   <si>
-    <t>prueba_Pink Flabby Whalefish (Inglés), Longfinned whalefish (Inglés), Whalefish (Inglés)</t>
+    <t>Pink Flabby Whalefish (Inglés), Longfinned whalefish (Inglés), Whalefish (Inglés)</t>
   </si>
   <si>
     <t>Chaenophryne draco Beebe, 1932</t>
   </si>
   <si>
     <t>Chaetodon hoefleri Steindachner, 1881</t>
   </si>
   <si>
-    <t>prueba_Mariposa de cuatro bandas (Castellano), Four-banded Butterflyfish (Inglés), Four-banded Butterfly Fish (Inglés), Chaetodon (Francés), Papillon à quatre bandes (Francés), Papillon de mer (Francés)</t>
+    <t>Mariposa de cuatro bandas (Castellano), Four-banded Butterflyfish (Inglés), Four-banded Butterfly Fish (Inglés), Chaetodon (Francés), Papillon à quatre bandes (Francés), Papillon de mer (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Chaetodon sanctaehelenae Günther, 1868</t>
   </si>
   <si>
-    <t>prueba_Cunningfish (Inglés), Saint Helena Butterflyfish (Inglés)</t>
+    <t>Cunningfish (Inglés), Saint Helena Butterflyfish (Inglés)</t>
   </si>
   <si>
     <t>Chaetodontoplus septentrionalis (Temminck &amp; Schlegel, 1844)</t>
   </si>
   <si>
     <t>Chauliodus danae Regan &amp; Trewavas, 1929</t>
   </si>
   <si>
-    <t>prueba_Pez Vibora (Castellano), Vípora Oscura (Castellano), Víbora Oscura (Castellano), Dana Viperfish (Inglés), Viperfish (Inglés)</t>
+    <t>Pez Vibora (Castellano), Vípora Oscura (Castellano), Víbora Oscura (Castellano), Dana Viperfish (Inglés), Viperfish (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>Chauliodus schmidti Ege, 1948</t>
   </si>
   <si>
     <t>Chauliodus sloani Bloch &amp; Schneider, 1801</t>
   </si>
   <si>
-    <t>prueba_Víbora Marina (Castellano), Vípora Marina (Castellano), Sloane's Viperfish (Inglés), Sloan's Fangfish (Inglés), Sloan's Faugfish (Inglés), Sloan's Viperfish (Inglés), Manylight Viperfish (Inglés), Sloan's Viper Fish (Inglés), Needletooth (Inglés), Dannevig's Dragonfish (Inglés), Vipère de Mer (Francés), Chauliode Très Lumineux (Francés), Grandcroc Petit Fil (Francés), Chauliode de Sloane (Francés)</t>
+    <t>Víbora Marina (Castellano), Vípora Marina (Castellano), Sloane's Viperfish (Inglés), Sloan's Fangfish (Inglés), Sloan's Faugfish (Inglés), Sloan's Viperfish (Inglés), Manylight Viperfish (Inglés), Sloan's Viper Fish (Inglés), Needletooth (Inglés), Dannevig's Dragonfish (Inglés), Vipère de Mer (Francés), Chauliode Très Lumineux (Francés), Grandcroc Petit Fil (Francés), Chauliode de Sloane (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Chaunax pictus Lowe, 1846</t>
   </si>
   <si>
-    <t>prueba_Bostezador Rosado (Castellano), Pink Frogmouth (Inglés), Redeye (Inglés)</t>
+    <t>Bostezador Rosado (Castellano), Pink Frogmouth (Inglés), Redeye (Inglés)</t>
   </si>
   <si>
     <t>Chaunax suttkusi Caruso, 1989</t>
   </si>
   <si>
     <t>Cheilopogon heterurus (Rafinesque, 1810)</t>
   </si>
   <si>
-    <t>prueba_Juriola (Castellano), Volador ala Lunada (Castellano), Volador Mediterraneo (Castellano), Mediterranean Flyingfish (Inglés), Single Bearded Flyingfish (Inglés), Fourwing Flyingfish (Inglés), Blotchwing Flyingfish (Inglés), Exocet Méditerranéen (Francés), Poisson-volant (Francés)</t>
+    <t>Juriola (Castellano), Volador ala Lunada (Castellano), Volador Mediterraneo (Castellano), Mediterranean Flyingfish (Inglés), Single Bearded Flyingfish (Inglés), Fourwing Flyingfish (Inglés), Blotchwing Flyingfish (Inglés), Exocet Méditerranéen (Francés), Poisson-volant (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Cheilopogon pinnatibarbatus (Bennett, 1831)</t>
   </si>
   <si>
     <t>Chelidonichthys cuculus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Rubio (Castellano), Escacho (Castellano), Arete (Castellano), Peona (Castellano), Cuco (Castellano), Soldier (Inglés), Red Gurnard (Inglés), East Atlantic Red Gurnard (Inglés), Grondin Rouge (Francés)</t>
+    <t>Rubio (Castellano), Escacho (Castellano), Arete (Castellano), Peona (Castellano), Cuco (Castellano), Soldier (Inglés), Red Gurnard (Inglés), East Atlantic Red Gurnard (Inglés), Grondin Rouge (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Aspitrigla cuculus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Chelidonichthys lastoviza (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Rock Gurnard (Inglés), Streaked gurnard (Inglés)</t>
+    <t>Rock Gurnard (Inglés), Streaked gurnard (Inglés)</t>
   </si>
   <si>
     <t>Trigloporus lastoviza (Bonnaterre, 1788)</t>
   </si>
   <si>
     <t>Chelidonichthys lucerna (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Alfondiga (Castellano), Begel (Castellano), Bejel (Castellano), Perlón (Castellano), Rubio (Castellano), Tub Gurnard (Inglés), Sapphirine Gurnard (Inglés), Yellow Gurnard (Inglés), Tubfish (Inglés), Tub (Inglés), Grondin Perlon (Francés), Grondin (Francés)</t>
+    <t>Alfondiga (Castellano), Begel (Castellano), Bejel (Castellano), Perlón (Castellano), Rubio (Castellano), Tub Gurnard (Inglés), Sapphirine Gurnard (Inglés), Yellow Gurnard (Inglés), Tubfish (Inglés), Tub (Inglés), Grondin Perlon (Francés), Grondin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Chelidonichthys obscurus (Walbaum, 1792)</t>
   </si>
   <si>
-    <t>prueba_Arete Oscuro (Castellano), Arete Aletón (Castellano), Long-finned Gurnard (Inglés), Longfin Gurnard (Inglés), Shining Gurnard (Inglés), Grondin Sombre (Francés), Grondin Morrude (Francés)</t>
+    <t>Arete Oscuro (Castellano), Arete Aletón (Castellano), Long-finned Gurnard (Inglés), Longfin Gurnard (Inglés), Shining Gurnard (Inglés), Grondin Sombre (Francés), Grondin Morrude (Francés)</t>
   </si>
   <si>
     <t>Aspitrigla obscura (Walbaum, 1792)</t>
   </si>
   <si>
     <t>Chelon auratus (Risso, 1810)</t>
   </si>
   <si>
     <t>Liza aurata (Risso, 1810)</t>
   </si>
   <si>
     <t>Chelon ramada (Risso, 1827)</t>
   </si>
   <si>
-    <t>prueba_Morragute (Castellano), Capiton (Castellano), Sama (Castellano), Lisa (Castellano), Muxo (Castellano), Galupe (Castellano), Ilisa Aguda (Castellano), Ilisa Calua Negra (Castellano), Ilisa Cap Plá (Castellano), Mujol (Castellano), Mule (Castellano), Yama (Castellano), Lizarra (Castellano), Mowel (Inglés), Thinlip Grey Mullet (Inglés), Grey Mullet (Inglés), Haarder (Inglés), Mulet Porc (Francés), Porc-mullet (Francés), Porqua (Francés), Porqué (Francés), Ramada (Francés), Yol Nègre (Francés), Gaouta-roussa (Francés), Meil (Francés), Meuille (Francés), Meuille Blanc (Francés), Muge Calusse (Francés), Muge Capiton (Francés), Mulet (Francés), Mujon (Francés), Mulet Blanc (Francés), Mulet Calusse (Francés), Mulet Capiton (Francés)</t>
+    <t>Morragute (Castellano), Capiton (Castellano), Sama (Castellano), Lisa (Castellano), Muxo (Castellano), Galupe (Castellano), Ilisa Aguda (Castellano), Ilisa Calua Negra (Castellano), Ilisa Cap Plá (Castellano), Mujol (Castellano), Mule (Castellano), Yama (Castellano), Lizarra (Castellano), Mowel (Inglés), Thinlip Grey Mullet (Inglés), Grey Mullet (Inglés), Haarder (Inglés), Mulet Porc (Francés), Porc-mullet (Francés), Porqua (Francés), Porqué (Francés), Ramada (Francés), Yol Nègre (Francés), Gaouta-roussa (Francés), Meil (Francés), Meuille (Francés), Meuille Blanc (Francés), Muge Calusse (Francés), Muge Capiton (Francés), Mulet (Francés), Mujon (Francés), Mulet Blanc (Francés), Mulet Calusse (Francés), Mulet Capiton (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Liza ramada (Risso, 1827)</t>
   </si>
   <si>
     <t>Chelon saliens (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Galúa (Castellano), Galúa Blanca (Castellano), Galúa Negra (Castellano), Ilisa (Castellano), Ilisa de Cap Giquet (Castellano), Ilisa Fusany (Castellano), Leaping Mullet (Inglés), Leaping Gray Mullet (Inglés), Small Mullet (Inglés), Leaping Grey Mullet (Inglés), Mugon (Francés), Mulet Sauteur (Francés), Russa (Francés), Muge Sauteur (Francés), Bayonetta (Francés), Flavetoun (Francés), Flavetin (Francés), Flûte (Francés), Muga-flavetin (Francés), Muge Muga (Francés)</t>
+    <t>Galúa (Castellano), Galúa Blanca (Castellano), Galúa Negra (Castellano), Ilisa (Castellano), Ilisa de Cap Giquet (Castellano), Ilisa Fusany (Castellano), Leaping Mullet (Inglés), Leaping Gray Mullet (Inglés), Small Mullet (Inglés), Leaping Grey Mullet (Inglés), Mugon (Francés), Mulet Sauteur (Francés), Russa (Francés), Muge Sauteur (Francés), Bayonetta (Francés), Flavetoun (Francés), Flavetin (Francés), Flûte (Francés), Muga-flavetin (Francés), Muge Muga (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Liza saliens (Risso, 1810)</t>
   </si>
   <si>
     <t>Chiasmodon niger Johnson, 1864</t>
   </si>
   <si>
-    <t>prueba_Black Swallower (Inglés), Gargare Noir (Francés), Grand Avaleur (Francés)</t>
+    <t>Black Swallower (Inglés), Gargare Noir (Francés), Grand Avaleur (Francés)</t>
   </si>
   <si>
     <t>Chilomycterus reticulatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tamboril espinoso (Castellano), Guanábana (Castellano), Pez Erizo Enano (Castellano), Peje clavo (Castellano), Pez erizo del Pacífico (Castellano), Puercoespín del Pacífico (Castellano), Tamborillo (Castellano), Spotted Burrfish (Inglés), Spottedfin Burrfish (Inglés), Porcupinefish (Inglés), Porcupine Fish (Inglés), Few-spined Porcupinefish (Inglés), Spotfin Porcupinefish (Inglés), Lanternfish (Inglés), Spotfin Burrfish (Inglés), Diodon (Francés), Poisson-hérisson ponctué (Francés)</t>
+    <t>Tamboril espinoso (Castellano), Guanábana (Castellano), Pez Erizo Enano (Castellano), Peje clavo (Castellano), Pez erizo del Pacífico (Castellano), Puercoespín del Pacífico (Castellano), Tamborillo (Castellano), Spotted Burrfish (Inglés), Spottedfin Burrfish (Inglés), Porcupinefish (Inglés), Porcupine Fish (Inglés), Few-spined Porcupinefish (Inglés), Spotfin Porcupinefish (Inglés), Lanternfish (Inglés), Spotfin Burrfish (Inglés), Diodon (Francés), Poisson-hérisson ponctué (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Chilomycterus atringa</t>
   </si>
   <si>
     <t>Chimaera monstrosa Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Gato (Castellano), Quimera (Castellano), Rabbitfish (Inglés), Chimère Commun (Francés)</t>
+    <t>Gato (Castellano), Quimera (Castellano), Rabbitfish (Inglés), Chimère Commun (Francés)</t>
   </si>
   <si>
     <t>Chimaera opalescens Luchetti, Iglésias &amp; Sellos, 2011</t>
   </si>
   <si>
     <t>Chirostomias pliopterus Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Chlamydoselachus anguineus Garman, 1884</t>
   </si>
   <si>
-    <t>prueba_Frilled Shark (Inglés), Lizard Shark (Inglés), Scaffold Shark (Inglés)</t>
+    <t>Frilled Shark (Inglés), Lizard Shark (Inglés), Scaffold Shark (Inglés)</t>
   </si>
   <si>
     <t>Chlopsis bicolor Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Falsa Morena (Castellano), Bicoloured False Moray (Inglés), False Moray (Inglés), Bicolored False Moray (Inglés), Bicolor Eel (Inglés), Xénocongre Bicolore (Francés)</t>
+    <t>Falsa Morena (Castellano), Bicoloured False Moray (Inglés), False Moray (Inglés), Bicolored False Moray (Inglés), Bicolor Eel (Inglés), Xénocongre Bicolore (Francés)</t>
   </si>
   <si>
     <t>Chlopsis dentatus (Seale, 1917)</t>
   </si>
   <si>
-    <t>prueba_Anguililla Moteada (Castellano), Morena Falsa Dientona (Castellano), Mottled False Moray (Inglés)</t>
+    <t>Anguililla Moteada (Castellano), Morena Falsa Dientona (Castellano), Mottled False Moray (Inglés)</t>
   </si>
   <si>
     <t>Chlorophthalmus agassizi Bonaparte, 1840</t>
   </si>
   <si>
-    <t>prueba_Ojiverde (Castellano), Ojiverde Del Atlantico (Castellano), Ojiverde Chato (Castellano), Ojiverde ñato (Castellano), Ojoverde (Castellano), Agassiz's Thread-sail Fish (Inglés), Shortnose Greeneye (Inglés), Verdocil Nez Court (Francés), Éperlan du Large (Francés)</t>
+    <t>Ojiverde (Castellano), Ojiverde Del Atlantico (Castellano), Ojiverde Chato (Castellano), Ojiverde ñato (Castellano), Ojoverde (Castellano), Agassiz's Thread-sail Fish (Inglés), Shortnose Greeneye (Inglés), Verdocil Nez Court (Francés), Éperlan du Large (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Chloroscombrus chrysurus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Casabe (Castellano), Atlantic Bumper (Inglés), Sapater (Francés)</t>
+    <t>Casabe (Castellano), Atlantic Bumper (Inglés), Sapater (Francés)</t>
   </si>
   <si>
     <t>Chromis chromis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Castañuela (Castellano), Damselfish (Inglés), Damsel fish (Inglés), Mediterranean Chromis (Inglés), Castagnole (Francés), Diavulellu (Francés)</t>
+    <t>Castañuela (Castellano), Damselfish (Inglés), Damsel fish (Inglés), Mediterranean Chromis (Inglés), Castagnole (Francés), Diavulellu (Francés)</t>
   </si>
   <si>
     <t>Chromis limbata (Valenciennes, 1833)</t>
   </si>
   <si>
-    <t>prueba_Fula Blanca (Castellano), Azores Chromis (Inglés), Damsel fish (Inglés), Castagnole à queue rayée (Francés)</t>
+    <t>Fula Blanca (Castellano), Azores Chromis (Inglés), Damsel fish (Inglés), Castagnole à queue rayée (Francés)</t>
   </si>
   <si>
     <t>Chromis multilineata (Guichenot, 1853)</t>
   </si>
   <si>
-    <t>prueba_Castañeta Parda (Castellano), Cromis Pardo (Castellano), Cromis Prieto (Castellano), Cromo Listado (Castellano), Jaqueta Parda (Castellano), Brown Chromis (Inglés), Yellow-edge Chromis (Inglés), Cavalley Pilot (Inglés), Sergent Cromis (Francés)</t>
+    <t>Castañeta Parda (Castellano), Cromis Pardo (Castellano), Cromis Prieto (Castellano), Cromo Listado (Castellano), Jaqueta Parda (Castellano), Brown Chromis (Inglés), Yellow-edge Chromis (Inglés), Cavalley Pilot (Inglés), Sergent Cromis (Francés)</t>
   </si>
   <si>
     <t>Chromogobius britoi Van Tassell, 2001</t>
   </si>
   <si>
-    <t>prueba_Brito's Goby (Inglés), Gobie de Brito (Francés)</t>
+    <t>Brito's Goby (Inglés), Gobie de Brito (Francés)</t>
   </si>
   <si>
     <t>Chromogobius quadrivittatus (Steindachner, 1863)</t>
   </si>
   <si>
-    <t>prueba_Gobio Barreado (Castellano), Chestnut Goby (Inglés), Banded Goby (Inglés), Gobie à Quatre Bandes (Francés)</t>
+    <t>Gobio Barreado (Castellano), Chestnut Goby (Inglés), Banded Goby (Inglés), Gobie à Quatre Bandes (Francés)</t>
   </si>
   <si>
     <t>Chromogobius zebratus (Kolombatovic, 1891)</t>
   </si>
   <si>
-    <t>prueba_Kolombatovic's Goby (Inglés), Gobie grêle zébré (Francés)</t>
+    <t>Kolombatovic's Goby (Inglés), Gobie grêle zébré (Francés)</t>
   </si>
   <si>
     <t>Ciliata mustela (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Mollareta (Castellano), Madreanguila (Castellano), Five-bear Cockling (Inglés), Fivebeard Rockling (Inglés), Live-bearded Rockling (Inglés), Five-beard Rockling (Inglés), Motelle à Cinq Barbillons (Francés)</t>
+    <t>Mollareta (Castellano), Madreanguila (Castellano), Five-bear Cockling (Inglés), Fivebeard Rockling (Inglés), Live-bearded Rockling (Inglés), Five-beard Rockling (Inglés), Motelle à Cinq Barbillons (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Citharus linguatula (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Solleta (Castellano), Pelua (Castellano), Spotted Flounder (Inglés), Atlantic Spotted Flounder (Inglés), Cithare (Francés), Fausse Limande (Francés), Feuille (Francés)</t>
+    <t>Solleta (Castellano), Pelua (Castellano), Spotted Flounder (Inglés), Atlantic Spotted Flounder (Inglés), Cithare (Francés), Fausse Limande (Francés), Feuille (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Clinitrachus argentatus (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Rabosa Plateada (Castellano), Reboa (Castellano), Cline (Inglés), Cline Argenté (Francés), Bevecca (Francés)</t>
+    <t>Rabosa Plateada (Castellano), Reboa (Castellano), Cline (Inglés), Cline Argenté (Francés), Bevecca (Francés)</t>
   </si>
   <si>
     <t>Clupea harengus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Arenque del Atlántico (Castellano), Arenque (Castellano), Escabeche Frito (Castellano), Labrador Herring (Inglés), Matje Cured Herring (Inglés), Mattie (Inglés), Atlantic Herring (Inglés), Medite (Inglés), Herring (Inglés), Norwegian Sloe (Inglés), Bismark Herring (Inglés), Bloater (Inglés), Cleanplate Herring (Inglés), Cut spiced Herring (Inglés), Fall Herring (Inglés), Golden Cure (Inglés), Hern (Inglés), Herning (Inglés), Herron (Inglés), Kipper (Inglés), Kipper Herring (Inglés), Klondyked Herring (Inglés), Gendarme (Francés), Hareng Atlantique (Francés), Hareng de l'Atlantique (Francés), Hareng Saur (Francés), Hareng (Francés)</t>
+    <t>Arenque del Atlántico (Castellano), Arenque (Castellano), Escabeche Frito (Castellano), Labrador Herring (Inglés), Matje Cured Herring (Inglés), Mattie (Inglés), Atlantic Herring (Inglés), Medite (Inglés), Herring (Inglés), Norwegian Sloe (Inglés), Bismark Herring (Inglés), Bloater (Inglés), Cleanplate Herring (Inglés), Cut spiced Herring (Inglés), Fall Herring (Inglés), Golden Cure (Inglés), Hern (Inglés), Herning (Inglés), Herron (Inglés), Kipper (Inglés), Kipper Herring (Inglés), Klondyked Herring (Inglés), Gendarme (Francés), Hareng Atlantique (Francés), Hareng de l'Atlantique (Francés), Hareng Saur (Francés), Hareng (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Coccorella atlantica (Parr, 1928)</t>
   </si>
   <si>
     <t>Coelorinchus caelorhincus (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Granadero Acorazado (Castellano), Pez Rata (Castellano), Granadero Tristón (Castellano), Saddled Grenadier (Inglés), Blackspot Grenadier (Inglés), Hollow-snout Rat-tail (Inglés), Hollowsnout Grenadier (Inglés), Grenadier Raton (Francés)</t>
+    <t>Granadero Acorazado (Castellano), Pez Rata (Castellano), Granadero Tristón (Castellano), Saddled Grenadier (Inglés), Blackspot Grenadier (Inglés), Hollow-snout Rat-tail (Inglés), Hollowsnout Grenadier (Inglés), Grenadier Raton (Francés)</t>
   </si>
   <si>
     <t>Caelorinchus caelorhincus</t>
   </si>
   <si>
     <t>Coelorinchus labiatus (Köhler, 1896)</t>
   </si>
   <si>
-    <t>prueba_Spearsnouted Grenadier (Inglés)</t>
+    <t>Spearsnouted Grenadier (Inglés)</t>
   </si>
   <si>
     <t>Coelorinchus mediterraneus Iwamoto &amp; Ungaro, 2002</t>
   </si>
   <si>
     <t>Coloconger cadenati Kanazawa, 1961</t>
   </si>
   <si>
     <t>Conger conger (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Congre Safio (Castellano), Culebra (Castellano), Congrio (Castellano), Côngrio (Castellano), Congrio Commun (Castellano), Congrio Común (Castellano), Safio (Castellano), Negrillo (Gallego), Conger Eel (Inglés), Congers (Inglés), Sea Eel (Inglés), Eel (Inglés), European Conger (Inglés), Orratza (Francés), Fielas (Francés), Anguille de Mer (Francés), Congre D'Europe (Francés), Congre (Francés), Coungre Nègre (Francés), Felat (Francés), Fiélà (Francés), Grongu (Francés), Mourna-grounch (Francés)</t>
+    <t>Congre Safio (Castellano), Culebra (Castellano), Congrio (Castellano), Côngrio (Castellano), Congrio Commun (Castellano), Congrio Común (Castellano), Safio (Castellano), Negrillo (Gallego), Conger Eel (Inglés), Congers (Inglés), Sea Eel (Inglés), Eel (Inglés), European Conger (Inglés), Orratza (Francés), Fielas (Francés), Anguille de Mer (Francés), Congre D'Europe (Francés), Congre (Francés), Coungre Nègre (Francés), Felat (Francés), Fiélà (Francés), Grongu (Francés), Mourna-grounch (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Muraena conger Linnaeus, 1758</t>
   </si>
   <si>
     <t>Conocara macropterum Vaillant, 1888</t>
   </si>
   <si>
-    <t>prueba_Long-fin Smooth-head (Inglés), Longfin Smooth-head (Inglés)</t>
+    <t>Long-fin Smooth-head (Inglés), Longfin Smooth-head (Inglés)</t>
   </si>
   <si>
     <t>Conocara murrayi (Koefoed, 1927)</t>
   </si>
   <si>
-    <t>prueba_Murray's Smooth-head (Inglés)</t>
+    <t>Murray's Smooth-head (Inglés)</t>
   </si>
   <si>
     <t>Corcyrogobius liechtensteini (Kolombatovic, 1891)</t>
   </si>
   <si>
-    <t>prueba_Liechtenstein's Goby (Inglés), Gobie-corail Nain (Francés)</t>
+    <t>Liechtenstein's Goby (Inglés), Gobie-corail Nain (Francés)</t>
   </si>
   <si>
     <t>Coris julis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Doncella (Castellano), Julia (Castellano), Xulia (Castellano), Wrasse (Inglés), African rainbow wrasse (Inglés), Rainbow wrasse (Inglés), Mediterranean Rainbow Wrasse (Inglés), Girelle (Francés)</t>
+    <t>Doncella (Castellano), Julia (Castellano), Xulia (Castellano), Wrasse (Inglés), African rainbow wrasse (Inglés), Rainbow wrasse (Inglés), Mediterranean Rainbow Wrasse (Inglés), Girelle (Francés)</t>
   </si>
   <si>
     <t>Corniger spinosus Agassiz, 1831</t>
   </si>
   <si>
-    <t>prueba_Candil Espinoso (Castellano), Spinycheek Soldierfish (Inglés), Red Roman (Inglés)</t>
+    <t>Candil Espinoso (Castellano), Spinycheek Soldierfish (Inglés), Red Roman (Inglés)</t>
   </si>
   <si>
     <t>Coryphaena equiselis Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Dorado Chato (Castellano), Dorado Enano (Castellano), Dorado (Castellano), Pompano Dolphinfish (Inglés), Mahi Mahi (Inglés), Caméléon (Francés), Coryphène Dauphin (Francés)</t>
+    <t>Dorado Chato (Castellano), Dorado Enano (Castellano), Dorado (Castellano), Pompano Dolphinfish (Inglés), Mahi Mahi (Inglés), Caméléon (Francés), Coryphène Dauphin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Coryphaena hippurus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Dorado Común (Castellano), Dorado (Castellano), Dorado Delfin (Castellano), Lampuga (Castellano), Dolphin Fish (Inglés), Green Dolphin (Inglés), Mahimahi (Inglés), Mahi-mahi (Inglés), Common Dolphinfish (Inglés), Dolphinfish (Inglés), Mahi Mahi (Inglés), Clic (Francés), Coryphène Commune (Francés), Dauphin (Francés), Dorade (Francés), Dorade Coryphène (Francés), Llampuga (Valenciano)</t>
+    <t>Dorado Común (Castellano), Dorado (Castellano), Dorado Delfin (Castellano), Lampuga (Castellano), Dolphin Fish (Inglés), Green Dolphin (Inglés), Mahimahi (Inglés), Mahi-mahi (Inglés), Common Dolphinfish (Inglés), Dolphinfish (Inglés), Mahi Mahi (Inglés), Clic (Francés), Coryphène Commune (Francés), Dauphin (Francés), Dorade (Francés), Dorade Coryphène (Francés), Llampuga (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Valenciano</t>
   </si>
   <si>
     <t>Coryphaenoides armatus (Hector, 1875)</t>
   </si>
   <si>
-    <t>prueba_Granadero Abisal (Castellano), Granadero Máximo (Castellano), Abyssal Grenadier (Inglés), Smooth-scale Rattail (Inglés), Cosmopolitan Rattail (Inglés), Russet Grenadier (Inglés), Armed Grenadier (Inglés), Grenadier Armé (Francés), Grenadier Roux (Francés), Grenadier Abyssal (Francés)</t>
+    <t>Granadero Abisal (Castellano), Granadero Máximo (Castellano), Abyssal Grenadier (Inglés), Smooth-scale Rattail (Inglés), Cosmopolitan Rattail (Inglés), Russet Grenadier (Inglés), Armed Grenadier (Inglés), Grenadier Armé (Francés), Grenadier Roux (Francés), Grenadier Abyssal (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Coryphaenoides guentheri  (Vaillant, 1888)</t>
   </si>
   <si>
-    <t>prueba_Günther's Grenadier (Inglés), Grenadier de Günther (Francés)</t>
+    <t>Günther's Grenadier (Inglés), Grenadier de Günther (Francés)</t>
   </si>
   <si>
     <t>Coryphaenoides mediterraneus (Giglioli, 1893)</t>
   </si>
   <si>
-    <t>prueba_Mediterranean Grenadier (Inglés)</t>
+    <t>Mediterranean Grenadier (Inglés)</t>
   </si>
   <si>
     <t>Coryphaenoides rudis Günther, 1878</t>
   </si>
   <si>
     <t>Coryphaenoides rupestris Gunnerus, 1765</t>
   </si>
   <si>
-    <t>prueba_Granadero (Castellano), Granadero de Roca (Castellano), Blunt-nose Rattail (Inglés), Black Grenadier (Inglés), Rock Grenadier (Inglés), Roundnose Grenadier (Inglés), Grenadier de Roche (Francés)</t>
+    <t>Granadero (Castellano), Granadero de Roca (Castellano), Blunt-nose Rattail (Inglés), Black Grenadier (Inglés), Rock Grenadier (Inglés), Roundnose Grenadier (Inglés), Grenadier de Roche (Francés)</t>
   </si>
   <si>
     <t>Coryphaenoides thelestomus Maul, 1951</t>
   </si>
   <si>
-    <t>prueba_Roughlip Grenadier (Inglés)</t>
+    <t>Roughlip Grenadier (Inglés)</t>
   </si>
   <si>
     <t>Coryphaenoides zaniophorus (Vaillant, 1888)</t>
   </si>
   <si>
-    <t>prueba_Thickbeard Grenadier (Inglés), Grenadier Barbiché (Francés)</t>
+    <t>Thickbeard Grenadier (Inglés), Grenadier Barbiché (Francés)</t>
   </si>
   <si>
     <t>Coryphoblennius galerita (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Moma (Castellano), Montagu's Blenny (Inglés), Blennie de Galerie (Francés), Blennie Coiffée (Francés)</t>
+    <t>Moma (Castellano), Montagu's Blenny (Inglés), Blennie de Galerie (Francés), Blennie Coiffée (Francés)</t>
   </si>
   <si>
     <t>Cottunculus thomsonii (Günther, 1882)</t>
   </si>
   <si>
-    <t>prueba_Pallid Sculpin (Inglés), Cotte Blême (Francés)</t>
+    <t>Pallid Sculpin (Inglés), Cotte Blême (Francés)</t>
   </si>
   <si>
     <t>Cryptopsaras couesii Gill, 1883</t>
   </si>
   <si>
-    <t>prueba_Diablo Marino (Castellano), Triplewart Seadevil (Inglés), Coves' Horned Anglerfish (Inglés), Seadevil (Inglés), Warted Seadevil (Inglés)</t>
+    <t>Diablo Marino (Castellano), Triplewart Seadevil (Inglés), Coves' Horned Anglerfish (Inglés), Seadevil (Inglés), Warted Seadevil (Inglés)</t>
   </si>
   <si>
     <t>Crystallogobius linearis (Düben, 1845)</t>
   </si>
   <si>
-    <t>prueba_Gobio de Cristal (Castellano), Crystal Goby (Inglés), Cristal Goby (Inglés), Gobie Cristal (Francés)</t>
+    <t>Gobio de Cristal (Castellano), Crystal Goby (Inglés), Cristal Goby (Inglés), Gobie Cristal (Francés)</t>
   </si>
   <si>
     <t>Ctenolabrus rupestris (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tabernero (Castellano), Goldsinny (Inglés), Gold-sinny (Inglés), Rock Cook (Inglés), Goldsinny Wrasse (Inglés), Cténolabre (Francés), Rouquié (Francés)</t>
+    <t>Tabernero (Castellano), Goldsinny (Inglés), Gold-sinny (Inglés), Rock Cook (Inglés), Goldsinny Wrasse (Inglés), Cténolabre (Francés), Rouquié (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Cubiceps capensis (Smith, 1845)</t>
   </si>
   <si>
     <t>Cubiceps gracilis (Lowe, 1843)</t>
   </si>
   <si>
-    <t>prueba_Savorín (Castellano), Longfin Cigarfish (Inglés), Driftfish (Inglés), Dérivant (Francés), Dérivant Brun (Francés)</t>
+    <t>Savorín (Castellano), Longfin Cigarfish (Inglés), Driftfish (Inglés), Dérivant (Francés), Dérivant Brun (Francés)</t>
   </si>
   <si>
     <t>Cyclothone acclinidens Garman, 1899</t>
   </si>
   <si>
-    <t>prueba_Boca Cerdosa (Castellano), Bent-tooth Bristlemouth (Inglés), Benttooth Bristlemouth (Inglés)</t>
+    <t>Boca Cerdosa (Castellano), Bent-tooth Bristlemouth (Inglés), Benttooth Bristlemouth (Inglés)</t>
   </si>
   <si>
     <t>Cyclothone alba Brauer, 1906</t>
   </si>
   <si>
-    <t>prueba_Bristlemouth (Inglés), Pale Bristlemouth (Inglés)</t>
+    <t>Bristlemouth (Inglés), Pale Bristlemouth (Inglés)</t>
   </si>
   <si>
     <t>Cyclothone braueri Jespersen &amp; Tåning, 1926</t>
   </si>
   <si>
-    <t>prueba_Pez Luminoso (Castellano), Garrick (Inglés), Bent - tooth Lightfish (Inglés), Brauer's Bristlemouth (Inglés), Brauer's Eye-nosed Fish (Inglés), Bent-tooth Lightfish (Inglés), Bristlemouth (Inglés), Palomine (Francés), Cyclothone de Brauer (Francés), Glaucus (Latín)</t>
+    <t>Pez Luminoso (Castellano), Garrick (Inglés), Bent - tooth Lightfish (Inglés), Brauer's Bristlemouth (Inglés), Brauer's Eye-nosed Fish (Inglés), Bent-tooth Lightfish (Inglés), Bristlemouth (Inglés), Palomine (Francés), Cyclothone de Brauer (Francés), Glaucus (Latín)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Cyclothone livida Brauer, 1902</t>
   </si>
   <si>
-    <t>prueba_Bristlemouth (Inglés)</t>
+    <t>Bristlemouth (Inglés)</t>
   </si>
   <si>
     <t>Cyclothone microdon (Günther, 1878)</t>
   </si>
   <si>
-    <t>prueba_Veiled Bristlemouth (Inglés), Scaled Eye-nosed Fish (Inglés), Small-toothed Portholefish (Inglés), Veiled Anglemouth (Inglés), Bristlemouth (Inglés), Smalltooth Bristlemouth (Inglés), Small-toothed Lantern Fish (Inglés), Cyclothone à Petites Dents (Francés), Cyclothone Brun (Francés), Cyclothone Jaune (Francés)</t>
+    <t>Veiled Bristlemouth (Inglés), Scaled Eye-nosed Fish (Inglés), Small-toothed Portholefish (Inglés), Veiled Anglemouth (Inglés), Bristlemouth (Inglés), Smalltooth Bristlemouth (Inglés), Small-toothed Lantern Fish (Inglés), Cyclothone à Petites Dents (Francés), Cyclothone Brun (Francés), Cyclothone Jaune (Francés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Cyclothone obscura Brauer, 1902</t>
   </si>
   <si>
     <t>Cyclothone pallida Brauer, 1902</t>
   </si>
   <si>
-    <t>prueba_Pez Luminoso Bicolor (Castellano), Bicolored Bristlemouth (Inglés), Bristlemouth (Inglés), Tan Bristlemouth (Inglés), Tanned Bristlemouth (Inglés)</t>
+    <t>Pez Luminoso Bicolor (Castellano), Bicolored Bristlemouth (Inglés), Bristlemouth (Inglés), Tan Bristlemouth (Inglés), Tanned Bristlemouth (Inglés)</t>
   </si>
   <si>
     <t>Cyclothone pseudopallida Mukhacheva, 1964</t>
   </si>
   <si>
-    <t>prueba_Luciérnaga Palida (Castellano), Bristlemouth (Inglés), Slender Bristlemouth (Inglés)</t>
+    <t>Luciérnaga Palida (Castellano), Bristlemouth (Inglés), Slender Bristlemouth (Inglés)</t>
   </si>
   <si>
     <t>Cyclothone pygmaea Jespersen &amp; Tåning, 1926</t>
   </si>
   <si>
     <t>Cyema atrum Günther, 1878</t>
   </si>
   <si>
-    <t>prueba_Bobtail Eel (Inglés), Bobtail Snipe Eel (Inglés), Arrow Eel (Inglés), Deepwater Eel (Inglés)</t>
+    <t>Bobtail Eel (Inglés), Bobtail Snipe Eel (Inglés), Arrow Eel (Inglés), Deepwater Eel (Inglés)</t>
   </si>
   <si>
     <t>Cynoscion nebulosus (Cuvier, 1830)</t>
   </si>
   <si>
-    <t>prueba_Corvina (Castellano), Curvina (Castellano), Corvinata Pintada (Castellano), Speckled Seatrout (Inglés), Seatrout (Inglés), Spotted Squeteague (Inglés), Spotted Trout (Inglés), Spotted Weakfish (Inglés), Acoupa Pintade (Francés)</t>
+    <t>Corvina (Castellano), Curvina (Castellano), Corvinata Pintada (Castellano), Speckled Seatrout (Inglés), Seatrout (Inglés), Spotted Squeteague (Inglés), Spotted Trout (Inglés), Spotted Weakfish (Inglés), Acoupa Pintade (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Cyttopsis rosea (Lowe, 1843)</t>
   </si>
   <si>
-    <t>prueba_Rosy Dory (Inglés)</t>
+    <t>Rosy Dory (Inglés)</t>
   </si>
   <si>
     <t>Dactylopterus volitans (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Alon (Castellano), Pez Volador (Castellano), Gavilan (Castellano), Golondrina (Castellano), Alón (Castellano), Chichara (Castellano), Volador (Castellano), Pez Murciélago (Castellano), Helmet Gurnard (Inglés), Flying Gurdnard (Inglés), Flying Gurnard (Inglés), Batfish (Inglés), Poisson Volant (Francés), Poule de Mer (Francés), Alón Volador (Francés), Hirondelle (Francés), Exocet (Francés), Faux Poisson Volant (Francés), Grondin Volant (Francés)</t>
+    <t>Alon (Castellano), Pez Volador (Castellano), Gavilan (Castellano), Golondrina (Castellano), Alón (Castellano), Chichara (Castellano), Volador (Castellano), Pez Murciélago (Castellano), Helmet Gurnard (Inglés), Flying Gurdnard (Inglés), Flying Gurnard (Inglés), Batfish (Inglés), Poisson Volant (Francés), Poule de Mer (Francés), Alón Volador (Francés), Hirondelle (Francés), Exocet (Francés), Faux Poisson Volant (Francés), Grondin Volant (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Dalatias licha (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Kitefin Shark (Inglés)</t>
+    <t>Kitefin Shark (Inglés)</t>
   </si>
   <si>
     <t>Dalophis imberbis (Delaroche, 1809)</t>
   </si>
   <si>
     <t>Dasyatis pastinaca (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Chucho (Castellano), Raya látigo común (Castellano), Common Stingray (Inglés)</t>
+    <t>Chucho (Castellano), Raya látigo común (Castellano), Common Stingray (Inglés)</t>
   </si>
   <si>
     <t>Dasyatis tortonesei Capapé, 1975</t>
   </si>
   <si>
     <t>Deania calcea (Lowe, 1839)</t>
   </si>
   <si>
-    <t>prueba_Birdbeak Dogfish (Inglés), Brier Shark (Inglés), Shovelnose Spiny Dogfish (Inglés)</t>
+    <t>Birdbeak Dogfish (Inglés), Brier Shark (Inglés), Shovelnose Spiny Dogfish (Inglés)</t>
   </si>
   <si>
     <t>Deania hystricosa (Garman, 1906)</t>
   </si>
   <si>
-    <t>prueba_Tollo Raspa (Castellano), Rough Longnose Dogfish (Inglés), Squale-savate Rude (Francés)</t>
+    <t>Tollo Raspa (Castellano), Rough Longnose Dogfish (Inglés), Squale-savate Rude (Francés)</t>
   </si>
   <si>
     <t>Deania profundorum (Smith &amp; Radcliffe, 1912)</t>
   </si>
   <si>
-    <t>prueba_Tollo Flecha (Castellano), Arrowhead Dogfish (Inglés), Squale-savate Lutin (Francés)</t>
+    <t>Tollo Flecha (Castellano), Arrowhead Dogfish (Inglés), Squale-savate Lutin (Francés)</t>
   </si>
   <si>
     <t>Decapterus macarellus (Cuvier, 1833)</t>
   </si>
   <si>
-    <t>prueba_Tonino (Castellano), Caballa (Castellano), Chicharro (Castellano), Macarela (Castellano), Caballeta (Castellano), Caballeta Macarela (Castellano), Caballla Amarilla (Castellano), Chuparaco (Castellano), Jurel Fino (Castellano), Macarela Caballa (Castellano), Macarela Canalera (Castellano), Macarella Cabala (Castellano), Quiaquia (Castellano), Caballa Amarilla (Castellano), Antonino (Castellano), Antonino Caballita (Castellano), Caballa Azul (Castellano), Mackerel Scad (Inglés), Mackerel (Inglés), Robin (Inglés), Scad (Inglés), Cigarfish (Inglés), Maquereau (Francés), Makriau (Francés), Carangue Maquereau (Francés), Pilote (Francés), Comète Maquereau (Francés), Zapatero (Valenciano)</t>
+    <t>Tonino (Castellano), Caballa (Castellano), Chicharro (Castellano), Macarela (Castellano), Caballeta (Castellano), Caballeta Macarela (Castellano), Caballla Amarilla (Castellano), Chuparaco (Castellano), Jurel Fino (Castellano), Macarela Caballa (Castellano), Macarela Canalera (Castellano), Macarella Cabala (Castellano), Quiaquia (Castellano), Caballa Amarilla (Castellano), Antonino (Castellano), Antonino Caballita (Castellano), Caballa Azul (Castellano), Mackerel Scad (Inglés), Mackerel (Inglés), Robin (Inglés), Scad (Inglés), Cigarfish (Inglés), Maquereau (Francés), Makriau (Francés), Carangue Maquereau (Francés), Pilote (Francés), Comète Maquereau (Francés), Zapatero (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Valenciano</t>
   </si>
   <si>
     <t>Decapterus punctatus (Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_Round Scad (Inglés)</t>
+    <t>Round Scad (Inglés)</t>
   </si>
   <si>
     <t>Deltentosteus collonianus (Risso, 1820)</t>
   </si>
   <si>
-    <t>prueba_Borriquet (Castellano), Toothed Goby (Inglés), Gobie Denté (Francés), Gobie Colonien (Francés)</t>
+    <t>Borriquet (Castellano), Toothed Goby (Inglés), Gobie Denté (Francés), Gobie Colonien (Francés)</t>
   </si>
   <si>
     <t>Dentex angolensis Poll &amp; Maul, 1953</t>
   </si>
   <si>
-    <t>prueba_Dentón Angolés (Castellano), Angola Dentex (Inglés), Dentón Angoleño (Francés), Denté Angolais (Francés)</t>
+    <t>Dentón Angolés (Castellano), Angola Dentex (Inglés), Dentón Angoleño (Francés), Denté Angolais (Francés)</t>
   </si>
   <si>
     <t>Dentex canariensis Steindachner, 1881</t>
   </si>
   <si>
-    <t>prueba_Chacarona De Canarias (Castellano), Zapata Blanca (Castellano), Characona (Castellano), Sea Bream (Inglés), Sinapa (Inglés), Canary Porgy (Inglés), Canary Dentex (Inglés), Daurade Rose (Francés), Denté à Tache Rouge (Francés), Denté (Francés)</t>
+    <t>Chacarona De Canarias (Castellano), Zapata Blanca (Castellano), Characona (Castellano), Sea Bream (Inglés), Sinapa (Inglés), Canary Porgy (Inglés), Canary Dentex (Inglés), Daurade Rose (Francés), Denté à Tache Rouge (Francés), Denté (Francés)</t>
   </si>
   <si>
     <t>Dentex dentex (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Dentón (Castellano), Common Dentex (Inglés), Porgy (Inglés), Denté Commun (Francés), Denti (Francés), Dentex (Latín)</t>
+    <t>Dentón (Castellano), Common Dentex (Inglés), Porgy (Inglés), Denté Commun (Francés), Denti (Francés), Dentex (Latín)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Dentex gibbosus (Rafinesque, 1810)</t>
   </si>
   <si>
-    <t>prueba_Dentón (Castellano), Sama De Pluma (Castellano), Pink Dentex (Inglés), Porgy (Inglés), Gros Denté Rose (Francés), Denté à Long Fil (Francés)</t>
+    <t>Dentón (Castellano), Sama De Pluma (Castellano), Pink Dentex (Inglés), Porgy (Inglés), Gros Denté Rose (Francés), Denté à Long Fil (Francés)</t>
   </si>
   <si>
     <t>Dentex macrophthalmus (Bloch, 1791)</t>
   </si>
   <si>
-    <t>prueba_Cachocho (Castellano), Cachucho (Castellano), Walvis Bay Reds (Inglés), Reds (Inglés), Large-eyed Dentex (Inglés), Denté à Gros Yeux (Francés), Daurade à Gros Yeux (Francés), Gros Yeux (Francés)</t>
+    <t>Cachocho (Castellano), Cachucho (Castellano), Walvis Bay Reds (Inglés), Reds (Inglés), Large-eyed Dentex (Inglés), Denté à Gros Yeux (Francés), Daurade à Gros Yeux (Francés), Gros Yeux (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Dentex maroccanus Valenciennes, 1830</t>
   </si>
   <si>
-    <t>prueba_Sama (Castellano), Sama Marroquí (Castellano), Morocco Dentex (Inglés), Denté Du Maroc (Francés)</t>
+    <t>Sama (Castellano), Sama Marroquí (Castellano), Morocco Dentex (Inglés), Denté Du Maroc (Francés)</t>
   </si>
   <si>
     <t>Derichthys serpentinus Gill, 1884</t>
   </si>
   <si>
-    <t>prueba_Narrownecked Oceanic Eel (Inglés), Longneck Eel (Inglés), Deepwater Neck Eel (Inglés), Deep-water Neck Eel (Inglés)</t>
+    <t>Narrownecked Oceanic Eel (Inglés), Longneck Eel (Inglés), Deepwater Neck Eel (Inglés), Deep-water Neck Eel (Inglés)</t>
   </si>
   <si>
     <t>Diaphus adenomus Gilbert, 1905</t>
   </si>
   <si>
     <t>Diaphus bertelseni Nafpaktitis, 1966</t>
   </si>
   <si>
-    <t>prueba_Bertelsen's Lanternfish (Inglés), Lanternfish (Inglés)</t>
+    <t>Bertelsen's Lanternfish (Inglés), Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Diaphus brachycephalus Tåning, 1928</t>
   </si>
   <si>
     <t>Diaphus dumerilii (Bleeker, 1856)</t>
   </si>
   <si>
-    <t>prueba_Pez Linterna Coliapagado (Castellano), Lanternfish (Inglés), Lantern Fish (Inglés)</t>
+    <t>Pez Linterna Coliapagado (Castellano), Lanternfish (Inglés), Lantern Fish (Inglés)</t>
   </si>
   <si>
     <t>Diaphus effulgens (Goode &amp; Bean, 1896)</t>
   </si>
   <si>
     <t>Diaphus fragilis Tåning, 1928</t>
   </si>
   <si>
     <t>Diaphus garmani Gilbert, 1906</t>
   </si>
   <si>
-    <t>prueba_Linternilla (Castellano), Garman's Lanternfish (Inglés)</t>
+    <t>Linternilla (Castellano), Garman's Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Diaphus holti Tåning, 1918</t>
   </si>
   <si>
-    <t>prueba_Rafino Corto (Castellano), Lanternfish (Inglés), Small Lantern Fish (Inglés), Holts Lanternfish (Inglés), Lanterne Courte (Francés)</t>
+    <t>Rafino Corto (Castellano), Lanternfish (Inglés), Small Lantern Fish (Inglés), Holts Lanternfish (Inglés), Lanterne Courte (Francés)</t>
   </si>
   <si>
     <t>Diaphus lucidus (Goode &amp; Bean, 1896)</t>
   </si>
   <si>
     <t>Diaphus luetkeni (Brauer, 1904)</t>
   </si>
   <si>
-    <t>prueba_Lutkens lanternfish (Inglés)</t>
+    <t>Lutkens lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Diaphus metopoclampus (Cocco, 1829)</t>
   </si>
   <si>
-    <t>prueba_Mictófido (Castellano), Lanternfish (Inglés), Spothead Lantern Fish (Inglés), Bluntnose Lanternfish (Inglés), Spot-headed Lantern Fish (Inglés), Poisson Lanterne (Francés)</t>
+    <t>Mictófido (Castellano), Lanternfish (Inglés), Spothead Lantern Fish (Inglés), Bluntnose Lanternfish (Inglés), Spot-headed Lantern Fish (Inglés), Poisson Lanterne (Francés)</t>
   </si>
   <si>
     <t>Diaphus mollis Tåning, 1928</t>
   </si>
   <si>
-    <t>prueba_Lanternfish (Inglés), Soft Lanternfish (Inglés)</t>
+    <t>Lanternfish (Inglés), Soft Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Diaphus perspicillatus (Ogilby, 1898)</t>
   </si>
   <si>
     <t>Diaphus problematicus Parr, 1928</t>
   </si>
   <si>
-    <t>prueba_Problematic Lanternfish (Inglés)</t>
+    <t>Problematic Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Diaphus rafinesquii (Cocco, 1838)</t>
   </si>
   <si>
-    <t>prueba_Lanternfish (Inglés), White-spotted Lantern Fish (Inglés), White-spoted Lantern Fish (Inglés), Rafinesques Lanternfish (Inglés)</t>
+    <t>Lanternfish (Inglés), White-spotted Lantern Fish (Inglés), White-spoted Lantern Fish (Inglés), Rafinesques Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Diaphus splendidus (Brauer, 1904)</t>
   </si>
   <si>
     <t>Diaphus taaningi Norman, 1930</t>
   </si>
   <si>
     <t>Diaphus termophilus Tåning, 1928</t>
   </si>
   <si>
     <t>Diaphus vanhoeffeni (Brauer, 1906)</t>
   </si>
   <si>
-    <t>prueba_VanHoffen's lanternfish (Inglés)</t>
+    <t>VanHoffen's lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Dicentrarchus labrax (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cherne (Castellano), Baieta (Castellano), Baila (Castellano), Mero (Castellano), Robalo (Castellano), Robaliza (Castellano), Pintat (Castellano), Lubina (Castellano), Lubaro (Castellano), Llubina (Castellano), Llop (Catalán), European Seabass (Inglés), Common Bass (Inglés), King Of The Mullets (Inglés), European Bass (Inglés), Bass (Inglés), Sea Perch (Inglés), Sea Dace (Inglés), White Mullet (Inglés), White Salmon (Inglés), Brigue (Francés), Bog (Francés), Bar Franc (Francés), Bar Européen (Francés), Bar Commun (Francés), Bar (Francés), Loubas Negre (Francés), Drelique (Francés), Gutgareo (Francés), Loubine (Francés), Loupassou (Francés), Loup de Mer (Francés), Lubin (Francés), Luvassu (Francés), Pigne (Francés)</t>
+    <t>Cherne (Castellano), Baieta (Castellano), Baila (Castellano), Mero (Castellano), Robalo (Castellano), Robaliza (Castellano), Pintat (Castellano), Lubina (Castellano), Lubaro (Castellano), Llubina (Castellano), Llop (Catalán), European Seabass (Inglés), Common Bass (Inglés), King Of The Mullets (Inglés), European Bass (Inglés), Bass (Inglés), Sea Perch (Inglés), Sea Dace (Inglés), White Mullet (Inglés), White Salmon (Inglés), Brigue (Francés), Bog (Francés), Bar Franc (Francés), Bar Européen (Francés), Bar Commun (Francés), Bar (Francés), Loubas Negre (Francés), Drelique (Francés), Gutgareo (Francés), Loubine (Francés), Loupassou (Francés), Loup de Mer (Francés), Lubin (Francés), Luvassu (Francés), Pigne (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Dicentrarchus punctatus (Bloch, 1792)</t>
   </si>
   <si>
-    <t>prueba_Baila (Castellano), Lubrina Atruchada (Castellano), Spotted Bass (Inglés), Black-spotted Bass (Inglés), Three Bar Porcupinefish (Inglés), Spotted Seabass (Inglés), Bar Tacheté (Francés), Truite de Mer (Francés), Bar Moucheté (Francés)</t>
+    <t>Baila (Castellano), Lubrina Atruchada (Castellano), Spotted Bass (Inglés), Black-spotted Bass (Inglés), Three Bar Porcupinefish (Inglés), Spotted Seabass (Inglés), Bar Tacheté (Francés), Truite de Mer (Francés), Bar Moucheté (Francés)</t>
   </si>
   <si>
     <t>Dicologlossa cuneata (Moreau, 1881)</t>
   </si>
   <si>
-    <t>prueba_Acedía (Castellano), Asedia (Castellano), Wedge Sole (Inglés), Sole (Francés), Acedia (Francés)</t>
+    <t>Acedía (Castellano), Asedia (Castellano), Wedge Sole (Inglés), Sole (Francés), Acedia (Francés)</t>
   </si>
   <si>
     <t>Dicologlossa hexophthalma (Bennett, 1831)</t>
   </si>
   <si>
     <t>Didogobius kochi Van Tassell, 1988</t>
   </si>
   <si>
-    <t>prueba_Gobie Nain des Canaries (Francés)</t>
+    <t>Gobie Nain des Canaries (Francés)</t>
   </si>
   <si>
     <t>Didogobius splechtnai Ahnelt &amp; Patzner, 1995</t>
   </si>
   <si>
-    <t>prueba_Splechtna's Goby (Inglés), Gobie Nain à Barres Brunes (Francés)</t>
+    <t>Splechtna's Goby (Inglés), Gobie Nain à Barres Brunes (Francés)</t>
   </si>
   <si>
     <t>Diodon eydouxii Brisout de Barneville, 1846</t>
   </si>
   <si>
-    <t>prueba_Pez Erizo Pelágico (Castellano), Pelagic Porcupinefish (Inglés)</t>
+    <t>Pez Erizo Pelágico (Castellano), Pelagic Porcupinefish (Inglés)</t>
   </si>
   <si>
     <t>Diodon holocanthus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Guanábana (Castellano), Pejerizo (Castellano), Pejerizo Balón (Castellano), Pez Eriso (Castellano), Pez Erizo Balón (Castellano), Pez Erizo Mapache (Castellano), Puercoespín Pintado (Castellano), Tamborillo (Castellano), Puercoespín Balón (Castellano), Tamboril Negro (Castellano), Brown Porcupine Fish (Inglés), Fine-spotted Porcupinefish (Inglés), Hedgehog Fish (Inglés), Long-spined Porcupine Fish (Inglés), Ajargo (Inglés), Long-spine Porcupinefish (Inglés), Bloched Porcupine Fish (Inglés), Freckled Porcupinefish (Inglés), Blotched Porcupine (Inglés), Spiny Porcupinefish (Inglés), Balloon Porcupinefish (Inglés), Porc-épic Ballon (Francés), Porc-épine Ballon (Francés), Souffleur à épines (Francés)</t>
+    <t>Guanábana (Castellano), Pejerizo (Castellano), Pejerizo Balón (Castellano), Pez Eriso (Castellano), Pez Erizo Balón (Castellano), Pez Erizo Mapache (Castellano), Puercoespín Pintado (Castellano), Tamborillo (Castellano), Puercoespín Balón (Castellano), Tamboril Negro (Castellano), Brown Porcupine Fish (Inglés), Fine-spotted Porcupinefish (Inglés), Hedgehog Fish (Inglés), Long-spined Porcupine Fish (Inglés), Ajargo (Inglés), Long-spine Porcupinefish (Inglés), Bloched Porcupine Fish (Inglés), Freckled Porcupinefish (Inglés), Blotched Porcupine (Inglés), Spiny Porcupinefish (Inglés), Balloon Porcupinefish (Inglés), Porc-épic Ballon (Francés), Porc-épine Ballon (Francés), Souffleur à épines (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Diodon hystrix Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Puercoespín (Castellano), Batana (Castellano), Guanabana (Castellano), Pez Erizo Enano (Castellano), Batea (Castellano), Pez Eriso (Castellano), Pejerizo Común (Castellano), Tamborillo (Castellano), Pez Erizo Del Punteado (Castellano), Pez Erizo Pecoso (Castellano), Puerco Espín (Castellano), Puerco Espino (Castellano), Puercoespín Pecoso (Castellano), Tamboril Pintado (Castellano), Freckled Porcupinefish (Inglés), Giant porcupinefish (Inglés), Hedgehog (Inglés), Hedgehog Fish (Inglés), Ajargo (Inglés), Spiny Puffer (Inglés), Spotted Percupine Fish (Inglés), Spotted Porcupine (Inglés), Sharptail Mola (Inglés), Spot-fin Porcupinefish (Inglés), Black-spotted Porcupinefish (Inglés), Burrfish (Inglés), Porcupinefish (Inglés), Porc-épic Pointillé (Francés), Porc-épine Boubou (Francés), Poisson Porc-épic (Francés), Grand Porc-épic (Francés), Porc-épic Boubou (Francés)</t>
+    <t>Puercoespín (Castellano), Batana (Castellano), Guanabana (Castellano), Pez Erizo Enano (Castellano), Batea (Castellano), Pez Eriso (Castellano), Pejerizo Común (Castellano), Tamborillo (Castellano), Pez Erizo Del Punteado (Castellano), Pez Erizo Pecoso (Castellano), Puerco Espín (Castellano), Puerco Espino (Castellano), Puercoespín Pecoso (Castellano), Tamboril Pintado (Castellano), Freckled Porcupinefish (Inglés), Giant porcupinefish (Inglés), Hedgehog (Inglés), Hedgehog Fish (Inglés), Ajargo (Inglés), Spiny Puffer (Inglés), Spotted Percupine Fish (Inglés), Spotted Porcupine (Inglés), Sharptail Mola (Inglés), Spot-fin Porcupinefish (Inglés), Black-spotted Porcupinefish (Inglés), Burrfish (Inglés), Porcupinefish (Inglés), Porc-épic Pointillé (Francés), Porc-épine Boubou (Francés), Poisson Porc-épic (Francés), Grand Porc-épic (Francés), Porc-épic Boubou (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Diogenichthys atlanticus (Tåning, 1928)</t>
   </si>
   <si>
-    <t>prueba_Lanternfish (Inglés), Longfin Lanternfish (Inglés), Atlantic Lanternfish (Inglés)</t>
+    <t>Lanternfish (Inglés), Longfin Lanternfish (Inglés), Atlantic Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Diplecogaster bimaculata (Bonnaterre, 1788)</t>
   </si>
   <si>
     <t>Diplecogaster ctenocrypta Briggs, 1955</t>
   </si>
   <si>
-    <t>prueba_Chupasangre limpiador (Castellano)</t>
+    <t>Chupasangre limpiador (Castellano)</t>
   </si>
   <si>
     <t>Diplodus annularis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Raspallón (Castellano), Sargo (Castellano), Annular Seabream (Inglés), Sparaillon Commun (Francés), Sargue (Francés)</t>
+    <t>Raspallón (Castellano), Sargo (Castellano), Annular Seabream (Inglés), Sparaillon Commun (Francés), Sargue (Francés)</t>
   </si>
   <si>
     <t>Diplodus bellottii (Steindachner, 1882)</t>
   </si>
   <si>
-    <t>prueba_Raspallón Senegalés (Castellano), Raspaillon (Castellano), Senegal Seabream (Inglés), Breca (Inglés), Petit Sar (Francés), Sparaillon (Francés), Sparaillon Africain (Francés)</t>
+    <t>Raspallón Senegalés (Castellano), Raspaillon (Castellano), Senegal Seabream (Inglés), Breca (Inglés), Petit Sar (Francés), Sparaillon (Francés), Sparaillon Africain (Francés)</t>
   </si>
   <si>
     <t>Diplodus cervinus (Lowe, 1838)</t>
   </si>
   <si>
-    <t>prueba_Zebra Seabream (Inglés), Oman Porgy (Inglés)</t>
+    <t>Zebra Seabream (Inglés), Oman Porgy (Inglés)</t>
   </si>
   <si>
     <t>Diplodus puntazzo (Walbaum, 1792)</t>
   </si>
   <si>
-    <t>prueba_Sargo Picudo (Castellano), Porgy (Inglés), Sharpsnout Seabream (Inglés), Sheephead Bream (Inglés), Sar à Museau Pointu (Francés), Sar Tambour (Francés), Puntazzo (Latín)</t>
+    <t>Sargo Picudo (Castellano), Porgy (Inglés), Sharpsnout Seabream (Inglés), Sheephead Bream (Inglés), Sar à Museau Pointu (Francés), Sar Tambour (Francés), Puntazzo (Latín)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Puntazzo puntazzo (Walbaum, 1792)</t>
   </si>
   <si>
     <t>Diplodus sargus cadenati (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Diplodus sargus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Diplodus vulgaris (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Mojarra (Castellano), Sargo (Castellano), Sargo Mojarra (Castellano), Sargo Seifa (Castellano), Two-banded Seabream (Inglés), Blacktail Bream (Inglés), Common Two-banded Seabream (Inglés), Sar à Téte Noire (Francés), Sar à Tête Noire (Francés), Sar (Francés)</t>
+    <t>Mojarra (Castellano), Sargo (Castellano), Sargo Mojarra (Castellano), Sargo Seifa (Castellano), Two-banded Seabream (Inglés), Blacktail Bream (Inglés), Common Two-banded Seabream (Inglés), Sar à Téte Noire (Francés), Sar à Tête Noire (Francés), Sar (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Diplophos taenia Günther, 1873</t>
   </si>
   <si>
-    <t>prueba_Pacific Portholefish (Inglés)</t>
+    <t>Pacific Portholefish (Inglés)</t>
   </si>
   <si>
     <t>Diplospinus multistriatus Maul, 1948</t>
   </si>
   <si>
-    <t>prueba_Escolar rayado (Castellano), Striped Escolar (Inglés), Escolier Rayé (Francés)</t>
+    <t>Escolar rayado (Castellano), Striped Escolar (Inglés), Escolier Rayé (Francés)</t>
   </si>
   <si>
     <t>Dipturus batis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Raya Noruega (Castellano), Noriega (Castellano), Blue Skate (Inglés), Common Skate (Inglés), Flapper Skate (Inglés), Grey Skate (Inglés), Flotte (Francés), Pocheteau Gris (Francés), Pochette (Francés)</t>
+    <t>Raya Noruega (Castellano), Noriega (Castellano), Blue Skate (Inglés), Common Skate (Inglés), Flapper Skate (Inglés), Grey Skate (Inglés), Flotte (Francés), Pocheteau Gris (Francés), Pochette (Francés)</t>
   </si>
   <si>
     <t>Raja batis Linnaeus, 1758</t>
   </si>
   <si>
     <t>Dipturus nidarosiensis (Storm, 1881)</t>
   </si>
   <si>
-    <t>prueba_Norwegian Skate (Inglés)</t>
+    <t>Norwegian Skate (Inglés)</t>
   </si>
   <si>
     <t>Dipturus oxyrinchus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Picon (Castellano), Long-nosed Skate (Inglés), Sharpnose Skate (Inglés), Pocheteau Noir (Francés)</t>
+    <t>Picon (Castellano), Long-nosed Skate (Inglés), Sharpnose Skate (Inglés), Pocheteau Noir (Francés)</t>
   </si>
   <si>
     <t>Diretmichthys parini (Post &amp; Quéro, 1981)</t>
   </si>
   <si>
-    <t>prueba_Malcarado de Parin (Castellano), Black Discfish (Inglés), Black Spinyfin (Inglés), Parin's Spiny Fin (Inglés), Parin's Spinyfish (Inglés), Dirette de Parin (Francés)</t>
+    <t>Malcarado de Parin (Castellano), Black Discfish (Inglés), Black Spinyfin (Inglés), Parin's Spiny Fin (Inglés), Parin's Spinyfish (Inglés), Dirette de Parin (Francés)</t>
   </si>
   <si>
     <t>Diretmus argenteus Johnson, 1864</t>
   </si>
   <si>
-    <t>prueba_Malcarado Plateado (Castellano), Silver Spinyfin (Inglés), Little Dory (Inglés), Silver Spinyfish (Inglés), Slimehead (Inglés), Spinyfin (Inglés), Discfish (Inglés), Rayon Épineux (Francés), Dirette Argentée (Francés)</t>
+    <t>Malcarado Plateado (Castellano), Silver Spinyfin (Inglés), Little Dory (Inglés), Silver Spinyfish (Inglés), Slimehead (Inglés), Spinyfin (Inglés), Discfish (Inglés), Rayon Épineux (Francés), Dirette Argentée (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Ditropichthys storeri (Goode &amp; Bean, 1895)</t>
   </si>
   <si>
-    <t>prueba_Doublekeeled whalefish (Inglés)</t>
+    <t>Doublekeeled whalefish (Inglés)</t>
   </si>
   <si>
     <t>Dolicholagus longirostris (Maul, 1948)</t>
   </si>
   <si>
-    <t>prueba_Longsnout Blacksmelt (Inglés), Longsnout Deepsea Smelt (Inglés)</t>
+    <t>Longsnout Blacksmelt (Inglés), Longsnout Deepsea Smelt (Inglés)</t>
   </si>
   <si>
     <t>Dolichopteryx longipes (Vaillant, 1888)</t>
   </si>
   <si>
-    <t>prueba_Brownsnout Spookfish (Inglés), Brown-snout Spookfish (Inglés), Spookfish (Inglés)</t>
+    <t>Brownsnout Spookfish (Inglés), Brown-snout Spookfish (Inglés), Spookfish (Inglés)</t>
   </si>
   <si>
     <t>Dolopichthys danae Regan, 1926</t>
   </si>
   <si>
     <t>Echelus myrus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Congrio Pintado (Castellano), Tieso Miro (Castellano), Painted Eel (Inglés), Serpenton Miro (Francés), Hétéroconger (Francés)</t>
+    <t>Congrio Pintado (Castellano), Tieso Miro (Castellano), Painted Eel (Inglés), Serpenton Miro (Francés), Hétéroconger (Francés)</t>
   </si>
   <si>
     <t>Echeneis naucrates Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Guaicán (Castellano), Rémora Tiburonera (Castellano), Remora (Castellano), Pegador (Castellano), Pegatimon (Castellano), Pegatimón (Castellano), Rémora Rayada (Castellano), Pega (Catalán), Whitefin Sharksucker (Inglés), Australian Remora (Inglés), Rémora (Inglés), Live Shark-sucker (Inglés), Shark Remora (Inglés), Sharksucker (Inglés), Slender Sharksucker (Inglés), Slender Suckerfish (Inglés), Slender Sucker Fish (Inglés), Slender Sucking Fish (Inglés), Striped Suckerfish (Inglés), Suckerfish (Inglés), Live Sharksucker (Inglés), White Tailed Remore (Inglés), Pilote (Francés), Rémora Commun (Francés), Arrête-nef (Francés), Poisson Pilote (Francés)</t>
+    <t>Guaicán (Castellano), Rémora Tiburonera (Castellano), Remora (Castellano), Pegador (Castellano), Pegatimon (Castellano), Pegatimón (Castellano), Rémora Rayada (Castellano), Pega (Catalán), Whitefin Sharksucker (Inglés), Australian Remora (Inglés), Rémora (Inglés), Live Shark-sucker (Inglés), Shark Remora (Inglés), Sharksucker (Inglés), Slender Sharksucker (Inglés), Slender Suckerfish (Inglés), Slender Sucker Fish (Inglés), Slender Sucking Fish (Inglés), Striped Suckerfish (Inglés), Suckerfish (Inglés), Live Sharksucker (Inglés), White Tailed Remore (Inglés), Pilote (Francés), Rémora Commun (Francés), Arrête-nef (Francés), Poisson Pilote (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Echinorhinus brucus (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Bramble Shark (Inglés), Spinous Shark (Inglés), Spiny Shark (Inglés)</t>
+    <t>Bramble Shark (Inglés), Spinous Shark (Inglés), Spiny Shark (Inglés)</t>
   </si>
   <si>
     <t>Echiodon dentatus (Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_Rubioca (Castellano), Fieraster Denté (Francés)</t>
+    <t>Rubioca (Castellano), Fieraster Denté (Francés)</t>
   </si>
   <si>
     <t>Echiodon drummondii Thompson, 1837</t>
   </si>
   <si>
     <t>Echiophis punctifer (Kaup, 1860)</t>
   </si>
   <si>
-    <t>prueba_Safio Dentudo Punteado (Castellano), Safío Dentudo Punteado (Castellano), Tieso Moteado (Castellano), Stippled Spoon-nose Eel (Inglés), Snapper Eel (Inglés), Serpenton Pointillé (Francés)</t>
+    <t>Safio Dentudo Punteado (Castellano), Safío Dentudo Punteado (Castellano), Tieso Moteado (Castellano), Stippled Spoon-nose Eel (Inglés), Snapper Eel (Inglés), Serpenton Pointillé (Francés)</t>
   </si>
   <si>
     <t>Echiostoma barbatum Lowe, 1843</t>
   </si>
   <si>
-    <t>prueba_Pez Dragón Barbudo (Castellano), Threadfin Dragonfish (Inglés)</t>
+    <t>Pez Dragón Barbudo (Castellano), Threadfin Dragonfish (Inglés)</t>
   </si>
   <si>
     <t>Ectreposebastes imus Garman, 1899</t>
   </si>
   <si>
-    <t>prueba_Rascacio profundo (Castellano), Midwater Scorpionfish (Inglés), Scaly Hedgehogfish (Inglés), Rascasse profonde (Francés)</t>
+    <t>Rascacio profundo (Castellano), Midwater Scorpionfish (Inglés), Scaly Hedgehogfish (Inglés), Rascasse profonde (Francés)</t>
   </si>
   <si>
     <t>Elagatis bipinnulata (Quoy &amp; Gaimard, 1825)</t>
   </si>
   <si>
-    <t>prueba_Macarela (Castellano), Sardinata (Castellano), Salmón Cubano (Castellano), Remoremo (Castellano), Picudo Rayado (Castellano), Pejerata (Castellano), Macarela Salmón (Castellano), Macarela Salmon (Castellano), Macarela Arco Iris (Castellano), Cola Amarilla (Castellano), Pez Rata (Castellano), Salmonete (Castellano), Peje Rata (Castellano), Zapatero Ligereto (Castellano), Corredores (Castellano), Llorotel (Castellano), Macaela (Castellano), Salmón (Gallego), Ocean (Inglés), Spanish-jack (Inglés), Rainbow Runner (Inglés), Prodigal Son (Inglés), Hawaiian Salmon (Inglés), Rainbow Runner Fish (Inglés), Spanish Mackerel (Inglés), Rainbow Yellowtail (Inglés), Runner (Inglés), Salmon (Inglés), Salmon Runner (Inglés), Samon (Inglés), Shoemaker (Inglés), Skip Jack (Inglés), Yellow Tail (Inglés), Small Rainbow Runner (Inglés), Spanish Jack (Inglés), Striped Fish (Inglés), Tabio (Inglés), Sorcier (Francés), Saumon (Francés), Galati (Francés), Coureur Arc-en-ciel (Francés), Comète Saumon (Francés), Dauphin (Francés), Comete Saumon (Francés), Carangue Arc-en-ciel (Francés), Dauphin Vert (Francés)</t>
+    <t>Macarela (Castellano), Sardinata (Castellano), Salmón Cubano (Castellano), Remoremo (Castellano), Picudo Rayado (Castellano), Pejerata (Castellano), Macarela Salmón (Castellano), Macarela Salmon (Castellano), Macarela Arco Iris (Castellano), Cola Amarilla (Castellano), Pez Rata (Castellano), Salmonete (Castellano), Peje Rata (Castellano), Zapatero Ligereto (Castellano), Corredores (Castellano), Llorotel (Castellano), Macaela (Castellano), Salmón (Gallego), Ocean (Inglés), Spanish-jack (Inglés), Rainbow Runner (Inglés), Prodigal Son (Inglés), Hawaiian Salmon (Inglés), Rainbow Runner Fish (Inglés), Spanish Mackerel (Inglés), Rainbow Yellowtail (Inglés), Runner (Inglés), Salmon (Inglés), Salmon Runner (Inglés), Samon (Inglés), Shoemaker (Inglés), Skip Jack (Inglés), Yellow Tail (Inglés), Small Rainbow Runner (Inglés), Spanish Jack (Inglés), Striped Fish (Inglés), Tabio (Inglés), Sorcier (Francés), Saumon (Francés), Galati (Francés), Coureur Arc-en-ciel (Francés), Comète Saumon (Francés), Dauphin (Francés), Comete Saumon (Francés), Carangue Arc-en-ciel (Francés), Dauphin Vert (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Electrona risso (Cocco, 1829)</t>
   </si>
   <si>
-    <t>prueba_Chispa (Castellano), Chubby Flashlightfish (Inglés), Chubby Flashlight Fish (Inglés), Lanternfish (Inglés), Electric Lantern Fish (Inglés), Etincelle (Francés), Étincelle (Francés)</t>
+    <t>Chispa (Castellano), Chubby Flashlightfish (Inglés), Chubby Flashlight Fish (Inglés), Lanternfish (Inglés), Electric Lantern Fish (Inglés), Etincelle (Francés), Étincelle (Francés)</t>
   </si>
   <si>
     <t>Enchelycore anatina (Lowe, 1838)</t>
   </si>
   <si>
-    <t>prueba_Morena Isleña (Castellano), Fangtooth Moray (Inglés), Bird-eye Conger (Inglés), Murène (Francés), Murène Des Iles (Francés)</t>
+    <t>Morena Isleña (Castellano), Fangtooth Moray (Inglés), Bird-eye Conger (Inglés), Murène (Francés), Murène Des Iles (Francés)</t>
   </si>
   <si>
     <t>Enchelyopus cimbrius (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Barbada (Castellano), Reinunculo (Castellano), Fourbeard Rockling (Inglés), Motelle à Quatre Barbillons (Francés)</t>
+    <t>Barbada (Castellano), Reinunculo (Castellano), Fourbeard Rockling (Inglés), Motelle à Quatre Barbillons (Francés)</t>
   </si>
   <si>
     <t>Engraulis encrasicolus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Anchoa (Castellano), Boquerón (Castellano), Anchoa de Africa Austral (Castellano), Anchoa Europea (Castellano), Bocareu (Castellano), Carne Con Carne (Castellano), Longorón (Castellano), Pasta Fermentada de Anchoas (Castellano), Southern Anchovy (Inglés), European Anchovy (Inglés), Black Sea Anchovy (Inglés), Anchovy (Inglés), Italian Sardel (Inglés), South African Anchovy (Inglés), Southern African Anchovy (Inglés), Anchois Européen (Francés), Carne A Carne (Francés), Anchois de L'Afrique Australe (Francés), Amplovo (Francés), Anchois (Francés), Anchois Commun (Francés), Anchois Italien (Francés)</t>
+    <t>Anchoa (Castellano), Boquerón (Castellano), Anchoa de Africa Austral (Castellano), Anchoa Europea (Castellano), Bocareu (Castellano), Carne Con Carne (Castellano), Longorón (Castellano), Pasta Fermentada de Anchoas (Castellano), Southern Anchovy (Inglés), European Anchovy (Inglés), Black Sea Anchovy (Inglés), Anchovy (Inglés), Italian Sardel (Inglés), South African Anchovy (Inglés), Southern African Anchovy (Inglés), Anchois Européen (Francés), Carne A Carne (Francés), Anchois de L'Afrique Australe (Francés), Amplovo (Francés), Anchois (Francés), Anchois Commun (Francés), Anchois Italien (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Entelurus aequoreus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Snake Pipefish (Inglés)</t>
+    <t>Snake Pipefish (Inglés)</t>
   </si>
   <si>
     <t>Ephippion guttifer (Bennett, 1831)</t>
   </si>
   <si>
-    <t>prueba_Tamboril De Tierra (Castellano), Prickly Puffer (Inglés), Globefish (Inglés), Common Puffer (Inglés), Swamp (Inglés), Poisson-globe (Francés), Poisson Lampe (Francés), Tétraodon (Francés), Faux Perroquet (Francés), Compère à Points Blancs (Francés), Perroquet (Francés)</t>
+    <t>Tamboril De Tierra (Castellano), Prickly Puffer (Inglés), Globefish (Inglés), Common Puffer (Inglés), Swamp (Inglés), Poisson-globe (Francés), Poisson Lampe (Francés), Tétraodon (Francés), Faux Perroquet (Francés), Compère à Points Blancs (Francés), Perroquet (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Epigonus constanciae (Giglioli, 1880)</t>
   </si>
   <si>
-    <t>prueba_Constance Deepwater Cardinalfish (Inglés)</t>
+    <t>Constance Deepwater Cardinalfish (Inglés)</t>
   </si>
   <si>
     <t>Epigonus denticulatus Dieuzeide, 1950</t>
   </si>
   <si>
-    <t>prueba_Pencil Cardinal (Inglés), White Cardinalfish (Inglés), Bigeye (Inglés), Gobbleguts (Inglés), White Cardinal Fish (Inglés)</t>
+    <t>Pencil Cardinal (Inglés), White Cardinalfish (Inglés), Bigeye (Inglés), Gobbleguts (Inglés), White Cardinal Fish (Inglés)</t>
   </si>
   <si>
     <t>Epigonus telescopus (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Boca Negra (Castellano), Pez Diablo (Castellano), Tomás (Castellano), Cardinal Fish (Inglés), Deepsea Cardinalfish (Inglés), Bigeye (Inglés), Black Cardinal Fish (Inglés), Bulls-eye (Inglés), Cardinalfish (Inglés), Black Cardinalfish (Inglés), Poisson Cardinal (Francés), Sonneur Commun (Francés)</t>
+    <t>Boca Negra (Castellano), Pez Diablo (Castellano), Tomás (Castellano), Cardinal Fish (Inglés), Deepsea Cardinalfish (Inglés), Bigeye (Inglés), Black Cardinal Fish (Inglés), Bulls-eye (Inglés), Cardinalfish (Inglés), Black Cardinalfish (Inglés), Poisson Cardinal (Francés), Sonneur Commun (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Epinephelus aeneus (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Cherna De Ley (Castellano), White Grouper (Inglés), Mérou Blanc (Francés)</t>
+    <t>Cherna De Ley (Castellano), White Grouper (Inglés), Mérou Blanc (Francés)</t>
   </si>
   <si>
     <t>Epinephelus caninus (Valenciennes, 1843)</t>
   </si>
   <si>
-    <t>prueba_Mero Denton (Castellano), Mero (Castellano), Cherne Ley (Castellano), Mero Dentol (Castellano), Cherne Denton (Castellano), Cachorro (Castellano), Dogtooth Grouper (Inglés), Merou Nior (Francés), Merou Gris (Francés)</t>
+    <t>Mero Denton (Castellano), Mero (Castellano), Cherne Ley (Castellano), Mero Dentol (Castellano), Cherne Denton (Castellano), Cachorro (Castellano), Dogtooth Grouper (Inglés), Merou Nior (Francés), Merou Gris (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Epinephelus costae (Steindachner, 1878)</t>
   </si>
   <si>
-    <t>prueba_Falso Abade (Castellano), Falso Abadejo (Castellano), Goldblotch Grouper (Inglés), Golden Grouper (Inglés), Merou Badeche (Francés), Badeche (Francés)</t>
+    <t>Falso Abade (Castellano), Falso Abadejo (Castellano), Goldblotch Grouper (Inglés), Golden Grouper (Inglés), Merou Badeche (Francés), Badeche (Francés)</t>
   </si>
   <si>
     <t>Epinephelus itajara (Lichtenstein, 1822)</t>
   </si>
   <si>
-    <t>prueba_Cherna (Castellano), Guasa (Castellano), Mero (Castellano), Guaza (Castellano), Mero Batata (Castellano), Mero Guasa (Castellano), Mero Güasa (Castellano), Mero Pintado (Castellano), Mero Sapo (Castellano), Cherne (Castellano), Guato (Castellano), Atlantic Goliath Grouper (Inglés), Jewfish (Inglés), Goliath Grouper (Inglés), Mérou (Francés), Têtard (Francés), Mérou Géant (Francés)</t>
+    <t>Cherna (Castellano), Guasa (Castellano), Mero (Castellano), Guaza (Castellano), Mero Batata (Castellano), Mero Guasa (Castellano), Mero Güasa (Castellano), Mero Pintado (Castellano), Mero Sapo (Castellano), Cherne (Castellano), Guato (Castellano), Atlantic Goliath Grouper (Inglés), Jewfish (Inglés), Goliath Grouper (Inglés), Mérou (Francés), Têtard (Francés), Mérou Géant (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Epinephelus marginatus (Lowe, 1834)</t>
   </si>
   <si>
-    <t>prueba_Mero (Castellano), Mero Moreno (Castellano), Dusky Grouper (Inglés), Merou Brun (Francés)</t>
+    <t>Mero (Castellano), Mero Moreno (Castellano), Dusky Grouper (Inglés), Merou Brun (Francés)</t>
   </si>
   <si>
     <t>Eretmophorus kleinenbergi Giglioli, 1889</t>
   </si>
   <si>
     <t>Erythrocles monodi Poll &amp; Cadenat, 1954</t>
   </si>
   <si>
-    <t>prueba_Atlantic Rubyfish (Inglés)</t>
+    <t>Atlantic Rubyfish (Inglés)</t>
   </si>
   <si>
     <t>Etmopterus princeps Collett, 1904</t>
   </si>
   <si>
-    <t>prueba_Tollo Lucero Raspa (Castellano), Great Lanternshark (Inglés), Sagre Rude (Francés), Rough Sagre (Francés)</t>
+    <t>Tollo Lucero Raspa (Castellano), Great Lanternshark (Inglés), Sagre Rude (Francés), Rough Sagre (Francés)</t>
   </si>
   <si>
     <t>Etmopterus pusillus (Lowe, 1839)</t>
   </si>
   <si>
-    <t>prueba_Tollo Lucero Liso (Castellano), Smooth Lanternshark (Inglés), Sagre Nain (Francés)</t>
+    <t>Tollo Lucero Liso (Castellano), Smooth Lanternshark (Inglés), Sagre Nain (Francés)</t>
   </si>
   <si>
     <t>Etmopterus spinax (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Velvet Belly Lanternshark (Inglés)</t>
+    <t>Velvet Belly Lanternshark (Inglés)</t>
   </si>
   <si>
     <t>Eurypharynx pelecanoides Vaillant, 1882</t>
   </si>
   <si>
-    <t>prueba_Pez Pelicano (Castellano), Gulper (Inglés), Pelican Eel (Inglés), Pelican Gulper Fish (Inglés), Pelican Fish (Inglés), Deep-sea Gulper Eel (Inglés), Pelican Gulper (Inglés), Gulper Eel (Inglés), Big-mouth Gulper (Inglés), Grandgousier Pélican (Francés), Grand-gousier Pelican (Francés)</t>
+    <t>Pez Pelicano (Castellano), Gulper (Inglés), Pelican Eel (Inglés), Pelican Gulper Fish (Inglés), Pelican Fish (Inglés), Deep-sea Gulper Eel (Inglés), Pelican Gulper (Inglés), Gulper Eel (Inglés), Big-mouth Gulper (Inglés), Grandgousier Pélican (Francés), Grand-gousier Pelican (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Eustomias acinosus Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Eustomias bigelowi Welsh, 1923</t>
   </si>
   <si>
     <t>Eustomias braueri Zugmayer, 1911</t>
   </si>
   <si>
     <t>Eustomias filifer (Gilchrist, 1906)</t>
   </si>
   <si>
     <t>Eustomias fissibarbis (Pappenheim, 1912)</t>
   </si>
   <si>
     <t>Eustomias lipochirus Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Eustomias longibarba Parr, 1927</t>
   </si>
   <si>
     <t>Eustomias macronema Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Eustomias melanostigma Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Eustomias obscurus Vaillant, 1884</t>
   </si>
   <si>
     <t>Eustomias schmidti Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Eustomias simplex Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Eustomias tetranema Zugmayer, 1913</t>
   </si>
   <si>
     <t>Eutelichthys leptochirus Tortonese, 1959</t>
   </si>
   <si>
     <t>Euthynnus alletteratus (Rafinesque, 1810)</t>
   </si>
   <si>
-    <t>prueba_Atuncito (Castellano), Bonito (Castellano), Bacoreta (Castellano), Bonito Atlántico (Castellano), Bacorète (Castellano), Cabaña Pintada (Castellano), Carachana (Castellano), Carachana Pintada (Castellano), Comevíveres (Castellano), Little Tuna (Inglés), Atlantic Little Tuna (Inglés), Little Tunny (Inglés), False Albacore (Inglés), Thonine (Francés), Bonite queue Raide (Francés), Ravil (Francés), Thonine Commune (Francés), Bonite (Francés)</t>
+    <t>Atuncito (Castellano), Bonito (Castellano), Bacoreta (Castellano), Bonito Atlántico (Castellano), Bacorète (Castellano), Cabaña Pintada (Castellano), Carachana (Castellano), Carachana Pintada (Castellano), Comevíveres (Castellano), Little Tuna (Inglés), Atlantic Little Tuna (Inglés), Little Tunny (Inglés), False Albacore (Inglés), Thonine (Francés), Bonite queue Raide (Francés), Ravil (Francés), Thonine Commune (Francés), Bonite (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Evermannella balbo (Risso, 1820)</t>
   </si>
   <si>
-    <t>prueba_Balbo Sabretooth (Inglés), Saber-tooth Fish (Inglés)</t>
+    <t>Balbo Sabretooth (Inglés), Saber-tooth Fish (Inglés)</t>
   </si>
   <si>
     <t>Evermannella melanoderma Parr, 1928</t>
   </si>
   <si>
-    <t>prueba_Indian Sabertooth (Inglés)</t>
+    <t>Indian Sabertooth (Inglés)</t>
   </si>
   <si>
     <t>Exocoetus obtusirostris Günther, 1866</t>
   </si>
   <si>
-    <t>prueba_Pez Volador (Castellano), Vípora Oscura (Castellano), Volador Flecha (Castellano), Volador Ñato (Castellano), Volador Oceánico (Castellano), Oceanic Two-wing Flyingfish (Inglés), Blunt-snouted Flying Fish (Inglés), Two-wing Flyingfish (Inglés), Two Winged Flying Fish (Inglés), Twowing Flying Fish (Inglés), Exocet Bouledogue (Francés), Exocet-bouledogue (Francés), Exocet-bouledouge (Francés)</t>
+    <t>Pez Volador (Castellano), Vípora Oscura (Castellano), Volador Flecha (Castellano), Volador Ñato (Castellano), Volador Oceánico (Castellano), Oceanic Two-wing Flyingfish (Inglés), Blunt-snouted Flying Fish (Inglés), Two-wing Flyingfish (Inglés), Two Winged Flying Fish (Inglés), Twowing Flying Fish (Inglés), Exocet Bouledogue (Francés), Exocet-bouledogue (Francés), Exocet-bouledouge (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Exocoetus volitans Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Lisa Voladora (Castellano), Pez Volador Común (Castellano), Volador (Castellano), Volador Tropical (Castellano), Flyingfish (Inglés), Two-wing Flyingfish (Inglés), Two Winged Flying Fish (Inglés), Linne's Flying Fish (Inglés), Sharpfinned Flyingfish (Inglés), Tropical Two-wing (Inglés), Blue Flying Fish (Inglés), Tropical Two-wing Flyingfish (Inglés), Exocet Volant (Francés), Poisson Volant (Francés)</t>
+    <t>Lisa Voladora (Castellano), Pez Volador Común (Castellano), Volador (Castellano), Volador Tropical (Castellano), Flyingfish (Inglés), Two-wing Flyingfish (Inglés), Two Winged Flying Fish (Inglés), Linne's Flying Fish (Inglés), Sharpfinned Flyingfish (Inglés), Tropical Two-wing (Inglés), Blue Flying Fish (Inglés), Tropical Two-wing Flyingfish (Inglés), Exocet Volant (Francés), Poisson Volant (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Facciolella oxyrhyncha (Bellotti, 1883)</t>
   </si>
   <si>
     <t>Fistularia petimba Lacepède, 1803</t>
   </si>
   <si>
-    <t>prueba_Red Cornetfish (Inglés)</t>
+    <t>Red Cornetfish (Inglés)</t>
   </si>
   <si>
     <t>Flagellostomias boureei (Zugmayer, 1913)</t>
   </si>
   <si>
-    <t>prueba_Longbarb Dragonfish (Inglés), Black Dragonfish (Inglés), Idiacanthe Ruban (Francés)</t>
+    <t>Longbarb Dragonfish (Inglés), Black Dragonfish (Inglés), Idiacanthe Ruban (Francés)</t>
   </si>
   <si>
     <t>Gadella maraldi (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Gadella (Inglés), Morid Cod (Inglés)</t>
+    <t>Gadella (Inglés), Morid Cod (Inglés)</t>
   </si>
   <si>
     <t>Gadella svetovidovi Trunov, 1992</t>
   </si>
   <si>
     <t>Gadomus arcuatus (Goode &amp; Bean, 1886)</t>
   </si>
   <si>
-    <t>prueba_Doublethread Grenadier (Inglés)</t>
+    <t>Doublethread Grenadier (Inglés)</t>
   </si>
   <si>
     <t>Gadomus dispar (Vaillant, 1888)</t>
   </si>
   <si>
     <t>Gadomus longifilis (Goode &amp; Bean, 1885)</t>
   </si>
   <si>
-    <t>prueba_Threadfin Grenadier (Inglés), Treadfin Grenadier (Inglés)</t>
+    <t>Threadfin Grenadier (Inglés), Treadfin Grenadier (Inglés)</t>
   </si>
   <si>
     <t>Gadus morhua Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Bacalao (Castellano), Atlantic Cod (Inglés), Codling (Inglés), Haberdine (Inglés), Kil'din Cod (Inglés), Morue de l'Atlantique (Francés), Morue Franche (Francés), Cabillaud (Francés), Morue (Francés), Morue Commune (Francés)</t>
+    <t>Bacalao (Castellano), Atlantic Cod (Inglés), Codling (Inglés), Haberdine (Inglés), Kil'din Cod (Inglés), Morue de l'Atlantique (Francés), Morue Franche (Francés), Cabillaud (Francés), Morue (Francés), Morue Commune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Gaidropsarus granti (Regan, 1903)</t>
   </si>
   <si>
-    <t>prueba_Barbada (Castellano), Azores Rockling (Inglés), Grant's Rockling (Inglés)</t>
+    <t>Barbada (Castellano), Azores Rockling (Inglés), Grant's Rockling (Inglés)</t>
   </si>
   <si>
     <t>Gaidropsarus guttatus (Collett, 1890)</t>
   </si>
   <si>
-    <t>prueba_Brota de tierra (Castellano), Motelle à taches blanches (Francés)</t>
+    <t>Brota de tierra (Castellano), Motelle à taches blanches (Francés)</t>
   </si>
   <si>
     <t>Gaidropsarus macrophthalmus (Günther, 1867)</t>
   </si>
   <si>
-    <t>prueba_Madreanguila (Castellano), Bigeye Rockling (Inglés), Rockling (Inglés), Motelle à Grands Yeux de l'Atlantique (Francés)</t>
+    <t>Madreanguila (Castellano), Bigeye Rockling (Inglés), Rockling (Inglés), Motelle à Grands Yeux de l'Atlantique (Francés)</t>
   </si>
   <si>
     <t>Gaidropsarus vulgaris (Cloquet, 1824)</t>
   </si>
   <si>
-    <t>prueba_Abarbado (Castellano), Barbada (Castellano), Mollareta (Castellano), Barlaña (Castellano), Lota (Castellano), Madre Angula (Castellano), Mostel (Castellano), Palayó (Castellano), Threebeard Rockling (Inglés), Whistler (Inglés), Threebearded Rockling (Inglés), Three-bearded Rockling (Inglés), Motelle à Trois Barbillons (Francés), Moustella (Francés), Motelle Commune (Francés), Renard (Francés), Aholatza (Francés), Loche de Mer (Francés), Blountek (Francés), Lochet (Francés), Loquette (Francés), Louise (Francés)</t>
+    <t>Abarbado (Castellano), Barbada (Castellano), Mollareta (Castellano), Barlaña (Castellano), Lota (Castellano), Madre Angula (Castellano), Mostel (Castellano), Palayó (Castellano), Threebeard Rockling (Inglés), Whistler (Inglés), Threebearded Rockling (Inglés), Three-bearded Rockling (Inglés), Motelle à Trois Barbillons (Francés), Moustella (Francés), Motelle Commune (Francés), Renard (Francés), Aholatza (Francés), Loche de Mer (Francés), Blountek (Francés), Lochet (Francés), Loquette (Francés), Louise (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Galeocerdo cuvier (Péron &amp; Lesueur, 1822)</t>
   </si>
   <si>
-    <t>prueba_Tiger Shark (Inglés)</t>
+    <t>Tiger Shark (Inglés)</t>
   </si>
   <si>
     <t>Galeorhinus galeus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cazón (Castellano), Bosti (Castellano), Bostrich (Castellano), Cacao (Castellano), Ca Marí (Castellano), Cassó (Castellano), Gat (Castellano), Musola (Castellano), Musola Carallo (Castellano), Pez Calzón (Castellano), Pez Peine (Castellano), Tiburón Trompa De Cristal (Castellano), Tiburón Vitamínico (Castellano), Oil Shark (Inglés), Rig (Inglés), School Shark (Inglés), Snapper Shark (Inglés), Soupfin (Inglés), Soupie (Inglés), Southern Tope (Inglés), Sweet William (Inglés), Tiburon (Inglés), Liver-oil Shark (Inglés), Toper (Inglés), Tope Shark (Inglés), Vitamin Shark (Inglés), Whithound (Inglés), Miller's Dog (Inglés), Tope (Inglés), Penny Dog (Inglés), Cagnot (Francés), Canicule (Francés), Haut (Francés), Milandré (Francés), Palloun (Francés), Requin-hâ (Francés), Tchi (Francés), Touille (Francés), Chien De Mer (Francés)</t>
+    <t>Cazón (Castellano), Bosti (Castellano), Bostrich (Castellano), Cacao (Castellano), Ca Marí (Castellano), Cassó (Castellano), Gat (Castellano), Musola (Castellano), Musola Carallo (Castellano), Pez Calzón (Castellano), Pez Peine (Castellano), Tiburón Trompa De Cristal (Castellano), Tiburón Vitamínico (Castellano), Oil Shark (Inglés), Rig (Inglés), School Shark (Inglés), Snapper Shark (Inglés), Soupfin (Inglés), Soupie (Inglés), Southern Tope (Inglés), Sweet William (Inglés), Tiburon (Inglés), Liver-oil Shark (Inglés), Toper (Inglés), Tope Shark (Inglés), Vitamin Shark (Inglés), Whithound (Inglés), Miller's Dog (Inglés), Tope (Inglés), Penny Dog (Inglés), Cagnot (Francés), Canicule (Francés), Haut (Francés), Milandré (Francés), Palloun (Francés), Requin-hâ (Francés), Tchi (Francés), Touille (Francés), Chien De Mer (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Galeus atlanticus (Vaillant, 1888)</t>
   </si>
   <si>
-    <t>prueba_Pintarroja Atlántica (Castellano), Atlantic Sawtail Catshark (Inglés), Chien Atlantique (Francés)</t>
+    <t>Pintarroja Atlántica (Castellano), Atlantic Sawtail Catshark (Inglés), Chien Atlantique (Francés)</t>
   </si>
   <si>
     <t>Galeus melastomus Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Blackmouth Catshark (Inglés)</t>
+    <t>Blackmouth Catshark (Inglés)</t>
   </si>
   <si>
     <t>Galeus melanostomus Rafinesque, 1810</t>
   </si>
   <si>
     <t>Galeus murinus (Collett, 1904)</t>
   </si>
   <si>
-    <t>prueba_Mouse Catshark (Inglés), Chien Nordique (Francés)</t>
+    <t>Mouse Catshark (Inglés), Chien Nordique (Francés)</t>
   </si>
   <si>
     <t>Gammogobius steinitzi Bath, 1971</t>
   </si>
   <si>
-    <t>prueba_Steinitz's Goby (Inglés), Gobie Cavernicole de Steinitz (Francés)</t>
+    <t>Steinitz's Goby (Inglés), Gobie Cavernicole de Steinitz (Francés)</t>
   </si>
   <si>
     <t>Gempylus serpens Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Escolar de Canal (Castellano), Snake Mackerel (Inglés), Escolier Serpent (Francés)</t>
+    <t>Escolar de Canal (Castellano), Snake Mackerel (Inglés), Escolier Serpent (Francés)</t>
   </si>
   <si>
     <t>Genyatremus cavifrons (Cuvier, 1830)</t>
   </si>
   <si>
     <t>Gephyroberyx darwinii (Johnson, 1866)</t>
   </si>
   <si>
-    <t>prueba_Carajuelo De Fondo (Castellano), Carajuelo del fondo (Castellano), Reloj de Darwin (Castellano), Finescale roughy (Inglés), Darwin's roughy (Inglés), Darwin's slimehead (Inglés), Big Roughy (Inglés), Hoplostète de Darwin (Francés)</t>
+    <t>Carajuelo De Fondo (Castellano), Carajuelo del fondo (Castellano), Reloj de Darwin (Castellano), Finescale roughy (Inglés), Darwin's roughy (Inglés), Darwin's slimehead (Inglés), Big Roughy (Inglés), Hoplostète de Darwin (Francés)</t>
   </si>
   <si>
     <t>Ginglymostoma cirratum (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Tiburón-gata (Castellano), Gata (Castellano), Nurse Shark (Inglés)</t>
+    <t>Tiburón-gata (Castellano), Gata (Castellano), Nurse Shark (Inglés)</t>
   </si>
   <si>
     <t>Glaucostegus cemiculus (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Guitarra barbanegra (Castellano), Guitarra común (Castellano), Guitarró (Castellano), Blackchin Guitarfish (Inglés), Guitarre De Mer Fouisseuse (Francés)</t>
+    <t>Guitarra barbanegra (Castellano), Guitarra común (Castellano), Guitarró (Castellano), Blackchin Guitarfish (Inglés), Guitarre De Mer Fouisseuse (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Rhinobatos cemiculus Geoffroy Saint-Hilaire, 1817</t>
   </si>
   <si>
     <t>Glossanodon leioglossus (Valenciennes, 1848)</t>
   </si>
   <si>
-    <t>prueba_Bocón (Castellano), Argentina Mayor (Castellano), Small-toothed Argentine (Inglés), Smalltoothed Argentine (Inglés), Greater Silver Smelt (Inglés), Argentine à Petites Dents (Francés), Argentine à Langue Lisse (Francés)</t>
+    <t>Bocón (Castellano), Argentina Mayor (Castellano), Small-toothed Argentine (Inglés), Smalltoothed Argentine (Inglés), Greater Silver Smelt (Inglés), Argentine à Petites Dents (Francés), Argentine à Langue Lisse (Francés)</t>
   </si>
   <si>
     <t>Glyptocephalus cynoglossus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Gnatholepis thompsoni Jordan, 1904</t>
   </si>
   <si>
-    <t>prueba_Goldspot Goby (Inglés)</t>
+    <t>Goldspot Goby (Inglés)</t>
   </si>
   <si>
     <t>Gnathophis mystax (Delaroche, 1809)</t>
   </si>
   <si>
     <t>Gobius ater Bellotti, 1888</t>
   </si>
   <si>
-    <t>prueba_Gobio Escarabajo (Castellano), Bellotti's Goby (Inglés), Gobie de Bellotti (Francés)</t>
+    <t>Gobio Escarabajo (Castellano), Bellotti's Goby (Inglés), Gobie de Bellotti (Francés)</t>
   </si>
   <si>
     <t>Gobius auratus Risso, 1810</t>
   </si>
   <si>
-    <t>prueba_Gobio Dorado (Castellano), Golden Goby (Inglés), Gobie Doré (Francés)</t>
+    <t>Gobio Dorado (Castellano), Golden Goby (Inglés), Gobie Doré (Francés)</t>
   </si>
   <si>
     <t>Gobius bucchichi Steindachner, 1870</t>
   </si>
   <si>
-    <t>prueba_Gobio de Ortiga (Castellano), Bucchich's Goby (Inglés), Gobie Moucheté (Francés)</t>
+    <t>Gobio de Ortiga (Castellano), Bucchich's Goby (Inglés), Gobie Moucheté (Francés)</t>
   </si>
   <si>
     <t>Gobius cruentatus Gmelin, 1789</t>
   </si>
   <si>
-    <t>prueba_Gobit (Castellano), Gobito (Castellano), Red-mouthed Goby (Inglés), Gobie Ensanglanté (Francés), Gobie à Bouche Rouge (Francés)</t>
+    <t>Gobit (Castellano), Gobito (Castellano), Red-mouthed Goby (Inglés), Gobie Ensanglanté (Francés), Gobie à Bouche Rouge (Francés)</t>
   </si>
   <si>
     <t>Gobiusculus flavescens (Fabricius, 1779)</t>
   </si>
   <si>
-    <t>prueba_Gobio Nadador (Castellano), Two-spotted Goby (Inglés), Spotted Goby (Inglés), Gobie Nageur (Francés), Gobie à Deux Taches (Francés), Gobie Nageuse (Francés)</t>
+    <t>Gobio Nadador (Castellano), Two-spotted Goby (Inglés), Spotted Goby (Inglés), Gobie Nageur (Francés), Gobie à Deux Taches (Francés), Gobie Nageuse (Francés)</t>
   </si>
   <si>
     <t>Gobius fallax Sarato, 1889</t>
   </si>
   <si>
-    <t>prueba_Gobio de Sarato (Castellano), Sarato's Goby (Inglés), Gobie de Sarato (Francés), Gobie Blanc (Francés)</t>
+    <t>Gobio de Sarato (Castellano), Sarato's Goby (Inglés), Gobie de Sarato (Francés), Gobie Blanc (Francés)</t>
   </si>
   <si>
     <t>Gobius gasteveni Miller, 1974</t>
   </si>
   <si>
-    <t>prueba_Steven's Goby (Inglés), Gobie de Steven (Francés)</t>
+    <t>Steven's Goby (Inglés), Gobie de Steven (Francés)</t>
   </si>
   <si>
     <t>Gobius geniporus Valenciennes, 1837</t>
   </si>
   <si>
-    <t>prueba_Gobio Galano (Castellano), Slender Goby (Inglés), Gobie Génipore (Francés), Gobie à Joues Poreuses (Francés), Gobie Svelte (Francés)</t>
+    <t>Gobio Galano (Castellano), Slender Goby (Inglés), Gobie Génipore (Francés), Gobie à Joues Poreuses (Francés), Gobie Svelte (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Gobius niger Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Chaparrudo (Castellano), Purillo (Castellano), Black Goby (Inglés), Gobie Noire (Francés), Gobie Noir (Francés)</t>
+    <t>Chaparrudo (Castellano), Purillo (Castellano), Black Goby (Inglés), Gobie Noire (Francés), Gobie Noir (Francés)</t>
   </si>
   <si>
     <t>Gobius jozo Linnaeus, 1758</t>
   </si>
   <si>
     <t>Gobius paganellus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Bobi (Castellano), Rock Goby (Inglés), Gobie Paganel (Francés)</t>
+    <t>Bobi (Castellano), Rock Goby (Inglés), Gobie Paganel (Francés)</t>
   </si>
   <si>
     <t>Gobius roulei de Buen, 1928</t>
   </si>
   <si>
-    <t>prueba_Gobio de Roule (Castellano), Roule's Goby (Inglés), Gobie de Roule (Francés)</t>
+    <t>Gobio de Roule (Castellano), Roule's Goby (Inglés), Gobie de Roule (Francés)</t>
   </si>
   <si>
     <t>Gobius strictus Fage, 1907</t>
   </si>
   <si>
-    <t>prueba_Schmidt's Goby (Inglés)</t>
+    <t>Schmidt's Goby (Inglés)</t>
   </si>
   <si>
     <t>Gobius vittatus Vinciguerra, 1883</t>
   </si>
   <si>
-    <t>prueba_Gobio de Banda Negra (Castellano), Striped Goby (Inglés), Gobie Rayé (Francés)</t>
+    <t>Gobio de Banda Negra (Castellano), Striped Goby (Inglés), Gobie Rayé (Francés)</t>
   </si>
   <si>
     <t>Gobius xanthocephalus Heymer &amp; Zander, 1992</t>
   </si>
   <si>
-    <t>prueba_Gobio de Cabeza Dorada (Castellano), Golden Goby (Inglés), Gobie Doré (Francés)</t>
+    <t>Gobio de Cabeza Dorada (Castellano), Golden Goby (Inglés), Gobie Doré (Francés)</t>
   </si>
   <si>
     <t>Gonichthys cocco (Cocco, 1829)</t>
   </si>
   <si>
-    <t>prueba_Pez Linterna (Castellano), Pez Linterna de Cocco (Castellano), Cocco's Lanternfish (Inglés), Lanternfish (Inglés)</t>
+    <t>Pez Linterna (Castellano), Pez Linterna de Cocco (Castellano), Cocco's Lanternfish (Inglés), Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Gonostoma atlanticum Norman, 1930</t>
   </si>
   <si>
     <t>Gonostoma denudatum Rafinesque, 1810</t>
   </si>
   <si>
     <t>Gouania willdenowi (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Chafaroccas (Castellano), Blunt-snouted Clingfish (Inglés), Pei Sant Peire (Francés), Lépadogastre Jaune (Francés), Gouanie (Francés), Pei Sant-Peire (Francés)</t>
+    <t>Chafaroccas (Castellano), Blunt-snouted Clingfish (Inglés), Pei Sant Peire (Francés), Lépadogastre Jaune (Francés), Gouanie (Francés), Pei Sant-Peire (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Grammatostomias flagellibarba Holt &amp; Byrne, 1910</t>
   </si>
   <si>
     <t>Grammicolepis brachiusculus Poey, 1873</t>
   </si>
   <si>
-    <t>prueba_Thorny Tinselfish (Inglés)</t>
+    <t>Thorny Tinselfish (Inglés)</t>
   </si>
   <si>
     <t>Grammonus ater (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Fanfre Noir (Francés), Faufré Noir (Francés)</t>
+    <t>Fanfre Noir (Francés), Faufré Noir (Francés)</t>
   </si>
   <si>
     <t>Francés, Francés</t>
   </si>
   <si>
     <t>Grammonus longhursti (Cohen, 1964)</t>
   </si>
   <si>
     <t>Gymnammodytes cicerelus (Rafinesque, 1810)</t>
   </si>
   <si>
-    <t>prueba_Salton (Castellano), Barrinaire (Castellano), Mediterranean Sand Eel (Inglés), Smooth Sand Lance (Inglés), Cicerelle (Francés), Cicerelle de Méditerranée (Francés), Lançon Cicerèle (Francés)</t>
+    <t>Salton (Castellano), Barrinaire (Castellano), Mediterranean Sand Eel (Inglés), Smooth Sand Lance (Inglés), Cicerelle (Francés), Cicerelle de Méditerranée (Francés), Lançon Cicerèle (Francés)</t>
   </si>
   <si>
     <t>Gymnammodytes semisquamatus (Jourdain, 1879)</t>
   </si>
   <si>
-    <t>prueba_Saltón (Castellano), Smooth Sandeel (Inglés), Smooth Sand Eel (Inglés), Cicerelle de l'Atlantique (Francés), Cicerelle (Francés), Équille (Francés)</t>
+    <t>Saltón (Castellano), Smooth Sandeel (Inglés), Smooth Sand Eel (Inglés), Cicerelle de l'Atlantique (Francés), Cicerelle (Francés), Équille (Francés)</t>
   </si>
   <si>
     <t>Gymnothorax bacalladoi Böhlke &amp; Brito, 1987</t>
   </si>
   <si>
     <t>Gymnothorax maderensis (Johnson, 1862)</t>
   </si>
   <si>
-    <t>prueba_Morena de Madeira (Castellano), Morena Verde (Castellano), Sharktooth Moray (Inglés), Murène de Madère (Francés)</t>
+    <t>Morena de Madeira (Castellano), Morena Verde (Castellano), Sharktooth Moray (Inglés), Murène de Madère (Francés)</t>
   </si>
   <si>
     <t>Gymnothorax miliaris (Kaup, 1856)</t>
   </si>
   <si>
-    <t>prueba_Morena (Castellano), Morena Dorada (Castellano), Morena De Cola Dorada (Castellano), Goldentail Moray (Inglés), Bastard Eel (Inglés), Conger Moray (Inglés), Murène Dorée (Francés)</t>
+    <t>Morena (Castellano), Morena Dorada (Castellano), Morena De Cola Dorada (Castellano), Goldentail Moray (Inglés), Bastard Eel (Inglés), Conger Moray (Inglés), Murène Dorée (Francés)</t>
   </si>
   <si>
     <t>Gymnothorax polygonius Poey, 1875</t>
   </si>
   <si>
-    <t>prueba_Morena de Polígonos (Castellano), Morena Papuda (Castellano), Morena de Fondo (Castellano), Morena Polígona (Castellano), Polygon Moray (Inglés), Reticulated Moray Eel (Inglés)</t>
+    <t>Morena de Polígonos (Castellano), Morena Papuda (Castellano), Morena de Fondo (Castellano), Morena Polígona (Castellano), Polygon Moray (Inglés), Reticulated Moray Eel (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés</t>
   </si>
   <si>
     <t>Gymnothorax unicolor (Delaroche, 1809)</t>
   </si>
   <si>
-    <t>prueba_Morena Lucia (Castellano), Morena Sucia (Castellano), Morena Negra (Castellano), Greek (Inglés), Brown Moray (Inglés), Murène Noire (Francés), Murène Brune (Francés), Murène-chocolat (Francés)</t>
+    <t>Morena Lucia (Castellano), Morena Sucia (Castellano), Morena Negra (Castellano), Greek (Inglés), Brown Moray (Inglés), Murène Noire (Francés), Murène Brune (Francés), Murène-chocolat (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Gymnothorax vicinus (Castelnau, 1855)</t>
   </si>
   <si>
-    <t>prueba_Congo (Castellano), Morena Sucia (Castellano), Congrio Amarillo (Castellano), Morena Amarilla (Castellano), Morena De Boca Púrpura (Castellano), Morena Obscura (Castellano), Purple-mouthed Moray Eel (Inglés), Brown Conger (Inglés), Deepwater Conger (Inglés), Dusky-mouthed Moray Eel (Inglés), Murène Jaune (Francés)</t>
+    <t>Congo (Castellano), Morena Sucia (Castellano), Congrio Amarillo (Castellano), Morena Amarilla (Castellano), Morena De Boca Púrpura (Castellano), Morena Obscura (Castellano), Purple-mouthed Moray Eel (Inglés), Brown Conger (Inglés), Deepwater Conger (Inglés), Dusky-mouthed Moray Eel (Inglés), Murène Jaune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Gymnura altavela (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Raya mariposa (Castellano), Mantellina (Castellano), Spiny Butterfly Ray (Inglés)</t>
+    <t>Raya mariposa (Castellano), Mantellina (Castellano), Spiny Butterfly Ray (Inglés)</t>
   </si>
   <si>
     <t>Halobatrachus didactylus (Bloch &amp; Schneider, 1801)</t>
   </si>
   <si>
-    <t>prueba_Pez Sapo (Castellano), Sapo Lusitánico (Castellano), Lusitanian Toadfish (Inglés), Poisson Crapaud (Francés), Crapaud-lusitanien (Francés)</t>
+    <t>Pez Sapo (Castellano), Sapo Lusitánico (Castellano), Lusitanian Toadfish (Inglés), Poisson Crapaud (Francés), Crapaud-lusitanien (Francés)</t>
   </si>
   <si>
     <t>Halosauropsis macrochir (Günther, 1878)</t>
   </si>
   <si>
-    <t>prueba_Abyssal Halosaur (Inglés), Halosaur (Inglés), Black Halosaur (Inglés), Longnaze Rayé (Francés)</t>
+    <t>Abyssal Halosaur (Inglés), Halosaur (Inglés), Black Halosaur (Inglés), Longnaze Rayé (Francés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Halosaurus guentheri Goode &amp; Bean, 1896</t>
   </si>
   <si>
     <t>Halosaurus johnsonianus Vaillant, 1888</t>
   </si>
   <si>
-    <t>prueba_Halosaur (Inglés)</t>
+    <t>Halosaur (Inglés)</t>
   </si>
   <si>
     <t>Halosaurus ovenii Johnson, 1864</t>
   </si>
   <si>
-    <t>prueba_Halosaur (Inglés), Oven's Halosaur (Inglés)</t>
+    <t>Halosaur (Inglés), Oven's Halosaur (Inglés)</t>
   </si>
   <si>
     <t>Haplophryne mollis (Brauer, 1902)</t>
   </si>
   <si>
     <t>Harriotta haeckeli Karrer, 1972</t>
   </si>
   <si>
     <t>Harriotta raleighana Goode &amp; Bean, 1895</t>
   </si>
   <si>
-    <t>prueba_Peje Rata (Castellano), Quimera De Raleigh (Castellano), Longnosed Chimaera (Inglés), Longnose Chimaera (Inglés), Long-nosed Chimaera (Inglés), Bigspine Spookfish (Inglés), Narrownose Chimaera (Inglés), Chimère De Raleigh (Francés)</t>
+    <t>Peje Rata (Castellano), Quimera De Raleigh (Castellano), Longnosed Chimaera (Inglés), Longnose Chimaera (Inglés), Long-nosed Chimaera (Inglés), Bigspine Spookfish (Inglés), Narrownose Chimaera (Inglés), Chimère De Raleigh (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Helicolenus dactylopterus (Delaroche, 1809)</t>
   </si>
   <si>
-    <t>prueba_Cabra (Castellano), Gallineta (Castellano), Cabra de Altura (Castellano), Pollico (Castellano), Pollo (Castellano), Rubio (Castellano), Rascasio Rubio (Castellano), Blue-mouth Redfish (Inglés), Rockfish (Inglés), Jac (Inglés), Jacopever (Inglés), Rosefish (Inglés), Blackbelly Rosefish (Inglés), Rouget (Francés), Sébaste Chèvre (Francés), Rascasse du Fond (Francés), Rascasse du Nord (Francés)</t>
+    <t>Cabra (Castellano), Gallineta (Castellano), Cabra de Altura (Castellano), Pollico (Castellano), Pollo (Castellano), Rubio (Castellano), Rascasio Rubio (Castellano), Blue-mouth Redfish (Inglés), Rockfish (Inglés), Jac (Inglés), Jacopever (Inglés), Rosefish (Inglés), Blackbelly Rosefish (Inglés), Rouget (Francés), Sébaste Chèvre (Francés), Rascasse du Fond (Francés), Rascasse du Nord (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Hemiramphus balao Lesueur, 1821</t>
   </si>
   <si>
-    <t>prueba_Escribano balao (Castellano), Balao (Inglés), Balao Halfbeak (Inglés)</t>
+    <t>Escribano balao (Castellano), Balao (Inglés), Balao Halfbeak (Inglés)</t>
   </si>
   <si>
     <t>Heniochus acuminatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Reef Bannerfish (Inglés), Longfin Bannerfish (Inglés), Pennant Bannerfish (Inglés), Pennant Coralfish (Inglés), Coachman (Inglés), Pennant Coral Fish (Inglés), Bannerfish (Inglés), Featherfin Coralfish (Inglés), Cocher (Francés), Cocher solitaire (Francés), Garnaison (Francés), Hénioche commun (Francés), Pavillon (Francés)</t>
+    <t>Reef Bannerfish (Inglés), Longfin Bannerfish (Inglés), Pennant Bannerfish (Inglés), Pennant Coralfish (Inglés), Coachman (Inglés), Pennant Coral Fish (Inglés), Bannerfish (Inglés), Featherfin Coralfish (Inglés), Cocher (Francés), Cocher solitaire (Francés), Garnaison (Francés), Hénioche commun (Francés), Pavillon (Francés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Heniochus intermedius Steindachner, 1893</t>
   </si>
   <si>
-    <t>prueba_Red Sea Bannerfish (Inglés)</t>
+    <t>Red Sea Bannerfish (Inglés)</t>
   </si>
   <si>
     <t>Heptranchias perlo (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Sharpnose Sevengill Shark (Inglés), One-finned Shark (Inglés), Sevengill Cow Shark (Inglés), Perlon Shark (Inglés), Sharpsnouted Sevengill (Inglés)</t>
+    <t>Sharpnose Sevengill Shark (Inglés), One-finned Shark (Inglés), Sevengill Cow Shark (Inglés), Perlon Shark (Inglés), Sharpsnouted Sevengill (Inglés)</t>
   </si>
   <si>
     <t>Herwigia kreffti (Nielsen &amp; Larsen, 1970)</t>
   </si>
   <si>
-    <t>prueba_Krefft's Smooth-head (Inglés), Krefft's Slickhead (Inglés), Toothless Slickhead (Inglés)</t>
+    <t>Krefft's Smooth-head (Inglés), Krefft's Slickhead (Inglés), Toothless Slickhead (Inglés)</t>
   </si>
   <si>
     <t>Heteroconger longissimus Günther, 1870</t>
   </si>
   <si>
-    <t>prueba_Anguila Jardinera (Castellano), Congrio de Jardín (Castellano), Brown Garden Eel (Inglés), Garden Eel (Inglés)</t>
+    <t>Anguila Jardinera (Castellano), Congrio de Jardín (Castellano), Brown Garden Eel (Inglés), Garden Eel (Inglés)</t>
   </si>
   <si>
     <t>Heteropriacanthus cruentatus (Lacepède, 1801)</t>
   </si>
   <si>
-    <t>prueba_Catalufa de roca (Castellano), Glasseye Snapper (Inglés), Beauclaire de roche (Francés)</t>
+    <t>Catalufa de roca (Castellano), Glasseye Snapper (Inglés), Beauclaire de roche (Francés)</t>
   </si>
   <si>
     <t>Hexanchus griseus (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Bluntnose Sixgill Shark (Inglés)</t>
+    <t>Bluntnose Sixgill Shark (Inglés)</t>
   </si>
   <si>
     <t>Hexanchus nakamurai Teng, 1962</t>
   </si>
   <si>
-    <t>prueba_Cañabota Ojigrande (Castellano), Bigeyed Sixgill Shark (Inglés), Requin Vache (Francés)</t>
+    <t>Cañabota Ojigrande (Castellano), Bigeyed Sixgill Shark (Inglés), Requin Vache (Francés)</t>
   </si>
   <si>
     <t>Himantolophus groenlandicus Reinhardt, 1837</t>
   </si>
   <si>
-    <t>prueba_Atlantic Football-Fish (Inglés), Atlantic Footballfish (Inglés)</t>
+    <t>Atlantic Football-Fish (Inglés), Atlantic Footballfish (Inglés)</t>
   </si>
   <si>
     <t>Hippocampus algiricus Kaup, 1856</t>
   </si>
   <si>
-    <t>prueba_West African Seahorse (Inglés)</t>
+    <t>West African Seahorse (Inglés)</t>
   </si>
   <si>
     <t>Hippocampus guttulatus Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Caballito de mar (Castellano), Long-snouted Seahorse (Inglés), Seahorse (Inglés), Cheval Marin (Francés), Hippocampe Moucheté (Francés), Cheval de mer (hippocampe) à long bec (Francés)</t>
+    <t>Caballito de mar (Castellano), Long-snouted Seahorse (Inglés), Seahorse (Inglés), Cheval Marin (Francés), Hippocampe Moucheté (Francés), Cheval de mer (hippocampe) à long bec (Francés)</t>
   </si>
   <si>
     <t>Hippocampus ramulosus Leach, 1814</t>
   </si>
   <si>
     <t>Hippocampus hippocampus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cabalo de Mar (Castellano), Caballito de mar (Castellano), Caballo Marino (Castellano), Short Snouted Seahorse (Inglés), Sea Horse (Inglés), Short-snouted Seahorse (Inglés), Cheval de mer (hippocampe) à museau court (Francés), Hippocampe (Francés), Cheval de Mer (Francés), Hippocampe à Museau Court (Francés)</t>
+    <t>Cabalo de Mar (Castellano), Caballito de mar (Castellano), Caballo Marino (Castellano), Short Snouted Seahorse (Inglés), Sea Horse (Inglés), Short-snouted Seahorse (Inglés), Cheval de mer (hippocampe) à museau court (Francés), Hippocampe (Francés), Cheval de Mer (Francés), Hippocampe à Museau Court (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Hirundichthys rondeletii  (Valenciennes, 1847)</t>
   </si>
   <si>
-    <t>prueba_Golondrina del Mar (Castellano), Volador Ala Negra (Castellano), Volador Aleta Negra (Castellano), Volador de Alas Negras (Castellano), Subtropical Flyingfish (Inglés), Blackwing Flyingfish (Inglés), Atlantic Black Wing Flyingfish (Inglés), Flyingfish (Inglés), Exocet Aile Noire (Francés)</t>
+    <t>Golondrina del Mar (Castellano), Volador Ala Negra (Castellano), Volador Aleta Negra (Castellano), Volador de Alas Negras (Castellano), Subtropical Flyingfish (Inglés), Blackwing Flyingfish (Inglés), Atlantic Black Wing Flyingfish (Inglés), Flyingfish (Inglés), Exocet Aile Noire (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Hirundichthys speculiger (Valenciennes, 1847)</t>
   </si>
   <si>
-    <t>prueba_Volador Espejo (Castellano), Pez Volador (Castellano), Flyingfish (Inglés), Mirrorfinned Flying-fish (Inglés), Black-finned Flying-fish (Inglés), Mirrorwing Flyingfish (Inglés), Exocet Miroir (Francés)</t>
+    <t>Volador Espejo (Castellano), Pez Volador (Castellano), Flyingfish (Inglés), Mirrorfinned Flying-fish (Inglés), Black-finned Flying-fish (Inglés), Mirrorwing Flyingfish (Inglés), Exocet Miroir (Francés)</t>
   </si>
   <si>
     <t>Holcomycteronus squamosus (Roule, 1916)</t>
   </si>
   <si>
     <t>Holocentrus adscensionis (Osbeck, 1765)</t>
   </si>
   <si>
-    <t>prueba_Carajuelo (Castellano), Candil Gallito (Castellano), Longjaw Squirrelfish (Inglés), Hardback Soldier (Inglés), Cook (Inglés), Squirrelfish (Inglés), Marignon Coq (Francés)</t>
+    <t>Carajuelo (Castellano), Candil Gallito (Castellano), Longjaw Squirrelfish (Inglés), Hardback Soldier (Inglés), Cook (Inglés), Squirrelfish (Inglés), Marignon Coq (Francés)</t>
   </si>
   <si>
     <t>Holtbyrnia macrops Maul, 1957</t>
   </si>
   <si>
-    <t>prueba_Bigeye Searsid (Inglés)</t>
+    <t>Bigeye Searsid (Inglés)</t>
   </si>
   <si>
     <t>Hoplostethus cadenati Quéro, 1974</t>
   </si>
   <si>
-    <t>prueba_Reloj Negro (Castellano), Black Roughy (Inglés), Black Slimehead (Inglés), Hoplostète Noir (Francés)</t>
+    <t>Reloj Negro (Castellano), Black Roughy (Inglés), Black Slimehead (Inglés), Hoplostète Noir (Francés)</t>
   </si>
   <si>
     <t>Hoplostethus mediterraneus Cuvier, 1829</t>
   </si>
   <si>
     <t>Howella atlantica Post &amp; Quéro, 1991</t>
   </si>
   <si>
-    <t>prueba_Atlantic Pricklefish (Inglés)</t>
+    <t>Atlantic Pricklefish (Inglés)</t>
   </si>
   <si>
     <t>Hydrolagus affinis (de Brito Capello, 1868)</t>
   </si>
   <si>
-    <t>prueba_Quimera Ojo Chico (Castellano), Smalleyed Rabbitfish (Inglés), Atlantic Chimaera (Inglés), Chimère À Petits Yeux (Francés)</t>
+    <t>Quimera Ojo Chico (Castellano), Smalleyed Rabbitfish (Inglés), Atlantic Chimaera (Inglés), Chimère À Petits Yeux (Francés)</t>
   </si>
   <si>
     <t>Hydrolagus lusitanicus Moura, Figueiredo, Bordalo-Machado, Almeida &amp; Gordo, 2005</t>
   </si>
   <si>
     <t>Hydrolagus mirabilis (Collett, 1904)</t>
   </si>
   <si>
-    <t>prueba_Quimera Ojón (Castellano), Large-eyed Rabbitfish (Inglés)</t>
+    <t>Quimera Ojón (Castellano), Large-eyed Rabbitfish (Inglés)</t>
   </si>
   <si>
     <t>Hydrolagus pallidus Hardy and Stehmann, 1990</t>
   </si>
   <si>
-    <t>prueba_Pale Ghost Shark (Inglés), Pale Chimaera (Inglés)</t>
+    <t>Pale Ghost Shark (Inglés), Pale Chimaera (Inglés)</t>
   </si>
   <si>
     <t>Hygophum benoiti (Cocco, 1838)</t>
   </si>
   <si>
-    <t>prueba_Benoit's Lanternfish (Inglés), Lanternfish (Inglés), Benoit's Lantern Fish (Inglés), Lanterne Benoite (Francés)</t>
+    <t>Benoit's Lanternfish (Inglés), Lanternfish (Inglés), Benoit's Lantern Fish (Inglés), Lanterne Benoite (Francés)</t>
   </si>
   <si>
     <t>Hygophum hygomii (Lütken, 1892)</t>
   </si>
   <si>
-    <t>prueba_Benet Negro (Castellano), Bermuda Lantern Fish (Inglés), Lanternfish (Inglés), Hygom's Lanternfish (Inglés), Lanterne des Bermudes (Francés)</t>
+    <t>Benet Negro (Castellano), Bermuda Lantern Fish (Inglés), Lanternfish (Inglés), Hygom's Lanternfish (Inglés), Lanterne des Bermudes (Francés)</t>
   </si>
   <si>
     <t>Hygophum macrochir (Günther, 1864)</t>
   </si>
   <si>
     <t>Hygophum reinhardtii Lütken, 1892</t>
   </si>
   <si>
     <t>Hygophum taaningi Bekker, 1965</t>
   </si>
   <si>
     <t>Hymenocephalus gracilis (Gilbert &amp; Hubbs, 1920)</t>
   </si>
   <si>
     <t>Hymenocephalus italicus Giglioli, 1884</t>
   </si>
   <si>
-    <t>prueba_Pez Rata (Castellano), Granadero (Castellano), Glasshead Grenadier (Inglés), Soft-headed Rattail (Inglés), Silver Rattail (Inglés), Italian Grenader (Inglés)</t>
+    <t>Pez Rata (Castellano), Granadero (Castellano), Glasshead Grenadier (Inglés), Soft-headed Rattail (Inglés), Silver Rattail (Inglés), Italian Grenader (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Hyperoglyphe perciformis (Mitchill, 1818)</t>
   </si>
   <si>
-    <t>prueba_Rufo Derivante (Castellano), Barrelfish (Inglés), Driftfish (Inglés), Rouffe des Epaves (Francés)</t>
+    <t>Rufo Derivante (Castellano), Barrelfish (Inglés), Driftfish (Inglés), Rouffe des Epaves (Francés)</t>
   </si>
   <si>
     <t>Hyperoplus lanceolatus (Le Sauvage, 1824)</t>
   </si>
   <si>
-    <t>prueba_Lanzon (Castellano), Pión (Castellano), Launce (Inglés), Greater Sand-eel (Inglés), Great Sand Eel (Inglés), Great Sandeel (Inglés), Lançon (Francés), Lançon Commun (Francés)</t>
+    <t>Lanzon (Castellano), Pión (Castellano), Launce (Inglés), Greater Sand-eel (Inglés), Great Sand Eel (Inglés), Great Sandeel (Inglés), Lançon (Francés), Lançon Commun (Francés)</t>
   </si>
   <si>
     <t>Hypleurochilus pseudoaequipinnis Bath, 1994</t>
   </si>
   <si>
-    <t>prueba_Oyster Blenny (Inglés)</t>
+    <t>Oyster Blenny (Inglés)</t>
   </si>
   <si>
     <t>Hyporhamphus picarti (Valenciennes, 1847)</t>
   </si>
   <si>
-    <t>prueba_Agujeta Africana (Castellano), African Halfbeak (Inglés), Demi-bec (Francés), Balaou (Francés), Demi-bec Africain (Francés)</t>
+    <t>Agujeta Africana (Castellano), African Halfbeak (Inglés), Demi-bec (Francés), Balaou (Francés), Demi-bec Africain (Francés)</t>
   </si>
   <si>
     <t>Hemiramphus calabaricus Günther, 1866</t>
   </si>
   <si>
     <t>Hyporthodus haifensis (Ben-Tuvia, 1953)</t>
   </si>
   <si>
-    <t>prueba_Mero De Haifa (Castellano), Haifa Grouper (Inglés), Mérou D'haifa (Francés)</t>
+    <t>Mero De Haifa (Castellano), Haifa Grouper (Inglés), Mérou D'haifa (Francés)</t>
   </si>
   <si>
     <t>Ichthyococcus ovatus (Cocco, 1838)</t>
   </si>
   <si>
-    <t>prueba_Lightfish (Inglés), Ovate Lightfish (Inglés)</t>
+    <t>Lightfish (Inglés), Ovate Lightfish (Inglés)</t>
   </si>
   <si>
     <t>Idiacanthus fasciola Peters, 1877</t>
   </si>
   <si>
-    <t>prueba_Dragón Negro (Castellano), Ribbon Sawtail Fish (Inglés), Black Dragonfish (Inglés), Sawtailfish (Inglés), Deepsea Stalkeye Fish (Inglés), Gleaming-tailed Seadragon (Inglés), Black Dragon (Inglés), Serpent Black Dragonfish (Inglés), Serpent Dragon (Inglés)</t>
+    <t>Dragón Negro (Castellano), Ribbon Sawtail Fish (Inglés), Black Dragonfish (Inglés), Sawtailfish (Inglés), Deepsea Stalkeye Fish (Inglés), Gleaming-tailed Seadragon (Inglés), Black Dragon (Inglés), Serpent Black Dragonfish (Inglés), Serpent Dragon (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Ijimaia loppei Roule, 1922</t>
   </si>
   <si>
-    <t>prueba_Pata de pulpo (Castellano), Loppe's Tadpole Fish (Inglés), Atéléopode de Loppe (Francés)</t>
+    <t>Pata de pulpo (Castellano), Loppe's Tadpole Fish (Inglés), Atéléopode de Loppe (Francés)</t>
   </si>
   <si>
     <t>Ilyophis brunneus Gilbert, 1891</t>
   </si>
   <si>
-    <t>prueba_Muddy Arrowtooth Eel (Inglés)</t>
+    <t>Muddy Arrowtooth Eel (Inglés)</t>
   </si>
   <si>
     <t>Isistius plutodus Garrick &amp; Springer, 1964</t>
   </si>
   <si>
-    <t>prueba_Tollo Cigarro Dentón (Castellano), Largetooth Cookiecutter Shark (Inglés), Longtooth Cookiecutter Shark (Inglés), Bigtooth Cookiecutter (Inglés), Gulf Dogfish (Inglés), Squalelet Dentu (Francés)</t>
+    <t>Tollo Cigarro Dentón (Castellano), Largetooth Cookiecutter Shark (Inglés), Longtooth Cookiecutter Shark (Inglés), Bigtooth Cookiecutter (Inglés), Gulf Dogfish (Inglés), Squalelet Dentu (Francés)</t>
   </si>
   <si>
     <t>Isurus oxyrinchus Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Marrajo común (Castellano), Shortfin Mako (Inglés)</t>
+    <t>Marrajo común (Castellano), Shortfin Mako (Inglés)</t>
   </si>
   <si>
     <t>Isurus paucus Guitart, 1966</t>
   </si>
   <si>
-    <t>prueba_Dientuso Prieto (Castellano), Marrajo Carite (Castellano), Longfin Mako (Inglés), Taupe Longue Aile (Francés), Petit Taupe (Francés)</t>
+    <t>Dientuso Prieto (Castellano), Marrajo Carite (Castellano), Longfin Mako (Inglés), Taupe Longue Aile (Francés), Petit Taupe (Francés)</t>
   </si>
   <si>
     <t>Kajikia albida (Poey, 1860)</t>
   </si>
   <si>
-    <t>prueba_Pez Aguja (Castellano), Aguja de Paladar (Castellano), Alfiler (Castellano), Alton (Castellano), Cabezona (Castellano), Cometa (Castellano), Marlin Blanco (Castellano), Aguja de Costa (Castellano), Aguja Blanca (Castellano), Aguja Blanca del Atlántico (Castellano), Skilligalee (Inglés), White Marlin (Inglés), Marlin (Inglés), Espadon (Francés), Makaire Blanc (Francés), Makaire Blanc de L'Atlantique (Francés), Blanca (Valenciano)</t>
+    <t>Pez Aguja (Castellano), Aguja de Paladar (Castellano), Alfiler (Castellano), Alton (Castellano), Cabezona (Castellano), Cometa (Castellano), Marlin Blanco (Castellano), Aguja de Costa (Castellano), Aguja Blanca (Castellano), Aguja Blanca del Atlántico (Castellano), Skilligalee (Inglés), White Marlin (Inglés), Marlin (Inglés), Espadon (Francés), Makaire Blanc (Francés), Makaire Blanc de L'Atlantique (Francés), Blanca (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés, Valenciano</t>
   </si>
   <si>
     <t>Kali macrura (Parr, 1933)</t>
   </si>
   <si>
     <t>Katsuwonus pelamis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pal (Castellano), Bonito (Castellano), Bonita (Castellano), Bonito De Altura (Castellano), Bonito Del Sur (Castellano), Bonito De Veintre Rayado (Castellano), Bonito Listado (Castellano), Bonito Oceánico (Castellano), Cachureta (Castellano), Tamboril Pintado (Castellano), Descargamento (Castellano), Lampo (Castellano), Listado (Castellano), Llampua (Castellano), Merma (Castellano), Atún (Castellano), Cachorreta (Castellano), Atún De Altura (Castellano), Bonitol (Castellano), Barrilete (Castellano), Barrilete Listado (Castellano), Skipjack Tuna (Inglés), Skipjack (Inglés), Oceanic Bonito (Inglés), Stripy (Inglés), Bonite Ventre Rayé (Francés), Bonitou (Francés), Bounicou (Francés), Listao (Francés), Thonine à Ventre Rayé (Francés), Ton Rayé (Francés), Bonite (Francés), Bonite à Ventre Rayé (Francés), Bonite Folle (Francés)</t>
+    <t>Pal (Castellano), Bonito (Castellano), Bonita (Castellano), Bonito De Altura (Castellano), Bonito Del Sur (Castellano), Bonito De Veintre Rayado (Castellano), Bonito Listado (Castellano), Bonito Oceánico (Castellano), Cachureta (Castellano), Tamboril Pintado (Castellano), Descargamento (Castellano), Lampo (Castellano), Listado (Castellano), Llampua (Castellano), Merma (Castellano), Atún (Castellano), Cachorreta (Castellano), Atún De Altura (Castellano), Bonitol (Castellano), Barrilete (Castellano), Barrilete Listado (Castellano), Skipjack Tuna (Inglés), Skipjack (Inglés), Oceanic Bonito (Inglés), Stripy (Inglés), Bonite Ventre Rayé (Francés), Bonitou (Francés), Bounicou (Francés), Listao (Francés), Thonine à Ventre Rayé (Francés), Ton Rayé (Francés), Bonite (Francés), Bonite à Ventre Rayé (Francés), Bonite Folle (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Kyphosus sectatrix (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Chopa Blanca (Castellano), Chopa (Castellano), Morocota (Castellano), Chub (Inglés), Rudderfish (Inglés), Rudder Fish (Inglés), Beaked Chub (Inglés), Black Snapper (Inglés), Brim (Inglés), Grey Drummer (Inglés), Pacific Chub (Inglés), Bermuda Chub (Inglés), Rudder-fish (Inglés), Bermuda Sea Chub (Inglés), Calicagère Blanche (Francés)</t>
+    <t>Chopa Blanca (Castellano), Chopa (Castellano), Morocota (Castellano), Chub (Inglés), Rudderfish (Inglés), Rudder Fish (Inglés), Beaked Chub (Inglés), Black Snapper (Inglés), Brim (Inglés), Grey Drummer (Inglés), Pacific Chub (Inglés), Bermuda Chub (Inglés), Rudder-fish (Inglés), Bermuda Sea Chub (Inglés), Calicagère Blanche (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Labrisomus nuchipinnis (Quoy &amp; Gaimard, 1824)</t>
   </si>
   <si>
-    <t>prueba_Guavina (Castellano), Sapito Cabezón (Castellano), Trambollo Peludo (Castellano), Hairy Blenny (Inglés), Molly Miller (Inglés)</t>
+    <t>Guavina (Castellano), Sapito Cabezón (Castellano), Trambollo Peludo (Castellano), Hairy Blenny (Inglés), Molly Miller (Inglés)</t>
   </si>
   <si>
     <t>Labrus bergylta Ascanius, 1767</t>
   </si>
   <si>
-    <t>prueba_Durdo (Castellano), Maragota (Castellano), Pinto (Castellano), Ballan Wrasse (Inglés), Vieille (Francés), Vieille commune (Francés)</t>
+    <t>Durdo (Castellano), Maragota (Castellano), Pinto (Castellano), Ballan Wrasse (Inglés), Vieille (Francés), Vieille commune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Labrus merula Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Merlo (Castellano), Brown Wrasse (Inglés), Cuckoo Wrasse (Inglés), Merle (Francés)</t>
+    <t>Merlo (Castellano), Brown Wrasse (Inglés), Cuckoo Wrasse (Inglés), Merle (Francés)</t>
   </si>
   <si>
     <t>Labrus mixtus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Gallano (Castellano), Cuckoo Wrasse (Inglés), Vieille coquette (Francés)</t>
+    <t>Gallano (Castellano), Cuckoo Wrasse (Inglés), Vieille coquette (Francés)</t>
   </si>
   <si>
     <t>Labrus viridis Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Tordo (Castellano), Green Wrasse (Inglés), Labre Vert (Francés)</t>
+    <t>Tordo (Castellano), Green Wrasse (Inglés), Labre Vert (Francés)</t>
   </si>
   <si>
     <t>Laemonema robustum Johnson, 1862</t>
   </si>
   <si>
-    <t>prueba_Robust cod (Inglés), Robust codling (Inglés), Robust mora (Inglés)</t>
+    <t>Robust cod (Inglés), Robust codling (Inglés), Robust mora (Inglés)</t>
   </si>
   <si>
     <t>Laemonema yarrellii (Lowe, 1838)</t>
   </si>
   <si>
     <t>Lagocephalus laevigatus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Sapo marino (Castellano), Conejo (Castellano), Pez Globo (Castellano), Ratón (Castellano), Sapo Cabezón (Castellano), Tamboril (Castellano), Tamboril Gigante (Castellano), Tamboril Mondeque (Castellano), Tambril (Castellano), Smooth Puffer (Inglés), Puffer (Inglés), Tétraodon (Francés), Compère Lisse (Francés), Faux Perroquet (Francés), Perroquet (Francés), Poisson Lampe (Francés), Poisson-coffre (Francés), Tambor (Mallorquín)</t>
+    <t>Sapo marino (Castellano), Conejo (Castellano), Pez Globo (Castellano), Ratón (Castellano), Sapo Cabezón (Castellano), Tamboril (Castellano), Tamboril Gigante (Castellano), Tamboril Mondeque (Castellano), Tambril (Castellano), Smooth Puffer (Inglés), Puffer (Inglés), Tétraodon (Francés), Compère Lisse (Francés), Faux Perroquet (Francés), Perroquet (Francés), Poisson Lampe (Francés), Poisson-coffre (Francés), Tambor (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Mallorquín</t>
   </si>
   <si>
     <t>Lagocephalus lagocephalus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Lagocephalus sceleratus (Gmelin, 1789)</t>
   </si>
   <si>
     <t>Lamna nasus (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Tiburón Sardinero (Castellano), Marrajo Sardinero (Castellano), Cailón (Castellano), Porbeagle (Inglés), Requin-taupe Commun (Francés), Requin taupe (Francés), Tintorera (Valenciano)</t>
+    <t>Tiburón Sardinero (Castellano), Marrajo Sardinero (Castellano), Cailón (Castellano), Porbeagle (Inglés), Requin-taupe Commun (Francés), Requin taupe (Francés), Tintorera (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Francés, Francés, Valenciano</t>
   </si>
   <si>
     <t>Lampadena chavesi Collett, 1905</t>
   </si>
   <si>
     <t>Lampadena speculigera Goode &amp; Bean, 1896</t>
   </si>
   <si>
-    <t>prueba_Mirror Lanternfish (Inglés), Lanternule-opale costumée (Francés)</t>
+    <t>Mirror Lanternfish (Inglés), Lanternule-opale costumée (Francés)</t>
   </si>
   <si>
     <t>Lampadena urophaos atlantica Paxton, 1963</t>
   </si>
   <si>
     <t>Lampadena urophaos Paxton, 1963</t>
   </si>
   <si>
     <t>Lampanyctus alatus Goode &amp; Bean, 1896</t>
   </si>
   <si>
     <t>Lampanyctus crocodilus (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Madre de la Anchoa (Castellano), Pez Linterna (Castellano), Jewel Lanternfish (Inglés), Lanternfish (Inglés), Lantern Fish (Inglés), Lanterne Crocodile (Francés)</t>
+    <t>Madre de la Anchoa (Castellano), Pez Linterna (Castellano), Jewel Lanternfish (Inglés), Lanternfish (Inglés), Lantern Fish (Inglés), Lanterne Crocodile (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Lampanyctus festivus Tåning, 1928</t>
   </si>
   <si>
     <t>Lampanyctus intricarius Tåning, 1928</t>
   </si>
   <si>
-    <t>prueba_Diamondcheek Lanternfish (Inglés), Lanternfish (Inglés), Intricate Lanternfish (Inglés), Lanterne à Joue Pailletée (Francés)</t>
+    <t>Diamondcheek Lanternfish (Inglés), Lanternfish (Inglés), Intricate Lanternfish (Inglés), Lanterne à Joue Pailletée (Francés)</t>
   </si>
   <si>
     <t>Lampanyctus nobilis Tåning, 1928</t>
   </si>
   <si>
-    <t>prueba_Noble Lanternfish (Inglés), Noble Lampfish (Inglés)</t>
+    <t>Noble Lanternfish (Inglés), Noble Lampfish (Inglés)</t>
   </si>
   <si>
     <t>Lampanyctus photonotus Parr, 1928</t>
   </si>
   <si>
-    <t>prueba_Dotback Lanternfish (Inglés)</t>
+    <t>Dotback Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Lampanyctus pusillus (Johnson, 1890)</t>
   </si>
   <si>
-    <t>prueba_Lanternfish (Inglés), Pygmy Lanternfish (Inglés)</t>
+    <t>Lanternfish (Inglés), Pygmy Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Lampris guttatus (Brünnich, 1788)</t>
   </si>
   <si>
-    <t>prueba_Epromar (Castellano), Pez sol (Castellano), Luna Real (Castellano), Opa (Castellano), Pez Mariposa (Castellano), Spotted Opah (Inglés), Opah (Inglés), Sunfish (Inglés), Cravo (Inglés), Glacefish (Inglés), Moonfish (Inglés), Gudlax (Inglés), Jerusalem Haddock (Inglés), Kingfish (Inglés), Mariposa (Inglés), Ocean Moonfish (Inglés), Arokura (Inglés), Opal Fish (Inglés), San Pedrofish (Inglés), Spotted Moonfish (Inglés), Poisson-lune (Francés), Poisson Royal (Francés), Saumon des Dieux (Francés), Lampris (Francés), Poisson Lune (Francés)</t>
+    <t>Epromar (Castellano), Pez sol (Castellano), Luna Real (Castellano), Opa (Castellano), Pez Mariposa (Castellano), Spotted Opah (Inglés), Opah (Inglés), Sunfish (Inglés), Cravo (Inglés), Glacefish (Inglés), Moonfish (Inglés), Gudlax (Inglés), Jerusalem Haddock (Inglés), Kingfish (Inglés), Mariposa (Inglés), Ocean Moonfish (Inglés), Arokura (Inglés), Opal Fish (Inglés), San Pedrofish (Inglés), Spotted Moonfish (Inglés), Poisson-lune (Francés), Poisson Royal (Francés), Saumon des Dieux (Francés), Lampris (Francés), Poisson Lune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Lappanella fasciata (Cocco, 1833)</t>
   </si>
   <si>
-    <t>prueba_Iris Wrasse (Inglés)</t>
+    <t>Iris Wrasse (Inglés)</t>
   </si>
   <si>
     <t>Lebetus scorpioides (Collett, 1874)</t>
   </si>
   <si>
-    <t>prueba_Diminutive Goby (Inglés), Gobie-nabot (Francés)</t>
+    <t>Diminutive Goby (Inglés), Gobie-nabot (Francés)</t>
   </si>
   <si>
     <t>Lepadogaster lepadogaster (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Cornish Sucker (Inglés), Shore Clingfish (Inglés), Barbier (Francés), Lépadogastère de Gouan (Francés), Lépadogastre (Francés)</t>
+    <t>Cornish Sucker (Inglés), Shore Clingfish (Inglés), Barbier (Francés), Lépadogastère de Gouan (Francés), Lépadogastre (Francés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Lepadogaster purpurea (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Cornish Sucker (Inglés), Shore Clingfish (Inglés)</t>
+    <t>Cornish Sucker (Inglés), Shore Clingfish (Inglés)</t>
   </si>
   <si>
     <t>Lepidion guentheri (Giglioli, 1880)</t>
   </si>
   <si>
-    <t>prueba_Morid Cod (Inglés), Guenther's Codling (Inglés)</t>
+    <t>Morid Cod (Inglés), Guenther's Codling (Inglés)</t>
   </si>
   <si>
     <t>Lepidion lepidion (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Mediterranean Codling (Inglés), Mostelle à Plumet (Francés)</t>
+    <t>Mediterranean Codling (Inglés), Mostelle à Plumet (Francés)</t>
   </si>
   <si>
     <t>Lepidocybium flavobrunneum (Smith, 1843)</t>
   </si>
   <si>
-    <t>prueba_Escolar Negro (Castellano), Petróleo (Castellano), Pez Aceite (Castellano), Miramelindo (Castellano), Mírame Lindo (Castellano), Escolar (Inglés), Escolier Noir (Francés)</t>
+    <t>Escolar Negro (Castellano), Petróleo (Castellano), Pez Aceite (Castellano), Miramelindo (Castellano), Mírame Lindo (Castellano), Escolar (Inglés), Escolier Noir (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Francés</t>
   </si>
   <si>
     <t>Lepidophanes gaussi (Brauer, 1906)</t>
   </si>
   <si>
     <t>Lepidophanes guentheri (Goode &amp; Bean, 1896)</t>
   </si>
   <si>
     <t>Lepidopus caudatus (Euphrasen, 1788)</t>
   </si>
   <si>
-    <t>prueba_Basurero (Castellano), Cinta (Castellano), Espadiella (Castellano), Pez Cinto (Castellano), Sable (Castellano), Sable Negro (Castellano), Southern Frostfish (Inglés), Ribbonfish (Inglés), Scabbardfish (Inglés), Scabbard Fish (Inglés), Buttersnoek (Inglés), Silver Scabbard Fish (Inglés), Silver Scabbardfish (Inglés), Frostfish (Inglés), Sabre Argenté (Francés), Sabre (Francés)</t>
+    <t>Basurero (Castellano), Cinta (Castellano), Espadiella (Castellano), Pez Cinto (Castellano), Sable (Castellano), Sable Negro (Castellano), Southern Frostfish (Inglés), Ribbonfish (Inglés), Scabbardfish (Inglés), Scabbard Fish (Inglés), Buttersnoek (Inglés), Silver Scabbard Fish (Inglés), Silver Scabbardfish (Inglés), Frostfish (Inglés), Sabre Argenté (Francés), Sabre (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Lepidorhombus boscii (Risso, 1810)</t>
   </si>
   <si>
     <t>Lepidorhombus whiffiagonis (Walbaum, 1792)</t>
   </si>
   <si>
     <t>Lepidotrigla dieuzeidei Blanc &amp; Hureau, 1973</t>
   </si>
   <si>
-    <t>prueba_Cabete Espinoso (Castellano), Cabete Espinudo (Castellano), Spiny Gurnard (Inglés), Grondin de Dieuzeide (Francés), Cavillone Lisse (Francés)</t>
+    <t>Cabete Espinoso (Castellano), Cabete Espinudo (Castellano), Spiny Gurnard (Inglés), Grondin de Dieuzeide (Francés), Cavillone Lisse (Francés)</t>
   </si>
   <si>
     <t>Leptoderma macrops Vaillant, 1886</t>
   </si>
   <si>
-    <t>prueba_Grenadier Smooth-head (Inglés)</t>
+    <t>Grenadier Smooth-head (Inglés)</t>
   </si>
   <si>
     <t>Leptostomias bilobatus (Koefoed, 1965)</t>
   </si>
   <si>
     <t>Leptostomias gladiator (Zugmayer, 1911)</t>
   </si>
   <si>
     <t>Leptostomias gracilis Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Leptostomias haplocaulus Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Leptostomias longibarba Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Lestidiops affinis (Ege, 1930)</t>
   </si>
   <si>
-    <t>prueba_Barracudina Incolora (Castellano), Barracudina (Inglés)</t>
+    <t>Barracudina Incolora (Castellano), Barracudina (Inglés)</t>
   </si>
   <si>
     <t>Lestidiops jayakari (Boulenger, 1889)</t>
   </si>
   <si>
     <t>Lestidiops sphyrenoides (Risso, 1820)</t>
   </si>
   <si>
-    <t>prueba_Barracudina (Inglés)</t>
+    <t>Barracudina (Inglés)</t>
   </si>
   <si>
     <t>Lesueurigobius friesii (Malm, 1874)</t>
   </si>
   <si>
-    <t>prueba_Gobio de Fries (Castellano), Gobio de Lesueur (Castellano), Frie's Goby (Inglés), Gobie à Grandes Écailles (Francés)</t>
+    <t>Gobio de Fries (Castellano), Gobio de Lesueur (Castellano), Frie's Goby (Inglés), Gobie à Grandes Écailles (Francés)</t>
   </si>
   <si>
     <t>Lesueurigobius sanzi (de Buen, 1918)</t>
   </si>
   <si>
-    <t>prueba_Gobio de Sanzo (Castellano), Sanzo's Goby (Inglés), Gobie de Sanzo (Francés)</t>
+    <t>Gobio de Sanzo (Castellano), Sanzo's Goby (Inglés), Gobie de Sanzo (Francés)</t>
   </si>
   <si>
     <t>Leucoraja circularis (Couch, 1838)</t>
   </si>
   <si>
-    <t>prueba_Raya falsa vela (Castellano), Sandy Skate (Inglés)</t>
+    <t>Raya falsa vela (Castellano), Sandy Skate (Inglés)</t>
   </si>
   <si>
     <t>Raja circularis Couch, 1838</t>
   </si>
   <si>
     <t>Leucoraja fullonica (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Shagreen Skate (Inglés)</t>
+    <t>Shagreen Skate (Inglés)</t>
   </si>
   <si>
     <t>Leucoraja naevus (Müller &amp; Henle, 1841)</t>
   </si>
   <si>
-    <t>prueba_Cuckoo Skate (Inglés)</t>
+    <t>Cuckoo Skate (Inglés)</t>
   </si>
   <si>
     <t>Lichia amia (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Colomida (Castellano), Dorado (Castellano), Palometon (Castellano), Palometón (Castellano), Palomida (Castellano), Serviola (Castellano), Sorell de Peña (Castellano), Garrick (Inglés), Leerfish (Inglés), Pampano (Inglés), Lichio (Francés), Lich Né-bé (Francés), Litcha (Francés), Liche (Francés), Lichié Amie (Francés), Caranga (Francés), Liche Vadigo (Francés), Fausse Palomète (Francés), Grande Liche (Francés), Liche Amie (Francés)</t>
+    <t>Colomida (Castellano), Dorado (Castellano), Palometon (Castellano), Palometón (Castellano), Palomida (Castellano), Serviola (Castellano), Sorell de Peña (Castellano), Garrick (Inglés), Leerfish (Inglés), Pampano (Inglés), Lichio (Francés), Lich Né-bé (Francés), Litcha (Francés), Liche (Francés), Lichié Amie (Francés), Caranga (Francés), Liche Vadigo (Francés), Fausse Palomète (Francés), Grande Liche (Francés), Liche Amie (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Linophryne coronata Parr, 1927</t>
   </si>
   <si>
     <t>Linophryne racemifera Regan &amp; Trewavas, 1932</t>
   </si>
   <si>
     <t>Liparis montagui (Donovan, 1804)</t>
   </si>
   <si>
-    <t>prueba_Montagu's Sea Snail (Inglés), Montagu's Sea-snail (Inglés), Montagus Seasnail (Inglés), Petite Limace de Mer (Francés)</t>
+    <t>Montagu's Sea Snail (Inglés), Montagu's Sea-snail (Inglés), Montagus Seasnail (Inglés), Petite Limace de Mer (Francés)</t>
   </si>
   <si>
     <t>Lipophrys pholis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Shanny (Inglés), Blenny (Inglés), Shan (Inglés), Mordocet (Francés)</t>
+    <t>Shanny (Inglés), Blenny (Inglés), Shan (Inglés), Mordocet (Francés)</t>
   </si>
   <si>
     <t>Lipophrys trigloides (Valenciennes, 1836)</t>
   </si>
   <si>
-    <t>prueba_Futarra (Castellano), Blennie Trigloïde (Francés)</t>
+    <t>Futarra (Castellano), Blennie Trigloïde (Francés)</t>
   </si>
   <si>
     <t>Lithognathus mormyrus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Herrera (Castellano), Striped Seabream (Inglés), Sand Steenbras (Inglés), Pageot (Francés), Dorade Marbré (Francés), Marbré (Francés), Pageau Gris (Francés)</t>
+    <t>Herrera (Castellano), Striped Seabream (Inglés), Sand Steenbras (Inglés), Pageot (Francés), Dorade Marbré (Francés), Marbré (Francés), Pageau Gris (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Lobianchia dofleini (Zugmayer, 1911)</t>
   </si>
   <si>
-    <t>prueba_Japonés (Castellano), Mictófido (Castellano), Dofleini's Lantern Fish (Inglés), Lanternfish (Inglés), Doflein's lanternfish (Inglés), Lanterne de Dofleini (Francés)</t>
+    <t>Japonés (Castellano), Mictófido (Castellano), Dofleini's Lantern Fish (Inglés), Lanternfish (Inglés), Doflein's lanternfish (Inglés), Lanterne de Dofleini (Francés)</t>
   </si>
   <si>
     <t>Lobianchia gemellarii (Cocco, 1838)</t>
   </si>
   <si>
-    <t>prueba_Cocco's Lantern Fish (Inglés), Lanternfish (Inglés), Gemellar's Lanternfish (Inglés)</t>
+    <t>Cocco's Lantern Fish (Inglés), Lanternfish (Inglés), Gemellar's Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Lobotes surinamensis (Bloch, 1790)</t>
   </si>
   <si>
-    <t>prueba_Berrugate (Castellano), Burro (Castellano), Berrugato (Castellano), Biajaca de la Mar (Castellano), Biajaca de Mar (Castellano), Biajacas de Mar (Castellano), Dormilona (Castellano), Dormilona Del Atlántico (Castellano), Macuri (Castellano), Pargee (Castellano), Phargee (Castellano), Tres Colitas (Castellano), Viuda Dormilona (Castellano), Dusky Triple-tail (Inglés), Flasher (Inglés), Sleepfish (Inglés), Tripletail (Inglés), Triple-tail (Inglés), Triple Tail (Inglés), Tripple Tail (Inglés), Black Grunt (Inglés), Atlantic Tripletail (Inglés), Brown Triple Tail (Inglés), Conchy Leaf (Inglés), Dusky Tripletail (Inglés), Black Perch (Inglés), Bouyfish (Inglés), Bouy Fish (Inglés), Brown Tripletail (Inglés), Chobie (Francés), Croupia Roche (Francés), Dormeur (Francés)</t>
+    <t>Berrugate (Castellano), Burro (Castellano), Berrugato (Castellano), Biajaca de la Mar (Castellano), Biajaca de Mar (Castellano), Biajacas de Mar (Castellano), Dormilona (Castellano), Dormilona Del Atlántico (Castellano), Macuri (Castellano), Pargee (Castellano), Phargee (Castellano), Tres Colitas (Castellano), Viuda Dormilona (Castellano), Dusky Triple-tail (Inglés), Flasher (Inglés), Sleepfish (Inglés), Tripletail (Inglés), Triple-tail (Inglés), Triple Tail (Inglés), Tripple Tail (Inglés), Black Grunt (Inglés), Atlantic Tripletail (Inglés), Brown Triple Tail (Inglés), Conchy Leaf (Inglés), Dusky Tripletail (Inglés), Black Perch (Inglés), Bouyfish (Inglés), Bouy Fish (Inglés), Brown Tripletail (Inglés), Chobie (Francés), Croupia Roche (Francés), Dormeur (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Lophius budegassa Spinola, 1807</t>
   </si>
   <si>
-    <t>prueba_Rape Negro (Castellano), Rape Rojizo (Castellano), Blackbellied Angler (Inglés), European Anglerfish (Inglés), White Angler Fish (Inglés), Black-bellied Angler (Inglés), Baudroie Rousse (Francés), Lotte (Francés), Baudroie (Francés)</t>
+    <t>Rape Negro (Castellano), Rape Rojizo (Castellano), Blackbellied Angler (Inglés), European Anglerfish (Inglés), White Angler Fish (Inglés), Black-bellied Angler (Inglés), Baudroie Rousse (Francés), Lotte (Francés), Baudroie (Francés)</t>
   </si>
   <si>
     <t>Lophius piscatorius Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Rape (Castellano), Xuliana (Castellano), Rape Blanco (Castellano), Angler fish (Inglés), Monk (Inglés), Angler (Inglés), Anglerfish (Inglés), Baudroie (Francés), Lotte (Francés), Marache (Francés), Baudroie Commune (Francés)</t>
+    <t>Rape (Castellano), Xuliana (Castellano), Rape Blanco (Castellano), Angler fish (Inglés), Monk (Inglés), Angler (Inglés), Anglerfish (Inglés), Baudroie (Francés), Lotte (Francés), Marache (Francés), Baudroie Commune (Francés)</t>
   </si>
   <si>
     <t>Lophotus lacepede Giorna, 1809</t>
   </si>
   <si>
-    <t>prueba_Cordunita (Castellano), Fleco de Gallo (Castellano), Unicorn Ribbonfish (Inglés), Unicorn Fish (Inglés), Crested Oarfish (Inglés), Oarfish (Inglés), Crestfish (Inglés), Lophotes (Francés), Poisson-ruban Licorne (Francés)</t>
+    <t>Cordunita (Castellano), Fleco de Gallo (Castellano), Unicorn Ribbonfish (Inglés), Unicorn Fish (Inglés), Crested Oarfish (Inglés), Oarfish (Inglés), Crestfish (Inglés), Lophotes (Francés), Poisson-ruban Licorne (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Loweina rara Lütken, 1892</t>
   </si>
   <si>
-    <t>prueba_Rare Lanternfish (Inglés), Laura's Lanternfish (Inglés)</t>
+    <t>Rare Lanternfish (Inglés), Laura's Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Lutjanus dentatus (Duméril, 1861)</t>
   </si>
   <si>
-    <t>prueba_Pargo Marrón Africano (Castellano), African Brown Snapper (Inglés), Brown Snapper (Inglés), Grouper (Inglés), Red Fish (Inglés), Vivaneau Brun d'Afrique (Francés)</t>
+    <t>Pargo Marrón Africano (Castellano), African Brown Snapper (Inglés), Brown Snapper (Inglés), Grouper (Inglés), Red Fish (Inglés), Vivaneau Brun d'Afrique (Francés)</t>
   </si>
   <si>
     <t>Lutjanus goreensis (Valenciennes, 1830)</t>
   </si>
   <si>
-    <t>prueba_Pargo de Gorea (Castellano), Red (Inglés), Grouper (Inglés), Pink Snapper (Inglés), Gorean Snapper (Inglés), Vivaneau de Goré (Francés), Carpe Rouge (Francés), Lutjanus Guineensis (Francés), Vivaneau de Gorée (Francés), Lutjanus (Latín)</t>
+    <t>Pargo de Gorea (Castellano), Red (Inglés), Grouper (Inglés), Pink Snapper (Inglés), Gorean Snapper (Inglés), Vivaneau de Goré (Francés), Carpe Rouge (Francés), Lutjanus Guineensis (Francés), Vivaneau de Gorée (Francés), Lutjanus (Latín)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Luvarus imperialis Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Emperador (Castellano), Luvaro (Castellano), Louvar (Inglés), Luvar (Inglés), Louvareau (Francés)</t>
+    <t>Emperador (Castellano), Luvaro (Castellano), Louvar (Inglés), Luvar (Inglés), Louvareau (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Macroparalepis affinis Ege, 1933</t>
   </si>
   <si>
     <t>Macroparalepis brevis Ege, 1933</t>
   </si>
   <si>
     <t>Macroparalepis nigra (Maul, 1965)</t>
   </si>
   <si>
     <t>Macroramphosus gracilis (Lowe, 1839)</t>
   </si>
   <si>
     <t>Macroramphosus scolopax (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Musico (Castellano), Canario (Castellano), Trompetero (Castellano), Trompetero Copete (Castellano), Common Bellowsfish (Inglés), Trumpetfish (Inglés), Bellowfish (Inglés), Slender Snipefish (Inglés), Snipefish (Inglés), Snipe-fish (Inglés), Spine Trumpet Fish (Inglés), Longspine Snipefish (Inglés), Bécasse de Mer (Francés), Trompette (Francés)</t>
+    <t>Musico (Castellano), Canario (Castellano), Trompetero (Castellano), Trompetero Copete (Castellano), Common Bellowsfish (Inglés), Trumpetfish (Inglés), Bellowfish (Inglés), Slender Snipefish (Inglés), Snipefish (Inglés), Snipe-fish (Inglés), Spine Trumpet Fish (Inglés), Longspine Snipefish (Inglés), Bécasse de Mer (Francés), Trompette (Francés)</t>
   </si>
   <si>
     <t>Magnisudis atlantica (Krøger, 1868)</t>
   </si>
   <si>
-    <t>prueba_Barracudina (Inglés), Duckbill Barracudina (Inglés), Barracudine (Francés), Lussion à Bec de Canard (Francés)</t>
+    <t>Barracudina (Inglés), Duckbill Barracudina (Inglés), Barracudine (Francés), Lussion à Bec de Canard (Francés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Makaira nigricans Lacepède, 1802</t>
   </si>
   <si>
-    <t>prueba_Picudo Rollizo (Castellano), Merlin Rayado (Castellano), Pez Zuncho (Castellano), Picudo Blanco (Castellano), Marlin Negro (Castellano), Marlín Azul (Castellano), Blue Marlin (Inglés), Empereur Bleu (Francés), Marlin Bleu (Francés), Empereur (Francés)</t>
+    <t>Picudo Rollizo (Castellano), Merlin Rayado (Castellano), Pez Zuncho (Castellano), Picudo Blanco (Castellano), Marlin Negro (Castellano), Marlín Azul (Castellano), Blue Marlin (Inglés), Empereur Bleu (Francés), Marlin Bleu (Francés), Empereur (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Malacocephalus laevis (Lowe, 1843)</t>
   </si>
   <si>
-    <t>prueba_Pez Rata Negro (Castellano), Abámbolo de Bajura (Castellano), Smooth Whiptail (Inglés), Smooth Headed Rattail (Inglés), Armed Grenadier (Inglés), Softhead Grenadier (Inglés), Grenadier Barbu (Francés)</t>
+    <t>Pez Rata Negro (Castellano), Abámbolo de Bajura (Castellano), Smooth Whiptail (Inglés), Smooth Headed Rattail (Inglés), Armed Grenadier (Inglés), Softhead Grenadier (Inglés), Grenadier Barbu (Francés)</t>
   </si>
   <si>
     <t>Malacosteus niger Ayres, 1848</t>
   </si>
   <si>
-    <t>prueba_Lightless Loosejaw (Inglés), Black Loosejaw (Inglés), Stoplight Loosejaw (Inglés), Loosejaw (Inglés), Northern Stoplight Loosejaw (Inglés), Drague Sans Lampe (Francés), Drague à Godet (Francés)</t>
+    <t>Lightless Loosejaw (Inglés), Black Loosejaw (Inglés), Stoplight Loosejaw (Inglés), Loosejaw (Inglés), Northern Stoplight Loosejaw (Inglés), Drague Sans Lampe (Francés), Drague à Godet (Francés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Manducus maderensis (Johnson, 1890)</t>
   </si>
   <si>
     <t>Margrethia obtusirostra Jespersen &amp; Tåning, 1919</t>
   </si>
   <si>
-    <t>prueba_Bighead Portholefish (Inglés), Bristlemouth (Inglés)</t>
+    <t>Bighead Portholefish (Inglés), Bristlemouth (Inglés)</t>
   </si>
   <si>
     <t>Masturus lanceolatus (Liénard, 1840)</t>
   </si>
   <si>
-    <t>prueba_Mola Coliaguda (Castellano), Pez Luna Coliagudo (Castellano), Sharptail Mola (Inglés), Sharptail Sunfish (Inglés), Sharpfin Sunfish (Inglés), Sharptailed Sunfish (Inglés)</t>
+    <t>Mola Coliaguda (Castellano), Pez Luna Coliagudo (Castellano), Sharptail Mola (Inglés), Sharptail Sunfish (Inglés), Sharpfin Sunfish (Inglés), Sharptailed Sunfish (Inglés)</t>
   </si>
   <si>
     <t>Maulisia mauli Parr, 1960</t>
   </si>
   <si>
-    <t>prueba_Maul's Searsid (Inglés), Maul's Tubeshoulder (Inglés)</t>
+    <t>Maul's Searsid (Inglés), Maul's Tubeshoulder (Inglés)</t>
   </si>
   <si>
     <t>Maurolicus amethystinopunctatus Cocco, 1838</t>
   </si>
   <si>
-    <t>prueba_Argent filós (Castellano), Pearlsides (Inglés)</t>
+    <t>Argent filós (Castellano), Pearlsides (Inglés)</t>
   </si>
   <si>
     <t>Maurolicus muelleri (Gmelin, 1789)</t>
   </si>
   <si>
     <t>Megalops atlanticus Valenciennes, 1847</t>
   </si>
   <si>
-    <t>prueba_Sábalo (Gallego), Tarpon (Inglés)</t>
+    <t>Sábalo (Gallego), Tarpon (Inglés)</t>
   </si>
   <si>
     <t>Gallego, Inglés</t>
   </si>
   <si>
     <t>Melamphaes longivelis Parr, 1933</t>
   </si>
   <si>
-    <t>prueba_Eyebrow Bigscale (Inglés), Ridgehead (Inglés)</t>
+    <t>Eyebrow Bigscale (Inglés), Ridgehead (Inglés)</t>
   </si>
   <si>
     <t>Melamphaes microps (Günther, 1878)</t>
   </si>
   <si>
     <t>Melamphaes simus Ebeling, 1962</t>
   </si>
   <si>
     <t>Melamphaes suborbitalis (Gill, 1883)</t>
   </si>
   <si>
-    <t>prueba_Ridgehead (Inglés), Shoulderspine bigscale (Inglés)</t>
+    <t>Ridgehead (Inglés), Shoulderspine bigscale (Inglés)</t>
   </si>
   <si>
     <t>Melamphaes typhlops (Lowe, 1843)</t>
   </si>
   <si>
-    <t>prueba_Ridgehead (Inglés)</t>
+    <t>Ridgehead (Inglés)</t>
   </si>
   <si>
     <t>Melanocetus johnsonii Günther, 1864</t>
   </si>
   <si>
-    <t>prueba_Negro (Castellano), Humpback Anglerfish (Inglés), Humpback Blackdevil (Inglés), Blackdevil (Inglés)</t>
+    <t>Negro (Castellano), Humpback Anglerfish (Inglés), Humpback Blackdevil (Inglés), Blackdevil (Inglés)</t>
   </si>
   <si>
     <t>Melanocetus murrayi Günther, 1887</t>
   </si>
   <si>
     <t>Melanolagus bericoides (Borodin, 1929)</t>
   </si>
   <si>
-    <t>prueba_Bigscale Deepsea Smelt (Inglés), Deep-sea Smelt (Inglés)</t>
+    <t>Bigscale Deepsea Smelt (Inglés), Deep-sea Smelt (Inglés)</t>
   </si>
   <si>
     <t>Melanonus zugmayeri Norman, 1930</t>
   </si>
   <si>
-    <t>prueba_Arrowtail (Inglés), Arrowtail Cod (Inglés)</t>
+    <t>Arrowtail (Inglés), Arrowtail Cod (Inglés)</t>
   </si>
   <si>
     <t>Melanostigma atlanticum Koefoed, 1952</t>
   </si>
   <si>
-    <t>prueba_Atlantic Soft Pout (Inglés), Mollase Atlantique (Francés), Mollasse Atlantique (Francés)</t>
+    <t>Atlantic Soft Pout (Inglés), Mollase Atlantique (Francés), Mollasse Atlantique (Francés)</t>
   </si>
   <si>
     <t>Melanostomias bartonbeani Parr, 1927</t>
   </si>
   <si>
-    <t>prueba_Scaleless Black Dragonfish (Inglés), Scaleless Dragonfish (Inglés)</t>
+    <t>Scaleless Black Dragonfish (Inglés), Scaleless Dragonfish (Inglés)</t>
   </si>
   <si>
     <t>Melanostomias biseriatus Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Melanostomias macrophotus Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Melanostomias tentaculatus (Regan &amp; Trewavas, 1930)</t>
   </si>
   <si>
     <t>Melanostomias valdiviae Brauer, 1902</t>
   </si>
   <si>
-    <t>prueba_Valdivia Black Dragon Fish (Inglés), Valdivia Black Dragonfish (Inglés), Valdivia Dragonfish (Inglés)</t>
+    <t>Valdivia Black Dragon Fish (Inglés), Valdivia Black Dragonfish (Inglés), Valdivia Dragonfish (Inglés)</t>
   </si>
   <si>
     <t>Melichthys niger (Bloch, 1786)</t>
   </si>
   <si>
-    <t>prueba_Varraco (Castellano), Cochito Negro (Castellano), Furu-furu (Castellano), Galafate (Castellano), Japonesa (Castellano), Negrito (Castellano), Peje Puerco (Castellano), Puerco Negro (Castellano), Calafate (Castellano), Cachúa Negra (Castellano), Calafate Negro (Castellano), Pigger (Inglés), Black Triggerfish (Inglés), Blackfish (Inglés), Black Oldwife (Inglés), Black Durgeon (Inglés), Niger Head (Inglés), Niggerfish (Inglés), Baliste Noir (Francés)</t>
+    <t>Varraco (Castellano), Cochito Negro (Castellano), Furu-furu (Castellano), Galafate (Castellano), Japonesa (Castellano), Negrito (Castellano), Peje Puerco (Castellano), Puerco Negro (Castellano), Calafate (Castellano), Cachúa Negra (Castellano), Calafate Negro (Castellano), Pigger (Inglés), Black Triggerfish (Inglés), Blackfish (Inglés), Black Oldwife (Inglés), Black Durgeon (Inglés), Niger Head (Inglés), Niggerfish (Inglés), Baliste Noir (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Merlangius merlangus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Liba (Castellano), Merlán (Castellano), Plegonero (Castellano), North Sea Whiting (Inglés), Spelding (Inglés), English Whiting (Inglés), Whiting (Inglés), Golden Cutlet (Inglés), Merlan (Francés), Merlu (Francés), Nasellu (Francés), Varlet (Francés), Lécaud (Francés)</t>
+    <t>Liba (Castellano), Merlán (Castellano), Plegonero (Castellano), North Sea Whiting (Inglés), Spelding (Inglés), English Whiting (Inglés), Whiting (Inglés), Golden Cutlet (Inglés), Merlan (Francés), Merlu (Francés), Nasellu (Francés), Varlet (Francés), Lécaud (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Merluccius merluccius (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Microchirus azevia (de Brito Capello, 1867)</t>
   </si>
   <si>
-    <t>prueba_Bastard Sole (Inglés), Sole-perdrix Brune (Francés)</t>
+    <t>Bastard Sole (Inglés), Sole-perdrix Brune (Francés)</t>
   </si>
   <si>
     <t>Microchirus boscanion (Chabanaud, 1926)</t>
   </si>
   <si>
-    <t>prueba_Lenguado Lusicánico (Castellano), Lusitanian Sole (Inglés), Solenette (Inglés), Petite Sole Jaune (Francés), Acedia (Francés), Sole Lusitanienne (Francés), Sole-perdrix à Nageoires Striées (Francés)</t>
+    <t>Lenguado Lusicánico (Castellano), Lusitanian Sole (Inglés), Solenette (Inglés), Petite Sole Jaune (Francés), Acedia (Francés), Sole Lusitanienne (Francés), Sole-perdrix à Nageoires Striées (Francés)</t>
   </si>
   <si>
     <t>Microchirus ocellatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tambor Real (Castellano), Soldado (Castellano), Eyed Sole (Inglés), Foureyed Sole (Inglés), Foureye Sole (Inglés), Sole-perdrix Ocellée (Francés), Sole Ocellée (Francés)</t>
+    <t>Tambor Real (Castellano), Soldado (Castellano), Eyed Sole (Inglés), Foureyed Sole (Inglés), Foureye Sole (Inglés), Sole-perdrix Ocellée (Francés), Sole Ocellée (Francés)</t>
   </si>
   <si>
     <t>Microchirus variegatus (Donovan, 1808)</t>
   </si>
   <si>
-    <t>prueba_Golleta (Castellano), Lenguado (Castellano), Lenguao (Castellano), Soldada (Castellano), Thickback Sole (Inglés), Variegated Sole (Inglés), Lucky Sole (Inglés), Bastard Sole (Inglés), Sole-perdix Commune (Francés), Sole Panachée (Francés)</t>
+    <t>Golleta (Castellano), Lenguado (Castellano), Lenguao (Castellano), Soldada (Castellano), Thickback Sole (Inglés), Variegated Sole (Inglés), Lucky Sole (Inglés), Bastard Sole (Inglés), Sole-perdix Commune (Francés), Sole Panachée (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Microlipophrys canevae (Vinciguerra, 1880)</t>
   </si>
   <si>
-    <t>prueba_Blennie de Caneva (Francés)</t>
+    <t>Blennie de Caneva (Francés)</t>
   </si>
   <si>
     <t>Lipophrys canevae (Vinciguerra, 1880)</t>
   </si>
   <si>
     <t>Microlipophrys dalmatinus (Steindachner &amp; Kolombatovic, 1883)</t>
   </si>
   <si>
-    <t>prueba_Blennie Dalmate (Francés)</t>
+    <t>Blennie Dalmate (Francés)</t>
   </si>
   <si>
     <t>Microlipophrys nigriceps (Vinciguerra, 1883)</t>
   </si>
   <si>
-    <t>prueba_Black-headed Blenny (Inglés), Blennie à Tête Noire (Francés)</t>
+    <t>Black-headed Blenny (Inglés), Blennie à Tête Noire (Francés)</t>
   </si>
   <si>
     <t>Microlipophrys velifer (Norman, 1935)</t>
   </si>
   <si>
-    <t>prueba_Sailfin Blenny (Inglés)</t>
+    <t>Sailfin Blenny (Inglés)</t>
   </si>
   <si>
     <t>Microstoma microstoma (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Dusky Pencilsmelt (Inglés), Slender Argentine (Inglés), Slender Smallmouth (Inglés)</t>
+    <t>Dusky Pencilsmelt (Inglés), Slender Argentine (Inglés), Slender Smallmouth (Inglés)</t>
   </si>
   <si>
     <t>Microstomus kitt (Walbaum, 1792)</t>
   </si>
   <si>
     <t>Millerigobius macrocephalus (Kolombatovic, 1891)</t>
   </si>
   <si>
     <t>Minyichthys sentus Dawson, 1982</t>
   </si>
   <si>
     <t>Mitsukurina owstoni Jordan, 1898</t>
   </si>
   <si>
-    <t>prueba_Tiburones Duende (Castellano), Goblin Shark (Inglés), Elfin Shark (Inglés), Requin Lutin (Francés)</t>
+    <t>Tiburones Duende (Castellano), Goblin Shark (Inglés), Elfin Shark (Inglés), Requin Lutin (Francés)</t>
   </si>
   <si>
     <t>Mobula alfredi (Krefft, 1868)</t>
   </si>
   <si>
-    <t>prueba_Reef Manta Ray (Inglés), Prince Alfred's Ray (Inglés), Inshore Manta Ray (Inglés), Coastal Manta Ray (Inglés)</t>
+    <t>Reef Manta Ray (Inglés), Prince Alfred's Ray (Inglés), Inshore Manta Ray (Inglés), Coastal Manta Ray (Inglés)</t>
   </si>
   <si>
     <t>Manta alfredi (Krefft, 1868)</t>
   </si>
   <si>
     <t>Mobula birostris (Walbaum, 1792)</t>
   </si>
   <si>
-    <t>prueba_Manta Cornuda (Castellano), Manta Diablo (Castellano), Manta Gigante (Castellano), Manta Raya (Castellano), Manta Voladora (Castellano), Giant Manta Ray (Inglés), Oceanic Manta Ray (Inglés), Pacific Manta Ray (Inglés), Pelagic Manta Ray (Inglés)</t>
+    <t>Manta Cornuda (Castellano), Manta Diablo (Castellano), Manta Gigante (Castellano), Manta Raya (Castellano), Manta Voladora (Castellano), Giant Manta Ray (Inglés), Oceanic Manta Ray (Inglés), Pacific Manta Ray (Inglés), Pelagic Manta Ray (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Manta birostris (Walbaum, 1792)</t>
   </si>
   <si>
     <t>Mobula mobular (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Manta (Castellano), Giant Devil Ray (Inglés), Mante (Francés)</t>
+    <t>Manta (Castellano), Giant Devil Ray (Inglés), Mante (Francés)</t>
   </si>
   <si>
     <t>Mobula tarapacana (Philippi, 1892)</t>
   </si>
   <si>
-    <t>prueba_Diabolo Gigante De Guinea (Castellano), Manta Cornuda (Castellano), Manta Cornuada (Castellano), Manta Raya (Castellano), Raya Cornuda (Castellano), Vaquetilla (Castellano), Chilean Devil Ray (Inglés), Sicklefin Devil Ray (Inglés), Spiny Mobula (Inglés), Greater Guinean Mobula (Inglés), Devil Ray (Inglés), Diable Géant De Guinée (Francés), Mante Chilienne (Francés)</t>
+    <t>Diabolo Gigante De Guinea (Castellano), Manta Cornuda (Castellano), Manta Cornuada (Castellano), Manta Raya (Castellano), Raya Cornuda (Castellano), Vaquetilla (Castellano), Chilean Devil Ray (Inglés), Sicklefin Devil Ray (Inglés), Spiny Mobula (Inglés), Greater Guinean Mobula (Inglés), Devil Ray (Inglés), Diable Géant De Guinée (Francés), Mante Chilienne (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Mola mola (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Mola (Castellano), Pez sol (Castellano), Peixe Lua (Castellano), Pez Cabeza (Castellano), Pez Luna (Castellano), Ocean Sunfish (Inglés), Mola Ocean Sunfish (Inglés), Sun-fish (Inglés), Sunfish (Inglés), Moonfish (Inglés), Giant Sunfish (Inglés), Môle (Francés), Poisson Lune (Francés), Môle Commun (Francés), Poisson-lune (Francés)</t>
+    <t>Mola (Castellano), Pez sol (Castellano), Peixe Lua (Castellano), Pez Cabeza (Castellano), Pez Luna (Castellano), Ocean Sunfish (Inglés), Mola Ocean Sunfish (Inglés), Sun-fish (Inglés), Sunfish (Inglés), Moonfish (Inglés), Giant Sunfish (Inglés), Môle (Francés), Poisson Lune (Francés), Môle Commun (Francés), Poisson-lune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Molva macrophthalma (Rafinesque, 1810)</t>
   </si>
   <si>
-    <t>prueba_Arbitán (Castellano), Barruenda (Castellano), Escolá (Castellano), Llengua de Bacallá (Castellano), Maruca Azul (Castellano), Pez de Bacalao (Castellano), Mediterranean Ling (Inglés), Spanish Ling (Inglés), Blue Ling (Inglés), Lotte Allongée (Francés), Élingue (Francés), Juliana (Francés), Lingue Bleue (Francés), Lingue (Francés), Lingue Espagnole (Francés), Morue Longue (Francés)</t>
+    <t>Arbitán (Castellano), Barruenda (Castellano), Escolá (Castellano), Llengua de Bacallá (Castellano), Maruca Azul (Castellano), Pez de Bacalao (Castellano), Mediterranean Ling (Inglés), Spanish Ling (Inglés), Blue Ling (Inglés), Lotte Allongée (Francés), Élingue (Francés), Juliana (Francés), Lingue Bleue (Francés), Lingue (Francés), Lingue Espagnole (Francés), Morue Longue (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Monochirus hispidus Rafinesque, 1814</t>
   </si>
   <si>
-    <t>prueba_Acacia del Japón (Castellano), Soldado (Castellano), Peluda (Castellano), Whiskered Sole (Inglés), Sole Velue (Francés)</t>
+    <t>Acacia del Japón (Castellano), Soldado (Castellano), Peluda (Castellano), Whiskered Sole (Inglés), Sole Velue (Francés)</t>
   </si>
   <si>
     <t>Monomitopus metriostoma (Vaillant, 1888)</t>
   </si>
   <si>
     <t>Mora moro (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Merluza Canaria (Castellano), Mollera Moranella (Inglés), Common Mora (Inglés), Morid Cod (Inglés), Deepsea Cod (Inglés), Ghost Cod (Inglés), Goodly-eyed Cod (Inglés), Goggle-eyed Cod (Inglés), Moro Commun (Francés), Moro (Francés), Mora (Latín)</t>
+    <t>Merluza Canaria (Castellano), Mollera Moranella (Inglés), Common Mora (Inglés), Morid Cod (Inglés), Deepsea Cod (Inglés), Ghost Cod (Inglés), Goodly-eyed Cod (Inglés), Goggle-eyed Cod (Inglés), Moro Commun (Francés), Moro (Francés), Mora (Latín)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Mugil cephalus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Capiton (Castellano), Albur (Castellano), Lisa común (Castellano), Lisa (Castellano), Galupe (Castellano), Bullûa (Castellano), Cabeçut (Castellano), Cabezudo (Castellano), Cachamba (Castellano), Capitán (Castellano), Cap Pla (Castellano), Céfalo (Castellano), Iliça de Cap Gros (Castellano), Iliça Sabada (Castellano), Ilissa Lobarrera (Castellano), Lebranche (Castellano), Lisa Cabezuda (Castellano), Lisa Pardete (Castellano), Lisa Rayada (Castellano), Lissa Amaria (Castellano), Liza Cabezona (Castellano), Lizza (Castellano), Lizarra (Castellano), Mújol (Castellano), Sea Mullet (Inglés), Bully Mullet (Inglés), Callifaver Mullet (Inglés), Common Grey Mullet (Inglés), Common Mullet (Inglés), Flathead Greymullet (Inglés), Flathead Grey Mullet (Inglés), Black Mullet (Inglés), Hardgut Mullet (Inglés), Mangrove Mullet (Inglés), Mullet (Inglés), River Mullet (Inglés), Flathead Mullet (Inglés), Grey Mullet (Inglés), Bright Mullet (Inglés), Haarder (Inglés), Springer (Inglés), Poisson Queue Bleue (Francés), Testu (Francés), Testard (Francés), Cabot (Francés), Carida (Francés), Caridou (Francés), Cremole (Francés), Meuil (Francés), Muge (Francés), Muge à Groose Tête (Francés), Mulet (Francés), Muge Cabot (Francés), Muge Céphale (Francés), Mugo Fangous (Francés), Mujou (Francés), Mulet à Grosse Tête (Francés), Mulet-cabot (Francés), Mulet Cabot (Francés), Mulet Jaune (Francés)</t>
+    <t>Capiton (Castellano), Albur (Castellano), Lisa común (Castellano), Lisa (Castellano), Galupe (Castellano), Bullûa (Castellano), Cabeçut (Castellano), Cabezudo (Castellano), Cachamba (Castellano), Capitán (Castellano), Cap Pla (Castellano), Céfalo (Castellano), Iliça de Cap Gros (Castellano), Iliça Sabada (Castellano), Ilissa Lobarrera (Castellano), Lebranche (Castellano), Lisa Cabezuda (Castellano), Lisa Pardete (Castellano), Lisa Rayada (Castellano), Lissa Amaria (Castellano), Liza Cabezona (Castellano), Lizza (Castellano), Lizarra (Castellano), Mújol (Castellano), Sea Mullet (Inglés), Bully Mullet (Inglés), Callifaver Mullet (Inglés), Common Grey Mullet (Inglés), Common Mullet (Inglés), Flathead Greymullet (Inglés), Flathead Grey Mullet (Inglés), Black Mullet (Inglés), Hardgut Mullet (Inglés), Mangrove Mullet (Inglés), Mullet (Inglés), River Mullet (Inglés), Flathead Mullet (Inglés), Grey Mullet (Inglés), Bright Mullet (Inglés), Haarder (Inglés), Springer (Inglés), Poisson Queue Bleue (Francés), Testu (Francés), Testard (Francés), Cabot (Francés), Carida (Francés), Caridou (Francés), Cremole (Francés), Meuil (Francés), Muge (Francés), Muge à Groose Tête (Francés), Mulet (Francés), Muge Cabot (Francés), Muge Céphale (Francés), Mugo Fangous (Francés), Mujou (Francés), Mulet à Grosse Tête (Francés), Mulet-cabot (Francés), Mulet Cabot (Francés), Mulet Jaune (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Mulloidichthys martinicus (Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_Chivo Amarillo (Castellano), Salmonete (Castellano), Chope (Castellano), Salmonete Amarillo (Castellano), Red Goatfish (Inglés), Goatfish (Inglés), Yellow Goatfish (Inglés), Queen Mullet (Inglés), Barbaray Rouge (Francés), Capucin Jaune (Francés), Souris Jaune (Francés), Barbaray Jaune Et Gris (Francés)</t>
+    <t>Chivo Amarillo (Castellano), Salmonete (Castellano), Chope (Castellano), Salmonete Amarillo (Castellano), Red Goatfish (Inglés), Goatfish (Inglés), Yellow Goatfish (Inglés), Queen Mullet (Inglés), Barbaray Rouge (Francés), Capucin Jaune (Francés), Souris Jaune (Francés), Barbaray Jaune Et Gris (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Mullus barbatus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Mullus surmuletus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Salmonete (Castellano), Salmonete de Roca (Castellano), Salmonete de Roche (Castellano), Surmullet (Inglés), Woodcock Of The Sea (Inglés), Striped Red Mullet (Inglés), Red Mullet (Inglés), Rouget-barbet (Francés), Rouget-barbet de Roche (Francés), Rouget de Roche (Francés), Rouget Barbet (Francés)</t>
+    <t>Salmonete (Castellano), Salmonete de Roca (Castellano), Salmonete de Roche (Castellano), Surmullet (Inglés), Woodcock Of The Sea (Inglés), Striped Red Mullet (Inglés), Red Mullet (Inglés), Rouget-barbet (Francés), Rouget-barbet de Roche (Francés), Rouget de Roche (Francés), Rouget Barbet (Francés)</t>
   </si>
   <si>
     <t>Muraena augusti (Kaup, 1856)</t>
   </si>
   <si>
-    <t>prueba_Morena (Castellano), Morena Sucia (Castellano), Morena Negra (Castellano)</t>
+    <t>Morena (Castellano), Morena Sucia (Castellano), Morena Negra (Castellano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano</t>
   </si>
   <si>
     <t>Muraena helena Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Morena (Castellano), Morena Papuda (Castellano), Morena Mediterránea (Castellano), Black Moray (Inglés), Mediterranean Moray (Inglés), Moray (Inglés), Moray Eel (Inglés), Murry (Inglés), St. Helena Moray (Inglés), Marbled Moray (Inglés), Murène (Francés), Murena (Francés), Murène Commune (Francés), Murène De La Méditerranée (Francés), Mourena (Francés)</t>
+    <t>Morena (Castellano), Morena Papuda (Castellano), Morena Mediterránea (Castellano), Black Moray (Inglés), Mediterranean Moray (Inglés), Moray (Inglés), Moray Eel (Inglés), Murry (Inglés), St. Helena Moray (Inglés), Marbled Moray (Inglés), Murène (Francés), Murena (Francés), Murène Commune (Francés), Murène De La Méditerranée (Francés), Mourena (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Mustelus asterias Cloquet, 1819</t>
   </si>
   <si>
-    <t>prueba_Starry Smoothhound (Inglés)</t>
+    <t>Starry Smoothhound (Inglés)</t>
   </si>
   <si>
     <t>Mustelus mustelus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Common Smoothhound (Inglés)</t>
+    <t>Common Smoothhound (Inglés)</t>
   </si>
   <si>
     <t>Mustelus punctulatus Risso, 1827</t>
   </si>
   <si>
-    <t>prueba_Musola Pimienta (Castellano), Blackspotted Smoothhound (Inglés), Emissole Pointillee (Francés)</t>
+    <t>Musola Pimienta (Castellano), Blackspotted Smoothhound (Inglés), Emissole Pointillee (Francés)</t>
   </si>
   <si>
     <t>Mycteroperca fusca (Lowe, 1838)</t>
   </si>
   <si>
-    <t>prueba_Abae (Castellano), Abadejo (Castellano), Sama (Castellano), Abade (Castellano), Gitano (Castellano), Mero Abadejo (Castellano), Comb Grouper (Inglés), Island Grouper (Inglés), Merou D'Ile (Francés)</t>
+    <t>Abae (Castellano), Abadejo (Castellano), Sama (Castellano), Abade (Castellano), Gitano (Castellano), Mero Abadejo (Castellano), Comb Grouper (Inglés), Island Grouper (Inglés), Merou D'Ile (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Mycteroperca rubra (Bloch, 1793)</t>
   </si>
   <si>
-    <t>prueba_Merou Royale (Castellano), Mero (Castellano), Abade (Castellano), Gitano (Castellano), Merou Royal (Castellano), Cuna Negra (Castellano), Comb Grouper (Inglés), Mottled Grouper (Inglés), Rockfish (Inglés), Badeche Rouge (Francés), Badeche Peigne (Francés)</t>
+    <t>Merou Royale (Castellano), Mero (Castellano), Abade (Castellano), Gitano (Castellano), Merou Royal (Castellano), Cuna Negra (Castellano), Comb Grouper (Inglés), Mottled Grouper (Inglés), Rockfish (Inglés), Badeche Rouge (Francés), Badeche Peigne (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Myctophum affine (Lütken, 1892)</t>
   </si>
   <si>
     <t>Myctophum nitidulum Garman, 1899</t>
   </si>
   <si>
-    <t>prueba_Spotted Lanternfish (Inglés)</t>
+    <t>Spotted Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Myctophum punctatum Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Pez Linterna (Castellano), Lanternfish (Inglés), Spotted Lanternfish (Inglés), Spotted Lantern Fish (Inglés), Lanterne Ponctuée (Francés)</t>
+    <t>Pez Linterna (Castellano), Lanternfish (Inglés), Spotted Lanternfish (Inglés), Spotted Lantern Fish (Inglés), Lanterne Ponctuée (Francés)</t>
   </si>
   <si>
     <t>Myctophum selenops Tåning, 1928</t>
   </si>
   <si>
     <t>Myliobatis aquila (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Common Eagle Ray (Inglés)</t>
+    <t>Common Eagle Ray (Inglés)</t>
   </si>
   <si>
     <t>Myrichthys pardalis (Valenciennes, 1839)</t>
   </si>
   <si>
-    <t>prueba_Carmelita (Castellano), Tieso Leopardo (Castellano), Leopard Eel (Inglés), Serpenton Léopard (Francés)</t>
+    <t>Carmelita (Castellano), Tieso Leopardo (Castellano), Leopard Eel (Inglés), Serpenton Léopard (Francés)</t>
   </si>
   <si>
     <t>Myripristis jacobus Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Candil Colorado (Castellano), Toro (Castellano), Blackbar Soldierfish (Inglés), Big-eyed Squirrelfish (Inglés), Marignon Mombin (Francés)</t>
+    <t>Candil Colorado (Castellano), Toro (Castellano), Blackbar Soldierfish (Inglés), Big-eyed Squirrelfish (Inglés), Marignon Mombin (Francés)</t>
   </si>
   <si>
     <t>Mystriophis crosnieri Blache, 1971</t>
   </si>
   <si>
     <t>Myxine glutinosa Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Anguila Babosa (Castellano), Babosa de Mar (Castellano), Pez Moco (Castellano), Common Hag (Inglés), Hagfish (Inglés), Northern Hagfish (Inglés), Atlantic Hagfish (Inglés), Myxine du Nord (Francés), Myxine (Francés)</t>
+    <t>Anguila Babosa (Castellano), Babosa de Mar (Castellano), Pez Moco (Castellano), Common Hag (Inglés), Hagfish (Inglés), Northern Hagfish (Inglés), Atlantic Hagfish (Inglés), Myxine du Nord (Francés), Myxine (Francés)</t>
   </si>
   <si>
     <t>Nannobrachium atrum (Tåning, 1928)</t>
   </si>
   <si>
-    <t>prueba_Mictófido (Castellano), Dusky Lanternfish (Inglés), Lanternfish (Inglés)</t>
+    <t>Mictófido (Castellano), Dusky Lanternfish (Inglés), Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Nannobrachium cuprarium (Tåning, 1928)</t>
   </si>
   <si>
     <t>Nannobrachium lineatum (Tåning, 1828)</t>
   </si>
   <si>
-    <t>prueba_Mictófido (Castellano), Lanternfish (Inglés)</t>
+    <t>Mictófido (Castellano), Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Nansenia groenlandica (Reinhardt, 1840)</t>
   </si>
   <si>
     <t>Nansenia iberica Matallanas, 1985</t>
   </si>
   <si>
     <t>Narcetes erimelas Alcock, 1890</t>
   </si>
   <si>
     <t>Naucrates ductor (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pez Piloto (Castellano), Pez Simón (Castellano), Piloto (Castellano), Pilot Fish (Inglés), Pilot-fish (Inglés), Sucker (Inglés), Pilotfish (Inglés), Pilote (Francés), Poisson Pilote (Francés), Romero (Valenciano)</t>
+    <t>Pez Piloto (Castellano), Pez Simón (Castellano), Piloto (Castellano), Pilot Fish (Inglés), Pilot-fish (Inglés), Sucker (Inglés), Pilotfish (Inglés), Pilote (Francés), Poisson Pilote (Francés), Romero (Valenciano)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Valenciano</t>
   </si>
   <si>
     <t>Nealotus tripes Johnson, 1865</t>
   </si>
   <si>
-    <t>prueba_Escolar listado (Castellano), Escolar Obscuro (Castellano), Black Snake Mackerel (Inglés), Escolier Reptile (Francés)</t>
+    <t>Escolar listado (Castellano), Escolar Obscuro (Castellano), Black Snake Mackerel (Inglés), Escolier Reptile (Francés)</t>
   </si>
   <si>
     <t>Nemichthys curvirostris (Strömman, 1896)</t>
   </si>
   <si>
-    <t>prueba_Boxer Snipe Eel (Inglés), Spotted Snipe Eel (Inglés)</t>
+    <t>Boxer Snipe Eel (Inglés), Spotted Snipe Eel (Inglés)</t>
   </si>
   <si>
     <t>Nemichthys scolopaceus Richardson, 1848</t>
   </si>
   <si>
-    <t>prueba_Anguila Hocicona (Castellano), Pez Agazadicha (Castellano), Tijera Esbelta (Castellano), Anguila (Gallego), Glass Snake (Inglés), Slender Snipe-eel (Inglés), Atlantic Snipe Eel (Inglés), Slender Snipe Eel (Inglés), Avocet (Inglés), Threadeel (Inglés), Brittle Watersnake (Inglés), Polygon-spotted Snipe Eel (Inglés), Snipe Eel (Inglés), Long Bec (Francés), Anguille Bécasse (Francés), Avocette Ruban (Francés)</t>
+    <t>Anguila Hocicona (Castellano), Pez Agazadicha (Castellano), Tijera Esbelta (Castellano), Anguila (Gallego), Glass Snake (Inglés), Slender Snipe-eel (Inglés), Atlantic Snipe Eel (Inglés), Slender Snipe Eel (Inglés), Avocet (Inglés), Threadeel (Inglés), Brittle Watersnake (Inglés), Polygon-spotted Snipe Eel (Inglés), Snipe Eel (Inglés), Long Bec (Francés), Anguille Bécasse (Francés), Avocette Ruban (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Neonesthes capensis (Gilchrist &amp; von Bonde, 1924)</t>
   </si>
   <si>
-    <t>prueba_Cape Snaggletooth (Inglés)</t>
+    <t>Cape Snaggletooth (Inglés)</t>
   </si>
   <si>
     <t>Neoraja caerulea (Stehmann, 1976)</t>
   </si>
   <si>
-    <t>prueba_Blue Pygmy Skate (Inglés)</t>
+    <t>Blue Pygmy Skate (Inglés)</t>
   </si>
   <si>
     <t>Neoraja iberica Stehmann, Séret, Costa &amp; Baro, 2008</t>
   </si>
   <si>
-    <t>prueba_Raya Pigmea Ibérica (Castellano), Iberian Pygmy Skate (Inglés), Raie Pygmée Ibérique (Francés)</t>
+    <t>Raya Pigmea Ibérica (Castellano), Iberian Pygmy Skate (Inglés), Raie Pygmée Ibérique (Francés)</t>
   </si>
   <si>
     <t>Neoscopelus macrolepidotus Johnson, 1863</t>
   </si>
   <si>
-    <t>prueba_Largescaled Neoscopelid (Inglés)</t>
+    <t>Largescaled Neoscopelid (Inglés)</t>
   </si>
   <si>
     <t>Neoscopelus microchir Matsubara, 1943</t>
   </si>
   <si>
     <t>Nerophis lumbriciformis (Jenyns, 1835)</t>
   </si>
   <si>
-    <t>prueba_Worm Pipefish (Inglés)</t>
+    <t>Worm Pipefish (Inglés)</t>
   </si>
   <si>
     <t>Nerophis maculatus Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Serpetò (Castellano), Spotted Pipefish (Inglés), Nérophis Tacheté (Francés)</t>
+    <t>Serpetò (Castellano), Spotted Pipefish (Inglés), Nérophis Tacheté (Francés)</t>
   </si>
   <si>
     <t>Nerophis ophidion (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cabrachito Venenoso (Castellano), Straightnose Pipefish (Inglés), Nérophis Ophidion (Francés)</t>
+    <t>Cabrachito Venenoso (Castellano), Straightnose Pipefish (Inglés), Nérophis Ophidion (Francés)</t>
   </si>
   <si>
     <t>Nesiarchus nasutus Johnson, 1862</t>
   </si>
   <si>
-    <t>prueba_Escolar Narigudo (Castellano), Pez Espada Picudo (Castellano), Johnson's Scabbardfish (Inglés), Violet Snake Mackerel (Inglés), Black Barracouta (Inglés), Black Gemfish (Inglés), Dómine Narizón (Francés), Escolier Long Nez (Francés)</t>
+    <t>Escolar Narigudo (Castellano), Pez Espada Picudo (Castellano), Johnson's Scabbardfish (Inglés), Violet Snake Mackerel (Inglés), Black Barracouta (Inglés), Black Gemfish (Inglés), Dómine Narizón (Francés), Escolier Long Nez (Francés)</t>
   </si>
   <si>
     <t>Nessorhamphus ingolfianus (Schmidt, 1912)</t>
   </si>
   <si>
-    <t>prueba_Duckbilled Eel (Inglés), Duckbill Oceanic Eel (Inglés), Ingolf Duckbill Eel (Inglés)</t>
+    <t>Duckbilled Eel (Inglés), Duckbill Oceanic Eel (Inglés), Ingolf Duckbill Eel (Inglés)</t>
   </si>
   <si>
     <t>Nettastoma melanurum Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Pico de Pato (Castellano), Blackfin Sorcerer (Inglés), Sorcière à Queue Noire (Francés), Sorciére (Francés)</t>
+    <t>Pico de Pato (Castellano), Blackfin Sorcerer (Inglés), Sorcière à Queue Noire (Francés), Sorciére (Francés)</t>
   </si>
   <si>
     <t>Nettenchelys dionisi Brito, 1989</t>
   </si>
   <si>
-    <t>prueba_Congrio picopato (Castellano)</t>
+    <t>Congrio picopato (Castellano)</t>
   </si>
   <si>
     <t>Nezumia aequalis (Günther, 1878)</t>
   </si>
   <si>
-    <t>prueba_Ratón (Castellano), Granadero Espinoso (Castellano), Granadero Liso (Castellano), Grenadero Liso (Castellano), Common Atlantic Grenadier (Inglés), Smooth Grenadier (Inglés), Grenadier Lisse (Francés)</t>
+    <t>Ratón (Castellano), Granadero Espinoso (Castellano), Granadero Liso (Castellano), Grenadero Liso (Castellano), Common Atlantic Grenadier (Inglés), Smooth Grenadier (Inglés), Grenadier Lisse (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Nezumia sclerorhynchus (Valenciennes, 1838)</t>
   </si>
   <si>
-    <t>prueba_Rata (Castellano), Granadero (Castellano), Roughtip Grenadier (Inglés), Bluntsnout Grenadier (Inglés)</t>
+    <t>Rata (Castellano), Granadero (Castellano), Roughtip Grenadier (Inglés), Bluntsnout Grenadier (Inglés)</t>
   </si>
   <si>
     <t>Nomeus gronovii (Gmelin, 1789)</t>
   </si>
   <si>
-    <t>prueba_Man-of-war Fish (Inglés)</t>
+    <t>Man-of-war Fish (Inglés)</t>
   </si>
   <si>
     <t>Normichthys operosus Parr, 1951</t>
   </si>
   <si>
-    <t>prueba_Multipore Searsid (Inglés)</t>
+    <t>Multipore Searsid (Inglés)</t>
   </si>
   <si>
     <t>Notacanthus chemnitzii Bloch, 1788</t>
   </si>
   <si>
-    <t>prueba_Cosmopolitan Spineback (Inglés), Spiny Eel (Inglés), Snubnosed Spiny Eel (Inglés), Largescale Tapirfish (Inglés), Poisson-tapir Sombre (Francés), Tapir à Grandes Écailles (Francés)</t>
+    <t>Cosmopolitan Spineback (Inglés), Spiny Eel (Inglés), Snubnosed Spiny Eel (Inglés), Largescale Tapirfish (Inglés), Poisson-tapir Sombre (Francés), Tapir à Grandes Écailles (Francés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Notolychnus valdiviae (Brauer, 1904)</t>
   </si>
   <si>
-    <t>prueba_Mictófido (Castellano), Pez Linterna de Valdivia (Castellano), Lanternfish (Inglés), Topside Lampfish (Inglés), Topside Lanternfish (Inglés)</t>
+    <t>Mictófido (Castellano), Pez Linterna de Valdivia (Castellano), Lanternfish (Inglés), Topside Lampfish (Inglés), Topside Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Notoscopelus bolini Nafpaktitis, 1975</t>
   </si>
   <si>
-    <t>prueba_Bolina (Castellano), Lanternfish (Inglés)</t>
+    <t>Bolina (Castellano), Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Notoscopelus caudispinosus (Johnson, 1863)</t>
   </si>
   <si>
     <t>Notoscopelus elongatus (Costa, 1844)</t>
   </si>
   <si>
-    <t>prueba_Pez Linterna Mediterráneo (Castellano)</t>
+    <t>Pez Linterna Mediterráneo (Castellano)</t>
   </si>
   <si>
     <t>Notoscopelus kroyeri (Malm, 1861)</t>
   </si>
   <si>
     <t>Notoscopelus kroeyerii (Malm, 1861)</t>
   </si>
   <si>
     <t>Notoscopelus resplendens (Richardson, 1845)</t>
   </si>
   <si>
-    <t>prueba_Linternilla (Castellano), Linternilla Brillante (Castellano), Mictófido (Castellano), Patchwork Lampfish (Inglés), Patchwork Lanternfish (Inglés)</t>
+    <t>Linternilla (Castellano), Linternilla Brillante (Castellano), Mictófido (Castellano), Patchwork Lampfish (Inglés), Patchwork Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Oblada melanura (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Doblada (Castellano), Saddled Seabream (Inglés), Oblade (Francés), Oblada (Latín)</t>
+    <t>Doblada (Castellano), Saddled Seabream (Inglés), Oblade (Francés), Oblada (Latín)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés, Latín</t>
   </si>
   <si>
     <t>Odondebuenia balearica (Pellegrin &amp; Fage, 1907)</t>
   </si>
   <si>
-    <t>prueba_Coralline Goby (Inglés), Gobie des Baléares (Francés)</t>
+    <t>Coralline Goby (Inglés), Gobie des Baléares (Francés)</t>
   </si>
   <si>
     <t>Odontaspis ferox (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Solrayo (Castellano), Small-tooth Sand Tiger Shark (Inglés), Herbst's Nurse Shark (Inglés), Sand Shark (Inglés), Ragged-tooth Shark (Inglés), Requin Feroce (Francés)</t>
+    <t>Solrayo (Castellano), Small-tooth Sand Tiger Shark (Inglés), Herbst's Nurse Shark (Inglés), Sand Shark (Inglés), Ragged-tooth Shark (Inglés), Requin Feroce (Francés)</t>
   </si>
   <si>
     <t>Odontomacrurus murrayi Norman, 1939</t>
   </si>
   <si>
-    <t>prueba_Roundhead Grenadier (Inglés)</t>
+    <t>Roundhead Grenadier (Inglés)</t>
   </si>
   <si>
     <t>Odontostomops normalops (Parr, 1928)</t>
   </si>
   <si>
     <t>Omosudis lowii Günther, 1887</t>
   </si>
   <si>
-    <t>prueba_Hammerjaw (Inglés), Omosudid (Inglés)</t>
+    <t>Hammerjaw (Inglés), Omosudid (Inglés)</t>
   </si>
   <si>
     <t>Oneirodes anisacanthus (Regan, 1925)</t>
   </si>
   <si>
     <t>Oneirodes eschrichtii Lütken, 1871</t>
   </si>
   <si>
-    <t>prueba_Bulbous Dreamer (Inglés), Eschricht's Anglerfish (Inglés), Cosmopolitan Dreamtail (Inglés), Queue-de-rêve Cosmopolite (Francés)</t>
+    <t>Bulbous Dreamer (Inglés), Eschricht's Anglerfish (Inglés), Cosmopolitan Dreamtail (Inglés), Queue-de-rêve Cosmopolite (Francés)</t>
   </si>
   <si>
     <t>Opeatogenys cadenati Briggs, 1957</t>
   </si>
   <si>
     <t>Ophichthus rufus (Rafinesque, 1810)</t>
   </si>
   <si>
-    <t>prueba_Rufus Snake Eel (Inglés), Rufus Snake-eel (Inglés), Serpenton Jaune (Francés)</t>
+    <t>Rufus Snake Eel (Inglés), Rufus Snake-eel (Inglés), Serpenton Jaune (Francés)</t>
   </si>
   <si>
     <t>Ophidion barbatum Linnaeus, 1758</t>
   </si>
   <si>
     <t>Ophidion rochei Müller, 1845</t>
   </si>
   <si>
     <t>Ophioblennius atlanticus (Valenciennes, 1836)</t>
   </si>
   <si>
-    <t>prueba_Blénido Lucio (Castellano), Redlip Blenny (Inglés), Devilfish (Inglés), Blennie Atlantique (Francés)</t>
+    <t>Blénido Lucio (Castellano), Redlip Blenny (Inglés), Devilfish (Inglés), Blennie Atlantique (Francés)</t>
   </si>
   <si>
     <t>Ophisurus serpens (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Culebra de Mar (Castellano), Tieso Trompudo (Castellano), Serpent Eel (Inglés), Snake Eel (Inglés), Eel (Inglés), Sand Snake-eel (Inglés), Sand Snake Eel (Inglés), Snipe Eel (Inglés), Giant Snake Eel (Inglés), Serpenton à Nez Long (Francés)</t>
+    <t>Culebra de Mar (Castellano), Tieso Trompudo (Castellano), Serpent Eel (Inglés), Snake Eel (Inglés), Eel (Inglés), Sand Snake-eel (Inglés), Sand Snake Eel (Inglés), Snipe Eel (Inglés), Giant Snake Eel (Inglés), Serpenton à Nez Long (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Opisthoproctus grimaldii Zugmayer, 1911</t>
   </si>
   <si>
-    <t>prueba_Mirrorbelly (Inglés), Barreleyes (Inglés), Flatiron Fish (Inglés), Grimaldi's Barreleye (Inglés)</t>
+    <t>Mirrorbelly (Inglés), Barreleyes (Inglés), Flatiron Fish (Inglés), Grimaldi's Barreleye (Inglés)</t>
   </si>
   <si>
     <t>Opisthoproctus soleatus Vaillant, 1888</t>
   </si>
   <si>
-    <t>prueba_Barreleye (Inglés), Barreleyes (Inglés), Barrel-eye (Inglés), Spookfish (Inglés)</t>
+    <t>Barreleye (Inglés), Barreleyes (Inglés), Barrel-eye (Inglés), Spookfish (Inglés)</t>
   </si>
   <si>
     <t>Orcynopsis unicolor (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Tasarte (Castellano), Tasarte Ojon (Castellano), Plain Bonito (Inglés), Palomète (Francés), Palomette (Francés), Bonite Plate (Francés)</t>
+    <t>Tasarte (Castellano), Tasarte Ojon (Castellano), Plain Bonito (Inglés), Palomète (Francés), Palomette (Francés), Bonite Plate (Francés)</t>
   </si>
   <si>
     <t>Oxynotus centrina (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cerdo marino (Castellano), Angular Rough Shark (Inglés), Centrine Commune (Francés)</t>
+    <t>Cerdo marino (Castellano), Angular Rough Shark (Inglés), Centrine Commune (Francés)</t>
   </si>
   <si>
     <t>Oxynotus paradoxus Frade, 1929</t>
   </si>
   <si>
-    <t>prueba_Cerdo Marino Velero (Castellano), Sailfin Roughshark (Inglés), Humantin (Francés)</t>
+    <t>Cerdo Marino Velero (Castellano), Sailfin Roughshark (Inglés), Humantin (Francés)</t>
   </si>
   <si>
     <t>Pagellus acarne (Risso, 1827)</t>
   </si>
   <si>
-    <t>prueba_Aligote (Castellano), Besugo (Castellano), Pancho Picudo (Castellano), Spanish Seabream (Inglés), Axillary Seabream (Inglés), Pageot Blanc (Francés), Pageot Acarne (Francés), Pageot Acarné (Francés)</t>
+    <t>Aligote (Castellano), Besugo (Castellano), Pancho Picudo (Castellano), Spanish Seabream (Inglés), Axillary Seabream (Inglés), Pageot Blanc (Francés), Pageot Acarne (Francés), Pageot Acarné (Francés)</t>
   </si>
   <si>
     <t>Pagellus bellottii Steindachner, 1882</t>
   </si>
   <si>
-    <t>prueba_Garapello (Castellano), Breca Chata (Castellano), Aligote (Castellano), Red Pandora (Inglés), Breca (Inglés), Pageot à Tache Rouge (Francés), Pageau (Francés), Fausse Daurade (Francés), Pageot (Francés), Pandora (Latín)</t>
+    <t>Garapello (Castellano), Breca Chata (Castellano), Aligote (Castellano), Red Pandora (Inglés), Breca (Inglés), Pageot à Tache Rouge (Francés), Pageau (Francés), Fausse Daurade (Francés), Pageot (Francés), Pandora (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Pagellus bogaraveo (Brünnich, 1768)</t>
   </si>
   <si>
-    <t>prueba_Vorazo (Castellano), Borazo (Castellano), Goraz (Castellano), Ollomol (Castellano), Pancho (Castellano), Voraz (Castellano), Besugo (Castellano), Bogarrabella (Castellano), Blackspot Seabream (Inglés), Gunner (Inglés), Red Seabream (Inglés), Sea-bream (Inglés), Dorade Rose (Francés), Pageot Rose (Francés)</t>
+    <t>Vorazo (Castellano), Borazo (Castellano), Goraz (Castellano), Ollomol (Castellano), Pancho (Castellano), Voraz (Castellano), Besugo (Castellano), Bogarrabella (Castellano), Blackspot Seabream (Inglés), Gunner (Inglés), Red Seabream (Inglés), Sea-bream (Inglés), Dorade Rose (Francés), Pageot Rose (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Pagellus erythrinus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pajel (Castellano), Common Pandora (Inglés), Breca (Inglés), King Of The Breams (Inglés), Spanish Sea Bream (Inglés), Pagel (Francés), Pageau (Francés), Pageot Commun (Francés), Pandora (Latín)</t>
+    <t>Pajel (Castellano), Common Pandora (Inglés), Breca (Inglés), King Of The Breams (Inglés), Spanish Sea Bream (Inglés), Pagel (Francés), Pageau (Francés), Pageot Commun (Francés), Pandora (Latín)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Pagrus africanus Akazaki, 1962</t>
   </si>
   <si>
-    <t>prueba_Machote (Castellano), Pargo (Castellano), Pargo Sureño (Castellano), Couch's Sea Bream (Inglés), African Red Bream (Inglés), Red Porgy (Inglés), Southern Common Seabream (Inglés), Redtail Porgy (Inglés), Pagre Des Tropiques (Francés), Pagre Commun (Francés)</t>
+    <t>Machote (Castellano), Pargo (Castellano), Pargo Sureño (Castellano), Couch's Sea Bream (Inglés), African Red Bream (Inglés), Red Porgy (Inglés), Southern Common Seabream (Inglés), Redtail Porgy (Inglés), Pagre Des Tropiques (Francés), Pagre Commun (Francés)</t>
   </si>
   <si>
     <t>Pagrus auriga Valenciennes, 1843</t>
   </si>
   <si>
-    <t>prueba_Hurta (Castellano), Zapata (Castellano), Pargo Sémola (Castellano), Red-banded Sea Bream (Inglés), Murudai (Inglés), Pagre Rayé (Francés)</t>
+    <t>Hurta (Castellano), Zapata (Castellano), Pargo Sémola (Castellano), Red-banded Sea Bream (Inglés), Murudai (Inglés), Pagre Rayé (Francés)</t>
   </si>
   <si>
     <t>Pagrus caeruleostictus (Valenciennes, 1830)</t>
   </si>
   <si>
-    <t>prueba_Hurta (Castellano), Zapata Blanca (Castellano), Zapata (Castellano), Bluepointed Porgy (Inglés), Goldenhead Porgy (Inglés), Bluespotted Seabream (Inglés), Dorade Rose (Francés), Pagre à Points Bleux (Francés), Pagre à Points Bleus (Francés), Pagre (Francés), Daurade Rose (Francés)</t>
+    <t>Hurta (Castellano), Zapata Blanca (Castellano), Zapata (Castellano), Bluepointed Porgy (Inglés), Goldenhead Porgy (Inglés), Bluespotted Seabream (Inglés), Dorade Rose (Francés), Pagre à Points Bleux (Francés), Pagre à Points Bleus (Francés), Pagre (Francés), Daurade Rose (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Pagrus pagrus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Besugo (Castellano), Pargo-colorado (Castellano), Pargo (Castellano), Sargo Piedra (Castellano), Sargo Rojo (Castellano), Couch's Sea-bream (Inglés), Porgy (Inglés), Couch's Sea Bream (Inglés), Common Seabream (Inglés), Red Porgy (Inglés), Pagre Commun (Francés), Pagre Rouge (Francés)</t>
+    <t>Besugo (Castellano), Pargo-colorado (Castellano), Pargo (Castellano), Sargo Piedra (Castellano), Sargo Rojo (Castellano), Couch's Sea-bream (Inglés), Porgy (Inglés), Couch's Sea Bream (Inglés), Common Seabream (Inglés), Red Porgy (Inglés), Pagre Commun (Francés), Pagre Rouge (Francés)</t>
   </si>
   <si>
     <t>Sparus pagrus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Parablennius gattorugine (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cabruza (Castellano), Tompot Blenny (Inglés), Tompot (Inglés), Baveuse (Francés), Blennie Gattorubine (Francés), Grande Baveuse (Francés), Cabot (Francés), Rabosa (Mallorquín)</t>
+    <t>Cabruza (Castellano), Tompot Blenny (Inglés), Tompot (Inglés), Baveuse (Francés), Blennie Gattorubine (Francés), Grande Baveuse (Francés), Cabot (Francés), Rabosa (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés, Mallorquín</t>
   </si>
   <si>
     <t>Parablennius goreensis (Valenciennes, 1836)</t>
   </si>
   <si>
     <t>Parablennius incognitus (Bath, 1968)</t>
   </si>
   <si>
-    <t>prueba_Blennie Diabolo (Francés)</t>
+    <t>Blennie Diabolo (Francés)</t>
   </si>
   <si>
     <t>Parablennius parvicornis (Valenciennes, 1836)</t>
   </si>
   <si>
-    <t>prueba_Rock-pool Blenny (Inglés)</t>
+    <t>Rock-pool Blenny (Inglés)</t>
   </si>
   <si>
     <t>Parablennius pilicornis (Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_Ringneck Blenny (Inglés), Blennie Pilicorne (Francés)</t>
+    <t>Ringneck Blenny (Inglés), Blennie Pilicorne (Francés)</t>
   </si>
   <si>
     <t>Parablennius rouxi (Cocco, 1833)</t>
   </si>
   <si>
-    <t>prueba_Blennie de Roux (Francés), Blennie blanche (Francés)</t>
+    <t>Blennie de Roux (Francés), Blennie blanche (Francés)</t>
   </si>
   <si>
     <t>Parablennius ruber (Valenciennes, 1836)</t>
   </si>
   <si>
-    <t>prueba_Portuguese Blenny (Inglés), Blennie Rouge (Francés)</t>
+    <t>Portuguese Blenny (Inglés), Blennie Rouge (Francés)</t>
   </si>
   <si>
     <t>Parablennius sanguinolentus (Pallas, 1814)</t>
   </si>
   <si>
-    <t>prueba_Lagartina (Castellano), Rusty Blenny (Inglés), Black Sea Blenny (Inglés), Baveuse Rouge (Francés), Baveuse (Francés), Blennie Palmicorne (Francés)</t>
+    <t>Lagartina (Castellano), Rusty Blenny (Inglés), Black Sea Blenny (Inglés), Baveuse Rouge (Francés), Baveuse (Francés), Blennie Palmicorne (Francés)</t>
   </si>
   <si>
     <t>Parablennius tentacularis (Brünnich, 1768)</t>
   </si>
   <si>
-    <t>prueba_Vleja (Castellano), Tentacled Blenny (Inglés), Blennie Licorne (Francés), Blennie Cornue (Francés)</t>
+    <t>Vleja (Castellano), Tentacled Blenny (Inglés), Blennie Licorne (Francés), Blennie Cornue (Francés)</t>
   </si>
   <si>
     <t>Parablennius zvonimiri (Kolombatovic, 1892)</t>
   </si>
   <si>
-    <t>prueba_Zvonimir's Blenny (Inglés), Red Blenny (Inglés), Blennie de Zvonimir (Francés)</t>
+    <t>Zvonimir's Blenny (Inglés), Red Blenny (Inglés), Blennie de Zvonimir (Francés)</t>
   </si>
   <si>
     <t>Paraconger macrops (Günther, 1870)</t>
   </si>
   <si>
     <t>Paralepis brevirostris (Parr, 1928)</t>
   </si>
   <si>
     <t>Paralepis coregonoides Risso, 1820</t>
   </si>
   <si>
     <t>Paralepis speciosa Bellotti, 1878</t>
   </si>
   <si>
     <t>Paraliparis murieli Matallanas, 1984</t>
   </si>
   <si>
     <t>Paranthias furcifer (Valenciennes, 1828)</t>
   </si>
   <si>
-    <t>prueba_Canela (Castellano), Cuna Lucero (Castellano), Cunaro (Castellano), Cunaro De Peidra (Castellano), Rabirrubia Del Golfo (Castellano), Rabirrubia De Lo Alto (Castellano), Atlantic Creolefish (Inglés), Southern Creole-fish (Inglés), Creole-fish (Inglés), Prickle Wood (Inglés), Bonefin (Inglés), Creolefish (Inglés), Badeche Creole (Francés)</t>
+    <t>Canela (Castellano), Cuna Lucero (Castellano), Cunaro (Castellano), Cunaro De Peidra (Castellano), Rabirrubia Del Golfo (Castellano), Rabirrubia De Lo Alto (Castellano), Atlantic Creolefish (Inglés), Southern Creole-fish (Inglés), Creole-fish (Inglés), Prickle Wood (Inglés), Bonefin (Inglés), Creolefish (Inglés), Badeche Creole (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Parapristipoma octolineatum (Valenciennes, 1833)</t>
   </si>
   <si>
-    <t>prueba_Corvinato (Castellano), Burrito (Castellano), Burro listado (Castellano), Burito (Castellano), Boca de Oro (Castellano), African Striped Grunt (Inglés), Pristipome Rayé (Francés), Grondeur rayé (Francés)</t>
+    <t>Corvinato (Castellano), Burrito (Castellano), Burro listado (Castellano), Burito (Castellano), Boca de Oro (Castellano), African Striped Grunt (Inglés), Pristipome Rayé (Francés), Grondeur rayé (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Parophidion vassali (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Doncella Roja (Castellano), Donzelle à Nageoires Rouges (Francés), Donzelle Rouge (Francés)</t>
+    <t>Doncella Roja (Castellano), Donzelle à Nageoires Rouges (Francés), Donzelle Rouge (Francés)</t>
   </si>
   <si>
     <t>Castellano, Francés, Francés</t>
   </si>
   <si>
     <t>Pegusa lascaris (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Lenguado (Castellano), Lenguao (Castellano), Lenguado Del Mar Egeo (Castellano), Sortija (Castellano), Lenguado de Arena (Castellano), Suela Del Mar Egeo (Castellano), Snouted Sole (Inglés), Lascar (Inglés), Atlantic Sole (Inglés), Sand Sole (Inglés), Sole Pole (Francés), Sole-pole (Francés), Sole-verrue (Francés), Sole de Mer Egée (Francés)</t>
+    <t>Lenguado (Castellano), Lenguao (Castellano), Lenguado Del Mar Egeo (Castellano), Sortija (Castellano), Lenguado de Arena (Castellano), Suela Del Mar Egeo (Castellano), Snouted Sole (Inglés), Lascar (Inglés), Atlantic Sole (Inglés), Sand Sole (Inglés), Sole Pole (Francés), Sole-pole (Francés), Sole-verrue (Francés), Sole de Mer Egée (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Solea lascaris (Risso, 1810)</t>
   </si>
   <si>
     <t>Pegusa nasuta (Pallas, 1814)</t>
   </si>
   <si>
     <t>Penopus microphthalmus (Vaillant, 1888)</t>
   </si>
   <si>
     <t>Peristedion cataphractum (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Armadillo (Castellano), Armado (Castellano), Malarmado Africano (Castellano), Rubio Armado (Castellano), Mailed Gurnard (Inglés), Armed Gurnard (Inglés), African Armoured Searobin (Inglés), Malarmat Africain (Francés), Malarmat (Francés)</t>
+    <t>Armadillo (Castellano), Armado (Castellano), Malarmado Africano (Castellano), Rubio Armado (Castellano), Mailed Gurnard (Inglés), Armed Gurnard (Inglés), African Armoured Searobin (Inglés), Malarmat Africain (Francés), Malarmat (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Phenacoscorpius nebris Eschmeyer, 1965</t>
   </si>
   <si>
     <t>Photonectes braueri (Zugmayer, 1913)</t>
   </si>
   <si>
     <t>Photonectes dinema Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Photonectes margarita (Goode &amp; Bean, 1896)</t>
   </si>
   <si>
     <t>Photonectes mirabilis Parr, 1927</t>
   </si>
   <si>
     <t>Photonectes parvimanus Regan &amp; Trewavas, 1930</t>
   </si>
   <si>
     <t>Photostomias guernei Collett, 1889</t>
   </si>
   <si>
-    <t>prueba_Mandibulón Negro (Castellano), Loosejaw (Inglés)</t>
+    <t>Mandibulón Negro (Castellano), Loosejaw (Inglés)</t>
   </si>
   <si>
     <t>Phrynorhombus norvegicus (Günther, 1862)</t>
   </si>
   <si>
-    <t>prueba_Limanda Noruega (Castellano), Norwegian Topknot (Inglés), Targie Naine (Francés), Petit Turbot de Roche (Francés)</t>
+    <t>Limanda Noruega (Castellano), Norwegian Topknot (Inglés), Targie Naine (Francés), Petit Turbot de Roche (Francés)</t>
   </si>
   <si>
     <t>Phycis phycis (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Barbada de Altura (Castellano), Brotóla de Roca (Castellano), Locha de Roca (Castellano), Moustela de Rocas (Castellano), Mollera roquera (Catalán), Fork-beard (Inglés), Forkbeard (Inglés), Phycis de Roche (Francés), Mostelle de Roche (Francés)</t>
+    <t>Barbada de Altura (Castellano), Brotóla de Roca (Castellano), Locha de Roca (Castellano), Moustela de Rocas (Castellano), Mollera roquera (Catalán), Fork-beard (Inglés), Forkbeard (Inglés), Phycis de Roche (Francés), Mostelle de Roche (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Catalán, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Physiculus dalwigki Kaup, 1858</t>
   </si>
   <si>
-    <t>prueba_Black Codling (Inglés), Morid Cod (Inglés)</t>
+    <t>Black Codling (Inglés), Morid Cod (Inglés)</t>
   </si>
   <si>
     <t>Pisodonophis semicinctus (Richardson, 1848)</t>
   </si>
   <si>
-    <t>prueba_Saddled Snake Eel (Inglés), Serpenton à Selles (Francés)</t>
+    <t>Saddled Snake Eel (Inglés), Serpenton à Selles (Francés)</t>
   </si>
   <si>
     <t>Platybelone argalus (Lesueur, 1821)</t>
   </si>
   <si>
-    <t>prueba_Keeltail Needlefish (Inglés)</t>
+    <t>Keeltail Needlefish (Inglés)</t>
   </si>
   <si>
     <t>Platyberyx opalescens Zugmayer, 1911</t>
   </si>
   <si>
     <t>Platytroctes apus Günther, 1878</t>
   </si>
   <si>
-    <t>prueba_Legless Searsid (Inglés), Legless Tubeshoulder (Inglés)</t>
+    <t>Legless Searsid (Inglés), Legless Tubeshoulder (Inglés)</t>
   </si>
   <si>
     <t>Plectorhinchus mediterraneus (Guichenot, 1850)</t>
   </si>
   <si>
-    <t>prueba_Burro chiclero (Castellano), Burro (Castellano), Rubberlip Grunt (Inglés), Rubber-lip Grunt (Inglés), Daurade grise (Francés), Diagramme (Francés), Diagramme Gris (Francés)</t>
+    <t>Burro chiclero (Castellano), Burro (Castellano), Rubberlip Grunt (Inglés), Rubber-lip Grunt (Inglés), Daurade grise (Francés), Diagramme (Francés), Diagramme Gris (Francés)</t>
   </si>
   <si>
     <t>Pleuronectes platessa Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Solla (Castellano), Solla Europea (Castellano), European Plaice (Inglés), Fluke (Inglés), Hen Fish (Inglés), Plaice-fluke (Inglés), Carrelet (Francés), Plie (Francés), Plie Commune (Francés), Plie D'Europe (Francés)</t>
+    <t>Solla (Castellano), Solla Europea (Castellano), European Plaice (Inglés), Fluke (Inglés), Hen Fish (Inglés), Plaice-fluke (Inglés), Carrelet (Francés), Plie (Francés), Plie Commune (Francés), Plie D'Europe (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Pollachius pollachius (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Abadejo (Castellano), Abadexo (Castellano), Abadira (Castellano), Badexo (Castellano), Barriao (Castellano), Barrionda (Castellano), Ferrete (Castellano), Dover Hake (Inglés), Grass Whiting (Inglés), Greenfish (Inglés), Green Pollack (Inglés), Lythe (Inglés), Margate Hake (Inglés), Callagh (Inglés), Pollack (Inglés), European Pollock (Inglés), Merlan (Francés), Lieu Jaune (Francés), Merluche Blanche (Francés), Colin (Francés)</t>
+    <t>Abadejo (Castellano), Abadexo (Castellano), Abadira (Castellano), Badexo (Castellano), Barriao (Castellano), Barrionda (Castellano), Ferrete (Castellano), Dover Hake (Inglés), Grass Whiting (Inglés), Greenfish (Inglés), Green Pollack (Inglés), Lythe (Inglés), Margate Hake (Inglés), Callagh (Inglés), Pollack (Inglés), European Pollock (Inglés), Merlan (Francés), Lieu Jaune (Francés), Merluche Blanche (Francés), Colin (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Pollichthys mauli (Poll, 1953)</t>
   </si>
   <si>
-    <t>prueba_Luciérnaga Amarilla (Castellano), Stareye Lightfish (Inglés), Hatchetfish (Inglés)</t>
+    <t>Luciérnaga Amarilla (Castellano), Stareye Lightfish (Inglés), Hatchetfish (Inglés)</t>
   </si>
   <si>
     <t>Polymetme corythaeola (Alcock, 1898)</t>
   </si>
   <si>
     <t>Polymixia nobilis Lowe, 1838</t>
   </si>
   <si>
-    <t>prueba_Chivato de fondo (Castellano), Salmón del alto (Castellano), Stout Beardfish (Inglés), Poisson chèvre robuste (Francés)</t>
+    <t>Chivato de fondo (Castellano), Salmón del alto (Castellano), Stout Beardfish (Inglés), Poisson chèvre robuste (Francés)</t>
   </si>
   <si>
     <t>Polyprion americanus (Bloch &amp; Schneider, 1801)</t>
   </si>
   <si>
-    <t>prueba_Cherna (Castellano), Mero (Castellano), Bacalao (Castellano), Cherne (Castellano), Chernoda (Castellano), Chernia (Castellano), Girom (Castellano), Jorna (Castellano), Mero Chernia (Castellano), Mero de Roca (Castellano), Pampol (Castellano), Bass Groper (Inglés), Sea Bass (Inglés), Wreck-fish (Inglés), Sea Rock Perch (Inglés), Stone Bass (Inglés), Wreck Bass (Inglés), Atlantic Wreckfish (Inglés), Wreckfish (Inglés), Mérou (Francés), Cernia (Francés), Cernier (Francés), Cernier Atlantique (Francés), Cernier Commun (Francés), Franfré Rascas (Francés), Cernio Escourpena (Francés), Lucerna (Francés), Mérou de Bosques (Francés), Mérou Fanfré (Francés), Péro-mérot (Francés), Peskar Goat (Francés), Poisson de Bois (Francés), Mérot Gris (Francés)</t>
+    <t>Cherna (Castellano), Mero (Castellano), Bacalao (Castellano), Cherne (Castellano), Chernoda (Castellano), Chernia (Castellano), Girom (Castellano), Jorna (Castellano), Mero Chernia (Castellano), Mero de Roca (Castellano), Pampol (Castellano), Bass Groper (Inglés), Sea Bass (Inglés), Wreck-fish (Inglés), Sea Rock Perch (Inglés), Stone Bass (Inglés), Wreck Bass (Inglés), Atlantic Wreckfish (Inglés), Wreckfish (Inglés), Mérou (Francés), Cernia (Francés), Cernier (Francés), Cernier Atlantique (Francés), Cernier Commun (Francés), Franfré Rascas (Francés), Cernio Escourpena (Francés), Lucerna (Francés), Mérou de Bosques (Francés), Mérou Fanfré (Francés), Péro-mérot (Francés), Peskar Goat (Francés), Poisson de Bois (Francés), Mérot Gris (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Pomacanthus maculosus (Forsskål, 1775)</t>
   </si>
   <si>
-    <t>prueba_Yellowbar Angelfish (Inglés), Yellow-blotch Angelfish (Inglés), Halfmoon Angelfish (Inglés), Yellowband Angelfish (Inglés), Yellowblotch Angelfish (Inglés)</t>
+    <t>Yellowbar Angelfish (Inglés), Yellow-blotch Angelfish (Inglés), Halfmoon Angelfish (Inglés), Yellowband Angelfish (Inglés), Yellowblotch Angelfish (Inglés)</t>
   </si>
   <si>
     <t>Pomacanthus paru (Bloch, 1787)</t>
   </si>
   <si>
-    <t>prueba_Banderita (Castellano), Gallineta negra (Castellano), Chivirica francesa (Castellano), Cachama negra (Castellano), French Angel (Inglés), French Angelfish (Inglés), Angelfish (Inglés), Demoiselle chiririte (Francés)</t>
+    <t>Banderita (Castellano), Gallineta negra (Castellano), Chivirica francesa (Castellano), Cachama negra (Castellano), French Angel (Inglés), French Angelfish (Inglés), Angelfish (Inglés), Demoiselle chiririte (Francés)</t>
   </si>
   <si>
     <t>Pomadasys incisus (Bowdich, 1825)</t>
   </si>
   <si>
-    <t>prueba_Roncador (Castellano), Ronco Mestizo (Castellano), Bastard Grunt (Inglés), Ronfleur (Francés), Grondeur Métis (Francés), Crocro (Francés)</t>
+    <t>Roncador (Castellano), Ronco Mestizo (Castellano), Bastard Grunt (Inglés), Ronfleur (Francés), Grondeur Métis (Francés), Crocro (Francés)</t>
   </si>
   <si>
     <t>Pomadasys benetti</t>
   </si>
   <si>
     <t>Pomatomus saltatrix (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Anchoa de Banco (Castellano), Anchova de Banco (Castellano), Anjova (Castellano), Pez Azul (Castellano), Horse Mackerel (Inglés), Shad (Inglés), Skipjack (Inglés), Blue Fish (Inglés), Choppers (Inglés), Elf (Inglés), Greenfish (Inglés), Fatback (Inglés), Horsemackerel (Inglés), Jumbos (Inglés), Marine Piranha (Inglés), Razorbacks (Inglés), Salmon Bluefish (Inglés), Ancho (Inglés), Skipmackerel (Inglés), Skip Mackerel (Inglés), Snap Mackerel (Inglés), Snapping Mackerel (Inglés), Tailor (Inglés), Tailor Run (Inglés), Bluefish (Inglés), Coupe-fil (Francés), Tassergal (Francés)</t>
+    <t>Anchoa de Banco (Castellano), Anchova de Banco (Castellano), Anjova (Castellano), Pez Azul (Castellano), Horse Mackerel (Inglés), Shad (Inglés), Skipjack (Inglés), Blue Fish (Inglés), Choppers (Inglés), Elf (Inglés), Greenfish (Inglés), Fatback (Inglés), Horsemackerel (Inglés), Jumbos (Inglés), Marine Piranha (Inglés), Razorbacks (Inglés), Salmon Bluefish (Inglés), Ancho (Inglés), Skipmackerel (Inglés), Skip Mackerel (Inglés), Snap Mackerel (Inglés), Snapping Mackerel (Inglés), Tailor (Inglés), Tailor Run (Inglés), Bluefish (Inglés), Coupe-fil (Francés), Tassergal (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Pomatoschistus lozanoi (de Buen, 1923)</t>
   </si>
   <si>
-    <t>prueba_Lozano's Goby (Inglés), Gobie-caméléon (Francés), Gobie de Lozano (Francés)</t>
+    <t>Lozano's Goby (Inglés), Gobie-caméléon (Francés), Gobie de Lozano (Francés)</t>
   </si>
   <si>
     <t>Pomatoschistus marmoratus (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Gobi de Marbre (Castellano), Marbled Goby (Inglés), Gobie Marbré (Francés)</t>
+    <t>Gobi de Marbre (Castellano), Marbled Goby (Inglés), Gobie Marbré (Francés)</t>
   </si>
   <si>
     <t>Pomatoschistus minutus (Pallas, 1770)</t>
   </si>
   <si>
-    <t>prueba_Gobio de Arena (Castellano), Cabuxino (Castellano), Gabuxino (Castellano), Sand Goby (Inglés), Mougne (Francés), Gobie Buhotte (Francés), Gobie des Sables (Francés), Bourgette (Francés)</t>
+    <t>Gobio de Arena (Castellano), Cabuxino (Castellano), Gabuxino (Castellano), Sand Goby (Inglés), Mougne (Francés), Gobie Buhotte (Francés), Gobie des Sables (Francés), Bourgette (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Pomatoschistus norvegicus (Collett, 1902)</t>
   </si>
   <si>
-    <t>prueba_Gobio Noruego (Castellano), Norway Goby (Inglés), Norwegian Goby (Inglés), Gobie Norvégien (Francés), Petit Gobie Svelte (Francés)</t>
+    <t>Gobio Noruego (Castellano), Norway Goby (Inglés), Norwegian Goby (Inglés), Gobie Norvégien (Francés), Petit Gobie Svelte (Francés)</t>
   </si>
   <si>
     <t>Pomatoschistus pictus (Malm, 1865)</t>
   </si>
   <si>
-    <t>prueba_Gobio de Manchas (Castellano), Painted Goby (Inglés), Mediterranean Painted Goby (Inglés), Gobie Peint (Francés), Gobie Varié (Francés)</t>
+    <t>Gobio de Manchas (Castellano), Painted Goby (Inglés), Mediterranean Painted Goby (Inglés), Gobie Peint (Francés), Gobie Varié (Francés)</t>
   </si>
   <si>
     <t>Pomatoschistus quagga (Heckel, 1837)</t>
   </si>
   <si>
-    <t>prueba_Quagga Goby (Inglés), Gobie Quagga (Francés)</t>
+    <t>Quagga Goby (Inglés), Gobie Quagga (Francés)</t>
   </si>
   <si>
     <t>Pontinus kuhlii (Bowdich, 1825)</t>
   </si>
   <si>
-    <t>prueba_Rascacio de Fuera (Castellano), Offshore Rockfish (Inglés), Rascasse du Large (Francés), Rascasse (Francés)</t>
+    <t>Rascacio de Fuera (Castellano), Offshore Rockfish (Inglés), Rascasse du Large (Francés), Rascasse (Francés)</t>
   </si>
   <si>
     <t>Poromitra capito Goode &amp; Bean, 1883</t>
   </si>
   <si>
     <t>Poromitra megalops (Lütken, 1877)</t>
   </si>
   <si>
-    <t>prueba_Ridgehead (Inglés), Bigscale (Inglés)</t>
+    <t>Ridgehead (Inglés), Bigscale (Inglés)</t>
   </si>
   <si>
     <t>Priacanthus arenatus Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Alfonsón (Castellano), Alunado (Castellano), Toro (Castellano), Catalana (Castellano), Catalucia (Castellano), Catalufa Ojón (Castellano), Catalufa Toro (Castellano), Cataluja Toro (Castellano), Comico (Castellano), Majarra Ojona (Castellano), Ojona Colorada (Castellano), Catalufa (Inglés), Common Bigeye (Inglés), Goggle Eye (Inglés), Johnny Diggens (Inglés), Moonshine Conga (Inglés), Atlantic Bigeye (Inglés), Balarton (Inglés), Balatan (Inglés), Bigeye (Inglés), Big-eye (Inglés), Moonshine Snapper (Inglés), Beauclaire de roche (Francés), Juif (Francés), Tête Ronde (Francés), Beauclaire Soleil (Francés)</t>
+    <t>Alfonsón (Castellano), Alunado (Castellano), Toro (Castellano), Catalana (Castellano), Catalucia (Castellano), Catalufa Ojón (Castellano), Catalufa Toro (Castellano), Cataluja Toro (Castellano), Comico (Castellano), Majarra Ojona (Castellano), Ojona Colorada (Castellano), Catalufa (Inglés), Common Bigeye (Inglés), Goggle Eye (Inglés), Johnny Diggens (Inglés), Moonshine Conga (Inglés), Atlantic Bigeye (Inglés), Balarton (Inglés), Balatan (Inglés), Bigeye (Inglés), Big-eye (Inglés), Moonshine Snapper (Inglés), Beauclaire de roche (Francés), Juif (Francés), Tête Ronde (Francés), Beauclaire Soleil (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Prionace glauca (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Blue Shark (Inglés)</t>
+    <t>Blue Shark (Inglés)</t>
   </si>
   <si>
     <t>Pristis pectinata Latham, 1794</t>
   </si>
   <si>
-    <t>prueba_Sayyafah (Castellano), Pejepeine (Castellano), Pez sierra (Castellano), Sayyaf (Castellano), Smalltooth Sawfish (Inglés), Wide Sawfish (Inglés), Poisson-scie (Francés)</t>
+    <t>Sayyafah (Castellano), Pejepeine (Castellano), Pez sierra (Castellano), Sayyaf (Castellano), Smalltooth Sawfish (Inglés), Wide Sawfish (Inglés), Poisson-scie (Francés)</t>
   </si>
   <si>
     <t>Pristis pristis (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pez sierra (Castellano), Pejesierra (Castellano), Largetooth Sawfish (Inglés)</t>
+    <t>Pez sierra (Castellano), Pejesierra (Castellano), Largetooth Sawfish (Inglés)</t>
   </si>
   <si>
     <t>Prognathodes marcellae (Poll, 1950)</t>
   </si>
   <si>
-    <t>prueba_French Butterflyfish (Inglés)</t>
+    <t>French Butterflyfish (Inglés)</t>
   </si>
   <si>
     <t>Promethichthys prometheus (Cuvier, 1832)</t>
   </si>
   <si>
-    <t>prueba_Conejo (Castellano), Escolar Prometeo (Castellano), Tajalí de Canto (Castellano), Pez Conejo (Castellano), Rabbitfish (Inglés), Roudi Escolar (Inglés), Bermuda Catfish (Inglés), Night Serpent (Inglés), Promethean Escolar (Inglés), Rabbit-fish (Inglés), Rabbit Fish (Inglés), Roudi (Inglés), Sarpon (Inglés), Single-line Gemfish (Inglés), Escolier Clair (Francés)</t>
+    <t>Conejo (Castellano), Escolar Prometeo (Castellano), Tajalí de Canto (Castellano), Pez Conejo (Castellano), Rabbitfish (Inglés), Roudi Escolar (Inglés), Bermuda Catfish (Inglés), Night Serpent (Inglés), Promethean Escolar (Inglés), Rabbit-fish (Inglés), Rabbit Fish (Inglés), Roudi (Inglés), Sarpon (Inglés), Single-line Gemfish (Inglés), Escolier Clair (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Psenes pellucidus Lütken, 1880</t>
   </si>
   <si>
-    <t>prueba_Bluefin Driftfish (Inglés)</t>
+    <t>Bluefin Driftfish (Inglés)</t>
   </si>
   <si>
     <t>Psettodes bennettii Steindachner, 1870</t>
   </si>
   <si>
     <t>Pseudaphya ferreri (de Buen &amp; Fage, 1908)</t>
   </si>
   <si>
-    <t>prueba_Chanquete (Castellano), Dorada Del Pacífico (Castellano), Roseti (Castellano), Ferrer's Goby (Inglés), Gobie Nageur de Ferrer (Francés)</t>
+    <t>Chanquete (Castellano), Dorada Del Pacífico (Castellano), Roseti (Castellano), Ferrer's Goby (Inglés), Gobie Nageur de Ferrer (Francés)</t>
   </si>
   <si>
     <t>Pseudocaranx dentex (Bloch &amp; Schneider, 1801)</t>
   </si>
   <si>
-    <t>prueba_Jurel Dentón (Castellano), Jurel Dorado (Castellano), Silver Bream (Inglés), Toothed crevall (Inglés), White Trevally (Inglés), Silver Travally (Inglés), Blurter (Inglés), Bruised-face Trevally (Inglés), Cavalley (Inglés), Crevalley (Inglés), Guelly Jack (Inglés), Jack (Inglés), Jackfish (Inglés), Longsnout Trevally (Inglés), Pig Ulua (Inglés), Ranger (Inglés), Silver Fish (Inglés), Blue Trevally (Inglés), Skipjack Trevally (Inglés), Skippy (Inglés), Thicklipped Jack (Inglés), Carangue Dentue (Francés), Jurel (Francés)</t>
+    <t>Jurel Dentón (Castellano), Jurel Dorado (Castellano), Silver Bream (Inglés), Toothed crevall (Inglés), White Trevally (Inglés), Silver Travally (Inglés), Blurter (Inglés), Bruised-face Trevally (Inglés), Cavalley (Inglés), Crevalley (Inglés), Guelly Jack (Inglés), Jack (Inglés), Jackfish (Inglés), Longsnout Trevally (Inglés), Pig Ulua (Inglés), Ranger (Inglés), Silver Fish (Inglés), Blue Trevally (Inglés), Skipjack Trevally (Inglés), Skippy (Inglés), Thicklipped Jack (Inglés), Carangue Dentue (Francés), Jurel (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Pseudocarcharias kamoharai (Matsubara, 1936)</t>
   </si>
   <si>
-    <t>prueba_Tiburón Cocodrilo (Castellano), Crocodile Shark (Inglés), Requin Crocodile (Francés)</t>
+    <t>Tiburón Cocodrilo (Castellano), Crocodile Shark (Inglés), Requin Crocodile (Francés)</t>
   </si>
   <si>
     <t>Pseudophichthys splendens (Lea, 1913)</t>
   </si>
   <si>
-    <t>prueba_Purplemouthed Conger (Inglés)</t>
+    <t>Purplemouthed Conger (Inglés)</t>
   </si>
   <si>
     <t>Pseudoscopelus altipinnis Parr, 1933</t>
   </si>
   <si>
     <t>Pseudotriakis microdon de Brito Capello, 1868</t>
   </si>
   <si>
-    <t>prueba_Musolón De Aleta Larga (Castellano), False Catshark (Inglés), Keel-dorsal Shark (Inglés), Requin À Longue Dorsale (Francés)</t>
+    <t>Musolón De Aleta Larga (Castellano), False Catshark (Inglés), Keel-dorsal Shark (Inglés), Requin À Longue Dorsale (Francés)</t>
   </si>
   <si>
     <t>Pseudupeneus prayensis (Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_West African Goatfish (Inglés), Rouget (Francés)</t>
+    <t>West African Goatfish (Inglés), Rouget (Francés)</t>
   </si>
   <si>
     <t>Pteroplatytrygon violacea (Bonaparte, 1832)</t>
   </si>
   <si>
-    <t>prueba_Raya Negra (Castellano), Pelagic Stingray (Inglés), Blue Stingray (Inglés), Pastenague Violette (Francés)</t>
+    <t>Raya Negra (Castellano), Pelagic Stingray (Inglés), Blue Stingray (Inglés), Pastenague Violette (Francés)</t>
   </si>
   <si>
     <t>Pterycombus brama Fries, 1837</t>
   </si>
   <si>
-    <t>prueba_Voladora (Castellano), Atlantic Fanfish (Inglés), Rough Pomfret (Inglés), Fanfish (Inglés), Silver Pomfret (Inglés)</t>
+    <t>Voladora (Castellano), Atlantic Fanfish (Inglés), Rough Pomfret (Inglés), Fanfish (Inglés), Silver Pomfret (Inglés)</t>
   </si>
   <si>
     <t>Rachycentron canadum (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Bonito (Castellano), Bacalao (Castellano), Bonito Negro (Castellano), Cabio (Castellano), Cobie (Castellano), Pejepalo (Castellano), Peje Palo (Castellano), Prodigal Son (Inglés), Butterfish (Inglés), Kingfish (Inglés), Runner (Inglés), Black King (Inglés), Cobla (Inglés), Cod (Inglés), Crabeater (Inglés), Crab Eater (Inglés), Cubby Yew (Inglés), Lemon Fish (Inglés), Black Kingfish (Inglés), Sergeantfish (Inglés), Cobia (Inglés), Sergeant Fish (Inglés), Black King Fish (Inglés), Black Salmon (Inglés), Ling (Inglés), Mafou (Francés)</t>
+    <t>Bonito (Castellano), Bacalao (Castellano), Bonito Negro (Castellano), Cabio (Castellano), Cobie (Castellano), Pejepalo (Castellano), Peje Palo (Castellano), Prodigal Son (Inglés), Butterfish (Inglés), Kingfish (Inglés), Runner (Inglés), Black King (Inglés), Cobla (Inglés), Cod (Inglés), Crabeater (Inglés), Crab Eater (Inglés), Cubby Yew (Inglés), Lemon Fish (Inglés), Black Kingfish (Inglés), Sergeantfish (Inglés), Cobia (Inglés), Sergeant Fish (Inglés), Black King Fish (Inglés), Black Salmon (Inglés), Ling (Inglés), Mafou (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Radiicephalus elongatus Osório, 1917</t>
   </si>
   <si>
-    <t>prueba_Tapertail (Inglés)</t>
+    <t>Tapertail (Inglés)</t>
   </si>
   <si>
     <t>Raja asterias Delaroche, 1809</t>
   </si>
   <si>
-    <t>prueba_Raya Estrellada (Castellano), Starry Skate (Inglés), Starry Ray (Inglés), Raie Ètoilée (Francés)</t>
+    <t>Raya Estrellada (Castellano), Starry Skate (Inglés), Starry Ray (Inglés), Raie Ètoilée (Francés)</t>
   </si>
   <si>
     <t>Raja brachyura Lafont, 1871</t>
   </si>
   <si>
-    <t>prueba_Blonde Skate (Inglés), Blonde Ray (Inglés)</t>
+    <t>Blonde Skate (Inglés), Blonde Ray (Inglés)</t>
   </si>
   <si>
     <t>Raja clavata Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Thornback Skate (Inglés)</t>
+    <t>Thornback Skate (Inglés)</t>
   </si>
   <si>
     <t>Raja maderensis Lowe, 1838</t>
   </si>
   <si>
-    <t>prueba_Madeira Skate (Inglés)</t>
+    <t>Madeira Skate (Inglés)</t>
   </si>
   <si>
     <t>Raja microocellata Montagu, 1818</t>
   </si>
   <si>
-    <t>prueba_Smalleyed Skate (Inglés), Smalleyed Ray (Inglés)</t>
+    <t>Smalleyed Skate (Inglés), Smalleyed Ray (Inglés)</t>
   </si>
   <si>
     <t>Raja miraletus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Raya de Espjos (Castellano), Brown Skate (Inglés), Twineye Skate (Inglés), Raie Miroir (Francés)</t>
+    <t>Raya de Espjos (Castellano), Brown Skate (Inglés), Twineye Skate (Inglés), Raie Miroir (Francés)</t>
   </si>
   <si>
     <t>Raja montagui Fowler, 1910</t>
   </si>
   <si>
-    <t>prueba_Raya Pintada (Castellano), Spotted Skate (Inglés), Spotted Ray (Inglés), Raie Douce (Francés)</t>
+    <t>Raya Pintada (Castellano), Spotted Skate (Inglés), Spotted Ray (Inglés), Raie Douce (Francés)</t>
   </si>
   <si>
     <t>Raja polystigma Regan, 1923</t>
   </si>
   <si>
-    <t>prueba_Raya Manchada (Castellano), Raya Pintada (Castellano), Speckled Skate (Inglés), Speckled Ray (Inglés), Raie Douce (Francés), Raie Tachetée (Francés)</t>
+    <t>Raya Manchada (Castellano), Raya Pintada (Castellano), Speckled Skate (Inglés), Speckled Ray (Inglés), Raie Douce (Francés), Raie Tachetée (Francés)</t>
   </si>
   <si>
     <t>Raja radula Delaroche, 1809</t>
   </si>
   <si>
-    <t>prueba_Raya Áspera (Castellano), Rough Ray (Inglés), Raie Râpe (Francés)</t>
+    <t>Raya Áspera (Castellano), Rough Ray (Inglés), Raie Râpe (Francés)</t>
   </si>
   <si>
     <t>Raja undulata Lacepède, 1802</t>
   </si>
   <si>
-    <t>prueba_Raya Mosaica (Castellano), Undulate Skate (Inglés), Undulate Ray (Inglés), Raie Brunette (Francés)</t>
+    <t>Raya Mosaica (Castellano), Undulate Skate (Inglés), Undulate Ray (Inglés), Raie Brunette (Francés)</t>
   </si>
   <si>
     <t>Rajella barnardi (Norman, 1935)</t>
   </si>
   <si>
-    <t>prueba_Bigthorn Skate (Inglés)</t>
+    <t>Bigthorn Skate (Inglés)</t>
   </si>
   <si>
     <t>Rajella bigelowi (Stehmann, 1978)</t>
   </si>
   <si>
-    <t>prueba_Raya de Bigelow (Castellano), Bigelow's Skate (Inglés), Raie de Bigelow (Francés)</t>
+    <t>Raya de Bigelow (Castellano), Bigelow's Skate (Inglés), Raie de Bigelow (Francés)</t>
   </si>
   <si>
     <t>Raja bigelowi Stehmann, 1978</t>
   </si>
   <si>
     <t>Rajella fyllae (Lütken, 1887)</t>
   </si>
   <si>
-    <t>prueba_Raya Redonda (Castellano), Round Skate (Inglés), Sandy Skate (Inglés), Round Ray (Inglés), Raie Ronde (Francés)</t>
+    <t>Raya Redonda (Castellano), Round Skate (Inglés), Sandy Skate (Inglés), Round Ray (Inglés), Raie Ronde (Francés)</t>
   </si>
   <si>
     <t>Rajella kukujevi (Dolganov, 1985)</t>
   </si>
   <si>
-    <t>prueba_Mid-Atlantic Skate (Inglés)</t>
+    <t>Mid-Atlantic Skate (Inglés)</t>
   </si>
   <si>
     <t>Rajella ravidula (Hulley, 1970)</t>
   </si>
   <si>
-    <t>prueba_Smoothback Skate (Inglés)</t>
+    <t>Smoothback Skate (Inglés)</t>
   </si>
   <si>
     <t>Raniceps raninus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Ranúnculo Negro (Castellano), Tadpole-fish (Inglés), Lesser Fork-beard (Inglés), Tadpole Fish (Inglés), Tommy Noddy (Inglés), Trident (Francés), Grenouille de Mer (Francés)</t>
+    <t>Ranúnculo Negro (Castellano), Tadpole-fish (Inglés), Lesser Fork-beard (Inglés), Tadpole Fish (Inglés), Tommy Noddy (Inglés), Trident (Francés), Grenouille de Mer (Francés)</t>
   </si>
   <si>
     <t>Ranzania laevis (Pennant, 1776)</t>
   </si>
   <si>
-    <t>prueba_Mola Flaca (Castellano), Pez Luna Colitruncado (Castellano), Trunkfish (Inglés), Slender Mola (Inglés), Dwarf Sunfish (Inglés), Truncated Sunfish (Inglés), Slender Sunfish (Inglés), Ranzania (Francés)</t>
+    <t>Mola Flaca (Castellano), Pez Luna Colitruncado (Castellano), Trunkfish (Inglés), Slender Mola (Inglés), Dwarf Sunfish (Inglés), Truncated Sunfish (Inglés), Slender Sunfish (Inglés), Ranzania (Francés)</t>
   </si>
   <si>
     <t>Regalecus glesne Ascanius, 1772</t>
   </si>
   <si>
-    <t>prueba_Pez Remo (Castellano), Rey de Los Arenques (Castellano), Oarfish (Inglés), Oar-fish (Inglés), Pacific Oarfish (Inglés), King of Herrings (Inglés), Ribbon-fish (Inglés), King of The Herring (Inglés), Giant Oarfish (Inglés), Ribbonfish (Inglés), Régalec (Francés), Roi des Harengs (Francés), Regalec (Francés)</t>
+    <t>Pez Remo (Castellano), Rey de Los Arenques (Castellano), Oarfish (Inglés), Oar-fish (Inglés), Pacific Oarfish (Inglés), King of Herrings (Inglés), Ribbon-fish (Inglés), King of The Herring (Inglés), Giant Oarfish (Inglés), Ribbonfish (Inglés), Régalec (Francés), Roi des Harengs (Francés), Regalec (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Remora albescens (Temminck &amp; Schlegel, 1850)</t>
   </si>
   <si>
-    <t>prueba_Remora (Castellano), Rémora Blanca (Castellano), White Suckerfish (Inglés), Mantasucker (Inglés), White Remora (Inglés)</t>
+    <t>Remora (Castellano), Rémora Blanca (Castellano), White Suckerfish (Inglés), Mantasucker (Inglés), White Remora (Inglés)</t>
   </si>
   <si>
     <t>Remora brachyptera (Lowe, 1839)</t>
   </si>
   <si>
-    <t>prueba_Peje Piloto (Castellano), Pez Pega Robusto (Castellano), Rémora de Merlín (Castellano), Rémora Gris (Castellano), Rémora Robusta (Castellano), Sapito Blanco (Castellano), Tardanaves (Castellano), Grey Marlinsucker (Inglés), Spearfishsucker (Inglés), Spearfish Remora (Inglés), Swordfish Sucker (Inglés), Rémora (Inglés), Rémora Blanc des Marlins (Francés), Rémora des Espadons (Francés)</t>
+    <t>Peje Piloto (Castellano), Pez Pega Robusto (Castellano), Rémora de Merlín (Castellano), Rémora Gris (Castellano), Rémora Robusta (Castellano), Sapito Blanco (Castellano), Tardanaves (Castellano), Grey Marlinsucker (Inglés), Spearfishsucker (Inglés), Spearfish Remora (Inglés), Swordfish Sucker (Inglés), Rémora (Inglés), Rémora Blanc des Marlins (Francés), Rémora des Espadons (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Remora osteochir (Cuvier, 1829)</t>
   </si>
   <si>
-    <t>prueba_Agarrador (Castellano), Pez Pega Disco (Castellano), Rémora de Merlín (Castellano), Rémora Marlinera (Castellano), Marlinsucker (Inglés), Hardfin Marlinsucker (Inglés), Sailfishsucker (Inglés), Marlin Sucker (Inglés), Poisson Rémora (Francés), Poisson Pilote (Francés), Rémora des Marlins (Francés)</t>
+    <t>Agarrador (Castellano), Pez Pega Disco (Castellano), Rémora de Merlín (Castellano), Rémora Marlinera (Castellano), Marlinsucker (Inglés), Hardfin Marlinsucker (Inglés), Sailfishsucker (Inglés), Marlin Sucker (Inglés), Poisson Rémora (Francés), Poisson Pilote (Francés), Rémora des Marlins (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Remora remora (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Rémora Tiburonera (Castellano), Remora (Castellano), Sapito (Castellano), Sapito Común (Castellano), Pega (Catalán), Rémora (Inglés), Stout Sucking Fish (Inglés), Brown Remora (Inglés), Common Sucker (Inglés), Shark Pilot (Inglés), Shark-sucker (Inglés), Brown Sucker (Inglés), Common Remora (Inglés), Shark Sucker (Inglés), Short Suckerfish (Inglés), Stout Suckerfish (Inglés), Rémora des Requins (Francés), Pilote (Francés)</t>
+    <t>Rémora Tiburonera (Castellano), Remora (Castellano), Sapito (Castellano), Sapito Común (Castellano), Pega (Catalán), Rémora (Inglés), Stout Sucking Fish (Inglés), Brown Remora (Inglés), Common Sucker (Inglés), Shark Pilot (Inglés), Shark-sucker (Inglés), Brown Sucker (Inglés), Common Remora (Inglés), Shark Sucker (Inglés), Short Suckerfish (Inglés), Stout Suckerfish (Inglés), Rémora des Requins (Francés), Pilote (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Rhadinesthes decimus (Zugmayer, 1911)</t>
   </si>
   <si>
-    <t>prueba_Slender Snaggletooth (Inglés), Dragon-saumon Élancé (Francés)</t>
+    <t>Slender Snaggletooth (Inglés), Dragon-saumon Élancé (Francés)</t>
   </si>
   <si>
     <t>Rhincodon typus Smith, 1828</t>
   </si>
   <si>
-    <t>prueba_Tiburón Ballena (Castellano), Whale Shark (Inglés), Requin Baleine (Francés)</t>
+    <t>Tiburón Ballena (Castellano), Whale Shark (Inglés), Requin Baleine (Francés)</t>
   </si>
   <si>
     <t>Rhinobatos rhinobatos (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Guitarra barbanegra (Castellano), Guitarra (Castellano), Guitarró (Castellano), Guitarra Comùn (Castellano), Violinfish (Inglés), Common Guitarfish (Inglés), Guitare De Mer Commune (Francés), Guitarra (Latín)</t>
+    <t>Guitarra barbanegra (Castellano), Guitarra (Castellano), Guitarró (Castellano), Guitarra Comùn (Castellano), Violinfish (Inglés), Common Guitarfish (Inglés), Guitare De Mer Commune (Francés), Guitarra (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Latín</t>
   </si>
   <si>
     <t>Rhinochimaera atlantica Holt &amp; Byrne, 1909</t>
   </si>
   <si>
-    <t>prueba_Narigón Sierra (Castellano), Straightnose Rabbitfish (Inglés), Broadnose Chimaera (Inglés), Spearnose Chimaera (Inglés), Knifenose Chimaera (Inglés), Chimère Nez Lance (Francés)</t>
+    <t>Narigón Sierra (Castellano), Straightnose Rabbitfish (Inglés), Broadnose Chimaera (Inglés), Spearnose Chimaera (Inglés), Knifenose Chimaera (Inglés), Chimère Nez Lance (Francés)</t>
   </si>
   <si>
     <t>Rhinoptera marginata (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Gavilán lusitánico (Castellano), Pez arzobispo (Castellano), Lusitanian Cownose Ray (Inglés)</t>
+    <t>Gavilán lusitánico (Castellano), Pez arzobispo (Castellano), Lusitanian Cownose Ray (Inglés)</t>
   </si>
   <si>
     <t>Rhizoprionodon acutus (Rüppell, 1837)</t>
   </si>
   <si>
-    <t>prueba_Milk Shark (Inglés), Fish-shark (Inglés), Longman's Shark (Inglés), White-eyed Shark (Inglés)</t>
+    <t>Milk Shark (Inglés), Fish-shark (Inglés), Longman's Shark (Inglés), White-eyed Shark (Inglés)</t>
   </si>
   <si>
     <t>Rinoctes nasutus (Koefoed, 1927)</t>
   </si>
   <si>
     <t>Rondeletia loricata Abe &amp; Hotta, 1963</t>
   </si>
   <si>
-    <t>prueba_Redmouth Whalefish (Inglés)</t>
+    <t>Redmouth Whalefish (Inglés)</t>
   </si>
   <si>
     <t>Rosenblattichthys hubbsi Johnson, 1974</t>
   </si>
   <si>
-    <t>prueba_Hubb's Pearleye (Inglés)</t>
+    <t>Hubb's Pearleye (Inglés)</t>
   </si>
   <si>
     <t>Rostroraja alba (Lacepède, 1803)</t>
   </si>
   <si>
-    <t>prueba_Raya Bramante (Castellano), Raya blanca (Castellano), Spearnose Skate (Inglés), White Skate (Inglés), Bottlenose Skate (Inglés), Raie Blanche (Francés), Raie à bec pointu (Francés)</t>
+    <t>Raya Bramante (Castellano), Raya blanca (Castellano), Spearnose Skate (Inglés), White Skate (Inglés), Bottlenose Skate (Inglés), Raie Blanche (Francés), Raie à bec pointu (Francés)</t>
   </si>
   <si>
     <t>Rouleina attrita (Vaillant, 1888)</t>
   </si>
   <si>
-    <t>prueba_Softskin Smooth-head (Inglés), Softskin Slickhead (Inglés)</t>
+    <t>Softskin Smooth-head (Inglés), Softskin Slickhead (Inglés)</t>
   </si>
   <si>
     <t>Rouleina maderensis Maul, 1948</t>
   </si>
   <si>
-    <t>prueba_Madeiran Smooth-head (Inglés), Madeiran Slickhead (Inglés)</t>
+    <t>Madeiran Smooth-head (Inglés), Madeiran Slickhead (Inglés)</t>
   </si>
   <si>
     <t>Ruvettus pretiosus Cocco, 1833</t>
   </si>
   <si>
-    <t>prueba_Lija (Castellano), Escolar Clavo (Castellano), Escolar Violáceo (Castellano), Pez Aceite (Castellano), Pez Aceitoso (Castellano), Pez Purgante (Castellano), Night Barracuda (Inglés), Oil Fish (Inglés), Plain-tail (Inglés), Scour-fish (Inglés), Escolar (Inglés), Oilfish (Inglés), Castor Oil Fish (Inglés), Rouvet (Francés)</t>
+    <t>Lija (Castellano), Escolar Clavo (Castellano), Escolar Violáceo (Castellano), Pez Aceite (Castellano), Pez Aceitoso (Castellano), Pez Purgante (Castellano), Night Barracuda (Inglés), Oil Fish (Inglés), Plain-tail (Inglés), Scour-fish (Inglés), Escolar (Inglés), Oilfish (Inglés), Castor Oil Fish (Inglés), Rouvet (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Saccopharynx ampullaceus (Harwood, 1827)</t>
   </si>
   <si>
-    <t>prueba_Gulper (Inglés), Pelican-Fish (Inglés), Gulper Eel (Inglés), Taillight Gulper (Inglés)</t>
+    <t>Gulper (Inglés), Pelican-Fish (Inglés), Gulper Eel (Inglés), Taillight Gulper (Inglés)</t>
   </si>
   <si>
     <t>Saccopharynx thalassa Nielsen &amp; Bertelsen, 1985</t>
   </si>
   <si>
     <t>Sagamichthys schnakenbecki (Krefft, 1953)</t>
   </si>
   <si>
-    <t>prueba_Schnakenbeck's Searsid (Inglés)</t>
+    <t>Schnakenbeck's Searsid (Inglés)</t>
   </si>
   <si>
     <t>Salaria pavo (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Gallerbo (Castellano), Gallerbu (Castellano), Peacock Blenny (Inglés), Blennie Paon (Francés), Baveuse (Francés), Bigoula (Francés)</t>
+    <t>Gallerbo (Castellano), Gallerbu (Castellano), Peacock Blenny (Inglés), Blennie Paon (Francés), Baveuse (Francés), Bigoula (Francés)</t>
   </si>
   <si>
     <t>Lipophrys pavo (Risso, 1810)</t>
   </si>
   <si>
     <t>Sarda sarda (Bloch, 1793)</t>
   </si>
   <si>
-    <t>prueba_Bonito (Castellano), Bonito del Atlántico (Castellano), Bonitol (Castellano), Cabaña Blanca (Castellano), Cabaña Cariba (Castellano), Cabaña de Dientes (Castellano), Cerda (Castellano), Bonito Atlántico (Castellano), Bonitu (Castellano), Atlantic Bonito (Inglés), Bonite à dos Rayé (Francés), Bonite (Francés), Pélamide (Francés)</t>
+    <t>Bonito (Castellano), Bonito del Atlántico (Castellano), Bonitol (Castellano), Cabaña Blanca (Castellano), Cabaña Cariba (Castellano), Cabaña de Dientes (Castellano), Cerda (Castellano), Bonito Atlántico (Castellano), Bonitu (Castellano), Atlantic Bonito (Inglés), Bonite à dos Rayé (Francés), Bonite (Francés), Pélamide (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Sardina pilchardus (Walbaum, 1792)</t>
   </si>
   <si>
-    <t>prueba_Sardiña (Castellano), Majuga (Castellano), Xouba (Castellano), Parrocha (Castellano), Sardinas (Castellano), Sardina Europea (Castellano), Pilchard (Inglés), European Pilchard (Inglés), Soused Pilchards (Inglés), True Sardine (Inglés), Sardine (Francés), Sardine Commune (Francés), Sardina (Latín)</t>
+    <t>Sardiña (Castellano), Majuga (Castellano), Xouba (Castellano), Parrocha (Castellano), Sardinas (Castellano), Sardina Europea (Castellano), Pilchard (Inglés), European Pilchard (Inglés), Soused Pilchards (Inglés), True Sardine (Inglés), Sardine (Francés), Sardine Commune (Francés), Sardina (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Sardinella aurita Valenciennes, 1847</t>
   </si>
   <si>
-    <t>prueba_Lacha (Castellano), Alacha (Castellano), Sardinia (Castellano), Allacha (Castellano), Sardinela Atlantica (Castellano), Arenque (Castellano), Española (Castellano), Sardina Listada (Castellano), Sardina Española (Castellano), Sardina de España (Castellano), Sardina Alacha (Castellano), Sardina Arencada (Castellano), Pilchard (Inglés), Round Sardinella (Inglés), False Sardine (Inglés), Herring (Inglés), Fry-dry (Inglés), Gilt Sardine (Inglés), Bang (Inglés), Round Sardinelle (Inglés), Round Sardines (Inglés), Spanish Sardine (Inglés), Sardinelle (Francés), Sardine D'Europe (Francés), Sardine (Francés), Z'anchois (Francés), Sardinelle Ronde (Francés), Caille (Francés), Allache (Francés), Sardinella (Latín), Sardina (Latín)</t>
+    <t>Lacha (Castellano), Alacha (Castellano), Sardinia (Castellano), Allacha (Castellano), Sardinela Atlantica (Castellano), Arenque (Castellano), Española (Castellano), Sardina Listada (Castellano), Sardina Española (Castellano), Sardina de España (Castellano), Sardina Alacha (Castellano), Sardina Arencada (Castellano), Pilchard (Inglés), Round Sardinella (Inglés), False Sardine (Inglés), Herring (Inglés), Fry-dry (Inglés), Gilt Sardine (Inglés), Bang (Inglés), Round Sardinelle (Inglés), Round Sardines (Inglés), Spanish Sardine (Inglés), Sardinelle (Francés), Sardine D'Europe (Francés), Sardine (Francés), Z'anchois (Francés), Sardinelle Ronde (Francés), Caille (Francés), Allache (Francés), Sardinella (Latín), Sardina (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Latín, Latín</t>
   </si>
   <si>
     <t>Sardinella maderensis (Lowe, 1838)</t>
   </si>
   <si>
-    <t>prueba_Machoello (Castellano), Arenque (Castellano), Machuelo (Castellano), Manchuelo (Castellano), Sardina Arencada (Castellano), Madeiran Sardinelle (Inglés), Madeiran Sardinella (Inglés), Herring (Inglés), Short-bodied Sardine (Inglés), Pilchard (Inglés), Sardine (Francés), Sardinelle de Madère (Francés), Sardinelle Plate (Francés), Hareng (Francés), Grande Allache (Francés)</t>
+    <t>Machoello (Castellano), Arenque (Castellano), Machuelo (Castellano), Manchuelo (Castellano), Sardina Arencada (Castellano), Madeiran Sardinelle (Inglés), Madeiran Sardinella (Inglés), Herring (Inglés), Short-bodied Sardine (Inglés), Pilchard (Inglés), Sardine (Francés), Sardinelle de Madère (Francés), Sardinelle Plate (Francés), Hareng (Francés), Grande Allache (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Sarpa salpa (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Cagona (Castellano), Saboga (Catalán), Salema (Inglés), Karanteen (Inglés), Goldline (Inglés), Saupe (Francés), Salpa (Latín)</t>
+    <t>Cagona (Castellano), Saboga (Catalán), Salema (Inglés), Karanteen (Inglés), Goldline (Inglés), Saupe (Francés), Salpa (Latín)</t>
   </si>
   <si>
     <t>Castellano, Catalán, Inglés, Inglés, Inglés, Francés, Latín</t>
   </si>
   <si>
     <t>Scartella cristata (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Blenio Peineta (Castellano), Blénido Crestado (Castellano), Borracho Peineta (Castellano), Chivato (Castellano), Molly Miller (Inglés), Blennie Chevelue (Francés)</t>
+    <t>Blenio Peineta (Castellano), Blénido Crestado (Castellano), Borracho Peineta (Castellano), Chivato (Castellano), Molly Miller (Inglés), Blennie Chevelue (Francés)</t>
   </si>
   <si>
     <t>Schedophilus medusophagus (Cocco, 1839)</t>
   </si>
   <si>
     <t>Sciadonus cryptophthalmus (Zugmayer, 1911)</t>
   </si>
   <si>
     <t>Sciaena umbra Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Corvallo (Castellano), Corvina (Castellano), Verrugato (Castellano), Brown Meagre (Inglés), Corb Noir (Francés), Corb (Francés), Corb Commun (Francés), Corb du Cameroun (Francés), Vieille Noire (Francés)</t>
+    <t>Corvallo (Castellano), Corvina (Castellano), Verrugato (Castellano), Brown Meagre (Inglés), Corb Noir (Francés), Corb (Francés), Corb Commun (Francés), Corb du Cameroun (Francés), Vieille Noire (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Scomber colias Gmelin, 1789</t>
   </si>
   <si>
-    <t>prueba_Atlantic Chub Mackerel (Inglés), Maquereau Blanc (Francés)</t>
+    <t>Atlantic Chub Mackerel (Inglés), Maquereau Blanc (Francés)</t>
   </si>
   <si>
     <t>Scomberesox saurus (Walbaum, 1792)</t>
   </si>
   <si>
     <t>Scomberesox simulans (Hubbs &amp; Wisner, 1980)</t>
   </si>
   <si>
-    <t>prueba_Dwarf Atlantic Saury (Inglés)</t>
+    <t>Dwarf Atlantic Saury (Inglés)</t>
   </si>
   <si>
     <t>Scomberomorus tritor (Cuvier, 1832)</t>
   </si>
   <si>
-    <t>prueba_Carite Lusitánico (Castellano), Carite Pintado (Castellano), Garita (Castellano), West African Mackerel (Inglés), Mackerel (Inglés), Spanish Mackerel (Inglés), West African Spanish Mackerel (Inglés), Thazard Blanc (Francés), Maquereau Bonite (Francés), Maquereau-bonite (Francés)</t>
+    <t>Carite Lusitánico (Castellano), Carite Pintado (Castellano), Garita (Castellano), West African Mackerel (Inglés), Mackerel (Inglés), Spanish Mackerel (Inglés), West African Spanish Mackerel (Inglés), Thazard Blanc (Francés), Maquereau Bonite (Francés), Maquereau-bonite (Francés)</t>
   </si>
   <si>
     <t>Scomber scombrus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Caballa (Castellano), Caballa del Atlántico (Castellano), Maquereau Bleu (Castellano), Verdel (Castellano), Xarda (Gallego), Mackerel (Inglés), Split (Inglés), Atlantic Mackerel (Inglés), Joey (Inglés), Maquereau Commun (Francés), Maquereau (Francés)</t>
+    <t>Caballa (Castellano), Caballa del Atlántico (Castellano), Maquereau Bleu (Castellano), Verdel (Castellano), Xarda (Gallego), Mackerel (Inglés), Split (Inglés), Atlantic Mackerel (Inglés), Joey (Inglés), Maquereau Commun (Francés), Maquereau (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Gallego, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Scomber scomber Linnaeus, 1758</t>
   </si>
   <si>
     <t>Scombrolabrax heterolepis Roule, 1921</t>
   </si>
   <si>
-    <t>prueba_Longfin Escolar (Inglés)</t>
+    <t>Longfin Escolar (Inglés)</t>
   </si>
   <si>
     <t>Scopelarchus analis (Brauer, 1902)</t>
   </si>
   <si>
-    <t>prueba_Blackbelly Pearleye (Inglés), Shortfin Pearleye (Inglés), Short Fin Pearleye (Inglés)</t>
+    <t>Blackbelly Pearleye (Inglés), Shortfin Pearleye (Inglés), Short Fin Pearleye (Inglés)</t>
   </si>
   <si>
     <t>Scopelarchus guentheri Alcock, 1896</t>
   </si>
   <si>
-    <t>prueba_Staring Pearleye (Inglés)</t>
+    <t>Staring Pearleye (Inglés)</t>
   </si>
   <si>
     <t>Scopelarchus michaelsarsi Koefoed, 1955</t>
   </si>
   <si>
-    <t>prueba_Bigfin Pearleye (Inglés)</t>
+    <t>Bigfin Pearleye (Inglés)</t>
   </si>
   <si>
     <t>Scopeloberyx opisthopterus (Parr, 1933)</t>
   </si>
   <si>
     <t>Scopeloberyx robustus (Günther, 1887)</t>
   </si>
   <si>
-    <t>prueba_Longjaw Bigscale (Inglés), Ridgehead (Inglés)</t>
+    <t>Longjaw Bigscale (Inglés), Ridgehead (Inglés)</t>
   </si>
   <si>
     <t>Scopelogadus beanii (Günther, 1887)</t>
   </si>
   <si>
-    <t>prueba_Bean's Bigscale (Inglés)</t>
+    <t>Bean's Bigscale (Inglés)</t>
   </si>
   <si>
     <t>Scopelogadus mizolepis (Günther, 1878)</t>
   </si>
   <si>
     <t>Scopelosaurus argenteus (Maul, 1954)</t>
   </si>
   <si>
-    <t>prueba_Waryfish (Inglés)</t>
+    <t>Waryfish (Inglés)</t>
   </si>
   <si>
     <t>Scopelosaurus lepidus (Krefft &amp; Maul, 1955)</t>
   </si>
   <si>
-    <t>prueba_Blackfin Waryfish (Inglés), Waryfish (Inglés), Guetteur à Nageoire Noire (Francés)</t>
+    <t>Blackfin Waryfish (Inglés), Waryfish (Inglés), Guetteur à Nageoire Noire (Francés)</t>
   </si>
   <si>
     <t>Scophthalmus maximus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Scophthalmus rhombus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Scorpaena canariensis (Sauvage, 1878)</t>
   </si>
   <si>
-    <t>prueba_Rascacio (Castellano), Rascansio (Castellano)</t>
+    <t>Rascacio (Castellano), Rascansio (Castellano)</t>
   </si>
   <si>
     <t>Scorpaena elongata Cadenat, 1943</t>
   </si>
   <si>
-    <t>prueba_Gallineta (Castellano), Gallineta Rosada (Castellano), Rascasio (Castellano), Slender Rockfish (Inglés), Scorpène (Francés), Rascasse Rose (Francés), Rascasse (Francés), Grande Rascasse Rouge (Francés)</t>
+    <t>Gallineta (Castellano), Gallineta Rosada (Castellano), Rascasio (Castellano), Slender Rockfish (Inglés), Scorpène (Francés), Rascasse Rose (Francés), Rascasse (Francés), Grande Rascasse Rouge (Francés)</t>
   </si>
   <si>
     <t>Scorpaena loppei Cadenat, 1943</t>
   </si>
   <si>
-    <t>prueba_Cochito Manchado (Castellano), Rascacio de Cadenat (Castellano), Cadenat's Rockfish (Inglés), Rascasse de Loppé (Francés), Scorpène (Francés), Rascasse de Cadenat (Francés)</t>
+    <t>Cochito Manchado (Castellano), Rascacio de Cadenat (Castellano), Cadenat's Rockfish (Inglés), Rascasse de Loppé (Francés), Scorpène (Francés), Rascasse de Cadenat (Francés)</t>
   </si>
   <si>
     <t>Scorpaena maderensis Valenciennes, 1833</t>
   </si>
   <si>
-    <t>prueba_Poyo (Castellano), Rascacio de Madeira (Castellano), Madeira Rockfish (Inglés), Madeira Rock-fish (Inglés), Scorpène (Francés), Rascasse de Madère (Francés)</t>
+    <t>Poyo (Castellano), Rascacio de Madeira (Castellano), Madeira Rockfish (Inglés), Madeira Rock-fish (Inglés), Scorpène (Francés), Rascasse de Madère (Francés)</t>
   </si>
   <si>
     <t>Scorpaena notata Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Cabracho (Castellano), Gobio de Arena (Castellano), Gallineta (Castellano), Escórpora (Castellano), Rockfish (Inglés), Small Red Scorpionfish (Inglés), Red Scorpionfish (Inglés), Rascasse Pustuleuse (Francés), Petite Rascasse Rouge (Francés), Scorpène (Francés), Petite Rascasse (Francés)</t>
+    <t>Cabracho (Castellano), Gobio de Arena (Castellano), Gallineta (Castellano), Escórpora (Castellano), Rockfish (Inglés), Small Red Scorpionfish (Inglés), Red Scorpionfish (Inglés), Rascasse Pustuleuse (Francés), Petite Rascasse Rouge (Francés), Scorpène (Francés), Petite Rascasse (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Scorpaena porcus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cabracho (Castellano), Rascacio (Castellano), Escarapota (Castellano), Black Scorpionfish (Inglés), European Scorpionfish (Inglés), Sea Scorpion (Inglés), Sea Pig (Inglés), Small-scaled Scorpionfish (Inglés), Bouillabaisse (Francés), Scorpène (Francés), Porc (Francés), Rascasse (Francés), Rascasse Brune (Francés)</t>
+    <t>Cabracho (Castellano), Rascacio (Castellano), Escarapota (Castellano), Black Scorpionfish (Inglés), European Scorpionfish (Inglés), Sea Scorpion (Inglés), Sea Pig (Inglés), Small-scaled Scorpionfish (Inglés), Bouillabaisse (Francés), Scorpène (Francés), Porc (Francés), Rascasse (Francés), Rascasse Brune (Francés)</t>
   </si>
   <si>
     <t>Scorpaena scrofa Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cabracho (Castellano), Lija (Castellano), Gallineta (Castellano), Escarapote (Castellano), Red Scorpionfish (Inglés), Orange Scorpionfish (Inglés), Bigscale Scorpionfish (Inglés), Red Scorpion-fish (Inglés), Scorpionfish (Inglés), Whiskery Scorpionfish (Inglés), Large-scaled Scorpion Fish (Inglés), Grande Rascasse Rouge (Francés), Scorpène (Francés), Rascasse Rouge (Francés), Truie (Francés), Chapon (Francés)</t>
+    <t>Cabracho (Castellano), Lija (Castellano), Gallineta (Castellano), Escarapote (Castellano), Red Scorpionfish (Inglés), Orange Scorpionfish (Inglés), Bigscale Scorpionfish (Inglés), Red Scorpion-fish (Inglés), Scorpionfish (Inglés), Whiskery Scorpionfish (Inglés), Large-scaled Scorpion Fish (Inglés), Grande Rascasse Rouge (Francés), Scorpène (Francés), Rascasse Rouge (Francés), Truie (Francés), Chapon (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Scorpaena stephanica Cadenat, 1943</t>
   </si>
   <si>
-    <t>prueba_Ecorpaena Africana (Castellano), Spotted Fin Scorpionfish (Inglés)</t>
+    <t>Ecorpaena Africana (Castellano), Spotted Fin Scorpionfish (Inglés)</t>
   </si>
   <si>
     <t>Scyliorhinus canicula (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Pintarroja (Castellano), Small Spotted Catshark (Inglés), Lesser Spotted Dogfish (Inglés), Petite Roussette (Francés)</t>
+    <t>Pintarroja (Castellano), Small Spotted Catshark (Inglés), Lesser Spotted Dogfish (Inglés), Petite Roussette (Francés)</t>
   </si>
   <si>
     <t>Scyliorhinus stellaris (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Alitán (Castellano), Nursehound (Inglés), Grande Roussette (Francés)</t>
+    <t>Alitán (Castellano), Nursehound (Inglés), Grande Roussette (Francés)</t>
   </si>
   <si>
     <t>Scymnodon ringens Barbosa du Bocage &amp; de Brito Capello, 1864</t>
   </si>
   <si>
-    <t>prueba_Bruja (Castellano), Knifetooth Dogfish (Inglés), Squale-grogneur Commun (Francés)</t>
+    <t>Bruja (Castellano), Knifetooth Dogfish (Inglés), Squale-grogneur Commun (Francés)</t>
   </si>
   <si>
     <t>Searsia koefoedi Parr, 1937</t>
   </si>
   <si>
-    <t>prueba_Koefoed's Searsid (Inglés)</t>
+    <t>Koefoed's Searsid (Inglés)</t>
   </si>
   <si>
     <t>Sebastes mentella Travin, 1951</t>
   </si>
   <si>
-    <t>prueba_Gallineta Nórdica (Castellano), Beaked Redfish (Inglés), Atlantic Ocean Perch (Inglés), Deepwater Redfish (Inglés), Deep Water Redfish (Inglés), Ocean Perch (Inglés), Sébaste du Nord (Francés), Sébaste Atlantique (Francés)</t>
+    <t>Gallineta Nórdica (Castellano), Beaked Redfish (Inglés), Atlantic Ocean Perch (Inglés), Deepwater Redfish (Inglés), Deep Water Redfish (Inglés), Ocean Perch (Inglés), Sébaste du Nord (Francés), Sébaste Atlantique (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Selene dorsalis (Gill, 1863)</t>
   </si>
   <si>
-    <t>prueba_Caracaballo (Castellano), Reloj (Castellano), Crita (Castellano), Jorobado (Castellano), Jorobado Africano (Castellano), Lamparosa (Castellano), Bluntnose (Inglés), Shiner (Inglés), Guinean Moonfish (Inglés), Pomp (Inglés), Hair-finned Silverfish (Inglés), Lookdown Fish (Inglés), African Moonfish (Inglés), Mussolini (Francés), Musso Africain (Francés), Assiette Atlantique (Francés), Vomer (Francés)</t>
+    <t>Caracaballo (Castellano), Reloj (Castellano), Crita (Castellano), Jorobado (Castellano), Jorobado Africano (Castellano), Lamparosa (Castellano), Bluntnose (Inglés), Shiner (Inglés), Guinean Moonfish (Inglés), Pomp (Inglés), Hair-finned Silverfish (Inglés), Lookdown Fish (Inglés), African Moonfish (Inglés), Mussolini (Francés), Musso Africain (Francés), Assiette Atlantique (Francés), Vomer (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Seriola carpenteri Mather, 1971</t>
   </si>
   <si>
-    <t>prueba_Medregal de Guinea (Castellano), Guinean Amberjack (Inglés), Sériole Guinéenne (Francés)</t>
+    <t>Medregal de Guinea (Castellano), Guinean Amberjack (Inglés), Sériole Guinéenne (Francés)</t>
   </si>
   <si>
     <t>Seriola dumerili (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Pez Limon (Castellano), Madregal Coronado (Castellano), Pez de Limón (Castellano), Medregal Coronado (Castellano), Coronado (Castellano), Cola Amarilla (Castellano), Medregal (Castellano), Coronado de Ley (Castellano), Serviola (Castellano), Doronado (Castellano), Machiamarillo (Castellano), Madregal (Castellano), Atún Medregal (Castellano), Péz de Limón (Castellano), Blanquilla (Catalán), Rock Salmon (Inglés), Greater Amberjack (Inglés), Great Amberfish (Inglés), Allied Kingfish (Inglés), Greater Yellowtail (Inglés), Great Yellowtail (Inglés), Jenny Lind (Inglés), Purplish Amberjack (Inglés), Sailor's Choice (Inglés), Samson Fish (Inglés), Yellow Tail (Inglés), Yellow Trevally (Inglés), Sériole (Francés), Seriole (Francés), Poisson Limon (Francés), Amber Couvailli (Francés), Sériole Couronnée (Francés), Seriola (Latín)</t>
+    <t>Pez Limon (Castellano), Madregal Coronado (Castellano), Pez de Limón (Castellano), Medregal Coronado (Castellano), Coronado (Castellano), Cola Amarilla (Castellano), Medregal (Castellano), Coronado de Ley (Castellano), Serviola (Castellano), Doronado (Castellano), Machiamarillo (Castellano), Madregal (Castellano), Atún Medregal (Castellano), Péz de Limón (Castellano), Blanquilla (Catalán), Rock Salmon (Inglés), Greater Amberjack (Inglés), Great Amberfish (Inglés), Allied Kingfish (Inglés), Greater Yellowtail (Inglés), Great Yellowtail (Inglés), Jenny Lind (Inglés), Purplish Amberjack (Inglés), Sailor's Choice (Inglés), Samson Fish (Inglés), Yellow Tail (Inglés), Yellow Trevally (Inglés), Sériole (Francés), Seriole (Francés), Poisson Limon (Francés), Amber Couvailli (Francés), Sériole Couronnée (Francés), Seriola (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Seriola fasciata (Bloch, 1793)</t>
   </si>
   <si>
-    <t>prueba_Boquerón (Castellano), Madregal Listado (Castellano), Medregal (Castellano), Medregal Listado (Castellano), Segundo (Castellano), Volantin (Castellano), Lesser Amberjack (Inglés), Amberjack (Inglés), Little Amberjack (Inglés), False Amberjack (Inglés), Sériole Babiane (Francés)</t>
+    <t>Boquerón (Castellano), Madregal Listado (Castellano), Medregal (Castellano), Medregal Listado (Castellano), Segundo (Castellano), Volantin (Castellano), Lesser Amberjack (Inglés), Amberjack (Inglés), Little Amberjack (Inglés), False Amberjack (Inglés), Sériole Babiane (Francés)</t>
   </si>
   <si>
     <t>Seriola rivoliana Valenciennes, 1833</t>
   </si>
   <si>
-    <t>prueba_Bojalá (Castellano), Coronado (Castellano), Boquerón (Castellano), Atún Medregal (Castellano), Pez Fuerte (Castellano), Palometa (Castellano), Ojarán (Castellano), Medregal Limón (Castellano), Medregal Atún (Castellano), Madregal Limón (Castellano), Huayaipe Blanco (Castellano), Huayaipe (Castellano), Fortuno (Castellano), Fortuna (Castellano), Esmedregal (Castellano), Medregal (Castellano), Blanquilla (Catalán), Escolar (Inglés), Silvercoat Jack (Inglés), Yellow Kingfish (Inglés), Almaco Jack (Inglés), Longfin Kingfish (Inglés), Highfin Amberjack (Inglés), Rock Salmon (Inglés), Jack (Inglés), Falcate Amberjack (Inglés), European Amberjack (Inglés), Deep-water Amberjack (Inglés), Crevalle (Inglés), Amberjack (Inglés), Amber (Inglés), Almaco Amberjack (Inglés), Longfin Yellowtail (Inglés), Greater Amberjack (Inglés), Sériole Limón (Francés)</t>
+    <t>Bojalá (Castellano), Coronado (Castellano), Boquerón (Castellano), Atún Medregal (Castellano), Pez Fuerte (Castellano), Palometa (Castellano), Ojarán (Castellano), Medregal Limón (Castellano), Medregal Atún (Castellano), Madregal Limón (Castellano), Huayaipe Blanco (Castellano), Huayaipe (Castellano), Fortuno (Castellano), Fortuna (Castellano), Esmedregal (Castellano), Medregal (Castellano), Blanquilla (Catalán), Escolar (Inglés), Silvercoat Jack (Inglés), Yellow Kingfish (Inglés), Almaco Jack (Inglés), Longfin Kingfish (Inglés), Highfin Amberjack (Inglés), Rock Salmon (Inglés), Jack (Inglés), Falcate Amberjack (Inglés), European Amberjack (Inglés), Deep-water Amberjack (Inglés), Crevalle (Inglés), Amberjack (Inglés), Amber (Inglés), Almaco Amberjack (Inglés), Longfin Yellowtail (Inglés), Greater Amberjack (Inglés), Sériole Limón (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Catalán, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Serranus atricauda Günther, 1874</t>
   </si>
   <si>
-    <t>prueba_Serrano Imperial (Castellano), Blacktail Comber (Inglés), Serran Impérial (Francés), Serran à Queue Noire (Francés)</t>
+    <t>Serrano Imperial (Castellano), Blacktail Comber (Inglés), Serran Impérial (Francés), Serran à Queue Noire (Francés)</t>
   </si>
   <si>
     <t>Serranus cabrilla (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Bar D' Amerique (Castellano), Cabra (Castellano), Cabrilla (Castellano), Mero Bord (Castellano), Vaqueta (Castellano), Learned Rockfich (Inglés), Comber (Inglés), Garrupa (Inglés), Gaper (Inglés), Serran-chèvre (Francés), Serran Commun (Francés), Bar (Francés), Serran Écriture (Francés), Têtard (Francés), Saran (Francés), Sarran (Francés), Serran Cabrille (Francés)</t>
+    <t>Bar D' Amerique (Castellano), Cabra (Castellano), Cabrilla (Castellano), Mero Bord (Castellano), Vaqueta (Castellano), Learned Rockfich (Inglés), Comber (Inglés), Garrupa (Inglés), Gaper (Inglés), Serran-chèvre (Francés), Serran Commun (Francés), Bar (Francés), Serran Écriture (Francés), Têtard (Francés), Saran (Francés), Sarran (Francés), Serran Cabrille (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Serranus hepatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Borinoda (Castellano), Mero (Castellano), Serrano (Castellano), Barrachos (Castellano), Inflaconys (Castellano), Merillo (Castellano), Mérito (Castellano), Serrá (Castellano), Tamburino (Castellano), Treslliuraz (Castellano), Vaca Serrana (Castellano), Afanecada (Castellano), Guato (Castellano), Brown Comber (Inglés), Serran (Francés), Serran Hépate (Francés), Serran Hépate à Tache Noire (Francés), Serran Tambour (Francés), Tambour (Francés), Treliuras (Francés), Pétaijde (Francés)</t>
+    <t>Borinoda (Castellano), Mero (Castellano), Serrano (Castellano), Barrachos (Castellano), Inflaconys (Castellano), Merillo (Castellano), Mérito (Castellano), Serrá (Castellano), Tamburino (Castellano), Treslliuraz (Castellano), Vaca Serrana (Castellano), Afanecada (Castellano), Guato (Castellano), Brown Comber (Inglés), Serran (Francés), Serran Hépate (Francés), Serran Hépate à Tache Noire (Francés), Serran Tambour (Francés), Tambour (Francés), Treliuras (Francés), Pétaijde (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Serranus scriba (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Serrano Escribano (Castellano), Serrano (Castellano), Painted Comber (Inglés), Pointed Comber (Inglés), Perche (Francés), Serran Écriture (Francés), Vachette (Francés)</t>
+    <t>Serrano Escribano (Castellano), Serrano (Castellano), Painted Comber (Inglés), Pointed Comber (Inglés), Perche (Francés), Serran Écriture (Francés), Vachette (Francés)</t>
   </si>
   <si>
     <t>Serrivomer beanii Gill &amp; Ryder, 1883</t>
   </si>
   <si>
-    <t>prueba_Anguila (Gallego), Stout Sawpalate (Inglés), Shortnosed Snipe Eel (Inglés), Bean's Sawtooth Eel (Inglés), Sawtooth Snipe Eel (Inglés), Bean's Serrivomerid Eel (Inglés), Longfin Sawpalate (Inglés), Sawtooth Eel (Inglés), Saw-tooth Snipe Eel (Inglés), Bean's Sawtoothed Eel (Inglés), Serrivomer à Nageoire Longue (Francés), Serrivomer Trapu (Francés)</t>
+    <t>Anguila (Gallego), Stout Sawpalate (Inglés), Shortnosed Snipe Eel (Inglés), Bean's Sawtooth Eel (Inglés), Sawtooth Snipe Eel (Inglés), Bean's Serrivomerid Eel (Inglés), Longfin Sawpalate (Inglés), Sawtooth Eel (Inglés), Saw-tooth Snipe Eel (Inglés), Bean's Sawtoothed Eel (Inglés), Serrivomer à Nageoire Longue (Francés), Serrivomer Trapu (Francés)</t>
   </si>
   <si>
     <t>Gallego, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Serrivomer lanceolatoides (Schmidt, 1916)</t>
   </si>
   <si>
-    <t>prueba_Short-tooth Sawpalate (Inglés), Black Saw-toothed Eel (Inglés), Black Sawtoothed Eel (Inglés), Serrivomer à Dents Courtes (Francés)</t>
+    <t>Short-tooth Sawpalate (Inglés), Black Saw-toothed Eel (Inglés), Black Sawtoothed Eel (Inglés), Serrivomer à Dents Courtes (Francés)</t>
   </si>
   <si>
     <t>Setarches guentheri Johnson, 1862</t>
   </si>
   <si>
-    <t>prueba_Rascasio serrano (Castellano), Deepwater Scorpionfish (Inglés), Channeled Rockfish (Inglés), Rascasse sillonnée (Francés)</t>
+    <t>Rascasio serrano (Castellano), Deepwater Scorpionfish (Inglés), Channeled Rockfish (Inglés), Rascasse sillonnée (Francés)</t>
   </si>
   <si>
     <t>Sigmops bathyphilus (Vaillant, 1884)</t>
   </si>
   <si>
-    <t>prueba_Bristlemouth (Inglés), Deepsea Lightfish (Inglés), Deepsea fangjaw (Inglés), Spark Anglemouth (Inglés), Gonostome Étincelé (Francés)</t>
+    <t>Bristlemouth (Inglés), Deepsea Lightfish (Inglés), Deepsea fangjaw (Inglés), Spark Anglemouth (Inglés), Gonostome Étincelé (Francés)</t>
   </si>
   <si>
     <t>Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Sigmops elongatus (Günther, 1878)</t>
   </si>
   <si>
-    <t>prueba_Cepillon (Castellano), Luciérnaga Dentada (Castellano), Bristlemouth (Inglés), Elongated Bristlemouth Fish (Inglés), Elongate Portholefish (Inglés), Elongate Fangjaw (Inglés), Elongate Lantern-fish (Inglés), Elongated Bristlemouth (Inglés), Long-tooth Anglemouth (Inglés), Gonostome a Grandes Dents (Francés)</t>
+    <t>Cepillon (Castellano), Luciérnaga Dentada (Castellano), Bristlemouth (Inglés), Elongated Bristlemouth Fish (Inglés), Elongate Portholefish (Inglés), Elongate Fangjaw (Inglés), Elongate Lantern-fish (Inglés), Elongated Bristlemouth (Inglés), Long-tooth Anglemouth (Inglés), Gonostome a Grandes Dents (Francés)</t>
   </si>
   <si>
     <t>Gonostoma elongatum Günther, 1878</t>
   </si>
   <si>
     <t>Simenchelys parasitica (Gill, 1879)</t>
   </si>
   <si>
-    <t>prueba_Snubnosed Eel (Inglés), Pug-nosed Eel (Inglés), Slime Eel (Inglés), Snub-nose Parasitic Eel (Inglés), Anguille à Nez Court (Francés)</t>
+    <t>Snubnosed Eel (Inglés), Pug-nosed Eel (Inglés), Slime Eel (Inglés), Snub-nose Parasitic Eel (Inglés), Anguille à Nez Court (Francés)</t>
   </si>
   <si>
     <t>Solea senegalensis Kaup, 1858</t>
   </si>
   <si>
-    <t>prueba_Lenguado Senegalés (Castellano), Lenguado del Sur (Castellano), Lenguado (Castellano), Suela (Castellano), Senegalese Sole (Inglés), Sole du Sénégal (Francés), Sole (Francés)</t>
+    <t>Lenguado Senegalés (Castellano), Lenguado del Sur (Castellano), Lenguado (Castellano), Suela (Castellano), Senegalese Sole (Inglés), Sole du Sénégal (Francés), Sole (Francés)</t>
   </si>
   <si>
     <t>Solea solea (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Lenguado (Castellano), Lenguao (Castellano), Lenguado Común (Castellano), Black Sole (Inglés), Southport Sole (Inglés), Tounge (Inglés), Common Sole (Inglés), Dover Sole (Inglés), Parkgate Sole (Inglés), River Sole (Inglés), Sea Partridge (Inglés), Slip (Inglés), Sole Commune (Francés), Sole (Francés)</t>
+    <t>Lenguado (Castellano), Lenguao (Castellano), Lenguado Común (Castellano), Black Sole (Inglés), Southport Sole (Inglés), Tounge (Inglés), Common Sole (Inglés), Dover Sole (Inglés), Parkgate Sole (Inglés), River Sole (Inglés), Sea Partridge (Inglés), Slip (Inglés), Sole Commune (Francés), Sole (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Solea vulgaris vulgaris Quensel, 1806</t>
   </si>
   <si>
     <t>Somniosus microcephalus (Bloch &amp; Schneider, 1801)</t>
   </si>
   <si>
-    <t>prueba_Tollo De Groenlandia (Castellano), Tiburón Boreal (Castellano), Large Sleeper Shark (Inglés), Sleeper (Inglés), Sleeper Shark (Inglés), Greenland Shark (Inglés), Laimargue Du Groenland (Francés)</t>
+    <t>Tollo De Groenlandia (Castellano), Tiburón Boreal (Castellano), Large Sleeper Shark (Inglés), Sleeper (Inglés), Sleeper Shark (Inglés), Greenland Shark (Inglés), Laimargue Du Groenland (Francés)</t>
   </si>
   <si>
     <t>Somniosus rostratus (Risso, 1827)</t>
   </si>
   <si>
-    <t>prueba_Little Sleeper Shark (Inglés)</t>
+    <t>Little Sleeper Shark (Inglés)</t>
   </si>
   <si>
     <t>Sparisoma cretense (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Loro Viejo (Castellano), Viela Colorada (Castellano), Parrotfish (Inglés), Perroquet Vieillard (Francés), Perroquet (Francés), Vieja (Latín)</t>
+    <t>Loro Viejo (Castellano), Viela Colorada (Castellano), Parrotfish (Inglés), Perroquet Vieillard (Francés), Perroquet (Francés), Vieja (Latín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Francés, Latín</t>
   </si>
   <si>
     <t>Sparus aurata Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Dorada Del Pacífico (Castellano), Chaparreta (Castellano), Dorada (Castellano), Dourada (Castellano), Zapata Morisca (Castellano), Snapper (Inglés), Gilt-head Seabream (Inglés), Silver Seabream (Inglés), Daurade (Francés), Dorade Royale (Francés), Daurade Royale (Francés), Dorade (Francés)</t>
+    <t>Dorada Del Pacífico (Castellano), Chaparreta (Castellano), Dorada (Castellano), Dourada (Castellano), Zapata Morisca (Castellano), Snapper (Inglés), Gilt-head Seabream (Inglés), Silver Seabream (Inglés), Daurade (Francés), Dorade Royale (Francés), Daurade Royale (Francés), Dorade (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Spectrunculus grandis (Günther, 1877)</t>
   </si>
   <si>
-    <t>prueba_Congriperla Gruesa (Castellano), Pudgy Cuskeel (Inglés), Giant Cusk-eel (Inglés), Abadèche Boulotte (Francés), Donzelle Broche (Francés)</t>
+    <t>Congriperla Gruesa (Castellano), Pudgy Cuskeel (Inglés), Giant Cusk-eel (Inglés), Abadèche Boulotte (Francés), Donzelle Broche (Francés)</t>
   </si>
   <si>
     <t>Sphagemacrurus hirundo (Collett, 1896)</t>
   </si>
   <si>
     <t>Sphoeroides marmoratus (Lowe, 1838)</t>
   </si>
   <si>
-    <t>prueba_Tamboril De Guinea (Castellano), Guinean Puffer (Inglés), Guinean Pufferfish (Inglés), Compère De Guinée (Francés)</t>
+    <t>Tamboril De Guinea (Castellano), Guinean Puffer (Inglés), Guinean Pufferfish (Inglés), Compère De Guinée (Francés)</t>
   </si>
   <si>
     <t>Sphoeroides pachygaster (Müller &amp; Troschel, 1848)</t>
   </si>
   <si>
-    <t>prueba_Botete Chato (Castellano), Tamboril de Fuera (Castellano), Tamboril Ñato (Castellano), Puffer (Inglés), Smooth Pufferfish (Inglés), Balloonfish (Inglés), Bottlefish (Inglés), Blunthead Puffer (Inglés), Compère Émoussé (Francés)</t>
+    <t>Botete Chato (Castellano), Tamboril de Fuera (Castellano), Tamboril Ñato (Castellano), Puffer (Inglés), Smooth Pufferfish (Inglés), Balloonfish (Inglés), Bottlefish (Inglés), Blunthead Puffer (Inglés), Compère Émoussé (Francés)</t>
   </si>
   <si>
     <t>Sphyraena barracuda (Edwards, 1771)</t>
   </si>
   <si>
     <t>Sphyraena sphyraena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Barracuda (Castellano), Espetón (Castellano), Espetòn (Castellano), Picudo (Castellano), Mediterranean Barracuda (Inglés), Striped Barracuda (Inglés), European Barracuda (Inglés), Brochet de Mer (Francés), Bécune Européenne (Francés), Bècune (Francés)</t>
+    <t>Barracuda (Castellano), Espetón (Castellano), Espetòn (Castellano), Picudo (Castellano), Mediterranean Barracuda (Inglés), Striped Barracuda (Inglés), European Barracuda (Inglés), Brochet de Mer (Francés), Bécune Européenne (Francés), Bècune (Francés)</t>
   </si>
   <si>
     <t>Sphyraena viridensis Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Espetón Boca Amarilla (Castellano), Yellowmouth Barracuda (Inglés), Yellow Barracuda (Inglés), Bécune Bouche Jaune (Francés), Brochet de l'Atlantique (Francés)</t>
+    <t>Espetón Boca Amarilla (Castellano), Yellowmouth Barracuda (Inglés), Yellow Barracuda (Inglés), Bécune Bouche Jaune (Francés), Brochet de l'Atlantique (Francés)</t>
   </si>
   <si>
     <t>Sphyrna lewini (Griffith &amp; Smith, 1834)</t>
   </si>
   <si>
-    <t>prueba_Scalloped Hammerhead (Inglés)</t>
+    <t>Scalloped Hammerhead (Inglés)</t>
   </si>
   <si>
     <t>Sphyrna mokarran (Rüppell, 1837)</t>
   </si>
   <si>
-    <t>prueba_Cornuda (Castellano), Guardia Civil (Castellano), El Tiburon (Castellano), Pez Martillo (Castellano), Tiburon (Inglés), Great Hammerhead (Inglés), Squat-headed Hammerhead Shark (Inglés), Hammerhead Shark (Inglés), Grand Requin-marteau (Francés), Poisson Pantouflier (Francés), Sorosena (Francés), Marieau Millet (Francés)</t>
+    <t>Cornuda (Castellano), Guardia Civil (Castellano), El Tiburon (Castellano), Pez Martillo (Castellano), Tiburon (Inglés), Great Hammerhead (Inglés), Squat-headed Hammerhead Shark (Inglés), Hammerhead Shark (Inglés), Grand Requin-marteau (Francés), Poisson Pantouflier (Francés), Sorosena (Francés), Marieau Millet (Francés)</t>
   </si>
   <si>
     <t>Sphyrna tudes (Valenciennes, 1822)</t>
   </si>
   <si>
-    <t>prueba_Cornuda Ojichica (Castellano), Tiburón (Castellano), Curry Shark (Inglés), Golden Hammerhead (Inglés), Smalleye Hammerhead Shark (Inglés), Requin-marteau À Petits Yeux (Francés)</t>
+    <t>Cornuda Ojichica (Castellano), Tiburón (Castellano), Curry Shark (Inglés), Golden Hammerhead (Inglés), Smalleye Hammerhead Shark (Inglés), Requin-marteau À Petits Yeux (Francés)</t>
   </si>
   <si>
     <t>Sphyrna zygaena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Smooth Hammerhead (Inglés), Requin-marteau commun (Francés), Requin marteau lisse (Francés)</t>
+    <t>Smooth Hammerhead (Inglés), Requin-marteau commun (Francés), Requin marteau lisse (Francés)</t>
   </si>
   <si>
     <t>Spicara maena (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Chucla (Castellano), Blotched Picarel (Inglés), Mendole (Francés)</t>
+    <t>Chucla (Castellano), Blotched Picarel (Inglés), Mendole (Francés)</t>
   </si>
   <si>
     <t>Spicara maena maena (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Spicara smaris (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Caramel (Castellano), Picarel (Inglés), Deep-body Pickarel (Inglés)</t>
+    <t>Caramel (Castellano), Picarel (Inglés), Deep-body Pickarel (Inglés)</t>
   </si>
   <si>
     <t>Spinachia spinachia (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Sea Stickleback (Inglés), Fifteen-spined Stickleback (Inglés)</t>
+    <t>Sea Stickleback (Inglés), Fifteen-spined Stickleback (Inglés)</t>
   </si>
   <si>
     <t>Spondyliosoma cantharus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Choupa (Castellano), Chopa (Castellano), Pañosa (Castellano), Pargo Chopa (Castellano), Black Seabream (Inglés), Old wife (Inglés), Griset (Francés), Dorade Grise (Francés)</t>
+    <t>Choupa (Castellano), Chopa (Castellano), Pañosa (Castellano), Pargo Chopa (Castellano), Black Seabream (Inglés), Old wife (Inglés), Griset (Francés), Dorade Grise (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Sprattus sprattus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Squaliolus laticaudus Smith &amp; Radcliffe, 1912</t>
   </si>
   <si>
-    <t>prueba_Tollo Pigmeo Espinudo (Castellano), Big-eye Dwarf Shark (Inglés), Spined Pygmy Shark (Inglés), Squale Nain (Francés)</t>
+    <t>Tollo Pigmeo Espinudo (Castellano), Big-eye Dwarf Shark (Inglés), Spined Pygmy Shark (Inglés), Squale Nain (Francés)</t>
   </si>
   <si>
     <t>Squalus acanthias Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cazón Espinoso (Castellano), Galludo (Castellano), Espinillo (Castellano), Mielga (Castellano), Tiburón Espinoso (Castellano), Tollo (Castellano), Tolo De Cachos (Castellano), Spurdog (Inglés), Cape Shark (Inglés), Piked Dogfish (Inglés), Spiny Dogfish (Inglés), Aiguillat Commun (Francés)</t>
+    <t>Cazón Espinoso (Castellano), Galludo (Castellano), Espinillo (Castellano), Mielga (Castellano), Tiburón Espinoso (Castellano), Tollo (Castellano), Tolo De Cachos (Castellano), Spurdog (Inglés), Cape Shark (Inglés), Piked Dogfish (Inglés), Spiny Dogfish (Inglés), Aiguillat Commun (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés</t>
   </si>
   <si>
     <t>Squalus blainville (Risso, 1827)</t>
   </si>
   <si>
-    <t>prueba_Galludo (Castellano), Longnose Spurdog (Inglés), Aiguillat Galludo (Francés), Aiguillat Coq (Francés)</t>
+    <t>Galludo (Castellano), Longnose Spurdog (Inglés), Aiguillat Galludo (Francés), Aiguillat Coq (Francés)</t>
   </si>
   <si>
     <t>Squalus megalops (MacLeay, 1881)</t>
   </si>
   <si>
-    <t>prueba_Galludo Nato (Castellano), Shortnose Spurdog (Inglés), Cosmopolitan Spurdog (Inglés), Piked Spurdog (Inglés), Aiguillat Nez Court (Francés)</t>
+    <t>Galludo Nato (Castellano), Shortnose Spurdog (Inglés), Cosmopolitan Spurdog (Inglés), Piked Spurdog (Inglés), Aiguillat Nez Court (Francés)</t>
   </si>
   <si>
     <t>Squatina aculeata Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Angelote espinoso (Castellano), Angelote manchado (Castellano), Angelote Espinudo (Castellano), Sawback Angelshark (Inglés), Spiny Angelshark (Inglés), Monkfish (Inglés), Ange De Mer Épineux (Francés)</t>
+    <t>Angelote espinoso (Castellano), Angelote manchado (Castellano), Angelote Espinudo (Castellano), Sawback Angelshark (Inglés), Spiny Angelshark (Inglés), Monkfish (Inglés), Ange De Mer Épineux (Francés)</t>
   </si>
   <si>
     <t>LESRPE: En régimen de protección especial, CEEA: En peligro de extinción</t>
   </si>
   <si>
     <t>Squatina oculata Bonaparte, 1840</t>
   </si>
   <si>
-    <t>prueba_Angelote manchado (Castellano), Angelote (Castellano), Pez Angel (Castellano), Monkfish (Inglés), Smoothback Angel Shark (Inglés), Ange De Mer De Bonaparte (Francés), Ange De Mer Ocellé (Francés), Ange De Mer Jaune (Francés)</t>
+    <t>Angelote manchado (Castellano), Angelote (Castellano), Pez Angel (Castellano), Monkfish (Inglés), Smoothback Angel Shark (Inglés), Ange De Mer De Bonaparte (Francés), Ange De Mer Ocellé (Francés), Ange De Mer Jaune (Francés)</t>
   </si>
   <si>
     <t>CEEA: En peligro de extinción, LESRPE: En régimen de protección especial</t>
   </si>
   <si>
     <t>Squatina squatina (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Angelote (Castellano), Mermejuela (Castellano), Pez Angel (Castellano), Pardon (Castellano), Angelshark (Inglés), Angel Shark (Inglés), Ange De Mer (Francés), Angel (Francés), Antjou (Francés), Bourgeois (Francés), L'anelot (Francés), L'ange (Francés), Martrame (Francés), Mordacle (Francés), Squatine Occelee (Francés), Bourget (Francés), Ange (Francés)</t>
+    <t>Angelote (Castellano), Mermejuela (Castellano), Pez Angel (Castellano), Pardon (Castellano), Angelshark (Inglés), Angel Shark (Inglés), Ange De Mer (Francés), Angel (Francés), Antjou (Francés), Bourgeois (Francés), L'anelot (Francés), L'ange (Francés), Martrame (Francés), Mordacle (Francés), Squatine Occelee (Francés), Bourget (Francés), Ange (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Stemonosudis intermedia (Ege, 1933)</t>
   </si>
   <si>
     <t>Stephanolepis hispidus (Linnaeus, 1766)</t>
   </si>
   <si>
-    <t>prueba_Gallito Verde (Castellano), Planehead Filefish (Inglés), Baliste (Francés)</t>
+    <t>Gallito Verde (Castellano), Planehead Filefish (Inglés), Baliste (Francés)</t>
   </si>
   <si>
     <t>Sternoptyx diaphana Hermann, 1781</t>
   </si>
   <si>
-    <t>prueba_Hachita (Castellano), Diaphanous Hatchet Fish (Inglés), Hache d'argent Diaphane (Francés)</t>
+    <t>Hachita (Castellano), Diaphanous Hatchet Fish (Inglés), Hache d'argent Diaphane (Francés)</t>
   </si>
   <si>
     <t>Sternoptyx pseudobscura Baird, 1971</t>
   </si>
   <si>
-    <t>prueba_Highlight Hatchetfish (Inglés), Hatchetfish (Inglés)</t>
+    <t>Highlight Hatchetfish (Inglés), Hatchetfish (Inglés)</t>
   </si>
   <si>
     <t>Sternoptyx pseudodiaphana Borodulina, 1977</t>
   </si>
   <si>
-    <t>prueba_False Oblique Hatchetfish (Inglés)</t>
+    <t>False Oblique Hatchetfish (Inglés)</t>
   </si>
   <si>
     <t>Stomias boa (Risso, 1810)</t>
   </si>
   <si>
     <t>Stomias bonapartei Fowler, 1912</t>
   </si>
   <si>
     <t>Stomias brevibarbatus Ege, 1918</t>
   </si>
   <si>
     <t>Stomias longibarbatus (Brauer, 1902)</t>
   </si>
   <si>
-    <t>prueba_Longbarb Scaly Dragonfish (Inglés), Scaly Dragonfish (Inglés)</t>
+    <t>Longbarb Scaly Dragonfish (Inglés), Scaly Dragonfish (Inglés)</t>
   </si>
   <si>
     <t>Stromateus fiatola Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Palometa Fiatola (Castellano), Pámpano (Castellano), Pompano (Inglés), Butterfish (Inglés), Blue Butterfish (Inglés), Fiatolon (Inglés), Pampano (Inglés), Mademoiselle (Francés), Fiatole (Francés), Fiatone (Francés)</t>
+    <t>Palometa Fiatola (Castellano), Pámpano (Castellano), Pompano (Inglés), Butterfish (Inglés), Blue Butterfish (Inglés), Fiatolon (Inglés), Pampano (Inglés), Mademoiselle (Francés), Fiatole (Francés), Fiatone (Francés)</t>
   </si>
   <si>
     <t>Stylephorus chordatus Shaw, 1791</t>
   </si>
   <si>
-    <t>prueba_Tube-eye (Inglés), Thread-tail (Inglés)</t>
+    <t>Tube-eye (Inglés), Thread-tail (Inglés)</t>
   </si>
   <si>
     <t>Sudis hyalina Rafinesque, 1810</t>
   </si>
   <si>
     <t>Symbolophorus rufinus (Tåning, 1928)</t>
   </si>
   <si>
-    <t>prueba_Rufous lanternfish (Inglés)</t>
+    <t>Rufous lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Symbolophorus veranyi (Moreau, 1888)</t>
   </si>
   <si>
-    <t>prueba_Linterna (Castellano), Lanternfish (Inglés), Large-scale Lantern Fish (Inglés), Large Scale Lanternfish (Inglés), Largescale Lanternfish (Inglés), Lanterne à Grandes Écailles (Francés)</t>
+    <t>Linterna (Castellano), Lanternfish (Inglés), Large-scale Lantern Fish (Inglés), Large Scale Lanternfish (Inglés), Largescale Lanternfish (Inglés), Lanterne à Grandes Écailles (Francés)</t>
   </si>
   <si>
     <t>Symphodus bailloni (Valenciennes, 1839)</t>
   </si>
   <si>
-    <t>prueba_Bello (Castellano), Guanabana (Castellano), Porredano (Castellano), Tort (Castellano), Baillon's Wrasse (Inglés), Vieille (Francés)</t>
+    <t>Bello (Castellano), Guanabana (Castellano), Porredano (Castellano), Tort (Castellano), Baillon's Wrasse (Inglés), Vieille (Francés)</t>
   </si>
   <si>
     <t>Symphodus cinereus (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Bodión (Castellano), Tort roquer (Castellano), Grey Wrasse (Inglés), Pitre (Francés), Rouquié (Francés), Crénilabre cendrée (Francés)</t>
+    <t>Bodión (Castellano), Tort roquer (Castellano), Grey Wrasse (Inglés), Pitre (Francés), Rouquié (Francés), Crénilabre cendrée (Francés)</t>
   </si>
   <si>
     <t>Symphodus doderleini Jordan, 1890</t>
   </si>
   <si>
-    <t>prueba_Rouquié (Francés)</t>
+    <t>Rouquié (Francés)</t>
   </si>
   <si>
     <t>Symphodus mediterraneus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tordo de roca (Castellano), Vagueta (Castellano), Axillary Wrasse (Inglés), Crénilabre (Francés), Ruchè (Francés), Crénilabre rouquié (Francés), Crénilabre méditerranéen (Francés)</t>
+    <t>Tordo de roca (Castellano), Vagueta (Castellano), Axillary Wrasse (Inglés), Crénilabre (Francés), Ruchè (Francés), Crénilabre rouquié (Francés), Crénilabre méditerranéen (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Symphodus melanocercus (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Llamprega (Castellano), Tort (Castellano), Blacktailed Wrasse (Inglés), Rouquié (Francés), Clavière (Francés)</t>
+    <t>Llamprega (Castellano), Tort (Castellano), Blacktailed Wrasse (Inglés), Rouquié (Francés), Clavière (Francés)</t>
   </si>
   <si>
     <t>Symphodus melops (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Bello (Castellano), Porredano (Castellano), Porredana (Castellano), Gilt-head (Inglés), Corkwing Wrasse (Inglés), Corkwing (Inglés), Crénilabre mélops (Francés)</t>
+    <t>Bello (Castellano), Porredano (Castellano), Porredana (Castellano), Gilt-head (Inglés), Corkwing Wrasse (Inglés), Corkwing (Inglés), Crénilabre mélops (Francés)</t>
   </si>
   <si>
     <t>Symphodus ocellatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tordo (Castellano), Ocellated Wrasse (Inglés), Ruchè (Francés), Crénilabre ocellé (Francés), Soultan (Francés)</t>
+    <t>Tordo (Castellano), Ocellated Wrasse (Inglés), Ruchè (Francés), Crénilabre ocellé (Francés), Soultan (Francés)</t>
   </si>
   <si>
     <t>Symphodus roissali (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Planchita (Castellano), Five-spotted Wrasse (Inglés), Langaneu (Francés), Crénilabre à cinq taches (Francés)</t>
+    <t>Planchita (Castellano), Five-spotted Wrasse (Inglés), Langaneu (Francés), Crénilabre à cinq taches (Francés)</t>
   </si>
   <si>
     <t>Symphodus rostratus (Bloch, 1791)</t>
   </si>
   <si>
-    <t>prueba_Grivieta (Castellano), Pitre (Francés), Sublaire (Francés)</t>
+    <t>Grivieta (Castellano), Pitre (Francés), Sublaire (Francés)</t>
   </si>
   <si>
     <t>Symphodus tinca (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Peto (Castellano), Señorita (Castellano), East Atlantic Peacock Wrasse (Inglés), Peacock Wrasse (Inglés), Ruchè Tanca (Francés), Crènilabre Paon (Francés)</t>
+    <t>Peto (Castellano), Señorita (Castellano), East Atlantic Peacock Wrasse (Inglés), Peacock Wrasse (Inglés), Ruchè Tanca (Francés), Crènilabre Paon (Francés)</t>
   </si>
   <si>
     <t>Symphodus trutta (Lowe, 1834)</t>
   </si>
   <si>
-    <t>prueba_Emerald Wrasse (Inglés)</t>
+    <t>Emerald Wrasse (Inglés)</t>
   </si>
   <si>
     <t>Symphurus insularis Munroe, Brito &amp; Hernández, 2000</t>
   </si>
   <si>
-    <t>prueba_Plagusie Insulaire (Francés)</t>
+    <t>Plagusie Insulaire (Francés)</t>
   </si>
   <si>
     <t>Symphurus ligulatus (Cocco, 1844)</t>
   </si>
   <si>
-    <t>prueba_Pelada Tirrena (Castellano), Elongate Tonguesole (Inglés), Plagusie Longue (Francés)</t>
+    <t>Pelada Tirrena (Castellano), Elongate Tonguesole (Inglés), Plagusie Longue (Francés)</t>
   </si>
   <si>
     <t>Symphurus nigrescens Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Pelada (Castellano), Tonguesole (Inglés), Spotted Tonguesole (Inglés), Dark Tonguefish (Inglés), Tongue-sole (Inglés), Plagusie à Queue Noire (Francés), Plagusie Sombre (Francés), Sole Grise (Francés)</t>
+    <t>Pelada (Castellano), Tonguesole (Inglés), Spotted Tonguesole (Inglés), Dark Tonguefish (Inglés), Tongue-sole (Inglés), Plagusie à Queue Noire (Francés), Plagusie Sombre (Francés), Sole Grise (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Synaphobranchus affinis Günther, 1877</t>
   </si>
   <si>
-    <t>prueba_Grey Cutthroat Eel (Inglés), Gilbert's Synaphobranchid Eel (Inglés)</t>
+    <t>Grey Cutthroat Eel (Inglés), Gilbert's Synaphobranchid Eel (Inglés)</t>
   </si>
   <si>
     <t>Synaphobranchus kaupii Johnson, 1862</t>
   </si>
   <si>
-    <t>prueba_Northern Cutthroat Eel (Inglés), Long-nose Eel (Inglés), Gray's Cutthroat (Inglés), Kaup's Arrowtooth Eel (Inglés), Longnosed Eel (Inglés), Anguille Egorgée Bécue (Francés), Anguille Egorgée de Gray (Francés)</t>
+    <t>Northern Cutthroat Eel (Inglés), Long-nose Eel (Inglés), Gray's Cutthroat (Inglés), Kaup's Arrowtooth Eel (Inglés), Longnosed Eel (Inglés), Anguille Egorgée Bécue (Francés), Anguille Egorgée de Gray (Francés)</t>
   </si>
   <si>
     <t>Synaptura lusitanica de Brito Capello, 1868</t>
   </si>
   <si>
     <t>Synapturichthys kleinii (Risso, 1827)</t>
   </si>
   <si>
-    <t>prueba_Lenguado (Castellano), Lenguado Del Mar Egeo (Castellano), Suela (Castellano), Lenguado de Klein (Castellano), Lace Sole (Inglés), Klein's Sole (Inglés), Sole Tachetée (Francés), Sole (Francés)</t>
+    <t>Lenguado (Castellano), Lenguado Del Mar Egeo (Castellano), Suela (Castellano), Lenguado de Klein (Castellano), Lace Sole (Inglés), Klein's Sole (Inglés), Sole Tachetée (Francés), Sole (Francés)</t>
   </si>
   <si>
     <t>Synchiropus phaeton (Günther, 1861)</t>
   </si>
   <si>
-    <t>prueba_Lagarto Rojo (Castellano), Phaeton Dragonet (Inglés), Dragonet de Phaeton (Francés)</t>
+    <t>Lagarto Rojo (Castellano), Phaeton Dragonet (Inglés), Dragonet de Phaeton (Francés)</t>
   </si>
   <si>
     <t>Syngnathus acus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Aguja de Mar (Castellano), Common Pipefish (Inglés), Greater Pipefish (Inglés), Aiguille de Mer (Francés), Syngnathe Aiguille (Francés)</t>
+    <t>Aguja de Mar (Castellano), Common Pipefish (Inglés), Greater Pipefish (Inglés), Aiguille de Mer (Francés), Syngnathe Aiguille (Francés)</t>
   </si>
   <si>
     <t>Syngnathus pelagicus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Sargassum Pipefish (Inglés)</t>
+    <t>Sargassum Pipefish (Inglés)</t>
   </si>
   <si>
     <t>Syngnathus phlegon Risso, 1827</t>
   </si>
   <si>
-    <t>prueba_Aguja Espinosa (Castellano), Pelagic Spiny Pipefish (Inglés)</t>
+    <t>Aguja Espinosa (Castellano), Pelagic Spiny Pipefish (Inglés)</t>
   </si>
   <si>
     <t>Syngnathus rostellatus Nilsson, 1855</t>
   </si>
   <si>
-    <t>prueba_Nilsson's Pipefish (Inglés), Lesser Pipefish (Inglés)</t>
+    <t>Nilsson's Pipefish (Inglés), Lesser Pipefish (Inglés)</t>
   </si>
   <si>
     <t>Syngnathus tenuirostris Rathke, 1837</t>
   </si>
   <si>
-    <t>prueba_Palito (Castellano), Narrow-snouted Pipefish (Inglés), Syngnathe A Long Museau (Francés), Mula (Mallorquín)</t>
+    <t>Palito (Castellano), Narrow-snouted Pipefish (Inglés), Syngnathe A Long Museau (Francés), Mula (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Francés, Mallorquín</t>
   </si>
   <si>
     <t>Syngnathus typhle Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Palito (Castellano), Aguja Mula (Castellano), Deep-snouted Pipefish (Inglés), Broadnosed Pipefish (Inglés), High-snouted Pipefish (Inglés), Snouted Pipefish (Inglés), Vipère de Mer (Francés), Siphonostome (Francés)</t>
+    <t>Palito (Castellano), Aguja Mula (Castellano), Deep-snouted Pipefish (Inglés), Broadnosed Pipefish (Inglés), High-snouted Pipefish (Inglés), Snouted Pipefish (Inglés), Vipère de Mer (Francés), Siphonostome (Francés)</t>
   </si>
   <si>
     <t>Synodus saurus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Guaripete Azul (Castellano), Lagarto (Castellano), Logarto (Castellano), Pez de San Francisco (Castellano), Atlantic Lizardfish (Inglés), Bluestripe Lizardfish (Inglés), Poisson-lézard de l'Atlantique (Francés), Lézard (Francés), Poisson-lézard Rayé (Francés)</t>
+    <t>Guaripete Azul (Castellano), Lagarto (Castellano), Logarto (Castellano), Pez de San Francisco (Castellano), Atlantic Lizardfish (Inglés), Bluestripe Lizardfish (Inglés), Poisson-lézard de l'Atlantique (Francés), Lézard (Francés), Poisson-lézard Rayé (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Synodus synodus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Chile Rojo (Castellano), Lagarto (Castellano), Guaripete (Castellano), Lagarto Capitán (Castellano), Lagarto Daimante (Castellano), Lagarto Rojizo (Castellano), Pez Lagarto (Castellano), Diamond Lizardfish (Inglés), Red Lizardfish (Inglés), Lizard Fish (Inglés), Redbarred lizardfish (Inglés), Anoli Commun (Francés), Poisson-lézard de l'Atlantique (Francés)</t>
+    <t>Chile Rojo (Castellano), Lagarto (Castellano), Guaripete (Castellano), Lagarto Capitán (Castellano), Lagarto Daimante (Castellano), Lagarto Rojizo (Castellano), Pez Lagarto (Castellano), Diamond Lizardfish (Inglés), Red Lizardfish (Inglés), Lizard Fish (Inglés), Redbarred lizardfish (Inglés), Anoli Commun (Francés), Poisson-lézard de l'Atlantique (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Taaningichthys bathyphilus (Tåning, 1928)</t>
   </si>
   <si>
-    <t>prueba_Linternilla (Castellano), Mictófido (Castellano), Deepwater Lanternfish (Inglés), Lanternfish (Inglés)</t>
+    <t>Linternilla (Castellano), Mictófido (Castellano), Deepwater Lanternfish (Inglés), Lanternfish (Inglés)</t>
   </si>
   <si>
     <t>Taaningichthys minimus (Tåning, 1928)</t>
   </si>
   <si>
     <t>Talismania mekistonema Sulak, 1975</t>
   </si>
   <si>
-    <t>prueba_Threadfin Smooth-head (Inglés), Threadfin Slickhead (Inglés)</t>
+    <t>Threadfin Smooth-head (Inglés), Threadfin Slickhead (Inglés)</t>
   </si>
   <si>
     <t>Taractes asper Lowe, 1843</t>
   </si>
   <si>
     <t>Taractes rubescens (Jordan &amp; Evermann, 1887)</t>
   </si>
   <si>
-    <t>prueba_Chancho piraña (Castellano), Japuta negra (Castellano), Palometa negra (Castellano), Tristón coliquillada (Castellano), Keeltail Pomfret (Inglés), Knifetail Pomfret (Inglés), Dark Pomfret (Inglés), Black Pomfret (Inglés), Castagnole sombre (Francés), Castagnole noire (Francés)</t>
+    <t>Chancho piraña (Castellano), Japuta negra (Castellano), Palometa negra (Castellano), Tristón coliquillada (Castellano), Keeltail Pomfret (Inglés), Knifetail Pomfret (Inglés), Dark Pomfret (Inglés), Black Pomfret (Inglés), Castagnole sombre (Francés), Castagnole noire (Francés)</t>
   </si>
   <si>
     <t>Taractichthys longipinnis (Lowe, 1843)</t>
   </si>
   <si>
-    <t>prueba_Brama Aletuda (Castellano), Cangullo (Castellano), Peje Tostón (Castellano), Tristón Aletudo (Castellano), Ray's Bream (Inglés), Bigscale Pomfret (Inglés), Long-finned Bream (Inglés), Long-finned Pomfret (Inglés), Big-scale Pomfret (Inglés), Castagnole Fauchoir (Francés), Angel (Francés)</t>
+    <t>Brama Aletuda (Castellano), Cangullo (Castellano), Peje Tostón (Castellano), Tristón Aletudo (Castellano), Ray's Bream (Inglés), Bigscale Pomfret (Inglés), Long-finned Bream (Inglés), Long-finned Pomfret (Inglés), Big-scale Pomfret (Inglés), Castagnole Fauchoir (Francés), Angel (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Taurulus bubalis (Euphrasen, 1786)</t>
   </si>
   <si>
-    <t>prueba_Cabrachito (Castellano), Longspined Bullhead (Inglés), Rock Sculpin (Inglés), Sea Scorpion (Inglés), Longspined Sea-scorpion (Inglés), Lucky Proach (Inglés), Chaboisseau de Mer (Francés), Chabot (Francés), Chabot Buffle (Francés), Chabot de Mer (Francés)</t>
+    <t>Cabrachito (Castellano), Longspined Bullhead (Inglés), Rock Sculpin (Inglés), Sea Scorpion (Inglés), Longspined Sea-scorpion (Inglés), Lucky Proach (Inglés), Chaboisseau de Mer (Francés), Chabot (Francés), Chabot Buffle (Francés), Chabot de Mer (Francés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Cottus bubalis Euphrasen, 1786</t>
   </si>
   <si>
     <t>Tetragonurus atlanticus Lowe, 1839</t>
   </si>
   <si>
-    <t>prueba_Escolar-de-natura Atlántico (Castellano), Bigeye Squaretail (Inglés), Tétragonure Atlantique (Francés)</t>
+    <t>Escolar-de-natura Atlántico (Castellano), Bigeye Squaretail (Inglés), Tétragonure Atlantique (Francés)</t>
   </si>
   <si>
     <t>Tetragonurus cuvieri Risso, 1810</t>
   </si>
   <si>
-    <t>prueba_Colicuadrado Ojito (Castellano), Pez Lima (Castellano), Smalleye Squaretail (Inglés), Squaretail (Inglés), Tétragonure de Cuvier (Francés)</t>
+    <t>Colicuadrado Ojito (Castellano), Pez Lima (Castellano), Smalleye Squaretail (Inglés), Squaretail (Inglés), Tétragonure de Cuvier (Francés)</t>
   </si>
   <si>
     <t>Tetrapturus belone Rafinesque, 1810</t>
   </si>
   <si>
-    <t>prueba_Marlín del Mediterráneo (Castellano), Mediterranean Shortbill Spearfish (Inglés), Mediterranean Spearfish (Inglés), Poisson-pique (Francés), Aguglia impériale (Francés), Auggia imbriale (Francés), Marlin de la Méditerranée (Francés)</t>
+    <t>Marlín del Mediterráneo (Castellano), Mediterranean Shortbill Spearfish (Inglés), Mediterranean Spearfish (Inglés), Poisson-pique (Francés), Aguglia impériale (Francés), Auggia imbriale (Francés), Marlin de la Méditerranée (Francés)</t>
   </si>
   <si>
     <t>Tetrapturus georgii Lowe, 1841</t>
   </si>
   <si>
-    <t>prueba_Marlin Peto (Castellano), Roundscale Spearfish (Inglés), Makaire Épée (Francés)</t>
+    <t>Marlin Peto (Castellano), Roundscale Spearfish (Inglés), Makaire Épée (Francés)</t>
   </si>
   <si>
     <t>Tetrapturus pfluegeri Robins &amp; de Silva, 1963</t>
   </si>
   <si>
-    <t>prueba_Aguja del Pacífico (Castellano), Romerillo (Castellano), Aguja Picuda (Castellano), Marlin Trompa Larga (Castellano), Longbill Spearfish (Inglés), Makaire à Longue Pectorale (Francés), Makaire Becune (Francés), Centrolophe Noir (Francés)</t>
+    <t>Aguja del Pacífico (Castellano), Romerillo (Castellano), Aguja Picuda (Castellano), Marlin Trompa Larga (Castellano), Longbill Spearfish (Inglés), Makaire à Longue Pectorale (Francés), Makaire Becune (Francés), Centrolophe Noir (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Thalassoma pavo (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Fredi (Castellano), Ornate Wrasse (Inglés), Parrotfish (Inglés), Girelle Paon (Francés)</t>
+    <t>Fredi (Castellano), Ornate Wrasse (Inglés), Parrotfish (Inglés), Girelle Paon (Francés)</t>
   </si>
   <si>
     <t>Thorogobius ephippiatus (Lowe, 1839)</t>
   </si>
   <si>
-    <t>prueba_Gobi Lleopart (Castellano), Leopard-spotted Goby (Inglés), Gobie-léopard (Francés)</t>
+    <t>Gobi Lleopart (Castellano), Leopard-spotted Goby (Inglés), Gobie-léopard (Francés)</t>
   </si>
   <si>
     <t>Thorogobius macrolepis (Kolombatovic, 1891)</t>
   </si>
   <si>
-    <t>prueba_Gobi Escatós (Castellano), Large-scaled Goby (Inglés), Gobie à Grandes Écailles (Francés)</t>
+    <t>Gobi Escatós (Castellano), Large-scaled Goby (Inglés), Gobie à Grandes Écailles (Francés)</t>
   </si>
   <si>
     <t>Thunnus alalunga (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Alalunga (Castellano), Albacora (Castellano), Atún (Castellano), Bonito (Castellano), Atún Aleta Larga (Castellano), Atún Blanco (Castellano), Atún de Aleta Larga (Castellano), Bonito del Norte (Castellano), Sierra (Castellano), Albacore Fish (Inglés), Aáhi Taria (Inglés), Bastard Albacore (Inglés), Langvin Tuna (Inglés), Long-finned Tuna (Inglés), Longfin Tuna (Inglés), Long-fin Tunny (Inglés), Longfin Tunny (Inglés), Tuna (Inglés), Albacore Tuna (Inglés), Ara Lunga (Francés), Bonette (Francés), Germon (Francés), Germon Atlantique (Francés)</t>
+    <t>Alalunga (Castellano), Albacora (Castellano), Atún (Castellano), Bonito (Castellano), Atún Aleta Larga (Castellano), Atún Blanco (Castellano), Atún de Aleta Larga (Castellano), Bonito del Norte (Castellano), Sierra (Castellano), Albacore Fish (Inglés), Aáhi Taria (Inglés), Bastard Albacore (Inglés), Langvin Tuna (Inglés), Long-finned Tuna (Inglés), Longfin Tuna (Inglés), Long-fin Tunny (Inglés), Longfin Tunny (Inglés), Tuna (Inglés), Albacore Tuna (Inglés), Ara Lunga (Francés), Bonette (Francés), Germon (Francés), Germon Atlantique (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Thunnus albacares (Bonnaterre, 1788)</t>
   </si>
   <si>
-    <t>prueba_Albacora (Castellano), Aleta Amarilla (Castellano), Yellowfinned Albacore (Inglés), Allison's Tuna (Inglés), Pacific Long-tailed Tuna (Inglés), Yellowfin Tuna (Inglés), Grand Fouet (Francés), Thon Jaune (Francés), Albacore (Francés)</t>
+    <t>Albacora (Castellano), Aleta Amarilla (Castellano), Yellowfinned Albacore (Inglés), Allison's Tuna (Inglés), Pacific Long-tailed Tuna (Inglés), Yellowfin Tuna (Inglés), Grand Fouet (Francés), Thon Jaune (Francés), Albacore (Francés)</t>
   </si>
   <si>
     <t>Thunnus obesus (Lowe, 1839)</t>
   </si>
   <si>
-    <t>prueba_Atún Ojo Grande (Castellano), Patudo (Castellano), Bigeye Tuna (Inglés), Thon Gros Yeux (Francés), Thon aux Gros Yeux (Francés), Thon aux Grands Yeux (Francés)</t>
+    <t>Atún Ojo Grande (Castellano), Patudo (Castellano), Bigeye Tuna (Inglés), Thon Gros Yeux (Francés), Thon aux Gros Yeux (Francés), Thon aux Grands Yeux (Francés)</t>
   </si>
   <si>
     <t>Thunnus thynnus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Atún Aleta Azul (Castellano), Atlantic Bluefin Tuna (Inglés), Bluefin tuna (Inglés), Thon Rouge de l'Atlantique (Francés), Thon rouge (Francés)</t>
+    <t>Atún Aleta Azul (Castellano), Atlantic Bluefin Tuna (Inglés), Bluefin tuna (Inglés), Thon Rouge de l'Atlantique (Francés), Thon rouge (Francés)</t>
   </si>
   <si>
     <t>Torpedo marmorata Risso, 1810</t>
   </si>
   <si>
-    <t>prueba_Tembladera (Castellano), Spotted Torpedo (Inglés), Marbled Electric Ray (Inglés), Marbled Torpedo (Inglés), Torpille Marbrée (Francés)</t>
+    <t>Tembladera (Castellano), Spotted Torpedo (Inglés), Marbled Electric Ray (Inglés), Marbled Torpedo (Inglés), Torpille Marbrée (Francés)</t>
   </si>
   <si>
     <t>Torpedo torpedo (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Tremolina Común (Castellano), Common Torpedo Ray (Inglés), Ocellate Torpedo (Inglés), Torpille Ocellée (Francés)</t>
+    <t>Tremolina Común (Castellano), Common Torpedo Ray (Inglés), Ocellate Torpedo (Inglés), Torpille Ocellée (Francés)</t>
   </si>
   <si>
     <t>Trachinotus ovatus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Palometa Blanca (Castellano), Pámpano (Castellano), Pampano Blanco (Castellano), Pámpano Blanco (Castellano), Pamplano Blanca (Castellano), Derbio (Inglés), Short Dorsal Fin Pompano (Inglés), Silverfish (Inglés), Pompano (Inglés), Palomète (Francés), Palomine (Francés), Hirondelle (Francés), Liche Glauque (Francés), Liche (Francés)</t>
+    <t>Palometa Blanca (Castellano), Pámpano (Castellano), Pampano Blanco (Castellano), Pámpano Blanco (Castellano), Pamplano Blanca (Castellano), Derbio (Inglés), Short Dorsal Fin Pompano (Inglés), Silverfish (Inglés), Pompano (Inglés), Palomète (Francés), Palomine (Francés), Hirondelle (Francés), Liche Glauque (Francés), Liche (Francés)</t>
   </si>
   <si>
     <t>Trachinus araneus Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Araña (Castellano), Spotted Weever (Inglés), Vive Araignée (Francés)</t>
+    <t>Araña (Castellano), Spotted Weever (Inglés), Vive Araignée (Francés)</t>
   </si>
   <si>
     <t>Trachinus draco Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Araña (Castellano), Faneca Brava (Castellano), Escorpión (Castellano), Greater Weever (Inglés), Grande Vive (Francés)</t>
+    <t>Araña (Castellano), Faneca Brava (Castellano), Escorpión (Castellano), Greater Weever (Inglés), Grande Vive (Francés)</t>
   </si>
   <si>
     <t>Trachinus pellegrini Cadenat, 1937</t>
   </si>
   <si>
-    <t>prueba_Araña de Cabo Verde (Castellano), Cape Verde Weever (Inglés), Vive du Cap Vert (Francés)</t>
+    <t>Araña de Cabo Verde (Castellano), Cape Verde Weever (Inglés), Vive du Cap Vert (Francés)</t>
   </si>
   <si>
     <t>Trachinus radiatus Cuvier, 1829</t>
   </si>
   <si>
-    <t>prueba_Víbora (Castellano), Starry Weever (Inglés), Streaked Weever (Inglés), Vive à Tête Rayonnée (Francés), Vive Rayée (Francés)</t>
+    <t>Víbora (Castellano), Starry Weever (Inglés), Streaked Weever (Inglés), Vive à Tête Rayonnée (Francés), Vive Rayée (Francés)</t>
   </si>
   <si>
     <t>Trachipterus arcticus (Brünnich, 1788)</t>
   </si>
   <si>
     <t>Trachipterus trachypterus  (Gmelin, 1789)</t>
   </si>
   <si>
-    <t>prueba_Faxia (Castellano), Fleuma (Castellano), Lista (Castellano), Pez Cinta (Castellano), Traquíptero (Castellano), Ribbon Fish (Inglés), Dealfish (Inglés), Mediterranean Dealfish (Inglés), Peregrine Ribbon Fish (Inglés), Trachyptère Commun (Francés), Poisson Ruban (Francés)</t>
+    <t>Faxia (Castellano), Fleuma (Castellano), Lista (Castellano), Pez Cinta (Castellano), Traquíptero (Castellano), Ribbon Fish (Inglés), Dealfish (Inglés), Mediterranean Dealfish (Inglés), Peregrine Ribbon Fish (Inglés), Trachyptère Commun (Francés), Poisson Ruban (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Trachonurus sulcatus (Goode &amp; Bean, 1885)</t>
   </si>
   <si>
     <t>Trachurus mediterraneus (Steindachner, 1868)</t>
   </si>
   <si>
-    <t>prueba_Chicharro (Castellano), Xurelo (Castellano), Jurel Mediterráneo (Castellano), Chicharro mediterráneo (Castellano), Black Sea Horse Mackerel (Inglés), Mediterranean Scad (Inglés), Mediterranean Horse Mackerel (Inglés), Horse Mackerel (Inglés), Cagnassun de Paise (Francés), Chinchard (Francés), Chinchard à Queue Jaune (Francés), Saurel (Francés), Severau (Francés)</t>
+    <t>Chicharro (Castellano), Xurelo (Castellano), Jurel Mediterráneo (Castellano), Chicharro mediterráneo (Castellano), Black Sea Horse Mackerel (Inglés), Mediterranean Scad (Inglés), Mediterranean Horse Mackerel (Inglés), Horse Mackerel (Inglés), Cagnassun de Paise (Francés), Chinchard (Francés), Chinchard à Queue Jaune (Francés), Saurel (Francés), Severau (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Trachurus picturatus (Bowdich, 1825)</t>
   </si>
   <si>
-    <t>prueba_Xurelo (Castellano), Chicharro (Castellano), Jurel de Altura (Castellano), Blue Scad (Inglés), Blue Jack Mackerel (Inglés), Scad (Inglés), Jurel (Francés), Chinchard du Large (Francés), Chinchard Bleu (Francés)</t>
+    <t>Xurelo (Castellano), Chicharro (Castellano), Jurel de Altura (Castellano), Blue Scad (Inglés), Blue Jack Mackerel (Inglés), Scad (Inglés), Jurel (Francés), Chinchard du Large (Francés), Chinchard Bleu (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Trachurus trachurus (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Chicharro (Castellano), Xurelo (Castellano), Chincho (Castellano), European Horse Mackerel (Inglés), Horse Mackerel (Inglés), Scad (Inglés), Horse-mackerel (Inglés), Pollock (Inglés), Western Horse Mackerel (Inglés), Atlantic Horse Mackerel (Inglés), Maquerelle (Francés), Chinchard (Francés), Jurel (Francés), Severeau (Francés), Bizet (Francés), Cagnassun (Francés), Saurel (Francés), Chinchard Commun (Francés), Chinchard D'Europe (Francés), Chinchard Noir (Francés)</t>
+    <t>Chicharro (Castellano), Xurelo (Castellano), Chincho (Castellano), European Horse Mackerel (Inglés), Horse Mackerel (Inglés), Scad (Inglés), Horse-mackerel (Inglés), Pollock (Inglés), Western Horse Mackerel (Inglés), Atlantic Horse Mackerel (Inglés), Maquerelle (Francés), Chinchard (Francés), Jurel (Francés), Severeau (Francés), Bizet (Francés), Cagnassun (Francés), Saurel (Francés), Chinchard Commun (Francés), Chinchard D'Europe (Francés), Chinchard Noir (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Trachurus trecae Cadenat, 1950</t>
   </si>
   <si>
     <t>Trachyrincus scabrus (Rafinesque, 1810)</t>
   </si>
   <si>
-    <t>prueba_Pez Rata (Castellano), Roughsnout Grenadier (Inglés), Roughnosed Rattail (Inglés)</t>
+    <t>Pez Rata (Castellano), Roughsnout Grenadier (Inglés), Roughnosed Rattail (Inglés)</t>
   </si>
   <si>
     <t>Trachyscorpia cristulata echinata (Goode &amp; Bean, 1896)</t>
   </si>
   <si>
     <t>Trachyscorpia cristulata (Goode &amp; Bean, 1896)</t>
   </si>
   <si>
     <t>Trichiurus lepturus Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Cinta (Castellano), Correa (Castellano), Espada (Castellano), Corbata (Castellano), Machete (Castellano), Sable (Castellano), Peje Espada (Castellano), Pez Sable (Castellano), Sable Del Atlántico (Castellano), Sable Del Pacífico (Castellano), Savola (Castellano), Tajalí (Castellano), Ribbon Fish (Inglés), Cutlass Fish (Inglés), Grey Ribbon Fish (Inglés), Hairtail (Inglés), Hair Tail (Inglés), Large Headed Hairtail (Inglés), Largeheaded Ribbonfish (Inglés), Atlantic Cutlassfish (Inglés), Large-head Ribbonfish (Inglés), Largehead Hairtail (Inglés), Pacific Cutlassfish (Inglés), Common Hairtail (Inglés), Cutlassfish (Inglés), Silverfish (Inglés), Poisson-sabre Commun (Francés), Poisson Sabre (Francés), Sabre (Francés), Poisson Sabre Commun (Francés), Poisson Ceinture (Francés)</t>
+    <t>Cinta (Castellano), Correa (Castellano), Espada (Castellano), Corbata (Castellano), Machete (Castellano), Sable (Castellano), Peje Espada (Castellano), Pez Sable (Castellano), Sable Del Atlántico (Castellano), Sable Del Pacífico (Castellano), Savola (Castellano), Tajalí (Castellano), Ribbon Fish (Inglés), Cutlass Fish (Inglés), Grey Ribbon Fish (Inglés), Hairtail (Inglés), Hair Tail (Inglés), Large Headed Hairtail (Inglés), Largeheaded Ribbonfish (Inglés), Atlantic Cutlassfish (Inglés), Large-head Ribbonfish (Inglés), Largehead Hairtail (Inglés), Pacific Cutlassfish (Inglés), Common Hairtail (Inglés), Cutlassfish (Inglés), Silverfish (Inglés), Poisson-sabre Commun (Francés), Poisson Sabre (Francés), Sabre (Francés), Poisson Sabre Commun (Francés), Poisson Ceinture (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Trigla lyra Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Garneo (Castellano), Piper (Inglés), Piper Gurnard (Inglés), Gurnard (Inglés), Lyre Gurnard (Inglés), Grondin Lyre (Francés)</t>
+    <t>Garneo (Castellano), Piper (Inglés), Piper Gurnard (Inglés), Gurnard (Inglés), Lyre Gurnard (Inglés), Grondin Lyre (Francés)</t>
   </si>
   <si>
     <t>Tripterygion delaisi Cadenat &amp; Blache, 1970</t>
   </si>
   <si>
-    <t>prueba_Black-faced Blenny (Inglés), Triptérygion Jaune (Francés)</t>
+    <t>Black-faced Blenny (Inglés), Triptérygion Jaune (Francés)</t>
   </si>
   <si>
     <t>Tripterygion melanurum Guichenot, 1850</t>
   </si>
   <si>
     <t>Tripterygion tripteronotum (Risso, 1810)</t>
   </si>
   <si>
-    <t>prueba_Moma Nariguda (Castellano)</t>
+    <t>Moma Nariguda (Castellano)</t>
   </si>
   <si>
     <t>Trisopterus capelanus (Lacepède, 1800)</t>
   </si>
   <si>
-    <t>prueba_Capelin (Inglés)</t>
+    <t>Capelin (Inglés)</t>
   </si>
   <si>
     <t>Trisopterus minutus capelanus (Lacepède, 1800)</t>
   </si>
   <si>
     <t>Trisopterus esmarkii (Nilsson, 1855)</t>
   </si>
   <si>
-    <t>prueba_Faneca Noruega (Castellano), Norway Pout (Inglés)</t>
+    <t>Faneca Noruega (Castellano), Norway Pout (Inglés)</t>
   </si>
   <si>
     <t>Tylosurus acus acus (Lacepède, 1803)</t>
   </si>
   <si>
     <t>Tylosurus acus imperialis (Lacepède, 1803)</t>
   </si>
   <si>
     <t>Tylosurus acus (Lacepède, 1803)</t>
   </si>
   <si>
     <t>Umbrina canariensis Valenciennes, 1843</t>
   </si>
   <si>
-    <t>prueba_Verrugato Canario (Castellano), Verrugato de Canarias (Castellano), Verrugato de Fango (Castellano), Tasselfish (Inglés), Canary Drum (Inglés), Tesselfish (Inglés), Baardman (Inglés), Checker Drum (Inglés), Common Baardman (Inglés), Ombrine (Francés), Ombrine Noire (Francés), Ombrine Bronze (Francés)</t>
+    <t>Verrugato Canario (Castellano), Verrugato de Canarias (Castellano), Verrugato de Fango (Castellano), Tasselfish (Inglés), Canary Drum (Inglés), Tesselfish (Inglés), Baardman (Inglés), Checker Drum (Inglés), Common Baardman (Inglés), Ombrine (Francés), Ombrine Noire (Francés), Ombrine Bronze (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Umbrina cirrosa (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Umbrina ronchus Valenciennes, 1843</t>
   </si>
   <si>
-    <t>prueba_Roncador (Castellano), Verrugato Fusco (Castellano), Fusca Drum (Inglés), Slender Baardman (Inglés), Fusca Croaker (Inglés), Ombrine Fusca (Francés)</t>
+    <t>Roncador (Castellano), Verrugato Fusco (Castellano), Fusca Drum (Inglés), Slender Baardman (Inglés), Fusca Croaker (Inglés), Ombrine Fusca (Francés)</t>
   </si>
   <si>
     <t>Uranoscopus scaber Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Miracielo (Castellano), Rata (Castellano), Sapo (Castellano), Stargazer (Inglés), Atlantic Stargazer (Inglés), Uranoscope (Francés), Rascasse Blanche (Francés)</t>
+    <t>Miracielo (Castellano), Rata (Castellano), Sapo (Castellano), Stargazer (Inglés), Atlantic Stargazer (Inglés), Uranoscope (Francés), Rascasse Blanche (Francés)</t>
   </si>
   <si>
     <t>Uraspis secunda (Poey, 1860)</t>
   </si>
   <si>
     <t>Valenciennellus tripunctulatus (Esmark, 1871)</t>
   </si>
   <si>
-    <t>prueba_Constellationfish (Inglés)</t>
+    <t>Constellationfish (Inglés)</t>
   </si>
   <si>
     <t>Vanneaugobius canariensis Van Tassell, Miller &amp; Brito, 1988</t>
   </si>
   <si>
     <t>Vanneaugobius pruvoti (Fage, 1907)</t>
   </si>
   <si>
-    <t>prueba_Gobi de Corall (Castellano), Ratan goby (Inglés), Gobie Nain de Pruvot (Francés)</t>
+    <t>Gobi de Corall (Castellano), Ratan goby (Inglés), Gobie Nain de Pruvot (Francés)</t>
   </si>
   <si>
     <t>Venefica proboscidea (Vaillant, 1888)</t>
   </si>
   <si>
-    <t>prueba_Whipsnout Sorcerer (Inglés)</t>
+    <t>Whipsnout Sorcerer (Inglés)</t>
   </si>
   <si>
     <t>Vinciguerria attenuata (Cocco, 1838)</t>
   </si>
   <si>
-    <t>prueba_Lightfish (Inglés), Slender Lightfish (Inglés)</t>
+    <t>Lightfish (Inglés), Slender Lightfish (Inglés)</t>
   </si>
   <si>
     <t>Vinciguerria nimbaria (Jordan &amp; Williams, 1895)</t>
   </si>
   <si>
-    <t>prueba_Luciérnaga Orbitaria (Castellano), Frilled Lighthouse Fish (Inglés), Lightfish (Inglés), Narooma Lightfish (Inglés), Narooma Lantern-fish (Inglés), Oceanic Lightfish (Inglés)</t>
+    <t>Luciérnaga Orbitaria (Castellano), Frilled Lighthouse Fish (Inglés), Lightfish (Inglés), Narooma Lightfish (Inglés), Narooma Lantern-fish (Inglés), Oceanic Lightfish (Inglés)</t>
   </si>
   <si>
     <t>Castellano, Inglés, Inglés, Inglés, Inglés, Inglés</t>
   </si>
   <si>
     <t>Vinciguerria poweriae (Cocco, 1838)</t>
   </si>
   <si>
-    <t>prueba_Lightfish (Inglés), Power's Deep-water Bristle-mouth Fish (Inglés), Highseas Lightfish (Inglés), Power's lightfish (Inglés)</t>
+    <t>Lightfish (Inglés), Power's Deep-water Bristle-mouth Fish (Inglés), Highseas Lightfish (Inglés), Power's lightfish (Inglés)</t>
   </si>
   <si>
     <t>Xenodermichthys copei (Gill, 1884)</t>
   </si>
   <si>
-    <t>prueba_Bluntsnout Smooth-head (Inglés), Atlantic Gymnast (Inglés), Bluntsnout Slickhead (Inglés), Black Slickhead (Inglés), Gymnaste Atlantique (Francés)</t>
+    <t>Bluntsnout Smooth-head (Inglés), Atlantic Gymnast (Inglés), Bluntsnout Slickhead (Inglés), Black Slickhead (Inglés), Gymnaste Atlantique (Francés)</t>
   </si>
   <si>
     <t>Xiphias gladius Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Pez Espada (Castellano), Espardarte (Castellano), Emperador (Castellano), Espada (Castellano), Albacora (Castellano), Broadbill Swordfish (Inglés), Broadbill (Inglés), Swordfish (Inglés), Espadron (Francés), Poisson Porte-épée (Francés), Espadon (Francés)</t>
+    <t>Pez Espada (Castellano), Espardarte (Castellano), Emperador (Castellano), Espada (Castellano), Albacora (Castellano), Broadbill Swordfish (Inglés), Broadbill (Inglés), Swordfish (Inglés), Espadron (Francés), Poisson Porte-épée (Francés), Espadon (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Francés, Francés, Francés</t>
   </si>
   <si>
     <t>Xyrichtys novacula (Linnaeus, 1758)</t>
   </si>
   <si>
-    <t>prueba_Doncella Cuchilla (Castellano), Doncella (Castellano), Doncella Verde (Castellano), Loro Navaja (Castellano), Raó (Castellano), Raor (Castellano), Galán (Castellano), Cuchillo Perlino (Castellano), Cleaver Wrasse (Inglés), Pearly Razorfish (Inglés), Donzelle Lame (Francés), Rason (Francés)</t>
+    <t>Doncella Cuchilla (Castellano), Doncella (Castellano), Doncella Verde (Castellano), Loro Navaja (Castellano), Raó (Castellano), Raor (Castellano), Galán (Castellano), Cuchillo Perlino (Castellano), Cleaver Wrasse (Inglés), Pearly Razorfish (Inglés), Donzelle Lame (Francés), Rason (Francés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Francés, Francés</t>
   </si>
   <si>
     <t>Zameus squamulosus (Günther, 1877)</t>
   </si>
   <si>
-    <t>prueba_Bruja Bocachica (Castellano), Bruja Terciopelo (Castellano), Smallmouth Velvet Dogfish (Inglés), Velvet Dogfish (Inglés), Squale-grogneur Velouté (Francés), Squale-grogneur À Queue Échancrée (Francés)</t>
+    <t>Bruja Bocachica (Castellano), Bruja Terciopelo (Castellano), Smallmouth Velvet Dogfish (Inglés), Velvet Dogfish (Inglés), Squale-grogneur Velouté (Francés), Squale-grogneur À Queue Échancrée (Francés)</t>
   </si>
   <si>
     <t>Zebrus zebrus (Risso, 1827)</t>
   </si>
   <si>
-    <t>prueba_Zebra Goby (Inglés), Gobie Zébré (Francés)</t>
+    <t>Zebra Goby (Inglés), Gobie Zébré (Francés)</t>
   </si>
   <si>
     <t>Zenion hololepis (Goode &amp; Bean, 1896)</t>
   </si>
   <si>
     <t>Zenopsis conchifer (Lowe, 1852)</t>
   </si>
   <si>
-    <t>prueba_Pez de San Pedro Americano (Castellano), San pedro (Castellano), San Pedro Plateado (Castellano), American John Dory (Inglés), John Dorgy (Inglés), Sailfin Dory (Inglés), Silver John Dory (Inglés), Silvery John Dory (Inglés), Dory (Inglés), Saint-Pierre Américain (Francés), Saint Pierre Argenté (Francés), Faux St.-Pierre (Francés), Gallo (Altoaragonés)</t>
+    <t>Pez de San Pedro Americano (Castellano), San pedro (Castellano), San Pedro Plateado (Castellano), American John Dory (Inglés), John Dorgy (Inglés), Sailfin Dory (Inglés), Silver John Dory (Inglés), Silvery John Dory (Inglés), Dory (Inglés), Saint-Pierre Américain (Francés), Saint Pierre Argenté (Francés), Faux St.-Pierre (Francés), Gallo (Altoaragonés)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Altoaragonés</t>
   </si>
   <si>
     <t>Zeugopterus punctatus (Bloch, 1787)</t>
   </si>
   <si>
     <t>Zeugopterus regius (Bonnaterre, 1788)</t>
   </si>
   <si>
     <t>Zeus faber Linnaeus, 1758</t>
   </si>
   <si>
-    <t>prueba_Gall de la Mar (Castellano), San pedro (Castellano), Gall de San Pedro (Castellano), Gallo Marino (Castellano), Pez de San Martin (Castellano), Pez de San Pedro (Castellano), Pez Martin (Castellano), Sanmartin (Castellano), San  Martiño (Castellano), Gallocristo (Inglés), Girti (Inglés), John Dory (Inglés), Atlantic John Dory (Inglés), Dory (Inglés), St. Peter's Fish (Inglés), Saint-Pierre Doré (Francés), Saint-Pierre du Pacifique (Francés), San Pierre (Francés), Zée Forgeron (Francés), Saint Pierre (Francés), Jan (Francés), Pèis de Noste Segne (Francés), Pèis Saint-Pierre (Francés), Poisson de Saint-Martin (Francés), Poule de Mer (Francés), Poule de Mer D'eau (Francés), Dorede (Francés), Jean Doré (Francés), Doré (Francés), Gallo (Altoaragonés), Gall (Mallorquín)</t>
+    <t>Gall de la Mar (Castellano), San pedro (Castellano), Gall de San Pedro (Castellano), Gallo Marino (Castellano), Pez de San Martin (Castellano), Pez de San Pedro (Castellano), Pez Martin (Castellano), Sanmartin (Castellano), San  Martiño (Castellano), Gallocristo (Inglés), Girti (Inglés), John Dory (Inglés), Atlantic John Dory (Inglés), Dory (Inglés), St. Peter's Fish (Inglés), Saint-Pierre Doré (Francés), Saint-Pierre du Pacifique (Francés), San Pierre (Francés), Zée Forgeron (Francés), Saint Pierre (Francés), Jan (Francés), Pèis de Noste Segne (Francés), Pèis Saint-Pierre (Francés), Poisson de Saint-Martin (Francés), Poule de Mer (Francés), Poule de Mer D'eau (Francés), Dorede (Francés), Jean Doré (Francés), Doré (Francés), Gallo (Altoaragonés), Gall (Mallorquín)</t>
   </si>
   <si>
     <t>Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Castellano, Inglés, Inglés, Inglés, Inglés, Inglés, Inglés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Francés, Altoaragonés, Mallorquín</t>
   </si>
   <si>
     <t>Zosterisessor ophiocephalus (Pallas, 1814)</t>
   </si>
   <si>
-    <t>prueba_Chanquete (Castellano), Gobio Serpentón (Castellano), Grass Goby (Inglés), Gobie Lote (Francés)</t>
+    <t>Chanquete (Castellano), Gobio Serpentón (Castellano), Grass Goby (Inglés), Gobie Lote (Francés)</t>
   </si>
   <si>
     <t>Zu cristatus (Bonelli, 1819)</t>
   </si>
   <si>
-    <t>prueba_Listoncillo Festón (Castellano), Flema (Castellano), Flemma (Castellano), Cinta (Castellano), Cardenal (Castellano), Cinta Moñuda (Castellano), Scalloped Ribbonfish (Inglés), Scalloped Ribbon Fish (Inglés), Trachyptère Ventru (Francés)</t>
+    <t>Listoncillo Festón (Castellano), Flema (Castellano), Flemma (Castellano), Cinta (Castellano), Cardenal (Castellano), Cinta Moñuda (Castellano), Scalloped Ribbonfish (Inglés), Scalloped Ribbon Fish (Inglés), Trachyptère Ventru (Francés)</t>
   </si>
   <si>
     <t>Zu elongatus Heemstra &amp; Kannemeyer, 1984</t>
   </si>
   <si>
-    <t>prueba_Scalloped Dealfish (Inglés), Taper-Tail Ribbonfish (Inglés)</t>
+    <t>Scalloped Dealfish (Inglés), Taper-Tail Ribbonfish (Inglés)</t>
   </si>
   <si>
     <t>Achondrostoma asturicense Doadrio, Casal-López &amp; Perea, 2023</t>
   </si>
   <si>
-    <t>prueba_Bermejuela del Esla (Castellano)</t>
+    <t>Bermejuela del Esla (Castellano)</t>
   </si>
   <si>
     <t>Achondrostoma asturiciense Doadrio, Casal-López y Perea, 2023</t>
   </si>
   <si>
     <t>Achondrostoma numantimun Doadrio, Casal-López &amp; Perea, 2023</t>
   </si>
   <si>
-    <t>prueba_Bemejuela numantina (Castellano)</t>
+    <t>Bemejuela numantina (Castellano)</t>
   </si>
   <si>
     <t>Acipenser oxyrynchus Mitchill, 1815</t>
   </si>
   <si>
     <t>Ammodytes marinus Raitt, 1934</t>
   </si>
   <si>
     <t>Anarhichas denticulatus Krøyer, 1845</t>
   </si>
   <si>
     <t>Aphia minuta (Risso, 1810)</t>
   </si>
   <si>
     <t>Apletodon dentatus (Facciolà, 1887)</t>
   </si>
   <si>
     <t>Argentina silus (Ascanius, 1775)</t>
   </si>
   <si>
     <t>Argentina sphyraena Linnaeus, 1758</t>
   </si>
   <si>
     <t>Atherina hepsetus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Auxis rochei rochei (Risso, 1810)</t>
   </si>
   <si>
     <t>Auxis thazard thazard (Lacepède, 1800)</t>
   </si>
   <si>
     <t>Bathytoshia lata (Garman, 1880)</t>
   </si>
   <si>
-    <t>prueba_Raya marrón (Castellano)</t>
+    <t>Raya marrón (Castellano)</t>
   </si>
   <si>
     <t>Belone svetovidovi Collette &amp; Parin, 1970</t>
   </si>
   <si>
     <t>Branchiostoma lanceolatum (Pallas, 1774)</t>
   </si>
   <si>
     <t>Cheilopogon pinnatibarbatus pinnatibarbatus (Bennett, 1831)</t>
   </si>
   <si>
     <t>Cobitis atlantica Doadrio, Sousa-Santos, Robalo &amp; Perea, 2023</t>
   </si>
   <si>
-    <t>prueba_Colmilleja atlántica (Castellano)</t>
+    <t>Colmilleja atlántica (Castellano)</t>
   </si>
   <si>
     <t>Cobitis haasi Klausewitz, 1955</t>
   </si>
   <si>
-    <t>prueba_Raboseta (Castellano)</t>
+    <t>Raboseta (Castellano)</t>
   </si>
   <si>
     <t>Cobitis mellaria Doadrio &amp; Perea, 2023</t>
   </si>
   <si>
-    <t>prueba_Colmilleja de Gibraltar (Castellano)</t>
+    <t>Colmilleja de Gibraltar (Castellano)</t>
   </si>
   <si>
     <t>Coryphaenoides carapinus Goode &amp; Bean, 1883</t>
   </si>
   <si>
     <t>Cyclopterus lumpus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Dasyatis centroura (Mitchill, 1815)</t>
   </si>
   <si>
-    <t>prueba_Roughtail Stingray (Inglés)</t>
+    <t>Roughtail Stingray (Inglés)</t>
   </si>
   <si>
     <t>Deltentosteus quadrimaculatus (Valenciennes, 1837)</t>
   </si>
   <si>
     <t>Diplecogaster bimaculata bimaculata (Bonnaterre, 1788)</t>
   </si>
   <si>
     <t>Diplecogaster pectoralis Briggs, 1955</t>
   </si>
   <si>
     <t>Diplecogaster tonstricula Fricke, Wirtz &amp; Brito, 2015</t>
   </si>
   <si>
     <t>Echiichthys vipera (Cuvier, 1829)</t>
   </si>
   <si>
     <t>Eutrigla gurnardus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Gadiculus argenteus Guichenot, 1850</t>
   </si>
   <si>
     <t>Gaidropsarus biscayensis (Collett, 1890)</t>
   </si>
   <si>
     <t>Gaidropsarus mediterraneus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Gobius cobitis Pallas, 1814</t>
   </si>
   <si>
     <t>Guttigadus latifrons (Holt &amp; Byrne, 1908)</t>
   </si>
   <si>
     <t>Halargyreus johnsonii Günther, 1862</t>
   </si>
   <si>
     <t>Hoplostethus atlanticus Collett, 1889</t>
   </si>
   <si>
-    <t>prueba_Orange roughy (Inglés), Hoplostète orange (Francés)</t>
+    <t>Orange roughy (Inglés), Hoplostète orange (Francés)</t>
   </si>
   <si>
     <t>Hoplostethus mediterraneus mediterraneus Cuvier, 1829</t>
   </si>
   <si>
     <t>Hyperoplus immaculatus (Corbin, 1950)</t>
   </si>
   <si>
     <t>Istiophorus albicans (Latreille, 1804)</t>
   </si>
   <si>
     <t>Kyphosus incisor (Cuvier, 1831)</t>
   </si>
   <si>
     <t>Lepadogaster candolii Risso, 1810</t>
   </si>
   <si>
     <t>Lepadogaster zebrina Lowe, 1839</t>
   </si>
   <si>
     <t>Lepidotrigla cavillone (Lacepède, 1801)</t>
   </si>
   <si>
     <t>Lestidiops jayakari jayakari (Boulenger, 1889)</t>
   </si>
   <si>
     <t>Lestidiops jayakari pseudosphyraenoides (Boulenger, 1889)</t>
   </si>
   <si>
     <t>Lesueurigobius heterofasciatus Maul, 1971</t>
   </si>
   <si>
     <t>Lesueurigobius suerii (Risso, 1810)</t>
   </si>
   <si>
     <t>Macrosmia phalacra Merrett, Sazonov &amp; Shcherbachev, 1983</t>
   </si>
   <si>
     <t>Marcelogobius helenae (Van Tassell &amp; Kramer, 2014)</t>
   </si>
   <si>
-    <t>prueba_Cabozo de Helen (Castellano)</t>
+    <t>Cabozo de Helen (Castellano)</t>
   </si>
   <si>
     <t>Didogobius helenae Van Tassell &amp; Kramer, 2014</t>
   </si>
   <si>
     <t>Mauligobius maderensis (Valenciennes, 1837)</t>
   </si>
   <si>
     <t>Micromesistius poutassou (Risso, 1827)</t>
   </si>
   <si>
     <t>Mirbelia candolii (Risso, 1810)</t>
   </si>
   <si>
     <t>Molva molva (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Monodactylus sebae (Cuvier, 1829)</t>
   </si>
   <si>
     <t>Mullus barbatus barbatus Linnaeus, 1758</t>
   </si>
   <si>
     <t>Nansenia oblita (Facciolà, 1887)</t>
   </si>
@@ -7418,75 +7418,75 @@
   <si>
     <t>Pteraclis carolinus  Valenciennes, 1833</t>
   </si>
   <si>
     <t>Schedophilus ovalis (Cuvier, 1833)</t>
   </si>
   <si>
     <t>Scomberesox saurus saurus (Walbaum, 1792)</t>
   </si>
   <si>
     <t>Scopelogadus mizolepis mizolepis (Günther, 1878)</t>
   </si>
   <si>
     <t>Similiparma lurida (Cuvier, 1830)</t>
   </si>
   <si>
     <t>Speleogobius llorisi (Kovacic, Ordines y Schliewen, 2016)</t>
   </si>
   <si>
     <t>Sphyrna couardi Cadenat, 1951</t>
   </si>
   <si>
     <t>Squalius gaditanus Doadrio, Sousa-Santos &amp; Perea, 2023</t>
   </si>
   <si>
-    <t>prueba_Cachuelo gaditano (Castellano)</t>
+    <t>Cachuelo gaditano (Castellano)</t>
   </si>
   <si>
     <t>Squalius tartessicus Doadrio, Sousa-Santos &amp; Perea, 2023</t>
   </si>
   <si>
-    <t>prueba_Cachuelo meridional (Castellano)</t>
+    <t>Cachuelo meridional (Castellano)</t>
   </si>
   <si>
     <t>Stomias boa boa (Risso, 1810)</t>
   </si>
   <si>
     <t>Synaptura lusitanica lusitanica de Brito Capello, 1868</t>
   </si>
   <si>
     <t>Taeniura grabata (Geoffroy Saint-Hilaire, 1817)</t>
   </si>
   <si>
-    <t>prueba_Chupare Redondo (Castellano), Round Fantail Stingray (Inglés), Pastenague Africaine (Francés)</t>
+    <t>Chupare Redondo (Castellano), Round Fantail Stingray (Inglés), Pastenague Africaine (Francés)</t>
   </si>
   <si>
     <t>Torpedo nobiliana Bonaparte, 1835</t>
   </si>
   <si>
-    <t>prueba_Tremolina Negra (Castellano), Great Torpedo Ray (Inglés), Atlantic Electric Ray (Inglés), Black Torpedo (Inglés), Atlantic Torpedo (Inglés), Torpille Noire (Francés)</t>
+    <t>Tremolina Negra (Castellano), Great Torpedo Ray (Inglés), Atlantic Electric Ray (Inglés), Black Torpedo (Inglés), Atlantic Torpedo (Inglés), Torpille Noire (Francés)</t>
   </si>
   <si>
     <t>Trachonurus villosus (Günther, 1877)</t>
   </si>
   <si>
     <t>Trisopterus luscus (Linnaeus, 1758)</t>
   </si>
   <si>
     <t>Trisopterus minutus (Linnaeus, 1758)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -7809,51 +7809,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q1139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="95.405" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="1645.598" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1637.315" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="700.686" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="264.078" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2395.844" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="52.987" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>